--- v0 (2025-10-03)
+++ v1 (2025-11-12)
@@ -12,1506 +12,1507 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3940">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4375">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Azərbaycan
 # Source: https://hadeethenc.com/az
-# Last update: 2025-06-07 16:38:39 (v1.21.0)
-# Check for updates: https://hadeethenc.com/en/check/az/v1.21.0
+# Last update: 2025-11-12 00:01:42 (v1.26.0)
+# Check for updates: https://hadeethenc.com/en/check/az/v1.26.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
     <t>benefits_ar</t>
   </si>
   <si>
     <t>benefits</t>
   </si>
   <si>
     <t>grade_ar</t>
   </si>
   <si>
     <t>takhrij_ar</t>
   </si>
   <si>
     <t>grade</t>
   </si>
   <si>
     <t>takhrij</t>
   </si>
   <si>
     <t>lang</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
-    <t>فَإِذَا جَاءَ رَمَضَانُ فَاعْتَمِرِي، فَإِنَّ عُمْرَةً فِيهِ تَعْدِلُ حَجَّةً</t>
+    <t>فإذا جاء رمضان فاعتمري، فإن عمرة فيه تعدل حجة</t>
   </si>
   <si>
     <t>Ramazan gələndə ümrə et, çünki Ramazanda edilən ümrə Həccə  bərabərdir</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِامْرَأَةٍ مِنَ الْأَنْصَارِ سَمَّاهَا ابْنُ عَبَّاسٍ فَنَسِيتُ اسْمَهَا: «مَا مَنَعَكِ أَنْ تَحُجِّي مَعَنَا؟» قَالَتْ: لَمْ يَكُنْ لَنَا إِلَّا نَاضِحَانِ فَحَجَّ أَبُو وَلَدِهَا وَابْنُهَا عَلَى نَاضِحٍ وَتَرَكَ لَنَا نَاضِحًا نَنْضِحُ عَلَيْهِ، قَالَ: «فَإِذَا جَاءَ رَمَضَانُ فَاعْتَمِرِي، فَإِنَّ عُمْرَةً فِيهِ تَعْدِلُ حَجَّةً».</t>
   </si>
   <si>
     <t>İbn Abbasdan (Allah ondan və atasından razı olsun) belə söylədiyi rəvayət edilir: Allahın Elçisi (Allahın salavatı və salamı onun üzərinə olsun) İbn Abbasın adını çəkdiyi, lakin adını unutduğum, ənsardan olan bir qadına dedi: “Sənə bizimlə həcc etməyə nə mane oldu?” O dedi: Bizim yalnız iki dəvəmiz var idi, ona görə oğlumun atası oğlum ilə bir dəvə üzərində həcc etdi və su daşımaq üçün bizə digərini qoyub getdi: O, dedi: "Ramazan gələndə ümrə et, çünki Ramazanda edilən ümrə Həccə  bərabərdir."</t>
   </si>
   <si>
     <t>لمَّا رَجَعَ النبيُّ صلى الله عليه وسلم من حَجة الوداع، قال لامرأةٍ من الأنصار لم تحج: ما الذي منعك من الحج معنا؟ 
 فاعتذرت بأن لهم بَعيرين، فحج زوجها وابنها على أحدهما، وترك الآخر ليستقوا به الماء من البئر.
 فأخبرها النبي عليه الصلاة والسلام أن أداء العمرة في شهر رمضان يماثل أجرُها أجرَ حجة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) vida həccindən qayıdanda həcc etməmiş ənsar qadına dedi: Sənə bizimlə həcc etməyə nə mane oldu?
 Qadın onların iki dəvəsinin olmasını üzr gətirdi. Əri və oğlu onların birində  həcc etdi, digər dəvəni isə quyudan su götürmək üçün saxladılar.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ona bildirdi ki, Ramazan ayında edilən ümrənin savabı həccin savabına bərabərdir.</t>
   </si>
   <si>
     <t>فضيلة العمرة في شهر رمضان.
 العمرة في رمضان تساوي حجةً في الثواب، لا في إسقاط فرض الحج.
 ثواب الأعمال يزيد بزيادة شرف الأوقات، ومن ذلك الأعمال في رمضان.</t>
   </si>
   <si>
     <t>Ramazan ayında ümrə etməyin fəziləti.
 Ramazanda ümrə etmək həccin vaciblik hökmünü qüvvədən salmaqda deyil, savab baxımından həccə bərabərdir.
 Əməllərin savabı, müəyyən vaxtların şərəfinin artıq olmasına görə artır. Ramazanda edilən əməllər də bu növdəndir.</t>
   </si>
   <si>
     <t>صحيح</t>
   </si>
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
     <t>[Səhih]</t>
   </si>
   <si>
     <t>[Müttəfəqun aleyhi(əl-Buxari və Musliminsəhih gördüyü hədislər)]</t>
   </si>
   <si>
     <t>az</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2753</t>
   </si>
   <si>
-    <t>مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ</t>
+    <t>من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه</t>
   </si>
   <si>
     <t>Kim Allah üçün həcc edərsə, (həcc əsna­sın­da qadını ilə) yaxınlıq etməsə və söyüş söyüb pis sözlər danışmasa, həccdən anadan doğulduğu kimi (günahsız) qayıdar</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».</t>
   </si>
   <si>
     <t>Rəvayət edilir ki, Əbu Hureyra -Allah ondan razı olsun- belə demişdir: “Mən Peyğəmbərin -salləllahu aleyhi va səlləm- belə dedi­yi­ni eşitdim: "Kim Allah üçün həcc edərsə, (həcc əsna­sın­da qadını ilə) yaxınlıq etməsə və söyüş söyüb pis sözlər danışmasa, həccdən anadan doğulduğu kimi (günahsız) qayıdar".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، 
 ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.</t>
   </si>
   <si>
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- bu hədisdə, kim Allah üçün həcc edərsə, həcc ibadətlərini yerinə yetirərkən xanımı ilə cinsi əlaqədə olmaq və buna  təhrik edən öpmək, qucaqlamaq və s. bu kimi əməllərdən uzaq olarsa, həccindən yeni doğulan uşaq kimi günahsız olaraq döndüyünü bəyan etmişdir. Hədisdə ərəb dilində keçən: "rafəs" sözü, cinsi əlaqə mənasını bildirməklə yanaşı, söyüş söyüb pis sözlər danışmaq mənasını da bildirir. Yəni: Həcc edərkən fasiqlik (asiliklər və pis əməllər) etməz. Eh­ram­da olarkən  qadağan olan əməlləri etmək fasiqliyin növlərindən biridir. Kim həcc ibadətlərini yerinə yetirərkən özünü günahlardan qoruyarsa, həccindən bir uşağın günahsız şəkildə anadan olduğu  kimi bağışlanmış olaraq geri dönər.</t>
   </si>
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>Fasiqlik, zaman və məkandan asılı olmayaraq, hər bir halda qadağan edilsə də, həcc ayinlərinin əzəmətinə görə belə əməllərin həcc mərasimində edilməsi daha şiddətli bir şəkildə qadağan edilmişdir.
 İnsan, xətasız və günahlardan uzaq olaraq dünyaya gəlir. O, başqasının günahını daşımaz.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2758</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ</t>
+    <t>يا رسول الله، نرى الجهاد أفضل العمل، أفلا نجاهد؟ قال: لا، لكن أفضل الجهاد: حج مبرور</t>
   </si>
   <si>
     <t>Ey Allaın elçisi, biz cihadı ən üstün əməl görürük, elə isə vuruşmayaqmı? O, dedi: “Xeyr, lakin (siz qadınlar üçün) ən üstün cihad qəbul olunmuş həccdir”</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنِينَ رَضِيَ اللَّهُ عَنْهَا أَنَّهَا قَالَتْ: يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ».</t>
   </si>
   <si>
     <t>Möminlərin anası Aişədən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Ey Allaın elçisi, biz cihadı ən üstün əməl görürük, elə isə vuruşmayaqmı? O, dedi: “Xeyr, lakin (siz qadınlar üçün) ən üstün cihad qəbul olunmuş həccdir”.</t>
   </si>
   <si>
     <t>كَانَ الصحابةُ رضيَ الله عنهم يَرون الجهادَ في سبيل الله ومقاتلة الأعداء من أفضل الأعمال، 
 فسألت عائشة رضي الله عنها النبي صلى الله عليه وسلم أنْ يجاهِدْن؟ 
 فأرشَدَهُنَّ صلى الله عليه وسلم إلى أفضل الجهاد في حقِّهن وهو الحج المبرور الموافق للكتاب والسنة، السالم من الإثم والرياء.</t>
   </si>
   <si>
     <t>Səhabələr (Allah onlardan razı olsun) Allah yolunda cihad etməyi və düşmənlərlə vuruşmağı ən üstün əməllərdən hesab edirdilər. Aişə (Allah ondan razı olsun) Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşdu ki, onlar (qadınlar) da cihad etsinlərmi?
 Və Allahın Elçisi (Allahın salavatı və salamı onun üzərinə olsun) onları, onlar üçün ən yaxşı olan cihada yönəltdi. Bu isə Quran və Sünnəyə uyğun, günah və riyadan uzaq olan, qəbul olunmuş həccdir.</t>
   </si>
   <si>
     <t>الجهاد مِن أفضل الأعمال للرجال.
 الحجُّ للنِّساء أفضلُ من الجهاد، وهو من أفضل الأعمال لهن.
 الأعمال تتفاضلُ وتتفاوت بحسب العامل.
 سُمِّيَ الحجُّ جهادًا؛ لأنه جهادٌ للنفس، وفيه بذلٌ للمال، وطاقة للبدن، فهو عبادة بدنية ومالية كالجهاد في سبيل الله.</t>
   </si>
   <si>
     <t>Cihad kişilər üçün ən üstün əməllərdəndir.
 Qadınlar üçün həcc cihaddan daha xeyirlidir və həcc etmək onlar üçün əməllərin ən üstünlərindəndir.
 Əməllər, onu edən şəxsdən asılı olaraq daha üstün olur və fərqlənir.
 Həcc cihad adlandırılmışdır, çünki bu, nəfs üçün mübarizədir, onda pul xərcləmək və bədənin güc sərf etməyi vardır. Buna görə də o Allah yolunda cihad kimi fiziki və maddi bir ibadətdir.</t>
   </si>
   <si>
     <t>رواه البخاري</t>
   </si>
   <si>
     <t>[Əl-Buxari rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2759</t>
   </si>
   <si>
-    <t>يَا عَبَّاسُ، يَا عَمَّ رَسُولِ اللهِ، سَلِ اللَّهَ العَافِيَةَ فِي الدُّنْيَا وَالآخِرَةِ</t>
+    <t>يا عباس، يا عم رسول الله، سل الله العافية في الدنيا والآخرة</t>
   </si>
   <si>
     <t>Ey Abbas, ey Allah Rəsulunun əmisi, Allahdan dünya və axirətdə salamatlıq istə</t>
   </si>
   <si>
     <t>عَنِ العَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رَضيَ اللهُ عنهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ عَزَّ وَجَلَّ. قَالَ: «سَلِ اللَّهَ العَافِيَةَ»، فَمَكَثْتُ أَيَّامًا ثُمَّ جِئْتُ فَقُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ. فَقَالَ لِي: «يَا عَبَّاسُ، يَا عَمَّ رَسُولِ اللهِ، سَلِ اللَّهَ العَافِيَةَ فِي الدُّنْيَا وَالآخِرَةِ».</t>
   </si>
   <si>
     <t>Abbas bin Əbdul-Muttalibdən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Dedim: Ey Allahın Rəsulu, mənə elə bir şey öyrət ki, onu izzət və cəlal sahibi olan Allahdan istəyim. Dedi: “Allahdan salamatlıq istə!” Mən bir neçə gün gözlədim, sonra yenə gəlib dedim: “Ey Allahın Rəsulu, mənə elə bir şey öyrət ki, onu Allahdan istəyim. Mənə dedi: "Ey Abbas, ey Allah Rəsulunun əmisi, Allahdan dünya və axirətdə salamatlıq istə"</t>
   </si>
   <si>
     <t>طَلَبَ عَمُّ النبيِّ صلى الله عليه وسلم العبَّاسُ بن عبد المطلب رضي الله عنه من النبيِّ صلى الله عليه وسلم أنْ يُعَلِّمَه دعاءً يسألُ اللهَ إياه، فعلَّمَه صلى الله عليه وسلم أنْ يسألَ الله العافية والسلامة من الآفات والعيوب في الدين والدنيا والآخرة، قال العباس: وبعد أيامٍ عُدتُ إليه صلى الله عليه وسلم مرة أخرى أسألُه أنْ يُعلِّمَني دعاءً أطلبُه من الله، فقال صلى الله عليه وسلم له مُتودِّدًا إليه: يا عباس، يا عمَّ رسول الله، سَلِ اللهَ العافيةَ لدفع كلّ ضُرٍّ وجَلْبِ كلِّ خيرٍ ونفعٍ في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) əmisi, Abbas bin Əbdul-Muttalib (Allah ondan razı olsun) Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) ona, Allaha edəcəyi bir dua öyrətməyini  istəyir. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) da ona Allahdan dində, dünyada və axirətdə, bəla və eyiblərdən  salamatlıq və afiyət diləməyini öyrətdi. Abbas dedi: Bir neçə gündən sonra yenidən ondan Allaha edəcəyim bir dua öyrətməsi üçün yanına qayıtdım. O, isə əmisinə sevgiylə bu sözləri söylədi: Ey Abbas, ey Allahın Elçisinin əmisi, dünya və axirətdə bütün zərərləri uzaqlaşdırmaq və bütün xeyir və faydanı əldə etmək üçün  Allahdan afiyət istə.</t>
   </si>
   <si>
     <t>تَكرار النبيِّ صلى الله عليه وسلم نفسَ الإجابةِ للعباس حين سألَه للمرة الثانية يدلُّ على أن العافية هي خير ما يَسأل العبدُ ربَّه.
 بيان فضل العافية وأن فيها جماع الخير في الدنيا والآخرة.
 حرص الصحابة رضوان الله عليهم على الاستزادة من العلم والخير.</t>
   </si>
   <si>
     <t>Abbas (Allah ondan razı olsun) ikinci dəfə soruşduqda Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) eyni cavabı təkrarlaması, qulun Rəbbindən istədiyi ən yaxşı şeyin afiyət olduğuna dəlalət edir.
 Afiyətin(Salamatlığın) fəzilətini və onun dünya və axirətdə xeyiri cəm etməsini bəyan etmək.
 Səhabələrin (Allah onlardan razı olsun) elmi və xeyiri artırmağa olan hərislikləri.</t>
   </si>
   <si>
     <t>صحيح لغيره</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد</t>
   </si>
   <si>
     <t>[Başqasıyla səhih olan]</t>
   </si>
   <si>
     <t>[Ət-Tirmizi və Əhməd rəvayət ediblər]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2932</t>
   </si>
   <si>
-    <t>‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟</t>
+    <t>ألا أنبئكم بأكبر الكبائر؟</t>
   </si>
   <si>
     <t>Sizə günahların ən böyüyü barədə xəbər verimmi?</t>
   </si>
   <si>
     <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
   </si>
   <si>
     <t>Əbu Bəkrədən (Allah ondan razı olsun) rəvayət edildiyinə görə o, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir: "Sizə günahların ən böyüyü barədə xəbər verimmi?" – deyə bunu üç dəfə soruşdu. Səhabələr: “Bəli, ey Allahın Rəsulu!” – deyə cavab verdilər. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun): "Allaha şərik qoşmaq və valideynlərin üzünə ağ olmaq" – dedi. (Bunu deyərkən) o söykənmişdi sonra qalxıb oturdu və: "Yalan söz danışmaq" – deyə əlavə etdi. O bunu durmadan o qədər təkrar etdi ki, biz (bir-birimizə): "Kaşki, susaydı!" – dedik”.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
 وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) əshabına ən böyük günahları xəbər vermiş və bu üç günahı zikr etmişdir:
 1- Allaha şərik qoşmaq. Bu, hər hansı bir ibadət növünü Allahdan başqasına sərf etməkdir. Həmçinin, Allahdan başqasını, Allahın uluhiyyəti, rububiyyəti, ad və sifətlərində Uca Allaha bərabər tutmaqdır.
 2- Valideynlərin üzünə ağ olmaq. Bura, söz və ya əməl olmasından asılı olmayaraq ata-anaya qarşı edilən bütün növ əziyyətlər, həmçinin onlara yaxşılıq etməyi tərk etmək də daxildir.
 3- Yalan danışmaq, yalandan şahidlik etmək: Yalan demək dedikdə bura, başqasının malını mənimsəmək, başqasının namusuna toxunmaq və s. buna bənzər şeylər üçün  yalandan deyilən hər bir söz daxildir.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) yalan demənin çirkinliyini və cəmiyyətdə pis nəticələrə səbəb olmasına diqqətə çəkmək üçün bunu dəfələrlə təkrarlamışdır. Hətta sahabələr Peyğəmbərimizə (Allahın salavatı və salamı onun üzərinə olsun) olan şəfqətlərindən  və onu rahatsız edən şeydən xoşlanmadıqlarından dolayı onun susmasını arzu etmişdilər.</t>
   </si>
   <si>
     <t>أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}.
 عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Günahların ən böyüyü Allaha şərik qoşmaqdır. Buna görə də Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onu böyük günahların ən birincisi və ən böyüyü olaraq qeyd etmişdir. Uca Allahın: {Allah Özünə şərik qoşulmasını əsla bağışlamaz, bundan başqa olan günahları isə istədiyi kəsə bağışlayar} ayəsi də bunu təsdiqləyir.
 Valideyin haqqlarının böyüklüyü. Belə ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onların haqqını Uca Allah haqqı ilə birlikdə zikr etmişdir.
 Günahlar, böyük və kiçik olmaqla iki qismə bölünür. Böyük günahlar: Hədd və lənət kimi dünyada cəzası olan yaxud Cəhənnəmə daxil olmaq kimi axirətdə cəzası olan bütün günahlardır. Böyük günahların bəzisi haramlıq baxımından digərlərindən daha şiddətlidir. Böyük günahlar xaricində qalan günahlar isə kiçik günahlardır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2941</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ</t>
+    <t>إن الله عز وجل ينهاكم أن تحلفوا بآبائكم</t>
   </si>
   <si>
     <t>Həqiqətən izzət və cəlal sahibi olan Allah sizi atalarınızın adına and içməyi qadağan edir</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ»، قَالَ عُمَرُ: فَوَاللهِ مَا حَلَفْتُ بِهَا مُنْذُ سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنْهَا ذَاكِرًا وَلَا آثِرًا.</t>
   </si>
   <si>
     <t>Ömər bin Əl-Xəttabdan (Allah ondan razı olsun) Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Həqiqətən izzət və cəlal sahibi olan Allah sizi atalarınızın adına and içməyi qadağan edir", Ömər dedi: Vallahi, Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) bu qadağanı eşitdikdən bəri nə öz sözüm olaraq, nə də nəql olaraq bu cür and içmədim.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أَنَّ اللهَ تعالى يَنهى عن الحَلِف بالآباء، فمَن أراد الحلف فلا يحلف إلا بالله، ولا يحلف بغيره. 
 ثم ذكر عُمَرُ بن الخطاب رضي الله عنه أنَّه لم يحلِفْ بها منذُ سَمِعَ رسولَ الله صلى الله عليه وسلم ينهى عن ذلك، لا مُتعمِّدًا ولا ناقِلًا عن غيرِِه حَلِفَه بغيرِ الله.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bizə xəbər vermişdir ki, uca Allah ataların adına and içməyi qadağan edir, ona görə də kim and içmək istəyirsə, ancaq Allaha and içsin, Ondan qeyrisinə and içməsin. Sonra Ömər bin Əl-Xəttab (Allah ondan razı olsun) Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) bu qadağanı eşitdiyi andan nə qəsdən, nə də başqasından nəql olaraq Allahdan qeyrisinə and içmədiyini söyləmişdir.</t>
   </si>
   <si>
     <t>تحْريمُ الحلِف بغيرِ الله، وخصَّ الحلِف بِالآباء لأنَّه من عاداتِ الجَاهِلِيةِ.
 الحَلِف: هو القَسَم بالله أو بأسماء الله أو بصفات الله على أمر من الأمور لتأكيده.
 فَضِيلةُ عُمَر رضي الله عنه بِسُرْعَةِ امْتِثَالِه وَحُسْنِ فَهْمِهِ وتَوَرُّعِه.</t>
   </si>
   <si>
     <t>Allahdan qeyrisinə and içmək haramdır. Burada ataların adına and içmək adəti xüsusi qeyd olunur, çünki bu növ andiçmə cahiliyyə dövrünün adətlərindəndir.
 And içmə: Hər hansı bir məsələnin yəqinliyi və təsdiqi üçün Allaha, Onun adlarına, sifətlərinə and içmək.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) əmrinə dərhal tabe olması, gözəl anlayışı və qadağadan çəkinməsi Ömərin (Allah ondan razı olsun) fəzilətinin göstəricisidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2945</t>
   </si>
   <si>
-    <t>أَنَّ امْرَأَةً وُجِدَتْ فِي بَعْضِ مَغَازِي النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَقْتُولَةً، فَأَنْكَرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَتْلَ النِّسَاءِ وَالصِّبْيَانِ</t>
+    <t>أن امرأة وجدت في بعض مغازي النبي صلى الله عليه وسلم مقتولة، فأنكر رسول الله صلى الله عليه وسلم قتل النساء والصبيان</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bəzi döyüşlərində bir qadın öldürülmüş halda tapıldı. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) qadınların və uşaqların öldürülməsini pislədi</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُما: أَنَّ امْرَأَةً وُجِدَتْ فِي بَعْضِ مَغَازِي النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَقْتُولَةً، فَأَنْكَرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَتْلَ النِّسَاءِ وَالصِّبْيَانِ.</t>
   </si>
   <si>
     <t>Abdullah bin Ömərdən (Allah ondan və atasından razı olsun) rəvayət edilir ki: Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bəzi döyüşlərində bir qadın öldürülmüş halda tapıldı. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) qadınların və uşaqların öldürülməsini pislədi.</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم امرأةً مقتولةً في إحدى الغزوات، فأنْكَرَ قَتْلَ النساء والصيبان الصغار الذين لم يبلغوا الحنث.</t>
   </si>
   <si>
     <t>Peyğəmbər -sallallahu aleyhi və səlləm- döyüşlərin birində bir qadının öldürüldüyünü gördü və qadınların və həddi-buluğ (mükəlləfiyyət) yaşına çatmamış uşaqların öldürülməsini qadağan etdi.</t>
   </si>
   <si>
     <t>مَن لم يقاتل مِن النساء، والصبيان، ومَن في حُكمهم من الشيوخ الفانِيْن والرهبان، فإنهم لا يُقتَلون، ما لم يكن هؤلاء من أصحاب رأي ومساعدة على قتال المسلمين، فإذا كانوا كذلك فإنهم يُقتلون.
 النهي عن قتل النساء والصبيان؛ لأن هؤلاء لا يُقاتلون المسلمين، والمقصود من الجهاد في سبيل الله تعالى كَسْر شوكة المقاتلين فقط؛ حتى تصل دعوة الحق إلى الناس أجمعين.
 رحمة النبي صلى الله عليه وسلم حتى في الغزوات والحروب.</t>
   </si>
   <si>
     <t>Döyüşməyən qadınlar, kiçik yaşlı uşaqlar və onların hökmündə olan aciz yaşlılar və rahiblər müsəlmanların əleyhinə döyüşə yardımçı və fikir dəstəkçiləri olmadıqları müddətcə onlarla döyüşülmür, əks halda isə onlar da öldürülür.
 Qadın və uşaqların öldürülməsinin qadağan edilməsi; Çünki bu kəslər müsəlmanlarla döyüşmürlər və Uca Allahın yolunda edilən cihadda məqsəd, ancaq haqq dəvəti bütün insanlara çatsın deyə  döyüşçülərin (haqqa qarşı döyüşənlərin) gücünü qırmaqdır.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) hətta döyüşlərdə və hərbi yürüşlərdə olan rəhməti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2949</t>
   </si>
   <si>
-    <t>نَهَى عَنِ النَّذْرِ، وَقَالَ: «إِنَّهُ لَا يَأْتِي بِخَيْرٍ، وَإِنَّمَا يُسْتَخْرَجُ بِهِ مِنَ الْبَخِيلِ</t>
+    <t>نهى عن النذر، وقال: إنه لا يأتي بخير، وإنما يستخرج به من البخيل</t>
   </si>
   <si>
     <t>nəzir etməyi qadağan etdi və dedi: “O, xeyir gətirməz, əksinə, onunla yalnız xəsisdən nə isə əldə edilər”</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ نَهَى عَنِ النَّذْرِ، وَقَالَ: «إِنَّهُ لَا يَأْتِي بِخَيْرٍ، وَإِنَّمَا يُسْتَخْرَجُ بِهِ مِنَ الْبَخِيلِ».</t>
   </si>
   <si>
     <t>İbn Ömərdən (Allah hər ikisindən razı olsun) belə rəvayət edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) nəzir etməyi qadağan etdi və dedi: “O, xeyir gətirməz, əksinə, onunla yalnız xəsisdən nə isə əldə edilər”.</t>
   </si>
   <si>
     <t>نَهَى صلى الله عليه وسلم عن النذر، وهو أنْ يُوجِبَ الإنسان على نفسه شيئًا لم يُلزِمْه به الشَّارعُ، وقال: بأنّ النذر لا يقدِّم شيئًا ولا يؤخِّره، وإنما يُستخرج به من البخيل الذي لا يفعل إلا الواجب عليه، وأنَّ النذر لا يأتي بشيء لم يكن قد قدِّر له.</t>
   </si>
   <si>
     <t>O (Allahın salavatı və salamı onun üzərinə olsun) nəzir etməyi qadağan etmişdir ki, bu da insanın, şəriətin ona vacib etmədiyi bir şeyi özünə vacib etməsidir. Buyurmuşdur ki: Nəzir bir şeyi nə tezləşdirər, nə də təxirə salar, onunla, yalnız üzərinə vacib olanı yerinə yetirməklə kifayətlənən xəsisdən bir şey alınar  və nəzir, sahibinə onun üçün təqdir edilməyən bir şey gətirməz.</t>
   </si>
   <si>
     <t>لا يُشرع النذر، لكن إذا نَذَرَ وَجَب عليه الوفاء به إن لم يكن معصية.
 العلة في النهي (أنه لا يأتي بخير)؛ لأنه لا يَردُّ من قضاء الله شيئًا؛ ولئلا يَظن الناذِر أن حصول طلبه كان بسبب النذر، والله تعالى غني عن ذلك.
 قال القرطبي: هذا النهي محلُّه أن يقول مثلًا: إن شفى الله مريضي فعليَّ صدقة كذا، ووجه الكراهة أنه لما وقَف فِعْلَ القُربة المذكور على حصول الغرض المذكور، ظهر أنه لم يَتَمَخَّض له نية التقرُّب إلى الله تعالى لِما صَدَر منه بل سلك فيها مسلك المعاوضة، ويوضِّحه أنه لو لم يشفِ مريضه لم يتصدّق بما علَّقه على شفائه، وهذه حالة البخيل، فإنه لا يُخرج من ماله شيئًا إلا بعوضٍ عاجل يزيد على ما أخرج غالبًا.</t>
   </si>
   <si>
     <t>Nəzir etmək icazəli deyil, lakin bir kəs nəzir etsə, nəzir etdiyi şey günah deyilsə, onu yerinə yetirməsi ona vacib olar.
 Qadağanın səbəbi (onun xeyir gətirməməsidir); Çünki o Allahın hökmündən heç bir şey geri qaytara bilməz və nəzir verən zənn etməsin ki, istəyinin yerinə yetirilməsi nəziri səbəbi ilə olub. Uca Allahın  buna ehtiyacı yoxdur.
 Qurtubi (Allah ona rəhmət etsin) demişdir: “Bu qadağa, məsələn belə söyləmək ola bilir: “Allah mənim xəstəmə şəfa verərsə, mən filan qədər sədəqə verəcəm”. Bunun bəyənilməməsinin səbəbi isə, qeyd edilən xeyir əməl yuxarıda qeyd edilən məqsəddən asılı olduğu üçün, onun etdiyi əməllərə görə Uca Allaha yaxınlaşmaq niyyəti olmadığı, əksinə, əvəzləşmə yolunu tutması üzə çıxır. Əgər Allah onun xəstəsini sağaltmasaydı, onun sağalması üçün şərt bağladığı sədəqəni verməməsi bunu açıq şəkildə izah edir. Bu, isə xəsisin halıdır, çünki,o, öz malından yalnız verdiyindən daha artıq və təcili bir əvəz aldıqda xərcləyir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2960</t>
   </si>
   <si>
-    <t>إِنِّي وَاللَّهِ -إِنْ شَاءَ اللَّهُ- لا أَحْلِفُ عَلَى يَمِينٍ، فَأَرَى غَيْرَهَا خَيْرًا مِنْهَا، إِلَّا كَفَّرْتُ عَنْ يَمِينِي، وَأَتَيْتُ الَّذِي هُوَ خَيْرٌ</t>
+    <t>إني والله إن شاء الله لا أحلف على يمين، فأرى غيرها خيرا منها، إلا كفرت عن يميني، وأتيت الذي هو خير</t>
   </si>
   <si>
     <t>Allaha and olsun ki-Allah istəyərsə-mən and içirəm, sonra bundan (and içdiyimdən) daha xeyirlisini gördüyümdə andımın kəffarəsini verirəm və daha xeyirli olanı edirəm”</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي رَهْطٍ مِنَ الأَشْعَرِيِّينَ أَسْتَحْمِلُهُ، فَقَالَ: «وَاللَّهِ لاَ أَحْمِلُكُمْ، مَا عِنْدِي مَا أَحْمِلُكُمْ» ثُمَّ لَبِثْنَا مَا شَاءَ اللَّهُ فَأُتِيَ بِإِبِلٍ، فَأَمَرَ لَنَا بِثَلاَثَةِ ذَوْدٍ، فَلَمَّا انْطَلَقْنَا قَالَ بَعْضُنَا لِبَعْضٍ: لاَ يُبَارِكُ اللَّهُ لَنَا، أَتَيْنَا رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَسْتَحْمِلُهُ فَحَلَفَ أَنْ لاَ يَحْمِلَنَا فَحَمَلَنَا، فَقَالَ أَبُو مُوسَى: فَأَتَيْنَا النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَذَكَرْنَا ذَلِكَ لَهُ، فَقَالَ: «مَا أَنَا حَمَلْتُكُمْ، بَلِ اللَّهُ حَمَلَكُمْ، إِنِّي وَاللَّهِ -إِنْ شَاءَ اللَّهُ- لا أَحْلِفُ عَلَى يَمِينٍ، فَأَرَى غَيْرَهَا خَيْرًا مِنْهَا، إِلَّا كَفَّرْتُ عَنْ يَمِينِي، وَأَتَيْتُ الَّذِي هُوَ خَيْرٌ».</t>
   </si>
   <si>
     <t>Əbu Musa Əl-Əşaridən (Allah ondan razı olsun) belə rəvayət edilir: Əşari qəbiləsindən bir dəstə ilə Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldim ki, ondan (cihad üçün) minik istəyim. Allah  Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Vallahi sizi apara bilmərəm, sizi aparacaq miniyim yoxdur." Biz Allahın istədiyi qədər qaldıqdan sonra ona dəvələr gəldi və bizə üç dəvə göndərdi. Elə ki, getmək istədikdə bəzilərimiz dedilər: Allah bizə bərəkət verməz, çünki, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına minik üçün getdik, o isə bizi aparmayacağına and içdi. Lakin indi aparır. Əbu Musa dedi: Biz Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldik və bunu ona danışdıq. O, isə dedi: "Sizi döyüşə aparan (buna müvvəfəq edən) Allahdır, mən deyiləm, Allaha and olsun ki-Allah istəyərsə-mən and içirəm, sonra bundan (and içdiyimdən) daha xeyirlisini gördüyümdə andımın kəffarəsini verirəm və daha xeyirli olanı edirəm”.</t>
   </si>
   <si>
     <t>يُخبِرُ أبو موسى الأشعري رضي الله عنه أنه أتى رسولَ الله صلى الله عليه وسلم ومعه جماعة من قبيلته، وكان غرضُهم أنْ يُعطيَهم النبيُّ صلى الله عليه وسلم إبلًا يركبونها؛ للتمكُّن من المشاركة في الجهاد، فأقسم عليه الصلاة والسلام ألّا يَحملَهم، وليس عنده ما يحملُهم عليه، 
 فرجعوا ومَكثوا مدةً ثم جاءت للنبي عليه الصلاة والسلام إبلٌ ثلاث، فأرسل بها إليهم، فقال بعضهم لبعض: لا يبارك الله لنا في هذه الإبل؛ لأنَّ النبي صلى الله عليه وسلم حلف ألّا يحملَنا، فأتوه وسألوه، 
 فقال عليه الصلاة والسلام: الذي حَملَكم هو الله تعالى؛ لأنه الذي وفَّق ورزق، وإنما أنا سببٌ جَرى ذلك على يدي، 
 ثم قال صلى الله عليه وسلم: إني والله إن شاء الله لا أحلف على شيء أنْ أفعلَه أو أن أتركَه، وأرى أنّ غير ذلك المحلوف خيرٌ منه وأفضل، إلّا فعلت الأفضل وتركت المحلوف عليه، وكفَّرت عن يميني.</t>
   </si>
   <si>
     <t>Əbu Musa Əl-Əşari (Allah ondan razı olsun) xəbər verir ki, o, öz qəbiləsindən bir dəstə ilə Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldi və onların məqsədi cihadda iştirak edə bilmələri üçün Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) onlara minmək üçün  dəvə verməsi idi. Lakin Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) onları aparmayacağına və onlar üçün miniyi olmadığına and içdi. Onlar qayıdıb bir müddət qaldılar, sonra Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun)  üç dəvə gəldi və o, bu dəvələri onların yanına göndərdi və onlardan bəziləri bir-birinə dedilər: Allah bu dəvələri bizim üçün bərəkətli etməz, çünki Peyğəmbər (sallallahu aleyhi və səlləm) bizi aparmayacağına and içdi.
 Bunun üçün onun yanına gedib ondan soruşdular. O (Allahın salavatı və salamı onun üzərinə olsun) isə dedi: Sizi döyüşə aparan Uca Allahdır, çünki müvəffəq edən və ruzi verən Odur, mən sadəcə olaraq bir səbəbəm ki, bu şey mənim əlimlə baş vermişdir. Sonra O (Allahın salavatı və salamı onun üzərinə olsun) dedi: Allaha and olsun ki, mən -inşallah- nə isə etməyə və ya nəyisə tərk etməyə and içib, sonra, başqa bir şeyin bu and içilən şeydən daha xeyirli və fəzilətli olduğunu bilsəm, fəzilətli olanı edib, and içiləni tərk edirəm və andımın kəffarəsini ödəyirəm.</t>
   </si>
   <si>
     <t>جواز الحَلِفِ من غير اسْتحلافٍ؛ لِتَأْكيد الخبر ولو كان مُسْتَقْبَلًا.
 جواز الاستثناء بقولِه "إن شاء الله "بعد اليمين، وأنّ الاستثناء إذا نوي مع اليمين، وكان متصلًا بها فلا يجب على من حنث بيمينه كفارة.
 الترغيب في مخالفة اليمين إذا رأى غيرها خيرًا منها، ويكفِّر عن يمينه.</t>
   </si>
   <si>
     <t>And içmək tələb edilməsə də, hətta gələcəklə əlaqəli olsa da belə, xəbəri dəqiqləşdirmək üçün insanın özünün and içməsi icazəlidir.
 And içdikdən sonra “İnşallah” deməklə istisna etmək icazəlidir. Və əgər istisna and ilə birlikdə niyyət edilibsə və ona bitişik olubsa, andını pozan kəs üçün kəffarə vermək vacib deyil.
 Bir kəs başqa şeyin and içdiyi şeydən daha xeyirli olduğunu bilərsə, andını pozmağı daha yaxşıdır və andını pozduğuna görə də kəffarə verir .</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2961</t>
   </si>
   <si>
-    <t>أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ</t>
+    <t>أول ما يقضى بين الناس يوم القيامة في الدماء</t>
   </si>
   <si>
     <t>Qiyamət günü insanlar arasında ilk mühakimə olunacaq məsələ qantökmə məsələsi olacaq</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ».</t>
   </si>
   <si>
     <t>Abdullah bin Məsuddan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: "Qiyamət günü insanlar arasında ilk mühakimə olunacaq məsələ qantökmə məsələsi olacaq."</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنَّ أوَّلَ ما يُحْكَمُ بين الناس في ظُلمِ بعضِهم بعضًا يومَ القيامة: في الدماء، كالقتل والجروح.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) qeyd etdi ki, Qiyamət günü bir-birilərinə zülm edən insanlar arasında ilk veriləcək hökm, qətl və yaralamaq kimi qantökmə məsələsində olacaq.</t>
   </si>
   <si>
     <t>عِظَمُ أمر الدِّماء، فإنَّ البَدَاءةَ تكونُ بالأهم.
 الذنوب تَعْظُمُ بحسب عِظَمِ المَفسدة الواقعة بها، وإزهاق الأنفس البريئة من أعظم المفاسد ولا أعظم منها إلا الكفر والشرك بالله تعالى.</t>
   </si>
   <si>
     <t>Qan axıtmağın əzəmətli iş olması, çünki bir şeyə ən mühüm məsələlərlə başlanılır.
 Günahlar törədilən fəsadın ciddiliyinə görə böyüyür, sözsüz ki, günahsız insanların canını almaq ən böyük fəsadlardan biridir, bundan da ən əzəmətli fəsad isə Allah Təalaya küfr etmək və şərik qoşmaqdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2962</t>
   </si>
   <si>
-    <t>مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ</t>
+    <t>من قاتل لتكون كلمة الله هي العليا، فهو في سبيل الله</t>
   </si>
   <si>
     <t>Kim Allahın sözünün ən uca olması üçün vuruşarsa, məhz o, Allah yolundadır</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه قَالَ: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الرَّجُلِ يُقَاتِلُ شَجَاعَةً، وَيُقَاتِلُ حَمِيَّةً، وَيُقَاتِلُ رِيَاءً، أَيُّ ذَلِكَ فِي سَبِيلِ اللهِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ».</t>
   </si>
   <si>
     <t>Əbu Musadan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allahın Elçisindən (Allahın salavatı və salamı onun üzərinə olsun) cəsarətindən dolayı döyüşən, millətçilik üçün döyüşən və riya üçün döyüşən kişilər haqqında soruşdular ki, bunlardan hansı Allah yolundadır? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Kim Allahın sözünün ən uca olması üçün vuruşarsa, məhz o, Allah yolundadır."</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم عن اختلاف مقاصد المقاتلين؛ مَن قاتَل شجاعة أو حَميَّة أو ليرى مكانه من الناس أو غير ذلك، أيُّها في سبيل الله؟ 
 فأخبرَ النبيُّ صلى الله عليه وسلم أن المقاتل في سبيل الله هو: مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun)  döyüşənlərin məqsədlərinin müxtəlif olması haqqında soruşuldu. Kimisi cəsarətindən, kimisi millət təəssübkeşliyi, kimisi də xalq arasında yerini görmək üçün vuruşur. Bəs bunlardan Allah yolunda döyüşəni hansıdır? Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bildirdi ki, Allahın sözü ən uca olsun deyə döyüşən Allah yolunda döyüşən kəsdir .</t>
   </si>
   <si>
     <t>الأصل في صلاح الأعمال وفسادها النية وإخلاص العمل لله.
 إذا كان القصد من الجهاد إعلاء كلمة الله، وانضم إليه قصد آخر مشروع كالحصول على المغنم، فإنه لا يضر أصلَ نيته.
 مدافعة الأعداء عن الأوطان والحرمات من القتال في سبيل الله.
 الفضل الوارد في المجاهدين يختص بمن قاتل لتكون كلمة الله تعالى هي العليا.</t>
   </si>
   <si>
     <t>Əməllərin saleh və ya fəsad olması ilə bağlı əsas prinsip, niyyət və əməlin ixlasla (yalnız Allahın razılığını umaraq) Allah üçün edilməsidir.
 Əgər cihad etməkdə məqsəd Allahın kəlamını ucaltmaqdırsa və ona qənimət əldə etmək kimi başqa bir (şər'i cəhətdən icazəli) məqsəd də qoşularsa, bu  niyyətin əslinə xələl gətirməz.
 Vətəni və müqəddəsatları (milləti, ailəni) düşmənlərdən müdafiə etmək Allah yolunda döyüşməkdən hesab edilir.
 Mücahidlər haqqında varid olmuş fəzilət, Uca Allahın kəlamının uca olması üçün döyüşənlərə aiddir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2969</t>
   </si>
   <si>
-    <t>ضَحَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِكَبْشَيْنِ أَمْلَحَيْنِ أَقْرَنَيْنِ، ذَبَحَهُمَا بِيَدِهِ، وَسَمَّى وَكَبَّرَ، وَوَضَعَ رِجْلَهُ عَلَى صِفَاحِهِمَا</t>
+    <t>ضحى النبي صلى الله عليه وسلم بكبشين أملحين أقرنين، ذبحهما بيده، وسمى وكبر، ووضع رجله على صفاحهما</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) əli ilə ağ-qara buynuzlu iki qoç qurban kəsdi və "Bismilləh, Allahu Əkbər!" dedi və ayağını onların boynuna qoydu</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضيَ اللهُ عنهُ قَالَ: ضَحَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِكَبْشَيْنِ أَمْلَحَيْنِ أَقْرَنَيْنِ، ذَبَحَهُمَا بِيَدِهِ، وَسَمَّى وَكَبَّرَ، وَوَضَعَ رِجْلَهُ عَلَى صِفَاحِهِمَا.</t>
   </si>
   <si>
     <t>Ənəsdən (Allah ondan razı olsun) rəvayət edildiyinə görə belə dedi: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) əli ilə ağ-qara buynuzlu iki qoç qurban kəsdi və "Bismilləh, Allahu Əkbər!" dedi və ayağını onların boynuna qoydu.</t>
   </si>
   <si>
     <t>أَخْبَرَ أنسٌ رضي الله عنه أن النبي صلى الله عليه وسلم ذَبَحَ بيده يومَ عيدِ الأضحى مِن ذُكور الضَّأْنِ كَبشَيْنِ ذات قرون أبيضين يخالطهما السواد، وقال: باسم الله والله أكبر، ووضع رجلَه على عُنقِها.</t>
   </si>
   <si>
     <t>Ənəs (Allah ondan razı olsun) xəbər verir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) qurban bayramı günündə əli ilə ağ-qara  buynuzlu iki qoç kəsdi və dedi: "Bismilləh, Allahu Əkbər!" və ayağını onun boynuna qoydu.</t>
   </si>
   <si>
     <t>مشروعية الأضحية، وقد أجمع عليها المسلمون.
 الأفضل أن تكون الأضحية من هذا النوع الذي ضحَّى به النبي صلى الله عليه وسلم؛ لِحُسْن منظرِه ولكون شحمه ولحمه أطيب.
 قال النووي: فيه أنه يستحب أن يتولَّى الإنسانُ ذبحَ أضحيتِه بنفسِه، ولا يُوكِّل في ذبحِها إلا لعذر، وحينئذ يُستحب أن يَشْهَدَ ذَبْحَها، وإن استناب فيها مسلمًا جاز بلا خلاف.
 قال ابن حجر: وفيه استحباب التكبير مع التسمية عند الذبح واستحباب وضع الرِّجْل على صَفْحَةِ عُنُقِ الأضحية الأيمن، واتفقوا على أن إضجاعها يكون على الجانب الأيسر فيضع رجله على الجانب الأيمن ليكون أسهل على الذابح في أخذ السكين باليمين وإمساك رأسها بيده اليسار.
 استحباب الأضحية بالأقرن ويجوز بغيره.</t>
   </si>
   <si>
     <t>Qurban kəsməyin məşru(İslam şəriətindən) olması və müsəlmanlar bunun üzərində ittifaq etmişlər.
 Gözəl görkəminə, piyi və əti daha yaxşı olduğuna görə qurbanlığın Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) kəsdiyi cinsdən olması daha yaxşıdır.
-Ən-Nəvəvi demişdir: “Bu dəlalət edir ki, insanın qurbanını özünün kəsməsi müstəhəbbdir və üzr olmadan qurbanı başqasına kəsməyə həvalə etməməlidir və bu(üzr) halında isə onun kəsilməsinə şahidlik etməsi müstəhəbdir. Əgər bu işi bir müsəlmana həvalə etsə, bu ixtilaf olmadan icazəlidir.
-[...2 lines deleted...]
-götürməyi və sol əli ilə onun başını tutması asan olsun.
+Nəvəvi demişdir: “Bu hədisdə insanın öz qurbanını şəxsən özü kəsməsinin müstəhəb olduğu bildirilir. Üzrlü səbəb olmadan qurbanı başqasına kəsməyə həvalə etməməlidir. Lakin zərurət olduqda başqasına tapşırarsa, bu zaman onun kəsilməsində iştirak etməsi (yəni: orada olması) müstəhəbdir. Əgər bu işi bir müsəlmana həvalə etsə, bu ixtilaf olmadan icazəlidir”.
+İbn Həcər demişdir: “Bu hədisdə qurban kəsərkən: "Bismilləh" və “Allahu Əkbər” deməyin və həmçinin ayağını qurbanın boynunun sağ tərəfinə qoymağın müstəhəbliyinə işarə vardır. Alimlər yekdilliklə bildirmişlər ki, heyvan sol tərəfi üstə uzadılmalıdır, kəsən şəxs isə sağ ayağını heyvanın sağ tərəfinə qoymalıdır ki, sağ əli ilə bıçağı tutmaq, sol əli ilə də başını saxlamaq daha asan olsun”.
 Buynuzlu heyvanın qurban kəsilməsi müstəhəbbdir, lakin başqası da icazəlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2971</t>
   </si>
   <si>
-    <t>لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ</t>
+    <t>لا تلبسوا الحرير ولا الديباج، ولا تشربوا في آنية الذهب والفضة، ولا تأكلوا في صحافها، فإنها لهم في الدنيا ولنا في الآخرة</t>
   </si>
   <si>
     <t>İpək və atlaz geyinməyin, qızıl və gümüş qablardan içməyin və onlardan hazırlanmış qablarda yemək yeməyin, çünki bunlar dünyada onlar (kafirlər) üçün, axirətdə isə bizim üçündür”</t>
   </si>
   <si>
     <t>عَن عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى أَنَّهُمْ كَانُوا عِنْدَ حُذَيْفَةَ، فَاسْتَسْقَى فَسَقَاهُ مَجُوسِيٌّ، فَلَمَّا وَضَعَ القَدَحَ فِي يَدِهِ رَمَاهُ بِهِ، وَقَالَ: لَوْلاَ أَنِّي نَهَيْتُهُ غَيْرَ مَرَّةٍ وَلاَ مَرَّتَيْنِ -كَأَنَّهُ يَقُولُ: لَمْ أَفْعَلْ هَذَا-، وَلَكِنِّي سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>Abdurrəhman bin Əbi Leylədən rəvayət edildiyinə  görə, onlar Huzeyfənin (Allah ondan razı olsun) yanında idilər və o, su istədi və bir məcusi ona içməyə bir şey verdi və məcusi fincanı onun əlinə qoyduqda, Huzeyfə onu məcusinin üstünə atıb dedi: Əgər onu dəfələrlə qadağan etməsəydim-Sanki demək istəyirdi ki: Mən bu cür etməzdim- lakin mən Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: İpək və atlaz geyinməyin, qızıl və gümüş qablardan içməyin və onlardan hazırlanmış qablarda yemək yeməyin, çünki bunlar dünyada onlar (kafirlər) üçün, axirətdə isə bizim üçündür”.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الرجالَ عن لُبس الحرير بأنواعه. 
 ونهى الرجالَ والنساءَ عن الأكل والشرب في آنية وأوعية الذهب والفضة. 
 وأخبر بأنها خالصة للمؤمنين يوم القيامة؛ لأنهم اجتنبوها في الدنيا طاعة لله، 
 وأما الكفار فليست لهم في الآخرة؛ لأنهم تعجَّلوا طيباتِهم في حياتهم الدنيا باتخاذهم لها، ومعصيتهم أمر الله.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) kişilərə ipəyin istənilən növünü geyinməyi qadağan etmişdir. Həmçinin kişilərə və qadınlara qızıl və gümüş qablardan yemək və içməyi qadağan etmişdir. Və xəbər vermişdir ki, bunlar Qiyamət günü yalnız möminlərə aid olacaq. Çünki möminlər dünyada ikən Allaha itaət etdikləri üçün bu şeylərdən uzaq dururdular. Kafirlərə gəlincə, bu şeylər axirətdə onlara aid olmayacaq. Çünki onlar bu gözəlliklərdən  istifadə etməklə və Allahın əmrinə  asi olmaqla dünya həyatında onu əldə etməkdə tələsdilər.</t>
   </si>
   <si>
     <t>تحريم لبس الحرير والديباج على الذكور، والوعيد الشديد على مَن لَبِسه.
 يباح للنساء لبسُ الحرير والديباج.
 تحريم الأكل والشرب في صحاف الذهب والفضة وآنيتهما على الذكور والإناث.
 تغليظ حذيفة رضي الله عنه في الإنكار، وعلل ذلك بأنَّه نهاه أكثَرَ مِن مَرَّةٍ عن استعمالِ آنِيَةِ الذَّهَبِ والفِضَّةِ، لكنَّه لَمَّا لم يَنْتَهِ.</t>
   </si>
   <si>
     <t>Kişilərə ipək və atlaz geyinmək qadağan edilmişdir və onları geyinənlərə şiddətli təhdid vardır.
 Qadınlara ipək və atlaz geyinmək icazəlidir.
 Kişi və qadınlara qızıl və gümüş qablarda yemək və içməyin qadağan edilməsi.
 Huzeyfə (Allah ondan razı olsun) inkarında sərt idi və bunu, həmin adamı dəfələrlə qızıl və gümüş qablardan istifadə etməkdən çəkindirməsi, lakin onun hələ də buna son qoymamağı ilə izah etdi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2985</t>
   </si>
   <si>
-    <t>مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ</t>
+    <t>من لبس الحرير في الدنيا لم يلبسه في الآخرة</t>
   </si>
   <si>
     <t>Dünyada ipək geyinən, axirətdə onu geyinməyəcək</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>Ömərdən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Dünyada ipək geyinən, axirətdə onu geyinməyəcək."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه مَن لَبس الحريرَ من الرجال في الدنيا لم يَلبَسها في الآخرة إذا لم يتب عقابًا له.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etdi ki, bu dünyada ipək geyinən kişilər, tövbə etməsələr, cəza olaraq axirətdə onu geyinə bilməyəcəklər.</t>
   </si>
   <si>
     <t>المَقصود بالحرير الحرير الخالِص الطبيعي، أما الحرير الصناعي فلا يشمله الحديث.
  تحريم لبس الحرير على الرجال.
 النهي عن لبس الحرير يعم لُبسه وافتراشه.
 يسمح للرجال ببعض الحرير في الثياب بما لا يُجاوِز عرضُه إصبعين إلى أربعة أصابع تتخذ أعلامًا أو حاشية للثوب.</t>
   </si>
   <si>
     <t>İpək dedikdə nəzərdə tutulan xalis təbii ipəkdir.  Süni ipəyə gəldikdə, hədis onu şamil etmir.
 Kişilərə ipək geyinməyin qadağan olması.
 İpək geyinməyin qadağan edilməsi, həm onu geyinməyi, həm də onu yataq dəsti kimi sərməyi əhatə edir.
 Kişilərə, ətək və ya bəzək olaraq geyimlərində bir az ipəyin olmasına icazə verilir, bir şərtlə ki, onun eni iki barmaqdan dörd barmağa qədər olsun.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2986</t>
   </si>
   <si>
-    <t>مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا</t>
+    <t>من حمل علينا السلاح فليس منا</t>
   </si>
   <si>
     <t>Kim bizə silah çəkərsə, o bizdən deyildir</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».</t>
   </si>
   <si>
     <t>Əbu Musa əl-Əşaridən (Allah ondan razı olsun) rəvayət edildiyinə görə Peyğəmbər(Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: "Kim bizə silah çəkərsə, o bizdən deyildir".</t>
   </si>
   <si>
     <t>نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) müsəlmanları qorxutmaq və ya mal-dövlətlərini qəsb etmək məqsədi ilə onlara qarşı silah qaldırılmasını qadağan etmişdir. Kim bunu haqsız yerə edərsə, o, böyük bir xəta və böyük günahlardan birini etmiş olar və o kimsə bu şiddətli təhdidə layiq olar.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب.
 التحذير الشديد من قتال المسلم لإخوانه المسلمين.
 من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل.
 الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم.
 تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.</t>
   </si>
   <si>
     <t>Müsəlmanın digər müsəlman qardaşları ilə döyüşməsi şiddətli bir şəkildə qadağan edilmişdir.
 Yer yüzündəki ən böyük fitnə və pisliklərdən biri də, müsəlmanlara silah çəkmək və insanları öldürərək yer yüzündə fitnə-fəsad yaymaqdır.
 Bu hədisdə gələn şiddətli təhdid, qiyamçılara, yer yüzündə fitnə çıxaranlara və s. bu kimi fitnə-fəsad yayanlara qarşı döyüşməyi qadağan etmir.
 Hətta zarafatla da olsa belə silah və ona bənzər şeylərlə müsəlmanı qorxutmağın haram olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2997</t>
   </si>
   <si>
-    <t>أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَلَكِنَّهُ أَتَانِي جِبْرِيلُ فَأَخْبَرَنِي أَنَّ اللهَ عَزَّ وَجَلَّ يُبَاهِي بِكُمُ الْمَلَائِكَةَ</t>
+    <t>أما إني لم أستحلفكم تهمة لكم، ولكنه أتاني جبريل فأخبرني أن الله عز وجل يباهي بكم الملائكة</t>
   </si>
   <si>
     <t>Mən sizi töhmət (yalanda ittiham) etmək üçün and içdirmədim, lakin Cəbrayıl mənim yanıma gəldi və mənə dedi ki, izzət və cəlal sahibi olan Allah sizinlə mələklərin yanında fəxr edir</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ قَالَ: خَرَجَ مُعَاوِيَةُ عَلَى حَلْقَةٍ فِي الْمَسْجِدِ، فَقَالَ: مَا أَجْلَسَكُمْ؟ قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ، قَالَ آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟ قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَمَا كَانَ أَحَدٌ بِمَنْزِلَتِي مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقَلَّ عَنْهُ حَدِيثًا مِنِّي: وَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَى حَلْقَةٍ مِنْ أَصْحَابِهِ، فَقَالَ: «مَا أَجْلَسَكُمْ؟» قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ وَنَحْمَدُهُ عَلَى مَا هَدَانَا لِلْإِسْلَامِ، وَمَنَّ بِهِ عَلَيْنَا، قَالَ: «آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟» قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: «أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَلَكِنَّهُ أَتَانِي جِبْرِيلُ فَأَخْبَرَنِي أَنَّ اللهَ عَزَّ وَجَلَّ يُبَاهِي بِكُمُ الْمَلَائِكَةَ».</t>
   </si>
   <si>
     <t>Əbu Səid əl-Xudridən belə söylədiyi rəvayət edilir: Müaviyə məsciddə oturan  bir dəstənin yanına gəldi və dedi: Nə üçün oturmusunuz? Onlar dedilər:“Biz Allahı zikr etmək üçün oturmuşuq”.  O, dedi: Allaha and için ki, bunun üçün oturmusunuz. Onlar dedilər: Allaha and olsun ki, bundan başqa bir şey üçün oturmamışıq. O, dedi: Mən sizi töhmət (yalanda ittiham) etmək üçün sizə and içdirmədim. Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) mənim qədər yaxın elə bir adam yoxdur ki, sayca məndən az hədis rəvayət etsin: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bir dəstə səhabəsinin yanına gəlib dedi: “Nə üçün oturmusunuz?” Onlar dedilər: “Biz Allahı zikr edib, bizi İslama hidayət etdiyinə və onunla bizə bəxş etdiyi nemətlərinə görə Ona həmd-səna etmək üçün oturmuşuq". Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: Allaha and için ki,yalnız bunun üçün oturmusunuz. Onlar dedilər: Allaha and olsun ki, ondan başqa bir şey üçün  oturmamışıq.  O, dedi: «Mən sizi töhmət (yalanda ittiham) etmək üçün and içdirmədim, lakin Cəbrayıl mənim yanıma gəldi və mənə dedi ki, izzət və cəlal sahibi olan Allah sizinlə mələklərin yanında fəxr edir."</t>
   </si>
   <si>
     <t>خَرَجَ معاويةُ بن أبي سفيان رضي الله عنهما على حلقة في المسجد، فسألهم على أي شيء اجتمعوا، 
 فقالوا: نذكر الله، 
 فاستحلفهم رضي الله عنه أنهم ما أرادوا بجلوسهم واجتماعهم إلا الذكر، 
 فحلفوا له، 
 ثم قال لهم: إني لم أستحلفكم تهمة لكم وشكًّا في صدقكم، ثم أخبر عن منزلته من النبي صلى الله عليه وسلم وأنه ما كان أحد بمنزلة قربه منه؛ لكون أم حبيبة أخته زوجة النبي صلى الله عليه وسلم، ولكونه من كتبة الوحي، ومع ذلك فهو قليل الرواية للأحاديث، 
 فحدثهم أن النبي صلى الله عليه وسلم خرج يومًا من بيته، فوجدهم جالسين في المسجد يذكرون الله ويحمدونه على ما هداهم للإسلام، ومنَّ به عليهم، فسألهم صلى الله عليه وسلم واستحلفهم  بمثل ما فعل معاوية رضي الله عنه مع أصحابه، 
 ثم قال لهم النبي صلى الله عليه وسلم عن سبب سؤاله لهم واستحلافهم: أنه أتاه المَلك جبريل عليه السلام فأخبره أن الله عز وجل يباهي ويفاخر بكم الملائكة، ويظهر فضلكم لهم ويريهم حسن عملكم، ويثني عليكم عندهم.</t>
   </si>
   <si>
     <t>Müaviyə bin Əbi Süfyan (Allah hər ikisindən razı olsun) məsciddəki bir dəstənin qarşısına çıxdı və onlardan nə üçün toplaşdıqlarını soruşdu. Onlar dedilər: Allahı zikr edirik. Və o, (Allah ondan razı olsun) onlardan, oturmaqlarında və toplanmalarında Allahı zikr etməkdən başqa bir şey istəmədiklərinə dair and içməklərini istədi. Onlar da ona and içdilər, Sonra onlara dedi: Mən sizi nə töhmət olaraq, nə də ki, doğruluğunuzda şübhə etdiyimə görə and içdirmədim.  Sonra o, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanındakı məqamını və Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) heç kəsin onun qədər yaxın olmadığını bildirdi. Çünki  Ummu Həbibə onun bacısı, Peyğəmbərin isə zövcəsi idi, özü də vəhy katiblərindən (Quranı yazanlardan) idi. Buna baxmayaraq o, çox az hədis nəql etmişdi. Və onlara danışdı ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bir gün evindən çıxdı və gördü ki, onlar məsciddə oturub Allahı zikr edirlər və onları İslama hidayət etdiyinə və bunu onlara bəxş etdiyinə görə Allaha həmd-səna edirlər. O, (Allahın salavatı və salamı onun üzərinə olsun) onları sorğu-sual etdi  və Müaviyənin (Allah ondan razı olsun) yoldaşlarına and içdirdiyi kimi onlara and içdirdi. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onları sorğu-sual etməsinin və onlara and içdirməsinin səbəbini onlara dedi: Beləki mələk-Cəbrail (Allahın salamı onun üzərinə olsun) onun yanına gəlib ona dedi ki, izzət və cəlal sahibi olan Allah mələklər yanında sizinlə öyünür və fəxr edir, sizin fəzilətinizi və yaxşı əməllərinizi onlara göstərir və onların qarşısında sizi tərifləyir.</t>
   </si>
   <si>
     <t>فضل معاوية رضي الله عنه وحرصه على الاقتداء برسول الله صلى الله عليه وسلم في تبليغ العلم.
 جواز الاستحلاف من غير تهمة للتنبيه على أهمية الخبر.
 فضل مجالس الذكر والعلم وأن الله يحبها ويباهي بها الملائكة.</t>
   </si>
   <si>
     <t>Müaviyənin (Allah ondan razı olsun) fəziləti və elmi yaymaqda Allah Rəsulunu (Allahın salavatı və salamı onun üzərinə olsun) örnək almasına olan hərisliyi.
 Yalanda ittiham etmədən, xəbərin əhəmiyyətini vurğulamaq üçün  and içdirməyin icazəli olması.
 Zikr və elm məclislərinin fəziləti və Allahın bu məclisləri sevməsi və mələklər qarşısında onunla (məclisin iştirakçıları ilə) öyünməsi.</t>
   </si>
   <si>
     <t>رواه مسلم</t>
   </si>
   <si>
     <t>[Muslim rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3007</t>
   </si>
   <si>
-    <t>إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ</t>
+    <t>إنهما ليعذبان، وما يعذبان في كبير، أما أحدهما فكان لا يستتر من البول، وأما الآخر فكان يمشي بالنميمة</t>
   </si>
   <si>
     <t>“Bu qəbirdəkilər əzab çəkirlər, əzabları isə böyük günahlarına görə deyil. Qəbirdəkilərdən birinə sidikdən qorunmadığına görə, digərinə isə insanlar arasında söz gəzdirdiyinə görə əzab verilir</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: مَرَّ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِقَبْرَيْنِ، فَقَالَ: «إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ» ثُمَّ أَخَذَ جَرِيدَةً رَطْبَةً، فَشَقَّهَا نِصْفَيْنِ، فَغَرَزَ فِي كُلِّ قَبْرٍ وَاحِدَةً، قَالُوا: يَا رَسُولَ اللَّهِ، لِمَ فَعَلْتَ هَذَا؟ قَالَ: «لَعَلَّهُ يُخَفِّفُ عَنْهُمَا مَا لَمْ يَيْبَسَا».</t>
   </si>
   <si>
     <t>İbn Abbasdan (Allah ondan və atsından razı olsun) belə dediyi rəvayət edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) iki qəbrin yanından keçərkən belə dedi: "“Bu qəbirdəkilər əzab çəkirlər, əzabları isə böyük günahlarına görə deyil. Qəbirdəkilərdən birinə sidikdən qorunmadığına görə, digərinə isə insanlar arasında söz gəzdirdiyinə görə əzab verilir” Sonra yaş bir xurma budağı götürüb, iki yarıya böldü və hər qəbirə birini basdırdı. Soruşdular ki: “Ey Allahın Rəsulu, niyə belə etdin? Buyurdu ki: “Ümid edirəm ki, bu budaqlar yaş qaldıqca onların da əzabı yüngülləşər”.</t>
   </si>
   <si>
     <t>مَرَّ النبيُّ صلى الله عليه وسلم بقبرين فقال: 
 إنَّ صاحبَي هذين القبرين لَيُعذّبان؛ وما يعذبان في أمر كبير في نظركم، وإن كان كبيرًا عند الله، 
 أمّا أحدُهما فكان لا يَهتَمُّ بحفظ جَسَدِه وثيابِه مِن البول حين يَقْضي حاجتَه، 
 والآخَرُ كان يمشي بالنميمة بين الناس، فيَنْقُلُ كلامَ غيرِه بقصد الإضرار وإيقاع الخلاف والوقيعة بين الناس.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) iki qəbrin yanından keçərkən belə dedi: Bu iki qəbrin sahibinə əzab verilir; bu əzab onlar üçün sizin nəzərinizə görə böyük bir məsələdə olmasa da , Allah qatında o böyükdür. Onlardan biri, ehtiyacını ödəyərkən bədənini və paltarını sidikdən qorumağa önəm verməzdi. Digəri isə insanlar arasında söz gəzirməklə məşğul idi, zərər vermək və insanlar arasında ixtilaf və çəkişmə salmaq məqsədiylə başqasının sözünü nəql edirdi.</t>
   </si>
   <si>
     <t>النميمةُ وتركُ التنزُّهِ مِن البول مِن كبائر الذنوب ومِن أسباب عذاب القبر.
 كَشف الله سبحانه بعض المغيبات -كعذاب القبر- إظهارًا لعلامة نبوتِهِ صلى الله عليه وسلم.
 هذا الفعلُ مِن شَقِّ الجريدتين ووضعِها على القبر خاصٌّ بالنبي صلى الله عليه وسلم؛ لأن الله أطْلَعَه على حالِ صاحبَي القبر، فلا يقاس غيره به لأنه لا أحد يعلم أحوال أصحاب القبور.</t>
   </si>
   <si>
     <t>Söz gəzdirmək və sidikdən təmizlənməmək böyük günahlardandır və qəbir əzabının səbəblərindəndir.
 Pak olan Allah qəbir əzabı kimi bəzi qeybi məsələləri, Allah Elçisinin (Allahın salavatı və salamı onun üzərinə olsun) peyğəmbərliyinin əlamət olaraq izhar edir.
 İki xurma budağını kəsib qəbrin üstünə qoymaq kimi bu əməl Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) xasdır. Çünki Allah Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) qəbirdəki iki insanın halından xəbər verib, ona görə də heç kəs onunla müqayisə oluna bilməz, çünki qəbirdəki insanların halını heç kim bilmir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3010</t>
   </si>
   <si>
-    <t>إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ</t>
+    <t>إذا سمعتم النداء، فقولوا مثل ما يقول المؤذن</t>
   </si>
   <si>
     <t>Azanı eşitdikdə müəzzinin dediklərini təkrar edin</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ».</t>
   </si>
   <si>
     <t>Əbi Səid Əl-Xudridən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: " Azanı eşitdikdə müəzzinin dediklərini təkrar edin".</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على إجابة المؤذِّن عند سماعه، وذلك بأنْ نقولَ مثل ما يقول، جُملةً بجملة، 
 فحينما يُكَبِّرُ نُكَبِّرُ بعدَه، وحينما يأتي بالشهادتين، نأتي بهما بعده، 
 ويستثنى لفظ: (حي على الصلاة، حي على الفلاح) فإنه يُقال بعدهما: لا حول ولا قوة إلا بالله.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) müəzzini eşidərkən ona cavab verməyə təşviq etmişdir. Bu müəzzinin dediyinin ardınca cümlə cümlə təkrarlamağımızdir. Müəzzin təkbir edib Allahu əkbər dedikdə, biz də onun ardınca Allahu Əkbər deyirik, şəhadət kəliməsini söylədikdə ardınca biz də şəhadət kəliməsini söyləyirik. (Həyyə aləssaləh (Namaza tələsin), həyyə aləlfələh (nicata tələsin)) kəlmələri istisnadır: Bunlardan sonra: Allahdan başqa heç bir qüdrət və güc sahibi yoxdur" deyilməlidir.</t>
   </si>
   <si>
     <t>يتابع المؤذن الثاني بعد انتهاء الأول، وإنْ تعدَّد المؤذنون؛ لعموم الحديث.
 يُجيبُ المُؤذِّنَ في كلِّ أحوالِه، إنْ لم يكن في خَلاءٍ أو على حاجتِهِ.</t>
   </si>
   <si>
     <t>Hədisin ümumi mənasına görə, bir neçə müəzzin olsa, birinci müəzzin bitirdikdən sonra ikinci müəzzinin ardınca təkrarlamaq məqsədə uyğundur.
 Ayaqyolunda və  təbii ehtiyacı ödəmək istisna olmaqla, müəzzinə hər bir halda cavab verir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3013</t>
   </si>
   <si>
-    <t>دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ</t>
+    <t>دعهما، فإني أدخلتهما طاهرتين</t>
   </si>
   <si>
     <t>Onları çıxarma, çünki mən təharətli(dəstəmazlı) olarkən onları geymişəm</t>
   </si>
   <si>
     <t>عَنْ المُغِيرَةِ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَهْوَيْتُ لِأَنْزِعَ خُفَّيْهِ، فَقَالَ: «دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ» فَمَسَحَ عَلَيْهِمَا.</t>
   </si>
   <si>
     <t>Muğiradan (Allah ondan razı olsun) belə dediyi rəvayət edilir: Peyğəmbərlə (Allahın salavatı və salamı onun üzərinə olsun) səfərlərdən birində idim, (o dəstəmaz alarkən) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) (ayağını yuması üçün onun ayağındakı) xuflarını çıxartmaq üçün əllərimi uzatdım, bu zaman belə dedi:Onları çıxarma, çünki mən təharətli(dəstəmazlı) olarkən onları geymişəm". Sonra onlara məsh çəkdi.</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم في أَحَدِ أسفارِه فتوضأ، 
 فلما بلغ غسل الرجلين مَدَّ المغيرةُ بن شعبة رضي الله عنه يديه لِنَزْعِ ما كان على قَدَمِ النبيِّ صلى الله عليه وسلم مِن خُفٍّ لغسل رجليه! 
 فقال النبي صلى الله عليه وسلم: اتركهما ولا تنزعهما، فإني أدخلت رِجْلَيَّ في الخُفين وأنا على طهارة، 
 فمسح النبي صلى الله عليه وسلم على خفيه بَدل غسل رجليه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) səfərlərdən birində idi və dəstəmaz aldı. Ayaqların yumasına çatdıqda, Muğirə bin Şubə (Allah ondan razı olsun) əllərini uzadaraq,  Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ayağını yumaq üçün onun ayağındakı xufları çıxartmaq istədi. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ona belə buyurdu: Onları çıxarma, çünki, mən təharətli (dəstəmazlı) olarkən onları geymişəm. Beləliklə, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ayaqlarını yumaq əvəzinə xuflarına məsh çəkdi.</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين يكون عند الوضوء من حَدَثٍ أصغر، وأما الاغتسال للحدث الأكبر فلابد من غسل القدمين.
 المسح يكون مرة واحدة بإمرار اليد مبلولة على أعلى الخف دون أسفله.
 يشترط للمسح على الخفين أن يكون لبسهما بعد وضوء تامٍّ غَسَلَ فيه قدميه بالماء، وأن يكون الخف طاهرًا، ساترًا لمحل الفرض من القدم، وأنْ يكون مسحهما في الحَدَث الأصغر لا في الجنابة أو ما يوجب الغُسل، وأنْ يكون المسح في الوقت المحدَّد شرعًا وهو يومٌ وليلةٌ للمُقيم وثلاثة أيام بلياليها للمسافر.
 يقاس على الخفين كل ما يستر الرجلين من الجوارب وغيرها، فيجوز المسح عليها.
 حسن خلق النبي صلى الله عليه وسلم وتعليمه، حيث منع المغيرة من خلعهما، وبيَّن له السبب: أنه أدخلهما طاهرتين؛ لتطمئن نفسه، ويعرف الحكم.</t>
   </si>
   <si>
     <t>Dəstəmazı gərəkdirən amillərdən dəstəmaz alarkən xufların  üzərinə məsh çəkməyə izn verilməsi, lakin qüsl tələb olunan hallarda ayaqları yumaq vacibdir.
 Məsh, yaş əli bir dəfə xufların altına deyil, üstünə sürtməklə olur.
 Xoflar üzərinə məsh çəkmək üçün şərt, ayaqları su ilə yuyub dəstəmazı tam bitirdikdən sonra geyinmək, həmçinin xufların pak olması, ayağdakı yuyulması vacib olan hissələrini örtməsidir. Həmçinin sidik və nəcis ifrazından sonra xuflara məsh etmək icazəlidir, lakin cənabəti və ya qüslü vacib edən halları aradan qaldırmaq üçün bədənin hər yeri yuyulmalıdır. Məsh çəkmək üçün digər bir şərt isə şəriətin müəyyən etdiyi müddətdir - yəni səfərdə olmayan şəxslər üçün bir gün, bir gecə, səfərdə olanlar üçün isə üç gün, üç gecədir.
 Ayaqları örtən corab və ya buna bənzər şeylər də xuflara qiyas edilərək onlara da məsh çəkilir.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) gözəl əxlaqı və təlimi, belə ki, Muğiranı xufları çıxarmağa qoymadı və narahat olmasın deyə və bu əhkamı bilsin deyə bildirdi ki, onları dəstəmaz aldıqdan sonra geyinib.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3014</t>
   </si>
   <si>
-    <t>إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ</t>
+    <t>إذا أحب الرجل أخاه فليخبره أنه يحبه</t>
   </si>
   <si>
     <t>Əgər biriniz qardaşını (Allah üçün) sevərsə, ona, sevdiyini söyləsin</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Miqdəm bin Maədi Kəribdən -Allah ondan razı olsun- rəvayət edilir ki, Peyğəmbər -salləllahu aleyhi va səlləm- belə demişdir: "Əgər biriniz qardaşını (Allah üçün) sevərsə, ona, sevdiyini söyləsin".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- bu hədisdə, möminlər arasında əlaqəni gücləndirən və onlar arasında bir-birlərinə qarşı sevgini yayan səbəblərdən birini bəyan etmişdir.Əgər kimsə bir mömin qardaşını (Allah üçün) sevərsə, ona, sevdiyini xəbər verməlidir.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Dünya mənfəəti üçün deyil, Uca Allah üçün olan xalis sevginin fəziləti.
 Möminlər arasında məhəbbət və dostluğun daha da artması üçün sevdiyi insana, onu, Allah üçün sevdiyini xəbər vermənin müstəhəb olması.
 Möminlər arasında bir-birinə qarşı sevginin yayılması iman qardaşlığını gücləndirir və cəmiyyəti parçalanmaq və təfriqəyə düşməkdən qoruyur.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
-[...2 lines deleted...]
-    <t>[Əbu Davud, Ət-Tirmizi, Ən-Nəsai Sünənul-Kubrada və Əhməd rəvayət ediblər]</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[Əbu Davud, Ət-Tirmizi, Ən-Nəsai Əl-Kubrada,Əhməd rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3017</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ</t>
+    <t>كان النبي صلى الله عليه وسلم يعجبه التيمن، في تنعله، وترجله، وطهوره، وفي شأنه كله</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ayaqqabısını geyindiyi, saçlarını daradığı, təmizləndiyi zaman və bütün işlərində sağla başlamağı sevərdi</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ.</t>
   </si>
   <si>
     <t>Möminlərin anası Aişədən (Allah ondan razı olsun) rəvayət edilir ki, o belə demişdir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ayaqqabısını geyindiyi, saçlarını daradığı, təmizləndiyi zaman və bütün işlərində sağla başlamağı sevərdi.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
 أن يبدأ بالرِّجْل اليمين في لبس نعله، ويبدأ باليمين في ترجيل شعر رأسه ولحيته وتسريحِهما ودَهنِهما، وفي وضوئه يقدِّم اليمين على اليسار من اليدين والرجلين.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) şərəfli işlərdə sağla başlamağı xoşlayar və üstün tutardı, o cümlədən: ayaqqabısını geyinməyə sağ ayaqla başlayır, saç və saqqallara baxım, daramaq və yağlamaqda sağla başlayır, dəstəmazda isə sağ əli və ayağı soldan əvvəl yuyardı.</t>
   </si>
   <si>
     <t>قال النووي: هذه قاعدة مستمرة في الشرع، وهي أنَّ ما كان من باب التكريم والتشريف كلبس الثوب والسراويل والخُفِّ ودُخول المسجد والسواك والاكتحال، وتقليم الأظفار، وقص الشارب، وتَرْجِيْل الشَّعَرِ وهو مَشْطُه، ونتف الإبط، وحلق الرأس، والسلام من الصلاة، وغسل أعضاء الطهارة، والخروج من الخلاء، والأكل والشرب، والمصافحة، واستلام الحجر الأسود، وغير ذلك مما هو في معناه يستحب التيامن فيه، وأما ما كان بضده كدخول الخلاء والخروج من المسجد والامتخاط والاستنجاء وخلع الثوب والسراويل والخف وما أشبه ذلك، فيستحب التياسر فيه، وذلك كله بكرامة اليمين وشرفها.
 "يعجبه التيمن"، يشمل: الابتداء في الأفعال باليد اليمنى، والرجل اليمنى، والجانب الأيمن،  وتعاطي الشيء باليمين.
 قال النووي: اعلم أن من أعضاء الوضوء ما لا يستحب فيه التيامن؛ وهو الأذنان والكفان والخدان بل يُطَهَّران دفعة واحدة، فإن تعذَّر ذلك كما في حق الأقطع ونحوه؛ قَدَّمَ اليمين.</t>
   </si>
   <si>
     <t>Nəvəvi demişdir: Bu  şəriətdə davamlı olan bir qaydadır ki, o da budur: (şəriətdə) hörmətli və şərəfli hesab edilən əməllərdə - paltar, şalvar və xuf geyinmək, məscidə girmək, misvaklanmaq, sürmə sürtmək, dırnaqları kəsmək  və bığları qısaltmaq, saçı daramaq, qoltuqaltı tükləri yolmaq, baş qırxmaq, namazın sonunda salam vermək və təharət əzalarını yumaq və tualetdən çıxmaq, yemək-içmək, əl sıxmaq, qara daşa toxunmaq və bu mənada olan digər  əməllərdə sağla başlamaq müstəhəbdir (bəyənilədir). Lakin bunun əksi olan şeylərə gəlincə, məsələn, tualetə girmək, məsciddən çıxmaq, burnu  təmizləmək,  ayaqyolundan çıxdıqdan sonra təmizlənmək, paltar, şalvar, corabı soyunmaq və buna bənzər şeyləri solla etmək müstəhəbdir. Bütün bunlar isə sağ tərəfin hörməti və şərəfinə görədir.
 "O, sağla başlamağı sevir" sözü: hərəkətlərə sağ əllə, sağ ayaqla, sağ tərəflə  başlamaq və işləri sağ əllə görmək kimi əməlləri əhatə edir.
 Nəvəvi demişdir: “Bil ki, dəstəmaz əzaları arasında elələri var ki, orada sağla başlamaq müstəhəb deyil; Bunlar qulaqlar, əllər və yanaqlardır ki, onlar bir anda yuyulur. Lakin, bədən üzvlərində kəsikliyi olan və bənzəri şəxslərdə bu çətinlik yaradarsa, sağ tərəfdən başlayır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3018</t>
   </si>
   <si>
-    <t>إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي</t>
+    <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
   </si>
   <si>
     <t>bu qanaxmadır, sadəcə sənin bildiyin heyz günlərinin müddətində namazı tərk et, (bu müddətdən) sonra isə qüsl al və namaz qıl</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها أَنَّ فَاطِمَةَ بِنْتَ أَبِي حُبَيْشٍ سَأَلَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَتْ: إِنِّي أُسْتَحَاضُ فَلاَ أَطْهُرُ، أَفَأَدَعُ الصَّلاَةَ؟ فَقَالَ: «لَا، إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي».</t>
   </si>
   <si>
     <t>Möminlərin anası Aişədən (Allah ondan razı olsun) rəvayət edilir ki,  Fatimə bint Əbi Hubeyş Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) belə soruşdu: "Mən davamlı olaraq heyz oluram, (həmin müddətdə) namazı tərk edimmi? Cavab verdi: Xeyr, bu qanaxmadır, sadəcə sənin bildiyin heyz günlərinin müddətində namazı tərk et, (bu müddətdən) sonra isə qüsl al və namaz qıl."</t>
   </si>
   <si>
     <t>سَألتْ فاطمةُ بنت حبيش النبيَّ صلى الله عليه وسلم فقالت: إني لا ينقطع عني الدم ويستمر حتى في غير زمن الحيض، فهل يكون حكم ذلك حكم الحيض فأترك الصلاة؟ 
 فقال لها النبي صلى الله عليه وسلم: إنه دم استحاضة، وهو دم مَرَضِيٌّ ينشأ عن انقطاع عرق في الرحم، وليس بدم حيض، 
 فإذا جاء وقت الحيض الذي كنت تحيضين فيه على عادتك الشهرية قبل أن تمرضين بالاستحاضة، فاتركي الصلاة والصوم وغيرَهما مما تُمنَع منه الحائض وقت الحيض. 
 فإذا انتهى مقدار تلك المدة، فتكوني قد طهرتي من الحيض، فاغسلي موضع الدم، ثم اغسلي بدنك اغتسالًا كاملًا لرفع الحدث، ثم صلي.</t>
   </si>
   <si>
     <t>Fatimə bint Hubeyş Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşdu və dedi: Məndən heyz qanı kəsilmir və heyz, ədəti günlərdən başqa dövrdə də davam edir, o zaman bunun hökmü heyzin hökmü kimidirmi və namazı tərk edimmi? Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ona dedi: Bu qanaxmadır və uşaqlıq yolunda qanaxmanın kəsilməsi nəticəsində yaranan patoloji qandır, heyz qanı deyil. Qanaxma xəstələliyindən əvvəl olduğu kimi, aylıq adətinə uyğun heyz müddəti gələrsə, namazı, orucu və qadına heyz zamanı qadağan olan digər işləri tərk et. Həmin müəyyən müddət bitdikdə, heyzdən təmizlənmiş olursan, qan yerini yu və natəmizliyi aradan qaldırmaq üçün kamil qüsl al, sonra  namaz qıl.</t>
   </si>
   <si>
     <t>وجوب الغسل على المرأة عند انتهاء أيام حيضها.
 وجوب الصلاة على المستحاضة.
 الحيض: دمُ طبيعةٍ يُرْخِيْه الرَّحِمُ عَبْرَ فَرْجِ المرأةِ البالغة، يصيبها في أيام معلومة. 
 الاستحاضة: سَيَلانُ الدمِ في غير وقته من أدنى الرحم دون قَعْرِه. 
 الفرق بين دم الحيض ودم الاستحاضة: أنَّ دمَ الحيضِ أسود ثخين مُنْتِن الرائحة، أما دم الاستحاضة فأحمر رقيق ليس له رائحة منتنة.</t>
   </si>
   <si>
     <t>Qadına, heyz günlərini bitirdiyi zaman qüslün vacibliyi.
 Qanaxmadan əziyyət çəksə belə qadına namaz qılmaq vacibdir.
 Heyz: Müəyyən günlərdə yetkin qadının rəhmindən cinsi orqan yolu ilə ayrılan təbii qandır.
 İstihazə: uşaqlığın dibindən axan, vaxtının adəti üzrə olmayan  qanaxmadır.
 Heyz qanı ilə istihazə qanının fərqi: Heyz qanı qara, qatı və pis qoxulu, istihazə qanı isə duru, qırmızı və qoxusuzdur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3029</t>
   </si>
   <si>
-    <t>سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ</t>
+    <t>سووا صفوفكم، فإن تسوية الصف من تمام الصلاة</t>
   </si>
   <si>
     <t>Səflərinizi düzəldin, çünki, səflərin düzlüyü namazın kamilliyindəndir</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>Ənəs bin Məlikdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Səflərinizi düzəldin, çünki, səflərin düzlüyü namazın kamilliyindəndir"</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم المصلين إلى أن يُسووا صفوفَهم، وأن لا يتقدم بعضهم على بعض ولا يتأخر، وأن تسويتها من تمام الصلاة وكمالها، وأنّ اعوجاج الصف خللٌ ونقص فيها.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) namaz qılanlara səflərini düzəltməyi, bir-birindən qabağa keçməmələrini və geri durmamalarını əmr edir və səfləri düzəltməyin namazın tamamlanması və kamilliyinin bir hissəsi olduğunu, sıranın əyriliyinin isə namazda olan qüsur və ya çatışmazlıq olduğunu xəbər verir.</t>
   </si>
   <si>
     <t>مشروعية العناية بكل ما يُكمل الصلاة ويبعدها عن النقص.
 حكمة النبي صلى الله عليه وسلم في التعليم، حيث قَرَن الحُكم مع عِلَّته؛ لتتبين حكمة التشريع، وتنشط النفوس على الامتثال.</t>
   </si>
   <si>
     <t>Namazı tamamlayan və onu nöqsanlardan uzaqlaşdıran hər bir şeyə diqqət etməyin tələb olunması.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) elmi öyrətməkdə olan hikməti, çünki, şəriətin hikmətini bildirmək və nəfsləri əməl etməyə həvəsləndirmək üçün məsələnin hökmünü səbəbi ilə yanaşı qeyd etdi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3031</t>
   </si>
   <si>
-    <t>إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ</t>
+    <t>إذا توضأ أحدكم فليجعل في أنفه ثم لينثر، ومن استجمر فليوتر</t>
   </si>
   <si>
     <t>Sizlərdən biriniz dəstəmaz alarsa, ilk olaraq suyu burnuna çəkib, ardınca nəfəsiylə onu çıxarmalıdır, kim təbii ehtiyacını ödədikdən sonra, daş parçası ilə təmizlənmək istərsə bunu tək sayda etsin</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ، وَإِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلْيَغْسِلْ يَدَهُ قَبْلَ أَنْ يُدْخِلَهَا فِي وَضُوئِهِ، فَإِنَّ أَحَدَكُمْ لاَ يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».
 ولفظ مسلم: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلَا يَغْمِسْ يَدَهُ فِي الْإِنَاءِ حَتَّى يَغْسِلَهَا ثَلَاثًا، فَإِنَّهُ لَا يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Sizlərdən biriniz dəstəmaz alarsa, ilk olaraq suyu burnuna çəkib, ardınca nəfəsiylə onu çıxarmalıdır, kim təbii ehtiyacını ödədikdən sonra, daş parçası ilə təmizlənmək istərsə bunu tək sayda etsin, (gecə) yuxudan oyandıqdan sonra, əlini dəstəmaz almaq üçün qaba  salmadan öncə yusun, çünki o, əlinin harada gecələdiyini  bilmir." İmam Muslimin rəvayət etdiyi ifadə bu cürdür:
 "Sizlərdən biriniz yuxudan oyanarsa, əlini üç dəfə yumadan qaba salmasın, çünki o, əlinin harada gecələdiyini bilmir.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أحكام الطهارة، ومنها: 
 لأول: أنَّ مَن توضأ فعليه أنْ يُدخِلَ الماءَ في أنفِهِ بالنَّفَسِ، ثم يُخرجه بالنَّفَسِ أيضًا. 
 والثاني: أنَّ مَن أراد تنظيفَ الأذى الخارج منه وإزالتَه بغير الماء كالحجارة ونحوها فيكون تنظيفُه على عدد فَرْدِيٍّ أقله ثلاثًا وأعلاه ما ينقطع به الخارج وينظف المحل. 
 والثالث: أن من استيقظ من نوم الليل لا يُدْخِلُ كفَّه في الإناء ليتوضأ حتى يغسلها ثلاث مرات خارج الإناء، فإنه لا يدري أين باتت يده، فلا يأمن النجاسة عليها، وقد يكون عبث بها الشيطان وحمل إليها أشياء مُضِرة للإنسان أو مُفسِدة للماء.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) təmizlənməyin bəzi əhkamlarını açıqlamışdır, bunlardan: Birincisi: Kim dəstəmaz alarsa, suyu burnuna nəfəsiylə çəkməli, sonra nəfəsiylə də çıxarmalıdır. İkincisi: Kim təbii ehtiyacını ödədikdən sonra önünü və ya arxasını  sudan savayı başqa vasitəylə, məsələn, daş parçası və buna bənzər vasitələrlə təmizləmək istəsə, onu tək sayda, ən azı üç, ən çoxu isə nəcasətin çıxışını dayandıracaq və həmin yeri təmizləyəcək miqdarda etməlidir. Üçüncüsü: Gecə yuxusundan oyanan şəxs dəstəmaz almaq üçün üç dəfə əlini qabın xaricində taki yumayınca, onu qaba salmasın, çünki o, əlinin harada gecələdiyini bilmir və nəcasətə bulaşdığından əmin də deyil. Və ola bilər ki, şeytan suyu qarışdıraraq insanlara zərərli və ya suyu korlayan şeyləri ona əlavə etsin.</t>
   </si>
   <si>
     <t>يجب الاستنشاق في الوضوء، وهو: إدخال الماء في الأنف بواسطة النَّفَس، وكذلك يجب الاستنثار، وهو: إخراج الماء من الأنف بواسطة النَّفَس. 
 استحباب الاستجمار وترًا.
 مشروعية غسل اليدين بعد نوم الليل ثلاثًا.</t>
   </si>
   <si>
     <t>Dəstəmazda istinşaq vacibdir ki, bu da - nəfəslə buruna su daxil etməkdir. Həmçinin istinsar da vacibdir ki, bu da nəfəslə burundan suyu çıxartmaqdır.
 İfrazatdan sonra sudan başqa digər vasitələrlə təmizlənməyin, isticmarın tək olaraq edilməsinin müstəhəb olması.
 Gecə yuxusundan sonra əlləri üç dəfə yumaq buyurulmuşdur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3033</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ</t>
+    <t>إذا دخل الرجل بيته، فذكر الله عند دخوله وعند طعامه، قال الشيطان: لا مبيت لكم، ولا عشاء</t>
   </si>
   <si>
     <t>İnsan evinə daxil olduğu zaman və yeməyə başlayarkən Allahı zikr edərsə, şeytan köməkçilərinə deyər: Sizə bu evdə gecələmək üçün yer və şam yeməyindən pay yoxdur</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ، وَإِذَا دَخَلَ، فَلَمْ يَذْكُرِ اللهَ عِنْدَ دُخُولِهِ، قَالَ الشَّيْطَانُ: أَدْرَكْتُمُ الْمَبِيتَ، وَإِذَا لَمْ يَذْكُرِ اللهَ عِنْدَ طَعَامِهِ، قَالَ: أَدْرَكْتُمُ الْمَبِيتَ وَالْعَشَاءَ».</t>
   </si>
   <si>
     <t>Cabir bin Abdullahdan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "İnsan evinə daxil olduğu zaman və yeməyə başlayarkən Allahı zikr edərsə, şeytan köməkçilərinə deyər: Sizə bu evdə gecələmək üçün yer və şam yeməyindən pay yoxdur. Lakin insan evinə girərərkən Allahı zikr etməzsə, şeytan öz ardıcıllarına deyər: Gecələməyə yeriniz var. Yemək yediyində Allahı zikr etməzsə şeytan onlara deyər ki, artıq həm gecələməyə yeriniz, həm də yeməkdən payınız vardır.</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِذِكْر الله عند دخول البيت وقبل تَنَاوُلِ الطعام، وأنه إذا ذَكَرَ اللهَ بقوله: (باسم الله) عند دخوله لبيتِه وعند بدء طعامِه، قال الشيطان لأعوانه: لا حَظَّ لكم بالمبيت ولا العشاء في هذا البيت الذي تَحَصَّنَ صاحبُه منكم بذكر الله تعالى. 
 وأما إذا دخل الرجل بيته فلم يذكر الله عند دخوله ولا عند تناوله الطعام، فيخبر الشيطان أعوانه أنهم أدركوا المبيت، والعشاء في هذا البيت.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) evə girərkən və yeməyə başlamazdan əvvəl Allahı zikr etməyi əmr edir və bildirir ki, əgər bir kəs evinə girərkən və yeməyə başlayarkən Allahı "bismilləh"  (Allahın adı ilə) deyərək zikr edərsə: Şeytan köməkçilərinə deyər: Sizə bu evdə gecələmək və şam etmək  üçün pay yoxdur, çünki ev sahibi uca Allahı zikr etməklə öz toxunulmazlığını təmin etdi. Lakin  əgər insan nə evə girdiyi zaman, nə də ki, yemək yeyərkən Allahı zikr etməzsə, şeytan öz köməkçilərinə onların bu evdə gecələyib, şam edəcəklərini xəbər verər.</t>
   </si>
   <si>
     <t>استحباب ذِكرِ الله عند دخول البيت وعند الطعام، فإن الشيطان يبيت في البيوت، ويأكل من طعام أهلها إذا لم يذكروا اسم الله تعالى.
 الشيطان يُراقِبُ ابنَ آدم في عملِهِ وتَصَرُّفِه وفي أموره كلِّها، فإذا غَفَل عن الذكر نال مُرادَه منه.
 الذكر يطرد الشيطان.
 لكل شيطان أتباع وأولياء يستبشرون بقوله ويَتَّبعون أمرَه.</t>
   </si>
   <si>
     <t>Evə girərkən və yemək yeyərkən Allahı zikr etməyin müstəhəb olması. Çünki şeytan, uca Allahın adını zikr etməyən kəslərin evlərində gecələyir və onların yeməklərini yeyir.
 Şeytan Adəm övladının bütün əməllərinə, davranışına və bütün işlərinə nəzarət edir, elə ki, insan zikr etməkdən yayınır, şeytan onun bu halından istifadə edərək öz istəyinə nail olur.
 Zikr şeytanı qovur.
 Hər bir şeytanın, onun sözlərinə sevinən, əmrlərinə əməl edən ardıcılları və dostları vardır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3037</t>
   </si>
   <si>
-    <t>الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ</t>
+    <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
   </si>
   <si>
     <t>Ən böyük günahlar: Allaha şərik qoşmaq, valideyinlərin üzünə ağ olmaq, adam öldürmək və yalandan (Allaha) and içməkdir</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».</t>
   </si>
   <si>
     <t>Abdullah bin Amr bin As (Allah ondan və atasından razı olsun) rəvayət edir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Ən böyük günahlar: Allaha şərik qoşmaq, valideyinlərin üzünə ağ olmaq, adam öldürmək və yalandan (Allaha) and içməkdir".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. 
 فأوَّلُها "الإِشرَاكُ بِالله": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. 
 وثانيها "عُقُوقُ الوَالِدَينِ": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 وثالثها "قَتْل النَّفْس": بغير حق، كالقتل ظلمًا وعدوانًا. 
 ورابعها "اليَمِين الغَمُوسُ": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) böyük günahları bəyan etmişdir. bunlar da, bu günahları edən kimsələri dünyada və axirətdə şiddətli bir əzabla təhdid edilən günahlardır.
 Bunların birincisi: Allaha şərik qoşmaqdır. Bu, hər hansı bir ibadət növünü Allahdan başqasına sərf etməkdir. Həmçinin, Uca Allahdan başqasını, Allaha aid olan uluhiyyət, rububiyyət, ad və sifətlərlə bağlı xüsuslarda Allahla bərabər tutmaqdır.
 İkincisi: Valideyinlərin üzünə ağ olmaq. Bura, söz və əməl olmasından aslı olmayaraq, ata anaya qarşı edilən bütün növ əziyyətlər və həmçinin onlara yaxşılıq etməyi tərk etmək də daxildir.
 Üçüncüsü: Haqsız yerə adam öldürməkdir. Zülüm və düşmənçilik edərək adam öldürmək da bura daxildir.
 Dördüncüsü: Yalan söylədiyini bildiyi halda, yalandan (Allaha) and içməkdir. Andın bu növü, sahibini Cəhənnəmə saldığı yaxud günaha batırdığı üçün ərəb dilində "əl-Yəminul-Ğamus" olaraq adlandırılmışdır.</t>
   </si>
   <si>
     <t>اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة.
 الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Andın "əl-Yəminul-Ğamus" növü yəni yalandan (Allaha) and içməyin, günahının və təhlükəsinin böyüklüyündən dolayı kəfarəsi yoxdur. Buna görə ancaq tövbə edilməsi vacibdir.
 Hədisdə sadəcə bu dörd böyük günahın zikr edilməsi, bu günahların nə qədər böyük günah olduğunu göstərir. Çünki böyük günahlar yalnız bu günahlardan ibarət deyildir.
 Günahlar, böyük və kiçik olmaqla iki qismə bölünür. Böyük günahlar: Hədd və lənət kimi dünyada cəzası olan yaxud Cəhənnəmə daxil olmaq kimi axirətdə cəzası olan bütün günahlardır. Böyük günahların bəzisi haramlıq baxımından diğərlərindən daha şiddətlidir. Böyük günahlar xaricində qalan günahlar isə kiçik günahlardır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3044</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ أَعْظَمِ الجِهَادِ كَلِمَةَ عَدْلٍ عِنْدَ سُلْطَانٍ جَائِرٍ</t>
+    <t>إن من أعظم الجهاد كلمة عدل عند سلطان جائر</t>
   </si>
   <si>
     <t>Ən böyük cihadlardan biri, zalım hökmdar qarşısında ədaləti söyləməkdir”</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ مِنْ أَعْظَمِ الجِهَادِ كَلِمَةَ عَدْلٍ عِنْدَ سُلْطَانٍ جَائِرٍ».</t>
   </si>
   <si>
     <t>Əbu Səid Əl-Xudridən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Ən böyük cihadlardan biri, zalım hökmdar qarşısında ədaləti söyləməkdir”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن أعظم وأنفع أنواع الجهاد في سبيل الله تعالى كلمةُ عدلٍ وحقٍّ عند سلطان أو أمير جائر ظالم؛ لأنه عمل بشعيرة الأمر بالمعروف والنهي عن المنكر، سواء كان بقول أو كتابة أو فعل أو غير ذلك مما تحصل به المصلحة وتندفع المفسدة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki, Uca Allah yolunda cihadın ən böyük və ən faydalı növlərindən biri ədalətsiz və zalım hökmdar və ya rəhbərin qarşısında ədalət və haqq sözünü deməkdir. Çünki o, istər sözlə, istər yazı ilə,  istər əməllə və ya məsləhətin əldə edildiyi, məfsədənin uzaqlaşdırıldığı hər hansı bir şeylə də olsa, yaxşılığı əmr edib pislikdən çəkindirmək şüarının yerinə yetirilməsidir.</t>
   </si>
   <si>
     <t>الأمر بالمعروف والنهي عن المنكر من الجهاد.
 نُصْحُ الحاكم من أعظم الجهاد، ولكن يجب أن يكون بعلم وحكمة وتثبت.
 قال الخطَّابي: وإِنَّما صار ذلك أفضل الجهاد؛ لأنّ من جاهَدَ العدوَّ كان مُتردِّدًا بين الرَّجاءِ والخوْفِ لا يدري هل يَغلِبُ أو يُغْلَبُ، وَصَاحِبُ السُّلطان مقهورٌ في يدِهِ فهو إذا قال الحقَّ وَأَمَرَهُ بِالمعروفِ فقد تَعَرَّضَ للتَّلَفِ، وَأَهْدَفَ نَفْسَهُ للهلاكِ، فصار ذلك أَفضل أنواع الجهادِ مِن أجلِ غَلَبَةِ الخوفِ، وقيل: إنما كان أفضل الجهاد؛ لأنَّ وليَّ الأمرِ لو أخَذَ بِكَلمَتِه لربَّما عمَّ النفعُ عددًا كبيرًا من الناسِ فتحصُلُ المصلحةُ.</t>
   </si>
   <si>
     <t>Yaxşılığı əmr edib və pislikdən çəkindirmək cihaddan sayılır .
 Hökmdara nəsihət etmək cihadın ən böyük növlərindəndir, lakin bunu elm, hikmət və məsləhətləşmə və dəqiqləşdirmədən sonra etmək lazımdır.
 Xəttabi demişdir: “Bu, ən üstün cihaddır, çünki düşmənə qarşı cihad edən qorxu ilə ümid arasında tərəddüd edir və bilmir ki, düşmənə qalib gələcək, yoxsa məğlub olacaq. Lakin hökmdar qarşısında olan kəs tamamilə onun ixtiyarındadır və əgər həqiqəti söyləsə və ona yaxşılığı əmr etsə, özünü həlak və ölüm təhlükəsinə atar. Beləliklə bu, qorxuya qalib gəlindiyi üçün ən yaxşı cihad növü olur. Həmçinin deyilir ki, bu ona görə ən yaxşı cihaddır ki, çünki əmr sahibi (hökmdar) onun sözünə qulaq assa, bu, çoxlu sayda insana fayda verə bilər və məsləhət hasil olar”.</t>
   </si>
   <si>
     <t>حسن لغيره</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[حسن لغيره]</t>
+  </si>
+  <si>
     <t>[Əbu Davud, Ət-Tirmizi, İbn Məcə, Əhməd rəvayət ediblər]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3045</t>
   </si>
   <si>
-    <t>إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ</t>
+    <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>Dünya şirin və valehedicidir. Həqiqətən, Allah sizi dünyaya varis təyin etmiş və ondan necə istifadə edəcəyinizə nəzarət edir. Dünyadan qorxun! Qadınlardan qorxun!</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
     <t>Əbu Səid Əl-Xudridən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: " Dünya şirin və valehedicidir. Həqiqətən, Allah sizi dünyaya varis təyin etmiş və ondan necə istifadə edəcəyinizə nəzarət edir. Dünyadan qorxun! Qadınlardan qorxun! Həqiqətən İsrail oğullarının ilk dəfə azmaları (fitnəyə düşmələri) qadınlar səbəbindən olmuşdur”.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) izah edir ki, dünya, ləzzəti şirin, görkəmi gözəldir, ona görə də insan ona aldanar, ona qərq olar və onu ən böyük marağına çevirər. Uca Allah bu həyatda hər nəslimizdən sonra gələn digər nəsillərimizi varis etdi ki, necə əməl edəcəyimizə baxsın, Ona itaət edəcəyik, yoxsa asi olacağıq? Sonra buyurdu: Ehtiyatlı olun ki, dünya ləzzətləri və zinətləri sizi aldatmasın və bu sizi Allahın sizə əmr etdiklərini tərk edib, haram buyurduqlarına düşməyə vadar etməsin. Ehtiyat edilməli olan ən böyük dünya fitnələrindən biri, qadınların fitnəsidir və bu, İsrail övladlarının düçar olduğu ilk fitnə idi.</t>
   </si>
   <si>
     <t>الحثُّ على مُلازمة التقوى، وعدم الانشغال بظواهر الدنيا وزينتها.
 الحذر من الافتتان بالنساء، مِن نَظَرٍ أو تساهُلٍ باختلاطِهن بالرجال الأجانب، أو غير ذلك.
 فتنة النساء من أعظم الفتن في الدنيا.
 الاتَّعاظ وأخذ العبرة من الأمم السالفة، فالذي حصل لبني إسرائيل قد يحصل لغيرهم.
 فتنة النساء إذا كانت زوجة فإنها قد تُكَلِّفُ الرجلَ مِن النفقة ما لا يطيق، فتشغله عن طلب أمور الدِّين، وتحمله على التهالك على طلب الدنيا، وإن كانت أجنبيةً ففتنتُها بإغراء الرجال وإمالتِهم عن الحق إذا خَرَجْنَ واختلطْنَ بهم، خصوصًا إذا كُنَّ سافراتٍ متبرجاتٍ، وهذا قد يؤدِّي إلى الوقوع في الزنا بدرجاته، فينبغي للمؤمن الاعتصام بالله، والرغبة إليه في النجاة من فتنتهن.</t>
   </si>
   <si>
     <t>Təqvalı olmağa, dünyanın ləzzətləri və zinətləri ilə başı qarışdırmamağa təşviq.
 Qadınların fitnəsindən kişiləri çəkindirmək: onlara baxmaq, onların yad kişilərlə qaynayıb-qarışmağına laqeyid yanaşmaq və sairə bu kimi əməllərin qadağan edilməsi.
 Qadınların fitnəsi dünyanın ən böyük fitnələrindəndir.
 Keçmiş xalqlardan ibrət götürmək, İsrail oğullarının başına gələnlər, başqalarının da başına gələ bilər.
 Həyat yoldaşı misalında qadınların fitnəsi, kişini gücü çatmadığı xərclərə vadar etməsi, onu dinlə əlaqəli əməllərdən yayındırması və onun dünya ləzzətlərinə həris olmağa sövq etməsidir. Naməhrəm qadın fitnəsi isə, qadın evdən kənara çıxıb yad kişilərlə qaynayıb-qarışarsa, xüsusən də açıq-saçıq və bər-bəzəkli geyinərsə, bu halda onun fitnəsi kişiləri yoldan çıxarar, onları haqdan uzaqlaşdıra bilər. Bəzən bu zinaya gətirib çıxara bilər. Buna görə, də mömin Allaha sarılmalı və  onların fitnələrindən xilas olmaq üçün Ona üz tutmalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3053</t>
   </si>
   <si>
-    <t>بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا</t>
+    <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا</t>
   </si>
   <si>
     <t>Biz, Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) çətinlikdə və rahatlığda, sevincli və kədərli anlarda, başqaları bizdən üstün tutulduğu zamanlarda əmr sahiblərini dinləyib itaət etməyə</t>
   </si>
   <si>
     <t>عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.</t>
   </si>
   <si>
     <t>Ubadə bin əs-Samitdən (Allah ondan razı olsun) rəvayət edildiyinə görə o belə demişdir: "Biz, Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) çətinlikdə və rahatlığda, sevincli və kədərli anlarda, başqaları bizdən üstün tutulduğu zamanlarda əmr sahiblərini dinləyib itaət etməyə, onların işlərinə qarışmamağa, harada olmağımızdan aslı olmayaraq haqqı deyəcəyimizə və Allah üçün heç bir qınayanın qınağından qorxmayacağımıza dair beyət etdik".</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) səhabələrdən onların: rahatlıq, çətinlik, zənginlik və yoxsulluq zamanlarında əmr sahiblərinə itaət etmələrinə dair əhd almışdır. Əmr sahiblərinə, əmr etdikləri şeylər nəfsə xoş gəlib və ya gəlməməsindən aslı olmayaraq, ümumi malı, vəzifəni və ya buna oxşar başqa hər hansı bir şeyi insanlara verməyib, öz rifahlarını düşünüb, xalqı bundan məhrum etsələr belə, haram olan şeylər istisna olmaqla, onları dinləyib itaət etmək və onlara qarşı çıxmamaq vacibdir. Çünki onlara qarşı çıxmaqda olan fitnə-fəsad, onların etdikləri zülümdəki fitnə-fəsaddan daha böyükdür. Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) səhabələrdən aldığı əhd-peyman arasında, onların harada olursa olsun haqqı söyləyəcəklərinə və Allah üçün heç bir qınayanın qınağından qorxmayacaqları da vardır.</t>
   </si>
   <si>
     <t>ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة.
 وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها.
 وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.</t>
   </si>
   <si>
     <t>Müsləmanların əmr sahiblərini dinləyib onlara itaat etmələrinin səmərəsi, sözlərinin bir olması və özlərini firqələrə bölünməkdən qorumalarıdır.
 Allaha asi olmayan xüsuslarda əmr sahiblərinə: rahatlıqda, çətinlikdə, sevincli və kədərli anlarda, hətta öz rahatlığını düşünüb xalqın qeydinə qalmasalar belə onları dinləyib itaət etməyin vacib olması.
 Allah üçün heç bir qınayının qınağından qorxmadan, harada olmasından aslı olmayaraq haqq sözü söyləməyin vacib olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3061</t>
   </si>
   <si>
-    <t>حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ</t>
+    <t>حفظت من النبي صلى الله عليه وسلم عشر ركعات</t>
   </si>
   <si>
     <t>Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) on rükət öyrəndim</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ: رَكْعَتَيْنِ قَبْلَ الظُّهْرِ، وَرَكْعَتَيْنِ بَعْدَهَا، وَرَكْعَتَيْنِ بَعْدَ المَغْرِبِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ بَعْدَ العِشَاءِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ قَبْلَ صَلاَةِ الصُّبْحِ، وَكَانَتْ سَاعَةً لاَ يُدْخَلُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيهَا، حَدَّثَتْنِي حَفْصَةُ أَنَّهُ كَانَ إِذَا أَذَّنَ المُؤَذِّنُ وَطَلَعَ الفَجْرُ صَلَّى رَكْعَتَيْنِ، وَفِي لَفْظٍ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يُصَلِّي بَعْدَ الْجُمُعَةِ رَكْعَتَيْنِ.</t>
   </si>
   <si>
     <t>İbn Ömər (Allah onların hər ikisindən) razı olsun dedi: "Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) on rükət öyrəndim: Zöhrdən öncə və sonra iki rükət, məğribdən sonra evində iki rükət,  işa namazından sonra evində iki rükət və sübh namazından əvvəl iki rükət.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına daxil olmaq mümkün olmayan müəyyən bir vaxt var idi. Hafsa mənə dedi ki, müəzzin azan verdikdə, sübh vaxtı Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) iki rükət namaz qılardı.
 Başqa rəvayətdə: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) cümə namazından sonra iki rükət namaz qılardı."</t>
   </si>
   <si>
     <t>يُبَيِّنُ عبدُ الله بن عمر رضي الله عنهما: أنَّ مِن النوافل التي حفظها عن النبي صلى الله عليه وسلم عشر ركعات وتسمى السنن الرواتب، 
 ركعتين قبل الظهر، وركعتين بعدها، 
 وركعتين بعد المغرب في بيتِه، 
 وركعتين بعد العشاء في بيتِه، 
 وقبل الفجر ركعتين، 
 فتمَّتْ عشر ركعات. 
 وأما صلاة الجمعة فيصلي بعدها ركعتين.</t>
   </si>
   <si>
     <t>Abdullah ibn Ömər (Allah onlardan razı olsun) izah edir ki,  Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) öyrəndiyi on rükət nafilə namaz vardır ki, bunlara ratibə  sünnətləri deyilir. Günorta namazından əvvəl iki rükət, ondan sonra iki rükət. Axşam namazından sonra evində iki rükət. İşa namazından sonra evində iki rükət. Fəcrdən öncə iki rükət. On rükət tamamlandı. Cümə namazından sonra isə iki rükət qılır.</t>
   </si>
   <si>
     <t>استحباب هذه الرواتب، والمواظبة عليها.
 مشروعية أداء السنة في البيت.</t>
   </si>
   <si>
     <t>Ratibə sünnələrinin müstəhəb olması və onlara davamlı olmaq.
 Sünnə namazlarının evdə qılınmasının məqsədə uyğunluğu.</t>
   </si>
   <si>
     <t>متفق عليه بجميع رواياته</t>
   </si>
   <si>
     <t>[Bütün rəvayətləri müttəfəqun aleyhidir]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3062</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا قَامَ مِنَ اللَّيْلِ يَشُوصُ فَاهُ بِالسِّوَاكِ</t>
+    <t>كان النبي صلى الله عليه وسلم إذا قام من الليل يشوص فاه بالسواك</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun)  gecə yuxudan duranda misvakla ağzını sürtərək təmizləyərdi</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا قَامَ مِنَ اللَّيْلِ يَشُوصُ فَاهُ بِالسِّوَاكِ.</t>
   </si>
   <si>
     <t>Huzeyfədən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun)  gecə yuxudan duranda misvakla ağzını sürtərək təmizləyərdi.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم كثيرًا ما يَستاك ويأمر به، وهو يتأكد في بعض الأوقات، منها: الاستياكُ عند القيام من الليل، حيث كان صلى الله عليه وسلم يَدلُك وينقِّي فاه بالسواك.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ağzını tez-tez misvaklayar və bunu əmr edərdi. Bəzi vaxtlarda bunu etmək təkidlə buyurulmuşdur ki, bunlardan biri: gecə yuxudan qalxanda dişləri misvaklamaqdır, belə ki, o (Allahın salavatı və salamı onun üzərinə olsun) ağzını misvakla sürtərək  təmizləyərdi.</t>
   </si>
   <si>
     <t>تأكيد مشروعية السواك بعد نوم الليل، وذلك أنَّ النوم مُقتَضٍ لتَغَيُّر رائحة الفم، والسواك هو آلة تنظيفية.
 تأكيد مشروعية السواك عند كل تَغَيُّرٍ كريهٍ للفم، أخذًا من المعنى السابق.
 مشروعية النظافة على وجه العموم، وأنها من سنة النبي صلى الله عليه وسلم، ومن الآداب السامية.
 التسوُّك في الفم كلِّه يشمل: الأسنان، واللثة، واللسان.
 السواك هو عُودٌ يُقطَع من شجرة الأراك أو غيرها، ويُستخدم في تنظيف الفم والأسنان، ويطيِّب الفم، ويُزيل الروائح الكريهة.</t>
   </si>
   <si>
     <t>Gecə yuxusundan sonra misvakdan istifadə etmənin sünnət olmasının təsdiqi, çünki, yuxu ağız iyinin dəyişməsinə səbəb olur və misvak da məhz təmizləyici vasitədir.
 Yuxarıdakı hədisin mənasına əsasən ağızda hər bir xoşagəlməz dəyişiklik baş verdikdə  misvakdan istifədənin təkidlə buyurulması.
 Ümumilikdə təmizliyin buyurulması və onun Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) sünnəsindən və yüksək ədəblərdən olması.
 Bütün ağızın misvaklanması: dişlər, diş ətləri və dili şamil edir.
 Misvak, ərak ağacından (misvak ağacından) və ya başqa bir ağacdan kəsilən çubuqdur, ağız və dişləri təmizləməkdə istifadə edilir, ağızı təravətləndirir və pis qoxuları aradan qaldırır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3063</t>
   </si>
   <si>
-    <t>لَا يَفْرَكْ مُؤْمِنٌ مُؤْمِنَةً، إِنْ كَرِهَ مِنْهَا خُلُقًا رَضِيَ مِنْهَا آخَرَ</t>
+    <t>لا يفرك مؤمن مؤمنة، إن كره منها خلقا رضي منها آخر</t>
   </si>
   <si>
     <t>“Mömin kişi mömin qadına nifrət etməsin, əgər onun bir xüsusiyyətini bəyənməsə, digərini bəyənər.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي لله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَفْرَكْ مُؤْمِنٌ مُؤْمِنَةً، إِنْ كَرِهَ مِنْهَا خُلُقًا رَضِيَ مِنْهَا آخَرَ» أَوْ قَالَ: «غَيْرَهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: “Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: “Mömin kişi mömin qadına nifrət etməsin, əgər onun bir xüsusiyyətini bəyənməsə, digərini bəyənər.” Və ya: “ başqa xüsusiyyətini” demişdir.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الزوج أن يُبغض زوجتَه بُغضًا يؤدّي إلى ظلمها وتركها والإعراض عنها؛ 
 فإن الإنسان مجبول على النقص، وإن كره منها خُلقًا سيئًا، وجد فيها خلقًا آخر حسنًا؛ فيرضى بالحَسَن الذي يوافقه، ويصبر على ما لا يرضى من السيئ، مما يجعله يصبر ولا يكرهها كرهًا يحمله على فراقها.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ərin öz xanımına, ona haqsızlıq etməyə, onu tərk etməyə və ondan üz döndərməyə səbəb olan şəkildə nifrət etməsini qadağan etmişdir. İnsan naqis yaradılmışdır. Əgər kişi xanımının bir pis xasiyyətinə nifrət edərsə belə, onda digər yaxşı  xüsusiyyət tapar və özünə uyğun olan yaxşı xüsusiyyətdən razı qalar, razı olmadığı pis xüsusiyyətlərə isə səbr edər. Bu, onu səbrli olmağa və xanımından ayrılmaq istəyəcək qədər ona nifrət etməməsinə səbəb olar.</t>
   </si>
   <si>
     <t>دعوة المؤمن إلى العدل وتحكيم العقل في أي خلاف ينشأ مع زوجته، وعدم اللجوء إلى تحكيم العاطفة والانفعالات المؤقتة.
 شأن المؤمن أن لا يبغض المؤمنة بغضًا كليًّا يحمله على فراقها، بل الذي  ينبغي عليه أن يتغاضى عما يكره بما يحب.
 الحث على حسن العشرة والصحبة بين الزوجين.
 الإيمان داع لمكارم الأخلاق، فلا يخلو المؤمن والمؤمنة من خلق حسن؛ فالإيمان يستلزم وجود خصال محمودة فيهما.</t>
   </si>
   <si>
     <t>Mömin xanımı ilə yaranan hər hansı bir ixtilafda ədalətə  və (qərar verməkdə) ağılı hakim etməyə çağrılmalıdır, müvəqqəti duyğuların və  emosiyaların hakim olmasına imkan verməməlidir.
 Mömin, mömin qadından ayrılacaq dərəcədə ona tamlıqla nifrət etməli deyil, əksinə, onda sevdiyi xüsusiyyətə görə, sevmədiyi şeyi görməzdən gəlməlidir.
 Həyat yoldaşları arasında gözəl rəftar və yoldaşlığa təşviq etmək.
 İman gözəl əxlaqa çağırır. Ona görə də heç bir mömin kişi və qadın gözəl əxlaqdan tam olaraq məhrum deyildir. İman onlarda tərifəlayiq xüsusiyyətlərin olmasını lazım edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3071</t>
   </si>
   <si>
-    <t>كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَانْتَهَى إِلَى سُبَاطَةِ قَوْمٍ، فَبَالَ قَائِمًا،</t>
+    <t>كنت مع النبي صلى الله عليه وسلم فانتهى إلى سباطة قوم، فبال قائما،</t>
   </si>
   <si>
     <t>Mən Peyğəmbərlə (Allahın salavatı və salamı onun üzərinə olsun) birlikdə idim və o, bir zibilxananın yanına gəldi və ayaq üstə su başına çıxdı (idrar etdi)</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَانْتَهَى إِلَى سُبَاطَةِ قَوْمٍ، فَبَالَ قَائِمًا، فَتَنَحَّيْتُ فَقَالَ: «ادْنُهْ» فَدَنَوْتُ حَتَّى قُمْتُ عِنْدَ عَقِبَيْهِ فَتَوَضَّأَ فَمَسَحَ عَلَى خُفَّيْهِ.</t>
   </si>
   <si>
     <t>Huzeyfədən (Allah ondan razı olsun) belə dediyi  rəvayət edilir: Mən Peyğəmbərlə (Allahın salavatı və salamı onun üzərinə olsun) birlikdə idim və o, bir zibilxananın yanına gəldi və ayaq üstə su başına çıxdı (idrar etdi) və mən kənara çəkildim. O, dedi: "Yaxınlaş". Mən onun dabanın arxasında dayanana qədər ona yaxınlaşdım və o, dəstəmaz alıb xuflarına (dəridən corabların üzərinə) məsh çəkdi.</t>
   </si>
   <si>
     <t>يُخبِرُ حذيفةُ بن اليمان رضي الله عنهما أنه كان مع النبي صلى الله عليه وسلم، فأراد صلى الله عليه وسلم أن يَتبوَّل، فدخل سباطة قوم؛ وهي الموضع الذي يُلقى فيه القمامة والتراب الذي يكنس من المنازل، فتبول وهو واقف، وكان غالب عادته أن يبول قاعدًا. 
 فتباعد عنه حذيفة، فقال له صلى الله عليه وسلم: اقترب، فاقترب حذيفة منه حتى قام خلفه عند مؤخر قدميه؛ ليكون كالسترة له عن النظر إليه في تلك الحالة. 
 ثم توضأ صلى الله عليه وسلم، وعند غسل الرجلين، اكتفى بالمسح على خفيه -وهما ما يلبس في الرجل من جلد رقيق ونحوه ويكون ساترًا للكعبين- ولم يخلعهما.</t>
   </si>
   <si>
     <t>Huzeyfə bin Əl-Yəmən (Allah hər ikisindən razı olsun) xəbər verir ki, o, Peyğəmbərlə (Allahın salavatı və salamı onun üzərinə olsun) birlikdə idi və o (Allahın salavatı və salamı onun üzərinə olsun) su başına çıxmaq (idrar etmək) istədi və evlərdən süpürülmüş zibil və tullantıların atıldığı bir zibilxanaya  daxil oldu. Ona görə də kiçik ehtiyacını ayaq üstə ödədi, halbuki, adətən oturararaq edirdi.
 Huzeyfə ondan uzaqlaşdı və o, (Allahın salavatı və salamı onun üzərinə olsun) ona dedi: “Yaxın gəl". Huzeyfə, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) bu halda görünməsinə maneə olmaq üçün onun arxasında - ayaqlarının arxasında dayanana qədər ona yaxınlaşdı.
 Sonra o, (Allahın salavatı və salamı onun üzərinə olsun) dəstəmaz aldı və ayaqlarını yuyarkən xuflarına -nazik dəridən və buna bənzər şeylərdən hazırlanmış, ayağa geyinilən və topuqları örtən şey- məsh çəkməklə kifayətləndi və  onları çıxarmadı.</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين.
 جواز البول قائمًا بشرط أن لا يصيبَه منه شيء.
 اختيار النبي صلى الله عليه وسلم السباطة وهي مكان المزبلة والكناسة لأنها في الغالب سهلة لا يرتد فيها البول على البائل.</t>
   </si>
   <si>
     <t>Xufların üzərinə məsh çəkməyin icazəli olması.
 Üzərinə heç bir şey düşməmək şərti ilə  ayaq üstə su başına çıxmağın icazəli olması.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) zibil və tullantılar olan yeri seçdi, çünki bu yer, adətən sidiyin, onu edən şəxsə sıçramayacağı  yumşaq yer olur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3075</t>
   </si>
   <si>
-    <t>إِذَا أَتَيْتُمُ الغَائِطَ فَلاَ تَسْتَقْبِلُوا القِبْلَةَ، وَلاَ تَسْتَدْبِرُوهَا وَلَكِنْ شَرِّقُوا أَوْ غَرِّبُوا</t>
+    <t>إذا أتيتم الغائط فلا تستقبلوا القبلة، ولا تستدبروها ولكن شرقوا أو غربوا</t>
   </si>
   <si>
     <t>Ayaqyoluna getdiyiniz zaman üzünüzü və arxanızı qibləyə tərəf çevirməyin, əksinə, şərqə və ya qərbə tərəf çevirin.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي أَيُّوبَ الأَنْصَارِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا أَتَيْتُمُ الغَائِطَ فَلاَ تَسْتَقْبِلُوا القِبْلَةَ، وَلاَ تَسْتَدْبِرُوهَا وَلَكِنْ شَرِّقُوا أَوْ غَرِّبُوا» قَالَ أَبُو أَيُّوبَ: فَقَدِمْنَا الشَّأْمَ فَوَجَدْنَا مَرَاحِيضَ بُنِيَتْ قِبَلَ القِبْلَةِ فَنَنْحَرِفُ، وَنَسْتَغْفِرُ اللَّهَ تَعَالَى.</t>
   </si>
   <si>
     <t>Əbu Əyyub Əl-Ənsaridən (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə dedi: Ayaqyoluna getdiyiniz zaman üzünüzü və arxanızı qibləyə tərəf çevirməyin, əksinə, şərqə və ya qərbə tərəf çevirin.” Əbu Əyyub dedi: “Şama gəldik və tualetlərin qibləyə tərəf tikildiyini gördük və buna görə başqa tərəfə çevrilərdik və Uca Allahdan bağışlanma diləyərdik.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أراد قضاء حاجته من بول أو غائط أن يستقبل القبلة وجهة الكعبة، ولا يستدبرها بأن يجعلها خلف ظهره؛ بل عليه أن ينحرف عنها قِبَلَ المشرق أو المغرب إذا كانت قبلته كقبلة أهل المدينة. 
 ثم أخبر أبو أيوب رضي الله عنه أنهم لما قدموا الشام وجدُوا فيها المراحيض المعدة لقضاء الحاجة قد بُنيت متجهة إلى الكعبة، فكانوا ينحرفون بأجسادهم عن القبلة، ومع ذلك يستغفرون الله.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) kiçik və ya böyük ehtiyacını ödəmək istəyən hər kəsə üzünü qibləyə və Kəbəyə tərəf yönəltməyi və həmçinin ona arxa çevirməyi qadağan etmişdir. Əksinə, əgər onun qibləsi Mədinə əhlinin qibləsi kimi olarsa, o, şərqə və ya qərbə tərəf dönməlidir. Sonra Əbu Əyyub (Allah ondan razı olsun) xəbər verdi ki, onlar Şama gəldikdə, ehtiyaclarını ödəmək üçün hazırlanmış tualetlərin Kəbəyə tərəf tikildiyini gördülər. Buna görə onlar bədənlərini qiblədən digər tərəfə çevirərdilər və bununla yanaşı Allahdan bağışlanma da diləyərdilər.</t>
   </si>
   <si>
     <t>الحكمة في ذلك تعظيم الكعبة المشرفة واحترامها.
 الاستغفار بعد الخروج من مكان قضاء الحاجة.
 حسن تعليم النبي صلى الله عليه وسلم؛ لأنه لما ذكر الممنوع أرشد إلى الجائز.</t>
   </si>
   <si>
     <t>Bunda olan hikmət müqəddəs Kəbəyə təzim və ehtiram etməkdir.
 Ayaqyolundan (kiçik və böyük ehtiyac ödənilən məkandan) çıxdıqdan sonra bağışlanma diləmək.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) gözəl təlimi (öyrətmək üslubu). Çünki o, haramları qeyd edərkən, icazəli olana da işarə etmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3078</t>
   </si>
   <si>
-    <t>لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ</t>
+    <t>لا يمسكن أحدكم ذكره بيمينه وهو يبول، ولا يتمسح من الخلاء بيمينه، ولا يتنفس في الإناء</t>
   </si>
   <si>
     <t>Sizin heç biriniz kiçik su başına çıxarkən cinsi orqanını sağ əli ilə tutmasın, ayaqyolunda sağ əli ilə təmizlənməsin və qaba üfürməsin</t>
   </si>
   <si>
     <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ».</t>
   </si>
   <si>
     <t>Əbu Qatədədən (Allah ondan razı olsun) Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Sizin heç biriniz kiçik su başına çıxarkən cinsi orqanını sağ əli ilə tutmasın, ayaqyolunda sağ əli ilə təmizlənməsin və qaba üfürməsin.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعض الآداب؛ حيث نهى أنْ يُمْسِكَ الرجل ذكره حال البول بيده اليمنى، وأن تُزال النجاسة من القُبُلِ أو الدُّبُرِ باليد اليمنى؛ لأن اليمين أعدت للمكارم، 
 كما نهى أن يتنفس الإنسان في الإناء الذي يشرب فيه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəzi ədəbləri açıqlamışdır: O, kişinin su başına çıxarkən cinsiyyət üzvünü sağ əli ilə tutmasını və sağ əli ilə cinsiyyət üzvü və ya arxa nahiyədən nəcasəti təmizləməsini qadağan etmişdir. Çünki sağ əl yaxşı əməllər etmək üçündür. Həmçinin o, insanın içdiyi qaba üfürməsini da qadağan etmişdir.</t>
   </si>
   <si>
     <t>بيان سَبْق الإسلام في الآداب والنظافة.
 اجتناب الأشياء القذرة، فإذا اضطر إلى مباشرتها، فليكن باليسار.
 بيان شرف اليمين وفضلها على اليسار.
 كمال الشريعة الإسلامية وشمول تعاليمها.</t>
   </si>
   <si>
     <t>İslamın ədəb və təmizlikdə öndə olmasının bəyanı.
 Çirkli şeylərdən uzaq durmaq lazımdır. Əgər insan bunları etmək məcburiyyətində qalarsa, sol əllə etsin.
 Sağ əlin şərəfli  və sol əldən üstün olmasının bəyanı.
 İslam şəriətinin kamilliyi və onun təlimlərinin (bir çox məsələləri) əhatə etməsi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3079</t>
   </si>
   <si>
-    <t>أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ</t>
+    <t>أما يخشى أحدكم  أو: لا يخشى أحدكم  إذا رفع رأسه قبل الإمام، أن يجعل الله رأسه رأس حمار، أو يجعل الله صورته صورة حمار</t>
   </si>
   <si>
     <t>Sizdən kimsə qorxmurmu ki, başını imamdan öncə qaldırmaqla  Allah onun başını uzunqulaq başı edər, yada ki, Allah onun xarici görkəmini uzunqulaq görkəmində edər</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə  buyurduğu rəvayət edilir: "Sizdən kimsə qorxmurmu ki, başını imamdan öncə qaldırmaqla  Allah onun başını uzunqulaq başı edər, yada ki, Allah onun xarici görkəmini uzunqulaq görkəmində edər."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على مَن يَرفَعُ رأسَه قبل إمامِهِ، بأنْ يجعلَ اللهُ رأسَه رأسَ حِمار، أو يَجعلَ صورتَه صورةَ حمار.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) imamdan əvvəl başını qaldıran kəsə şiddətli xəbərdarlıq edir ki, Allah onun başını uzunqulaq başı edər, yaxud onun xarici görünüşünü uzunqulaq şəklinə çevirər.</t>
   </si>
   <si>
     <t>للمأموم مع الإمام أربع حالات: ثلاث منهي عنها، وهي: المسابقة والموافقة والتأخر، والمشروع للمأموم: المتابعة للإمام.
 وجوب متابعة المأموم للإمام في الصلاة.
 الوعيدُ بتغيير صورة من يرفع رأسه قبل الإمام إلى صورة حمار أَمْرٌ ممكن، وهو مِن المسخ.</t>
   </si>
   <si>
     <t>İmama tabe olan şəxsin imamla birlikdə dörd halı vardır: onlardan üçü qadağandır, bunlar: İmamdan önə keçmək, onunla eyni anda hərəkət etmək və onun hərəkətlərindən gecikib arxada qalmaq. Dördüncü: İmamın arxasında qılan şəxsin imama tabe olaraq ardıcıl hərəkət etməsi isə buyurulmuş haldır.
 İmamın arxasında qılan şəxsin namazda imama tabe olmasının vacibliyi.
 İmamdan əvvəl başını qaldıran adamın görkəminin uzunqulağa çevrilmək təhlükəsi mümkündür və bu, Allahın onu çirkin görünüşə salmasıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3086</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ السَّاعَةِ، فَقَالَ: مَتَى السَّاعَةُ؟ قَالَ: «وَمَاذَا أَعْدَدْتَ لَهَا</t>
+    <t>أن رجلا سأل النبي صلى الله عليه وسلم عن الساعة، فقال: متى الساعة؟ قال: وماذا أعددت لها</t>
   </si>
   <si>
     <t>Bir kişi Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) qiyamət haqqında soruşdu və dedi: Qiyamət nə vaxt olacaq? O, dedi: “Onun üçün nə hazırlamısan?”</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ السَّاعَةِ، فَقَالَ: مَتَى السَّاعَةُ؟ قَالَ: «وَمَاذَا أَعْدَدْتَ لَهَا». قَالَ: لاَ شَيْءَ، إِلَّا أَنِّي أُحِبُّ اللَّهَ وَرَسُولَهُ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ». قَالَ أَنَسٌ: فَمَا فَرِحْنَا بِشَيْءٍ، فَرِحْنَا بِقَوْلِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ» قَالَ أَنَسٌ: فَأَنَا أُحِبُّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَأَبَا بَكْرٍ، وَعُمَرَ، وَأَرْجُو أَنْ أَكُونَ مَعَهُمْ بِحُبِّي إِيَّاهُمْ، وَإِنْ لَمْ أَعْمَلْ بِمِثْلِ أَعْمَالِهِمْ.</t>
   </si>
   <si>
     <t>Ənəsdən (Allah ondan razı olsun) belə rəvayət edilir: Bir kişi Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) qiyamət haqqında soruşdu və dedi: Qiyamət nə vaxt olacaq? O, dedi: “Onun üçün nə hazırlamısan?” O, dedi: “Heç bir şey, lakin mən Allahı və Onun Rəsulunu (Allahın salavatı və salamı onun üzərinə olsun) sevirəm. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dedi: “Sən sevdiyin kəslə birlikdəsən”. Ənəs dedi: Biz, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) “Sən sevdiyin kəslə birlikdəsən” sözünə sevindiyimiz qədər heç bir şeyə  sevinməmişdik. (Bunun ardınca) Ənəs dedi: Mən Peyğəmbəri (Allahın salavatı və salamı onun üzərinə olsun), Əbu Bəkri və Öməri sevirəm, onların əməlləri kimi əməl etməsəm də, onlara olan sevgimdən dolayı onlarla birlikdə olacağıma ümid edirəm.</t>
   </si>
   <si>
     <t>سَألَ النبيَّ صلى الله عليه وسلم رجلٌ أعرابيٌّ مِمّن يَسكن الصحراء: عن وقت قيام الساعة؟ 
 فقال له صلى الله عليه وسلم: وما أعددتَ لها من العمل الصالح؟ 
 فقال السائل: ما أعددتُ لها كبيرَ عملٍ إلا أني أحبُّ اللهَ ورسولَه، ولم يذكر غيرَها من العبادات القلبية والبدنية والمالية؛ لأنها كلُّها فروع للمحبة مترتبة عليها، ولأن المحبة الصادقة باعثة للاجتهاد في العمل الصالح.
 فقال له صلى الله عليه وسلم: إنك مع مَن أحببتَ في الجنة. 
 ففرح أصحابُ النبيِّ صلى الله عليه وسلم بهذه البشرى فرحًا شديدًا.
 ثم أَخبرَ أنسٌ رضي الله عنه أنه يحب النبي صلى الله عليه وسلم وأبا بكر، وعمر، ويرجو أن يكون معهم، وإن كان عملُه ليس مثلَ عملِهم.</t>
   </si>
   <si>
     <t>Səhrada yaşayan bir bədəvi kişi Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) Qiyamət saatı haqqında soruşdu.
 Və O, (Allahın salavatı və salamı onun üzərinə olsun) ona dedi: Onun üçün hansı saleh əməllər hazırlamısan?
 Sual verən dedi: "Mən onun üçün heç bir böyük  əməl hazırlamamışam, lakin mən Allahı və Onun Rəsulunu sevirəm" və o, bundan başqa qəlbi, bədəni və ya maddi  ibadətlərdən hər hansı bir şeyi qeyd etmədi. Çünki bunların (bu ibadətlərin) hamısı sevgidən qaynaqlanan və nəticələnən qollardır və səmimi məhəbbət insanı yaxşı işlər görməyə çalışmağa sövq edir.
 O, (Allahın salavatı və salamı onun üzərinə olsun) ona dedi: Şüphəsiz ki, sən Cənnətdə sevdiyin kəslə birlikdə olacaqsan.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) səhabələri bu müjdəyə çox  sevindilər.
 Sonra Ənəs (Allah ondan razı olsun)  Peyğəmbəri (Allahın salavatı və salamı onun üzərinə olsun), Əbu Bəkri və Öməri sevdiyini və əməlinin onların əməlləri kimi olmasa belə, onlarla birlikdə olmağı ümid etdiyini xəbər verdi.</t>
   </si>
   <si>
     <t>حكمة رسول الله صلى الله عليه وسلم في إجابة السائل، حيث دلَّه على الذي يهمه وينجيه، وهو: الاستعداد للآخرة بما ينفع والعمل الصالح.
 أخفى اللهُ علمَ الساعة على العباد ليبقى المرء مستعدًّا متجهزًا للقاء الله.
 فضل محبة الله ورسوله والصالحين من المؤمنين، والتحذير من محبة المشركين.
 قوله صلى الله عليه وسلم: أنت مع من أحببت. ليس المراد التساوي في الدرجة والمنزلة، بل المراد كونهم في الجنة بحيث يتمكَّن كل واحد منهم من رؤية الآخر وإن بَعُد المكان.
 توجيه المسلم للانشغال بالأصلح والأنفع له، وترك السؤال عما لا ينفعه.</t>
   </si>
   <si>
     <t>Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) sual verənə cavab verməsində hikməti, çünki, onu vacib olana və onu xilas edəcək şeyə yönəltdi. Bu da xeyirli və yaxşı əməllərlə axirətə hazırlıqdır.
 Allah qiyamət vaxtını qullarından gizlətmişdir ki, insan daima Allahla görüşə hazır olsun və tədarük görsün.
 Allahı, Onun Rəsulunu (Allahın salavatı və salamı onun üzərinə olsun) və saleh möminləri sevməyin fəziləti və müşrikləri sevməkdən çəkindirmək.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun): "Sən sevdiyin kəslə birlikdəsən" sözündən məqsəd dərəcə və məqam baxımından bərabərlik deyil, lakin onun mənası  onların cənnətdə olmasıdır ki, oradakı yerləri uzaq olsa da belə, hər biri digərini görə biləcək.
 Müsəlmanı, onun üçün ən xeyirli və ən faydalı olanla məşğul olmağa və ona fayda verməyən şeyləri soruşmağı tərk etməyə yönəltmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3087</t>
   </si>
   <si>
-    <t>لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ</t>
+    <t>لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان</t>
   </si>
   <si>
     <t>Yemək hazır olarkən və bir də böyük və kiçik ayaq yolu ehtiyacı olarkən namaz qılınmaz</t>
   </si>
   <si>
     <t>عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».</t>
   </si>
   <si>
     <t>Aişədən (Allah ondan razı olsun) rəvayət edildiyinə o görə belə demişdir: Mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Yemək hazır olarkən və bir də böyük və kiçik ayaq yolu ehtiyacı olarkən namaz qılınmaz".</t>
   </si>
   <si>
     <t>نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به.
 وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) yemək hazır olarkən, namaz qılan insanın iştahını çəkib, fikri yeməkdə qalacağı hallarda namaz qılmasını qadağan etmişdir.
 Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) eyni şəkildə böyük və kiçik ayaq yoluna olan ehtiyac insanı narahat etdiyi durumlarda da namaz qılmağı qadağan etmişdir.</t>
   </si>
   <si>
     <t>ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.</t>
   </si>
   <si>
     <t>İnsan, namaza başlamazdan əvvəl onu namazda məşğul edəcək hər bir şeydən uzaq durmalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3088</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ،</t>
+    <t>أن رسول الله صلى الله عليه وسلم كان يرفع يديه حذو منكبيه إذا افتتح الصلاة،</t>
   </si>
   <si>
     <t>Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namaza başlayanda əllərini çiyinləri səviyyəsində qaldırardı,</t>
   </si>
   <si>
     <t>عَن ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ، وَإِذَا كَبَّرَ لِلرُّكُوعِ، وَإِذَا رَفَعَ رَأْسَهُ مِنَ الرُّكُوعِ، رَفَعَهُمَا كَذَلِكَ أَيْضًا، وَقَالَ: «سَمِعَ اللَّهُ لِمَنْ حَمِدَهُ، رَبَّنَا وَلَكَ الحَمْدُ»، وَكَانَ لاَ يَفْعَلُ ذَلِكَ فِي السُّجُودِ.</t>
   </si>
   <si>
     <t>İbn Ömərdən (Allah onların hər ikisindən razı olsun) rəvayət edilir ki: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namaza başlayanda əllərini çiyinləri səviyyəsində qaldırardı,  həmçinin rukuya getmək üçün təkbir gətirdikdə və başını rukudan  qaldırdıqda da  əllərini qaldırardı və "Səmiallahu limən həmidəh, Rabbənə və ləkəl-həmd" deyərdi, səcdə edərkən isə bunu etməzdi.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم  يرفع يديه في ثلاثةِ مواضع من الصلاة إزاء أو مقابل المنكب الذي هو: مجمع عظم الكتف والعضد. 
 الموضع الأول: إذا افتتح الصلاة عند تكبيرة الإحرام. 
 الثاني: إذا كبّر للركوع. 
 الثالث: إذا رفع رأسه من الركوع وقال: سمع الله لمن حمده ربنا ولك الحمد.
 وكان لا يرفع يديه عند ابتداء السجود، ولا عند الرفع منه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) namaz əsnasında üç yerdə əllərini  çiyin səviyyəsində  qaldırardı ki, bu da çiyin sümüyü ilə qol sümüyünün birləşdiyi yerdir.
 Birinci yer: Namaza ihram (açılış) təkbiri ilə başladıqda.
 İkincisi: Rukuya getmək üçün “Allahu Əkbər” dedikdə.
 Üçüncüsü: Rukudan başını qaldırdıqda və "Səmiəllahu limən həmidəh, Rabbənə və ləkəl-həmd" dedikdə.
 Nə səcdə etməyə başlayanda, nə də səcdədən qalxarkən əllərini qaldırmazdı.</t>
   </si>
   <si>
     <t>من حِكَم رفع اليدين في الصلاة أنها زينة للصلاة وتعظيم لله سبحانه.
 ثبت عنه صلى الله عليه وسلم رفع يديه في موضع رابع كما في رواية أبي حميد الساعدي عند أبي داود وغيره، وهو عند القيام من التشهد الأول في الصلاة الثلاثية والرباعية.
 ثبت عنه صلى الله عليه وسلم أيضًا أنه يرفع يديه حذو أذنيه دون لمس كما في رواية مالك بن الحويرث في الصحيحين: «أن رسول الله صلى الله عليه وسلم كان إذا كبر رفع يديه حتى يحاذي بهما أذنيه».
 الجمع بين التسميع والتحميد خاص بالإمام والمنفرد، أما المأموم فيقول: ربنا ولك الحمد.
 قول: "رَبَّنَا وَلَكَ الحَمْدُ" بعد الركوع صح عن النبي صلى الله عليه وسلم فيه أربع صيغ، وهذه واحدة منها، والأفضل أن يتتبع المرء هذه الصيغ ويأتي بهذا مرة، وهذه مرة.</t>
   </si>
   <si>
     <t>Namazda əlləri qaldırmağın hikmətlərindən biri, onun namazın bəzəyi olması və pak olan Allahın təzim edilməsidir.
 Əbu Davud və başqalarının Əbu Humeyd əs-Səididən nəql etdikləri rəvayətdə, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) əllərini  dördüncü yerdə  də qaldırması sabit olmuşdur. Bu isə üç və dörd rükətli namazlarda, birinci təşəhhüddən ayağa qalxdıqdadır.
 Həmçinin iki “Səhih”də (Buxari və Muslimin səhihləri) Malik bin Əl-Hüveyrisin nəql etdiyi rəvayətdə olduğu kimi, onun (Allahın salavatı və salamı onun üzərinə olsun) əllərini qulaqlarına toxunmadan, qulaqları səviyyəsində qaldırması sabit olub: “Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) təkbir gətirdikdə əllərini qulaqları səviyyəsində  olana qədər qaldırardı”.
 "Səmiəllahu limən həmidəh" və “Rabbənə və ləkəl-həmd " zikrlərinin hər ikisini də demək, imama və namazı tək qılan kəsə aiddir , məmum (imamın arxasında namaz qılan) kəs isə yalnız : “Rabbənə və ləkəl-həmd " deyir .
 Rukudan sonra deyilən “Rabbənə və ləkəl-həmd " sözü  Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) dörd formada səhih olaraq sabit olmuşdur ki, bu onlardan biridir.
 Daha yaxşı olar ki, insan bu formaların hər birini öyrənsin və hər dəfə birini söyləsin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3095</t>
   </si>
   <si>
-    <t>عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ</t>
+    <t>علمني رسول الله صلى الله عليه وسلم، وكفي بين كفيه، التشهد، كما يعلمني السورة من القرآن</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) mənə Qurandan surə öyrətdiyi kimi, əlim onun əlləri arasında olduğu halda mənə namazda deyilən təşəhhüdü öyrətdi</t>
   </si>
   <si>
     <t>عَنِ ابْنَ مَسْعُودٍ رضي الله عنه قَالَ: عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ: «التَّحِيَّاتُ لِلَّهِ، وَالصَّلَوَاتُ وَالطَّيِّبَاتُ، السَّلاَمُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ، السَّلاَمُ عَلَيْنَا وَعَلَى عِبَادِ اللَّهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».
 وفي لفظ لهما: «إِنَّ اللهَ هُوَ السَّلَامُ، فَإِذَا قَعَدَ أَحَدُكُمْ فِي الصَّلَاةِ فَلْيَقُلْ: التَّحِيَّاتُ لِلَّهِ وَالصَّلَوَاتُ وَالطَّيِّبَاتُ السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، فَإِذَا قَالَهَا أَصَابَتْ كُلَّ عَبْدٍ لِلَّهِ صَالِحٍ فِي السَّمَاءِ وَالْأَرْضِ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، ثُمَّ يَتَخَيَّرُ مِنَ الْمَسْأَلَةِ مَا شَاءَ».</t>
   </si>
   <si>
     <t>İbn Məsudun (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) mənə Qurandan surə öyrətdiyi kimi, əlim onun əlləri arasında olduğu halda mənə namazda deyilən təşəhhüdü öyrətdi." "Əttəhiyyətu lilləhi vas-salavatu vat-tayyibətu. Əssələmu aleykə əyyuhən Nəbiyyu və rahmətullahi və bərakətuh. Əssələmu aleynə və alə ibədilləhissalihin, əşhədu əllə iləhə illaAllah və əşhədu ənnə Muhəmmədən abduhu  və rasuluhu".
 Buxari və Muslimin rəvayət etdiyi başqa ləfzdə:
 " Həqiqətən Allah Salamdır, sizlərdən biriniz namazda oturanda desin:
 " Ət-təhiyyətu lilləhi vas-salavatu, vat-tayyibətu. Əssələmu aleykə eyyuhən-nəbiyyu və rahmətullahi va barakatuhu. Əssələmu aleynə va alə ibədilləhis-salihin. Bunu dedikdə, yer üzərində və səmada olan hər saleh qul (bundan) faydalanır. Əşhədu əllə iləhə illaAllah və əşhədu ənnə Muhəmmədən abduhu və rəsuluhu. Sonra istədiyi duanı edə bilər.</t>
   </si>
   <si>
     <t>عَلَّمَ النبيُّ صلى الله عليه وسلم ابنَ مسعود رضي الله عنه التشهدَ الذي يقال في الصلاة، وقد جَعل يدَه في يديه، لِيَصْرِفَ انتباهَ ابنِ مسعود إليه. كما يُعَلِّمُه السورة من القرآن مما يدل على اعتناء النبي صلى الله عليه وسلم بهذا التشهد لفظًا ومعنى. 
 فقال: 
 "التَّحِيَّات لله":
  وهي كل قول أو فعل دَالٍّ على التعظيم، كلُّها مُسْتَحَقَّة لله عز وجل. 
 "الصَّلَوَاتُ": 
 وهي الصلاة المعروفة فرضُها ونفلُها لله تعالى. 
 "الطَّيِّبَاتُ": 
 هي الأقوال والأفعال والأوصاف الطيبة والدالّة على الكمال، كلُّها مستحقة لله تعالى. 
 "السلام عليك أيها النبي ورحمة الله وبركاته": 
 دعاء له بالسلامة من كل آفَةٍ ومكروه، والزيادة والكثرة من كل خير. 
@@ -1522,1397 +1523,1397 @@
 "وأَنَّ مُحَمَّدًا عَبْدُهُ ورسولُهُ": 
 أُقِرُّ له بالعبودية والرسالة الخاتمة.
 ثم حَثَّ النبيُّ صلى الله عليه وسلم المصليَ أن يَختارَ مِن الدعاء ما شاء.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ibn Məsudun (Allah ondan razı olsun) diqqətini və fikrini cəm etmək üçün onun əllərindən tutaraq Qurandan surə öyrətdiyi kimi namazda deyilən təşəhhüdü öyrədir. Bu da Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) təşəhhüdə söz və məna baxımından əhəmiyyət verməsini göstərir. Və dedi: "Əttəhiyyətu lilləhi": Bunlar- Allahın əzəmətinə dəlalət edən söz və fellərdir, bütün bunlar izzət və cəlal sahibi Allaha aiddir. "Əs-salavat": Bu-məlum olan və Uca Allah üçün qılınan vacib və nafilə namazlardır. "Ət-tayyibət": Bunlar kamilliyə dəlalət edən gözəl sözlər, fellər, 
 vəsflərdir. Hamısı uca Allaha aiddir. "Əssələmu aleykə əyyuhən-nəbiyyu va rahmətullahi va barakatuhu": Ona hər bəladan, pislikdən salamatlıq və onun üçün hər xeyirin artıb çoxalması üçün dua etmək. " Əssələmu aleynə və alə ibədilləhis-salihin" Səmada və yerdə hər namaz qılan və hər saleh qula salamatlıq duası. "Əşhədu əllə iləhə illallah": Yəni qəti olaraq təsdiq edirəm ki, Allahdan başqa haqq məbud yoxdur. "Və ənnə Muhəmmədən abduhu və rəsuluhu": Muhəmmədin (Allahın salavatı və salamı onun üzərinə olsun) Allahın qulu və son rəsulu olduğunu təsdiq edirəm.
 Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) namaz qılanı dualardan istədiyini seçməsinə təşviq edir.</t>
   </si>
   <si>
     <t>مَحلُّ هذا التشهدِ القعودُ بعد السجدة الأخيرة في كل صلاة، وبعد الركعة الثانية في الثلاثية والرباعية.
 وجوب التحيات في التشهد، ويجوز أن يتشهدَ بأيِّ لفظ من ألفاظ التشهد مما ثبت عن النبي صلى الله عليه وسلم.
 جواز الدعاء في الصلاة بما أحب ما لم يكن إثمًا.
 استحباب البداءة بالنَّفْس في الدعاء.</t>
   </si>
   <si>
     <t>Bu təşəəhhüdün deyilən yeri, hər namazda sonununcu səcdədən sonra oturarkən, həmçinin üç və ya dörd rükətli namazlarda  ikinci rükətdən sonradır.
 Təşəhhüddə təhiyyətin oxunmasının vacibliyi və Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) bizə çatan şəriətlə sübuta yetirilmiş istənilən təşəhhüd kəlimələrini oxumaq olar.
 Namazda günah sayılan şeylərdən başqa, istənilən duanı etmək olar.
 Duada özündən başlamağın müstəhəbliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3096</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ</t>
+    <t>اللهم إني أعوذ بك من عذاب القبر، ومن عذاب النار، ومن فتنة المحيا والممات، ومن فتنة المسيح الدجال</t>
   </si>
   <si>
     <t>Allahım qəbr əzabından, cəhənnəm əzabından, həyatın və ölümün fitnəsindən,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدْعُو وَيَقُولُ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ».
 وفِي لَفْظٍ لِمُسْلِمٍ: «إِذَا فَرَغَ أَحَدُكُمْ مِنَ التَّشَهُّدِ الْآخِرِ، فَلْيَتَعَوَّذْ بِاللهِ مِنْ أَرْبَعٍ: مِنْ عَذَابِ جَهَنَّمَ، وَمِنْ عَذَابِ الْقَبْرِ، وَمِنْ فِتْنَةِ الْمَحْيَا وَالْمَمَاتِ، وَمِنْ شَرِّ الْمَسِيحِ الدَّجَّالِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə dua edərdi: Allahım qəbr əzabından, cəhənnəm əzabından, həyatın və ölümün fitnəsindən, məsih dəccəlin fitnəsindən Sənə sığınıram". 
 Muslimdə keçən ifadə isə belədir: "Sizlərdən biriniz sonuncu təşəhhüdü bitirdikdə dörd şeydən Allaha sığınsın: Cəhənnəm əzabından, qəbr əzabından, həyat və ölümün fitnəsindən və Məsih Əd-dəccəlin şərindən."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يَستعيذُ بالله مِن أربع، بعد التشهد الأخير وقبل السلام في الصلاة، وأَمَرَنا أن نستعيذَ بالله منها، 
 الأولى: مِن عذاب القبر. 
 الثانية: مِن عذاب النار وذلك يوم القيامة. 
 الثالثة: مِن فتنة المَحيا مِن شَهَوات الدنيا المحرمة ومن شبهاتها المُضِلَّة، ومن فتنة المَمَات، أي ساعة الاحتضار، من الزيغ عن الإسلام أو السنة، أو فتنة القبر كسؤال المَلَكين. 
 الرابعة: فتنة المسيح الدَّجَّال الذي يَخْرُج في آخر الزمان، يَبتلي الله به عباده؛ وخَصَّه بالذكر لعظيم فتنته وإضلاله.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) namazın sonunda təşəhhüddən sonra, salamdan əvvəl dörd şeydən Allaha sığınardı və onlardan Allaha sığınmağı bizə əmr etmişdir, bunlar:
 Birincisi: Qəbr əzabından.
 İkincisi: Cəhənnəm əzabından -bu isə Qiyamət günü olacaq.
 Üçüncüsü: Həyatın fitnəsindən- dünyanın haram şəhvətlərindən, onun azdıran şübhələrindən və ölümün fitnəsindən yəni ölüm anı, İslamdan və ya sünnədən uzaqlaşmaqdan və qəbir fitnəsindən- bu da iki mələyin sorğu sualıdır.
 Dördüncüsü: Axır zamanda zühur edəcək Dəccalın fitnəsindən, çünki Allah bəndələrini bununla imtahan edəcək. Böyük fitnəsinə və azğınlığına görə onu xüsusilə qeyd etmişdir.</t>
   </si>
   <si>
     <t>هذه الاستعاذة من مهمات الأدعية وجوامعها، لاشتمالها على الاستعاذة من شرور الدنيا والآخرة.
 ثبوت عذاب القبر وأنه حق.
 خطورة الفتن وأهمية الاستعانة بالله والدعاء للنجاة منها.
 إثبات خروج الدَّجَّال وعظم فتنته.
 استحباب هذا الدعاء عقب التشهد الأخير.
 استحباب الدعاء بعد العمل الصالح.</t>
   </si>
   <si>
     <t>Bu sığınma, dünya və axirət şərlərini ehtiva etdiyi üçün duaların ən mühümüdür və böyük mənaları əhatə edir.
 Qəbr əzabının sübutu və onun haqq olması.
 Fitnələrin təhlükəli olması və onlardan qurtulmaq üçün Allaha sığınmağın və dua etməyin əhəmiyyəti.
 Dəccalın çıxacağının isbatı və fitnəsinin təhlükəli olması.
 Bu duanı sonuncu təşəhhüdün ardınca oxumağın müstəhəbliyi.
 Saleh əməldən sonra dua etməyin müstəhəb olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3103</t>
   </si>
   <si>
-    <t>اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ</t>
+    <t>اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب</t>
   </si>
   <si>
     <t>Allahummə bəid bəyni və bəynə xatayəyə kəmə bəədtə bəynəl-məşriqi vəl-məğribi,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذَا كَبَّرَ فِي الصَّلَاةِ، سَكَتَ هُنَيَّةً قَبْلَ أَنْ يَقْرَأَ، فَقُلْتُ: يَا رَسُولَ اللهِ بِأَبِي أَنْتَ وَأُمِّي أَرَأَيْتَ سُكُوتَكَ بَيْنَ التَّكْبِيرِ وَالْقِرَاءَةِ، مَا تَقُولُ؟ قَالَ «أَقُولُ: اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ، اللهُمَّ نَقِّنِي مِنْ خَطَايَايَ كَمَا يُنَقَّى الثَّوْبُ الْأَبْيَضُ مِنَ الدَّنَسِ، اللهُمَّ اغْسِلْنِي مِنْ خَطَايَايَ بِالثَّلْجِ وَالْمَاءِ وَالْبَرَدِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondn razı olsun) belə dediyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namaz əsnasında təkbir gətirdikdə, Quran oxumazdan əvvəl qısa bir müddət susardı. Ona görə dedim: Ey Allahın Elçisi-anam və atam sənə fəda olsun-təkbir və qiraət arasında sakit durduqda nə söyləyirsən? O, dedi: Allahummə bəid bəyni və bəynə xatayəyə kəmə bəədtə bəynəl-məşriqi vəl-məğribi, Allahummə nəqqini min xatayəyə, kəmə yunəqqas-səvbul-əbyadu minəd-dənəsi, Allahumməğsilni min xatayəyə bilməi, vəs-səlci, vəl-bərdi."-deyirəm. (Allahım, şərqlə qərbin arasını uzaqlaşdırdığın kimi  məni də günahlarımdan uzaq et. Allahım, ağ paltar çirkdən təmizləndiyi kimi, məni də günahlarımdan təmizlə. Allahım, mənim günahlarımı su, qar və dolu ilə yu).</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا كبَّر للصلاة  يسكت سكتة لطيفة قبل أن يقرأ الفاتحة، يستفتح فيها صلاته ببعض الأدعية، ومما ورد من هذه الأدعية قوله: 
 «اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب، اللهم نقني من خطاياي، كما ينقى الثوب الأبيض من الدنس، اللهم اغسلني من خطاياي بالثلج والماء والبرد»، 
 فهو يدعو الله عز وجل أن يباعد بينه وبين الخطايا بأن لا يقع فيها، إبعادًا لا يحصل معه لقاء، كما لا لقاء بين المشرق والمغرب أبدًا، وإن وقع فيها أن ينقيه منها ويزيلها كما يزال الوسخ من الثوب الأبيض، وأن يغسله من خطاياه ويبرد لهيبها وحرها، بهذه المطهرات الباردة؛ الماء، والثلج، والبرد.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) namaz üçün təkbir (Allahu Əkbər) dedikdən sonra, “Fatihə” surəsini oxumazdan əvvəl azacıq sakit durardı, orada bəzi dualarla namazına başlayardı. Və bu dualardan varid olanlardan biri: "Allahummə bəid bəyni və bəynə xatayəyə kəmə bəədtə bəynəl-məşriqi vəl-məğribi, Allahummə nəqqini min xatayəyə, kəmə yunəqqas-səvbul-əbyadu minəd-dənəsi, Allahumməğsilni min xatayəyə bilməi vəs-səlci vəl-bərdi."
 Allahım, şərqlə qərbin arasını uzaqlaşdırdığın kimi  məni də günahlarımdan uzaq et. Allahım, ağ paltar çirkdən təmizləndiyi kimi, məni də günahlarımdan təmizlə. Allahım, mənim günahlarımı su, qar və dolu ilə yu. O, Uca Allaha dua edir ki, onu günahlardan uzaq etsin ki, günaha düşməsin. Elə bir şəkildə uzaq etsin ki, günahla qarşılaşmasın, necə ki, şərqlə qərb heç zaman qarşılaşmaz. Əgər o günahlara düşsə, çirk ağ paltardan çıxarıldığı kimi, onu da günahlardan təmizləsin, günahlarını su, qar və dolu kimi soyuq təmizləyicilərlə yusun, onların alovunu və istiliyini soyutsun.</t>
   </si>
   <si>
     <t>الإسرار بدعاء الاستفتاح  ولو كانت الصلاة جهرية.
 حرص الصحابة رضي الله عنهم على معرفة أحوال الرسول صلى الله عليه وسلم في حركاته وسكناته.
 وردت صيغ أخرى لدعاء الاستفتاح، والأفضل أن يتتبع المرء الاستفتاحات الواردة والثابتة عنه صلى الله عليه وسلم، فيأتي بهذا مرة، وهذا مرة.</t>
   </si>
   <si>
     <t>Səsli namazda olsa da belə, açılış duasını gizli oxumaq.
 Səhabələrin (Allah onlardan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) hərəkətlərində və sükunətindəki hallarını bilməyə can atmaları.
 Açılış duasının başqa formaları da varid olmuşdur. Yaxşı olar ki, insan ondan (Allahın salavatı və salamı onun üzərinə olsun) varid və sabit olan açılış dualarını öyrənsin və hər dəfə birini söyləsin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3104</t>
   </si>
   <si>
-    <t>إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ</t>
+    <t>إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت</t>
   </si>
   <si>
     <t>Cümə günü imam xütbə oxuyarkən yanındakı yoldaşına "Sus!" dersən, artıq lağlağa etmiş (cümənin savabını itirmiş) olursan</t>
   </si>
   <si>
     <t>عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: "Cümə günü imam xütbə oxuyarkən yanındakı yoldaşına "Sus!" dersən, artıq lağlağa etmiş (cümənin savabını itirmiş) olursan".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: "اسكت" و"استمع"، فقد فاته فَضْلُ صلاةِ الجمعة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) cümə xütbəsində iştirak edən kimsənin, imamın xütbədə söylədiyi nəsihəti tədəbbür etmək üçün ona sakitcə qul asması cümə xütbəsinin vacib olan ədəblərindən biri olduğunu həmçinin bir şəxsin imam xütbə verərkən yanında əlyəşən qardaşına: "sus" və ya "qula as" hətta bundan az olan bir kəlmə söyləyərsə bilə, cümə namazının fəzilətini itirdiyini bəyan etmişdir.</t>
   </si>
   <si>
     <t>تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس.
 يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ.
 جواز الكلام بين الخطبتين عند الحاجة.
 إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.</t>
   </si>
   <si>
     <t>Xütbəyə qulaq asarkən: danışmaq, hətta münkər bir şeyi inkar etmək, salam verənin salamını almaq, asqıran kimsəyə: "Yarhəmukə Allah" demək olsa belə haramdır.
 Xütbə əsnasında imamı danışdıran və ya imamın özü danışdırdığı kimsə bu haramlıqdan istisna edilir.
 Ehtiyac anında iki xütbə arasında (imamın minbərdə əyləşdiyi vaxt) danışmaq icazəlidir.
 İmam xütbə verərkən Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) adı zikir edilərsə, xütbəni dinliyən sakitcə salat və salam gətirər və imamın etdiyi dualarına da amin deyər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3107</t>
   </si>
   <si>
-    <t>أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ،</t>
+    <t>ألا أحدثكم حديثا عن الدجال، ما حدث به نبي قومه؟ إنه أعور، وإنه يجيء معه بمثال الجنة والنار،</t>
   </si>
   <si>
     <t>Sizə Dəccal haqqında heç bir peyğəmbərin öz qövmünə demədiyi şeyləri söyləyimmi? O, tək gözlüdür və özü ilə cənnət və cəhənnəmə bənzər şey gətirir,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ، فَالَّتِي يَقُولُ إِنَّهَا الجَنَّةُ هِيَ النَّارُ، وَإِنِّي أُنْذِرُكُمْ كَمَا أَنْذَرَ بِهِ نُوحٌ قَوْمَهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: Sizə Dəccal haqqında heç bir peyğəmbərin öz qövmünə demədiyi şeyləri söyləyimmi? O, tək gözlüdür və özü ilə cənnət və cəhənnəmə bənzər şey gətirir, onun cənnət dediyi şey cəhənnəmdir və Nuhun öz qövmünü onun haqqında xəbərdar etdiyi (qorxudub çəkindirdiyi) kimi mən də sizi xəbərdar edirəm.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابه عن الدجال وصفاته وعلاماته بما لم يحدِّث به نبي قبله، فمن ذلك:
  أنه أعور العين.
 وأن الله تعالى جعل معه مثل الجنة والنار، بحسب رؤيا العين.
  لكن جنته نار، وناره جنة، من أطاعه أدخله هذه الجنة فيما يرى الناس، ولكنها نار محرقة، ومن عصاه أدخله النار فيما يراه الناس، ولكنها جنة طيبة، 
 ثم حذرنا النبي صلى الله عليه وسلم من فتنته كما حذّر به نوح قومه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) öz səhabələrinə Dəccal haqqında- özündən əvvəl heç bir peyğəmbərin danışmadığı xüsusiyyətləri və əlamətləri haqqında xəbər verir:
 O, tək gözlüdür.
 Uca Allah onunla birlikdə göz görüntüsünə görə cənnət və cəhənnəmə bənzər bir şey yaratdı.
 Amma onun cənnəti cəhənnəmdir, cəhənnəmi isə cənnətdir. Kim ona itaət edərsə,  insanların gördükləri bu cənnətə daxil edər, lakin o, yandıran bir oddur. Və kim ona itaət etməzsə, insanların gördükləri  cəhənnəmə daxil edər, lakin o, gözəl cənnətdir. Sonra, Nuh öz qövmünü xəbərdar etdiyi kimi, Peyğəmbər də (Allahın salavatı və salamı onun üzərinə olsun) bizi onun fitnəsindən çəkindirib xəbərdar etdi.</t>
   </si>
   <si>
     <t>عظم فتنة الدجال.
 النجاة من فتنة الدجال تكون بصدق الإيمان واللجوء إلى الله تعالى والاستعاذة بالله منه في التشهد الأخير، وحفظ عشر آيات من أول سورة الكهف.
 شدة حرص النبي صلى الله عليه وسلم على أمته، حيث بين للمسلمين من صفات الدجال ما لم يبينه نبي قبله.</t>
   </si>
   <si>
     <t>Dəccalın fitnəsinin böyüklüyü.
 Dəccalın vəsvəsəsindən xilas olmaq səmimi imanla, Uca Allaha üz tutmaqla, son təşəhhüddə ondan Allaha sığınmaqla və Kəhf surəsinin ilk on ayəsini əzbərləməklə olur.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ümmətinə olan böyük qayğısı. Belə ki, Dəccalın, özündən əvvəl heç bir peyğəmbərin bəyan etmədiyi xüsusiyyətlərini müsəlmanlara bəyan etdi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3110</t>
   </si>
   <si>
-    <t>الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل</t>
+    <t>الرجل على دين خليله، فلينظر أحدكم من يخالل</t>
   </si>
   <si>
     <t>İnsan dostunun dini üzərindədir və sizdən hər biriniz kiminlə dostluq etdiyinə baxsın</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أَن النبيَّ صَلّى اللهُ عَلَيْهِ وسَلَّم قَالَ: «الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə  buyurduğu rəvayət edilir: "İnsan dostunun dini üzərindədir və sizdən hər biriniz kiminlə dostluq etdiyinə baxsın".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الإنسانَ يُشابه صديقَه وصاحبَه الخالصَ في سيرته وعادته، وتؤثر الصداقة في الأخلاق والسلوك والتصرفات، ولهذا أرشد إلى حسن اختيار الصديق؛ لأنه يَدلُّ صديقَه على الإيمان والهدى والخير، ويكون عونًا لصاحبه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) insanın həyat tərzi və vərdişlərində  dostu və ən yaxın yoldaşına bənzədiyini, dostluğun insanın əxlaqına, davranışına və hərəkətlərinə təsir etdiyini bəyan etmiş və bu səbəbdən yaxşı dost seçiminə yönəltmişdir. Çünki o, dostunu imana, hidayətə və xeyirxahlığa yönəldir və yoldaşına yardımçı olur.</t>
   </si>
   <si>
     <t>الأمر بصحبة الأخيار وانتقائهم والنهي عن صحبة الأشرار.
 خص الصديق دون القريب؛ لأن الصاحب أنت مَن يختاره، أما الأخ والقريب فليس لك فيه اختيار.
 اتِّخاذ الصحبة لا بد أن يصدر عن تفكُّر.
 المرء يُقوِّي دينه بِصُحبة المؤمنين ويُضعفه بِصُحبَة الفاسقين.</t>
   </si>
   <si>
     <t>Yaxşı insanlarla dostluq etmək və onları seçməyin əmr edilməsi, pis insanlarla yoldaşlıq etməyin isə qadağan edilməsi .
 Qohumu deyil dostu xüsusiləşdirdi; çünki dostu seçən sənsən, qardaş və qohuma gəlincə, sənin bunda heç bir seçimin yoxdur.
 Yoldaş seçmək, fikirləşdikdən sonra olmalıdır.
 İnsan möminlərlə dostluq etməklə dinini gücləndirir, fasiqlərlə dostluq etməklə isə onu zəiflədir.</t>
   </si>
   <si>
     <t>حسن</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وأحمد</t>
   </si>
   <si>
     <t>[Həsən]</t>
   </si>
   <si>
     <t>[Əbu Davud, Ət-Tirmizi,Əhməd]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3122</t>
   </si>
   <si>
-    <t>إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ،</t>
+    <t>إنما مثل الجليس الصالح والجليس السوء كحامل المسك ونافخ الكير،</t>
   </si>
   <si>
     <t>“Yaxşı və pis dostun misalı, müşk (ətir) satanla körük vuranın misalına bənzəyir</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ، فَحَامِلُ الْمِسْكِ: إِمَّا أَنْ يُحْذِيَكَ، وَإِمَّا أَنْ تَبْتَاعَ مِنْهُ، وَإِمَّا أَنْ تَجِدَ مِنْهُ رِيحًا طَيِّبَةً، وَنَافِخُ الْكِيرِ: إِمَّا أَنْ يُحْرِقَ ثِيَابَكَ، وَإِمَّا أَنْ تَجِدَ رِيحًا خَبِيثَةً».</t>
   </si>
   <si>
     <t>Əbu Musadan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: “Yaxşı və pis dostun misalı, müşk (ətir) satanla körük vuranın misalına bənzəyir. Ətir satan ya sənə ətir bağışlayar, ya ondan ətir  alarsan, ya da ondan xoş bir qoxu duyarsan. Körük vuran isə ya sənin paltarını yandırar, ya da sən ondan pis qoxu duyarsan”.</t>
   </si>
   <si>
     <t>ضَرَبَ صلى الله عليه وسلم المَثل لنوعين من الناس:
 النوع الأول: الجليس والصديق الصالح الذي يدل على الله وما فيه رضاه، ويعين على الطاعة، 
 فمثله كبائع المسك إما أن يعطيك، وإما أن تشتري منه، وإما أن تجد وتشم منه ريحا طيبة. 
 والنوع الثاني: جليس وصديق السوء؛ الذي يصدُّ عن سبيل الله، ويعين على فعل المعاصي، وترى منه الفعل القبيح، ويطالك الذم لمصاحبة ومجالسة مثله، 
 فمثله كالحداد الذي ينفخ ناره؛ إما أن يحرق ثيابك من شرره المتطاير، أو تجد من قربه ريحًا خبيثة.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) iki növ insana misal çəkdi:
 Birinci növ: Allaha və Onun razılığına yönəldən, itaətdə kömək edən saleh yoldaş və dost. O, müşk (ətir) satıcısına bənzəyir, ya sənə ətir verəcək, ya sən ondan pulla alacaqsan, ya da ondan xoş ətir iyisi duyacaqsan.
 İkinci növ: İnsanları Allahın yolundan azdıran və günah işlətməkdə kömək edən pis yoldaş və dost. Ondan çirkin  əməl görərsən, onun kimi bir şəxslə yoldaşlıq edib, onunla oturub-durduğuna görə qınanarsan. O, oda üfürən dəmirçi kimidir; ya uçan qığılcımlarından sənin paltarın yanar, ya da onun yanından pis qoxu duyarsan.</t>
   </si>
   <si>
     <t>جواز ضرب الأمثال لتقريب المعنى للسامع.
 الحث والترغيب على مجالسة أهل الطاعة والصلاح، ومجانبة أهل الفساد وأصحاب الخُلق السيئ.</t>
   </si>
   <si>
     <t>Mənanı dinləyiciyə daha yaxşı çatdırmaq üçün misallar verməyin icazəli olması.
 İtaətkar və saleh insanlarla yoldaşlıq etməyə, fəsadçı və pis əxlaq sahiblərindən isə uzaq durmağa təşviq etmək və rəğbətlənidrmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3127</t>
   </si>
   <si>
-    <t>السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ</t>
+    <t>الساعي على الأرملة والمسكين، كالمجاهد في سبيل الله، أو القائم الليل الصائم النهار</t>
   </si>
   <si>
     <t>Dul qadına və kasıba əl tutan şəxs, Allah yolunda cihad edən və ya gecələri yorulmadan namaz qılıb, gündüzləri oruc tutan şəxs kimidir”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Dul qadına və kasıba əl tutan şəxs, Allah yolunda cihad edən və ya gecələri yorulmadan namaz qılıb, gündüzləri oruc tutan şəxs kimidir”.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الذي يقوم بمصالِحِ المرأةِ التي مات عنها زوجُها وليس لها أحدٌ يقوم بشؤونِها، والمسكينِ المُحتاج، ويُنفِقُ عليهم محتسبًا الأجرَ عند الله تعالى، فهو في الأجر كالمجاهد في سبيل الله، أو كالقائم في صلاة التهجد الذي لا يَتعب، الصائم الذي لا يفطر.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurur ki, əri vəfat etmiş və heç kimdən maddi dəstəyi olmayan bir qadına, həmçinin maddi ehtiyacları olan insanlara yardım edən və savabını uca Allahdan umaraq onlara xərcləyən kəs, Allah yolunda cihad edən və ya yorulmadan gecə namazlarını qılan, oruc tutub iftarını açmayan şəxs kimi savab sahibidir.</t>
   </si>
   <si>
     <t>الحثُّ على التعاون والتكافل وسَدّ حاجات الضعفاء.
 العبادة تشمل كلَّ عمل صالح، ومن العبادة السعي على الأرملة والمسكين.
 قال ابن هبيرة: والمراد أن الله تعالى يجمع له ثواب الصائم والقائم والمجاهد في دفعة؛ وذلك أنه قام للأرملة مقام زوجها ...، وقام على ذلك المسكين الذي عجز عن قيامه بنفسه، فأنفق هذا فضل قوته، وتصدق بجَلَدِه، فكان نفعه إذًا  يكافئ الصوم والقيام والجهاد.</t>
   </si>
   <si>
     <t>Xeyir işlərdə əməkdaşlığa, həmrəyliyə təşviq, kasıbların ehtiyacını ödəməyə çağırış.
 İbadət bütün saleh əməlləri əhatə edir, dul qadına və kasıblara yardım etməyə çalışmaq da ibadətdəndir.
 İbn Hubeyra demişdir:
 Burada nəzərdə tutulan odur ki, Allah-təala həmin adamın tək bir əl tutmaq əməlinə görə, oruc tutanın, gecələr namaz qılanın və mücahidin- bunların hər birinin qazandığı üç əməlin savabını cəm olaraq ona bir dəfəyə verir. Çünki o, dul qadına ərinin əvəzinə maddi baxımdan dayaq oldu, özünü dolandıra bilməyən kasıba əl tutdu, bununla da öz gündəlik payından bir hissəsini xərclədi və sədəqə verdi. Ona görə də onun əcri oruc tutmağın, gecə namazının və cihadın savabına bərabər oldu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3135</t>
   </si>
   <si>
-    <t>بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ،</t>
+    <t>بادروا بالأعمال فتنا كقطع الليل المظلم،</t>
   </si>
   <si>
     <t>Zülmət gecənin parçaları kimi fitnələr gəlmədən öncə saleh əməllərə tələsin,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ، يُصْبِحُ الرَّجُلُ مُؤْمِنًا وَيُمْسِي كَافِرًا، أَوْ يُمْسِي مُؤْمِنًا وَيُصْبِحُ كَافِرًا، يَبِيعُ دِينَهُ بِعَرَضٍ مِنَ الدُّنْيَا».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun(Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Zülmət gecənin parçaları kimi fitnələr gəlmədən öncə saleh əməllərə tələsin, insan mömin olaraq sabahlayıb, kafir olaraq axşamlayar, mömin olaraq axşamlayıb, kafir olaraq sabahlayar. Az dünya malı qarşılığında dinini satar."</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المؤمنَ بالمسارعة والإكثار من الأعمال الصالحة قبل تعذُّرِها والاشتغال عنها بمجيء الفتن والشبهات التي تمنع منها، وتصد عنها، وهي مظلمة كقطع الليل، يختلط فيها الحق بالباطل، فيصعب على الناس التمييز بينهما، ومن شدتها يتخبط الإنسان حتى إنه يصبح مؤمنًا ويمسي كافرًا، ويمسي مؤمنًا ويصبح كافرًا، يترك دينه بمتاع من الدنيا زائل.</t>
   </si>
   <si>
     <t>Peyğəmbər(Allahın salavatı və salamı onun üzərinə olsun) mömini həvəsləndirir ki, saleh əməllər qeyri-mümkün olmamış və ya onlara mane olan fitnə və şübhələr gəlməmiş, saleh əməllər işləməyi tezləşdirsinlər və çoxaltsınlar.  Çünki, bu şübhə və fitnələr gecə kimi zülmətdir, orada haqq batilə qarışır və insanlar üçün onları bir-birindən ayırmaq çətinləşir. Və onun şiddətindən  insan o qədər çaşqınlığa düşür ki,  hətta o, mömin kimi sabahlayıb, axşam kafir olur və ya axşam mömin olduğu halda, kafir kimi sabahlayır,  dünya həyatının keçici ləzzətlərinə görə dinini tərk edir.</t>
   </si>
   <si>
     <t>وجوب التمسُّك بالدين، والمبادرة إلى العمل الصالح قبل أن تَحوْل الموانع دونه.
 الإشارة إلى تتابع الفتن المضلة آخر الزمان، وأنه كلما ذهبت فتنة أعقبتها فتنة أخرى.
 إذا ضَعُف دين الإنسان وتنازل عنه مقابل الأمور الدنيوية من مال أو غيره كان ذلك سببًا في انحرافه وتركه للدين وانسياقه مع الفتن.
 في الحديث دليل على أن الأعمال الصالحة سبب للنجاة من الفتن.
 الفتن قسمان: فتن شبهات وعلاجها العلم، وفتن شهوات وعلاجها الإيمان والصبر.
 في الحديث إشارة إلى أن مَن قلَّ عمله كانت الفتنة إليه أسرع، وأن من كثر عمله ينبغي ألّا يغتر بما عنده بل يستزيد.</t>
   </si>
   <si>
     <t>Dinə bağlı olmağın vacibliyi və maneələr meydana gəlməzdən əvvəl  yaxşı işlərə tələsmək.
 Axır zamanda azdırıcı fitnələrin ardıcıl baş verəcəyinə işarə edilir və hər dəfə bir fitnə ortadan qalxdıqda, onun ardınca başqa bir fitnə gələcək.
 Əgər insanın dini zəifləyərsə və dünyəvi işlər, məsələn, pul və ya digər şeylər qarşılığında dinində güzəştə gedərsə, bu onun azmasına, dini tərk etməsinə və fitnələrə qapılmasına səbəb olar.
 Hədisdə saleh əməllərin fitnələrdən qurtuluş vasitəsi olduğuna dəlil vardır.
 Fitnələr iki növdür: Şübhələrin fitnəsi və onun müalicəsi elmdir və şəhvətlərin fitnəsi və onun müalicəsi isə iman və səbrdir.
 Hədisdə işarə vardır ki, kimin əməli az olarsa, fitnə ona daha tez təsir edər. Əməli çox olan isə, etdiyi əməllərə aldanmamalı, əksinə artırmalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3138</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ: «يَا مُقَلِّبَ القُلُوبِ ثَبِّتْ قَلْبِي عَلَى دِينِكَ</t>
+    <t>كان رسول الله صلى الله عليه وسلم يكثر أن يقول: يا مقلب القلوب ثبت قلبي على دينك</t>
   </si>
   <si>
     <t>Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) tez-tez deyərdi: “Ey qəlbləri çevirən, mənim qəlbimi öz dinində sabit et.”</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ: «يَا مُقَلِّبَ القُلُوبِ ثَبِّتْ قَلْبِي عَلَى دِينِكَ»، فَقُلْتُ: يَا رَسُولَ اللهِ، آمَنَّا بِكَ وَبِمَا جِئْتَ بِهِ فَهَلْ تَخَافُ عَلَيْنَا؟ قَالَ: «نَعَمْ، إِنَّ القُلُوبَ بَيْنَ أُصْبُعَيْنِ مِنْ أَصَابِعِ اللهِ يُقَلِّبُهَا كَيْفَ يَشَاءُ».</t>
   </si>
   <si>
     <t>Ənəsdən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) tez-tez deyərdi: “Ey qəlbləri çevirən, mənim qəlbimi öz dinində sabit et.”  Mən dedim: Ey Allahın Rəsulu, biz sənə və sənin gətirdiyinə iman gətirdik. Sən bizim üçün qorxursan? O dedi: “Bəli, qəlblər Allahın barmaqlarından iki barmağı arasındadır, onları istədiyi kimi çevirər."</t>
   </si>
   <si>
     <t>كانَ أكثرُ دعاء النبي صلى الله عليه وسلم سؤال الله الثّبات على الدين والطاعة، والبعد من الزيغ والضلال، 
 فتعجَّب أنس بن مالك رضي الله عنه من إكثار النبي صلى الله عليه وسلم من هذا الدعاء، فأخبره النبي صلى الله عليه وسلم أن القلوبَ بين أُصبعَينِ مِنْ أصابعِ اللهِ يُقَلِّبها كيف يشاء، 
 فالقلب هو محطُّ الإيمان والكفر، وقد سمي القلب قلبًا لكثرة تقلُّبه؛ فهو أَشَدُّ انقِلابًا مِن القِدْرِ إِذا اجتمعَتْ غَلْيًا، فمن شاء الله أقام قلبه على الهدى، وثبته على الدين، ومن شاء الله صرف قلبه عن الهدى إلى الزيغ والضلال.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ən çox etdiyi dua, Allahdan dində və itaətdə sabitlik, azğınlıqdan və zəlalətdən uzaq olmağı istəmək idi . Ənəs bin Malik (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bu duanı tez-tez etməsinə təəccübləndi və Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ona xəbər verdi ki, qəlblər Allahın barmaqlarından iki barmağı arasındadır və onları istədiyi kimi çevirir. Qəlb iman və küfrün qərar tutduğu yerdir və tez-tez dəyişdiyi üçün qəlb  adlandırılmışdır. Onun dəyişməsi, qaynayan qazanın dəyişməsindən daha güclüdür. Allah kimi istəsə, qəlbini hidayətə yönəldər, dində sabit edər və Allah kimi istəsə, onun qəlbini hidayətdən azğınlığa və zəlalətə yönəldər.</t>
   </si>
   <si>
     <t>خضوع النبي صلى الله عليه وسلم لربِّه وتضرُّعه إليه، وإرشاد الأمة إلى سؤال ذلك.
 أهمية الاستقامة والثبات على الدين، وأنَّ العبرة بالخاتمة.
 العبد لا يستغني عن تثبيت الله له على الإسلام طرفة عين.
 الحث على الإكثار من هذا الدعاء، تأسِّيًا بالنبي عليه الصلاة والسلام.
 الثبات على الإسلام هو النعمة العظمى التي ينبغي على العبد أن يسعى إليها ويشكر مولاه عليها.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) öz Rəbbinə təslim olması və Ona yalvarması və ümmətini bunu istəməyə yönəltməsi.
 Doğru yolda olmağın və dində  sabitliyin əhəmiyyəti və ibrətin (əməllərin qiymətləndirilməsinin) sonluğa görə olması.
 Bəndə bir göz qırpımı olsa da belə, Allahın onu İslam üzərində sabit etməsindən ehtiyacsız deyil.
 Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) nümunə götürərək bu duanı çox etməyə təşviq etmək.
 İslamda sabitlik, bəndənin səy göstərməli olduğu və Mövlasına (Rəbbinə) şükür etməli olduğu ən böyük nemətdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3142</t>
   </si>
   <si>
-    <t>إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا</t>
+    <t>إذا شرب الكلب في إناء أحدكم فليغسله سبعا</t>
   </si>
   <si>
     <t>Əgər it birinizin qabından içərsə, onu yeddi dəfə yusun</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: إِنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا».
 ولمسلم: « أولاهُنَّ بالتُراب».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Əgər it birinizin qabından içərsə, onu yeddi dəfə yusun"</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِغسل الإناء سبعَ مرات إذا أَدْخَلَ الكلبُ فيه لسانه، الأولى منهن مَصحوبةٌ بالتراب ليأتي الماءُ بعدها، فتحصل النظافة التامة مِن نجاسته وضرره.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) it qaba dilini salarsa, onu yeddi dəfə yumağı əmr etmişdir. Ardınca su ilə yuyulması üçün onlardan birincisi torpaqla olur və beləliklə qabın (itin ağız suyunun) nəcasət və zərərindən tam təmizlənməsi hasil olur.</t>
   </si>
   <si>
     <t>ريق الكلب نجسٌ نجاسة مُغلَّظة.
 ولوغ الكلب في الإناء، ينجِّسه، وينجِّس الماء الذي فيه.
 التطهير بالتراب والتكرار سبعًا خاصٌّ بالتطهير من ولوغه دون بوله وعذرته وسائر ما لوَّثه الكلب.
 كيفية غسل الإناء بالتراب: أن يجعل في الإناء ماء ويضاف إليه التراب، ثم يغسل الإناء بهذا الخليط.
 ظاهر الحديث أنه عامٌّ في جميع الكلاب، حتى الكلاب التي أذن الشارع باتخاذها، مثل كلاب الصيد والحراسة والماشية.
 الصابون والأشنان لا يقومان مقام التراب؛ لأن النبي صلى الله عليه وسلم نصَّ على التراب.</t>
   </si>
   <si>
     <t>İtin ağız suyu çox güclü nəcasətdir.
 İtin qabı yalaması onu da, içindəki suyu da nəcis edir.
 Torpaqla təmizlənmək və yeddi dəfə təkrar yumaq yalnız itin ağız suyundan təmizlənməyə aiddir, lakin onun sidiyi, nəcisi və digər bulaşdırdığı şeylərə aid deyil.
 Qabın torpaqla yuyulma şəkli: Qabın içinə su tökülür və ona torpaq əlavə edilir, sonra bu qarışıqla qab yuyulur.
 Hədisin zahiri mənası bütün itlərə, hətta ov, gözətçi və mal-qara (çoban) itləri kimi şəriətin saxlanılmasına icazə verdiyi itlərə də aiddir.
 Sabun və aşnan bitkisi (paltarı və əlləri yumaqda istifadə edilən bitki) torpağı əvəz etmir; çünki Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) torpağı birmənalı olaraq qeyd etmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3143</t>
   </si>
   <si>
-    <t>الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ</t>
+    <t>الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط</t>
   </si>
   <si>
     <t>Beş şey fitrətdəndir: sünnət olmaq, övrət yerini qırxmaq, bığları qısaltmaq, dırnaqları tutmaq və qoltuq altındakı tükləri yolmaq</t>
   </si>
   <si>
     <t>عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».</t>
   </si>
   <si>
     <t>Əbu Hureyrədən (Allah ondan razı olsun) rəvayət edildiyinə görə o belə demişdir: Mən Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Beş şey fitrətdəndir: sünnət olmaq, övrət yerini qırxmaq, bığları qısaltmaq, dırnaqları tutmaq və qoltuq altındakı tükləri yolmaq".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين:
 أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. 
 وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. 
 وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. 
 ورابعها: قص الأظفار. 
 وخامسها: نتف الإبط.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bu hədisdə İslam dininin beş xüsusiyyətini və peyğəmbərlərin sünnətini bəyan etmişdir:
 Birincisi: Sünnət olmaq. Bu, kişinin cinsiyyət orqanının baş tərəfində olan artıq dərinin və həmçinin qadının vaginasındaki uşaqlıq yolunun üzərində olan dərinin baş hissəsinin kəsilməsidir.
 İkincisi: Övrət yerini qırxmaq. Bu, övrət yerinin ətrafında olan tüklərin qırxılmasıdır.
 Üçüncüsü: Bığları qısaltmaq. Bu, kişinin üst dodağı görünənə qədər bığların qısaldılmasıdır.
 Dördüncüsü: Dırnaqların qısaldılmasıdır.
 Beşincisi: Qoltuq altındakı tüklərin yolunmasıdır.</t>
   </si>
   <si>
     <t>سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال.
 مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها.
 لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله.
 ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.</t>
   </si>
   <si>
     <t>Allahın sevdiyi, razı olduğu və əmr etdiyi peyğəmbərlərin bu sünnətləri kamilliyə, təmizliyə və gözəlliyə çağırır.
 Bunların vaxtı-vaxtında edilməsinin şəriətdə buyurulması və bunlara səhlənkar yanaşılmaması.
 Bu xüsusiyyətlərin dini və dünyavi bir çox faydaları vardır. Bu faydalardan bəziləri aşağıdakılardır: Zahiri görünüşü gözəlləşdirmək, bədəni təmiz saxlamaq, təmizliyə diqqət etmək, kafirlərə bənzəməmək, Allahın əmrinə itaat etmək.
 Başqa hədislərdə bu beş xüsusiyyətə əlavə olaraq: saqqal buraxmaq, misvakdan istifadə etmək kimi fitri sünnətlərin diğər növləri də qeyd edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3144</t>
   </si>
   <si>
-    <t>لاَ إِلَهَ إِلَّا اللَّهُ، وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ، فُتِحَ اليَوْمَ مِنْ رَدْمِ يَأْجُوجَ وَمَأْجُوجَ مِثْلُ هَذِهِ</t>
+    <t>لا إله إلا الله، ويل للعرب من شر قد اقترب، فتح اليوم من ردم يأجوج ومأجوج مثل هذه</t>
   </si>
   <si>
     <t>Ləə iləhə illəllah, artıq yaxınlaşmış şərrə görə vay olsun ərəblərin halına. Yəcuc və Məcuc bəndində bu boyda deşik açılmışdır</t>
   </si>
   <si>
     <t>عَنْ زَيْنَبَ بِنْتِ جَحْشٍ رَضِيَ اللَّهُ عَنْها أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ دَخَلَ عَلَيْهَا فَزِعًا يَقُولُ: «لاَ إِلَهَ إِلَّا اللَّهُ، وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ، فُتِحَ اليَوْمَ مِنْ رَدْمِ يَأْجُوجَ وَمَأْجُوجَ مِثْلُ هَذِهِ» وَحَلَّقَ بِإِصْبَعِهِ الإِبْهَامِ وَالَّتِي تَلِيهَا، قَالَتْ زَيْنَبُ بِنْتُ جَحْشٍ فَقُلْتُ يَا رَسُولَ اللَّهِ: أَنَهْلِكُ وَفِينَا الصَّالِحُونَ؟ قَالَ: «نَعَمْ إِذَا كَثُرَ الخَبَثُ».</t>
   </si>
   <si>
     <t>Zeynəb bint Cəhşdən (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) qorxu içində onun yanına girdi və dedi: "Ləə iləhə illəllah, artıq yaxınlaşmış şərrə görə vay olsun ərəblərin halına. Yəcuc və Məcuc bəndində bu boyda deşik açılmışdır". Və baş barmağı ilə işarə barmağını bir dairə şəklində birləşdirdi. Zeynəb bint Cəhş (Allah ondan razı olsun) deyir: "Mən dedim: "Ya Allahın Rəsulu! Bizim aramızda əməli salehlər olduğu halda, biz hamımız həlak olacağıq?" O, dedi: "Bəli, əgər pislik artarsa!"</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على زينب بنت جَحْش رضي الله عنها فَزِعًا خائفًا، وهو يقول: لا إله إلا الله، إيذانًا بتوقُّع أمرٍ مكروهٍ يَحْدُث، ولا نجاة منه إلا بالالتجاء إلى الله سبحانه، ثم قال صلى الله عليه وسلم: 
 ويل للعرب من شر قد اقترب وقوعُه، فُتِح اليوم من رَدم يأجوج ومأجوج، وهو السَّدُّ الذي بناه ذو القرنين، مثل هذه، وحَلَّق بإصبعه الإبهام والتي تليها، 
 فقالت زينب رضي الله عنها: كيف يُسلِّط الله علينا الهلاك وفينا المؤمنون الصالحون؟ 
 فقال لها النبي صلى الله عليه وسلم: إذا كَثُرَ الخَبَث مِن الفسوق والفجور والمعاصي، والزنا، والخمور، وغيرها، عَمَّ الهلاكُ الجميع.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) qorxmuş halda Zeynəb bint Cəhşin (Allah ondan razı olsun) yanına daxil oldu və baş verəcək, xoşagəlməz bir şeyin gözlənməsi xəbərini verərək dedi: “Ləə iləhə illallah (Allahdan başqa ibadətə layiq haqq məbud yoxdur) Uca Allaha üz tutmaqdan başqa ondan heç bir qurtuluş yoxdur. Sonra o (Allahın salavatı və salamı onun üzərinə olsun) dedi: Vay olsun ərəblərin başına gələcək, artıq yaxınlaşmış şərdən. Bu gün Zul-Qarneynin tikdiyi Yəcuc və Məcuc bəndində bu böyüklükdə deşik açılmışdır və o, (deşiyin ölçüsünü göstərmək üçün) baş barmağı ilə  işarə barmağını bir dairə şəklində birləşdirdi. Zeynəb (Allah ondan razı olsun) dedi: “Aramızda saleh möminlər olduğu halda, Allah bizi necə həlak edər? Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ona dedi: “Əxlaqsızlıq, pozğunluq, günahlar, zina, şərab və sair kimi pisliklər artarsa, hamı həlak olar.</t>
   </si>
   <si>
     <t>الفَزَع لا يشغل قلبَ المؤمن عن ذكر الله عند الخوف؛ لأنه بذكر الله تطمئن القلوب.
 الحث على إنكار المعاصي ومنع وقوعها.
 يحصل الهلاك العامُّ بسبب كثرة المعاصي وانتشارها وعدم إنكارها وإن كثر الصالحون.
 المصائب تعمُّ الناس جميعًا صالحين وفاسدين، ولكنهم يُبعَثون على نيّاتهم.
 خصَّ العربَ في قوله: "وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ"؛ لأنهم مُعظم مَن أَسْلَم حين قال ذلك.</t>
   </si>
   <si>
     <t>Qorxu möminin qəlbini Allahı zikr etməkdən yayındırmaz. Çünki qəlblər Allahı zikr etməklə rahatlıq tapır.
 Günahları inkar etməyə və onların baş verməsinə maneə olmağa təşviq etmək.
 Hətta saleh insanlar çox olsa belə, günahların çoxluğu, onların yayılması və inkar edilməməsi hamının həlak olmasına səbəb olur.
 Müsibətlər həm saleh, həm də fəsadkar olan bütün insanları əhatə edir, lakin onlar niyyətlərinə uyğun olaraq dirildiləcəklər.
 "Artıq yaxınlaşmış şərdən vay olsun ərəblərin halına” sözündə ərəblər xüsusi qeyd edilib; çünki bunu deyəndə İslamı qəbul edənlərin əksəriyyəti onlar idi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3145</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ</t>
+    <t>كان النبي صلى الله عليه وسلم إذا دخل الخلاء قال: اللهم إني أعوذ بك من الخبث والخبائث</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər dəfə ayaqyoluna girdikdə belə deyərdi: “Allahummə inni əuzu bikə minəl-xubusi val-xəbəis”</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَألَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ».</t>
   </si>
   <si>
     <t>Ənəsdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: "Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər dəfə ayaqyoluna girdikdə belə deyərdi: “Allahummə inni əuzu bikə minəl-xubusi val-xəbəis” .</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد دُخولَ المكانِ الذي سيَقضي فيه حاجتَه، بَولًا أو غائِطًا، استعاذ بالله، والتجأ إليه أنْ يَقِيَه شَرَّ الشياطين من ذكور وإناث، 
 وفُسِّر الخبث والخبائث أيضًا بالشر وبالنجاسات.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) sidiyin və ya nəcisin ifrazı üçün ayaqyoluna daxil olmaq istədikdə, Allaha sığınar,  kişi və qadın şeytanların şərrindən qorunmaq üçün Ona pənah aparardı. Hədisdə keçən əl-xubsi val-xəbəis"-şərr və nəcasətlər kimi təfsir edilir.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند إرادة دخول الخلاء.
 جميع الخلق مفتقرون إلى ربهم في دفع ما يؤذيهم أو يضرهم في كل أحوالهم.</t>
   </si>
   <si>
     <t>Bu duanın ayaqyoluna girərkən edilməsinin müstəhəb olması.
 Bütün məxluqat, özlərindən əziyyətləri və zərərləri dəf etmək üçün hər bir halda Rəbblərinə möhtacdırlar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3150</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَشَدَّ حَيَاءً مِنَ العَذْرَاءِ فِي خِدْرِهَا، فَإِذَا رَأَى شَيْئًا يَكْرَهُهُ عَرَفْنَاهُ فِي وَجْهِهِ</t>
+    <t>كان النبي صلى الله عليه وسلم أشد حياء من العذراء في خدرها، فإذا رأى شيئا يكرهه عرفناه في وجهه</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) öz otağında, pərdə arxasında olan bakirə qızdan daha həyalı idi, sevmədiyi bir şey gördüyündə, biz bunu onun üzündən anlayardıq</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَشَدَّ حَيَاءً مِنَ العَذْرَاءِ فِي خِدْرِهَا، فَإِذَا رَأَى شَيْئًا يَكْرَهُهُ عَرَفْنَاهُ فِي وَجْهِهِ.</t>
   </si>
   <si>
     <t>Əbu Səid Əl-Xudridən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) öz otağında, pərdə arxasında olan bakirə qızdan daha həyalı idi, sevmədiyi bir şey gördüyündə, biz bunu onun üzündən anlayardıq.</t>
   </si>
   <si>
     <t>يُخْبِرُ أبو سعيد الخدري رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم كان أشدَّ حياء من البنت البِكْر التي لم تتزوج وتعاشر الرجال المُستترة في بيتها، ومن شدة حيائه أنه إذا كَرِهَ شيئًا يتغير وجهه ولا يتكلم، بل يفهم أصحابه كراهيتَه لذلك في وجهه.</t>
   </si>
   <si>
     <t>Əbu Səid Əl-Xudri (Allah ondan razı olsun) xəbər verir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) evlənməmiş və kişilərə qarışmamış, evində gizlənən bakirə qızdan daha utancaq idi və şiddətli həyasına görə, əgər bir şeyi xoşlamadıqda,  üzü dəyişər və danışmazdı, lakin, onun  sahabələri bu şeyi sevmədiyini onun üzündən anlayardılar.</t>
   </si>
   <si>
     <t>بيان ما اشتمل عليه النبي صلى الله عليه وسلم من الحياء، وهو الخُلُق العظيم.
 حياء النبيِّ صلى الله عليه وسلم ما لم تُنتَهك حرمات الله، فإذا انتهكت؛ فإنه صلى الله عليه وسلم كان يغضب ويأمر أصحابَه وينهاهم.
 الحث على التخلُّق بالحياء؛ لأنه يحمل النفس على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) həyalı olmasının bəyanı. Məhz bu böyük əxlaqdır.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) həyası, Allahın qadağaları pozulmadığı müddətcə idi. Lakin onlar pozulardısa, o (Allahın salavatı və salamı onun üzərinə olsun) qəzəblənər, səhabələrinə əmr və qadağalar edərdi.
 Həyalı olmağa təşviq; çünki o insanı gözəl əməl işləməyə və çirkinlikləri tərk etməyə sövq edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3153</t>
   </si>
   <si>
-    <t>سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ</t>
+    <t>ستكون أثرة وأمور تنكرونها قالوا: يا رسول الله فما تأمرنا؟ قال: تؤدون الحق الذي عليكم، وتسألون الله الذي لكم</t>
   </si>
   <si>
     <t>Sizin (başınızda duracaq rəhbərlər tərəfindən) inkar edəcəyiniz işlər və mənimsəmələr görəcəksiniz. "Soruşdular: Ey Allahın Rəsulu, bizə nə əmr edirsən? O Dedi: Üzərinizdə olan haqqı yerinə yetirin, öz haqqınızı isə Allahdan istəyin</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ».</t>
   </si>
   <si>
     <t>İbn Məsud (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir: "Sizin (başınızda duracaq rəhbərlər tərəfindən) inkar edəcəyiniz işlər və mənimsəmələr görəcəksiniz. "Soruşdular: Ey Allahın Rəsulu, bizə nə əmr edirsən? O Dedi: Üzərinizdə olan haqqı yerinə yetirin, öz haqqınızı isə Allahdan istəyin."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه سيتولى على المسلمين وُلاةٌ يَستأثِرون بأموال المسلمين وغيرِها مِن أمور الدنيا، يَصْرِفُونها كما شاؤوا ويمنعون المسلمين حقَّهم فيها. 
 وسيكون منهم في الدِّين أمورٌ تُنْكَر. 
 فسَألَ الصحابةُ رضي الله عنهم: ماذا يفعلون في تلك الحال؟ 
 فأخبرهم صلى الله عليه وسلم أنه لا يمنعكم انفرادُهم بالمال أنْ تَمْنَعوا ما يجب عليكم نحوَهم من السمع والطاعة، بل اصبروا واسمعوا وأطيعوا ولا تنازعوهم الأمر، واسألوا الحق الذي لكم من الله، وأن يُصلحَهم ويَدفعَ شرَّهم وظلمَهم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, müsəlmanların üzərinə hökmdarlar gələcək ki, onlar müsəlmanların ümumi sərvətini və digər dünya işlərini şəxsi maraq dairələrinə salacaqlar, onları istədikləri kimi xərcləyəcək və müsəlmanları bu  haqlarından məhrum edəcəklər. Onlar dində inkar olunan əməllər edəcəklər. Səhabələr (Allah onlardan razı olsun) bu vəziyyətdə nə etməli olduqlarını soruşdular. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onlara bildirdi ki, həmin hökmdarların mal-dövləti mənimsəmələri, sizi onlara tabeçilikdən və itaət etmək kimi üzərinizdə olan vacibdən yayındırmamalıdır, əksinə, səbirli olun, onlara qulaq asın, itaət edin, onlarla münaqişə, ixtilaf etməyin. Allahdan  haqqınızı diləyin və onların islah olunmalarını, şər və zülmlərinin dəf edilməsini istəyin.</t>
   </si>
   <si>
     <t>الحديثُ من دلائل نبوَّتِه صلى الله عليه وسلم حيث أخبر بما سيكون في أمته فوقع كما أخبر.
 جوازُ إعلام المُبتلى بما يُتَوَقَع له من البلاء؛ لِيُوَطِّنَ نفسَه فإذا أتاه كان صابرًا محتسبًا.
 الاعتصام بالكتاب والسنة مخرج من الفتن والاختلاف.
 الحث على السمع والطاعة لولاة الأمور بالمعروف، وعدم الخروج عليهم، وإنْ وقع منهم ظلم.
 استعمال الحكمة واتباع السنة في زمن الفتن.
 على الإنسان القيام بالحق الذي عليه وإنْ حَصَل عليه شيء من الظلم.
 فيه دليلٌ على القاعدة: يختار أهون الشرين أو أخف الضررين.</t>
   </si>
   <si>
     <t>Hədis Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) peyğəmbərliyinin sübutlarındandır, çünki ümmətində baş verəcək hadisələr barədə verdiyi məlumatlar, söylədiyi kimi də olmuşdur.
 Müsibətə düçar ola biləcək şəxsə, başına gəldiyi zaman ona hazır olması məqsədi ilə və səbr edib mükafat umması üçün, gözlənilən müsibət barədə ona məlumat verməyin icazəli olması.
 Quran və sünnəyə sarılmaq fitnə və ixtilafdan çıxış yoludur.
 İnsanları rəhbərlərinə günah olmayan işlərdə tabe olmağa və itaət etməyə, haqsızlıq etsələr belə, onlara qarşı üsyan etməməyə təşviq.
 Fitnə zamanı hikmətli olmaq və sünnəyə əməl etmək.
 İnsan, özünə qarşı haqsızlıq edilsə belə üzərində olan haqqı yerinə yetirməlidir.
 Hədisdə "İki şərdən ən az olanı və ya iki zərərdən ən yüngül olanı seçilir" qaydasına dəlil vardır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3156</t>
   </si>
   <si>
-    <t>مَنْ سَأَلَ اللهَ الشَّهَادَةَ بِصِدْقٍ بَلَّغَهُ اللهُ مَنَازِلَ الشُّهَدَاءِ، وَإِنْ مَاتَ عَلَى فِرَاشِهِ</t>
+    <t>من سأل الله الشهادة بصدق بلغه الله منازل الشهداء، وإن مات على فراشه</t>
   </si>
   <si>
     <t>“Hər kim səmimi qəlblə Allahdan şəhidlik istəsə, yatağında ölsə belə, Allah onu şəhidlərin məqamına çatdırar.”</t>
   </si>
   <si>
     <t>عَن سَهْلِ بْنِ حُنَيْفٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ سَأَلَ اللهَ الشَّهَادَةَ بِصِدْقٍ بَلَّغَهُ اللهُ مَنَازِلَ الشُّهَدَاءِ، وَإِنْ مَاتَ عَلَى فِرَاشِهِ».</t>
   </si>
   <si>
     <t>Səhl bin Huneyfdən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: “Hər kim səmimi qəlblə Allahdan şəhidlik istəsə, yatağında ölsə belə, Allah onu şəhidlərin məqamına çatdırar.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن طَلَبَ الشهادةَ والقتلَ في سبيل الله، وكان صادقًا مخلصًا في نيته تلك لله عز وجل، أعطاه الله درجات الشهداء بنيته الصادقة وإن مات على الفِراش في غير الجهاد.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, kim Allah yolunda şəhadət və ölümü istəyərsə və bu niyyətində izzət və cəlal sahibi olan Allah üçün   sadiq və ixlaslı olarsa, cihadda deyil, hətta yatağında ölsə belə, Allah ona, səmimi niyyətinə görə şəhidlərin dərəcələrini nəsib edər.</t>
   </si>
   <si>
     <t>صدق النية مع فعل المستطاع سبب لبلوغ المقصود من الأجر والثواب، وإن لم يُبَاشر العمل المطلوب.
 الترغيب في الجهاد وطلب الشهادة في سبيل الله عز وجل.
 إكرام الله تعالى لهذه الأمة، فهو يعطيها بقليل من العمل أعلى الدرجات في الجنة.</t>
   </si>
   <si>
     <t>Səmimi niyyət və gücü yetəni etmək, tələb olunan əməl görülməsə belə, nəzərdə tutulan əcrə və savaba nail olmaq üçün səbəbdir.
 İzzət və Cəlal sahibi Allah yolunda cihad etmək və şəhadəti istəməyə rəğbətləndirmək.
 Uca Allahın bu ümmətə olan ikramı, çünki onlara az bir əməllə cənnətdə ən yüksək dərəcələr bəxş edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3157</t>
   </si>
   <si>
-    <t>مَا يَزَالُ البَلاَءُ بِالمُؤْمِنِ وَالمُؤْمِنَةِ فِي نَفْسِهِ وَوَلَدِهِ وَمَالِهِ حَتَّى يَلْقَى اللَّهَ وَمَا عَلَيْهِ خَطِيئَةٌ</t>
+    <t>ما يزال البلاء بالمؤمن والمؤمنة في نفسه وولده وماله حتى يلقى الله وما عليه خطيئة</t>
   </si>
   <si>
     <t>Mömin kişi və mömin qadının, günahlardan tam təmizlənmiş halda Allahla qarşılaşana qədər özündə, övladlarında və malında bəla baş verməyə davam edər</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَا يَزَالُ البَلاَءُ بِالمُؤْمِنِ وَالمُؤْمِنَةِ فِي نَفْسِهِ وَوَلَدِهِ وَمَالِهِ حَتَّى يَلْقَى اللَّهَ وَمَا عَلَيْهِ خَطِيئَةٌ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Mömin kişi və mömin qadının, günahlardan tam təmizlənmiş halda Allahla qarşılaşana qədər özündə, övladlarında və malında bəla baş verməyə davam edər".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن البلاء والاختبار لا ينفكُّ عن العبد المؤمن والمؤمنة، في نفسه من صحتِه وجسدِه، وفي أولاده مِن مرض أو وفاة أو عقوق أو غير ذلك، وفي ماله من افتقار وذهاب تجارة وسرقة، وكَسَادِ عيش وضيق في الرزق، حتى يُكَفِّرَ اللهُ عنه بذلك البلاء كلَّ ذنوبِه وخطاياه حتى إذا لقي الله يكون قد طَهُرَ من كل الذنوب والآثام التي ارتكبها.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, bəla və imtahan mömin kişi və mömin qadına, özlərinin sağlamlığında və bədənində,  övladlarının xəstəliyində, ölümündə, valideyinlərinin üzünə ağ olmaqda və başqa şeylərində, mallarında isə kasıbçılığın olması, ticarətin yox olması, oğurluq, həyatın çətinliyi və ruzinin azalması şəklində baş verməyə davam edər ki, Allah bu bəlalarla onu bütün günah və xətalardan təmizləyər, hətta O, Allahla qarşılaşdığı vaxt artıq işlədiyi bütün günah və asiliklərdən təmizlənmiş olar.</t>
   </si>
   <si>
     <t>من رحمة الله بعباده المؤمنين أن يكفِّر عنهم ذنوبَهم في دنياهم بمصائب الدنيا وآفاتها.
 البلاء بمجرَّده يكفِّر الذنوب بشرط الإيمان، فإذا صبر العبد ولم يسخط أُجِر.
 الحث على الصبر في جميع الأمور، فيما يحب ويكره، يصبر حتى يؤدي ما أوجب الله، ويصبر حتى يبتعد عما حرم الله، يرجو ثواب الله ويخشى عقابه.
 قوله: "بالمؤمن والمؤمنة"، زيادة لفظ المؤمنة فيه دليل على مزيد من التأكيد للمرأة؛ وإلا لو قال: "بالمؤمن" لدخل فيه المرأة؛ لأن ذلك لا يختص بالرجل، فإذا وقع البلاء بالمرأة فكذلك هي موعودة بمثل هذا الجزاء بتكفير الذنوب والخطايا. 
 مما يهوِّن على العبد ما يلقاه من الآلام مرة بعد مرة الفضلُ المترتب على البلاء.</t>
   </si>
   <si>
     <t>Allahın mömin qullarına olan mərhəmətindən biri də odur ki, O,  dünyada ikən onların günahlarını dünya müsibətləri və bəlaları ilə təmizləyir.
 Təkcə bəla (müsibət) imanın olması şərti ilə günahları yuyar, ona görə də qul səbr edib qəzəblənməsə, savab qazanar.
 (Qulu) sevdiyi və sevmədiyi hər bir işdə səbirli olmağa təşviq etmək. O, Allahın mükafatına ümid edərək və Onun əzabından qorxaraq, Allahın vacib etdiyini yerinə yetirmək üçün səbr edər, həmçinin Allahın haram etdiklərindən uzaq durmaq üçün də səbr edər.
 Onun (Allahın salavatı və salamı onun üzərinə olsun): “mömin kişi və mömin qadın” deməsi, yəni “mömin qadın” sözünü əlavə etməsi, qadınlara önəm verilməsinə dəlildir. Yoxsa, sadəcə“mömin” söyləsəydi, bu kəlimə qadını da özündə əhatə edərdi, çünki bu yalnız kişilərə aid deyil. Buna görə qadına da bəla toxunduqda, ona da günah və xətalarının  təmizlənməsi olaraq eyni mükafat vəd edilir.
 Qulun hər dəfə üzləşdiyi ağrı-acıları ona asanlaşdıran, bu bəlaya görə verilən fəzilətdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3159</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا صلى فرج بين يديه حتى يبدو بياض إبطيه</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) namaz qılarkən (səcdədə) əllərini qoltuqaltılarının ağartısı görünənə qədər aralayardı</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَالِكٍ ابْنِ بُحَيْنَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ.</t>
   </si>
   <si>
     <t>Abdullah bin Məlik bin Buheynədən (Allah ondan razı olsun) rəvayət edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) namaz qılarkən (səcdədə) əllərini qoltuqaltılarının ağartısı görünənə qədər aralayardı.</t>
   </si>
   <si>
     <t>كَانَ صلى الله عليه وسلم إذا سجد فرَّج بين يديه أثناء السجود؛ فنحَّى كلَّ يد عن الجنب الذي يليها، مثل الجناحين، حتى يبدو لون جلد إبطيه؛ 
 وهذا من المبالغة في تجنيح الذراعين ومباعدتهما عن جانبيه.</t>
   </si>
   <si>
     <t>O, (Allahın salavatı və salamı onun üzərinə olsun) səcdə zamanı əllərinin arasını aralayardı; hər iki əlini iki qanad kimi, qoltuqaltılarının dərisinin rəngi görünənə qədər aralayardı. Bu, qolların qanad kimi açılması və yanlardan aralı tutulmasında mübaliğədir.</t>
   </si>
   <si>
     <t>استحباب هذه الهيئة في السجود، وهي مباعدة عَضُديه عن جنبيه.
 المأموم الذي يتأذَّى جارُه بالمجافاة؛ فلا يُشرع له ذلك.
 في المجافاة في السجود حِكم وفوائد كثيرة، منها: إظهار النشاط والرغبة في الصلاة، وأنه إذا اعتمد على كل أعضاء السجود أخذ كل عضو حقه من العبادة. وقيل: الحكمة في ذلك أنه أشبه بالتواضع، وأبلغ في تمكين الجبهة والأنف من الأرض، وأيضًا ليتميز كل عضو بنفسه.</t>
   </si>
   <si>
     <t>Bu forma - qolları yanlardan ayırmaq - səcdədə bəyəniləndir.
 Məmumun (imama tabe olan) yanında namaz qılan, onun qollarını aralamasından əziyyət çəkərsə, onun bunu etməsi icazəli deyil.
 Səcdədə qolları aralamağın çoxlu hikmətləri və faydaları vardır, bunlardan: namazda fəallıq və  rəğbət göstərmək  və həmçinin, namaz qılan bütün səcdə üzvlərinə etimad etdikdə, hər bir üzv ibadətdən öz haqqını almış olur. Deyilmişdir: Bunda hikmət odur ki, bu hal təvazökarlığa daha çox bənzəyir və alın və burnun yerə daha yaxşı qoyulması  və həmçinin hər bir üzvün özlüyündə fərqlənməsi üçün daha təsirlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3220</t>
   </si>
   <si>
-    <t>أَقْرَبُ مَا يَكُونُ الرَّبُّ مِنَ العَبْدِ فِي جَوْفِ اللَّيْلِ الآخِرِ</t>
+    <t>أقرب ما يكون الرب من العبد في جوف الليل الآخر</t>
   </si>
   <si>
     <t>Rəbbin qula ən yaxın olan vaxtı gecənin sonudur</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ قَالَ: حَدَّثَنِي عَمْرُو بْنُ عَبَسَةَ رضي الله عنه أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَقْرَبُ مَا يَكُونُ الرَّبُّ مِنَ العَبْدِ فِي جَوْفِ اللَّيْلِ الآخِرِ، فَإِنْ اسْتَطَعْتَ أَنْ تَكُونَ مِمَّنْ يَذْكُرُ اللَّهَ فِي تِلْكَ السَّاعَةِ فَكُنْ».</t>
   </si>
   <si>
     <t>Əbu Umamədən rəvayət edilir ki, O, belə dedi: Amr ibn Əbəsə (Allah ondan razı olsun) mənə dedi ki, o, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdi: Rəbbin qula ən yaxın olan vaxtı gecənin sonudur, əgər sən o vaxt Allahı zikr edənlərdən ola bilirsənsə, ol."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن الربّ سبحانه أقرب ما يكون من العبد في الثلث الأخير من الليل؛ فإن وُفِّقتَ وقَدَرتَ -أيُّها المؤمن- على أن تكون من جُملة المتعبِّدين المصلِّين الذَّاكرين التائبين في هذا الوقت فإنَّه أمرٌ ينبغي اغتنامُه والاجتهاد فيه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bizə xəbər verir ki,  Rəbbin qula ən yaxın olduğu vaxtı gecənin son üçdə biridir. Ey mömin, əgər sən həmin vaxta müvəffəq olmusansa və  bu vaxt ibadət edən, namaz qılan, zikr edən və tövbə edənlərdən olmağı bacarırsansa, (bil ki) həqiqətən də bu faydalanmağın və çalışmağın lazım olduğu bir fürsətdir.</t>
   </si>
   <si>
     <t>حث المسلم على الذكر في آخر الليل.
 تفاضل الأوقات فيما بينها للذكر والدعاء والصلاة.
 قال ميرك: في الفرق بين قوله: " أقرب ما يكون الرب من العبد "، وبين قوله: "أقرب ما يكون العبد من ربه وهو ساجد": المراد ههنا بيان وقت كون الرب أقرب من العبد وهو جوف الليل، والمراد هناك بيان أقربية أحوال العبد من الرب وهو حال السجود.</t>
   </si>
   <si>
     <t>Müsəlmanı gecənin sonunda zikr etməyə həvəsləndirmək.
 Zikr, dua və namaz üçün vaxtların bəzilərinin digərindən daha üstün olması.
 Mirak (Allah ona rəhmət etsin) demişdir: " Rəbbin qula ən yaxın olan vaxtı" sözü ilə "Qulun Rəbbinə ən yaxın olan halı səcdə halıdır" sözləri arasında fərq budur: Birincidən məqsəd Rəbbin qula ən yaxın olan vaxtın bəyanıdır ki, bu gecənin son vaxtıdır, ikincidən məqsəd isə qulun Allaha ən yaxın olan halının bəyanıdır ki, o da  səcdə halıdır.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
   </si>
   <si>
     <t>[Əbu Davud, Ət-Tirmizi,Ən-Nəsai rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3236</t>
   </si>
   <si>
-    <t>أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ</t>
+    <t>أفضل دينار ينفقه الرجل، دينار ينفقه على عياله، ودينار ينفقه الرجل على دابته في سبيل الله، ودينار ينفقه على أصحابه في سبيل الله</t>
   </si>
   <si>
     <t>“Kişinin xərclədiyi ən üstün dinar ailəsi üçün xərclədiyi dinar, Allah yolunda miniyinə xərclədiyi dinar və Allah yolunda vuruşan yoldaşlarına sərf etdiyi dinardır.”</t>
   </si>
   <si>
     <t>عَنْ ثَوْبَانَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ» قَالَ أَبُو قِلَابَةَ: وَبَدَأَ بِالْعِيَالِ، ثُمَّ قَالَ أَبُو قِلَابَةَ: وَأَيُّ رَجُلٍ أَعْظَمُ أَجْرًا مِنْ رَجُلٍ يُنْفِقُ عَلَى عِيَالٍ صِغَارٍ، يُعِفُّهُمْ أَوْ يَنْفَعُهُمُ اللهُ بِهِ وَيُغْنِيهِمْ.</t>
   </si>
   <si>
     <t>Səvbəndən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: “Kişinin xərclədiyi ən üstün dinar ailəsi üçün xərclədiyi dinar, Allah yolunda miniyinə xərclədiyi dinar və Allah yolunda vuruşan yoldaşlarına sərf etdiyi dinardır.” Əbu Qiləbə (hədisin ravilərindən biri) dedi: İlk olaraq ailəyə xərcləməklə başladı və daha sonra buyurdu: Kiçik övladları üçün xərcləyən, Allahın onları iffətli saxlamasına və  onlara fayda verməsinə və yardım etməsinə səbəb olan insandan daha böyük mükafat sahibi kim ola bilər?</t>
   </si>
   <si>
     <t>بَيَّنَ صلى الله عليه وسلم صورًا في الإنفاق، ورتّبها إذا تزاحمت أوجه الإنفاق حسب الأوجب عليك، فبدأ بالأهم فالأهم؛ 
 فأخبر أن أكثر المال ثوابًا هو الذي ينفقه المسلم على من تَلزمه نفقته؛ من نحو زوجة وولد، 
 ثم الإنفاق على المركوب المُعَدّ للحرب في سبيل الله، 
 ثم الإنفاق على أصحابه ورفقته حال كونهم مجاهدين في سبيل الله.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) malı xərcləmənin formalarını bəyan etdi və bir neçə yerə xərcləməli olduqda, sənə vacib olana uyğun olaraq onları ardıcıllıqla sıraladı və ən vacibindən, sonra ən vacibindən başladı. Və bildirdi ki, savabı ən çox olan pul, bir müsəlmanın xərcləməsi vacib olduğu, həyat yoldaşı və övladı kimi şəxslərə xərclədiyi puldur. Sonra Allah yolunda döyüşə hazırlanan miniyə xərcləmək. Sonra Allah yolunda döyüşən mücahid yoldaşları və dostları üçün xərcləmək.</t>
   </si>
   <si>
     <t>ترتيب النفقة في الفضل على الوجه الذي ذُكِر، فيُراعى ذلك عند التزاحم.
 بيان أولوية النفقة على العيال في الفضل على غيرها.
 النفقة على الجهاد في سبيل الله من أعظم النفقات، مثل إعداد الأدوات والرجال للجهاد.
 قيل: المراد بسبيل الله كل طاعة كالحج مثلًا.</t>
   </si>
   <si>
     <t>Xərclərin ardıcıllığı qeyd edildiyi kimidir, ona görə də bir neçə yerə xərcləmək lazım olduqda bunu nəzərə almaq lazımdır.
 Ailəyə xərcləmənin başqalarından üstünlüyünün bəyanı.
 Allah yolunda edilən cihada xərcləmək ən əzəmətli xərclərdəndir, cihad üçün döyüş alətləri və kişiləri hazırlamaq kimi əməllər bura daxildir.
 Deyilib: "Allah yolunda" sözü ilə qəsd bütün itaətlərdir, məsələn həcc kimi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3267</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ</t>
+    <t>والذي نفس محمد بيده لا يسمع بي أحد من هذه الأمة يهودي ولا نصراني، ثم يموت ولم يؤمن بالذي أرسلت به إلا كان من أصحاب النار</t>
   </si>
   <si>
     <t>Muhəmmədin nəfsi əlində olan Allaha and olsun ki, bu ümmətdən  yəhudi və ya xristian mənim haqqımda eşidərsə, sonra göndərildiyimə (bu dinə) iman gətirmədən ölərsə, cəhənnəm əhlindən olar</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صلى الله عليه وسلم أنه قال: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Muhəmmədin nəfsi əlində olan Allaha and olsun ki, bu ümmətdən  yəhudi və ya xristian mənim haqqımda eşidərsə, sonra göndərildiyimə (bu dinə) iman gətirmədən ölərsə, cəhənnəm əhlindən olar.</t>
   </si>
   <si>
     <t>يَحْلِفُ النبيُّ صلى الله عليه وسلم بالله أنه لا يَسمعُ به أَحَدٌ مِن هذه الأمة، يَهوديٌّ أو نصرانيٌّ أو غيرُهما تَبْلُغُه دعوةُ النبي صلى الله عليه وسلم ثم يموت ولم يؤمن به إلا كان من أصحاب النار خالدًا فيها أبدًا.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Allaha and içir ki, bu ümmətdən istər yəhudi, istər xristian, istərsə də başqa bir millətin nümayəndəsinə Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) İslama çağırışı, dəvəti çatarsa, sonra ona iman gətirmədən ölərsə, cəhənnəm əhlindən olub, orada əbədi qalar.</t>
   </si>
   <si>
     <t>عموم رسالةِ النبيِّ صلى الله عليه وسلم إلى جميع العالم، ووجوب اتِّباعِه، ونسخ جميع الشرائع بشرعه. 
 مَن كَفَرَ بالنبي صلى الله عليه وسلم لم ينفعه زَعْمُه إيمانَه بغيرِه من الأنبياء صلوات الله عليهم أجمعين.
 من لم يَسمع بالنبي صلى الله عليه وسلم، ولم تَبْلغْه دعوةُ الإسلام فهو معذور، وأَمْرُه في الآخرة إلى الله تعالى.
 يتحقق الانتفاع بالإسلام وإن كان قُبيل الموت، ولو في المرض الشديد، ما لم تبلغ الروح الحلقوم.
 تصحيح دين الكفار -ومنهم اليهود والنصارى- كُفْرٌ.
  ذكر اليهودي والنصراني -في الحديث- تنبيهًا على من سواهما؛ وذلك لأن اليهود والنصارى لهم كتاب، فإذا كان هذا شأنهم، فغيرهم ممن لا كتاب له أولى، فكلُّهم يجب عليهم الدخول في دينه وطاعته صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) risalətinin (çağırışının) bütün aləm üçün ümumiliyi, ona tabe olmağın vacibliyi və onun şəriəti ilə artıq bütün digər şəriətlərin qanunlarının ləğv olması.
 Kim Peyğəmbəri (Allahın salavatı və salamı onun üzərinə olsun) küfr edərsə, onun digər peyğəmbərlərə (Allahın salavatı və salamı onların üzərinə olsun) iman gətirmək iddiası ona heç bir fayda verməz.
 Kim Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) haqqında eşitməyibsə və İslam dəvəti ona çatmamışsa, üzrlüdür və axirətdə onun aqibəti uca Allaha aiddir.
 Ölümə yaxın olsa belə, hətta ağır xəstəlik zamanı, taki can boğaza çatmayınca İslamı qəbul edib bəhrələnmək mümkündür.
 Yəhudi və xristianlar da daxil olmaqla kafirlərin dinini doğru saymaq küfrdür.
 Hədisdə yəhudi və xristianın qeyd edilməsi-digər kafirlərə də xəbərdarlıqdır. Çünki yəhudi və xristianların kitabı var, əgər onlara xəbərdarlıq edilirsə, kitabı olmayanlar bu xəbərdarlığa daha çox layiqdirlər və onların hamısının Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun)  dininə daxil olub ona itaət etmələri vacibdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3272</t>
   </si>
   <si>
-    <t>أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى</t>
+    <t>أحفوا الشوارب وأعفوا اللحى</t>
   </si>
   <si>
     <t>Bığlarınızı qısaldın, saqqallarınızı uzadın</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
     <t>İbn Ömərdən (Allah onların hər ikisindən razı olsun) rəvayət edildiyinə görə  Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: "Bığlarınızı qısaldın, saqqallarınızı uzadın".</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bığları uzatmamağı, əksinə, hətta daha çox qısaltmağı əmr etmişdir.
 Bunun müqabilində də saqqalı qısaltmadan uzadılmasını əmr etmişdir.</t>
   </si>
   <si>
     <t>تحريم حَلْقِ اللحية.</t>
   </si>
   <si>
     <t>Saqqalın qırxılmasının haram olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3279</t>
   </si>
   <si>
-    <t>عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ</t>
+    <t>عجبا لأمر المؤمن، إن أمره كله خير، وليس ذاك لأحد إلا للمؤمن</t>
   </si>
   <si>
     <t>“Möminin halı necə də təəccüblüdür, onun hər halı xeyirdir və bu, mömindən başqa heç kəsə aid deyil</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ، إِنْ أَصَابَتْهُ سَرَّاءُ شَكَرَ، فَكَانَ خَيْرًا لَهُ، وَإِنْ أَصَابَتْهُ ضَرَّاءُ صَبَرَ، فَكَانَ خَيْرًا لَهُ».</t>
   </si>
   <si>
     <t>Suheybdən (Allah ondan razı olsun) rəvayət edilir ki, Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə dedi: “Möminin halı necə də təəccüblüdür, onun hər halı xeyirdir və bu, mömindən başqa heç kəsə aid deyil. Əgər ona bir sevinc toxunsa, şükür edər və bu onun üçün xeyir olar. Əgər başına bir müsibət gəlsə, səbir edər və bu onun üçün xeyir olar”.</t>
   </si>
   <si>
     <t>يَتَعَجَّبُ صلى الله عليه وسلم مِن شأن المؤمن وأحواله على وجه الاستحسان؛ وذلك لأن أحواله كلها خير، وليس ذلك لأحد إلا للمؤمن؛ 
 إن أصابته سرّاءُ شكرَ اللهَ عليها؛ فيحصل له الأجر بالشكر، 
 وإن أصابته ضراءُ صبرَ واحتسب الأجر على الله، فيحصل له الأجر بالصبر، فهو في أجر على كل حال.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) möminin vəziyyətinə və halına gözəl şəkildə təəccüb edir. Çünki onun hər bir halı xeyirdir və bu mömindən başqa heç kəs üçün belə deyil. Əgər ona bir sevinc toxunsa, buna görə Allaha şükür edər və şükrünə görə əcr qazanar. Əgər başına bir müsibət gəlsə, səbr edər və mükafatını Allahdan umar və səbr etdiyinə görə əcr qazanar. Beləliklə o, hər bir halında savab qazanar.</t>
   </si>
   <si>
     <t>فضل الشكر على السراء والصبر على الضراء، فمَن فعَلَ ذلك حصل له خير الدارين، ومن لم يشكر على النعمة، ولم يصبر على المصيبة، فاته الأجر، وحصل له الوزر.
 فضل الإيمان، وأنّ الأجر في كل حال لا يكون إلا لأهل الإيمان.
 الشكر عند السراء، والصبر على الضراء من خصال المؤمنين.
 الإيمان بقضاء الله وقدره يجعل المؤمن في رضا كامل على كل أحواله، بخلاف غير المؤمن الذي يكون في سخط دائم عند وقوع ضرر عليه، وإذا ما حاز نعمة من الله عز وجل انشغل بها عن طاعة الله، فضلًا عن صرفها في معصيته.</t>
   </si>
   <si>
     <t>Yaxşı günlərə şükür etmək və çətinliyə səbr etməyin fəziləti. Hər kim bunu edərsə, hər iki dünyanın xeyrinə nail olar. Hər kim nemətə şükr və müsibətə səbr etməzsə, savabdan məhrum olar və günah qazanar.
 İmanın fəziləti və hər bir halda mükafatın yalnız iman sahiblərinə aid olması.
 Yaxşı günlərdə şükr etmək, sıxıntıda isə səbr etmək möminlərin xüsusiyyətlərindəndir.
 Özünə bir zərər toxunduğu zaman daim qəzəb içində olan kafirdən fərqli olaraq, Allahın qəza və qədərinə iman, mömini bütün hallarında tam razı salır. Kafir Allahdan bir nemət əldə edərsə, bu onu nəinki Allaha itaətdən yayındırar, üstəlik bu neməti Ona asi olmağa sərf edər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3298</t>
   </si>
   <si>
-    <t>وَضَعْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ غُسْلًا، فَسَتَرْتُهُ بِثَوْبٍ، وَصَبَّ عَلَى يَدَيْهِ، فَغَسَلَهُمَا، ثُمَّ صَبَّ بِيَمِينِهِ عَلَى شِمَالِهِ، فَغَسَلَ فَرْجَهُ، فَضَرَبَ بِيَدِهِ الأَرْضَ، فَمَسَحَهَا، ثُمَّ غَسَلَهَا، فَمَضْمَضَ وَاسْتَنْشَقَ، وَغَسَلَ وَجْهَهُ وَذِرَاعَيْهِ، ثُمَّ صَبَّ عَلَى رَأْسِهِ وَأَفَاضَ عَلَى جَسَدِهِ، ثُمَّ تَنَحَّى، فَغَسَلَ قَدَمَيْهِ، فَنَاوَلْتُهُ ثَوْبًا فَلَمْ يَأْخُذْهُ، فَانْطَلَقَ وَهُوَ يَنْفُضُ يَدَيْهِ</t>
+    <t>صفة الغسل من الجنابة</t>
   </si>
   <si>
     <t>Cənabət qüslu almağın vəsfi</t>
   </si>
   <si>
     <t>عَنْ مَيْمُونَةُ أُمِّ المؤمِنينَ رضي الله عنها قَالتْ: وَضَعْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ غُسْلًا، فَسَتَرْتُهُ بِثَوْبٍ، وَصَبَّ عَلَى يَدَيْهِ، فَغَسَلَهُمَا، ثُمَّ صَبَّ بِيَمِينِهِ عَلَى شِمَالِهِ، فَغَسَلَ فَرْجَهُ، فَضَرَبَ بِيَدِهِ الأَرْضَ، فَمَسَحَهَا، ثُمَّ غَسَلَهَا، فَمَضْمَضَ وَاسْتَنْشَقَ، وَغَسَلَ وَجْهَهُ وَذِرَاعَيْهِ، ثُمَّ صَبَّ عَلَى رَأْسِهِ وَأَفَاضَ عَلَى جَسَدِهِ، ثُمَّ تَنَحَّى، فَغَسَلَ قَدَمَيْهِ، فَنَاوَلْتُهُ ثَوْبًا فَلَمْ يَأْخُذْهُ، فَانْطَلَقَ وَهُوَ يَنْفُضُ يَدَيْهِ.</t>
   </si>
   <si>
     <t>Möminlərin anası Meymunədən (Allah ondan razı olsun) rəvayət edildiyinə  görə, o demişdir: "Mən Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) üçün qüsl suyu qoydum və onu paltarla örtdüm. O, da əllərinə su töküb yudu, sonra sağ əli ilə sol əlinə su tökdü və övrətini yudu, əlini yerə vuraraq məsh etdi (yerə sürtdü), sonra yudu, sonra mədməda və istinşaq etdi (ağzına və burununa su alaraq onları yudu), üzünü və qollarını yudu, sonra başına və bütün bədəninə su tökdü, sonra kənara çəkilib ayaqlarını yudu. Ona bir dəsmal verdim, amma götürmədi, çıxıb getdi və əllərini silkələdi".</t>
   </si>
   <si>
     <t>أَخْبرتْ أم المؤمنين ميمونة رضي الله عنها عن صفة اغتسال النبي صلى الله عليه وسلم من الجنابة، حيث وضعت له ماءً ليغتسل به، وسترتْه بساتر، ففعل النبي صلى الله عليه وسلم ما يلي:  
 أولًا: صب الماء على يديه فغسلهما قبل أن يدخلهما الإناء. 
 ثانيًا: صب الماء بيده اليمنى على اليسرى فغسل فرجه؛ لتنظيفه مما علق به من أثر الجنابة. 
 ثالثًا: ضرب بيده الأرض فمسحها ثم غسلها ليزيل الأذى عنها. 
 رابعًا: تمضمض؛ بأن أدخل الماء في فمه وحركه وأداره ثم ألقاه، واستنشق؛ بأن أدخل الماء في أنفه بِنَفَسِهِ، ثم أخرجه لينظفه.
 خامسًا: غسل وجهه وذراعيه. 
 سادسًا: صب الماء على رأسه. 
 سابعًا: صب الماء على بقية جسده. 
 ثامنًا: تحوّل من مكانه فغسل قدميه في مكان آخر حيث لم يغسلهما من قبل. 
 ثم أتته بخرقة ليتنشف بها، فلم يأخذها، وجعل يمسح الماء عن جسده بيده وينفضه.</t>
   </si>
   <si>
     <t>Möminlərin anası Meymunə (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) cənabətdən qüsl almaq şəkli haqqında xəbər verdi. Belə ki, o, Peyğəmbərə  qüsl alması üçün su qoydu və onu pərdə ilə örtdü. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bunları etdi:
 Birincisi: Əllərini qaba daxil etməzdən əvvəl onlara su tökərək yudu.
 İkincisi: Sağ əli ilə sol əlinin üzərinə su tökdü və cənabətdən qalan şeyləri təmizləmək üçün övrətini yudu.
 Üçüncüsü: Əlini yerə vuraraq məsh etdi (yerə sürtdü), sonra ondakı bulaşığı aradan qaldırmaq üçün əlini yudu.
 Dördüncüsü: Mədməda etdi; Yəni, ağzına suyu daxil edərək, onu hərəkət etdirdi və suyu ağzında dövr etdirdikdən sonra çölə atdı.
 İstinşaq etdi: Yəni, burnunu təmizləmək üçün 
 nəfəsiylə suyu burnuna daxil etdi, sonra onu çıxartdı.
 Beşinci: Üzünü və qollarını yudu.
 Altıncı: Başına su tökdü.
 Yeddinci: Bədəninin qalan hissəsinə su tökdü.
 Səkkizinci: Yerini dəyişdi və ayaqlarını əvvəl yumadığı başqa yerdə yudu.
 Sonra ona qurulanması üçün parça gətirdi, lakin onu götürmədi və əli ilə bədənindəki suyu silməyə və silkələməyə başladı.</t>
   </si>
   <si>
     <t>اهتمام أزواج النبي صلى الله وعليه وسلم بوصف أدقّ تفاصيل حياته؛ تعليمًا للأمة.
 صفة الغسل هذه هي إحدى الكيفيات التي ثبتت عن النبي صلى الله عليه وسلم في صفة الاغتسال الكامل من الجنابة، وأما الصفة المجزئة فهي أن يعم بدنه بالماء مع المضمضة والاستنشاق.
 تنشيف الجسد بخرقة أو تركه بعد الغسل أو الوضوء مباح.</t>
   </si>
   <si>
     <t>Peyğəmbərin(Allahın salavatı və salamı onun üzərinə olsun) zövcələrinin, ümməti öyrətmək üçün onun həyatının ən xırda təfərrüatlarını təsvir etməyə əhəmiyyət verməsi.
 Qüslün bu vəsfi cənabətdən kamil qüsl almaqda, Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) sabit olmuş qüsl şəkillərindən biridir. O ki qaldı kifayət (vacib) olan qüsl şəklinə, o mədməda və istinşaqla birlikdə bütün bədəni yumaqdır.
 Qüsl və ya dəstəmaz aldıqdan sonra bədəni parça ilə qurutmaq və ya qurulamağı tərk etmək caizdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3310</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Kim mənim bu aldığım dəstəmaz kimi dəstəmaz alar sonra qəlbin­dən heç bir şey keçirtmədən iki rükət namaz qılarsa Allah onun keçmiş günahlarını bağışlayar</t>
   </si>
   <si>
     <t>عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>Osman ibn Əffanın (Allah ondan razı olsun) köləlikdən azad etdiyi Humran rəvayət edir ki, Osman (Allah ondan razı olsun) dəstəmaz almaq üçün su istədi. (Su gəlincə) qabdan əllərinə su tökərək əllərini üç dəfə yudu. Sonra sağ əlini qaba salıb su aldı sonra o su ilə həm ağzını yaxaladı, həm də burnunun içinə su səkdi sonra da suyu burnundan ifraz etdi. Sonra üç dəfə üzünü və üç dəfə qollarını dir­sək­lə­rə qədər yudu. Sonra başına məsh çəkdi. Sonra hər bir ayağını üç dəfə yudu. Sonra da belə dedi: Mən, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) mənim dəstəmaz aldığım kimi dəstəmaz aldı­ğını gördüm. O (dəstəmaz alıb qutardıqdan sonra) belə dedi: "Kim mənim bu aldığım dəstəmaz kimi dəstəmaz alar sonra qəlbin­dən heç bir şey keçirtmədən iki rükət namaz qılarsa Allah onun keçmiş günahlarını bağışlayar".</t>
   </si>
   <si>
     <t>عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.
 فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.</t>
   </si>
   <si>
     <t>Osman (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) aldığı dəstəmazı daha aydın bir şəkildə anlatması üçün bunu şəxsən özü dəstəmaz alaraq öyrətmişdir. Belə ki, bir qab su istəmiş və öncə əllərinə üç dəfə su töküb yumuşdur. Sonra sağ əlini qabın içinə salıb bir ovuç su almış bu su ilə ağzını yaxalayıb suyu ağzından ifraz etmişdir. Sonra nəfəsi ilə burnunun daxilinə qədər su çəkmiş sonra isə suyu burnundan ifraz etmişdir. Sonra üzünü üç dəfə yumuş sonra da əllərini dirsəklərlə bərabər üç dəfə yumuşdur. Əllərini islatdıqdan sonra yaş əlləri ilə başını bir dəfə məsh etmişdir. Sonda isə topuqlar da daxil olmaqla ayaqlarını üç dəfə yumuşdur.
 Osman (Allah ondan razı olsun) dəstəmaz alıb qutardıqdan sonra Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bu şəkildə dəstəmaz aldığını ətrafındakılara xəbər vermişdir. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onun dəstəmaz aldığı kimi dəstəmaz alıb sonra da xuşu ilə Rəbbinin huzurunda iki rükət namaz qılan kimsəyə, aldığı kamil dəstəmazına və həmçinin xuşu ilə qıldığı namazına görə Uca Allahın onun keçmiş günahlarını bağışlanacağı müjdəsini vermişdir.</t>
   </si>
   <si>
     <t>استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما.
 ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل.
 ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك.
 استحباب التيامن في الوضوء.
 مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار.
 استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة.
 مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث.
 لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.</t>
   </si>
   <si>
     <t>Gecə yuxusundan oyandıqdan sonra əllərin qaba salmazdan öncə yuyulması vacibdir. Yuxu xaricindəki hər hansi bir zamanda isə dəstəmaz almağa başlamadan əvəll əllərin qaba salmazdan öncə yuyulması isə müstəhəbdir.
 Müəllim dərsi, tələbənin bildiyi ən asan şəkildə və onun anlayıb qavraya biləcəyi ən rahat yolla izah etməlidir. Dərsin əməli şəkildə izah edilməsi də bu qəbildəndir.
 Namaz qılan insan dünya işləri ilə bağlı düşüncələrdən uzaq durmalıdır. Namazın kamil və tam olması qəlbin namazda hazır olmasına bağlıdır. Əks təqdirdə insanın düşüncələrdən qurtulaması çətindir. Bundan dolayı namaz qılan insan nəfsiylə mücadələ etməli və bu düşüncələri davam etdirməməlidir.
 Dəstəmaz alarkən sağdan başlamaq müstəhəbdir.
 Madmada (yəni: suyu ağıza daxil etmək və orada hər tərəfə dövr etdirmək sonra ağızdan çıxarmaq), istinşaq (yəni: sağ əli ilə suyu, hava ilə birğə buruna çəkmək) və istinsar (yəni: suyu burnuna çəkdikdən sonra sol əli ilə suyu burnundan ixrac etmək) arasındakı sıralamaya əməl etmək buyurulmuşdur.
 Dəstəmaz alarkən: üzün, əllərin və ayaqların üç dəfə yuyulması müstəhəbdir. Vacib olan isə bu əzaların bir dəfə yuyulmasıdır.
 Uca Allahın keçmiş günahları bağışlaması iki şeyin gerçəkləşməsinə bağlıdır: hədisdə bildirildiyi kimi dəsəmaz almaq və iki rükət namaz qılmaq.
 Dəstəmaz əzalarından hər birinin müəyyən həddi vardır. Üzün uzununa həddi: Saçların başlanğıcından çənənin altına, eninə həddi isə bir qulaqdan o biri qulağa qədərdir. Əlin həddi: Barmaq uclarından dirsəklərlə qədər olan hissəsidir. Dirsək, qol ilə bilək arasında olan büküyün bayır hissəsinin adıdır. Başın həddi: Saçın adətən bitdiyi yerdən, saçın ön hisssi ilə boynun ən hündür yerinə qədərdir. Qulaqların məsh edilməsi də başdan sayılır. Ayaqların həddi: Baldırla ayaq arasında olan topuqlar daxil olmaqala ayağın bütün hissəsidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3313</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا اغتسل من الجنابة، غسل يديه، وتوضأ وضوءه للصلاة، ثم اغتسل</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) cənabətdən qüsl aldıqda əllərini yuyardı, ardınca namaz üçün aldığı kimi dəstəmaz alardı</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها قَالَتْ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ، ثُمَّ يُخَلِّلُ بِيَدِهِ شَعَرَهُ، حَتَّى إِذَا ظَنَّ أَنَّهُ قَدْ أَرْوَى بَشَرَتَهُ، أَفَاضَ عَلَيْهِ المَاءَ ثَلاَثَ مَرَّاتٍ، ثُمَّ غَسَلَ سَائِرَ جَسَدِهِ، وَقَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ، نَغْرِفُ مِنْهُ جَمِيعًا.</t>
   </si>
   <si>
     <t>Möminlərin anası Aişədən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) cənabətdən qüsl aldıqda əllərini yuyardı, ardınca namaz üçün aldığı kimi dəstəmaz alardı, sonra bütün bədəninə su tökərdi, başının dərisinə suyun çatdığını yəqin edənə qədər əliylə suyu saçların dibinə çatdırardı, ardınca üzərinə üç dəfə su tökər, sonra bədəninin qalan hissəsini yuyardu. Dedi: Mən və Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bir qabdan qüsl alardıq, birlikdə ondan su götürərdik.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد الغسل من الجنابة بَدأ بغسل يديه، 
 ثم يتوضأ كما يتوضأ للصلاة، ثم يُفيضُ الماءَ على جسدِه، ثم يُخَلِّلُ شَعَرَ رأسِه بيديه، حتى إذا ظَنَّ أنه وَصَلَ الماءُ إلى أُصُولِ الشعر، وأروى البَشَرةَ، صَبَّ الماءَ على رأسِهِ ثلاثَ مَرَّات ثم غَسَلَ باقي جسدِه. 
 وقالتْ عائشةُ رضي الله عنها: كنتُ أَغْتَسِلُ أنا ورسولُ اللَّهِ صلى الله عليه وسلم مِنْ إِنَاءٍ واحدٍ، نَغْرِفُ منه جميعًا.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) cənabətdən qüsl almaq istəyəndə, əllərini yumaqla başlayardı. Sonra namaz üçün dəstəmaz aldığı kimi dəstəmaz alar, daha sonra bədəninə su tökər, ardınca saçın köklərinə suyun keçməsini və başın dərisinə suyun çatdığını yəqin edənə qədər əlləri ilə saçlarını aralayar, sonra başına üç dəfə su tökər və sonra bədəninin qalan hissəsini yuyardı. Aişə (Allah ondan razı olsun) dedi: Mən və Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bir qabdan qüsl alardıq, hər birimiz həmin qabdan su götürərdik.</t>
   </si>
   <si>
     <t>الغسل نوعان: مُجْزِئٌ وكامِلٌ، أمَّا الغسلُ المُجزئ فيَنْوي الإنسانُ الطهارةَ، ثم يُعَمِّمُ جسدَه بالماءِ مع المضمضةِ والاستنشاق، وأمَّا الغسل الكامل فيَغتَسل كما اغتسل النبي صلى الله عليه وسلم في هذا الحديث.
 تطلق الجنابة على كل مَن أَنْزَل المَنِيَّ، أو جامَعَ ولو لم ينزل.
 جواز نظر أحد الزوجين لعورة الآخر، وغسلهما من إناء واحد.</t>
   </si>
   <si>
     <t>Qüsl iki cür olur: Kifayət edən və kamil qüsl. Kifayət edən qüsldə insan təmizlənməyə niyyət edir, sonra ağzını və burnunu yaxalayaraq su ilə bədənini yuyur. Tam qüsl isə hədisdə qeyd edilən Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) qüsl aldığı kimidir.
 Cənabət məfhumu, məninin-spermanın çıxması və ya sperma çıxmasa belə, cinsi əlaqədə olan kəsə aid edilir.
 Ərlə xanımın bir-birinin övrət yerlərinə baxmasının və eyni qabdan qüsl almalarının icazəli olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3316</t>
   </si>
   <si>
-    <t>كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا عطس وضع يده أو ثوبه على فيه، وخفض أو غض بها صوته</t>
   </si>
   <si>
     <t>Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) asqırdığı zaman əlini və ya paltarını ağzının üstünə qoyar və onunla səsini aşağı salardı</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ.</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: "Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) asqırdığı zaman əlini və ya paltarını ağzının üstünə qoyar və onunla səsini aşağı salardı".</t>
   </si>
   <si>
     <t>كان صلى الله عليه وسلم إذا عَطَس:
 أولًا: يضع يدَه، أو ثوبَه على فيه؛ لئلا يخرج من فيه أو أنفه شيء يؤذي جليسَه. 
 ثانيًا: يخفض صوته ولا يرفعه.</t>
   </si>
   <si>
     <t>Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) asqırdığı zaman:
 Birincisi: Əlini və ya paltarını ağzının üstünə qoyardı ki, onun ağzından və ya burnundan yanındakı şəxsə zərər verəcək heç bir şey çıxmasın.
 İkincisi: Səsini aşağı salar, qaldırmazdı.</t>
   </si>
   <si>
     <t>بيان هديه صلى الله عليه وسلم في العطاس والاقتداء به في ذلك.
 استحباب وضع الثوب أو منديل ونحوه على فمه وأنفه إذا عطس لئلا يخرج منه شيء يؤذي جليسه.
 خفض الصوت بالعطاس مطلوب، وهو من كمال الأدب، ومن مكارم الأخلاق.</t>
   </si>
   <si>
     <t>Asqırmaqda onun (Allahın salavatı və salamı onun üzərinə olsun) yolunun bəyanı və bu işdə ona tabe olmaq.
 Bir kəs asqıran zaman onunla oturan şəxsə zərər verə biləcək bir şey çıxmasın deyə ağzına və burnuna paltar, dəsmal və ya bu kimi şeylər qoymasının bəyənilən olması.
 Asqırarkən səsi aşağı salmaq tələb olunandır və bu, kamil ədəb və gözəl əxlaqdandır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3317</t>
   </si>
   <si>
-    <t>لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ</t>
-[...2 lines deleted...]
-    <t>"Allah yəhudilərə və xristianlara lənət eləsin! Onlar peyğəmbər­ləri­nin qəbirlərini məscidlərə çevirdi­lər</t>
+    <t>لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد</t>
+  </si>
+  <si>
+    <t>Allah yəhudilərə və xristianlara lənət eləsin! Onlar peyğəmbər­ləri­nin qəbirlərini məscidlərə çevirdi­lər</t>
   </si>
   <si>
     <t>عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.</t>
   </si>
   <si>
     <t>Aişə və İbn Abbasdan (Allah onlardan razı olsun) rəvayət edildiyinə görə onlar belə demişlər: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ölümün­dən qabaq örtüyünü üzünə atmağa başladı. (Ürəyi) sıxıldıqda isə onu üzündən götürürdü. O bu halda ikən belə dedi: "Allah yəhudilərə və xristianlara lənət eləsin! Onlar peyğəmbər­ləri­nin qəbirlərini məscidlərə çevirdi­lər". (Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bu sözləri ilə ümmətini) onların etdikləindən çəkindirirdi.)</t>
   </si>
   <si>
     <t>تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.</t>
   </si>
   <si>
     <t>Aişə və İbn Abbas (Allah onlardan razı olsun) bizlərə Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) vəfatına yaxın son anlarında üzünü bir bez parçası ilə örtdüyünü, ölümün çətin anlarının yaxınlaşması səbəbi ilə nəfəsi daraldıqda üzünü açdığını və Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bu çətin halda ikən belə dediyini xəbər vermişdilər: "Allah yəhudilərə və xristianlara lənət etsin və onları Öz rəhmətindən uzaqlaşdırsın. Çünki onlar, peyğəmbərlərinin qəbirləri üzərində məscidlər tikdilər. Əgər onların etdikləri bu iş, bu qədər təhlükəli olmasaydı Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə bir (çətin) anda bunu söyləməzdi. Buna görə Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ümmətini bu işi etməklə onlara bənzəməyi qadağan etmişdir. Çünki bu yəhudi və xristianların əməlidir və həmçinin Uca Allaha şərik qoşmağa aparan bir vəsilədir.</t>
   </si>
   <si>
     <t>أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها.
 النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله.
 شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك.
 أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز.
 النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم.
 من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.</t>
   </si>
   <si>
     <t>Peyğəmbərlərin və salehlərin qəbirlərinin orada Allah üçün namaz qılınan məscidlər edilməsi qadağan edilmişdir. Çünki bu şirkə aparan bir səbəbdir.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) şiddətli bir şəkildə tövhidə önəm verməsi və qəbirlərin təzim edilməsindən qorxması, bu əməlin şirkə aparan bir yol olmasından dolayıdır.
 Yəhudi və xristianlara, həmçinin qəbirlərin üzərində bina tikib oranı məscidlər edərək onların etdiklərinin eynisini edənlərə lənət etməyin icazəli olması.
 Qəbirlərin üzərində bina tikmək yəhudi və xristianların adətidir. Hədisdə onlara bənzəmək qadağan edilmişdir.
 Hədisdə həmçinin, üzərində məscid tikilməsə belə qəbirlərin səcdəgah edilərək orada namaz qılınması və namaz qılarkən qəbirlərə tərəf yönəlməsi qadağan edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3330</t>
   </si>
   <si>
-    <t>اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ</t>
+    <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
     <t>Həlak edən yeddi günahdan çəkinin!”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
     <t>Əbu Hureyrədən -Allah ondan razı olsun- rəvayət edilir ki, Peyğəmbər -salləllahu aleyhi va səlləm- belə demişdir: "Həlak edən yeddi günahdan çəkinin!” “(Səhabələr:) “Nədir onlar, ey Allahın Rəsulu?” deyə soruşdular. Peyğəmbər -salləllahu aleyhi va səlləm- buyurdu: “Allaha şərik qoşmaq, sehir etmək, Allahın haram buyurduğu canı haqsız yerə öldürmək, sələm yemək, yetimin malını yemək, döyüş meydanından qaçmaq və (zinadan) xəbəri olmayan namuslu və ismətli mömin qadınları zinada ittiham etmək".</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
 رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
 خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
 سادسًا: الفرار من المعركة مع الكفار.
 سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
   </si>
   <si>
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- bu hədisdə ümmətinə yeddi həlak edici günahlardan uzaq durmalarını əmr edir.  Peyğəmbərdən -salləllahu aleyhi va səlləm- bu günahların hansı günahlar olduğu sorulunca, Peyğəmbər -salləllahu aleyhi va səlləm- bu günahları onlara açıq-aydın bəyan edərək belə dedi:
 Birinci: Uca Allaha şəkil və görünüşündən asılı olmayaraq hər hansı bir şeyi Ona oxşadaraq və ya bənzədərək tay tutmaqla yaxud ibadətin hər hansı bir növünü Uca Allahdan başqasına sərf etməklə şərik qoşmaq. Peyğəmbər -salləllahu aleyhi va səlləm- böyük günahları sayarkən birinci Allaha şərik qoşmaqdan başladı, çünki Allaha şərik qoşmaq günahların ən böyüyüdür.
 İkinci: Sehir etmək. -Sehir: düyünlərdən, ovsunlardan, dərmanlardan və tüstülərdən ibarət bir əməldir- Sehir, sehir edilmiş kimsənin bədəninə, onu qətlə yetirməklə və ya xəstələndirməklə yaxud ərlə-arvadın arasını ayırmaqla təsir göstərir. Sehir, şeytani əməldir. Sehirbazlar çox vaxt sehiri, Allaha şərik qoşmaqla və xəbis(murdad) ruhlara onların sevdikləri əməlləri edərək yaxınlaşmaqla edirlər.
 Üçüncü: Şəri dəlil olmadan Uca Allahın qadağan etdiyi bir nəfsi qətlə yetirmək. Əgər bir kimsəni qətlə yetirmək üçün şəri dəlil(əsaslanma) olarsa, o zaman bu, fərdi şəxslərin deyil, hakimin göstərişi altında həyata keçirilməlidir.
 Dördüncü: Sələm yemək yaxud müxtəlif yollarla sələmdən yararlanmaq.
 Beşinci: Atası ölmüş, həddi-büluğa çatmayan yetim uşağın malını haqsız yerə yemək.
 Altınci: Kafirlərə qarşı edilən döyüşdən qaçmaq.
 Yeddinci: İsmətli və azad qadınları və kişiləri zinada ittiham etmək.</t>
   </si>
   <si>
     <t>الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها.
 جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.</t>
   </si>
   <si>
     <t>Böyük günahlar, hədisdə qeyd edildiyi kimi heç də yeddi böyük günahlardan ibarət deyildir. Böyük günahların məhdud yeddi sayı ilə bildirilməsi, bu günahların başqa günahlardan daha əzəmətli və daha təhlükəli olmasına görədir.
 Qisas almaq, dindən çıxmaq və evləndikdən sonra zina etmək kimi haqlı yerə bir nəfsin qətlə yetirilməsi icazəlidir. Lakin bu, fərdi şəxslərin deyil, şəri hakimin göstərişi altında həyata keçirilməlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3331</t>
   </si>
   <si>
-    <t>اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا</t>
+    <t>اللهم لا تجعل قبري وثنا</t>
   </si>
   <si>
     <t>Allahım! Qəbrimi ibadət edilən bir büt (ibadət və sitayiş yeri) etmə!</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan -Allah ondan razı olsun- rəvayət edilir ki, Peyğəmbər -salləllahu aleyhi va səlləm- belə demişdir: "Allahım! Qəbrimi ibadət edilən bir büt (ibadət və sitayiş yeri) etmə! Peyğəmbərlərinin qəbirlərini məscidlər(ibadətgah) edən qövmə Allah lənət emişdir".</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ  قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.</t>
   </si>
   <si>
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- Rəbbinə qəbrinin insanların təzim edərək ibadət edilən bütə çevirilməməsi və ona yönələrək səcdə edilməməsi üçün dua etdi. Sonra Peyğəmbər -salləllahu aleyhi va səlləm- peyğəmbərlərinin qəbirlərini məscidlərə çevirənlərin Allahın rəhmətindən qovulduqlarını xəbər verdi. Çünki qəbirləri məscidlərə çevirmək onlara ibadət etməyə və onların xeyir və ya zərər verə biləcəyinə etiqad etməyə səbəbdir.</t>
   </si>
   <si>
     <t>مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك.
 لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى.
 تحريم بناء المساجد على القبور.
 تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.</t>
   </si>
   <si>
     <t>Peyğəmbərlərin və salehlərin qəbirlərində şəriətin qoyduğu həddi aşmaq, o qəbirləri Allahdan başqa ibadət olunan yerlərə çevirir. Şirkə vəsilə olan hər bir şeydən çəkinmək vacibdir.
 Qəbir sahibinin Allaha nə qədər yaxın olub olmamasından  asılı olmayaraq, qəbirlərinin təzim edilmək və yanında ibadət etmək üçün  ziyarət edilməsi icazəli deyildir.
 Qəbirlər üzərində məscidlərin bina(təsis) edilməsinin haram olması.
 Cənazə namazı müstəsna olmaqla qəbirlər yanında namaz qılmağın haram olması.</t>
   </si>
   <si>
     <t>رواه أحمد</t>
   </si>
   <si>
     <t>[Əhməd rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3336</t>
   </si>
   <si>
-    <t>مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا</t>
+    <t>مثل القائم على حدود الله والواقع فيها، كمثل قوم استهموا على سفينة، فأصاب بعضهم أعلاها وبعضهم أسفلها</t>
   </si>
   <si>
     <t>Allahın qayda-qanunlarına riayət edən və onları tərk edən toplumun məsəli gəmidə püşk atıb, onların bir qisminə gəminin yuxarısı, digər bir qisminə isə aşağı hissəsi</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا، فَكَانَ الَّذِينَ فِي أَسْفَلِهَا إِذَا اسْتَقَوْا مِنَ المَاءِ مَرُّوا عَلَى مَنْ فَوْقَهُمْ، فَقَالُوا: لَوْ أَنَّا خَرَقْنَا فِي نَصِيبِنَا خَرْقًا وَلَمْ نُؤْذِ مَنْ فَوْقَنَا، فَإِنْ يَتْرُكُوهُمْ وَمَا أَرَادُوا هَلَكُوا جَمِيعًا، وَإِنْ أَخَذُوا عَلَى أَيْدِيهِمْ نَجَوْا، وَنَجَوْا جَمِيعًا».</t>
   </si>
   <si>
     <t>Numan bin Bəşir (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir: Allahın qayda-qanunlarına riayət edən və onları tərk edən toplumun məsəli gəmidə püşk atıb, onların bir qisminə gəminin yuxarısı, digər bir qisminə isə aşağı hissəsi nəsib olan bir camaatın misalı kimidir. Aşağıda olanlar su əldə etmək üçün yuxarıdakıların yanına gedib dedilər: “Nə yaxşı olardı biz öz hissəmizdə bir deşik açardıq və bizdən üstəkilərə  zərər verməzdik." Əgər yuxarıdakılar onların istədiklərinə manə olmasalar, hamısı bütövlükdə həlak olarlar, yox əgər onlara mane olsalar,  birlikdə xilas olarlar”.</t>
   </si>
   <si>
     <t>ضَرَبَ النبيُّّ صلى الله عليه وسلم مَثَلًا للقائمين بحدود الله، المستقيمين على أمر الله، الآمرين بالمعروف، الناهين عن المنكر، 
 ومثل الواقعين في حدود الله التاركين للمعروف، المرتكبين للمنكر، وأثر ذلك في نجاة المجتمع، كمثل قوم ركبوا في سفينة، فاقترعوا على مَن يَجلس أعلى السفينة ومَن يَجلس أسفلَها، فنال بعضُهم أعلاها، وبعضُهم أسفلَها، وكان الذين في الأسفل إذا أرادوا جَلْبَ الماءِ مَرُّوا على من فوقهم، 
 فقال الذين في الأسفل: لو أنَّا خَرَقْنا خرقًا في مكاننا في الأسفل نستقي منه، حتى لا نؤذي من فوقنا، فلو تركهم مَن بالأعلى يَفعلون ذلك، لَغَرِقَت السفينةُ بهم جميعًا، ولو قاموا بنهيهم عن ذلك ومنعوهم، لنجى الفريقان جميعًا.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Allahın qayda-qanunlarına riayət edən, Allahın əmrini yerinə yetirən, yaxşı işlər görməyi əmr edən, pislikdən çəkindirən insanları misal gətirmişdir. Bir də, Allahın qanunlarından kənara çıxanları, haqqı tərk edənləri, pislik edənləri və bunun da toplumun nicat tapmasına mənfi təsiri olanları misal gətirmiş və bəyan etmişdir ki, bunların misalı, gəmiyə minən bir tayfanın misalı kimidir. Gəminin üstündə kimin, alt hissəsində kimin oturacağına dair püşk atarlar və onların bəzilərinə üstdə, bəzilərinə isə altda yerləşmək nəsib olar. Bu arada alt hissədə yerləşənlər su  istədikdə yuxarıdakıların yanına gedərdilər. Sonra altda olanlar dedilər: “Biz yuxarıdakılara əziyyət verməmək üçün aşağıda öz yerimizdə bir deşik açsaydıq."
 Əgər yuxarıdakılar onlara bunu etməyə izn versələr, gəmi hamı ilə birlikdə batar. Yox əgər bunu onlara qadağan edib, mane olsalar, hər iki dəstə nicat tapar.</t>
   </si>
   <si>
     <t>أهمية الأمر بالمعروف والنهي عن المنكر في حفظِ المجتمعات ونجاتِها.
 من طُرُقِ التعليم ضَرْبُ الأمثال، لتقريب المعاني للعقول بصورة المحسوس.
 فِعْلُ المنكرِ الظاهرِ مع عدم الإنكار عليه مفسدةٌ تعود على الجميع بالضرر.
 هلاك المجتمع مُتَرَتِّب على ترك أصحاب المنكر يعيثون في الأرض فسادًا.
 التصرف الخاطئ والنية الحسنة لا تكفي في صلاح العمل.
 المسؤولية في المجتمع المسلم مشتركة لا تُناط بفرد بعينه.
 تعذيب العامة بذنوب الخاصة إن لم تُنكر.
 أصحاب المنكرات يُظهرون مُنكرَهم في قالب خير للمجتمع كما أهل النفاق.</t>
   </si>
   <si>
     <t>Toplumları qorumaq və onların nicat tapmasına dəstək üçün xeyir işləri təbliğ edib, pislikdən çəkindirmənin əhəmiyyəti.
 Tədris üsullarından biri də, gözlə görünən və hissiyatla dərk edilən mənaları daha aydın çatdırmaq üçün misallar gətirməkdir.
 İnkar edilməyən zahiri pis əməlin zərəri, cəmiyyətə qarşı edilmiş bir fəsaddır.
 Toplumun həlak olması, pis əməl sahiblərinin yer üzündə fəsad yaymaqlarına qarşı çıxmamaqdan irəli gəlir.
 Gözəl niyyət edib pis iş görmək, əməlin saleh olmasına kifayət deyil.
 Müsəlman toplumunda məsuliyyət müştərəkdir və konkret bir kəsə həvalə edilmir.
 Fərdin günahı inkar edilmədikdə, xalqın ona görə əzab görməsi.
 Pis iş görənlər də nifaq əhli kimi öz pisliklərini cəmiyyət üçün "xeyirli" şəkildə göstərirlər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3341</t>
   </si>
   <si>
-    <t>أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ</t>
+    <t>أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه</t>
   </si>
   <si>
     <t>Mən, şərik olmağa 
 möhtac deyiləm.Kim bir əməl edərsə və etdiyi əməldə bir başqasını Mənə şərik qoşarsa, Mən onu və şərik qoşduğunu tərk edərəm</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan -Allah ondan razı olsun- rəvayət edilir ki, Peyğəmbər -salləllahu aleyhi va səlləm- belə demişdir: "Allah -Təbarakə va Təalə- buyurmuşdur: Mən, şərik olmağa 
 möhtac deyiləm.Kim bir əməl edərsə və etdiyi əməldə bir başqasını Mənə şərik qoşarsa, Mən onu və şərik qoşduğunu tərk edərəm".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال بأنه أغنى الشركاء عن الشرك، فهو الغني عن كل شيء، وأنَّ الإنسانَ إذا عَمِل عملًا من الطاعات وجَعَلَه لله ولغير الله؛ تَركَه اللهُ ولم يقبلْه منه، وردَّه على صاحبِه؛ 
 فيجبُ إخلاصُ العمل لله تعالى؛ لأنه سبحانه لا يَقبل إلا ما كان خالصًا لوجهِه الكريم.</t>
   </si>
   <si>
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- bu hədisdə Uca Allahın şəriklərə ehtiyacı olmadığını, həmçinin əgər insan bir yaxşı əməl edərsə və etdiyi əməli həm Allah, həm də  Allahdan qeyrisi üçün edərsə, həmin əməlin ondan qəbul olmayacağını xəbər vermişdir. Beləliklə əməli ixlasla Uca Allah üçün etmək lazımdır.Çünki, Uca Allah yalnız Onun üçün edilən əməli qəbul edir.</t>
   </si>
   <si>
     <t>التحذير من الشرك بجميع أشكاله، وأنه مانعٌ من قبول العمل.
 استشعار غنى الله وعظمته مما يعين على الإخلاص في العمل.</t>
   </si>
   <si>
     <t>Şirkin bütün növlərindən çəkindirmək lazımdır, çünki şirk əməlin qəbul olmasına maneədir.
 Uca Allahın əzəmətini və Onun heç bir şeyə ehtiyacı olmadığını bilib düşünmək insana əməl edərkən ixlaslı olmağa yardım edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3342</t>
   </si>
   <si>
-    <t>يُؤْتَى بِالرَّجُلِ يَوْمَ الْقِيَامَةِ، فَيُلْقَى فِي النَّارِ، فَتَنْدَلِقُ أَقْتَابُ بَطْنِهِ، فَيَدُورُ بِهَا كَمَا يَدُورُ الْحِمَارُ بِالرَّحَى</t>
+    <t>يؤتى بالرجل يوم القيامة، فيلقى في النار، فتندلق أقتاب بطنه، فيدور بها كما يدور الحمار بالرحى</t>
   </si>
   <si>
     <t>Qiyamət günü bir insan gətirilib oda atılacaq,  bağırsaqları qarnından  çıxacaq və o, eşşəyin dəyirman daşının ətrafında fırlandığı kimi onların ətrafında fırlanacaq</t>
   </si>
   <si>
     <t>عَنْ أُسَامَةَ بْنِ زَيْدٍ رضي الله عنه قَالَ: قِيلَ لَهُ: أَلَا تَدْخُلُ عَلَى عُثْمَانَ فَتُكَلِّمَهُ؟ فَقَالَ: أَتَرَوْنَ أَنِّي لَا أُكَلِّمُهُ إِلَّا أُسْمِعُكُمْ؟ وَاللهِ لَقَدْ كَلَّمْتُهُ فِيمَا بَيْنِي وَبَيْنَهُ، مَا دُونَ أَنْ أَفْتَتِحَ أَمْرًا لَا أُحِبُّ أَنْ أَكُونَ أَوَّلَ مَنْ فَتَحَهُ، وَلَا أَقُولُ لِأَحَدٍ يَكُونُ عَلَيَّ أَمِيرًا: إِنَّهُ خَيْرُ النَّاسِ بَعْدَمَا سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يُؤْتَى بِالرَّجُلِ يَوْمَ الْقِيَامَةِ، فَيُلْقَى فِي النَّارِ، فَتَنْدَلِقُ أَقْتَابُ بَطْنِهِ، فَيَدُورُ بِهَا كَمَا يَدُورُ الْحِمَارُ بِالرَّحَى، فَيَجْتَمِعُ إِلَيْهِ أَهْلُ النَّارِ، فَيَقُولُونَ: يَا فُلَانُ مَا لَكَ؟ أَلَمْ تَكُنْ تَأْمُرُ بِالْمَعْرُوفِ، وَتَنْهَى عَنِ الْمُنْكَرِ؟ فَيَقُولُ: بَلَى، قَدْ كُنْتُ آمُرُ بِالْمَعْرُوفِ وَلَا آتِيهِ، وَأَنْهَى عَنِ الْمُنْكَرِ وَآتِيهِ».</t>
   </si>
   <si>
     <t>Usamə bin Zeyddən (Allah ondan razı olsun)  rəvayət edilir ki, ona  belə deyildi: “Osmanın yanına gedib onunla danışmayacaqsanmı?”  O dedi: "Siz elə düşünürsünüz ki, mən onunla danışdığım hər şeyi sizə eşitdirirəm (söyləyirəm)? Allaha and olsun ki, açmaq istəmədiyim məsələni ilk açanın özüm olmağımı istəmədiyim üçün onunla öz aramda danışdım və Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) bu sözlərini eşitdikdən  sonra mənim rəhbərim  olan heç kəsə - "O, insanların ən xeyirlisidir" sözünü söyləmirəm: "Qiyamət günü bir insan gətirilib oda atılacaq,  bağırsaqları qarnından  çıxacaq və o, eşşəyin dəyirman daşının ətrafında fırlandığı kimi onların ətrafında fırlanacaq və cəhənnəm əhli onun ətrafında toplanaraq deyəcəklər: Ey filankəs, sənə nə oldu? Sən xeyiri əmr edib, pislikdən  çəkindirmirdinmi? O, deyəcək: Bəli, mən yaxşı işlər görməyi əmr edirdim, amma onu özüm etmirdim, pis əməllərdən çəkindirirdim, lakin özüm onu edirdim".</t>
   </si>
   <si>
     <t>قيل لأسامة بن زيد رضي الله عنهما: ألا تدخل على عثمان بن عفان رضي الله عنه فتُكلِّمه فيما وقع من الفتنة بين الناس والسعي في إطفائها برمتها، فأبلغهم أنه كلمه سرًا طلبًا للمصلحة لا تهييجًا للفتنة، وغرضه أنه لا يريد المجاهرة بالإنكار على الأمراء في الملأ، فتكون سببًا للتطاول على الخليفة، وهو بابُ فتنةٍ وشر لا أكون أول من فتحه. 
 ثم قال أسامة رضي الله عنهما: بأنه ينصحُ الأمراءَ في السر ولا يداهن أحدًا ولو كان أميرًا، ولا يَتملَّق لهم فيمدحهم في وجوههم بالباطل، وذلك بعدما سمع من النبي صلى الله عليه وسلم أنه يؤتى يوم القيامة برجل، فيُلقى في النار، فتخرج أمعاؤه من بطنه خروجًا سريعًا من شدة الحر وشدة العذاب، فيدور بأمعائه على هذه الحالة في النار كدَوَرَان الحمار حول رَحَاه الذي هو حَجَر الطاحون، فيجتمع حولَه أهلُ النار على هيئة حلقة تحيط به، فيسألونه: يا فلان، ألستَ كنتَ تأمر بالمعروف وتنهى عن المنكر؟! 
 فيقول: إني كنت آمر بالمعروف ولا أفعلُه، وأنهى عن المنكر وأفعلُه.</t>
   </si>
   <si>
     <t>Usamə bin Zeydə (Allah ondan razı olsun) deyildi: Osman ibn Affanın (Allah ondan razı olsun) yanına getmirsənmi, onunla danışıb camaat arasında baş verən fitnəni söndürməyə çalışasan? O, isə onlara bildirdi ki, məsləhət gərəyi və fitnə oyatmamaq üçün onunla gizli danışıb. O, demək istəyirdi ki, insanların qarşısında hökmdarları açıq şəkildə tənqid etmək istəmir ki,  insanlar xəlifəyə qarşı həyasızlıq etməyə başlamasınlar və bu, fitnə və şər qapısıdır və o, bu qapını birinci açan kəs olmaq istəmirdi.
 Sonra Usamə (Allah ondan razı olsun) deyir ki, o, rəhbərlərə gizlində nəsihət edir və əmir olsa belə, heç kimə yaltaqlıq etmir, heç kimi, yaltaqlanaraq üzünə yalan sözlərlə tərifləmir. Bu da, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bu sözlərini eşitdikdən sonra belə olmuşdur: Bir insan Qiyamət günü gətirilib Cəhənnəmə atılacaq və  bağırsaqları istinin və əzabın şiddətindən tez bir zamanda qarnından çıxacaq  və o, dəyirman daşının ətrafında fırlanan eşşək kimi cəhənnəm odunda bağırsaqları ilə bu vəziyyətdə  fırlanacaq  və cəhənnəm əhli onun ətrafına bir dairə şəklində toplanacaq və ondan soruşacaqlar: Ey filankəs, məgər sən yaxşı işlər görməyi əmr edib, pis əməllərdən çəkindirmirdinmi?!
 O, deyəcək: Mən yaxşı işləri əmr edib, özüm isə onu etmirdim, pis işlərdən çəkindirib, özüm də onu edirdim.</t>
   </si>
   <si>
     <t>الأصلُ في النصح لولاة الأمور أن يكون فيما بينهم وبينه، وأن لا يتحدث به الإنسان بين عامة الناس.
 الوعيد الشديد لمن يخالف قولُه فعلَه.
 الأدب مع الأمراء والتلطف بهم، وأمرهم بالمعروف ونهيهم عن المنكر.
 ذم مداهنة الأمراء في الحق وإظهار ما يبطن خلافه كالمُتملِّق بالباطل.</t>
   </si>
   <si>
     <t>Rəhbərlərə nəsihət verməkdə əsas qayda odur ki, bu, onların arasında (nəsihət edənlə rəhbərin) olmalıdır və insan onu ümumi camaat arasında danışmamalıdır.
 Sözü əməlinə müxalif olana şiddətli xəbərdarlıq.
 Rəhbərlərə qarşı ədəbli olmaq, onlarla mülayim davranmaq, onlara yaxşılığı əmr edib, pislikdən çəkindirmək lazımdır.
 Haqda əmirlərə yaltaqlıq etməyin  və batil yolla onların qarşısında əyilənlər kimi ikiüzlülük etməyin qınanılması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3345</t>
   </si>
   <si>
-    <t>إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا</t>
+    <t>إني أبرأ إلى الله أن يكون لي منكم خليل فإن الله تعالى قد اتخذني خليلا كما اتخذ إبراهيم خليلا</t>
   </si>
   <si>
     <t>Mən aranızda sizlərdən birinin dostumun olmasından Allaha sığınıram. Çünki Uca Allah İbrahimi Özünə dost etdiyi kimi məni də Özünə dost etmişdir</t>
   </si>
   <si>
     <t>عن جندب رضي الله عنه قال: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ أَنْ يَمُوتَ بِخَمْسٍ وَهُوَ يَقُولُ «إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا، وَلَوْ كُنْتُ مُتَّخِذًا مِنْ أُمَّتِي خَلِيلًا لَاتَّخَذْتُ أَبَا بَكْرٍ خَلِيلًا! أَلَا وَإِنَّ مَنْ كَانَ قَبْلَكُمْ كَانُوا يَتَّخِذُونَ قُبُورَ أَنْبِيَائِهِمْ وَصَالِحِيهِمْ مَسَاجِدَ، أَلَا فَلَا تَتَّخِذُوا الْقُبُورَ مَسَاجِدَ! إِنِّي أَنْهَاكُمْ عَنْ ذَلِكَ».</t>
   </si>
   <si>
     <t>Cundəb -Allah ondan razı olsun- rəvayət edir ki, mən Peyğəmbərin -salləllahu aleyhi va səlləm- vəfat etməzdən beş gün öncə belə dediyini eşitdim: "Mən aranızda sizlərdən birinin dostumun olmasından Allaha sığınıram. Çünki Uca Allah İbrahimi Özünə dost etdiyi kimi məni də Özünə dost etmişdir. Əgər ümmətimdən birini özünə dost tutsaydım, əlbəttə ki, Əbu Bəkiri özümə dost tutardım. Agah olun ki, sizdən öncəkilər peyğəmbərlərinin və aralarındakı saleh kimsələrin qəbirlərini məscidlərə çevirdilər. Diqqət edin! Qəbirləri əsla məscidlərə çevirməyin. Mən sizi bundan çəkindirirəm".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مكانتِه عند الله تعالى، وأنها بَلَغتْ أعلى درجات المحبة، كما نالها إبراهيم عليه السلام، ولذلك نفى أن يكون له خليلٌ غيرُ الله؛ لأنَّ قلبه امتلأ من محبة الله تعالى وتعظيمه ومعرفته، فلا يَتَّسع لأحد غير الله، ولو كان له خليلٌ من الخلق لكان أبا بكر الصديق رضي الله عنه.
 ثم حَذَّر من مجاوزة الحد الجائز في المحبة كما فعلت اليهود والنصارى في قبور أنبيائهم وصالحيهم حتى صيّروها آلهة شركية تُعبَد من دون الله، وشَيَّدوا على قبورهم مساجد ومعابد، ونهى صلى الله عليه وسلم أمته أن يفعلوا مثل فعلهم.</t>
   </si>
   <si>
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- bu hədisdə Allah qatındakı dərəcəsini və həmçinin İbrahimin -aleyhissəlam- Allah qatında məhəbbətin ən yüksək dərəcələrinə çatdığı kimi, onun da məhəbbətin ən yüksək dərəcələrinə çatdığını xəbər vermişdir. Elə buna görə də özünün Allahdan başqa dostunun olmasını inkar etmişdir. Çünki qəlbi Uca Allaha olan məhəbbəti, Onu təzim etməsi və Onu tanıması ilə dolmuş və qəlbində Allahdan başqasına yer qalmamışdır. Əgər Peyğəmbər -salləllahu aleyhi va səlləm- insanlardan birini özünə dost tutsaydı, o zaman bu  Əbu Bəkir -Allah ondan razı olsun- olardı. Sonra Peyğəmbər -salləllahu aleyhi va səlləm- sevgidə həddi aşan yəhudi və xristianların etdikləri kimi peyğəmbərlərinin və aralarındakı saleh kimsələrin qəbirlərini ilahiləşdirərək oranı Allahdan başqa ibadət edilən yerlərə çevirməkdən və o qəbirlər üzərində məscidlər və ibadətgahlar bina etməkdən çəkindirmişdir. Peyğəmbər -salləllahu aleyhi va səlləm- ümmətinə yəhudi və xristianların etdikləri bu əməli qadağan etmişdir.</t>
   </si>
   <si>
     <t>فضل أبي بكر الصديق رضي الله عنه، وأنه أفضل الصحابة وأولى الناس بخلافة رسول الله صلى الله عليه وسلم بعد موته.
 بناء المساجد على القبور من منكرات الأمم السابقة.
 النهي عن اتخاذ القبور أمكنة للعبادة يُصلى عندها أو إليها ويُبنى عليها مساجد أو قبابٌ، حذرًا من الوقوع في الشرك بسبب ذلك.
 التحذير من الغلو في الصالحين لإفضائه إلى الشرك.
 خطورة ما حذَّر منه النبي صلى الله عليه وسلم حيث أكَّد عليه قبل موته بخمس ليال.</t>
   </si>
   <si>
     <t>Əbu Bəkir Siddiqin -Allah ondan razı olsun- fəziləti. O, səhabələrin ən fəzilətlisi və Peyğəmbərin -salləllahu aleyhi va səlləm- vəfatından sonra insanlar arasında xilafətə ən layiqli olanıdır.
 Qəbirlər üzərində məscidlərin bina edilməsi keçmiş ümmətlərdən qalan münkər əməllərdəndir.
 Qəbirləri ibadətgahlara çevirməyin, qəbirlər yanında və ya qəbirlərə tərəf namaz qılmağın yaxud qəbirlər üzərində məscidlər və ya qübbələr bina edilməsinin qadağan olma səbəbi insanları şirkə düşməkdən çəkindirmək üçündür.
 Şirkə apardığına görə saleh kimsələri təzim edərək həddi aşmaq qadağan olunmuşdur.
 Peyğəmbərin -salləllahu aleyhi va səlləm- vəfat etməzdən beş gün öncə ümmətini bu işdən təkrar olaraq çəkindirməsi bunun necə də təhlükəli bir iş olmasına dəlalət edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3347</t>
   </si>
   <si>
-    <t>كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ</t>
+    <t>كنت رجلا مذاء وكنت أستحيي أن أسأل النبي صلى الله عليه وسلم لمكان ابنته فأمرت المقداد بن الأسود فسأله فقال: يغسل ذكره ويتوضأ</t>
   </si>
   <si>
     <t>Məndən tez-tez məzi gələrdi və Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) qızı Fatiməyə (Allah ondan razı olsun) görə ondan bu haqda soruşmağa utanırdım. Miqdad bin Əl-Əsvəda dedim ki, o soruşsun. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Cinsiyyət üzvünü yusun və dəstəmaz alsın</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ».
 وَلِلبُخَاريِّ: فَقَالَ: «تَوَضَّأْ وَاغْسِلْ ذَكَرَكَ».</t>
   </si>
   <si>
     <t>Əlidən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Məndən tez-tez məzi gələrdi və Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) qızı Fatiməyə (Allah ondan razı olsun) görə ondan bu haqda soruşmağa utanırdım. Miqdad bin Əl-Əsvəda dedim ki, o soruşsun. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Cinsiyyət üzvünü yusun və dəstəmaz alsın". 
 Buxarinin qeyd etdiyi rəvayətdə isə: "Dəstəmaz al və cinsi orqanını yu" demişdir.</t>
   </si>
   <si>
     <t>أَخْبَرَ عليّ بن أبي طالب رضي الله عنه أنه كان كثيرًا ما يَخْرُجُ منه المَذي -وهو ماءٌ أبيض رقيق لَزِجٌ يَخرج مِن الذَّكَرِ عند الشهوة أو قبل الجماع-، 
 ولا يَعرف كيف يفعل مع خروجه، فاستحيا أن يسألَ النبيَّ صلى الله عليه وسلم؛ لأنه زوجُ فاطمة ابنة النبي صلى الله عليه وسلم، 
 فطلب من المقداد بن الأسود أن يسأل النبيَّ صلى الله عليه وسلم عن ذلك،
 فأجابه صلى الله عليه وسلم: بأن يَغسل ذَكَرَه ثم يتوضأ.</t>
   </si>
   <si>
     <t>Əli bin Əbu Talib (Allah ondan razı olsun) xəbər verir ki, tez-tez ondan məzi çıxardı, bu da şəhvət zamanı və ya cinsi əlaqədən öncə kişidə cinsi orqanından axan ağ nazik yapışqan mayedir. Nə edəcəyini bilmir və Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) soruşmağa utanır, çünki xanımı Fatimə (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) qızıdır. Buna görə Miqdad bin Əl-Əsvəddən xahiş edir ki, Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) bu haqda soruşsun. Allah Rəsulu da (Allahın salavatı və salamı onun üzərinə olsun)  cinsiyyət orqanını yumasını, sonra isə dəstəmaz almasını bildirir.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب رضي الله عنه، حيث لم يمنعه الحياء من ترك السؤال بواسطة.
 جواز الاستنابة في الاستفتاء. 
 جواز إخبار الإنسان عن نفسه بما يَستحي منه للمصلحة.
  نجاسة المَذيِ، ووجوب غسله من البدن والثوب.
  خروج المذي من نواقض الوضوء.
  وجوب غسل الذكر والخصيتين لوروده في حديث آخر.</t>
   </si>
   <si>
     <t>Əli bin Əbi Talibin (Allah ondan razı olsun) fəziləti, çünki onun həya etməsi, dolayı yolla olsa belə sual verməyə mane olmadı.
 Sual soruşmaq üçün digər şəxsdən xahiş etməyin caizliyi.
 Fayda üçün insanın özündə mövcud olan utandırıcı bir hal barədə xəbər verməsinin icazəli olması.
 Məzinin nəcis olması, bədənin və paltarın ondan yuyub təmizlənməsinin vacibliyi.
 Məzinin çıxması dəstəmazı pozan amillərdəndir.
 Başqa bir hədisdə qeyd olunduğu kimi, cinsi orqanının və xayaların yuyulması vacibdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3348</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ</t>
+    <t>لا تجعلوا بيوتكم قبورا، ولا تجعلوا قبري عيدا، وصلوا علي؛ فإن صلاتكم تبلغني حيث كنتم</t>
   </si>
   <si>
     <t>Evlərinizi qəbirsanlıqlara və mənim qəbrimi də ziyarətgaha çevirməyin, mənə salavat (salallahu aleyhi va səlləm) deyin, siz harada olsanız , dediyiniz salavatlar  mənə çatar</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ».</t>
   </si>
   <si>
     <t>Əbu Hureyrə -Allah ondan razı olsun- rəvayət edir ki, Peyğəmbər -salləllahu aleyhi va səlləm- belə demişdir: "Evlərinizi qəbirsanlıqlara və mənim qəbrimi də ziyarətgaha çevirməyin, mənə salavat (salallahu aleyhi va səlləm) deyin, siz harada olsanız , dediyiniz salavatlar  mənə çatar".</t>
   </si>
   <si>
     <t>يَنهى النبيُّ صلى الله عليه وسلم عن تعطيل البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ونهى عن تَكرار زيارة قبره والاجتماع عنده على وجهٍ معتاد؛ لأن ذلك وسيلةٌ إلى الشرك.
 وأمر بالصلاة والسلام عليه في أي مكان من الأرض؛ لأن ذلك يبلغه من القريب والبعيد على حدٍّ سواء، فلا حاجة إلى التردد إلى قبره.</t>
   </si>
   <si>
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- evlərdə namaz qılmağı tərk edib oranı  qəbirsanlıqlar kimi namaz qılınmayan yerə çevirməyi qadağan etmişdir. Peyğəmbər -salləllahu aleyhi va səlləm- həmçinin öz qəbrini adət halına salınaraq təkrar-təkrar ziyarət etməyi və qəbri yanında toplanmağı qadağan etmişdir, çünki bu şirkə bir vəsilədir. Peyğəmbər -salləllahu aleyhi va səlləm- müsəlman kimsəyə yer kürəsinin hansı tərəfində olmasından asılı olmayaraq, ona salavat deməyi əmr etmişdir, çünki deyilən salavatlar insanın yaxın və ya uzaq olmasından asılı olmayaraq ona eyni səviyyədə çatır.Məhz buna görə də onun qəbrini təkrar-təkrar ziyarət etməyə ehtiyac yoxdur.</t>
   </si>
   <si>
     <t>النهي عن تعطيل البيوت من عبادة الله تعالى.
 المنع من السفر لزيارة قبر النبي عليه الصلاة والسلام؛ لأنه أمر بالصلاة عليه وأخبر أنها تبلغه، وإنما تُشَدُّ الرحال لقصد المسجد والصلاة فيه.
 تحريم جعل زيارة قبر النبي صلى الله عليه وسلم عيدًا، بتكرير زيارته على وجه مخصوص في زمن مخصوص، وكذلك زيارة كل قبر.
 كرامة النبي صلى الله عليه وسلم على ربه، بمشروعية الصلاة والسلام عليه في كل زمان ومكان.
 حيث أن النهي عن الصلاة عند القبور قد تقرر عند الصحابة؛ لذا نهى النبي صلى الله عليه وسلم أن تجعل البيوت مثل المقابر لا يُصلى فيها.</t>
   </si>
   <si>
     <t>Evlərdə Allaha ibadət etməməyin qadağan olunması.
 Peyğəmbərin -salləllahu aleyhi va səlləm- qəbrini ziyarət etmək üçün səfərə çıxmaq qadağan olunmuşdur. Çünki Peyğəmbər -salləllahu aleyhi va səlləm- ona salavat deməyi əmr etmiş və harada olmasından asılı olmayaraq, deyilən salavatın ona çatacağını xəbər vermişdir. Ancaq Peyğəmbərin -salləllahu aleyhi va səlləm- məscidini ziyarət etmək və orada namaz qılmaq məqsədi ilə səfərə çıxıla bilər.
 Peyğəmbərin -salləllahu aleyhi va səlləm- qəbrinin müəyyən zamanlarda xüsusu bir qaydada təkrar-təkrar ziyarət edilərək bayram yerinə çevirməyin və həmçinin bu qaydada digər qəbirləri də ziyarət etməyin haram olması.
 Peyğəmbər -salləllahu aleyhi va səlləm- Rəbbi yanında hörmət sahibidir. Elə buna görə də Uca Allah Peyğəmbərə -salləllahu aleyhi va səlləm- hər bir zamanda və hər bir məkanda salavat deməyi dinin ayinlərindən etmişdir.
 Belə ki,qəbirlər yanında namaz qılmağın qadağan olması səhabələr tərəfindən qəbul olunmuşdur. Buna görə Peyğəmbər -salləllahu aleyhi va səlləm- qəbirsanlıqlarda namaz qılınmadığı kimi  evlərin də o hala gətirilməsini qadağan etmişdir.</t>
   </si>
   <si>
     <t>رواه أبو داود</t>
   </si>
   <si>
     <t>[Əbu Davud rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3350</t>
   </si>
   <si>
-    <t>لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ</t>
+    <t>لا تقولوا: ما شاء الله وشاء فلان، ولكن قولوا: ما شاء الله ثم شاء فلان</t>
   </si>
   <si>
     <t>Deməyin ki, Allah və filankəs istədiyi oldu , əksinə deyin ki, “Allah istədi sonra isə filankəs istədi oldu”</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ».</t>
   </si>
   <si>
     <t>Huzeyfə (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğunu rəvayət edir: Deməyin ki, Allah və filankəs istədiyi oldu , əksinə deyin ki, “Allah istədi sonra isə filankəs istədi oldu”.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أنْ يقولَ المسلمُ في كلامه: "ما شاء الله وشاء فلان"، 
 أو ما شاء الله وفلان؛ 
 وذلك لأنَّ مَشيئةَ الله وإرادتَه مُطْلَقَةٌ ولا يشاركه فيها أحد، 
 وفي استخدام الواو في العطف إشعارٌ بمشاركةِ أحدٍ مع الله والتسوية بينهما. 
 ولكن يقول: ما شاء الله، ثم شاء فلان، 
 فيجعل مشيئةَ العبدِ تابعةً لمشيئة الله بقول: "ثم" بدلًا من "و"، لأن "ثم" تفييد التعقيب والتراخي.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun)  müsəlmana: “Allah istədiyi oldu və filankəsin istədiyi oldu” söyləməyi qadağan etmişdir. "Və ya Allah və filankəsin istədiyi oldu;" deməyi də qadağan etmişdir. Çünki, Allahın istəyi qətidir, mütləqdir və bu istəkdə başqa kimsə iştirak etmir. Burada “vəv” hərfinin bağlayıcı kimi işlədilməsi, Allahın başqası ilə şərikliyinə və aralarındakı bərabərliyə işarə edir. Ona görə deməlidir: Allah istədiyi oldu, sonra filankəsin istədiyi. “Və” əvəzinə “sonra” deməklə qulun istədiyini Allahın istədiyinə tabe etdirir, çünki ərəb dilində “sonra”ardıcıllıq və sonralıq bildirir.</t>
   </si>
   <si>
     <t>تحريم قول: "ما شاء الله وشئت"، وما أشبه ذلك من الألفاظ مما فيه العطف على الله بالواو؛ لأنه من شرك الألفاظ والأقوال.
 جواز قول: "ما شاء الله ثم شئت"، وما أشبه ذلك مما فيه العطف على الله بثُمَّ؛ لانتفاء المحذور فيه.
 إثبات المشيئة لله، وإثبات المشيئة للعبد، وأن مشيئة العبد تابعة لمشيئة الله تعالى.
@@ -2920,712 +2921,712 @@
 إن اعتقد القائل أن مشيئة العبد كمشيئة الله جل وعلا مساوية لها في الشمول والإطلاق، أو أن العبد له مشيئة مستقلة فهو شرك أكبر، أما إن اعتقد أنه دونه؛ فهو شرك أصغر.</t>
   </si>
   <si>
     <t>“Allah istədiyi oldu və sən  istədiyin oldu” ifadəsinin içərisində  “və” birləşdirmə bağlayıcısı da olmaqla Allaha bərabərlik bildirən bu kimi ifadələrin haramlığı. Çünki bunlar şirk sözlər və ifadələrdir.
 "Allah istədiyi oldu, sonra sən istədiyin oldu" ifadəsinin içərisində Allah kəliməsinə  "sonra" zaman zərf bağlanmasının artırılması ilə birlikdə buna bənzər ifadələrin icazəli olması, çünki belə cümlə forması təhlükəli yanlış ifadənin qarşısını alır.
 Allahın istəyinin və qulun istəyinin isbatı və qulun istəyinin uca Allahın istəyinə tabe olması.
 Sözlə olsa belə, Allahın istəməsində məxluqun şərik  olmasının qadağan edilməsi.
 İzzət və cəlal sahibi olan Allahın istəməsiylə qulun istəməsinin mütləq olaraq bərabər olduğunu  və ya qulun  müstəqil istəyi olduğuna etiqad edərək söyləmək böyük şirkdir, lakin Allahın istəyindən aşağı olduğuna etiqad etmək kiçik şirkdir.</t>
   </si>
   <si>
     <t>صحيح بمجموع طرقه</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Rəvayət yollarının məcmusuyla səhih olan]</t>
   </si>
   <si>
     <t>[Əbu Davud,Ən-Nəsai Əl-Kubrada və Əhməd rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3352</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ</t>
+    <t>إن الله يغار، وإن المؤمن يغار، وغيرة الله أن يأتي المؤمن ما حرم عليه</t>
   </si>
   <si>
     <t>Həqiqətən Allah qısqanır və mömin qısqanır, Allahın qısqanclığı möminin haramlara əl atmasına görədir</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: قال رَسُولُ الله صلى الله عليه وسلم: «إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Həqiqətən Allah qısqanır və mömin qısqanır, Allahın qısqanclığı möminin haramlara əl atmasına görədir"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله يغار ويُبْغِضُ ويَكره، كما أن المؤمن يغار ويبغض ويكره، وأنَّ سببَ غيرةِ الله أنْ يأتيَ المؤمن ما حَرَّمَ الله عليه من الفواحش كالزنا واللواط والسرقة وشرب الخمر وغيرها من الفواحش.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, həqiqətən Allah qısqanır, kin bəsləyir, nifrət edir necə ki, mömin qısqanır, nifrət edir və kin bəsləyir. Allahın qısqanmasının səbəbi mömin tərəfindən, Allahın ona haram etdiyi  zina, homoseksuallıq, oğruluq, şərab içmək və digər çirkin əməlləri etməsidir.</t>
   </si>
   <si>
     <t>الحذر من غضب الله وعقوبته إذا انتُهِكت مَحارِمُه.</t>
   </si>
   <si>
     <t>Haramları aşıb, onlara qoyulan həddin pozulmasına görə Allahın qəzəbindən və cəzasından çəkinmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3354</t>
   </si>
   <si>
-    <t>لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ</t>
+    <t>لتتبعن سنن الذين من قبلكم، شبرا بشبر، وذراعا بذراع</t>
   </si>
   <si>
     <t>“Siz, özünüzdən əvvəlkilərin yolunu qarış-qarış, dirsək-dirsək izləyəcəksiniz</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ، حَتَّى لَوْ دَخَلُوا فِي جُحْرِ ضَبٍّ لَاتَّبَعْتُمُوهُمْ» قُلْنَا: يَا رَسُولَ اللهِ آلْيَهُودَ وَالنَّصَارَى؟ قَالَ: «فَمَنْ؟».</t>
   </si>
   <si>
     <t>Əbu Səid Əl-Xudridən (Allah ondan razı olsun) rəvayət edilir ki, Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: “Siz, özünüzdən əvvəlkilərin yolunu qarış-qarış, dirsək-dirsək izləyəcəksiniz. Hətta onlar kərtənkələ yuvasına girsələr belə, siz də onlara tabe olacaqsınız" Biz dedik: “Ey Allahın Rəsulu, Yəhudi və xaçpərəstlərin?” Dedi: “Bəs kimin?”</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم بما يكون عليه حال بعض أمته بعد زمانه، وهي متابعة طريقة اليهود والنصارى في عقائدهم وأفعالهم وعاداتهم وتقاليدهم متابعة دقيقة شديدة شبرًا بشبرٍ، وذراعًا بذراعٍ، حتى لو دخلوا جحر ضب لدخله هؤلاء وراءهم.</t>
   </si>
   <si>
     <t>Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) öz zamanından sonra ümmətindən bəzilərinin  halının necə olacağını, yəni yəhudi və xaçpərəstlərin əqidəsində, əməllərində, adət-ənənələrində tutduqları yolu  çox dəqiq bir şəkildə,qarış-qarış, dirsək-dirsək izləyəcəklərini, hətta onlar kərtənkələ yuvasına girsələr belə, bunların da oların arxasınca girəcəklərini xəbər verir.</t>
   </si>
   <si>
     <t>علمٌ من أعلام نبوَّته حيث أخبر بذلك قبل وقوعه فوقع كما أخبر.
 النهي عن تشبُّه المسلمين بالكفار، سواء في عقائدهم أو عباداتهم أو أعيادهم أو أزيائهم الخاصة بهم.
 توضيح الأشياء المعنوية بالأمثلة الحسية من أساليب التعليم في الإسلام.
 الضب: حيوان جحره شديد الظلمة نَتِنُ الريح، وهو من الزواحف يكثر في الصحاري، ووجه التخصيص بجحر الضب: شدة ضيقه ورداءته، ومع ذلك فإنهم -لاقتفائهم آثارهم واتباعهم طرائقهم- لو دخلوا في مثل هذا الضيق الرديء لوافقوهم! والله المستعان.</t>
   </si>
   <si>
     <t>Bu onun peyğəmbərliyinin əlamətlərindən bir əlamətdir. Belə ki, bu şey baş verməmişdən əvvəl bunu xəbər vermiş və xəbər verdiyi kimi də baş vermişdir.
 Müsəlmanların kafirlərə istər inanclarında, istər ibadətlərində, istər bayramlarında və istərsə də onlara xas geyimlərində  bənzəməyinin qadağan edilməsi.
 Mənəvi şeylərin maddi nümunələrlə izah edilməsi İslamda təlim (öyrətmək) metodlarından biridir.
 Kərtənkələ: yuvası çox qaranlıq olan və üfunət iyisi verən heyvandır. Bu, çöllərdə çox rast gəlinən bir sürünəndir. Hədisdə məhz onun yuvasının xüsusiləşdirilməsi səbəbi: onun yuvasının dar və çirkin olmasıdır . Bununla yanaşı, onların izi ilə  getdiklərinə və yollarına tabe olduqlarına görə, hətta belə çirkin dar yerə girsələr, yenə də onlara tabe olarlar! Allahdan yardım istəyirik.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3355</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ</t>
+    <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
     <t>Kim Allahdan başqasına and içərsə ya küfür edər ya da şərik qoşar</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>İbn Ömər -Allah ondan razı olsun- bir kişinin: Xeyr, Kəbəyə and olsun dediyini eşitdi. Bunu eşidən İbn Ömər -Allah ondan razı olsun- ona belə dedi: Allahdan başqasına and içilməz. Çünki mən, Peyğəmbərin -salləllahu aleyhi va səlləm- belə dediyini eşitdim: "Kim Allahdan başqasına and içərsə ya küfür edər ya da şərik qoşar".</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- bu hədisdə Uca Allahdan və Onun ad və sifətlərindən başqası adına and içən kimsənin Allaha küfür etdiyini yaxud Ona şərik qoşduğunu xəbər vermişdir. Çünki kişinin bir şeyə and içməsi, onun and içdiyi şeyi təzim etdiyinə görədir. Bütün təzim və böyüklük isə yalnız tək Allaha aiddir. Buna görə də yalnız Uca Allaha və Onun ad və sifətlərinə and içilər. Bu and kiçik şirkin bir növüdür. Lakin and içən kimsə Allahdan başqa and içdiyini Allahı təzim etdiyi kimi yaxud ondan daha çox təzimlə and içərsə, bu zaman onun bu andı böyük şirk növünə daxil olar.</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>And içərək təzim edilmək Uca Allahın haqqıdır. Yalnız Uca Allaha və ya Onun ad və sifətlərinə and içilər.
 Səhabənin yaxşılığı əmr edib pislikdən çəkindirməyə həris olması, xüsusən də münkər olan əməl şirk və ya küfür ilə əlaqəli olarsa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3359</t>
   </si>
   <si>
-    <t>لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ</t>
+    <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
   </si>
   <si>
     <t>Siz iman gətirməyincə cənnətə daxil olmazssızvə bir-birinizi sevməyincə də iman gətirmiş sayılmazsınız. Sizə elə bir şey deyimmi ki, onu etsəniz  bir-birinizi sevərsiz ? "Aranızda salamı yayın</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Siz iman gətirməyincə cənnətə daxil olmazssızvə bir-birinizi sevməyincə də iman gətirmiş sayılmazsınız. Sizə elə bir şey deyimmi ki, onu etsəniz  bir-birinizi sevərsiz ? "Aranızda salamı yayın."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لن يدخل الجنة إلا المؤمنون، ولا يكتمل الإيمان ولا يَصلُحُ حَالَ المجتمعِ المسلم حتى يُحِبَّ بعضُهم بعضًا. 
 ثم أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أفضلِ الأُمور التي بها تَعُمُّ المَحبةُ، وهي إفشاء السلام بين المسلمين، الذي جعله الله تحية لعباده.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Cənnətə yalnız möminlərin daxil olacağını, bir-birilərini sevməyincə də imanlarının kamil olmayacağını və nəticə etibarı ilə müsəlman toplumun islah olmayacağını açıqlamışdır. Beləliklə Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) müsəlmanlar arasında məhəbbətə səbəb ola biləcək ən faydalı əmələ, Allahın qulları üçün salamlaşma olaraq təyin etdiyi, salamı  yaymağa yönləndirdi.</t>
   </si>
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
 من كمال الإيمان أن يُحِبَّ المُسلمُ لأخيه ما يحب لنفسه.
 استحباب إفشاء السلام وبذله للمسلمين؛ لما فيه من نشر المحبة والأمان بين الناس.
 السلام لا يُلْقَى إلا على مسلم؛ لقوله -صلى الله عليه وسلم-: "بينكم".
 بذل السلام فيه رَفْعُ التقاطُعِ والتهاجر والشحناء.
 أهمية المحبة بين المسلمين وأنها من كمال الإيمان.
 جاء في حديث آخر أن صيغه السلام الكاملة: "السلام عليكم ورحمة الله وبركاته"، ويكفي: "السلام عليكم".</t>
   </si>
   <si>
     <t>Cənnətə yalnız imanla daxil olmaq mümkündür.
 Müsəlman özünə rəva bilib sevdiyini, qardaşı üçün də sevməsi imanın kamilliyindəndir.
 İnsanlar arasında sevgi və əminamanlığın genişlənməsi nöqteyi nəzərindən, salam vermək və müsəlmanları da ona təşviq etməyin müstəhəb olması.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) "aranızda" sözünə əsasən salam yalnız müsəlmana verilir.
 Salamı yaymaq -ayrılıq, bir-birini tərk etmə və düşmənçiliyi aradan qaldırır.
 Müsəlmanlar arasında sevginin əhəmiyyəti və imanın kamilliyinin bir parçası olması.
 Başqa bir hədisdə isə salamın tam forması: “Əssələmu aleykum va rahmətullahi va barakatuhu (Allahın salamı, rəhməti və bərəkəti üzərinizə olsun)" varid olmuşdur. “Əs-sələmu aleykum” da kifayət olan formasıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3361</t>
   </si>
   <si>
-    <t>أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ</t>
-[...2 lines deleted...]
-    <t>Hansı əməl Allaha daha sevimlidir? Buyurdu: "Vaxtında qılınan namaz" Dedi: "Sonra hansı?" Buyurdu: Valideynə yaxşılıq" Dedi: Sonra hansı?" Buyurdu: "Allah yolunda cihad"</t>
+    <t>أي العمل أحب إلى الله؟ قال: الصلاة على وقتها، قال: ثم أي؟ قال: ثم بر الوالدين قال: ثم أي؟ قال: الجهاد في سبيل الله</t>
+  </si>
+  <si>
+    <t>Hansı əməl Allaha daha sevimlidir? Buyurdu: "Vaxtında qılınan namaz" Dedi: "Sonra hansı?" Buyurdu: Valideynə yaxşılıq" Dedi: Sonra hansı?" Buyurdu: "Allah yolunda cihad</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بِن مَسْعُودٍ رضي الله عنه قَالَ: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ» قَالَ: حَدَّثَنِي بِهِنَّ، وَلَوِ اسْتَزَدْتُهُ لَزَادَنِي.</t>
   </si>
   <si>
     <t>Abdullah bin Məsudun (Allah ondan razı olsun) belə dediyi rəvayət edilir: Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşdum: Hansı əməl Allaha daha sevimlidir? Buyurdu: "Vaxtında qılınan namaz" Dedi: "Sonra hansı?" Buyurdu: Valideynə yaxşılıq" Dedi: Sonra hansı?" Buyurdu: "Allah yolunda cihad" Dedi: Allah Rəsulu mənə bunları söylədi. Əgər soruşmağa davam etsəydim, o da cavab verməyə davam edərdi.</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم: أيُّ العمل أحب إلى الله؟ 
 فقال: الصلاة المفروضة في وقتِها الذي حَدَّده الشارع، 
 ثم بر الوالدين، بالإحسان إليهما، والقيام بحقهما، وترك عقوقهما، 
 ثم الجهاد في سبيل الله، لإعلاء كلمة الله عز وجل، والدفاع عن دين الإسلام وأهله، وإظهار شعائره، وذلك بالنفس والمال.
 قال ابن مسعود رضي الله عنه: أخبرني بهذه الأعمال؛ ولو قلت له: ثم أي؟ لزادني.</t>
   </si>
   <si>
     <t>Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) soruşulur: Hansı əməl Allaha daha sevimldir? Buyurdu ki: "Şəriətin təyin etdiyi vaxtlarda fərz namazlarını qılmaq." Sonra valideynlərə yaxşılıq etmək, onlara münasibətdə mehriban olub ən gözəl tərzdə davranmaq, haqlarını ödəmək və onların üzünə ağ olmamaq. Sonra izzət və cəlal sahibi olan Allahın kəliməsini uca tutmaq, İslam dinini, əhlini, İslamın ayinlərini qorumaq üçün Allah yolunda cihad. Bu isə can və mal-dövlətlə olur.
 Və İbn Məsud (Allah ondan razı olsun) dedi: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) mənə bu əməllərdən xəbər verdi, əgər ona "sonra hansı" deyə sual versəydim, artırardı.(yəni növbəti əməlləri söylərdi.)</t>
   </si>
   <si>
     <t>تَفَاضُل الأعمال فيما بينها بحسب محبة الله لها.
 حثُّ المسلم على الحرص على الأعمال الأفضل فالأفضل.
 تَتَفاوَتُ إجاباتُ النبيِّ صلى الله عليه وسلم عن أفضل الأعمال بحسب اختلاف الأشخاص وأحوالهم، وما هو أكثر نفعًا لكل واحد منهم.</t>
   </si>
   <si>
     <t>Allahın əməllərə bəslədiyi sevgi nisbətinə görə, bu əməllərin bir-birindən fərqlənməsi.
 Müsəlmanı ən xeyirli əməllər etməyə həvəsləndirmək.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ən üstün əməllər haqqında verdiyi cavablar insanların fərqliliyinə, onların vəziyyətinə və onların hər biri üçün ən faydalı olanına görə dəyişir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3365</t>
   </si>
   <si>
-    <t>‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا</t>
+    <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>Münafiqlərə ən ağır gələn namaz, işa və fəcr namazlarıdır. Əgər onlar bu iki namazda olan savabı bilsəydilər, sürünərək də olsa bu namazlara gələrdilər</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Münafiqlərə ən ağır gələn namaz, işa və fəcr namazlarıdır. Əgər onlar bu iki namazda olan savabı bilsəydilər, sürünərək də olsa bu namazlara gələrdilər. Mən, namazın iqamə edilməsini, sonra da bir kişiyə camaata namaz qıldırmağı əmr etməyi daha sonra isə əllərində odun bağları olan kişilərlə birlikdə gedib, namaza gəlməyənlərin evlərini yandırmağı istədim".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) münafiqlərin, xüsusən də sübh və işa namazlarına gəlmə məsələsində tənbəl olmaları, əgər onlar müsəlmanlarla birlikdə camaatla namaz qılmanın əcr və savabını bilsəydilər, uşaqların əlləri və dizləri üzərində iməklədikləri kimi bu iki namaza gəlmələri barədə xəbər vermişdir.
-- Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) namazın qılınmasını əmr edib sonra öz yerinə bir kişiyə camaata namaz qıldırmağı tapşırmağı sonra isə əllərində odun bağları olan kişilərlə birlikdə gedib, camaat namazına gəlməyənlərin etdikləri günahın böyüküyündən dolayı evlərini yandırmağı istəmişdir. Lakin evlərdə qadınlar, məsum uşaqlar və diğər üzürlü və bu işdə günahı olmayan kimsələrin olması, Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) bunu etməsinə mane olmuşdur.</t>
+Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) namazın qılınmasını əmr edib sonra öz yerinə bir kişiyə camaata namaz qıldırmağı tapşırmağı sonra isə əllərində odun bağları olan kişilərlə birlikdə gedib, camaat namazına gəlməyənlərin etdikləri günahın böyüküyündən dolayı evlərini yandırmağı istəmişdir. Lakin evlərdə qadınlar, məsum uşaqlar və diğər üzürlü və bu işdə günahı olmayan kimsələrin olması, Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) bunu etməsinə mane olmuşdur.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>Məsciddə camaat namazına getməməyin təhlükəli olması.
 Münafiqlər, ibadətlərini, özlərini insanlara göstərmək və eşitdirməkdən başqa bir məqsədlə etməzlər. Onlar namazlara, insanlar onları gördükləri vaxtlarda gələrlər.
 Sübh və işa namazlarının camaatla birgə qılınmasındakı savabın böyüklüyü və iməkləyərək də olsa məscidə bu iki namazı qılmaq üçün gəlməyin əhəmiyyəti.
 Sübh və işa namazını camaatla birgə qılmağa həris olan kimsə nifaqdan uzaq olar. Bu namazlara gəlməmək isə münafiqlərin sifətlərindəndir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3366</t>
   </si>
   <si>
-    <t>هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا</t>
+    <t>هذا حجر رمي به في النار منذ سبعين خريفا، فهو يهوي في النار الآن حتى انتهى إلى قعرها</t>
   </si>
   <si>
     <t>“Bu, yetmiş payız (il) əvvəl cəhənnəmə atılmış bir daşdır və o, bu vaxta qədər düşürdü və dibinə indi çatdı”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كُنَّا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذْ سَمِعَ وَجْبَةً، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَدْرُونَ مَا هَذَا؟» قَالَ: قُلْنَا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) belə dediyi rəvayət edilir: Biz Allah Rəsulu ilə (Allahın salavatı və salamı onun üzərinə olsun) birlikdə idik ki, o yerə düşən bir şeyin səsini eşitdi və dedi: “Bilirsinizmi, bu nədir?” Biz dedik: “Allah və Rəsulu daha yaxşı bilir” Dedi: “Bu, yetmiş payız (il) əvvəl cəhənnəmə atılmış bir daşdır və o, bu vaxta qədər düşürdü və dibinə indi çatdı”.</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم صوتًا مُزْعِجًا كسقوطِ جسمٍ من الأجسام، فسأل مَن عنده من الصحابة رضي الله عنهم عن ذلك الصوت، فقالوا: الله ورسوله أعلم.
 فقال لهم صلى الله عليه وسلم: إنَّ هذا الصوت الذي سمعتموه هو لحَجَرٍ رُمي به من شَفِيْر جهنم منذ سبعين عامًا، فهو يهوي ويسقط فيها، حتى انتهى إلى قَعرِها الآن حين سمعتم الصوت.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) cisimlərdən bir cismin düşməsi kimi qorxunc bir səs eşitdi və yanında olan səhabələrdən (Allah onlardan razı olsun) bu səs haqqında soruşdu və onlar dedilər: Allah və Rəsulu daha yaxşı bilir.
 O (Allahın salavatı və salamı onun üzərinə olsun) onlara dedi: Eşitdiyiniz bu səs yetmiş il əvvəl Cəhənnəmin kənarından atılmış bir daşın səsidir, o orada düşməyə davam edirdi ki, indi səsi eşitdiyiniz zaman cəhənnəmin dibinə çatdı.</t>
   </si>
   <si>
     <t>الحث على الاستعداد لليوم الآخر بالعمل الصالح، والتحذير من جهنم.
 استحباب إسناد العلم إلى الله تعالى فيما لا علم للإنسان به.
 إثارة المعلّم الاهتمام والانتباه قبل البيان؛ ليكون أدعى إلى الإفهام.</t>
   </si>
   <si>
     <t>Saleh əməllər işləməklə Qiyamət gününə hazırlaşmağa təşviq etmək və cəhənnəmdən çəkindirmək.
 İnsanın bilmədiyi şeylər barəsində elmin Uca Allaha nisbət edilməsinin bəyənilən olması.
 Daha yaxşı başa düşülən olması üçün müəllimin, izah etməzdən əvvəl  tələbələrinin maraq və diqqətini oyatması;</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3370</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ</t>
+    <t>أن رجلا أكل عند رسول الله صلى الله عليه وسلم بشماله، فقال: كل بيمينك، قال: لا أستطيع، قال: لا استطعت</t>
   </si>
   <si>
     <t>Bir kişi Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ilə bir süfrə arxasında sol əli ilə yemək yeyirdi, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun): “Sağ əlinlə ye”- dedi. O isə "Bacarmıram" deyə cavab verdi. Dedi: "Heç bacarmayasan</t>
   </si>
   <si>
     <t>عَنْ سَلَمَةَ بْنِ الْأَكْوَعِ رضي الله عنه: أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ»، مَا مَنَعَهُ إِلَّا الْكِبْرُ، قَالَ: فَمَا رَفَعَهَا إِلَى فِيهِ.</t>
   </si>
   <si>
     <t>Sələmə bin Əl-Əkvadən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Bir kişi Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ilə bir süfrə arxasında sol əli ilə yemək yeyirdi, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun): “Sağ əlinlə ye”- dedi. O isə "Bacarmıram" deyə cavab verdi. Dedi: "Heç bacarmayasan.", bunu etməyə onun təkəbbürlüyü mane oldu. Buyurdu ki: Sağ əlini bir daha ağzına apara bilmədi.</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم رجلًا يَأكلُ بيدِه الشمال، فأَمَرَه أن يَأكلَ بيدِه اليمنى، 
 فأجابه الرجل تَكَبُّرًا وكَذِبًا بأنه لا يستطيع! 
 فدعا عليه النبيُّ صلى الله عليه وسلم أن يُحْرَمَ الأكلَ باليمين، 
 فأجاب الله دعوةَ نبيِّه بأنْ شُلَّتْ يَمينُه، فلم يرفعْها إلى فمِهِ بعد ذلك بطعام أو شراب.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bir kişinin sol əli ilə yemək yediyini görüb, ona sağ əli ilə yeməyi əmr etdi. Kişi isə ona yalan olaraq və təkəbbürlük edərək bacarmadığını cavab verdi. Peyğəmbər(Allahın salavatı və salamı onun üzərinə olsun) ona bəd dua etdi ki, sağ əliylə yeməkdən məhrum olsun. Allah Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) duasına cavab verərək adamın sağ əlini iflic etdi, ona görə də bir daha sağ əlini yemək və ya içmək üçün ağzına qaldıra bilmədi.</t>
   </si>
   <si>
     <t>وجوب الأكل باليمين، وحرمة الأكل بالشمال.
 الاستكبار عن تطبيق الأحكام الشرعية يستحق فاعلُه العقوبةَ.
 إكرام الله لنبيه محمد صلى الله عليه وسلم بإجابة دعوته.
 مشروعية الأمر بالمعروف والنهي عن المنكر على كل حالٍ حتى في حالِ الأكل.</t>
   </si>
   <si>
     <t>Sağ əl ilə yeməyin vacibliyi və sol əl ilə yeməyin haramlılığı.
 Şəriət hökmlərinin icrasından təkəbbürlük edən kəs cəzaya layiqdir.
 Duasına cavab verməklə Allahın öz Peyğəmbəri Muhəmmədin (Allahın salavatı və salamı onun üzərinə olsun) duasını qəbul etməklə ona verdiyi dəyər.
 Bütün hallarda-hətta yemək əsnasında olsa belə-xeyir işləri əmr etmək və qadağanlardan çəkindirmənin zəruriliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3372</t>
   </si>
   <si>
-    <t>مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا</t>
+    <t>من دعا إلى هدى كان له من الأجر مثل أجور من تبعه، لا ينقص ذلك من أجورهم شيئا</t>
   </si>
   <si>
     <t>Kim doğru yola dəvət edərsə, o kəs, arxasınca gedənlərin savabı qədər savab qazanar və bu onların savablarından heç nəyi əksiltməz</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا، وَمَنْ دَعَا إِلَى ضَلَالَةٍ كَانَ عَلَيْهِ مِنَ الْإِثْمِ مِثْلُ آثَامِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ آثَامِهِمْ شَيْئًا».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: "Kim doğru yola dəvət edərsə, o kəs, arxasınca gedənlərin savabı qədər savab qazanar və bu onların savablarından heç nəyi əksiltməz, kim də zəlalətə dəvət edərsə, onun arxasınca gedənlərin günahı qədər günah qazanar və bu onların günahından heç nəyi əksiltməz."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن أَرشَدَ وَدَلَّ وحَضَّ الناسَ على طريقٍ فيه حقٌّ وخيرٌ بقولٍ أو فعلٍ كان له مِثْلُ أجرِ مَن تَبِعَه دون أنْ ينقص ذلك من أجر التابع شيئًا. 
 ومَن أَرشَدَ ودَلَّ الناسَ إلى طريقِ باطلٍ وشرٍّ فيه ذنب وخطيئة أو أمر لا يَحِلّ، بقول أو فعل، كان عليه مِثْلُ وِزْرِ وإِثمِ مَن تَبِعَه مِن غير أن ينقص ذلك من آثامِهِم شيئًا.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) açıq-aydın bildirmişdir ki, kim insanları söz və ya əməllə, haqq və xeyir yoluna irşad etsə, yönəltsə və təşviq etsə, mükafatı, ona tabe olan kəslərin mükafatı qədər olacaq və buna görə ona tabe olanların mükafatından heç bir şey azalmayacaq. Kim insanları söz və ya əməllə, batil yola, günah, şərr və ya  haram bir işə yönəltsə, ona tabe olanların günahı qədər günah qazanacaq və ona tabe olanların günahlarından da heçnə əksilməyəcək.</t>
   </si>
   <si>
     <t>فضل الدعوة إلى الهدى، قليلًا كان أو كثيرًا، وأنَّ الدّاعي له مِثلُ أجر العامل، وذلك من عظيم فضل الله وكمال كرمه.
 خطورة الدعوة إلى الضلال، قليلًا كان أو كثيرًا، وأنّ الداعي عليه مِثل وِزْر العامل.
 الجزاء من جنس العمل، فمن دعا إلى الخير كان له مثل أجر فاعله، ومن دعا إلى الشر كان عليه مثل وزر فاعله.
 على المسلم أن يَحذَرَ مَن أن يُقتَدَى به بمجاهرته بالمعصية والناس يَرونه، فإنه يأثم بِمَن قَلَّدَه ولو لم يَحُثَّه على ذلك.</t>
   </si>
   <si>
     <t>İstər az olsun, istərsə də çox- doğru yola dəvətin fəziləti və dəvət edənin mükafatı, əməl edənin əldə etdiyi mükafat qədər, eynilə həmin mükafata sahib olması. Bu da Allahın böyük lütfündən və səxavətinin kamilliyindəndir.
 Zəlalətə çağırışın istər az, istərsə də çox olması təhlükəlidir və bu yola çağıran da o əməli edən qədər günah qazanar.
 Əməlin mükafatı və yaxud cəzası, onun növündəndir, kim xeyirə dəvət edərsə, bu xeyirə əməl edənin mükafatı qədər savab qazanar. Kim isə şərr əməllərə dəvət edərsə, bu əməli törədənin günahı qədər günah qazanar.
 Müsəlman, insanların gözü önündə günah işlərdə nümunə olmaqdan çəkinməlidir, çünki onu özünə örnək götürən insanları günaha təşviq etməsə belə onların törətdiyi günahlara görə də günah daşıyır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3373</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ</t>
+    <t>إن من شرار الناس من تدركه الساعة وهم أحياء، ومن يتخذ القبور مساجد</t>
   </si>
   <si>
     <t>Həqiqətən insanların ən yaramazı Qiyamətin qopacağı an hələ də həyatda olanlar və qəbirləri məscidlərə çevirənlərdir</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بن مسعودٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Abdullah bin Məsuddan (Allah ondan razı olsun) belə dediyi rəvayət edilir: “Mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: Həqiqətən insanların ən yaramazı Qiyamətin qopacağı an hələ də həyatda olanlar və qəbirləri məscidlərə çevirənlərdir.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن شِرَار الناس، وأنهم مَن تقومُ الساعةُ عليهم وهم أحياءٌ، والذين يتَّخذون القبور مساجد، يُصَلُّون عندها وإليها.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ən pis insanlardan - Qiyamətin qopacağı an hələ də həyatda olan kəslərdən, qəbirlər olan yerləri məscid kimi istifadə edənlərdən, qəbirlərin yanında və onlara tərəf namaz qılanlardan xəbər verir.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القبور؛ لأنه وسيلةٌ إلى الشرك.
 تحريم الصلاة عند القبور ولو بدون بناء؛ لأن المسجد اسم لما يسجد فيه ولو لم يكن فيه بناء.
 مَن اتخذ قبورَ الصالحين مساجدَ للصلاة فيها فهو من شرار الخلق، وإنْ زعم أنَّ قصدَه التقرُّبُ إلى الله تعالى.</t>
   </si>
   <si>
     <t>Qəbirlər üzərində məscid tikməyin haramlığı, çünki şirkə aparan vasitədir.
 Tikili olmasa belə qəbirlər yanında namaz qılmağın haramlığı, çünki məscid səcdə edilən yerin adıdır, hətta tikili olmasa belə.
 Kim salehlərin qəbirlərini namaz qılınan məkan kimi istifadə edib, bununla uca Allaha yaxınlaşmaq məqsədini iddia edərsə, o insanların ən şərlisidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3375</t>
   </si>
   <si>
-    <t>إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ</t>
+    <t>إن أخوف ما أخاف عليكم الشرك الأصغر قالوا: وما الشرك الأصغر يا رسول الله؟ قال: الرياء</t>
   </si>
   <si>
     <t>Sizin üçün ən çox qorxduğum kiçik şirkdir" Dedilər: Kiçik şirk nədir, ey Allahın Rəsulu? Belə buyurdu: “Riya</t>
   </si>
   <si>
     <t>عَنْ مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ، يَقُولُ اللهُ عز وجل لَهُمْ يَوْمَ الْقِيَامَةِ إِذَا جُزِيَ النَّاسُ بِأَعْمَالِهِمْ: اذْهَبُوا إِلَى الَّذِينَ كُنْتُمْ تُرَاؤُونَ فِي الدُّنْيَا، فَانْظُرُوا هَلْ تَجِدُونَ عِنْدَهُمْ جَزَاءً؟».</t>
   </si>
   <si>
     <t>Mahmud bin Ləbiddən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Sizin üçün ən çox qorxduğum kiçik şirkdir" Dedilər: Kiçik şirk nədir, ey Allahın Rəsulu? Belə buyurdu: “Riya. İzzət və cəlal sahibi olan Allah Qiyamət günü, insanların əməllərinin qarşılığı veriləcəyi zaman onlara deyəcək: “Dünya həyatında özünüzü  göstərdiyiniz insanların yanına gedin və baxın görün özünüz üçün onlarda bir mükafat tapırsınızmı?</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أكثرَ شيءٍ يَخافُه على أُمّتِه: الشرك الأصغر وهو: الرياء؛ بأنْ يعمل من أجل الناس. 
 ثم أخبر عن عقوبةِ المرائين يوم القيامة بأنْ يقال لهم: اذهبوا إلى مَن كنتم تعملون لأجلهم، فانظروا هل يملكون إثابتَكم ومَنْحَ الأجرِ لكم على ذلك العمل؟!</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, ümməti üçün ən çox qorxduğu məsələ, kiçik şirkdir ki, bu da riyadır- yəni adam insanlar üçün əməl edir. Sonra Qiyamət günü riyakarların cəzasından xəbər verir ki, onlara deyiləcək: Könüllərini almaq üçün çalışdığınız insanların yanına gedin və baxın görün, onlar sizi mükafatlandırmaq iqtidarındadılarmı?!</t>
   </si>
   <si>
     <t>وجوب إخلاص العمل لله عز وجل، والحَذَر من الرياء.
 شدة شفقتِه صلى الله عليه وسلم على أمته وحرصه على هدايتِهم ونصحه لهم.
 إذا كان هذا خوفُه صلى الله عليه وسلم وهو يُخاطب الصحابةَ وهم ساداتُ الصالحين فالخوفُ على مَن بعدهم أشدّ.</t>
   </si>
   <si>
     <t>İzzət və cəlal sahibi olan Allah üçün ixlasla əməl etmənin və riyadan çəkinmənin vacibliyi
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) ümmətinə olan şəfqəti, onların hidayətinə olan hərisliyi və onlara nəsihəti.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) qorxu və narahatlığı salehlərin ən hörmətliləri olan səhabələrinə görə idisə, onlardan sonra gələn nəsillər üçün bu qorxu və narahatlıq daha şiddətlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3381</t>
   </si>
   <si>
-    <t>الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ</t>
+    <t>الطيرة شرك، الطيرة شرك، الطيرة شرك، ثلاثا، وما منا إلا، ولكن الله عز وجل يذهبه بالتوكل</t>
   </si>
   <si>
     <t>( Bədbinlik etiqadı ilə) "Quş uçurmaq şirkdir"-üç dəfə təkrarladı-bizdən hər birimizin ağlına belə bir fikir gələ bilər, lakin izzət  və cəlal sahibi olan Allah onu bizim qəlblərimizdən təvəkkül etməklə uzaqlaşdırır</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسعودٍ رضي الله عنه عن رَسولِ اللهِ صلى الله عليه وسلم قال: «الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ.</t>
   </si>
   <si>
     <t>Abdullah bin Məsuddan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: ( Bədbinlik etiqadı ilə) "Quş uçurmaq şirkdir"-üç dəfə təkrarladı-bizdən hər birimizin ağlına belə bir fikir gələ bilər, lakin izzət  və cəlal sahibi olan Allah onu bizim qəlblərimizdən təvəkkül etməklə uzaqlaşdırır.</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الطيرة وهي التشاؤُمُ مِن أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك، 
 وإنما ذَكَرَ الطَّيْرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشُّروع في عملٍ مِن سَفَرٍ أو تجارة أو غير ذلك، فإنْ طار جهة اليمين تَفاءَلَ ومَضى لِمَا يُريد، وإن طار جهة الشمال تشاءَمَ وكَفَّ عمّا يُريد. 
 وأخبر بأنها شرك، وإنما كان التشاؤم شركًا؛ لأنه لا يأتي بالخير إلا الله ولا يَدفع الشر إلا الله وحده لا شريك له.
 وذَكَرَ ابنُ مسعود رضي الله عنه أنه قد يقع في قلب المسلم شيءٌ من التشاؤم، ولكنْ عليه أن يَدفعَه بالتوكل على الله، مع فعل الأسباب.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bədbinlik niyyəti ilə quş uçurmaqdan, bu məqsədlə istər eşidilən, istərsə də gözlə görünən quşlar, heyvanlar, əlillər, rəqəmlər, günlər və sairə bu kimi növ vasitələrdən istifadə etməklə bədbinlik gözləməkdən çəkindirmişdir. O, burada məhz quşu qeyd etdi, çünki cahiliyyə dövründə- islamdan əvvəl quş uçurtmaq məşhur idi. Səyahətə, ticarətə və ya başqa işlərə başlarkən quş uçurulardı, əgər sağa uçarsa, şəxs nikbin olardı və işinə davam edərdi, yox əgər quş sola uçardısa, insan bədbin olar və niyyətindən əl çəkərdi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bunun şirk olduğunu xəbər verir, çünki xeyir yalnız Allahdandır, şərri də yalnız şəriki olmayan, tək olan Allah dəf edər.
 İbn Məsud (Allah ondan razı olsun) qeyd edir ki, bəzən müsəlmanın qəlbində bədbinlik düşüncəsi yer ala bilər, lakin müsəlman səbəbləri tətbiq etməklə Allaha təvəkkül edib, həmin düşüncələrin qarşısını almalıdır.</t>
   </si>
   <si>
     <t>الطيرة شركٌ؛ لأن فيها تَعَلُّقَ القلب على غير الله.
 أهمية تكرار المسائل المهمة، لتُحفظَ وتَستَقر في القلوب.
 الطيرة يُذْهِبُها التوكّلُ على الله تعالى.
 الأمر بالتوكل على الله وحده وتعلق القلب به سبحانه.</t>
   </si>
   <si>
     <t>Quş uçurmaq şirkdir, çünki bu əməldə qəlbin Allahdan başqasına bağlılığı vardır.
 Mühüm məsələlərin yadda qalması və qəlbdə qərar tutması üçün  təkrarlanmasının əhəmiyyəti.
 Bədbinlik uca Allaha təvəkkül etməklə aradan qaldırılır.
 Yalnız Allaha təvəkkül etmək və qəlbin Ona bağlılığın əmr edilməsi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3383</t>
   </si>
   <si>
-    <t>فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ</t>
+    <t>فقلنا: أنت سيدنا، فقال: السيد الله، قلنا: وأفضلنا فضلا، وأعظمنا طولا، فقال: قولوا بقولكم، أو بعض قولكم، ولا يستجرينكم الشيطان</t>
   </si>
   <si>
     <t>(Yanına çatdıqda) dedik: “Sən bizim seyyidimizsən.” Dedi: “Seyyid Allahdır”. Biz dedik: "Sən bizim ən fəzilətlimiz və ən böyüyümüzsən". O, dedi: “Öz sözlərinizlə danışın, şeytan sizi (tərifdə həddi aşmağa) sürükləməsin</t>
   </si>
   <si>
     <t>عَن عَبدِ الله بنِ الشِّخِّير رضي الله عنه قَالَ: انْطَلَقْتُ في وَفدِ بَنِي عَامِرٍ إِلى رَسُولِ الله صلى الله عليه وسلم، فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ».</t>
   </si>
   <si>
     <t>Abdullah bin Əş-Şixxirdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Bəni-Amir heyəti ilə Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) hüzuruna yola düşdüm. (Yanına çatdıqda) dedik: “Sən bizim seyyidimizsən.” Dedi: “Seyyid Allahdır”. Biz dedik: "Sən bizim ən fəzilətlimiz və ən böyüyümüzsən". O, dedi: “Öz sözlərinizlə danışın, şeytan sizi (tərifdə həddi aşmağa) sürükləməsin.</t>
   </si>
   <si>
     <t>جاءَ جماعةٌ إلى النبيِّ صلى الله عليه وسلم، فلمّا وَصَلَوا إليه قالوا -مَادِحِين له- بعضَ الكلمات التي كَرِهَها صلى الله عليه وسلم، 
 فقالوا: "أنت سيدُنا"، 
 فقال لهم صلى الله عليه وسلم: 
 "السيدُ الله" 
 فله السُّؤْدَدُ التامُّ على خلقِهِ وهم عبيدُهُ. 
 وقالوا: أنت "أَفْضَلُنا فَضْلًا" وأعلانا رُتبةً وشرفًا ومزيةً. 
 وأنت "أعظَمُنا طَوْلًا" وأكثرنا عطاءً وعُلوًّا ورفعةً. 
 ثم أرشدَهم النبيُّ صلى الله عليه وسلم أن يقولوا قولهم المعتاد ولا يتكلَّفوا الألفاظ، وألَّا يَجُرَّهم الشيطان إلى الغلو والإطراء الذي يُوقِع فيما حُرِّم من الشرك ووسائله.</t>
   </si>
   <si>
     <t>Bir dəstə Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəlib ona çatdıqda - onu tərifləyərək- xoşuna gəlmədiyi bəzi sözlər dedilər.
 ​ "Sən bizim seyyidimizsən"-dedilər. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) onlara dedi: "Seyyid-Allahdır" O, yaratdıqları üzərində tam hökmranlığa malikdir və onlar Onun qullarıdır.
 ​ Dedilər: Sən "bizim ən fəzilətlimiz” və dərəcə, şərəf və fərqlənmə baxımından ən üstünümüzsən. Sən bizim ən böyüyümüz, ən səxavətlimiz, ən uca və yüksək olanımızsan. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onları adətən dedikləri kəlimələri söyləmələrinə, əlavə mükəlləfiyyətə-yük altına girməmələrinə, şeytanın onları şirk və onun vasitələrinə  aparan mübaliğə (şişirtmə) və tərifləməyə sürükləməməsinə yönətdi.</t>
   </si>
   <si>
     <t>عظم قدر النبي صلى الله عليه وسلم في نفوس أصحابه واحترامهم له.
 النهي عن التكلّف في الألفاظ، والاقتصاد في المقال.
 حماية التوحيد عما يُخِلُّ به من الأقوال والأعمال.
 النهي عن الغلو في المدح، فهو من مداخل الشيطان.
 النبي صلى الله عليه وسلم هو سيِّدُ ولد آدم، وما جاء في الحديث هو من باب التواضع، ومن باب الخوف عليهم أن يغلو فيه.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) sahabələrinin qəlblərində olan böyük dəyəri və ona olan hörmətləri.
 Söz danışarkən əlavə mükəlləfiyyətdən (insanın özünü yükləməsindən) çəkinmək və söz söylədikdə qısa danışmaq.
 Tövhidi, onu pozan söz və əməllərdən qorumaq.
 Tərifdə həddi aşmağın qadağan edilməsi, çünki, bu şeytanın giriş qapılarındandır.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Adəm övladının seyyididir. Hədisdə qeyd olunanlar isə onun təvazökarlıqdan irəli gəlir və insanların bu işdə həddi aşmalarından qorxulduğu üçündür.
 ​</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
     <t>[Əbu Davud, Əhməd rəvayət ediblər]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3389</t>
   </si>
   <si>
-    <t>إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ</t>
+    <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>Sən  kitap əhli olan bir qövmə gedəcəksən. Onların yanına getdikdə, onları Allahdan başqa haqq bir ilah olmadığına, Muhammədin də Onun Rəsulu olduğuna şəhadət etməyə dəvət et</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
     <t>İbn Abbasdan -Allah ondan və atasından razı olsun- rəvayət edilən bir hədisdə o belə demişdir: Rəsulullah -salləllahu aleyhi va səlləm- Muaz bin Cəbəli Yəmənə göndərdiyi zaman ona belə buyurdu: "Sən  kitap əhli olan bir qövmə gedəcəksən. Onların yanına getdikdə, onları Allahdan başqa haqq bir ilah olmadığına, Muhammədin də Onun Rəsulu olduğuna şəhadət etməyə dəvət et. Əgər onlar bu işdə sənə tabe olsalar, Allahın onlara gün ərzində beş vaxt namaz qılmağı əmr etdiyini bildir. Əgər onlar bu işdə sənə tabe olsalar, onlara zənginlərdən alınıb fəqirlərə veriləcək olan zəkatı da fərz etdiyini bildir. Əgər onlar bu işdə də sənə tabe olsalar, bu zaman mallarının ən yaxşısını almaqdan çəkin! Məzlumun duasından qorx! Çünki məzlumun duası ilə Allah arasında heç bir pərdə yoxdur".</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
     <t>Allah Rəsulu -salləllahu aleyhi va səlləm- Muaz bin Cəbəli - Allah ondan razı olsun - Yəmənə Allahın dininə dəvət edən və  müəllim olaraq göndərdiyi zaman xristian bir qövmlə qarşılaşacağını və onlara qarşı hazırlıqlı olmasını söyləmişdir. Sonra da onları ən önəmli olan xüsusdan başlayaraq dəvət etməsini nəsihət etmişdir. Allahdan başqa haqq bir ilah olmadığına, Muhammədin -salləllahu aleyhi va səlləm- də Onun Rəsulu olduğuna şahidlik edərək öncəliklə onların əqidələrini islah etməyə dəvət etmişdir. Çünki onlar, İslama şəhadət kəlməsini tələffüz edərək daxil olarlar. Əgər bunu qəbul edərlərsə,namaz qılmalarını onlara əmr et, çünki namaz tövhiddən sonra ən əzəmətli fərzdir. Əgər onlar namaz qılmağı qəbul edərlərsə, zənginlərinə mallarının zəkatını  yoxsullara vermələrini əmr etmişdir. Sonra Allah Rəsulu -salləllahu aleyhi va səlləm- Muaz bin Cəbəli -Allah ondan razı olsun - zəkat olaraq onların mallarının ən yaxşısını götürməsindən çəkindirmişdir. Çünki fərz olan orta keyfiyyətdə olan mallardan zəkatın verilməsidir. Sonra Rəsulullah -salləllahu aleyhi va səlləm- Muaz bin Cəbələ - Allah ondan razı olsun - məzlumun ona bəd dua etməməsi üçün zülmdən çəkinməyi nəsihət etmişdir. Çünki məzlumun duası geri çevrilməz.</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
 مخاطبة العالِم ومَن لديه شُبهات ليست كمخاطبة الجاهل؛ لذا نَبَّه معاذًا بقوله: "إنك تأتي قومًا أهل كتاب".
 أهمية أن يكون المسلم على بصيرة من دينه؛ ليَتَخلَّص من شُبهات المشبِّهين، وذلك بطلب العلم.
 بطلان دين اليهود والنصارى بعد بعثة الرسول صلى الله عليه وسلم، وأنهم ليسوا من أهل النجاة يوم القيامة حتى يدخلوا في دين الإسلام، ويؤمنوا بالنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Lə iləhə illəllah şəhadətinin mənası Allahı ibadətdə təkləşdirmək və Ondan başqasına ibadət etməyi tərk etməkdir.
 Muhammədin -salləllahu aleyhi va səlləm- Allahın Rəsulu olduğuna şəhadət etmənin mənası isə ona və onun gətirdiklərinə iman edib təsdiqləmək və onun bəşəriyyətə göndərilən Allahın son Rəsulu olduğunu təsdiq  etməkdir.
 Məlumatlı və şübhə içində olan kimsələrə xitab etmək cahil kəslərə xitab etmək kimi eyni deyildir. Buna görə də Allah Rəsulu -salləllahu aleyhi va səlləm- Muaz bin Cəbələ: "Sən kitab əhli olan bir qövmə gedirsən". deyərək onu xəbərdar etmişdir.
 Müsəlmanın şübhə sahiblərinin şübhələrindən xilas olması üçün dinində bəsirət sahibi olması önəmlidir. Bu da ancaq elm tələb etməklə mümkündür.
 Allah Rəsulunun -salləllahu aleyhi va səlləm- peyğəmbər olaraq göndərilməsindən sonra yəhudi və xristian dininin batil hesab olunmuşdur.Kitab əhli İslamı qəbul etmədikləri və Peyğəmbərə -salləllahu aleyhi va səlləm- iman gətirmədikləri müddətcə, qiyamət günü qurtuluş əhlindən olmayacaqlar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3390</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ</t>
+    <t>أيها الناس، إياكم والغلو في الدين، فإنما أهلك من كان قبلكم الغلو في الدين</t>
   </si>
   <si>
     <t>“Ey insanlar, dində həddi aşmaqdan çəkinin, həqiqətən də sizdən əvvəlkiləri dində həddi aşmaqları məhv etdi”</t>
   </si>
   <si>
     <t>عَنْ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ غَدَاةَ الْعَقَبَةِ وَهُوَ عَلَى نَاقَتِهِ: «الْقُطْ لِي حَصًى» فَلَقَطْتُ لَهُ سَبْعَ حَصَيَاتٍ، هُنَّ حَصَى الْخَذْفِ، فَجَعَلَ يَنْفُضُهُنَّ فِي كَفِّهِ وَيَقُولُ: «أَمْثَالَ هَؤُلَاءِ فَارْمُوا» ثُمَّ قَالَ: «أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ».</t>
   </si>
   <si>
     <t>İbn Abbasdan (Allah hər ikisindən razı olsun) belə söylədiyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Əqabə gününün səhəri dəvəsinin üstündə ikən belə buyurdu: “Mənə daşlar  topla.” Mən onun üçün atılacaq böyüklükdə yeddi daş topladım. Onları ovucunda silkələdi və dedi: “Bu böyüklükdə olanları atın!” Sonra dedi: “Ey insanlar, dində həddi aşmaqdan çəkinin, həqiqətən də sizdən əvvəlkiləri dində həddi aşmaqları məhv etdi”.</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ عباس رضي الله عنهما أنه كان مع النبيِّ صلى الله عليه وسلم يومَ النحر صباحَ رَمي جمرةِ العقبةِ في حجة الوداع، 
 فأمره أن يَلقُط له حصى الجمار، فلقط له سبعَ حصيات، الواحدة منها بحجم الحِمَّص أو البُنْدُق، فوضَعَها النبيُّ صلى الله عليه وسلم في يدِه ثم حَرَّكَها، وقال: 
 بمثلِها في الحجم أرموا، 
 ثم حَذَّر النبيُّ صلى الله عليه وسلم مِن الغُلُوِّ والتشدد ومُجاوَزَةِ الحَدِّ في أمور الدين، فإنما أهلك الأمم السابقة مجاوزة الحد والإفراط والتشدد في الدين.</t>
   </si>
   <si>
     <t>İbn Abbas (Allah hər ikisindən razı olsun) xəbər verir ki, o,  Cəmarətul-Əqəbəyə daş atılan günün səhəri-Qurban bayramı günü, vida həccində Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanında idi.
 ​ Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona çınqıl daşları yığmasını əmr etdi. O, da bir dənəsi noxud və ya fındıq böyüklüyündə olan yeddi daş topladı.Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onları əlinə qoydu, sonra onları silkələdi və dedi:
 ​ bu böyüklükdə olanları atın. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dini məsələlərdə ifratçılıq, şiddətli olmaq və həddi aşmaqdan çəkindirdi. Çünki, əvvəlki ümmətləri yalnız dində həddi aşmaq, ifratçılıq və şiddətli olmaq həlak etmişdir.</t>
   </si>
   <si>
     <t>النهي عن الغلو في الدين، وبيان سوء عاقبته، وأنه سبب للهلاك.
 الاعتبار بمن سبقنا من الأمم لِتَجَنُّبِ ما وقعوا فيه من الأخطاء.
 الحث على الاقتداء بالسُّنّة.</t>
   </si>
   <si>
     <t>Dində həddi aşmağın qadağan edilməsi, bunun  pis aqibətinin və həlak səbəbi olmasının bəyan olunması.
 Bizdən öncəki ümmətlərin düşdüyü xətalardan qorunmaq üçün onlardan ibrət almaq.
 Sünnəyə tabe olmağa təşviq etmək.</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي وأحمد</t>
   </si>
   <si>
     <t>[İbn Məcə, Ən-Nəsai və Əhməd rəvayət ediblər]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3395</t>
   </si>
   <si>
-    <t>لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ</t>
+    <t>لا تطروني كما أطرت النصارى ابن مريم؛ فإنما أنا عبده، فقولوا: عبد الله ورسوله</t>
   </si>
   <si>
     <t>Xristianlar Məryəm oğlu İsanı ucaltdıqları (həddindən artıq tərifləməklə) kimi siz də məni ucaltmayın. Mən Allahın quluyam. (Mənə) Allahın qulu və Onun rəsulu deyin</t>
   </si>
   <si>
     <t>عَن عُمَرَ بنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قال: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>Ömər bin Xəttab - Allah ondan razı olsun - rəvayət edərək deyir ki, mən Peyğəmbərin -salləllahu aleyhi va səlləm- belə dediyini eşitdim: "Xristianlar Məryəm oğlu İsanı ucaltdıqları (həddindən artıq tərifləməklə) kimi siz də məni ucaltmayın. Mən Allahın quluyam. (Mənə) Allahın qulu və Onun rəsulu deyin".</t>
   </si>
   <si>
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- xristianların Məryəm oğlu İsanı -aleyhissələm- şəriətin qoyduğu çərçivəni aşaraq ifrat dərəcədə təriflədiyi, onu Allahın vəsfləri və Ona aid felləri ilə vəsf etdiyi və onun qeybi bildiyini yaxud da Allah ilə birlikdə dua edilib yalvarılacağı kimi onun da bu cür ucaldılmasını qadağan etmişdir. Sonra özünün Allahın bir qulu olduğunu bildirərək özü barədə: Allahın qulu və Onun rəsulu deməyimizi əmr etmişdir.</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
     <t>Təzim və tərifləməkdə şəri hüdudların aşılması qadağan edilmişdir. Çünki bu, şirkə aparan bir yoldur.
 Peyğəmbərin -salləllahu aleyhi va səlləm- çəkindirdiyi şey artıq bu ümmətdə baş vermişdir. Belə ki, bir qrup insan Allah Rəsuluna -salləllahu aleyhi ve səlləm-, bir qrup insan əhli beytə, başqa bir qrup insan isə saleh kimsələrə olan sevgidə həddi aşaraq şirkə düşmüşlər.
 Allah Rəsulu -salləllahu aleyhi va səlləm- özünün Allahın qulu olduğunu və Allaha xas olan hər hansı bir xüsusiyyəti ona aid edilməsinin caiz olmadığını bəyan etmişdir.
 Peyğəmbər -salləllahu aleyhi va səlləm- özünü Allahın rəsulu kimi vəsf etmiş və onun Allah tərəfindən göndərilən bir elçi olduğunu göstərmək üçün ona inanmaq və tabe olmaq lazımdır</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3406</t>
   </si>
   <si>
-    <t>لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ</t>
+    <t>لا عدوى ولا طيرة، ولا هامة ولا صفر، وفر من المجذوم كما تفر من الأسد</t>
   </si>
   <si>
     <t>(Öz-özünə) yoluxucu xəstəlik yoxdur, uğursuzluq əlaməti yoxdur, bayquş və səfər ayında uğurszuluq yoxdur. Cüzama yoluxmuş xəstədən aslandan qaçdığın kimi  qaç</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə dedi: (Öz-özünə) yoluxucu xəstəlik yoxdur, uğursuzluq əlaməti yoxdur, bayquş və səfər ayında uğurszuluq yoxdur. Cüzama yoluxmuş xəstədən aslandan qaçdığın kimi  qaç.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أمور الجاهلية تحذيرًا منها، وبيانًا أن الأمر بيد الله، وأنه لا يكون شيء إلا بأمره وتقديره، وهي: 
 الأول: كان أهل الجاهلية يظنون أن المرض يُعدي بنفسه؛ فنهى صلى الله عليه وسلم عن الاعتقاد بانتقال المرض من المريض إلى غيره بطبعه؛ فالله هو المتصرف في الكون؛ وهو الذي ينزل الداء ويرفعه، ولا يحدُث ذلك إلا بإرادته وتقديره. 
 الثاني: كان أهل الجاهلية إذا خرجوا لسفر أو تجارة، زجروا الطير، فإن طار جهة اليمين استبشروا، وإن طار جهة اليسار تشاءموا ورجعوا، فنهى صلى الله عليه وسلم عن هذا التشاؤم بالطير، وبيَّن أنه اعتقاد باطل. 
 الثالث: كان أهل الجاهلية يقولون: إذا وقع طائر البومة على دار حصل لأهله مصيبة؛ فنهى صلى الله عليه وسلم عن التشاؤم بذلك. 
 الرابع: نهى عن التشاؤم بشهر صفر، وهو الشهر الثاني من الأشهر القمرية. وقيل صفر هو: حيةٌ تكون في البطن تصيب الماشية والناس، يزعمون أنها أشد عدوى من مرض الجَرَب؛ فنفى هذا الاعتقاد.
 الخامس: أمر بالابتعاد عن المصاب بمرض الجذام كما تبتعد عن حيوان الأسد، وذلك احتياطٌ للنفس وطلبٌ لها السلامة وفعلٌ للأسباب التي أمر الله بها، والجذام: مرض تتآكل منه أعضاء الإنسان.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) İslamdan əvvəlki cahiliyyə dövrünün bəzi məsələlərindən çəkindirərək, işlərin Allahın əlində olduğunu və hər şeyin Onun əmri və təqdiri ilə baş verdiyini bəyan etmişdir. Bu məsələlər:
 Birincisi: İslamdan əvvəlki cahiliyyə dövrünün insanları xəstəliyin öz-özünə yoluxduğuna inanırdılar. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəstəliyin bir xəstədən digərinə təbii şəkildə (öz-özünə) keçməsinə inanmağı qadağan etmişdir. Çünki kainatı idarə edən Allahdır, xəstəliyi yaradan və onu aradan qaldıran da Odur və bu ancaq Onun istəyi və təqdiri ilə baş verir.
 İkincisi: Cahiliyyə dövrünün insanları səfərə və ya ticarətə çıxdıqda quşları havaya buraxardılar, əgər sağa uçsalar, sevinər, sola uçsalar, bədbinləşərdilər və geri qayıdardılar.  Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) quşlara görə yaranan bu bədbinliyi qadağan etmiş və bunun batil bir inanc olduğunu açıq şəkildə bildirmişdir.
 Üçüncüsü: Cahiliyyə dövrünün insanları deyirdilər: Bir evin üstünə bayquş qonsa, ev əhlinin başına bir müsibət gələr. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bu  bədbinliyi qadağan etmişdir.
 Dördüncüsü: Səfər ayına bədbin yanaşmağı qadağan etmişdir və bu ay qəməri ayların ikinci ayıdır. Həmçinin deyilir ki səfər: mədədə olan xəstəlikdir, mal-qara və insana yoluxur. İddia edirdilər ki, bu yoluxma cəhətdən qotur xəstəliyindən də şiddətlidir. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)  bu inancı da inkar etdi.
 Beşincisi: Cüzam xəstəliyinə tutulmuş kəsdən, aslandan uzaq durulduğu kimi uzaqlaşmaq əmr edilmişdir. Bu, canı qorumaq, salamatlıq istəmək və Allahın əmr etdiyi səbəbləri yerinə yetirməkdir. Cüzam: İnsanın orqanlarını çürüdən  xəstəlikdir.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والاعتماد عليه، وفعل الأسباب المشروعة.
 وجوب الإيمان بقضاء الله وقدره، وأن الأسباب بيد الله وهو الذي يجريها أو يسلب تأثيرها.
 إبطال ما يفعله بعض الناس من التشاؤم بالألوان، كالأسود والأحمر، أو بعض الأرقام والأسماء والأشخاص وذوي العاهات.
 في النهي عن القرب من المجذوم ومثله أصحاب الأمراض المعدية؛ هو من الأسباب التي أجرى الله العادة بأنها تفضي إلى مسبباتها؛ فالأسباب لا تستقل بذاتها، بل الله هو الذي إن شاء سلبها قواها فلا تؤثر شيئًا، وإن شاء أبقاها فأثرت.</t>
   </si>
   <si>
     <t>Allaha təvəkkül etmək, ona etimad etmək və icazəli səbəblərdən yapışmağın vacibliyi.
 Allahın qəza və qədərinə iman gətirməyin vacibliyi. Çünki, səbəblər Allahın əlindədir, onları həyata keçirən və ya təsirini ortadan qaldıran da Odur.
 Bəzi insanların  rənglərlə-məsələn qara və qırmızı kimi - və ya bəzi rəqəmlərlə, adlarla, şəxslər və əlilliyi olan insanlarla etdiyi bədbinliyin qadağan (ləğv) edilməsi.
 Cüzam və onun kimi yoluxucu xəstəlikləri olanlara  yaxınlaşmağın qadağan edilməsi. Bu, o səbəblərdəndir ki, Allah onları adətən nəticənin baş verməsinə aparan etmişdir. Səbəblər öz-özlüyündə müstəqil (təsirə sahib) deyillər. Əksinə, Allah istəsə, onların gücünü alar və onlar  heç bir şeyə təsir etməz və istəsə, güclərini saxlayar və onlar təsir edərlər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3407</t>
   </si>
   <si>
-    <t>فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ</t>
+    <t>فوالله لأن يهدي الله بك رجلا واحدا، خير لك من أن يكون لك حمر النعم</t>
   </si>
   <si>
     <t>Allaha and olsun ki, Allahın, sənin əlinlə tək bir insana hidayət etməsi, sənin üçün qırmızı dəvələrə sahib olmağından daha xeyirlidir</t>
   </si>
   <si>
     <t>عَنْ سَهْلُ بْنُ سَعْدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ غَدًا رَجُلًا يَفْتَحُ اللَّهُ عَلَى يَدَيْهِ، يُحِبُّ اللَّهَ وَرَسُولَهُ وَيُحِبُّهُ اللَّهُ وَرَسُولُهُ»، قَالَ: فَبَاتَ النَّاسُ يَدُوكُونَ لَيْلَتَهُمْ أَيُّهُمْ يُعْطَاهَا، فَلَمَّا أَصْبَحَ النَّاسُ غَدَوْا عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كُلُّهُمْ يَرْجُو أَنْ يُعْطَاهَا، فَقَالَ: «أَيْنَ عَلِيُّ بْنُ أَبِي طَالِبٍ؟» فَقِيلَ: هُوَ يَا رَسُولَ اللَّهِ يَشْتَكِي عَيْنَيْهِ، قَالَ: «فَأَرْسِلُوا إِلَيْهِ»، فَأُتِيَ بِهِ فَبَصَقَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي عَيْنَيْهِ وَدَعَا لَهُ، فَبَرَأَ حَتَّى كَأَنْ لَمْ يَكُنْ بِهِ وَجَعٌ، فَأَعْطَاهُ الرَّايَةَ، فَقَالَ عَلِيٌّ: يَا رَسُولَ اللَّهِ، أُقَاتِلُهُمْ حَتَّى يَكُونُوا مِثْلَنَا؟ فَقَالَ: «انْفُذْ عَلَى رِسْلِكَ حَتَّى تَنْزِلَ بِسَاحَتِهِمْ، ثُمَّ ادْعُهُمْ إِلَى الإِسْلاَمِ، وَأَخْبِرْهُمْ بِمَا يَجِبُ عَلَيْهِمْ مِنْ حَقِّ اللَّهِ فِيهِ، فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ».</t>
   </si>
   <si>
     <t>Səhl bin Səddən (Allah ondan razı olsun) rəvayət edilir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Xeybər günü dedi: Sabah bu bayrağı elə bir kişiyə verəcəm ki, Allah onun əli ilə zəfər nəsib edəcək, O, Allah və Rəsulunu sevir, Allah və Rəsulu da onu sevir." Dedi: İnsanlar o gecəni, bayrağın kimə veriləcəyini düşünərək keçirdilər. Sabah olduğunda onların hər biri bayrağın özünə veriləcəyi ümidilə Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına getdi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi:
 "Əli bin Əbu Talib hardadır?" Dedilər: Ey Allahın Rəsulu, gözlərindən şikayət edir (gözləri ağrıyır). Dedi: Onun yanına adam göndərin (gəlsin). Əlini gətirdilər və Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) onun gözlərinə tüpürdü və onun üçün dua etdi. Əli, sanki heç bir ağrısı olmamış kimi dərhal sağaldı və (Peyğəmbər), bayrağı ona verdi. Əli (Allah ondan razı olsun) dedi: "Ey Allahın Rəsulu! Onlar da bizim kimi olana qədər onlarla döyüşəcəmmi?" Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Sən, onların olduqları yerə yavaş-yavaş get (yəni dərhal döyüşə girmə). Sonra onları İslama dəvət et və Allahın haqqı olaraq yerinə yetirmələri vacib olan şeyləri onlara bildir. Allaha and olsun ki, Allahın, sənin əlinlə tək bir insana hidayət etməsi, sənin üçün qırmızı dəvələrə sahib olmağından daha xeyirlidir."</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم الصحابة بانتصار المسلمين على يهود خيبر من الغد، وذلك على يد رجل يعطيه الراية وهو العلم الذي يتخذه الجيش شعارًا له، 
 وهذا الرجل من صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله، 
 فبات الصحابة ليلتهم يخوضون ويتحدثون عمن سيعطى الراية؟ رغبة في هذا الشرف العظيم، 
 فلما كان الصبح ذهبوا إلى النبيِّ صلى الله عليه وسلم، كلهم يرجوا أن يفوز بهذا الشرف، 
 فسأل صلى الله عليه وسلم عن علي بن أبي طالب رضي الله عنه؟ 
 فقيل: إنه مريض يشتكي عينيه.
 فأرسل إليه صلى الله عليه وسلم، فجاؤوا به، فبصق في عيني علي من ريقه الشريف، ودعا له، فشفي من مرضه وكأنه لم يكن به وجع، فأعطاه الراية، وأمره بالمضي برفق حتى يقترب من حصن العدو فيعرض عليهم الدخول في الإسلام، فإن أجابوه؛ أخبرهم بما يجب عليهم من الفرائض.
 ثم بيَّن صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لعلي فضل الدعوة إلى الله وأن الداعية إذا كان سببًا في هداية رجل واحد فذلك خير له من أن تكون له الإبل الحُمْر التي هي أنفس أموال العرب، فيمتلكها أو يتصدق بها.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun)  növbəti gündə müsəlmanların Xeybər yəhudiləri üzərində qələbə çalacağını və bunun bayrağı verəcəyi kişinin əli ilə olacağını səhabələrə xəbər verdi. Bu bayraq, əsgərlərin şüar olaraq götürdüyü bayraqdır. Bu kişinin vəsfindən, Allahı və Rəsulunu (Allahın salavatı və salamı onun üzərinə olsun) sevməsi, Allah və Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) da onu sevməsidir. Səhabələr bu böyük şərəfi arzulayaraq,  bayrağın kimə veriləcəyi barədə gecə müzakirə aparıb, danışdılar. Səhər açılanda hamısı Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına getdilər. Onların hər biri  bu şərəfi qazanacağına ümid edirdi.
 Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Əli bin Əbu Talib (Allah ondan razı olsun) haqqında soruşdu.
 Dedilər: O, xəstədir, gözlərindən şikayət edir.
 Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) onun yanına adam göndərdi və onu gətirdilər. Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) şərəfli ağız suyundan Əlinin gözlərinə tüpürdü və onun üçün dua etdi və o, heç bir ağrısı olmamış kimi sağaldı. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bayrağı ona  verdi və ona əmr etdi ki, ehtiyatla gedərək düşmən qalasına yaxınlaşsın və onları İslama daxil olmağa çağırsın. Əgər cavab versələr, onlara hansı fərzlərin  vacib olduğunu xəbər versin.
 Sonra, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Əliyə Allahın yoluna dəvət etməyin fəzilətini bəyan edərək bildirdi ki, dəvətçinin bir adamın hidayətinə səbəb olması onun üçün ərəblərin ən qiymətli sərvəti olan qırmızı dəvələrə sahib olmağı və ya onları sədəqə verməyindən daha xeyirlidir.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب -رضي الله عنه-، وشهادة رسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- له، بمحبة الله ورسوله له، ومحبته لله ورسوله.
 حرص الصحابة على الخير وتسابقهم إليه.
 مشروعية الأدب عند القتال وترك الطيش والأصوات المزعجة التي لا حاجة إليها.
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، وشفاء عيني علي بن أبي طالب على يديه بإذن الله. 
 أن المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.
 أن الدعوة تكون بالتدريج فيطلب من الكافر أولًا الدخول في الإسلام بالنطق بالشهادتين، ثم يُؤمر بفرائض الإسلام بعد ذلك.
 فضل الدعوة إلى الإسلام وما فيها من الخير للمدعو والداعي، فالمدعو قد يهتدي والداعي يُثاب ثوابًا عظيمًا.</t>
   </si>
   <si>
     <t>Əli ibn Əbu Talibin (Allah ondan razı olsun olsun) fəziləti və Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) Allah və Rəsulunun ona olan sevgisinə və onun da Allah və Rəsuluna olan sevgisinə şahidlik etməsi.
 Səhabələrin xeyrə olan hərisliyi və xeyrdə yarışmaları.
 Döyüş zamanı ədəbli olmağın bəyənilməsi, yüngüllüyün və lazımsız, narahatedici səslərin tərk edilməsi.
 Onun (Allahın salavatı və salamı onun üzərinə olsun) peyğəmbərliyinin dəlillərindən biri də, yəhudilər üzərində qələbə xəbərini verməsi və Allahın izni ilə Əli ibn Əbu Talibin (allah ondan razı olsun) gözlərinin onun əli ilə sağalmasıdır.
 Cihadın ən böyük məqsədi, insanların İslama daxil olmasıdır.
 Dəvət tədricən (yavaş-yavaş) edilir, kafirdən əvvəlcə iki şəhadət kəliməsini söyləyərək İslama daxil olması istənilir və ondan sonra ona İslamın fərzlərini yerinə yetirməsi əmr edilir.
 İslama dəvət etməyin fəziləti və onda, dəvət edilənə və dəvət edənə olan xeyirlər. Dəvət edilən şəxs hidayət oluna bilər, dəvətçi isə böyük bir savab qazanır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3409</t>
   </si>
   <si>
-    <t>أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ</t>
+    <t>أي عم، قل: لا إله إلا الله، كلمة أحاج لك بها عند الله</t>
   </si>
   <si>
     <t>Ey əmim, ləə iləhə illallah de ki, o kəliməylə mən Allah qatında sənin üçün şahidlik edim</t>
   </si>
   <si>
     <t>عن سَعِيدِ بْنِ الْمُسَيَّبِ، عَنْ أَبِيهِ قَالَ: لَمَّا حَضَرَتْ أَبَا طَالِبٍ الْوَفَاةُ، جَاءَهُ رَسُولُ اللهِ صلى الله عليه وسلم فَوَجَدَ عِنْدَهُ أَبَا جَهْلٍ وَعَبْدَ اللهِ بْنَ أَبِي أُمَيَّةَ بْنِ الْمُغِيرَةِ، فَقَالَ: «أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ»، فَقَالَ أَبُو جَهْلٍ وَعَبْدُ اللهِ بْنُ أَبِي أُمَيَّةَ: أَتَرْغَبُ عَنْ مِلَّةِ عَبْدِ الْمُطَّلِبِ، فَلَمْ يَزَلْ رَسُولُ اللهِ صلى الله عليه وسلم يَعْرِضُهَا عَلَيْهِ، وَيُعِيدَانِهِ بِتِلْكَ الْمَقَالَةِ، حَتَّى قَالَ أَبُو طَالِبٍ آخِرَ مَا كَلَّمَهُمْ: عَلَى مِلَّةِ عَبْدِ الْمُطَّلِبِ، وَأَبَى أَنْ يَقُولَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «وَاللهِ لَأَسْتَغْفِرَنَّ لَكَ مَا لَمْ أُنْهَ عَنْكَ»، فَأَنْزَلَ اللهُ: {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ} [التوبة: 113]، وَأَنْزَلَ اللهُ فِي أَبِي طَالِبٍ، فَقَالَ لِرَسُولِ اللهِ صلى الله عليه وسلم: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ} [القصص: 56].</t>
   </si>
   <si>
     <t>Səid bin Əl-Museyyib atasının belə dediyini rəvayət etmişdir: Əbu Talibə ölüm gəldikdə, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) onun yanına gəldi və orada Əbu Cəhli və Abdullah bin Əbu Umeyyə bin Əl-Muğiranı gördü və dedi:Ey əmim, ləə iləhə illallah de ki, o kəliməylə mən Allah qatında sənin üçün şahidlik edim." Əbu Cəhl və Abdullah bin Əbu Umeyyə dedi: Sən AbdulMuttalibin dinindən üz döndərirsən? Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona şəhadət kəliməsini ərz etməyə davam edirdi, həmçinin onlar da öz dediklərini təkrarlayırdılar ki, Əbu Talib son söz olaraq Abdul Mutəllibin dini üzərində olduğunu dedi və "ləə iləhə illallah" deməkdən isə imtina etdi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: “Allaha and olsun ki, mənə qadağan edilmədikcə sənin üçün bağışlanma diləyəcəm". Buna görə də Uca Allah bu ayəni  nazil etdi: “Müşriklərin Cəhənnəm sakinləri olduqları onlara bəlli olduqdan sonra, qohum olsalar belə, Peyğəmbərə və möminlərə onlar üçün bağışlanma diləmək yaraşmaz.” [ət-Tövbə: 113] . Uca Allah Əbu Talib haqqında ayə nazil etdi və Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: {Sən sevdiyini doğru yola yönəldə bilməzsən, lakin Allah istədiyini doğru yola yönəldər} (əl-Qasas, 56).
 ​</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على عَمِّه أبي طالب وهو يَحْتَضِرُ، فقال له: 
 يا عم، قل "لا إله إلا الله"، كلمة أشهد لك بها عند الله، 
 فقال أبو جهل وعبد الله بن أبي أمية: يا أبا طالب، تترك ملة أبيك عبد المطلب؟! وهي عبادة الأصنام، فلم يزالا يُكلِّمانه حتى قال آخر شيء كلَّمهم به: على مِلَّةِ عبد المطلب، ملة الشرك وعبادة الأصنام، 
 فقال النبي صلى الله عليه وسلم: سأدعوا لك بالمغفرة ما لم ينهني ربي عن ذلك، فنزل قول الله تعالى: 
 {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ وَلَوْ كَانُوا أُولِي قُرْبَى مِنْ بَعْدِ مَا تَبَيَّنَ لَهُمْ أَنَّهُمْ أَصْحَابُ الْجَحِيمِ} [التوبة: 113]، 
 ونزل في أبي طالب قول الله تعالى: 
 {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللَّهَ يَهْدِي مَنْ يَشَاءُ وَهُوَ أَعْلَمُ بِالْمُهْتَدِينَ} [القصص: 56]، 
 فإنك لا تهدي مَن أحببتَ هدايتَه، إنما عليك البلاغ، والله يهدي من يشاء.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) əmisi Əbu Talib ölüm ayağında ikən, onun yanına daxil oldu  və ona dedi: Ey əmim, “Ləə iləhə illəllah” (Allahdan başqa ibadətə layiq haqq ilah yoxdur) de ki, mən də qiyamət günü Allah qatında  onunla sənin üçün şahidlik edim. Əbu Cəhl və Abdullah bin Əbu Umeyyə dedi: Ey Əbu Talib, atan AbdulMuttalibin dinini tərk edirsən?! Və bu bütlərə ibadət dinidir. Onlar Əbu  Talibə bunu deməyə davam edirdilər ki , o, da son olaraq: AbdulMuttalibin dini - şirk və bütlərə ibadət dini- üzərində qalacağını söylədi. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun): “Rəbbim mənə bunu qadağan etmədikcə, mən sənin üçün bağışlanma istəyəcəm. Buna görə də Uca Allahın bu kəlamı nazil oldu: "Müşriklərin Cəhənnəm sakinləri olduqları onlara bəlli olduqdan sonra, qohum olsalar belə, Peyğəmbərə və möminlərə onlar üçün bağışlanma diləmək yaraşmaz.” [ət-Tövbə: 113] Və Əbu Talib haqqında Uca Allahın bu ayəsi nazil oldu: {Sən sevdiyini doğru yola yönəldə bilməzsən, lakin Allah istədiyini doğru yola yönəldər} (əl-Qasas, 56). Sən hidayətini (doğru yola gəlməsini) istədiyin kəsi doğru yola gətirə bilmərsən, sənin üzərinə düşən yalnız təbliğ etməkdir, Allah isə istədiyini doğru yola yönəldir.</t>
   </si>
   <si>
@@ -3637,1004 +3638,1004 @@
 بطلان التعلُّق بالنبيِّ عليه الصلاة والسلام وغيره لِجَلْب النفع أو دفع الضرر.
 من قال "لا إله إلا الله" عن علمٍ ويقين واعتقادٍ دخل في الإسلام.
 مضرة أصحاب السوء وقرناء الشر على الإنسان.
 معنى "لا إله إلا الله": تركُ عبادة الأصنام والأولياء والصالحين وإفراد الله بالعبادة، وأنّ المشركين يعرفون معناها.
 جواز عيادة المريض المشرك إذا رُجي إسلامُه.
 هداية التوفيق بيد الله وحده لا شريك له،  وإنما على الرسول صلى الله عليه وسلم هداية الدلالة والإرشاد والبلاغ.</t>
   </si>
   <si>
     <t>Qohumluğundan, əməlindən və etdikləri yaxşılıqlarından asılı olmayaraq müşriklər üçün bağışlanma diləməyin haramlığı.
 Ataları və böyükləri batil üzərində təqlid etmək-izləmək cahiliyyə dövrü insanlarının  əməllərindəndir.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) insanların dəvəti və hidayətinə olan şəfqəti və hərisliyinin kamilliyi.
 Əbu Talibin müsəlman olduğunu iddia edənlərə cavab.
 Əməllər sonluğa görədir.
 Fayda əldə etmək və ya zərəri dəf etmək üçün Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) və ya başqalarına bağlanmağın batil olması.
 ​
 Kim mənasını bilərək, yəqin olaraq və inanaraq "ləə iləhə illallah" deyərsə, İslama daxil olar.
 Pis dostların və şərli yoldaşların insana zərəri.
 "Ləə iləhə illallah"ın mənası: bütlərə,salehlərə və övliyalara edilən ibadətin tərk edilməsi və Allahın ibadətdə təkləşdirilməsidir. Müşriklər onun mənasını bilirdilər.
 Müsəlman olması ümid edilən xəstə müşriki ziyarət etməyin icazəli olması.
 Tövfiq hidayəti-(hidayətin nəsib olması) yalnız heç bir şəriki olmayan, bir olan Allahın əlindədir. Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun)  üzərinə düşən isə yol göstərmək, irşad və təbliğ (haqqı çatdırmaq) hidayətidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3410</t>
   </si>
   <si>
-    <t>أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ</t>
+    <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
   </si>
   <si>
     <t>Qiyamət günü şəfaətimə nail olan ən xoşbəxt insan qəlbindən və ya içindən ixlasla “Lə iləhə illallah” deyən kimsədir". deyə buyurdu</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
   </si>
   <si>
     <t>Əbu Hureyradan - Allah ondan razı olsun - rəvayət edilən bir hədisdə o, belə demişdir: Allah Rəsulundan -salləllahu aleyhi va səlləm: "Ey Allahın Rəsulu! Qiyamət günü sənin şəfaətinə nail olan ən xoşbəxt insan kimdir?" deyərək soruşuldu. Allah Rəsulu -salləllahu aleyhi va səlləm-: "Ey Əbu Hureyra, hədis öyrənməyə həris olduğunu gördüyüm üçün bu hədis barədə səndən əvvəl kimsənin məndən soruşmayacağını zənn etmişdim. Qiyamət günü şəfaətimə nail olan ən xoşbəxt insan qəlbindən və ya içindən ixlasla “Lə iləhə illallah” deyən kimsədir". deyə buyurdu.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
   </si>
   <si>
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- bu hədisdə qiyamət günü şəfaətinə nail olan ən xoşbəxt insanın qəlbindən ixlasla: "Lə iləhə illallah" yəni, Allahdan başqa ibadətə layiq haqq ilah yoxdur deyən, şirkdən və riyadan uzaq olan kimsə olacağını xəbər vermişdir.</t>
   </si>
   <si>
     <t>إثبات الشفاعة للنبي صلى الله عليه وسلم في الآخرة وأنها لا تكون إلا للموحِّدين.
 شفاعته صلى الله عليه وسلم هي تَوَسُّلُه إلى الله تعالى لِمَن استحقَّ النارَ مِن الموحّدين أنْ لا يَدخلَها، ومَن دخلَها أن يَخرج منها.
 فضل كلمة التوحيد الخالصة لله تعالى وعظيم أثرها.
 تحقيق كلمة التوحيد يكون بالعلم بمعناها، والعمل بمقتضاها.
 فضل أبي هريرة رضي الله عنه، وحِرصُه على العِلم.</t>
   </si>
   <si>
     <t>Peyğəmbərə -salləllahu aleyhi va səlləm- axirətdə şəfaət etmək hüququ veriləcəkdir. Bu şəfaət də ancaq tövhid əhli üçündür.
 Peyğəmbərin -salləllahu aleyhi va səlləm- şəfaəti tövhid əhlindən Cəhənnəmə layiq olanların girməməsi və Cəhənnəmə girənlərin də oradan çıxması üçün vasitəçi olmasıdır.
 Allah üçün ixlaslı bir şəkildə tövhid kəlməsini söyləməyin fəziləti və böyük təsiri vardır.
 Tövhid kəlməsinin tətbiq edilməsi, bu kəlmənin mənasını bilərək və tələblərinə əməl edərək olur.
 Əbu Hureyranın - Allah ondan razı olsun - fəziləti və elmə olan hərisliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3414</t>
   </si>
   <si>
-    <t>أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ</t>
+    <t>أدخله الله الجنة على ما كان من العمل</t>
   </si>
   <si>
     <t>, etdiyi əməllərindən asılı olmayaraq Allah onu cənnətə daxil edər</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ شَهِدَ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَأَنَّ عِيسَى عَبْدُ اللهِ وَرَسُولُهُ وَكَلِمَتُهُ أَلْقَاهَا إِلَى مَرْيَمَ وَرُوحٌ مِنْهُ، وَالْجَنَّةُ حَقٌّ، وَالنَّارُ حَقٌّ، أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ».</t>
   </si>
   <si>
     <t>Ubadədən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət  edilir: "Kim Allahdan başqa ibadətə layiq məbud olmadığına, Onun şəriki olmadığına, Muhəmmədin Onun qulu və rəsulu olduğuna, İsanın Allahın qulu və rəsulu olduğuna, Məryəmə sadəcə bir söz deməklə "ol" həqiqətinə və İsanın Onun yaratdığı ruhdan əmələ gəlməsinə, cənnətin haqq, cəhənnəmin haqq olduğuna şahidlik edərsə, etdiyi əməllərindən asılı olmayaraq Allah onu cənnətə daxil edər.</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ مَن نَطَقَ بكلمةِ التوحيد عارفًا لمعناها عاملًا بمقتضاها، 
 وشهد بعبودية محمد صلى الله عليه وسلم ورسالته، واعترف بعبودية عيسى ورسالته، 
 وأنَّ الله خلقه بقوله "كن" فكان، وأنه روح من الأرواح التي خلقها الله، 
 وَبَرَّأَ أُمَّهُ مِمّا نَسَبَه إليها اليهود، 
 وآمن بأن الجنة حق، وأن النار حق، معتقدًا وجودهما، وأنهما نعيم الله وعذابه، 
 ومات على ذلك؛ فمصيره إلى الجنة وإن كان مقصِّرًا في الطاعات، وله ذنوب.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bizə xəbər verir ki, kim tövhid kəliməsinin mənasını dərk edərək söyləyərsə və onun tələblərinə uyğun əməl edərsə, Muhəmmədin (Allahın salavatı və salamı onun üzərinə olsun) Allahın qulu olduğuna və onun risalətinə, İsanın Onun qulu olduğuna və risələtinə, Allahın onu "Ol" deməyislə yaratmasına və Allahın yaratdığı ruhlardan bir ruh olmasına, anasının yəhudilərin ona nisbət etdiyi ittihamdan uzaq olduğuna, və mövcudluqlarına etiqad edərək, cənnətin haqq olduğuna, cəhənnəmin haqq olduğuna, onların Allahın neməti və əzabı olduqlarına iman edərsə və bunun üzərində ölərsə- itaətlərdəki nöqsanları və günahları olsa belə son gedəcəyi yer cənnət olar.</t>
   </si>
   <si>
     <t>الله تعالى خَلَقَ عيسى ابن مريم بكلمة (كُنْ) من غير أب.
  الجمع بين كون عيسى ومحمد صلى الله عليهما وسلم عبدي الله ورسوليه، فهما رسولان لا يكذبان، وعبدان لا يُعْبَدان.
 فضل التوحيد وتكفيره للذنوب، وأنَّ مصيرَ الموحِّد الجنةُ وإنْ وقع منه بعض الذنوب.</t>
   </si>
   <si>
     <t>Uca Allah İsa bin Məryəmi "ol" deməklə, atası olmadan  yaratdı.
 İsa və Muhəmmədin (Allahın salavatı və salamı hər ikisinin üzərinə olsun) qul və rəsul olmalarının cəm edilməsi. Çünki rəsullar yalan söyləməz, qula isə ibadət edilməz.
 Tövhidin fəziləti, günahları yuması və muvahhidin bəzi günahlar etsə belə son gedəcəyi yerin cənnət olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3417</t>
   </si>
   <si>
-    <t>مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ</t>
+    <t>من لقي الله لا يشرك به شيئا دخل الجنة، ومن لقيه يشرك به دخل النار</t>
   </si>
   <si>
     <t>Kim (qiyamət günü) Allahın hüzuruna heç bir şeyi Ona şərik qoşmadan çıxarsa, Cənnətə girər. Kim də Ona şərik qoşaraq çıxarsa, Cəhənnəmə girər</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ».</t>
   </si>
   <si>
     <t>Cabir bin Abdullah -Allah ondan və atasından razı olsun- rəvayət edir ki, mən Allah Rəsulunun -salləllahu aleyhi va səlləm- belə dediyini eşitdim: "Kim (qiyamət günü) Allahın hüzuruna heç bir şeyi Ona şərik qoşmadan çıxarsa, Cənnətə girər. Kim də Ona şərik qoşaraq çıxarsa, Cəhənnəmə girər".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ مَن مات لا يشرك بالله شيئًا فمصيرُه إلى الجنة وإنْ عُذِّبَ على بعضِ ذنوبِه، وأنَّ مَن مات وهو يشرك بالله شيئًا خُلِّد في النار.</t>
   </si>
   <si>
     <t>Peyğəmbər -sallallahu aleyhi va səlləm- bu hədisdə bizə, bəzi günahlardan dolayı əzab görsə belə şərik qoşmadan ölən bir kimsənin gedəcəyi yerin Cənnət olacağını, Allaha şərik qoşaraq ölən bir kimsənin isə Cəhənnəmdə əbədi qalacağını xəbər vermişdir.</t>
   </si>
   <si>
     <t>فضل التوحيد، وأنه سبب للنجاة من الخلود في النار.
 قُرْب الجنة والنار من العبد، وأنه ليس بينه وبينهما إلا الموت.
 التحذير من الشرك قليله وكثيرة؛ لأن النجاة من النار بتَجَنُّبِه.
 العِبرة في الأعمال بخواتِيمِها.</t>
   </si>
   <si>
     <t>Tövhidin fəzilətinin bəyanı. Tövhid, insanı Cəhənnəmdə əbədi qalmaqdan xilas edən səbəbdir.
 Cənnət və Cəhənnəmin qula yaxın olması. Qul ilə bu ikisi arasında sadəcə ölüm vardır.
 Şirkin böyüyündən və kiçiyindən çəkinmək. Çünki Cəhənnəmdən qurtuluş yalnız şirkdən uzaq durmaqla mümkündür.
 Əməllər son halına görə dəyərləndirilir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3418</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ</t>
+    <t>من مات وهو يدعو من دون الله ندا دخل النار</t>
   </si>
   <si>
     <t>Kim Allahdan başqasına dua edərsə və bunun üzərində ölərsə cəhənnəmə girər</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: قَالَ النَّبِيُّ صلى الله عليه وسلم كَلِمَةً وَقُلْتُ أُخْرَى، قَالَ النَّبِيُّ صلى الله عليه وسلم: «مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ» وَقُلْتُ أَنَا: مَنْ مَاتَ وَهُوَ لَا يَدْعُو لِلهِ نِدًّا دَخَلَ الْجَنَّةَ.</t>
   </si>
   <si>
     <t>Abdullah bin Məsudun (Allah ondan razı olsun) belə dediyi rəvayət edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bir söz dedi, mən başqa bir söz dedim. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Kim Allahdan başqasına dua edərsə və bunun üzərində ölərsə cəhənnəmə girər" Mən dedim: Allahdan başqasına dua etmədən ölən, cənnətə daxil olar."</t>
   </si>
   <si>
     <t>يُخْبِرُنا النبيُّ صلى الله عليه وسلم أنَّ مَن صَرَفَ شيئًا مما يجب أن يكون لله إلى غيره، كدعاء غير الله تعالى، أو الاستغاثة بغيره، ومات على ذلك فإنه من أهل النار. 
 وزاد ابن مسعود رضي الله عنه أن من مات وهو لا يشرك بالله شيًا فإنَّ مَصيرَه إلى الجنة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bizə xəbər verir ki, uca Allahdan başqasına dua etmək, Ondan qeyrisindən yardım diləmək, Allaha xas olan hər bir növ ibadəti başqasına yönəldərsə və bu üzrə ölərsə, cəhənnəm əhlindən olar. İbn Məsud (Allah ondan razı olsun) əlavə etdi ki, kim Allaha şərik qoşmadan ölərsə, son gedəcəyi yer cənnət olar.</t>
   </si>
   <si>
     <t>الدعاء عبادةٌ لا يُصرف إلا لله تعالى.
 فضل التوحيد، وأنَّ مَن مات عليه دخل الجنة، وإنْ عُذِّبَ على بعض ذنوبه.
  خطر الشرك، وأنَّ مَن مات عليه دخل النار.</t>
   </si>
   <si>
     <t>Dua ibadətdir, yalnız uca Allaha edilər.
 Tövhidin fəzilətindəndir ki, tövhid üzərində ölən kəs bəzi günahlarına görə cəzalansa da, sonda cənnətə daxil olar.
 Şirkin təhlükəsi odur ki, onun üzərində ölən kəs cəhənnəmə daxil olar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3419</t>
   </si>
   <si>
-    <t>هَلَكَ الْمُتَنَطِّعُون</t>
+    <t>هلك المتنطعون</t>
   </si>
   <si>
     <t>İfratçılar həlak oldular</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود قال: قال رسول الله صلى الله عليه وسلم: «هَلَكَ الْمُتَنَطِّعُون» قالها ثلاثًا.</t>
   </si>
   <si>
     <t>Abdullah bin Məsud - Allah ondan razı olsun- rəvayət edir ki, Allah Rəsulu -salləllahu aleyhi va səlləm- belə buyurmuşdur: "İfratçılar həlak oldular" Bunu üç dəfə təkrar etmişdir.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم عن خَيْبَةِ وخَسارة المُتَشَدِّدين -على غير هدى وعلم- في دينِهم ودنياهم، وفي أقوالهم وأفعالهم، المتجاوزين بها الحدَّ الشرعيَّ الذي جاء به النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- din və dünyalarında, söz və əməllərində Allah Rəsulunun -salləllahu aleyhi va səlləm- gətirdiyi şəri hüdudları aşan hidayət və elmdən uzaq olan kimsələrin xüsran və məyusluq içində olduqlarını xəbər vermişdir.</t>
   </si>
   <si>
     <t>تحريم التشدُّد والتكلُّف في الأمور كلِّها، والحث على اجتنابه في كل شيء؛ لا سيَّما في العبادات وتعظيم الصالحين.
 طلب الأكمل في العبادة وغيرها أمر محمود؛ ويكون بمتابعة الشرع.
 استحباب تأكيد الأمر الهام؛ لأن النبي صلى الله عليه وسلم كرَّر هذه الجملة ثلاثًا.
 سماحة الإسلام ويُسْره.</t>
   </si>
   <si>
     <t>Hər bir işdə ifrata varmaq və həddi aşmaq haram edilmişdir. Xüsusən də ibadətlərdə və saleh kəslərin təzim edilməsi kimi işlərdə bunlardan çəkinməyə təşviq edilmişdir.
 İbadət və diğər işlərdə şəriətin tələblərinə tabe olaraq kamil olanı etməyə çalışmaq təriflənən bir əməldir.
 Önəmli olan bir işin təkrar vurğulanması müstəhəbdir. Çünki Peyğəmbər -salləllahu aleyhi va səlləm- bu cümləni üç dəfə təkrarlamışdır.
 İslamın xoşniyyət və asanlıq dini olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3420</t>
   </si>
   <si>
-    <t>لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ</t>
+    <t>لا عدوى، ولا طيرة، ويعجبني الفأل قال قيل: وما الفأل؟ قال: الكلمة الطيبة</t>
   </si>
   <si>
     <t>Özbaşına yoluxma yoxdur, uğursuzluq yoxdur və mən fə'li sevirəm. Deyildi : Fə'l nədir? Dedi: "Yaxşı söz</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ».</t>
   </si>
   <si>
     <t>Ənəs bin Malikdən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: Özbaşına yoluxma yoxdur, uğursuzluq yoxdur və mən fə'li sevirəm. Deyildi : Fə'l nədir? Dedi: "Yaxşı söz".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ العدوى التي كان يَعتقدُها أهلَ الجاهلية بأنَّ المَرضَ يَنتقل بنفسه إلى الآخر من دون قَدَرِ الله بأنها باطلة، 
 وأنَّ الطيرة باطلة، وهي التشاؤم من أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العَاهَات أو الأرقام أو الأيام أو غير ذلك،
 وإنما ذَكَرَ الطيرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشروع في عملٍ من سفر أو تجارة أو غير ذلك، فإن طار جهة اليمين تفاءل ومضى لما يريد، وإن طار جهة الشمال تشاءم وكَفَّ عمّا يريد. 
 ثم أخبر صلى الله عليه وسلم أنه يُعجبه الفَأْل، وهو ما يَحْدُثُ للإنسانِ من الفرح والسرور من كلمة طيبة يسمعها، وتجعله يحسن الظن بربه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, cahiliyyə dönəmi insanlarının bir xəstəliyin Allahın təqdiri olmadan öz-özünə başqasına keçdiyinə inandıqları yoluxma batildir. Uğursuzluğa inanmaq da batildir. O quşlara, heyvanlara, əlillərə, rəqəmlərə, günlərə və səsli və ya görünən digər şeylərə  bağlanılan bədbinlik inancıdır. O, quşu yalnız İslamdan əvvəlki cahiliyyə dövründə məşhur olduğu üçün qeyd etdi. O zaman insanlar səfər, ticarət və ya başqa bir işə başlamaq istədikdə, quşu havaya buraxardılar. Və əgər quş sağa uçardısa, nikbinliyə düşər və istədikləri işə davam edərdilər. Yox , əgər sola uçardısa, bədbinliyə inanar və istədikləri o işə başlamazdılar. Sonra O (Allahın salavatı və salamı onun üzərinə olsun) ​insanın eşitdiyi xoş sözdən  dolayı başına gələn fərəh və sevinci  xoşladığını və bu şeyin, onun Rəbbi haqqında gözəl düşünməsinə səbəb olduğunu dedi.</t>
   </si>
   <si>
     <t>التوكُّل على الله تعالى، وأنه لا يأتي بالخير إلا الله، ولا يدفع الشر إلا الله.
 النهي عن الطيرة، وهي ما يُتشاءم منه، ويصد عن العمل.
 الفأل ليس من الطيرة المنهي عنها، بل هو من حُسْنِ الظن بالله تعالى.
 كل شيء يحصل بتقدير الله عز وجل وحده لا شريك له.</t>
   </si>
   <si>
     <t>Uca Allaha təvəkkül etmək. Allahdan başqa heç kəs xeyir verə bilməz və Allahdan başqa heç kəs şərri dəf edə bilməz.
 Tiyəra qadağan edilmişdir. O insanı bədbinliyə salan və iş görməsindən uzaqlaşdıran şeylərdir. (Batil inanclara bağlı əlamətlərdir)
 Fə'l (nikbinlik) qadağan edilmiş tiyəradan (bədbinlikdən) deyil. Əksinə, o Uca Allah haqqında gözəl zənndə olmaqdır.
 Hər bir şey izzət və cəlal sahibi, bir olan və heç bir şəriki olmayan Allahın təqdiri ilə baş verir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3422</t>
   </si>
   <si>
-    <t>مَنْ جَهَّزَ غَازِيًا فِي سَبِيلِ اللَّهِ فَقَدْ غَزَا، وَمَنْ خَلَفَ غَازِيًا فِي سَبِيلِ اللَّهِ بِخَيْرٍ فَقَدْ غَزَا</t>
+    <t>من جهز غازيا في سبيل الله فقد غزا، ومن خلف غازيا في سبيل الله بخير فقد غزا</t>
   </si>
   <si>
     <t>“Kim Allah yolunda cihad edəni təchiz edərsə, sanki özü cihad etmişdir. Hər kim Allah yolunda cihad edəni (ailəsinin qayğısına qalmaqda) əvəz edərsə, sanki özü cihad etmiş olar”</t>
   </si>
   <si>
     <t>عَن زَيْدِ بْنِ خَالِدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ جَهَّزَ غَازِيًا فِي سَبِيلِ اللَّهِ فَقَدْ غَزَا، وَمَنْ خَلَفَ غَازِيًا فِي سَبِيلِ اللَّهِ بِخَيْرٍ فَقَدْ غَزَا».</t>
   </si>
   <si>
     <t>Zeyd bin Xaliddən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: “Kim Allah yolunda cihad edəni təchiz edərsə, sanki özü cihad etmişdir. Hər kim Allah yolunda cihad edəni (ailəsinin qayğısına qalmaqda) əvəz edərsə, sanki özü cihad etmiş olar”.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن هَيَّأَ للغازي في سبيل الله أسبابَ سَفَرِه وما يَحتاج إليه مما لا بدَّ منه من سلاح، ومركوب، وطعام، ونفقة وغيرها؛ فهو في حكم الغازي، وحصل له ثواب الغزاة.
 ومَن تولَّى أمرَ الغازي بخير، ونابَ مَنابَه في مراعاة أهلِه زمانَ غيبتِه فهو في حكم الغازي.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Allah yolunda cihad edən kəsin ehtiyac duyulan səfər vəsaitlərini- silah, nəqliyyat, yemək, məsrəf kimi şeyləri təşkil edən adam cihad edənlə ilə eyni hökmdədir və mücahidlərin savabına nail olar.
 Kim Allah yolunda cihad edən kəsin işlərini öz öhdəsinə götürərsə, o olmadığı müddətcə ailəsinin qayğısına qalmaqda onu əvəz edərsə, o, da Allah yolunda cihad edən kəsin hökmündə olar.</t>
   </si>
   <si>
     <t>حث المسلمين على التعاون على الخير.
 قال ابن حجر: وفي هذا الحديث الحث على الإحسان إلى من فعل مصلحة للمسلمين، أو قام بأمر من مهماتهم.
 القاعدة العامة: أنّ مَن أعانَ شخصًا في طاعة من طاعات الله كان له مثل أجره، من غير أن ينقص من أجره شيئًا.</t>
   </si>
   <si>
     <t>Müsəlmanları xeyir işlərdə bir-birlərinə yardım etməyə həvəsləndirmək.
 İbn Həcər (Allah ona rəhmət etsin) demişdir: Bu hədisdə müsəlmanların məsləhəti üçün çalışan və ya onların vəzifələrindən birini yerinə yetirən şəxsə yaxşılıq etməyə təşviq vardır.
 Ümumi qayda: Kim Allaha itaətlərdən bir itaətdə bir şəxsə yardım edərsə, onun mükafatı qədər savab qazanar və bu həmin kəsin mükafatından heç bir şey azaltmaz.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3437</t>
   </si>
   <si>
-    <t>عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ</t>
+    <t>عن النبي صلى الله عليه وسلم أنه قال في الأنصار: لا يحبهم إلا مؤمن، ولا يبغضهم إلا منافق، من أحبهم أحبه الله ومن أبغضهم أبغضه الله</t>
   </si>
   <si>
     <t>Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) Ənsar haqqında belə dediyini rəvayət edilir: "Onları yalnız mömin sevər və münafiqdən başqa heç kim onlara nifrət etməz. Kim onları sevsə, Allah da onu sevər. Kim onlara nifrət edərsə, Allah da ona nifrət edər”</t>
   </si>
   <si>
     <t>عَنِ الْبَرَاءِ رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ».</t>
   </si>
   <si>
     <t>Bəradan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) Ənsar haqqında belə dediyini rəvayət edilir: "Onları yalnız mömin sevər və münafiqdən başqa heç kim onlara nifrət etməz. Kim onları sevsə, Allah da onu sevər. Kim onlara nifrət edərsə, Allah da ona nifrət edər”.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ حُبَّ الأنصار مِن أهل المدينة، علامةٌ على كمال الإيمان؛ وهذا لسابِقَتِهم في نُصرة الإسلام والنبي عليه الصلاة والسلام، والسعي في إيواء المسلمين، وبذلهم أموالهم وأنفسهم في سبيل الله، وأنَّ بُغضَهم عَلامةٌ على النفاق. 
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن أَحَبَّ الأنصار أحبَّه الله، ومَن أبغضهم أبغضَه الله.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu ki, Mədinə əhlindən olan Ənsarı sevmək kamil imanın əlamətidir. Bu, onların İslamı və Peyğəmbəri (Allahın salavatı və salamı onun üzərinə olsun) dəstəkləməkdə öndə olmaları , müsəlmanlara sığınacaq vermək üçün çalışmaları və Allah yolunda mal və canlarını verdiklərinə görədir. Onlara nifrət etmək isə nifaq əlamətidir.
 ​ Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan etdi ki, kim Ənsarı sevərsə, Allah da onu sevər, kim onlara nifrət edərsə, Allah da ona nifrət edər.</t>
   </si>
   <si>
     <t>فيه مَنْقَبَة عظيمة للأنصار، فحُبُّهم علامةٌ على الإيمان وبراءةٌ من النفاق.
 حُبُّ أولياء الله ونصرتهم سبب في حب الله للعبد.
 فضل السابقين الأولين في الإسلام.</t>
   </si>
   <si>
     <t>Bunda Ənsarlar üçün böyük fəzilət vardır. Çünki onları sevmək iman əlaməti və nifaqdan uzaq olmaq deməkdir.
 Allahın övliyalarını (dostlarını) sevmək və onlara dəstək vermək Allahın qulunu sevməsinin səbəbidir.
 İslama ilk girənlərin fəziləti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3438</t>
   </si>
   <si>
-    <t>فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ</t>
+    <t>فتوضأ لهم وضوء النبي صلى الله عليه وسلم</t>
   </si>
   <si>
     <t>və onlar üçün Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) aldığı şəkildə dəstəmaz aldı</t>
   </si>
   <si>
     <t>عَنْ يحيى بنِ عُمَارةَ المَازِنِيِّ قَالَ: شَهِدْتُ عَمْرَو بْنَ أَبِي حَسَنٍ سَأَلَ عَبْدَ اللَّهِ بْنَ زَيْدٍ، عَنْ وُضُوءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَدَعَا بِتَوْرٍ مِنْ مَاءٍ، فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَكْفَأَ عَلَى يَدِهِ مِنَ التَّوْرِ، فَغَسَلَ يَدَيْهِ ثَلاَثًا، ثُمَّ أَدْخَلَ يَدَهُ فِي التَّوْرِ، فَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثَلاَثَ غَرَفَاتٍ، ثُمَّ أَدْخَلَ يَدَهُ فَغَسَلَ وَجْهَهُ ثَلاَثًا، ثُمَّ غَسَلَ يَدَيْهِ مَرَّتَيْنِ إِلَى المِرْفَقَيْنِ، ثُمَّ أَدْخَلَ يَدَهُ فَمَسَحَ رَأْسَهُ، فَأَقْبَلَ بِهِمَا وَأَدْبَرَ مَرَّةً وَاحِدَةً، ثُمَّ غَسَلَ رِجْلَيْهِ إِلَى الكَعْبَيْنِ.</t>
   </si>
   <si>
     <t>Yəhya bin Umara Əl-Məzinidən belə dediyi rəvayət edilir: Amr ibn Əbu Həsənin Abdullah ibn Zeyddən Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) dəstəmazı haqqında soruşduğunun şahidi oldum.O, bir  qab su istədi və onlar üçün Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) aldığı şəkildə dəstəmaz aldı. Belə ki o, əlinə qabdan su tökdü və əllərini üç dəfə yudu, sonra əlini qabın içinə saldı, ondan üç ovuc götürüb ağzını yaxaladı,  burnuna su çəkdi və sonra suyu çölə çıxardı. Sonra əlini qaba salıb üzünü üç dəfə yudu, sonra iki dəfə əllərini dirsəklərə qədər yudu, sonra əlini qaba salaraq başın önündən arxaya və arxadan önə olmaqla, başına bir dəfə məsh çəkdi, sonra ayaqlarını topuğa qədər yudu.</t>
   </si>
   <si>
     <t>بَيَّنَ عبدُ الله بن زيدٍ رضي الله عنه كيفيةَ وضوءِ النبيِّ صلى الله عليه وسلم، بصورة فِعليَّة، 
 فطلب إناءً صغيرًا مِن ماء، 
 فبدأ أوّلًا بغسل كفيه، ثم أمال الإناء وصَبَّ مِن الماء فغسلهما ثلاثًا خارج الإناء، 
 ثم أَدخلَ يدَه في الإناء، فاغْتَرَفَ منه ثلاثَ غَرفات يتمضمض في كل غرفة ويستنشق ويستنثر، 
 ثم اغترف من الإناء فغسل وجهه ثلاث مرات، 
 ثم اغترف منه فغسل يديه إلى المرفقين مرتين مرتين، 
 ثم أدخل يديه في الإناء فمسح رأسه بيديه بَدَأَ بِمُقَدَّم رأسِهِ حتى وصل إلى قَفَاه أعلى الرقبة، ثم ردَّهما حتى وصل إلى المكان الذي بدأ منه، 
 ثم غسل رجليه مع الكعبين.</t>
   </si>
   <si>
     <t>Abdullah bin Zeyd (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) necə dəstəmaz aldığını hərəkətlərlə göstərərək izah etdi. və kiçik bir qab su istədi, Əvvəlcə əllərini yumaqla başladı, sonra qabı əydi və bir az su tökdü və əllərini üç dəfə qabın kənarında yudu.
 ​ Sonra əlini qabın içinə saldı, ondan üç ovuc su götürdü. Hər ovucda ağzını yaxaladı, burnuna su çəkdi və sonra suyu çölə çıxardı.
 ​ Sonra qabdan bir ovuc su götürüb üzünü üç dəfə yudu. Sonra qabdan bir ovuc su götürdü və iki dəfə əllərini dirsəklərə qədər yudu.
 ​ Sonra əllərini qabın içinə saldı və başının ön hissəsindən başlayaraq başının arxasına- boynun yuxarı hissəsinə çatana qədər əlləri ilə başına məsh çəkdi. Sonra isə əllərini geri qaytarıb başladığı yerə çatana qədər məsh çəkdi. Sonra ayaqlarını topuqlarla birlikdə yudu.</t>
   </si>
   <si>
     <t>سُلُوْكُ المُعلِّم أقربَ الوسائل إلى الفهم ورسوخ العلم، ومن ذلك التعليم بالعمل.
 جواز التكرار ثلاثًا في بعض أعضاء الوضوء واثنتين في بعضها، والواجب مرة واحدة.
 وجوب الترتيب بين أعضاء الوضوء كما جاء في الحديث.
 حَدُّ الوجه مِن مَنابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا.</t>
   </si>
   <si>
     <t>Müəllimin davranışı biliyin başa düşülməsi və möhkəmləndirilməsi üçün ən uyğun vasitədir və əməl edib-göstərərək öyrətmək buna bir misaldır.
 Bəzi dəstəmaz üzvlərində üç dəfə, bəzilərində isə iki dəfə təkrar etmək icazəlidir. Vacib olan isə bir dəfə etməkdir.
 ​
 Hədisdə gəldiyi kimi dəstəmaz üzvləri arasında ardıcıllığın olmasının vacibliyi.
 Üzün sərhədi- uzunluğa görə başın adətən saç bitdiyi yerindən çənəyə və saqqalın sonuna qədər olan hissəsi, eninə isə qulaqdan qulağa qədər olan hissədir .</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3444</t>
   </si>
   <si>
-    <t>إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ</t>
+    <t>إنما كان يكفيك أن تقول بيديك هكذا ثم ضرب بيديه الأرض ضربة واحدة، ثم مسح الشمال على اليمين، وظاهر كفيه ووجهه</t>
   </si>
   <si>
     <t>Əllərinlə belə etməyin sənə kifayət idi." Sonra əlləri ilə bir dəfə yerə vurdu.Sonra sol əlini sağ əlinə sürtdü, əllərinin üzərinə və üzünə məsh çəkdi</t>
   </si>
   <si>
     <t>عَنْ عَمَّارِ بنِ ياسِرٍ رضي الله عنه قال: بَعَثَنِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي حَاجَةٍ، فَأَجْنَبْتُ فَلَمْ أَجِدِ الْمَاءَ، فَتَمَرَّغْتُ فِي الصَّعِيدِ كَمَا تَمَرَّغُ الدَّابَّةُ ثُمَّ أَتَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَذَكَرْتُ ذَلِكَ لَهُ فَقَالَ: «إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ.</t>
   </si>
   <si>
     <t>Ammar bin Yasirdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) məni bir iş üçün göndərdi. Mən də cünub oldum,lakin su tapa bilmədim, buna görə də heyvanın torpaqda yuvarlandığı kimi yuvarlandım. Sonra Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldim və bunu ona xəbər verdim. O, dedi: Əllərinlə belə etməyin sənə kifayət idi." Sonra əlləri ilə bir dəfə yerə vurdu.Sonra sol əlini sağ əlinə sürtdü, əllərinin üzərinə və üzünə məsh çəkdi.</t>
   </si>
   <si>
     <t>بَعَثَ النبيُّ صلى الله عليه وسلم عَمّارَ بن ياسر رضي الله عنه في سَفَرٍ لبعض حاجاته، فأصابته جنابة بجماع أو نزول المني بشهوة، فلم يجد الماء ليغتسل منه، 
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Ammar bin Yasiri (Allah ondan razı olsun) bəzi ehtiyacları üçün səfərə göndərdi. Və o, qadınla yaxınlıq etmək və ya şəhvət səbəbi ilə məni çıxdığına görə cünub oldu. Lakin qüsl almağa su tapmadı. Və cənabət üçün təyəmmüm almağın (icazəli olduğu) hökmünü bilmirdi, yalnız onun kiçik hədəs üçün olan hökmünü bilirdi. O, da ictihad etdi və zənn etdi ki, kiçik hədəsdən təyəmmüm alarkən yerin üzərindəki torpaqla bəzi dəstəmaz əzalarına məsh etdiyi kimi, su ilə muqayisə olaraq, cənabətdən təyəmmüm alarkən də bütün bədəni torpağa sürtmək lazımdır. Bu səbəblə bütün bədənini torpağa batırıncaya qədər torpağın içində çevrildi və namaz qıldı. O, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldikdə doğru olub-olmadığını bilmək üçün  bunu ona bildirdi. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) də ona sidik ifrazı kimi kiçik hədəs və cənabət kimi böyük hədəsdən necə təmizlənməli olduğunu izah etdi: Bu iki əli ilə torpağa bir dəfə vurmaq, sol əliylə sağ əlinə, əllərinin üzərinə və üzünə məsh etməkdir.</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
     <t>Təyəmmüm etməmişdən əvvəl su axtarmağın vacibliyi.
 Cənabət olan və su tapmayan kəs üçün təyəmmümün icazəli olması.
 Böyük hədəs üçün təyəmmümün şəkli kiçik hədəs üçün edilən təyəmmüm kimidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3461</t>
   </si>
   <si>
-    <t>إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ</t>
+    <t>إن الناس إذا رأوا الظالم فلم يأخذوا على يديه أوشك أن يعمهم الله بعقاب منه</t>
   </si>
   <si>
     <t>Əgər insanlar zalımı görüb, onun zülmünə maneə olmasalar, Allahın öz əzabını onların hamısına göndərməsi yaxın olar</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَكْرٍ الصِّدِّيقِ رضي الله عنه أَنَّهُ قَالَ: أَيُّهَا النَّاسُ، إِنَّكُمْ تَقْرَؤُونَ هَذِهِ الآيَةَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ}، وَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ».</t>
   </si>
   <si>
     <t>Əbu Bəkr əs-Siddiqdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: “Ey insanlar, siz bu ayəni oxuyursunuz: {Ey iman gətirənlər! Öz qeydinizə qalın! Siz doğru yolda olsanız, (haqq yoldan ) azmışlar sizə zərər yetirə bilməzlər} və mən Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Əgər insanlar zalımı görüb, onun zülmünə maneə olmasalar, Allahın öz əzabını onların hamısına göndərməsi yaxın olar."</t>
   </si>
   <si>
     <t>يُخبِرُ أبو بكر الصديق رضي الله عنه: أن الناس يقرؤون هذه الآية: 
 {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ} [المائدة: 105].
 ويفهمون منها أنّ على الإنسان السعي في إصلاح نفسه فقط، وأنه لا يضره بعد ذلك ضلال من ضل، وأنهم غير مطالَبين بالأمر بالمعروف والنهي عن المنكر! 
 فأعلمهم أنها ليست كذلك، وأنه سمع النبي صلى الله عليه وسلم يقول: 
 إن الناس إذا رأوا الظالم فلم يمنعوه من ظلمه، وعندهم القدرة على منعه، يوشك أن يعمَّ الله الجميعَ بعقاب من عنده، الفاعل للمنكر، والساكت عنه.</t>
   </si>
   <si>
     <t>Əbu Bəkr əs-Siddiq (Allah ondan razı olsun) rəvayət edir ki, insanlar bu ayəni oxuyurlar :
 {Ey iman gətirənlər! Öz qeydinizə qalın! Siz doğru yolda olsanız, (haqq yoldan ) azmışlar sizə zərər yetirə bilməzlər.} [Maidə,105]
 Və onlar ondan elə başa düşürlər ki, insan ancaq özünü islah etmək üçün səy göstərməlidir və bundan sonra  azmış kəsin azğınlığından ona heç bir zərər dəyməz və onlardan yaxşılığı əmr edib, pislikdən çəkindirmək tələb olunmur!
 Buna görə o, onlara bunun belə olmadığını, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdiyini bildirdi: Əgər insanlar, zalımı görüb, onun qarşısını almağa qadir olduqları halda onu zülm etməkdən çəkindirməsələr, Allahın hər kəsi, istər pislik edəni, istərsə də buna susanı Öz tərəfindən cəzalandırması yaxındır.</t>
   </si>
   <si>
     <t>واجب المسلمين التناصح والأمر بالمعروف والنهي عن المنكر.
 عقاب الله العام يشمل الظالم لظلمه، ويشمل الساكت عن الإنكار إن كان قادرًا على الإنكار.
 تعليم العامة وإفهامهم النصوص القرآنية على الوجه الصحيح لها.
 أنه يجب على الإنسان العناية بفهم كتاب الله عز وجل، حتى لا يفهمه على غير ما أراد الله تعالى.
 الاهتداء لا يتحقق مع ترك الأمر بالمعروف والنهي عن المنكر.
 التفسير الصواب للآية: الزموا حفظ أنفسكم عن المعاصي، فإذا حفظتم أنفسكم لم يضركم إذا عجزتم عن الأمر بالمعروف والنهي عن المنكر ضلال من ضل بارتكاب المناهي إذا اهتديتم إلى اجتنابها.</t>
   </si>
   <si>
     <t>Müsəlmanların üzərinə vacib olan şey, bir-birlərinə nəsihət etmək, yaxşı işlər görməyi əmr edib, pislikdən çəkindirməkdir.
 Allahın ümumi cəzası etdiyi zülmə görə zalımı və inkar etməyə qadir olduğu halda susan kəsi də əhatə edir.
 Camaatı öyrətmək və onlara Quran ayələrini düzgün şəkildə başa salmaq.
 İnsan izzət və cəlal sahibi Allahın kitabını anlamağa  diqqət göstərməlidir ki, onu Uca Allahın istədiyindən fərqli şəkildə başa düşməsin.
 Yaxşılığı əmr etmək və pislikdən çəkindirməyi tərk etməklə hidayət (doğru yol üzərində olmaq) əldə olunmaz.
 Ayənin düzgün izahı: Özünüzü günahlardan qoruyun, əgər özünüzü qorusanız, günahlardan uzaq dursanız, yaxşı işlər görməyi əmr edib, pislikdən çəkindirməyə qadir olmasanız belə günahları işləyən azğınların zəlalətinin sizə heç bir zərəri olmaz.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Əbu Davud,Ət-Tirmizi, Ən-Nəsai Əl-Kubrada, İbnu-Məcə və Əhməd rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3470</t>
   </si>
   <si>
-    <t>مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ</t>
+    <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
     <t>Kim mənə iki çənəsi arasındakını (dilini) və iki ayağı arasındakını (övrət yerini haramdan qorumağa) zəmanət verərsə, mən də ona Cənnəti zəmanət verərəm</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Səhl bin Səad - Allah ondan razı olsun - rəvayət edir ki, Allah Rəsulu -salləllahu aleyhi va səlləm- belə buyurmuşdur: "Kim mənə iki çənəsi arasındakını (dilini) və iki ayağı arasındakını (övrət yerini haramdan qorumağa) zəmanət verərsə, mən də ona Cənnəti zəmanət verərəm".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- bu hədisdə bizə iki iş barəsində xəbər verir. Əgər müsəlman bunların hər ikisinə əməl edərsə,Cənnətə daxil olar.
 Birincisi: Dilin Uca Allahı qəzəbləndirən sözlərdən qorunması.
 İkincisi: Cinsiyyət orqanının  zinaya düşməkdən qorunması.
 Çünki bu iki əza ilə daha çox günahlar işlənilir.</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
 خُصَّ اللسان والفرج؛ لأنهما أعظم مَصدَر للبلاء على الإنسان في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Dilin və övrətin qorunması Cənnətə aparan yoldur.
 Bu hədisdə dil və cinsiyyət orqanı xüsusi olaraq zikr edilmişdir. Çünki bu iki əza dünya və axirətdə insanı bəlaya salan iki əsas əzadır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3475</t>
   </si>
   <si>
-    <t>كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ،</t>
+    <t>كنت أغتسل أنا والنبي صلى الله عليه وسلم من إناء واحد كلانا جنب، وكان يأمرني، فأتزر، فيباشرني وأنا حائض،</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) və mən, hər ikimiz də cünub olduqda bir qabdan yuyunardıq. Mən heyz olduqda isə, mənə (göbəkdən dizlərə qədər) örtünməyi əmr edər və mənimlə (cinsi əlaqə olmadan) yaxınlıq edərdi</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ، وَكَانَ يُخْرِجُ رَأْسَهُ إِلَيَّ وَهُوَ مُعْتَكِفٌ فَأَغْسِلُهُ وَأَنَا حَائِضٌ.</t>
   </si>
   <si>
     <t>Möminlərin anası Aişədən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) və mən, hər ikimiz də cünub olduqda bir qabdan yuyunardıq. Mən heyz olduqda isə, mənə (göbəkdən dizlərə qədər) örtünməyi əmr edər və mənimlə (cinsi əlaqə olmadan) yaxınlıq edərdi.  O, (məsciddə) etikafda olarkən başını mənə tərəf  çıxarardı (Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) evi məscidə bitişik idi) və mən də heyzli olduğum halda onun başını yuyardım.</t>
   </si>
   <si>
     <t>أَخْبَرَتْ عائشةُ أُمُّ المؤمنين رضي الله عنها عن بعض أحوالِها الخاصة معه صلى الله عليه وسلم، ومن ذلك: أنها كانت تغتسل من الجنابة معه صلى الله عليه وسلم مِن إناءٍ واحدٍ فيأخذان منه معًا. 
 وأنه صلى الله عليه وسلم إذا أراد إتيانَها وهي حائض أَمَرَها أَنْ تُغطي بدنَها مِن السُّرَّةِ إلى الركبة، فيباشرها بما دون الجماع. 
 وأنه صلى الله عليه وسلم كان يَعتكف في المسجد فيُخرِج رأسَه إلى عائشة فتغسله وهي في بيتها حائضٌ.</t>
   </si>
   <si>
     <t>Möminlərin anası Aişə (Allah ondan razı olsun) Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ilə olan bəzi xüsusi halları haqqında xəbər vermişdir. Bunlardan biri də: O, Peyğəmbərlə (Allahın salavatı və salamı onun üzərinə olsun) birlikdə cənabət qüslu alıb, onunla birlikdə bir qabdan su götürərdi. O (Allahın salavatı və salamı onun üzərinə olsun), Aişə anamız (Allah ondan razı olsun) heyzli olduğu zaman onunla yaxınlıq etmək istədikdə, ona göbəyindən dizinə qədər bədənini örtməyi  əmr edər və onunla cinsi əlaqəyə girmədən yaxınlıq edərdi. Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) məsciddə etikaf edərkən başını Aişəyə tərəf çıxarar və o, da evində heyzli ikən onun başını yuyardı.
 ​</t>
   </si>
   <si>
     <t>جواز اغتسال الرجل وزوجتِه مِن إناءٍ واحد.
 جواز مباشرة الحائض فيما دون الفرج، وأنَّ بدنَها طاهر.
 استحباب لبسِها الإزارَ وقتَ المباشرة.
 اتخاذ الأسباب المانعة من الوقوع في المحرم.
 منع مُكْثِ الحائضِ في المسجد.
 إباحة مباشرتِها الأشياءَ رطبة أو يابسة، ومن ذلك غسل الشعر وترجيله.
 حسن عشرة النبي صلى الله عليه وسلم لأهله.</t>
   </si>
   <si>
     <t>Kişinin həyat yoldaşı ilə birlikdə bir qabdan qüsl almasının icazəli olması.
 Heyzli qadınla  övrət yerindən başqa yaxınlıq etməyin icazəli olması və qadının bədəninin təmiz olması.
 Heyzli qadının cinsi əlaqə zamanı izar (alt paltar) geyinməsinin müstəhəb (bəyənilən) olması.
 Haramlara düşməyə mane olan səbəblərdən yapışmaq.
 Heyzli qadının məsciddə qalmasının qarşısını almaq.
 Heyzli qadının yaş və quru əşyalara toxunmasının icazəli olması. Bura saç yumaq və daramaq da daxildir.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) öz ailəsi ilə gözəl davranması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3476</t>
   </si>
   <si>
-    <t>سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ</t>
+    <t>ستكون أمراء فتعرفون وتنكرون، فمن عرف برئ، ومن أنكر سلم، ولكن من رضي وتابع</t>
   </si>
   <si>
     <t>Elə rəhbərlər hakimiyyətə gələcəklər, siz onların  əməllərini görəcək və inkar edəcəksiniz. Beləliklə, kim qəlblə etiraz edəcəksə qurtulacaq, kim  inkar edəcəksə xilas olacaq, amma həmin əməllərdən razı qalıb ardınca gedənlər günah qazanacaqlar</t>
   </si>
   <si>
     <t>عَنْ أُمِّ سَلَمَةَ أُمِّ المُؤمنين رضي الله عنها: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ» قَالُوا: أَفَلَا نُقَاتِلُهُمْ؟ قَالَ: «لَا، مَا صَلَّوْا».</t>
   </si>
   <si>
     <t>Möminlərin anası Ummu Sələmədən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: Elə rəhbərlər hakimiyyətə gələcəklər, siz onların  əməllərini görəcək və inkar edəcəksiniz. Beləliklə, kim qəlblə etiraz edəcəksə qurtulacaq, kim  inkar edəcəksə xilas olacaq, amma həmin əməllərdən razı qalıb ardınca gedənlər günah qazanacaqlar”  Bu an soruşdular: Onlara qarşı vuruşmayaqmı? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: “Namaz qıldıqları müddətdə xeyr”.</t>
   </si>
   <si>
     <t>أَخْبَرَ عليه الصلاة والسلام أنه يُولَّى علينا أمراء، نَعرف بعضَ أعمالِهم؛ لموافقتِها ما عُرِف من الشرع، ونُنْكر بعضَها؛ لمخالفتِه ذلك، 
 فمَن كَرِهَ بقلبِه المنكر ولم يَقدر على الإنكار؛ فقد برىء من الإثم والنفاق، 
 ومن قدر على الإنكار باليد أو باللسان فأنكر عليهم ذلك فقد سَلِم مِن المعصية والمشاركة فيها، 
 ولكنْ مَن رضي فِعْلَهم وتابَعَهم عليه يهلك كما هلكوا.
 ثم سألوا النبي صلى الله عليه وسلم: ألا نقاتل وُلاةَ الأمرِ الذين هذه صفتُهم؟ فنهاهم عن ذلك، وقال: لا، ما أقاموا فيكم الصلاة.</t>
   </si>
   <si>
     <t>O (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, bizə rəhbərlər təyin olunacaq və biz onların bəzi əməllərindən -şəriətlə uyğun olanlardan-xəbərdar olacağıq. Bəzi əməllərini isə şəriətə müxalif olduğu üçün inkar edəcəyik. Kim münkəri inkar etməyə qadir deyilsə, lakin qəlbində ona nifrət edərsə, günah və nifaqdan qurtular. Kim onu ​​əli və ya dili ilə inkar etməyə qadir olsa və onları inkar edərsə, günahdan və ona ortaq olmaqdan salamat olar. Kim belələrinin əməllərindən razı qalıb onlara tabe olarsa, onların həlak olduqları kimi həlak olar.
 Sonra Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşdular: Bu xüsusiyyətlərə malik olan rəhbərlərə qarşı vuruşmayaqmı? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) isə onlara bunu qadağan etdi və dedi: "Xeyr, namaz qıldıqları müddətdə etməyin".</t>
   </si>
   <si>
     <t>من دلالات نبوة النبي صلى الله عليه وسلم إخباره عما سيقع من المغيبات ووقوعه كما أخبر.
 لا يجوز الرضا عن المنكر ولا المشاركة فيه، ويجب إنكاره.
 إذا أَحدَثَ الأمراءُ ما يُخَالف الشريعة فلا تجوز طاعتُهم في ذلك.
 عدم جواز الخروج على ولاة الأمر المسلمين؛ لما يَتَرَتَّب على ذلك مِن المَفسدةِ وسَفْكِ الدماء وذهابِ الأمن، فَتَحَمُّلُ مُنكرِ الولاةِ العصاة، والصبرُ على أذاهم أَهْوَنُ من ذلك.
 الصلاةُ شأنُها عظيمٌ، فهي الفارقة بين الكفر والإسلام.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) peyğəmbərliyinin sübutlarından biri də baş verəcək qeybi hadisələr barədə xəbər verməsi və onun dediyi kimi baş verməsidir.
 Münkərlə razılaşmaq və onun tətbiqinə dəstək olmaq yolverilməzdir, əksinə onu inkar etmək vacibdir.
 Rəhbərlər şəriətə zidd əməl etsələr, o zaman həmin əməllərdə onlara itaət etmək olmaz.
 Yaranacaq fəsad, qan tökülməsi və əmin-amanlığın pozulmasına görə müsəlman rəhbərlərinə qarşı çıxmaq qadağandır. Günahkar rəhbərlərin münkər əməllərinə dözümlülük nümayiş etdirib, onların əziyyətlərinə səbr etmək bundan daha yüngül və təhlükəsizdir.
 Namazın əhəmiyyəti böyükdür, o küfrlə İslamı fərqləndirən atributdur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3481</t>
   </si>
   <si>
-    <t>بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ</t>
+    <t>بايعت رسول الله صلى الله عليه وسلم على شهادة أن لا إله إلا الله، وأن محمدا رسول الله، وإقام الصلاة، وإيتاء الزكاة، والسمع والطاعة، والنصح لكل مسلم</t>
   </si>
   <si>
     <t>Allahdan başqa ibadətə layiq haqq məbud olmadığına, Muhəmmədin Allahın Rəsulu olduğuna, namaz qılmağa, zəkat verməyə, (başçıya) eşidib itaət etməyə və hər bir müsəlmana nəsihət etməyə Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) beyət etdim</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِِ بْنِ عَبْدِ اللَّهِ رضي الله عنه قَالَ: بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ.</t>
   </si>
   <si>
     <t>Cabir bin Abdullahdan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allahdan başqa ibadətə layiq haqq məbud olmadığına, Muhəmmədin Allahın Rəsulu olduğuna, namaz qılmağa, zəkat verməyə, (başçıya) eşidib itaət etməyə və hər bir müsəlmana nəsihət etməyə Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) beyət etdim.</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ جريرُ بنِ عبدِ الله رضي الله عنه أنه التزمَ وعاهَدَ النبيَّ صلى الله عليه وسلم على التوحيد وأداء الصلوات الخمس المفروضات في اليوم والليلة، بشروطها وأركانها وواجباتها وسننها، وعلى أداء الزكاة المكتوبة، وهي عبادة مالية واجبة، تؤخذ من الأغنياء وتعطى المستحقين مِن الفقراء وغيرهم، وعلى الطاعة لولاة الأمر، والنصح لكل مسلم، وذلك بالحرص على منفعته، وإيصال الخير إليه، ودفع الشر عنه بالقول والفعل.</t>
   </si>
   <si>
     <t>Sahabə Cərir bin Abdullah (Allah ondan razı olsun) xəbər verir ki, o,  Peyğəmbərlə (Allahın salavatı və salamı onun üzərinə olsun) tövhid, gecə və gündüz beş vaxt vacib namazı şərtləri, rükunları, vacibləri və sünnətləri ilə qılmaq, varlılardan alınıb kasıblara və digər layiq olan kəslərə verilən, malda vacib olan zəkatı əda etmək, hakimlərə itaət etmək, hər bir müsəlmana nəsihət etmək üzərinə - bu isə söz və əməllə ona fayda verməyə həris olmaq, ona xeyir çatdırmaq, ondan zərəri dəf etməklə olur- əhd-peyman bağladı.</t>
   </si>
   <si>
     <t>أهمية الصلاة والزكاة، وهما من أركان الإسلام.
 أهمية النصح والتناصح بين المسلمين، حتى بايع رسول الله صلى الله عليه وسلم الصحابة رضي الله عنهم عليها.</t>
   </si>
   <si>
     <t>Namaz və zəkatın əhəmiyyəti və onların hər ikisi də İslamın əsaslarındandır.
 Müsəlmanlar arasında öyüd  və nəsihətləşmənin əhəmiyyəti. Hətta səhabələr (Allah onlardan razı olsun) Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) bu barədə beyət etmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3512</t>
   </si>
   <si>
-    <t>اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ</t>
+    <t>اتقوا الله ربكم، وصلوا خمسكم، وصوموا شهركم، وأدوا زكاة أموالكم، وأطيعوا ذا أمركم تدخلوا جنة ربكم</t>
   </si>
   <si>
     <t>Rəbbiniz olan Allahdan qorxun və beş vaxt namazınızı qılın, Ramazan orucunuzu tutun, malınızın zəkatını verin, rəhbərlərinizə itaət edin, (beləliklə) Rəbbinizin cənnətinə daxil olun</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ رضي الله عنه قَالَ: سَمِعْتَ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَخْطُبُ فِي حَجَّةِ الوَدَاعِ فَقَالَ: «اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ».</t>
   </si>
   <si>
     <t>Əbu Umamədən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: “Mən Allah Rəsulunu (Allahın salavatı və salamı onun üzərinə olsun) vida həccində xütbə verərkən eşitdim. O, dedi: Rəbbiniz olan Allahdan qorxun və beş vaxt namazınızı qılın, Ramazan orucunuzu tutun, malınızın zəkatını verin, rəhbərlərinizə itaət edin, (beləliklə) Rəbbinizin cənnətinə daxil olun."</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
 وأن يُصلُّوا الصلوات الخمس التي فَرَضَها الله عز وجل في اليوم والليلة. 
 وأن يصوموا شهر رمضان. 
 وأن يُعطوا زكاة الأموال إلى مستحقيها ولا يبخلوا بها. 
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hicrətin onuncu ilində, ərafa günü, vida həccində xütbə vermiş və bu cür (vida xütbəsi) adlandırılmasının səbəbi, onun (Allahın salavatı və salamı onun üzərinə olsun) oradakı insanlarla vidalaşması olmuşdur. Və bütün insanlara Rəbblərinin əmrlərini yerinə yetirərək və qadağalarından çəkinərək Ondan qorxmalarını əmr etmişdir. İzzət və cəlal sahibi olan Allahın onlara gecə və gündüz  vacib etdiyi beş vaxt namazları qılmalarını əmr etmişdir. Ramazan ayının orucunu tutmalarını əmr etmişdir. Mallarının  zəkatını layiq olanlara vermələrini və bunda xəsislik etməmələrini əmr etmişdir. Allahın onlara rəhbər etdiyi kəslərə, Allaha asilik olmayan işlərdə itaət etmələrini əmr etmişdir. Və hər kim bu qeyd edilən şeyləri edərsə, onun mükafatı cənnətə daxil olmaqdır.</t>
   </si>
   <si>
     <t>هذه الأعمال من أسباب دخول الجنة.</t>
   </si>
   <si>
     <t>Bu əməllər cənnətə daxil olmağın səbəblərindəndir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3520</t>
   </si>
   <si>
-    <t>لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ</t>
+    <t>لا يقبل الله صلاة أحدكم إذا أحدث حتى يتوضأ</t>
   </si>
   <si>
     <t>Sizlərdən birinizin dəstmazı pozulduqda, dəstəmaz almayınca  Allah onun namazını qəbul etməz</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Sizlərdən birinizin dəstmazı pozulduqda, dəstəmaz almayınca  Allah onun namazını qəbul etməz."</t>
   </si>
   <si>
     <t>بَيّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن شروط صِحةِ الصلاةِ: الطهارةُ، فيَجبُ على مَن أرادَ الصلاةَ أنْ يتوضأ إنْ كان قد حصل منه ناقِضٌ من نواقض الوضوء؛ كالغائط أو البول أو النوم أو غيرِها.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurur ki, namazın səhihlik şərtlərindən biri də təmizlikdir. Ona görə də namaz qılmaq istəyən yuxudan ayıldıqda, nəcis və sidiyin ifrazı və bu kimi digər dəstəmazı batil edən hallar baş verdikdə dəstəmaz almalıdır.</t>
   </si>
   <si>
     <t>صلاةُ المُحْدِثِ لا تُقبل حتى يتطهرَ بالغسل من الحَدَث الأكبر وبالوضوء من الأصغر.
 الوضوء هو أَخْذُ ماءٍ وإدارته في الفم وإخراجه، ثم سحب الماء بنَفَسه إلى باطن أنفه، ثم إخراجه ونثره، ثم غسل وجهه ثلاث مرات، ثم غسل يديه مع المرفقين ثلاثًا، ثم مسح جميع رأسه مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.</t>
   </si>
   <si>
     <t>Böyük cənabətdən qüsl almayınca (çimmək), sidik və nəcis ifrazından dəstəmaz alıb təmizlənməyincə, namaz qəbul olunmaz.
 Dəstəmaz: suyu götürərək, ağızda bütünlüklə dövr etdirmək  və çıxarmaq, sonra nəfəsi ilə suyu burnunun içinə çəkmək, sonra çıxarmaq, sonra üç dəfə üzünü yumaq, sonra əlləri dirsəklər də daxil olmaqla üç dəfə yumaq, sonra bütün başına bir dəfə məsh çəkmək, sonra üç dəfə ayaqları topuqlar da daxil olmaqla yumaqdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3534</t>
   </si>
   <si>
-    <t>إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا</t>
+    <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>Bir qul xəstələndiyindən və ya səfərə çıxdığından dolayı davamlı olaraq etdiyi ibadətləri etməzsə, ona müqim(sakin olduğu) və sağlam olarkən etdiyi əməllərin savabı kimi savab yazılar</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>Əbu Musa əl-Əşaridən - Allah ondan razı olsun - rəvayət edilən hədisdə Allah Rəsulu -salləllahu aleyhi va səlləm- belə buyurmuşdur: "Bir qul xəstələndiyindən və ya səfərə çıxdığından dolayı davamlı olaraq etdiyi ibadətləri etməzsə, ona müqim(sakin olduğu) və sağlam olarkən etdiyi əməllərin savabı kimi savab yazılar".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- bir müsləmanın sağlam və müqim olarkən adəti üzrə etmiş olduğu saleh bir əməli xəstəlik, səfər və ya hər hansı bir üzürdən dolayı etmədiyində, ona, sağlam və müqim olarkən etmiş kimi savab yazılmasının Allahın lütfu və rəhməti olduğunu xəbər vermişdir.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Hədisdə Allahın qulları üzərindəki lütfünün genişliyi ifadə edilmişdir.
 Hədisdə saleh əməllərə can atmağa, sağlamlıq və boş vaxtlardan faydalı istifadə etməyə təşviq vardır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3553</t>
   </si>
   <si>
-    <t>أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ</t>
+    <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>Zikrin ən fəzilətlisi: «Lə iləhə illəllah» kəlməsidir, duanın ən fəzilətlisi isə: «Əlhəmdulilləh» sözüdür</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>Cabir bin Abdullahdan -Allah ondan razı olsun- rəvayət edildiyinə görə o, belə demişdir: Mən Allah Rəsulunun -salləllahu aleyhi va səlləm- belə dediyini eşitdim: "Zikrin ən fəzilətlisi: «Lə iləhə illəllah» kəlməsidir, duanın ən fəzilətlisi isə: «Əlhəmdulilləh» sözüdür".</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>Peyğəmbər-salləllahu aleyhi va səlləm- bizə ən fəzilətli zikrin “Lə iləhə illallah" kəlməsi olduğunu, yəni: Uca Allahdan başqa ibadətə layiq haqq məbud olmadığını və eyni zamanda ən fəzilətli duanın da "Əlhəmdulillah" sözü olduğunu, yəni: Uca Allahın nemətləri bəxş edən, bütün kamil və gözəl vəsflərə layiq olan mənasına gəldiyini xəbər vermişdir.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Bu hədis Uca Allahı tövhid kəlməsi ilə çoxlu zikr etməyə və həmd-səna edərək Ona dua etməyə təşviq etmişdir.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[Ət-Tirmizi, Ən-Nəsai əl-Kubrada və İbn Məcə rəvayət ediblər]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3567</t>
   </si>
   <si>
-    <t>أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟</t>
+    <t>ألا أدلكم على ما يمحو الله به الخطايا، ويرفع به الدرجات؟</t>
   </si>
   <si>
     <t>Sizi Allahın günahları sildiyi və dərəcələri yüksəltdiyi şeyə yönəldimmi?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟» قَالُوا بَلَى يَا رَسُولَ اللهِ قَالَ: «إِسْبَاغُ الْوُضُوءِ عَلَى الْمَكَارِهِ، وَكَثْرَةُ الْخُطَا إِلَى الْمَسَاجِدِ، وَانْتِظَارُ الصَّلَاةِ بَعْدَ الصَّلَاةِ، فَذَلِكُمُ الرِّبَاطُ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: Sizi Allahın günahları sildiyi və dərəcələri yüksəltdiyi şeyə yönəldimmi? Dedilər: Bəli Ey Allahın Elçisi.
 Dedi: "Çətinliklərə baxmayaraq dəstəmazı tam almaq, məscidlərə çoxlu addımlar atmaq, namazdan sonra növbəti namazı gözləmək və bu ribatdır."</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه هل يُريدون أنْ يدلَّهم على أعمال تكون سببًا في مغفرة الذنوب، ومحوها من كُتب الحفظة، وعلو المنازل في الجنة؟ 
 قال الصحابة: نعم نريد ذلك. قال: 
 الأول: استيعاب وإتمام الوضوء على مشقة؛ كَبردٍ، وقلة ماء، وألم جسم، وماء حار. 
 الثاني: كثرة الخُطا -وهي ما بين القدمين- إلى المساجد ببعد الدار، وكثرة التكرار. 
 الثالث: انتظار وقت الصلاة، وتعلُّق القلب بها، والتأهب لها، والجلوس لها في المسجد لانتظار الجماعة، فإذا صلاها انتظر في مصلاه صلاةً أخرى. 
 ثم بيَّنَ صلى الله عليه وسلم أنَّ هذه الأمور هي المرابطة الحقيقية؛ لأنها تسد طرق الشيطان على النفس، وتقهر الهوى، وتمنعها من قبول الوساوس، فيغلب بها حزبُ الله جنودَ الشيطان؛ وذلك هو الجهاد الأكبر، فكانت بمنزلة الرباط على ثغر العدو.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) 
 səhabələrindən soruşdu ki, onları, günahların bağışlanmasına, 
 onların əməllərin yazan mələklərin kitabından silinməsinə və cənnətdə yüksək məqama səbəb olacaq əməllərə yönəltməyini istəyirlərmi?
 Səhabələr dedilər: Bəli, biz bunu istəyirik. O, dedi:
 Birincisi: Soyuq hava, su azlığı, bədən ağrısı və qaynar su kimi çətinliklər olsa da belə, dəstəmazı kamil və tam şəkildə almaq.
 İkincisi: Evin uzaq olması səbəbiylə və təkrar-təkrar məscidlərə gedərək, atılan -iki ayaq arasında olan- addımları çoxaltmaq .
 Üçüncüsü: Namazın vaxtını gözləmək, qəlbi ona (namaza) bağlamaq, ona hazırlıq görmək və onu camaatla qılmaq üçün məsciddə oturub gözləmək və namazı qıldıqda növbəti namaz üçün öz yerində gözləmək.
 Sonra, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bu işlərin həqiqi keşik çəkmək olduğunu izah etdi. Çünki o şeytanın insan üzərindəki yollarını bağlayır, nəfsi istəklərə qalib gəlir və onun vəsvəsələri qəbul etməsinə mane olur və onun vasitəsilə Allahın ordusu şeytanın əsgərlərini məğlub edir. Bu, ən böyük cihaddır və düşmənin sərhədində keşik çəkmək kimidir.</t>
   </si>
   <si>
     <t>أهمية المحافظة على صلاة الجماعة في المسجد، والاهتمام بالصلوات وعدم التشاغل عنها.
 حسن عرض النبي صلى الله عليه وسلم وتشويقه لأصحابه حيث بدأهم بثواب عظيم على طريقة السؤال، وهذه طريقة من طرق التعليم.
 فائدة عرض المسألة بالسؤال والجواب: أن يكون الكلام أوقع في النفس بحكم الإبهام والتبيين.
 قال النووي رحمه الله: فذلكم الرباط أي: الرباط المرغَّب فيه، وأصل الرباط الحبس على الشيء، كأنه حبس نفسه على هذه الطاعة، وقيل: إنه أفضل الرباط كما قيل: الجهاد جهاد النفس، ويحتمل أنه الرباط المتيسر الممكن، أي: إنه من أنواع الرباط.
 كررت كلمة "الرباط" وعرفت ب(ال) التعريف؛ ذلك تعظيمٌ لشأن هذه الأعمال.</t>
   </si>
   <si>
     <t>Məsciddə camaat namazını qılmağın, namazlara diqqət yetirməyin və ondan yayınmamağın əhəmiyyəti.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) gözəl təqdimatı və səhabələrini təşviq etməsi. Belə ki o, sual şəklində böyük bir savaba işarə edərək başladı və bu, öyrətmə üsullarından biridir.
 Məsələni sual və cavab şəklində təqdim etməyin faydası: Söhbətin qeyri-müəyyən olması, sonra isə izah edilməsinə görə insana daha çox təsir edir.
 Ən-Nəvəvi (Allah ona rəhmət etsin) demişdi: Bu, keşik çəkməkdir, yəni, təşviq edilən keşik çəkmək və keşik çəkməyin əsası bir şeyə bağlı qalmaqdır, sanki o, özünü bu itaətə həbs etmişdir. Həmçinin deyilmişdir: Bu, ən yaxşı keşik çəkməkdir, necə ki- Cihad nəfsin cihadıdır-deyilmişdir. Ola bilsin ki, mövcud və mümkün olan keşik çəkmək olsun, yəni: bu keşik çəkmənin növlərindən biridir.
 "Ər-Ribat" kəliməsi təkrar-təkrar işlədilmiş və "ال"  artiklı ilə müəyyən edilmişdir; bu isə bu əməllərin qədr-qiymətini böyütmək üçündür.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3574</t>
   </si>
   <si>
-    <t>أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ</t>
+    <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
   </si>
   <si>
     <t>Sizə əməllərinizin ən xeyirlisini, Hökmradınızın  yanında ən pak olanını, dərəcələrinizi ən çox artıranı</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
   </si>
   <si>
     <t>Əbu Dərdadan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Sizə əməllərinizin ən xeyirlisini, Hökmradınızın  yanında ən pak olanını, dərəcələrinizi ən çox artıranı sizin üçün qızıl və pul xərcləməkdən daha xeyirlisini və sizin üçün düşməninizlə qarşılaşıb onların boyunlarını vurmaqdan, onların da sizin boynunuzu vurmaqdan daha xeyirli olanını xəbər verimmi? Onlar dedilər: Bəli. O, dedi: “Uca Allahı zikr etməkdir”.</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
 هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
 وأرفعها في منازلكم في الجنة؟ 
 وخير لكم من التصدُّق بالذهب والفضة؟ 
 وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
 قال الصحابة: نعم نريد ذلك. 
 قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) səhabələrindən soruşdu: .
-İstəyirsinizmi ki, sizə izzət və cəlal sahibi olan, hökmdar Allahın yanında əməllərinizin ən fəzilətlisi, ən şərəflisi, ən üstünü, ən pakı və ən təmizi haqqında xəbər verim və sizi öyrədim? .
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) səhabələrindən soruşdu:
+İstəyirsinizmi ki, sizə izzət və cəlal sahibi olan, hökmdar Allahın yanında əməllərinizin ən fəzilətlisi, ən şərəflisi, ən üstünü, ən pakı və ən təmizi haqqında xəbər verim və sizi öyrədim?
 Cənnətdə dərəcələrinizi ən çox artıracaq əməli?
 Sizin üçün qızıl və gümüşü sədəqə verməkdən daha xeyirli olanı ?
 Sizin üçün kafirlərlə döyüşmək üçün qarşılaşıb onların boyunlarını vurmaqdan, onların da sizin boyunlarınızı vurmaqdan daha xeyirli olanı?
 Səhabələr dedilər: Bəli, biz bunu istəyirik.
 O(Allahın salavatı və salamı onun üzərinə olsun) dedi: (Bu əməl) hər zaman, hər şəkildə və hər vəziyyətdə Uca Allahı zikr etməkdir.</t>
   </si>
   <si>
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>Həm zahirdə, həm də batində Uca Allahı zikr etməkdə davamlı  olmaq, Uca Allaha yaxınlaşdıran ən böyük və ən faydalı əməllərdən biridir.
 Bütün əməllər Uca Allahın zikrini  yerinə yetirmək üçün fərz edilmişdir. Uca Allah buyurmuşdur: (Və Məni zikr etmək üçün namaz qıl). Və o (Allahın salavatı və salamı onun üzərinə olsun) demişdir: "Kəbə ətrafında təvaf etmək, Səfa ilə Mərvə arasında səy etmək və Camaratda daş atmaq yalnız Uca Allahın zikrini yerinə yetirmək üçündür". Hədisi Əbu Davud və Tirmizi rəvayət etmişlər.
 Əl-İzz bin Əbdis- Sələm “Qavəid” kitabında belə demişdir: “Bu hədis ona dəlalət edir ki, savab bütün ibadətlərdə çəkilən əziyyətin miqdarına görə olmur. Hərdən Uca Allah az əməllərə görə çox əməllərin  savabından artıq savab verir. Buna görə də savabın miqdarı (əməlin) şərəf dərəcəsindəki fərqindən asılıdır.
 Əl-Munəvi “Feydul-Qadir”də demişdir: “Bu hədis belə təfsir edilmişdir ki, zikr, onunla xitab edilən kəslər üçün daha xeyirli idi . Əgər bu xitab döyüşdə İslama fayda vermiş şücaətli, cəsur birisinə yönəlsə idi, ona cihad, kasıblara fayda verən varlıya yönəlsə idi, ona sədəqə, həccə qadir olan birisinə yönəlsə idi, ona həcc etmək və ata-anası sağ olan birisinə yönəlsə idi, ona, onlara yaxşılıq etmək (ən xeyirli əməl kimi) deyilərdi. Və bununla da xəbərlər arasında uyğunluq hasil olur.
 Ən kamil zikr, qəlbin təfəkkürü (fikirləşməsi) ilə birgə dilin söylədiyi zikrdir. Sonra yalnız təfəkkür kimi qəlblə olan, sonra isə yalnız dillə olan zikrdir. Və hər birində in şəə Allah mükafat vardır.
 Müsəlmanın səhər və axşam zikrləri, məscidə, evə, ayaqyoluna girib-çıxarkən və sair kimi hallarla bağlı zikrləri davamlı etməsi, onu Allahı çox zikr edənlərdən edir.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Ət-Tirmizi, İbnu Məcə və Əhməd rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3575</t>
   </si>
   <si>
-    <t>الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ</t>
+    <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>Cənnət sizə ayaqqabınızın bağından daha yaxındır. Cəhənnəm də həmçinin</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>Abdullah bin Məsuddan -Allah ondan razı olsun- rəvayət edildiyine görə Allah Rəsulu -salləllahu aleyhi va səlləm- belə buyurmuşdur: "Cənnət sizə ayaqqabınızın bağından daha yaxındır. Cəhənnəm də həmçinin".</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- Cənnət və Cəhənnəmin insana ayağındakı ayaqqabı bağı qədər yaxın olduğunu xəbər vermişdir. Çünki insan, Allahın razı olacağı bir yaxşı əməl edib onun səbəbi ilə Cənnətə girə bilər yaxud da bir günah edib onun səbəbi ilə Cəhənnəmə girə bilər.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Hədis az da olsa xeyir əməl etməyə təşviq etmiş və pis əməl etməkdən çəkindirmişdir.
 Müsəlman həyatını Allahın rəhmətinə ümid bəsləyib əzabından qorxaraq yaşamalı və hazırkı halına aldanmaması üçün daima Uca Allahdan haqq üzərində sabit qalmasını istəməlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3581</t>
   </si>
   <si>
-    <t>السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ</t>
+    <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>Misvak ağzın təmizliyi, Rəbbin isə razılığıdır</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>Aişə -Allah ondan razı olsun- rəvayət edildiyinə görə Allah Rəsulu -salləllahu aleyhi va səlləm- belə buyurmuşdur: "Misvak ağzın təmizliyi, Rəbbin isə razılığıdır".</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- bizə arak ağacı və ona bənzər şeylər ilə dişləri fırçalamağın ağzı qida qalıqları və pis qoxulardan təmizlədiyini xəbər vermişdir. Misvakdan istifadə etmək Uca Allahın qulundan razı olmasının səbəblərindən biridir. Çünki bu əməldə  Allaha itaat və Onun əmrinə boyun əymək və həmçinin Allahın sevdiyi təmizlikdən bir pay vardır.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
     <t>Hədisdə ağzı misvakla təmizləməyin fəziləti və Peyğəmbərin -salləllahu aleyhi va səlləm- ümmətinə misvakdan tez-tez istifadə etməyə təşviq etməsi vurğulanmışdır.
 Ağız təmizliyində ən fəzilətli olan arak ağacının budağından əldə edilən misvakdan istifadə edilməsidir. Diş fırçası və məcundan istifadə edilməsi də misvakın yerini verir.</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد</t>
   </si>
   <si>
     <t>[Ən-Nəsai və Əhməd rəvayət ediblər]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3588</t>
   </si>
   <si>
-    <t>الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ</t>
+    <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
   </si>
   <si>
     <t>Böyük günahlardan çəkindiyi müddətcə, beş vaxt namaz, iki Cümə və iki Ramazan, aralarında edilən kiçik günahlara kəffarədir</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan -Allah ondan razı olsun- rəvayət edildiyinə görə Allah Rəsulu -salləllahu aleyhi va səlləm- belə buyurmuşdur: "Böyük günahlardan çəkindiyi müddətcə, beş vaxt namaz, iki Cümə və iki Ramazan, aralarında edilən kiçik günahlara kəffarədir".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- gün ərzində qılınan beş vaxt namazın, hər həftə qılınan cümə namazının və hər il tutulan Ramazan orucunun böyük günahlardan çəkinilməsi şərti ilə aralarında edilən kiçik günahlara kəffarə olacağını xəbər vermişdir. Amma zina, içki içmək kimi büyük günahlara gəldikdə isə, yalnız tövbə edildiyində bağışlanar.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>Günahlardan bəziləri kiçik, bəziləri isə böyükdür.
 Kiçik günahların bağışlanması böyük günahlardan çəkinmə şərtinə bağlıdır.
 Böyük günahları edənə bu dünyada hədd cəzası, axirətdə isə əzab və ya qəzəb yaxud da lənət təhdidi vardır. Zina etmək və içki içmək kimi əməllər böyük günahlara misaldır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3591</t>
   </si>
   <si>
-    <t>بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>Məndən bir ayə olsa belə insanlara çatdırın. İsrail oğullarından da danışın, bunda bir qəbahət yoxdur. Kim mənim adımdan qəsdən yalan danışarsa, Cəhənnəmdə yerini hazırlasın</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Abdullah ibn Amr ibn As -Allah ondan və atasından razı olsun- rəvayət edir ki, Peyğəmbər -salləllahu aleyhi va səlləm- belə demişdir: "Məndən bir ayə olsa belə insanlara çatdırın. İsrail oğullarından da danışın, bunda bir qəbahət yoxdur. Kim mənim adımdan qəsdən yalan danışarsa, Cəhənnəmdə yerini hazırlasın".</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- bizə Kitab və sünnədən olan elmin insanlara çatdırılmasını əmr etmişdir. Hətta çatdırılan elm Qurandan bir ayə və ya bir hədis olsa belə. Lakin bu çatdırdığı və dəvət etdiyi şey barədə elmli olması şərtdir. Sonra Peyğəmbər -salləllahu aleyhi va səlləm- dinimizə müxalif olmayan İsrail oğullarının başına gələn ibrətamiz qissələrin də danışılmasında bir qəbahət olmadığını açıqlamışdır. Peyğəmbər -salləllahu aleyhi va səlləm- onun adından yalan danışmağı qadağan etmiş və onun adından qəsdən yalan danışan kimsənin Cəhənnəmdə özünə yer hazırladığını bəyan etmişdir.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
 الحث على الصدق في الكلام والحيطة في الحديث، حتى لا يقع في الكذب، وخاصة في شرع الله عز وجل.</t>
   </si>
   <si>
     <t>Hədisdə Allahın dinini təbliğ etmək və bir insanın az olsa belə əzbərlədiyi və ya anladığı bir şeyi insanlara çatdırılması təşviq edilmişdir.
 Uca Allaha ibadət etmək və həmçinin Onun şəriətini doğru bir şəkildə təbliğ etmək üçün şəri elmin öyrənilməsi vacibdir.
 Şiddətli əzaba məruz qalmamaq üçün hər hansı bir hədisi yayıb təbliğ etmədən öncə həmin hədisin səhihliyini dəqiqləşdirmək vacibdir.
 Hədisdə, xüsusən də Uca Allahın şəriətində yalana düşməmək üçün danışan zaman doğru sözlü və təmkinli olmağa təşviq vardır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3686</t>
   </si>
   <si>
-    <t>دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ</t>
+    <t>دلني على عمل إذا عملته دخلت الجنة، قال: تعبد الله لا تشرك به شيئا، وتقيم الصلاة المكتوبة، وتؤدي الزكاة المفروضة، وتصوم رمضان</t>
   </si>
   <si>
     <t>Məni elə bir əmələ yönəlt ki, onu edəcəyim təqdirdə cənnətə girim. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: Allaha heç bir şeyi şərik qoşmadan ibadət et, fərz namazlarını qıl, vacib olan zəkatı ver və Ramazan orucunu tut.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ أَعْرَابِيًّا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ» قَالَ: وَالَّذِي نَفْسِي بِيَدِهِ لاَ أَزِيدُ عَلَى هَذَا، فَلَمَّا وَلَّى قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَرَّهُ أَنْ يَنْظُرَ إِلَى رَجُلٍ مِنْ أَهْلِ الجَنَّةِ، فَلْيَنْظُرْ إِلَى هَذَا».</t>
   </si>
   <si>
     <t>Əbu Hureyradən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir:
 ​ Bir bədəvi Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəlib dedi: Məni elə bir əmələ yönəlt ki, onu edəcəyim təqdirdə cənnətə girim. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: Allaha heç bir şeyi şərik qoşmadan ibadət et, fərz namazlarını qıl, vacib olan zəkatı ver və Ramazan orucunu tut.” Kişi dedi: “Nəfsim əlində olana and olsun ki, bunun üzərinə heç bir şey artırmayacam. O, dönüb getdikdə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: “Kimi Cənnət əhlindən olan bir insana baxmaq sevindirirsə, bu kişiyə baxsın”.</t>
   </si>
   <si>
     <t>قَدِمَ رجلٌ مِن أهلِ الباديةِ على النبيِّ صلى الله عليه وسلم لِيَدُلَّه على عَملٍ يُدخله الجنة، 
 فأجابه النبي صلى الله عليه وسلم بأنَّ دخول الجنة والنجاة من النار يَتَوَقَّفانِ على أداء أركان الإسلام، من عبادة الله وحده، وأن لا تشرك به شيئًا. 
 وتقيم الصلوات الخمس التي أوجبها الله على عباده في كل يوم وليلة. 
 وتعطي زكاة المال التي أوجبها الله عليك، وتدفعها لمستحقها. 
 وتحافظ على صيام شهر رمضان في وقته. 
 قال الرجل والذي نفسي بيده لا أزيد على العمل المفروض الذي سمعته منك شيئًا من الطاعات، ولا أنقص منه. 
 فلما انصرف قال النبي صلى الله عليه وسلم: 
 مَن سرَّه أن يَنظرَ إلى رجل من أهل الجنة فلينظر إلى هذا الأعرابي.</t>
   </si>
   <si>
     <t>Səhradan bir kişi Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldi ki, onu Cənnətə aparacaq bir işə yönəltsin. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ona cavab verdi ki, cənnətə daxil olmaq və cəhənnəmdən xilas olmaq, İslamın əsaslarını yerinə yetirməkdən asılıdır. Bu əsaslar isə: Allaha ibadət etmək və Ona heç bir şeyi şərik qoşmamaqdan, 
 ​ Allahın hər gecə və gündüz qullarına vacib etdiyi beş namazı qılmaqdan,
 ​ Allahın sənə vacib etdiyi malın zəkatını layiq olan kəsə ödəməkdən, Ramazan ayının orucunu vaxtında tutmaqdan ibarətdir. Həmin kişi dedi ki, nəfsim əlində olan Allaha and olsun ki, sənin buyurduğun fərz əməllərin üzərinə heç bir itaət əlavə etməyəcəyəm və  onlardan heç bir şey əskiltməyəcəyəm. O, dönüb getdikdə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: Kimi cənnət əhlindən olan bir kəsə baxmaq sevindirirsə, bu (səhrada yaşayan) bədəviyə  baxsın.</t>
   </si>
   <si>
     <t>توحيد الله تعالى بالعبادة أول ما يُبدأ به في الدعوة إلى الله.
 الاكتفاء بتعليم الواجبات على مَن كان حديثَ عهدٍ بإسلام.
 الدعوة إلى الله تعالى لا بُد فيها من التدرُّج.
 حرص الرجل على تَعلُّم أمر دينه.
 إذا اقتصر المسلم على الواجبات فإنه يفلح، ولكن لا يعني هذا التساهل بالتطوعات؛ لأن التطوع يُكمل به النقص بالفرائض.
 تخصيص بعض العبادات بالذكر دليل على أهميتها والحض عليها، ولا يعني عدم وجوب غيرها.</t>
   </si>
   <si>
     <t>Tövhid - Uca Allahı ibadətdə təkləşdirmək - Allaha dəvətdə ilk başlanılan əməldir.
 İslamda yeni olan kəsə yalnız vacib olan ibadətləri öyrətməklə kifayətlənmək.
 Uca Allaha dəvət tədricən olmalıdır.
 Kişinin dinini öyrənməyə olan hərisliyi.
 Müsəlman özünə vacib olan ibadətlərlə kifayətlənərsə, uğur qazanar. Lakin bu o demək deyil ki, nafilə (əlavə) ibadətlərdə səhlənkar olmaq lazımdır. Çünki nafilə ibadətlər, vacib ibadətlərdə olan nöqsanları tamamlayır.
 Bəzi ibadətlərin adlarının çəkilməsi, onların əhəmiyyətinə və təşviqinə dəlildir.  Bu digər ibadətlərin vacib olmadığı anlamına gəlmir.
 ​</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3689</t>
   </si>
   <si>
-    <t>أَفْلَحَ إِنْ صَدَقَ</t>
+    <t>أفلح إن صدق</t>
   </si>
   <si>
     <t>Əgər doğru danışsa, nicat tapacaqdır</t>
   </si>
   <si>
     <t>عَنْ طَلْحَةَ بْنِ عُبَيْدِ اللهِ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ أَهْلِ نَجْدٍ ثَائِرُ الرَّأْسِ، نَسْمَعُ دَوِيَّ صَوْتِهِ، وَلَا نَفْقَهُ مَا يَقُولُ حَتَّى دَنَا مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَإِذَا هُوَ يَسْأَلُ عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَمْسُ صَلَوَاتٍ فِي الْيَوْمِ وَاللَّيْلَةِ» فَقَالَ: هَلْ عَلَيَّ غَيْرُهُنَّ؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ، وَصِيَامُ شَهْرِ رَمَضَانَ»، فَقَالَ: هَلْ عَلَيَّ غَيْرُهُ؟ فَقَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، وَذَكَرَ لَهُ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الزَّكَاةَ، فَقَالَ: هَلْ عَلَيَّ غَيْرُهَا؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، قَالَ: فَأَدْبَرَ الرَّجُلُ، وَهُوَ يَقُولُ: وَاللهِ، لَا أَزِيدُ عَلَى هَذَا، وَلَا أَنْقُصُ مِنْهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْلَحَ إِنْ صَدَقَ».</t>
   </si>
   <si>
     <t>Talha bin Ubeydilləh (Allah ondan razı olsun) dedi: Nəcd əhlindən saçı dağınıq bir kişi Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldi. Biz onun səsini eşidir, lakin nə dediyini başa düşmürdük. O, Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) yaxınlaşdı və İslam haqqında soruşdu. Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: Bu,  gündüz və gecə qılınan beş vaxt namazdır." Kişi soruşdu:" Bu namazlardan başqa üzərimə namaz vacibdimi?" Dedi: "Xeyr, yalnız könüllü qılacağın namazlar istisna, və üzərinə Ramazan orucu vacibdir." Kişi soruşdu:" Ondan başqa oruc mənə vacibdirmi?" Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: Xeyr, yalnız könülü olaraq oruc tutmağın istisna."
 Sonra Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona zəkat haqqıda xəbər verdi və kişi dedi: “Başqa bir şey etməliyəmmi? Dedi: “Xeyr, yalnız könüllü olaraq sədəqə verməyin istisna”.  Sonra kişi üzünü çevirib: “Allaha and olsun ki, mən buna nə əlavə edəcəm, nə də ondan azaldacam" dedi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi:  Əgər doğru danışsa, nicat tapacaqdır."</t>
   </si>
   <si>
     <t>جاء رجلٌ من أهل نَجْدٍ إلى النبي صلى الله عليه وسلم وكان شعره مُنْتَفِشًا، وصوته مرتفعًا، ولا يُفقه ما يقول، حتى اقترب من النبي صلى الله عليه وسلم، فسأل عن فرائض الإسلام؟ 
 فبدأ النبيُّ صلى الله عليه وسلم بالصلاة، وأخبره أنَّ الله قد افترض عليه خمسَ صلوات في كل يوم وليلة.
 فقال: هل يلزمني شيء من الصلوات غير هذه الخَمس؟ 
 فقال: لا، إلا إذا تطوَّعت من صلوات النوافل. 
 ثم قال صلى الله عليه وسلم: ومما أوجبه الله عليك صوم شهر رمضان.
 فقال الرجل: هل يلزمني شيء من الصيام غير صوم رمضان؟ 
 فقال: لا، إلا أن تتطوّع بصوم. 
 ثم ذكر له صلى الله عليه وسلم الزكاة.
 فقال الرجل: هل يلزمني شيء من الصدقات بعد زكاة الفرض؟ 
 قال: لا، إلا أن تتطوّع. 
 وبعد أن سمع الرجل من النبي صلى الله عليه وسلم هذه الفرائض ولّى مدبرًا وأقسم بالله تعالى أنه سيلتزم بها من غير زيادة ولا نقصان، فقال صلى الله عليه وسلم على إثر ذلك: إذا صَدَقَ الرجل على ما حَلفَ عليه فإنه يكون من المُفلحين.</t>
   </si>
   <si>
@@ -4652,1118 +4653,1489 @@
   </si>
   <si>
     <t>سماحةُ الشريعة الإسلامية وتيسيرها على المكلفين.
 حسن معاملته صلى الله عليه وسلم لهذا الرجل، فقد مَكَّنَه من الاقتراب منه وسؤاله.
 البدء في الدعوة إلى الله تعالى بالأهم فالأهم.
 الإسلام عقيدة وعمل، فلا ينفع عمل من غير إيمان، ولا ينفع إيمان من غير عمل.
 أهمية هذه الأعمال وأنها من أركان الإسلام.
 صلاة الجمعة داخلة في الصلوات الخمس الواجبة؛ لأنها بدلًا عن صلاة ظهر يوم الجمعة لمن وجبت عليه.
 بدأ النبيُّ صلى الله عليه وسلم تعليمه بآكد فرائض الإسلام وهي أركانه بعد الشهادتين؛ لأنه كان مسلمًا، ولم يذكر الحج؛ لأنه قبل فرضهِ، أو لأنه لم يأتِ وقته.
 الإنسان إذا اقتصر على الواجب في الشرع فإنه مُفلح، ولكن لا يعني هذا أنه لا يُسن أن يأتي بالتطوع؛ لأن التطوع تكمل به الفرائض يوم القيامة.</t>
   </si>
   <si>
     <t>İslam şəriətinin yumşaqlığı və mükəlləflərə (şəriətin əmr və qadağaları yönəlmiş insanlara) asanlığı.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bu kişi ilə gözəl rəftar etməsi, belə ki, ona, özünə yaxınlaşmasına və sual verməsinə şərait yaratdı.
 Uca Allaha dəvətdə ən vacib olandan başlamaq.
 İslam əqidə və əməldən ibarətdir, buna görə iman olmadan əməlin və əməl olmadan  imanın faydası yoxdur.
 Bu əməllərin əhəmiyyəti və İslamın əsaslarından olması.
 Cümə namazı beş vacib namaza daxildir; çünki bu namaz cümə günü, cümənin vacib olduğu şəxslər üçün zöhr namazının əvəzinədir.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) təlimə (dini öyrətməyə) İslamın ən önəmli vacibatları ilə başladı ki, bunlar da şəhadət kəliməsindən sonra gələn İslamın əsaslarıdır. Çünki, o adam müsəlman idi. Lakin həccdən danışmadı, çünki həcc vacib edilməmişdi və ya hələ vaxtı gəlməmişdi.
 İnsan şəriətdə vacib olan ibadətlərlə  kifayətlənərsə, o, nicat tapmış olar. Lakin bu o demək deyil ki, könüllü ibadətləri etmək sünnət deyil. Çünki qiyamət günü vacib ibadətlər könüllü ibadətlərlə tamamlanacaq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3700</t>
   </si>
   <si>
-    <t>مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ</t>
+    <t>ما يصيب المسلم من نصب ولا وصب ولا هم ولا حزن ولا أذى ولا غم حتى الشوكة يشاكها إلا كفر الله بها من خطاياه</t>
   </si>
   <si>
     <t>“Müsəlmanın başına gələn bəlalar içərisində elə bir yorğunluq, xəstəlik, dərd, kədər, əziyyət və sıxıntı, qəm, hətta bədəninə batan tikan kimi bəla yoxdur ki, Allah buna görə onun günahlarını bağışlamasın”</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَعَنْ أَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ».</t>
   </si>
   <si>
     <t>Əbu Səid əl-Xudridən və Əbu Hureyradan (Allah onlardan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilmişdir: “Müsəlmanın başına gələn bəlalar içərisində elə bir yorğunluq, xəstəlik, dərd, kədər, əziyyət və sıxıntı, qəm, hətta bədəninə batan tikan kimi bəla yoxdur ki, Allah buna görə onun günahlarını bağışlamasın”</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ ما يُصاب به المسلمُ مِن أمراضٍ وهمومٍ وأحزانٍ وكروبٍ ومصائبَ وشدائدَ وخوفٍ وجوعٍ -حتى لو كانت شوكة تُصيبه فَتُؤْلِمُه-، يكونُ ذلك كفارةً لذنوبه وحطًّا لخطاياه.</t>
   </si>
   <si>
     <t>Peyğəmbər(Allahın salavatı və salamı onun üzərinə olsun) izah edir ki, müsəlmanın başına gələn hər hansı xəstəlik, narahatlıq, qəm-qüssə, sıxıntı, bəla, çətinlik, qorxu və aclıq - hətta bədəninə batıb  ağrı verən tikan belə-onun günahlarının təmizlənməsinə və xətalarıının bağışlanmasına səbəbdir.</t>
   </si>
   <si>
     <t>بيان فضل الله على عباده المؤمنين ورحمته بهم بغفران الذنوب بأقل ضرر يصيبهم.
 ينبغي للمسلم أن يَحْتَسِبَ عند الله ما يُصيبه، ويَصبر على كل صغيرة وكبيرة، لتكون له رفعة في الدرجات وكفارة للسيئات.</t>
   </si>
   <si>
     <t>Mömin bəndələrin başına gələn ən kiçik əziyyətlərə görə  günahlarının bağışlaması, Allahın onlara olan lütfünün və onlara qarşı mərhəmətinin təzahürüdür.
 Müsəlman, başına gələn müsibətin mükafatını Allahdan ummalı, baş verəcək hər bir böyük və ya kiçik hadisəyə səbr etməlidir ki, bununla da dərəcəsi yüksəlsin və günahları silinsin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3701</t>
   </si>
   <si>
-    <t>حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ</t>
+    <t>حجبت النار بالشهوات، وحجبت الجنة بالمكاره</t>
   </si>
   <si>
     <t>Cəhənnəm şəhvətlərlə(nəfsə xoş gələn şeylərlə), Cənnət isə nəfsin istəmədiyi şeylərlə əhatə edilmişdir</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradən -Allah ondan razı olsun- rəvayət edildiyinə görə, Allah Rəsulu -salləllahu aleyhi va səlləm- belə buyurmuşdur: "Cəhənnəm şəhvətlərlə(nəfsə xoş gələn şeylərlə), Cənnət isə nəfsin istəmədiyi şeylərlə əhatə edilmişdir".</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
 وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
   </si>
   <si>
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- Cəhənnəmin haramları etmək və fərzlərə laqeyd və səhlənkar yanaşmaq kimi nəfsin arzuladığı şeylər ilə əhatə edildiyini xəbər vermişdir. Kim nəfsinin istəklərinə uyarsa, Cəhənnəmə layiq olar. Cənnət isə əmr edilənləri yerinə yetirməyə səbr etmək, haramları tərk edib bunda qərarlı olmaq kimi nəfsin xoş görmədiyi şeylər ilə əhatə edilmişdir. Kim bu çətin yolları aşar və bu işdə nəfsi ilə mücadələ edərsə,Cənnətə daxil olmağa layiq olar.</t>
   </si>
   <si>
     <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
 الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
 فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
   </si>
   <si>
     <t>İnsanı şəhvətinin arxasınca sürükləyən səbəblərdən biri də şeytanın insana şər və çirkin şeyləri gözəl göstərməsidir. Beləcə, nəfs onu gözəl görür və ona meyil edir.
 Hədisdə nəfsə xoş gələn haramlardan uzaq durmaq əmr edilmişdir. Çünki bu, Cəhənnəmə aparan yoldur. Həmçinin nəfsə xoş gəlməyən şeylərə də səbr etmək əmr edilmişdir.Çünki bu da Cənnətə aparan yoldur.
 Hədisdə nəfslə mücadilə etməyin, ibadətlərə həris olmağın, nəfsin xoşlamadığı şeylərə və itaətləri əhatə edən çətinliklərə səbr etməyin fəziləti bəyan edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3702</t>
   </si>
   <si>
-    <t>حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ</t>
+    <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
     <t>Müsəlmanın müsəlman üzərində beş haqqı vardır: Salamını almaq, xəstələndiyində ziyarət etmək, cənazəsini müşayiət etmək, dəvətinə icabət etmək və asqırdıqda: (Əlhəmdulilləh) deyənə: (Yərhəmukəllah) (yəni: Allah sənə rəhmət etsin) deməkdir</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradən -Allah ondan razı olsun- rəvayət edildiyinə görə,  belə demişdir: Mən Allah Rəsulunun -salləllahu aleyhi va səlləm- belə dediyini eşitdim: "Müsəlmanın müsəlman üzərində beş haqqı vardır: Salamını almaq, xəstələndiyində ziyarət etmək, cənazəsini müşayiət etmək, dəvətinə icabət etmək və asqırdıqda: (Əlhəmdulilləh) deyənə: (Yərhəmukəllah) (yəni: Allah sənə rəhmət etsin) deməkdir."</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
   <si>
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- bu hədisdə bir müsəlmanın müsləman qardaşı üzərindəki haqqlarından bəzilərini bəyan etmişdir. Bu haqqlardan birincisi, salam verən kimsənin salamını almaqdır.
 İkincisi: Xəstənin ziyarət edilməsidir.
 Üçüncüsü: Cənazəni evindən cənazə namazı qılınan yerə gətirilməsinə, oradan da məzarlığa dəfn edilməsinə qədər müşayiət etməkdir.
 Dördüncüsü: Toya və s. buna bənzər məclislərə dəvət ediləndə qardaşının dəvətinə icabət etməkdir.
 Beşincisi: Asqırdıqda: (Əlhəmdulilləh) deyən kimsəyə: (Yərhəmukəllah) (yəni: Allah sənə rəhm etsin) deməkdir. Asqıran kimsə də buna cavab olaraq: (Yəhdikumullahu va yuslih bələkum) (yəni: Allah sizi doğru yola yönəltsin və halınızı islah etsin) deyə cavab verir.</t>
   </si>
   <si>
     <t>عظمة الإسلام في تأكيد الحقوق بين المسلمين وتوثيق الأُخوَّة والمحبة بينهم.</t>
   </si>
   <si>
     <t>Hədisdə müsəlmanlar arasında haqlara diqqət edilməsi, qardaşlıq və sevgi bağlarının qüvvətləndirilməsində İslamın böyüklüyü ifadə edilmişdr.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3706</t>
   </si>
   <si>
-    <t>خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ</t>
+    <t>خير يوم طلعت عليه الشمس يوم الجمعة</t>
   </si>
   <si>
     <t>Günəşin üzərinə doğduğu ən xeyirli gün cümə günüdür</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ، فِيهِ خُلِقَ آدَمُ، وَفِيهِ أُدْخِلَ الْجَنَّةَ، وَفِيهِ أُخْرِجَ مِنْهَا، وَلَا تَقُومُ السَّاعَةُ إِلَّا فِي يَوْمِ الْجُمُعَةِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Günəşin üzərinə doğduğu ən xeyirli gün cümə günüdür, Adəm həmin gün yaradılıb, həmin gün Cənnətə daxil edilib, həmin gün oradan çıxarılıb və Qiyamət yalnız cümə günü qopacaq.»</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ خيْرَ يومٍ طلعت عليه الشمس يومُ الجمعة، 
 ومن خصائصه: أن الله خلق فيه آدم عليه السلام، وفيه أدخله الجنة، وفيه أخرجه منها وأهبطه إلى الأرض، ولا تقوم الساعة إلا في يوم الجمعة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, günəşin üzərinə doğduğu ən xeyirli gün cümə günüdür. Onun xüsusiyyətlərindən: Allah Adəmi o gündə yaratdı və o gündə onu Cənnətə daxil etdi və o gündə onu oradan çıxarıb yerə endirdi və Qiyamət yalnız cümə günündə qopacaq.</t>
   </si>
   <si>
     <t>فضل يوم الجمعة على سائر أيام الأسبوع.
 الحث والإكثار من الأعمال الصالحة في يوم الجمعة، والتأهب لنيل رحمة الله تعالى، ودفع نقمته.
 هذه الخصائص ليوم الجمعة التي ذكرت في الحديث قيل: أنها ليست لذكر فضيلة يوم الجمعة؛ لأن إخراج آدم وقيام الساعة لا يعد فضيلة، وقيل: بل جميعها فضائل وخروج آدم سبب وجود الذرية من الرسل والأنبياء والصالحين، وقيام الساعة سبب تعجيل جزاء الصالحين ونيلهم ما أعد الله لهم من الكرامات.
  ذُكِرَ ليوم الجمعة خصائص أخرى غير ما ذكر في هذه الرواية، ومنها: فيه تِيْبَ على آدم، وفيه قُبض، وفيه ساعة لا يصادفها عبد مؤمن وهو يصلي يسأل الله شيئًا إلا أعطاه إياه.
 أفضل أيام السنة يوم عرفة، وقيل: يوم النحر، وأفضل أيام الأسبوع يوم الجمعة، وأفضل ليلة ليلة القدر.</t>
   </si>
   <si>
     <t>Cümə gününün həftənin  digər günləri üzərində olan üstünlüyü.
 Cümə günü saleh əməllərə həvəsləndirmək və çoxaltmaq, Uca Allahın rəhmətinə nail olmaq və qəzəbini dəf etmək üçün hazırlaşmaq.
 Deyilir ki, hədisdə qeyd olunan cümə gününün bu xüsusiyyətləri: cümə gününün fəzilətini qeyd etmək üçün deyildir, çünki Adəmin cənnətdən çıxarılması və qiyamətin qopması fəzilət sayılmır. (Digər bir görüşə görə isə) deyilir: Əksinə, onların hamısı fəzilətdir və Adəmin cənnətdən çıxması elçilər, peyğəmbərlər və salehlərin nəslinin mövcüd olmasının səbəbidir. Qiyamətin qopması isə salehlərin mükafatının tezləşdirilməsi və Allahın onlar üçün hazırladığı kəramətlərə çatmaları üçün səbəbdir.
 Cümə gününün, bu rəvayətdə qeyd olunanlardan başqa digər xüsusiyyətləri də qeyd edilmişdir. Onlardan bəziləri: O gün Adəmin tövbəsi qəbul edildi, o gün vəfat etdi  və o gündə elə bir saat vardır ki, həmin saata müvafiq olan və namaz qılaraq Allahdan bir şey istəyən mömin bəndəyə, Allah o şeyi verər.
 İlin ən fəzilətli günü Ərafə günüdür və (digər bir görüşə görə) deyilir ki: Qurban bayramı günüdür. Və həftənin ən fəzilətli günü cümə günü, ən fəzilətli gecə isə Qədr gecəsidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3711</t>
   </si>
   <si>
-    <t>رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى</t>
+    <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>Allah satarkən, alarkən, borcunu istəyərkən insanlarla mülayim davranan kimsəyə rəhm etsin</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
     <t>Cabirdən -Allah ondan razı olsun-rəvayət edildiyinə görə, Allah Rəsulu -salləllahu aleyhi va səlləm belə buyurmuşdur: "Allah satarkən, alarkən, borcunu istəyərkən insanlarla mülayim davranan kimsəyə rəhm etsin".</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- insanlarla alqı-satqı edərkən xoş əxlaq göstərən(satarkən asanlaşdıran), əli açıq və comərd olan hər kəsə mərhəmət olunması üçün dua etmişdir. Satıcı malı müştəriyə həqiqi qiymətindən baha satmaz və onunla gözəl əxlaqla rəftar edər. Bir şeyi satın aldığında da satıcıya qarşı mülayim, əli açıq və comərd olar. Malın qiymətini həddindən ziyadə düşürüb qiymətini azaltmaz. Borcludan borcunu istəyərkən onunla mülayim rəftar edər ,ona qarşı əli açıq və cömərd olar. Fəqir və yoxsul kimsələrə qarşı şiddətli olmaz.Əksinə borcunu onlardan şəfqətli və yumşaq bir şəkildə istəyər. Borcunu ödəməyə imkanı olmayan kimsəyə də möhlət verərdi.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
     <t>İslam dininin məqsədlərindən biri də insanlar arasındakı gözəl  əlaqələri qorumaqdır.
 Hədisdə insanlarla alqı-satqı və s. buna bənzər müamilələr zamanı gözəl əxlaqla davranılmasına təşviq vardır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3716</t>
   </si>
   <si>
-    <t>رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ</t>
+    <t>رغم أنف، ثم رغم أنف، ثم رغم أنف، قيل: من؟ يا رسول الله قال: من أدرك أبويه عند الكبر، أحدهما أو كليهما فلم يدخل الجنة</t>
   </si>
   <si>
     <t>Burnu yerlə sürünsün, sonra burnu yerlə sürünsün sonra burnu yerlə sürünsün" Deyildi: "Kimin, ey Allahın Rəsulu?" Dedi: “Ata-anasından birinə və ya hər ikisinə yaşlı vaxtına yetişən və  Cənnətə daxil olmayan kəsin”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Burnu yerlə sürünsün, sonra burnu yerlə sürünsün sonra burnu yerlə sürünsün" Deyildi: "Kimin, ey Allahın Rəsulu?" Dedi: “Ata-anasından birinə və ya hər ikisinə yaşlı vaxtına yetişən və  Cənnətə daxil olmayan kəsin”.</t>
   </si>
   <si>
     <t>دَعا النبيُّ صلى الله عليه وسلم بالذّل والخِزْي حتى بلغ به كأنه وضع أنفَه في التراب -كررها ثلاثًا- فسُئِل: مَن هذا يا رسول الله الذي دعوتَ عليه؟ 
 فقال صلى الله عليه وسلم: من أدرك والديه عند الكبر -أحدهما أو كليهما-، فلم يكونَا سببًا بدخوله الجنة؛ وذلك بسبب عدم الإحسان إليهما وعقوقهما.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) üç dəfə təkrarlayaraq -(bir insan üçün) zillət və rüsvayçılıqla
 bəddua etdi, sanki onun burnunu torpağa soxdu. Və ondan soruşdular: "Əleyhinə bəddua etdiyin bu şəxs kimdir ey Allahın Rəsulu?"
 Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: “Hər kim ata-anasına – onlardan birinə və ya hər ikisinə– yaşlı vaxtlarında yetişərsə və onlar, onun Cənnətə girməsinə səbəb olmazsa; bu da, onlara qarşı gözəl  davranmamasına və onlara  itaət etmədiyinə görədir.</t>
   </si>
   <si>
     <t>وجوب بِرِّ الوالدين وأنه من أسباب دخول الجنة، خصوصًا عند كبرهما وضعفهما.
 عقوق الوالدين من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Valideynlərə -xüsusən də qoca və zəif olduqları vaxtda- yaxşılıq etməyin vacibliyi və bunun, cənnətə girməyin səbəblərindən biri olması.
 Valideynlərə itaətsizlik etmək böyük günahlardandır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3718</t>
   </si>
   <si>
-    <t>سَبَقَ الْمُفَرِّدُونَ</t>
+    <t>سبق المفردون</t>
   </si>
   <si>
     <t>Fərqlənənlər  qabaqladılar</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَسِيرُ فِي طَرِيقِ مَكَّةَ، فَمَرَّ عَلَى جَبَلٍ يُقَالُ لَهُ جُمْدَانُ، فَقَالَ: «سِيرُوا هَذَا جُمْدَانُ، سَبَقَ الْمُفَرِّدُونَ» قَالُوا: وَمَا الْمُفَرِّدُونَ يَا رَسُولَ اللهِ؟ قَالَ: «الذَّاكِرُونَ اللهَ كَثِيرًا وَالذَّاكِرَاتُ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Məkkə yolunda gedərkən Cümdan adlanan bir dağın yanından keçdi və dedi: “Gedin, bu Cümdan dağıdır, Fərqlənənlər  qabaqladılar. Dedilər: Fərqlənənlər kimdir, ey Allahın Rəsulu? Buyurdu: “Allahı çox zikr edən kişilər və qadınlar”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم منزلة الذاكرين الله كثيرًا، وأنهم قد انفردوا وسبقوا غيرَهم بنيل الدرجات العُلَى في جنات النعيم، وشبَّههم بجبل جُمدان الذي انفرد عن غيره من الجبال.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Allahı çox zikr edənlərin məqamını, onların bənzərsiz olduqlarını və Nəim bağlarında ən yüksək dərəcələrə nail olmaqla başqalarını qabaqladıqlarını bəyan etdi və onları digər dağlardan fərqlənən Cümdan dağına bənzətdi.</t>
   </si>
   <si>
     <t>استحباب كثرة الذكر والانشغال به، فإنَّ السَّبْق في الآخرة إنما يكون بكثرة الطاعات، والإخلاص في العبادات.
 ذكر الله يكون باللسان فقط، أو بالقلب فقط، أو باللسان والقلب معًا، وهي أعلاها رتبة.
 من الذكر الأوراد الشرعية المقيدة، كأذكار الصباح والمساء، وأدبار الصلوات المكتوبات وغيرها.
 قال النووي: اعلم أن فضيلة الذكر غير منحصرة في التسبيح والتهليل والتحميد والتكبير ونحوها، بل كل عامل لله تعالى بطاعة فهو ذاكرٌ لله تعالى.
 ذكر الله من أعظم أسباب الثبات، قال سبحانه وتعالى: (يَا أَيُّهَا الَّذِينَ آمَنُوا إِذَا لَقِيتُمْ فِئَةً فَاثْبُتُوا وَاذْكُرُوا اللَّهَ كَثِيرًا لَّعَلَّكُمْ تُفْلِحُونَ) [الأنفال: 45]
 وجه التشبيه بينَ الذَّاكرينَ وجبل جُمدانَ هو الانفرادُ والاعتزالُ؛ فجبل جُمدانُ منفرد عن الجِبالِ، فكذا الذَّاكرينَ اللهَ تعالى فالمُنفَردُ هو الذي انفردَ قلبُه ولسانُه بذِكرِ ربَّه ولو كانَ بينَ النَّاسِ، واستأنس بأوقاتِ الخَلوةِ واستوحش من كثرةِ مُخالطةِ النَّاسِ، وقد يكون وجه التشبيه أن الذكر سبب التَّثبيت على الدين كما أن الجبال سبب لثبات الأرض، أو يكون السَّبقُ إلى الخَيراتِ في الدُّنيا والآخرةِ حيث كان المسافر من المدينة إلى مكة إذا وصل جُمدانَ كانَ علامةُ الوصولِ إلى مكةَ ومن وصلَ إليه كانَ سابقًا، فكذلك الذَّاكرُ للهِ تعالى فهو سابقٌ لغيرِه بكثرةِ ذِكرِه للهِ تعالى، والله أعلم.</t>
   </si>
   <si>
     <t>Allahı çox zikr etməyin və onunla məşğul olmağın bəyənilməsi, çünki axirətdəki üstünlük, yalnız çoxlu itaət və ibadətləri ixlasla etməklə əldə edilə bilər.
 Allahı zikr etmək yalnız dillə və ya yalnız qəlblə və ya dil və qəlblə birlikdə ola bilər ki, bu (sonuncu) ən yüksək mərtəbədir.
 Zikrlər arasında səhər və axşam zikrləri, vacib  namazlardan sonrakı zikrlər və s. kimi qeydlənmiş şər'i zikrlər vardır.
 Nəvəvi demişdir: Bil ki, zikrin fəziləti təkcə təsbih, təhlil, təhmid, təkbir və bənzəri zikrlərlə məhdudlaşmır. Əksinə, Uca Allaha itaət edərək əməl edən hər bir şəxs Uca Allahı zikr edəndir.
 Allahı zikr etmək, sabit qalmağın ən böyük səbəblərindən biridir, Uca Allah deyir: (Ey iman gətirənlər, bir dəstə ilə qarşılaşdığınız zaman sabit olun və Allahı çox zikr edin ki, nicat tapasınız.) (Ənfal, 45).
 Zikr edənlərlə  Cümdan dağı arasındakı bənzərlik, təklik və təcriddir. Belə ki, Cümdan dağı digər dağlardan təcrid olunur (ayrılır), Uca Allahı zikr edənlər də bu cürdür. Fərqlənən kəs insanlar arasında olsa da belə, qəlbi və dili Rəbbinin zikri ilə fərqlənən kəsdir, xəlvət vaxtı Rəbbi ilə ünsiyyət qurur və insanlarla qaynayıb qarışmağın çoxluğundan isə özünü yad hiss edir. Bənzətmə yönü belə də ola  bilər ki, dağlar yerin sabitliyinə səbəb olduğu kimi, zikr də dində sabit qalmağa səbəbdir. Və ya bənzətmə yönü dünya və axirət işlərində xeyirlərdə yarışma ola bilər ki, sanki Mədinədən Məkkəyə gedən yolçu Cümdana çatırsa, bu, Məkkəyə çatmağın əlamətidir və ora çatan da öndədir. Eləcə də, Uca Allahı  zikr edən kəs, Allahı çox zikr etdiyinə görə digərindən öndədir. Ən doğrusunu Allah bilir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3719</t>
   </si>
   <si>
-    <t>عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً</t>
+    <t>عليك بكثرة السجود لله، فإنك لا تسجد لله سجدة، إلا رفعك الله بها درجة، وحط عنك بها خطيئة</t>
   </si>
   <si>
     <t>Allaha çoxlu səcdə et, çünki Allah üçün etdiyin elə bir səcdə yoxdur ki, Allah ona görə sənin dərəcəni yüksəltməsin və  günahını bağışlamasın .”</t>
   </si>
   <si>
     <t>عَنْ مَعْدَانَ بْنِ أَبِي طَلْحَةَ الْيَعْمَرِيُّ قَالَ: لَقِيتُ ثَوْبَانَ مَوْلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقُلْتُ: أَخْبِرْنِي بِعَمَلٍ أَعْمَلُهُ يُدْخِلُنِي اللهُ بِهِ الْجَنَّةَ؟ أَوْ قَالَ قُلْتُ: بِأَحَبِّ الْأَعْمَالِ إِلَى اللهِ، فَسَكَتَ. ثُمَّ سَأَلْتُهُ فَسَكَتَ. ثُمَّ سَأَلْتُهُ الثَّالِثَةَ فَقَالَ: سَأَلْتُ عَنْ ذَلِكَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً» قَالَ مَعْدَانُ: ثُمَّ لَقِيتُ أَبَا الدَّرْدَاءِ فَسَأَلْتُهُ فَقَالَ لِي: مِثْلَ مَا قَالَ لِي: ثَوْبَانُ.</t>
   </si>
   <si>
     <t>Mədən ibn Əbi Talha Əl-Yəməridən belə söylədiyi rəvayət edilir: Mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) xidmətçisi Səvbanla görüşdüm və dedim: Mənə, edəcəyim elə bir əməl haqqında xəbər ver ki, Allah onunla məni Cənnətə daxil etsin? Yaxud dedi: Dedim: Mənə  əməllərin Allaha ən sevimlisini xəbər ver. O, isə susdu. Sonra ondan yenə soruşdum və o,  susdu. Sonra üçüncü dəfə ondan souşdum və dedi: Mən bu haqda Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) soruşdum, o, isə belə dedi: Allaha çoxlu səcdə et, çünki Allah üçün etdiyin elə bir səcdə yoxdur ki, Allah ona görə sənin dərəcəni yüksəltməsin və  günahını bağışlamasın .” Mədən dedi: Sonra Əbu Dərda ilə görüşdüm və ondan da bu haqda soruşdum, o, da mənə  Səvbanın dediyinin eynisini  dedi.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن العمل الذي يكون سببًا لدخول الجنة أو عن أحب الأعمال إلى الله؟ 
 فقال صلى الله عليه وسلم للسائل: الزم كثرة السجود في الصلاة، فإنك ما سجدت لله سجده إلا رفعك بها درجة، وغفر عنك بها خطيئة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Cənnətə girməyə səbəb olan və ya Allaha ən sevimli olan əməl haqqında soruşuldu .
 O, (Allahın salavatı və salamı onun üzərinə olsun) sual verənə dedi: Namaz qılmaqla çoxlu səcdə et, çünki Allaha etdiyin hər bir səcdəyə görə, Allah səni bir dərəcə yüksəldər və bir günahını bağışlayar.</t>
   </si>
   <si>
     <t>حث المسلم على الحرص على الصلاة فرضًا وتطوعًا، لاشتمالها على السجود.
 بيان فقه الصحابة وعلمهم أن الجنة لا تنال -بعد رحمة الله- إلا بالعمل.
 السجود في الصلاة من أعظم أسباب رفعة الدرجات، وغفران الذنوب.</t>
   </si>
   <si>
     <t>Müsəlmanı, içində səcdə olduğu üçün fərz və nafilə namazlarına həris olmağa çağırmaq.
 Səhabələrin fiqhinin bəyanı və cənnətin -Allahın rəhmətindən sonra- yalnız əməllə əldə oluna biləcəyini bilmələri.
 Namazda səcdə etmək, qulun dərəcəsini yüksəltmək və günahlarının bağışlanması üçün ən böyük səbəblərdəndir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3732</t>
   </si>
   <si>
-    <t>كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا</t>
+    <t>كان رجل يداين الناس، فكان يقول لفتاه: إذا أتيت معسرا فتجاوز عنه، لعل الله يتجاوز عنا</t>
   </si>
   <si>
     <t>İnsanlara tez-tez borc verən bir adam var idi.O,xidmətçisinə(borcları toplayan) belə deyərdi: Borcunu qaytara bilməkdə çətinlik çəkən birinə getsən, onun borcundan keç. Bəlkə Allah da bizim günahlarımızdan keçər</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>Əbu Hureyradən -Allah ondan razı olsun- rəvayət edildiyinə görə, Allah Rəsulu -salləllahu aleyhi va səlləm- belə buyurmuşdur: "İnsanlara tez-tez borc verən bir adam var idi.O,xidmətçisinə(borcları toplayan) belə deyərdi: Borcunu qaytara bilməkdə çətinlik çəkən birinə getsən, onun borcundan keç. Bəlkə Allah da bizim günahlarımızdan keçər. Nəhayət o kişi Allaha qovuşdu və Allah da onun günahlarından keçdi".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- bu hədisdə insanlara borc verən və ya uzun müddətli ödəmə ilə satış edən bir adam barədə xəbər vermişdir. O, insanlardan borclarını toplayan xidmətçisinə belə deyərdi: İmkanı olmadığına görə bizə olan borcunu qaytara bilməyən kimsənin yanına borcu tələb etməyə getdiyində, alacağını almaqda israrlı olmayıb ona möhlət verməklə borcundan keç. Yaxud naqis olsa da verdiyini qəbul edib borcundan keç. O, bütün bunları Uca Allahın onun günahlarından keçərək əfv edib bağışlamasını ümid edərək etmişdir. Bu adam vəfat etdiyində, Uca Allah da onu əfv edib günahlarını bağışladı.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>İnsanlarla gözəl bir şəkildə davranmaq, onları əfv etmək və maddi sıxıntıları olduğunda onlara möhlət vermək Qiyamət günündə insanın ən böyük qurtuluş səbəblərindən biridir.
 Canlılara qarşı mülayim davranmaq, Allaha qarşı ixlaslı olmaq və Onun rəhmətinə ümid bəsləmək günahların bağışlanma səbəblərindəndir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3753</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ</t>
+    <t>كل أمتي معافى إلا المجاهرين</t>
   </si>
   <si>
     <t>Günahını  aşkarda edənlərdən başqa bütün ümmətim bağışlanacaq</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ، وَإِنَّ مِنَ المُجَاهَرَةِ أَنْ يَعْمَلَ الرَّجُلُ بِاللَّيْلِ عَمَلًا، ثُمَّ يُصْبِحَ وَقَدْ سَتَرَهُ اللَّهُ عَلَيْهِ، فَيَقُولَ: يَا فُلاَنُ، عَمِلْتُ البَارِحَةَ كَذَا وَكَذَا، وَقَدْ بَاتَ يَسْتُرُهُ رَبُّهُ، وَيُصْبِحُ يَكْشِفُ سِتْرَ اللَّهِ عَنْهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) belə dediyi rəvayət edilir: “Mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: Günahını  aşkarda edənlərdən başqa bütün ümmətim bağışlanacaq. Bir kişinin gecə pis iş görüb, sonra Allah o əməlini örtdüyü halda səhər qalxıb: Ey filankəs! -mən axşam belə bir iş etmişəm - deməsi, günahı aşkara çıxarmaqdan sayılır. Rəbbi gecə günahını örtdüyü halda, o, isə səhər Allahın örtdüyünü aşkar edir”.
 ​</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ المُذنبَ يُرجى له عفوُ الله ومغفرتُه، إلا المعلن بالمعصية تفاخُرًا ووقاحةً فلا يَستحقُّ العفو؛ حيث يَعملُ المعصيةَ بالليل، ثم يُصبِحُ وقد ستره الله، فيُحدِّث غَيرَه بأنه فَعَلَ المعصيةَ الفلانية أمس، وقد باتَ يَستُرُه ربُّه، ويُصبحُ يَكشِفُ سِتْرَ الله عليه!!</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki, günahkar müsəlmanı  Allahın əfv edib, bağışlayacağına ümid edilir. Lakin günahını təkəbbürlə və həyasızcasına insanlara bildirən kəs isə istisnadır-bağışlanmağa layiq deyidir. O, gecə günah işləyir, Allah da o günahı örtdüyü halda səhər başqasına dünən filan günahı işlətdiyini danışır. Rəbbi onun günahını  örtdüyü halda gecələyir, səhər durduqda isə o, Allahın örtdüyünü açır (öz günahını aşkara çıxarır)!!</t>
   </si>
   <si>
     <t>قُبح المجاهرة بالمعصية بعد سِتْرِ الله تعالى عليه.
 في المجاهرة بالمعصية إشاعةُ الفاحشةِ بين المؤمنين.
 مَن سَتَرَه الله في الدنيا سَتَرَه في الآخرة، وهذا من سعة رحمة الله تعالى بعباده.
 مَن ابتُلي بمعصية عليه أن يَسْتُرَ على نفسِه وأن يَتوبَ إلى الله.
 عِظم ذنب المجاهرين الذين يتقصدون إظهار المعاصي، ويُفوِّتون على أنفسهم المعافاة.</t>
   </si>
   <si>
     <t>Uca Allah günahı  örtdükdən sonra onu aşkara çıxarmağın çirkinliyi.
 Günahı açığa çıxarmaqda möminlər arasında əxlaqsızlığı yaymaq var.
 Allah bu dünyada kimin günahını örtərsə, axirətdə də örtəcək və bu Uca Allahın qullarına olan rəhmətinin genişliyindəndir.
 Kim günaha düçar olarsa, öz günahını örtməli və Allaha tövbə etməlidir.
 Günahlarını açığa çıxaran kəslərin əməllərinin günah baxımından böyüklüyü və  özlərini bağışlanmadan məhrum etmələri.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3756</t>
   </si>
   <si>
-    <t>لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا</t>
+    <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>Qohum-əqrəbasının yaxşılıq etməsinə eynisiylə cavab verən insan heç də qohumluq əlaqələrini birləşdirən kimsə deyildir. Qohumluq əlaqələrini birləşdirən kimsə, qohumları onunla əlaqəni kəsdikləri zaman onlarla əlaqə saxlayıb bu əlaqəni birləşdirən kimsədir</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>Abdullah ibn Amr -Allah ondan və atasından razı olsun- rəvayət edir ki, Peyğəmbər -sallallahu aleyhi va səlləm- belə demişdir: "Qohum-əqrəbasının yaxşılıq etməsinə eynisiylə cavab verən insan heç də qohumluq əlaqələrini birləşdirən kimsə deyildir. Qohumluq əlaqələrini birləşdirən kimsə, qohumları onunla əlaqəni kəsdikləri zaman onlarla əlaqə saxlayıb bu əlaqəni birləşdirən kimsədir".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Peyğəmbər -sallallahu aleyhi va səlləm- bu hədisdə bizə xəbər verir ki, qohum-əqrəba əlaqələrini birləşdirmədə və qohum-əqrəbaya yaxşılıq etmədə mükəmməl insan, heç də yaxşılığa yaxşılıqla qarşılıq verən insan deyildir. əksinə, qohum-əqrəba əlaqələrini həqiqi mənada birləşdirən insan, qohumları onunla əlaqəni kəsdikləri, hətta ona pislik etdikləri zaman belə qohum-əqrəbalarına yaxşılıq etməyə davam edən insandır.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Şəriətin dəyər verdiyi qohumluq əlaqələri heç də sadəcə qarşılıqlı yaxşılıq etmək və mükafat verməklə deyil, əksinə səninlə qohumluq əlaqələrini kəsən kimsələrlə qohumluq əlaqələrini kəsməməyin, sənə zülm edənləri bağışlamağın, pislik edən kimsələrə yaxşılıq etməyinlə olur.
 Qohumluq əlaqələrini birləşdirmək, mümkün olduğu qədər onlara maddi yardım göstərmək, onlar üçün dua etmək, yaxşılığı əmr edib pislikdən çəkindirmək kimi şeylərlə və həmçinin imkan daxilində xoşagəlməz şeyləri onlardan uzaqlaşdırmaqla olur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3854</t>
   </si>
   <si>
-    <t>فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا</t>
+    <t>فعلام نبايعك؟ قال: على أن تعبدوا الله ولا تشركوا به شيئا، والصلوات الخمس، وتطيعوا وأسر كلمة خفية ولا تسألوا الناس شيئا</t>
   </si>
   <si>
     <t>bəs (indi) nəyin üzərinə beyət edirik?" O: “ Allaha ibadət edib, Ona heç bir şeyi şərik qoşmamanıza, beş vaxt namaza, itaət edəcəyinizə– bundan sonra səsini aşağı salaraq- və insanlardan heç nə istəməyəcəyinizə.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُسْلِمٍ الْخَوْلَانِيِّ، قَالَ: حَدَّثَنِي الْحَبِيبُ الْأَمِينُ، أَمَّا هُوَ فَحَبِيبٌ إِلَيَّ، وَأَمَّا هُوَ عِنْدِي فَأَمِينٌ، عَوْفُ بْنُ مَالِكٍ الْأَشْجَعِيُّ رضي الله عنه قَالَ: كُنَّا عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، تِسْعَةً أَوْ ثَمَانِيَةً أَوْ سَبْعَةً، فَقَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» وَكُنَّا حَدِيثَ عَهْدٍ بِبَيْعَةٍ، فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» قَالَ: فَبَسَطْنَا أَيْدِيَنَا وَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا» فَلَقَدْ رَأَيْتُ بَعْضَ أُولَئِكَ النَّفَرِ يَسْقُطُ سَوْطُ أَحَدِهِمْ، فَمَا يَسْأَلُ أَحَدًا يُنَاوِلُهُ إِيَّاهُ.</t>
   </si>
   <si>
     <t>Əbu Muslim əl-Xavlənidən belə dediyi rəvayət edilir: Sevimli və etibarlı olan kəs mənə danışdı -mənim üçün sevimli  və  etibarlı olan Auf bin Məlik əl-Əşcai (Allah ondan razı olsun) belə dedi: Biz Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanında doqquz, səkkiz və ya yeddi nəfər idik və O (Allahın salavatı və salamı onun üzərinə olsun): “Allahın Rəsuluna beyət etməyəcəksinizmi?” deyə soruşdu. Biz təzəlikcə beyət etmişdik və dedik: “Biz sənə beyət etmişik, ey Allahın Rəsulu".  Sonra o, yenə: “Allahın elçisinə beyət etməyəcəksinizmi?”-deyə soruşdu. “Biz sənə beyət etmişik, ey Allahın Rəsulu" deyə cavab verdik. Allah Elçisi (Allahın salavatı və salamı onun üzərinə olsun) yenə soruşdu: "Allah Rəsuluna beyət etməyəcəksinizmi?" Biz əllərimizi uzadaraq dedik: “Sənə beyət etdik, ey Allahın Elçisi, bəs (indi) nəyin üzərinə beyət edirik?" O: “ Allaha ibadət edib, Ona heç bir şeyi şərik qoşmamanıza, beş vaxt namaza, itaət edəcəyinizə– bundan sonra səsini aşağı salaraq- və insanlardan heç nə istəməyəcəyinizə.”-deyə buyurdu. (Bundan sonra onlardan) bəzi kəslərin qamçısının yerə düşdüyünü gördüm. Heç kəsdən qamçısını ona verməsini belə istəməzdi.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم في عَدَدٍ مِن الصحابة فَطَلَبَ منهم ثلاث مرات أن يُبايعوه ويعاهدوه على التزام أمور: 
 الأول: عبادة الله وحده بامتثال أوامره واجتناب نواهيه، وألا يشركوا به شيئًا. 
 الثاني: إقامة الصلوات الخمس المفروضات في اليوم والليلة. 
 الثالث: السمع والطاعة بالمعروف لِمَن ولي أمرَ المسلمين. 
 الرابع: إنزال جميعِ حاجاتِهم بالله وعدم سؤال الناس منها شيئًا، وخفض النبي صلى الله عليه وسلم بها صوته. 
 وقد عمل الصحابة رضي الله عنهم بما بايعوا عليه، حتى قال راوي الحديث: فلقد رأيتُ بعضَ أولئك الصحابة يسقط سَوْطُ أحدِهم، فما يسأل أحدًا يناوله إياه بل ينزل ويأخذه بنفسه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bir neçə sahabə ilə birlikdə idi. Və onlardan üç dəfə ona, bəzi işlərə əməl edəcəklərinə dair söz vermələrini və  beyət etmələrini istədi:
 Birincisi: Allahın əmrlərinə tabe olmaq və qadağalarından çəkinməklə, yalnız Ona ibadət etmək və Ona heç bir şeyi şərik qoşmamaq.
 İkincisi: Gündüz və gecə vacib olan beş vaxt namazı qılmaq.
 Üçüncüsü: Müsəlmanların əmiri olan kəslərə xeyir işlərdə  dinləyib- itaət etmək.
 Dördüncüsü: Bütün ehtiyacların ödənilməsini Allaha yönəltmək və insanlardan heç nə istəməmək. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bunu deyərkən səsini aşağı saldı.
 Səhabələr (Allah onlardan razı olsun) beyət etdikləri şeyləri yerinə yetirdilər, hətta hədisin ravisi (hədisi danışan kəs) dedi: Mən o səhabələrdən bir neçəsinin  qamçısının yerə düşdüyünü gördüm . Və heç kəsdən qamçısını ona verməsini istəməzdi. Əksinə özü minikdən aşağı enib götürərdi.</t>
   </si>
   <si>
     <t>الحثّ على ترك سؤال الناس، والتنزُّه عن جميع ما يسمى سؤالًا، والاستغناء عن الناس ولو كان في أمر يسير.
 السؤال المنهي عنه: السؤال المتعلِّق بالأمور الدنيوية، فلا يتناول السؤال عن العلم وأمور الدين.</t>
   </si>
   <si>
     <t>İnsanlardan bir şey istəməyi tərk etməyə, Allahdan başqasından istəmək sayılan hər şeydən uzaq olmağa və sadə bir iş olsa belə, insanlara ağız açmamağa təşviq etmək.
 Qadağan edilən istək: Dünyəvi məsələlərlə bağlı istəkdir. Bu elmi və dini məsələlərdə soruşmağa-yardım istəməyə aid deyil.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4176</t>
   </si>
   <si>
-    <t>مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ</t>
+    <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>Borcu qaytarmaqda çətinlik çəkənə  möhlət verən və ya borcunu ona tamamilə əfv edən kəsi, Allah Qiyamət günü Öz ərşinin kölgəsi altına alacaq, həmin gün o kölgədən savayı sığınılacaq heç bir kölgə olmayacaq</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Borcu qaytarmaqda çətinlik çəkənə  möhlət verən və ya borcunu ona tamamilə əfv edən kəsi, Allah Qiyamət günü Öz ərşinin kölgəsi altına alacaq, həmin gün o kölgədən savayı sığınılacaq heç bir kölgə olmayacaq".</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, borcluya möhlət verən və ya ona borcunu bağışlayan kəsin mukafatı: Qiyamət günü günəşin insanların başları üzərinə yaxınlaşacağı, istiliyinin şiddətləndiyi bir vaxtda o kəsin Allahın ərşinin kölgəsi altında olmasıdır . (O gün) heç kim Allahın kölgəsindən başqa kölgə tapa bilməz.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Allahın bəndələri üçün asanlaşdırmağın fəziltəi və bu, Qiyamət gününün dəhşətlərindən qurtulmaq üçün səbəbdir.
 Əməlin mükafatı yaxud cəzası, onun növünə uyğundur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4186</t>
   </si>
   <si>
-    <t>مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Kim Ramazan orucunu imanla və savabını yalnız Allahdan umaraq tutarsa, o kəsin keçmiş günahları bağışlanar</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Kim Ramazan orucunu imanla və savabını yalnız Allahdan umaraq tutarsa, o kəsin keçmiş günahları bağışlanar."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, hər kimsə Allaha iman edərək, orucun fərz olduğunu və uca Allahın oruc tutanlara böyük mükafat və savab hazırladığını təsdiq edərək, riyakarlıqdan və şöhrətpərəslikdən uzaq duraraq, məhz uca Allahın razılığını diləyərək Ramazan ayını oruc tutarsa, onun keçmiş günahları bağışlanar.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>İxlasın fəziləti və onun Ramazan orucunda və digər saleh əməllərdə əhəmiyyəti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4196</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ</t>
+    <t>من صلى البردين دخل الجنة</t>
   </si>
   <si>
     <t>“Hər kim əl-bərdeyn namazlarını qılarsa, Cənnətə daxil olar”</t>
   </si>
   <si>
     <t>عن أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ»</t>
   </si>
   <si>
     <t>Əbu Musa Əl-Əşəridən (Allah ondan razı olsun) rəvayət edilir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: “Hər kim əl-bərdeyn namazlarını qılarsa, Cənnətə daxil olar”</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على الحرصِ على صلاة البردين وهما صلاة الفجر والعصر، وبشَّر مَن أتى بهما بحقهما من وقت وجماعة وغير ذلك كانتا سببًا في دخوله الجنة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) əl-bərdeyn namazlarına həris olmağa təşviq etmişdir. Bunlar sübh və əsr namazlarıdır.  Onları vaxtında, camaatla və digər haqları ilə yerinə yetirəni, bu namazların onun cənnətə girməsinə səbəb olması ilə müjdələmişdir.</t>
   </si>
   <si>
     <t>فضل المحافظة على صلاة الفجر والعصر؛ لأن الفجر يكون عند لذة النوم، والعصر يكون عند اشتغال الإنسان بعمله، فمن حافظ عليهما كان من باب أولى أن يحافظ على بقية الصلوات.
 سميت صلاة الفجر والعصر بالبردين؛ لأن صلاة الفجر فيها برد الليل، وصلاة العصر فيها برد النهار وإن كانت في وقتٍ حارٍ إلا أنه أخف من الوقت قبلها، أو تكون تسميتُها من باب التغليب كما يقال: القمران للشمس والقمر.</t>
   </si>
   <si>
     <t>Sübh və əsr namazlarını qorumağın fəziləti, çünki sübh namazı  yuxunun şirin olduğu vaxt, əsr namazı isə insanın öz işi ilə məşğul olduğu vaxt olur. Ona görə də bu namazlara diqqət edən kəs, digər namazlara da diqqət yetirər.
 Sübh və əsr namazları bərdeyn adlanır, çünki sübh namazında gecənin sərinliyi, əsr namazında isə günortanın sərinliyi vardır.(bərd -ərəbcə sərinlik deməkdir) Əsr namazı isti vaxtda olsa da belə, istiliyi özündən əvvəlki vaxtdan daha yüngüldür. Və ya onun bu cür adlandırılması üstünlük yönündəndir, (ərəblərdə) ay və günəşə iki ay deyilməsi kimi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4198</t>
   </si>
   <si>
-    <t>مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Kim Qədr gecəsini imanla və savabını yalnız Allahdan umaraq ibadətlə keçirərsə, o kəsin keçmiş günahları bağışlanar</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Kim Qədr gecəsini imanla və savabını yalnız Allahdan umaraq ibadətlə keçirərsə, o kəsin keçmiş günahları bağışlanar.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
   </si>
   <si>
     <t>Peyğəmbər(Allahın salavatı və salamı onun üzərinə olsun) Ramazan ayının son on gecəsində olan Qədr gecəsini ibadətlə keçirməyin fəziləti barədə xəbər vermiş və bildirmişdir ki, kim bu gecəni namaz qılmaqla, Quran oxumaqla, dua və zikr etməklə keçirib, həmin gecənin varlığına və fəzilətinə iman gətirər, bu əməllərin savabını yalnız Allahdan umar,  riyadan və şan-şöhrətdən uzaq durarsa, Allah onun keçmiş günahlarını bağışlayar.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
 فضل الله ورحمته، فإنّ مَن قام ليلة القدر إيمانًا واحتسابًا غُفر له ما تقدم من ذنبه.</t>
   </si>
   <si>
     <t>Qədr gecəsinin fəziləti və onu ibadətlə keçirməyə təşviq.
 Saleh əməllər yalnız səmimi, doğru niyyətlə qəbul edilir.
 Allahın qullarına lütfü və rəhmətidir ki, hər kimsə imanla və savabını yalnız Allahdan umaraq Qədr gecəsini ibadətlə keçirərsə, keçmiş günahları bağışlanar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4202</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ</t>
+    <t>من يرد الله به خيرا يصب منه</t>
   </si>
   <si>
     <t>Allah kimə xeyir istərsə, onu müsibətlə imtahana çəkər</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Allah kimə xeyir istərsə, onu müsibətlə imtahana çəkər."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله إذا أراد بأحدٍ من عباده المؤمنين خيرًا ابتلاهم في أنفسهم وأموالهم وأهلهم، لِمَا يحصل فيه للمؤمن من اللجوء إلى الله تعالى بالدعاء، وتكفير السيئات، ورِفْعَة الدرجات.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Allah mömin qullarından birinə xeyir istərsə, onu özü ilə, var-dövləti ilə, ailəsi ilə imtahana çəkər. Nəticə olaraq mömin də, günahlarının təmizlənməsi və dərəcəsinin artması üçün duaya sarılar.</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>Həqiqətən mömin müxtəlif növ bəlalara məruz qalır.
 Bəla, müsibət Allahın qulunu sevməsinin işarəsi ola bilər. Onun dərəcəsini artırar, məqamını yüksəldər və günahlarını silər.
 Müsibətlərə səbr etməyə və dözümlüyə təşviq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4204</t>
   </si>
   <si>
-    <t>المُسْلِمُ إِذَا سُئِلَ فِي القَبْرِ: يَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ</t>
+    <t>المسلم إذا سئل في القبر: يشهد أن لا إله إلا الله وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>Müsəlmandan qəbirdə soruşulduqda: Allahdan başqa ilah olmadığına və Məhəmmədin Allahın Rəsulu olduğuna şəhadət verər”</t>
   </si>
   <si>
     <t>عَنِ البَرَاءِ بْنِ عَازِبٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ إِذَا سُئِلَ فِي القَبْرِ: يَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ»، فَذَلِكَ قَوْلُهُ: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالقَوْلِ الثَّابِتِ فِي الحَيَاةِ الدُّنْيَا وَفِي الآخِرَةِ} [إبراهيم: 27].</t>
   </si>
   <si>
     <t>Bəra ibn Azibdən (Allah ondan razı olsun) rəvayət edilir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: Müsəlmandan qəbirdə soruşulduqda: Allahdan başqa ilah olmadığına və Məhəmmədin Allahın Rəsulu olduğuna şəhadət verər”, və bu, Allahın bu ayəsidir: {Allah iman gətirənləri dünya həyatında və axirətdə möhkəm sözlə sabit edər.} (İbrahim, 27)</t>
   </si>
   <si>
     <t>يُسألُ المؤمنُ في القبر، فيسأله الملكان الموكَّلان بذلك وهما منكر ونكير، كما جاء تسميتهما في عدة أحاديث، 
 فيشهد أن لا إله إلا الله وأن محمدًا رسول الله، 
 قال النبي صلى الله عليه وسلم هذا هو القول الثابت الذي قال الله فيه: 
 {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ} [إبراهيم: 27].</t>
   </si>
   <si>
     <t>Mömin qəbirdə soruşulacaq. Və onu, bu işə təyin edilmiş iki mələk soruşacaq. Onlar, adları bir neçə hədisdə keçən Münkər və Nəkirdir. O (mömin), Allahdan başqa ilah olmadığına və Məhəmmədin Allahın elçisi olduğuna şəhadət verər. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dedi: Bu, məhz Allahın (Quranda haqqında) buyurduğu möhkəm sözdür: {Allah iman gətirənləri dünya həyatında və axirətdə möhkəm sözlə sabit edər.}(İbrahim, 27)</t>
   </si>
   <si>
     <t>أنَّ سؤال القبر حق.
 فضل الله على عباده المؤمنين في الدنيا والآخرة بتثبيتهم على القول الثابت.
 فضل شهادة التوحيد والموت عليها.
 تثبيت الله للمؤمن في الدنيا بالثبات على الإيمان، وسلوك الصراط المستقيم، وعند الموت بالموت على التوحيد، وفي القبر عند سؤال الملكين.</t>
   </si>
   <si>
     <t>Qəbr sorğu-sualı haqdır.
 Allahın mömin qullarını möhkəm sözlə sabit etməklə dünya və axirətdə onlara olan lütfü.
 Tövhid şəhadətinin və onun üzərində ölməyin fəziləti.
 Allah mömini dünyada imanda davamlılıq və doğru yolla getməklə, ölüm anında  tövhid üzərində ölməklə, qəbirdə isə iki mələyin sorğu-sualı zamanı sabit edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4206</t>
   </si>
   <si>
-    <t>أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ</t>
+    <t>أمرت أن أقاتل الناس حتى يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله، ويقيموا الصلاة، ويؤتوا الزكاة</t>
   </si>
   <si>
     <t>İnsanlar Allahdan başqa ibadətə layiq haqq məbudun olmadığına və Muhəmmədin də Allahın Rəsulu olduğuna şahidlik edənə, namaz qılana və zəkat verənə qədər onlarla vuruşmaqla əmr olundum</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
     <t>İbn Ömərdən (Allah hər ikisindən razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "İnsanlar Allahdan başqa ibadətə layiq haqq məbudun olmadığına və Muhəmmədin də Allahın Rəsulu olduğuna şahidlik edənə, namaz qılana və zəkat verənə qədər onlarla vuruşmaqla əmr olundum. Əgər bunları edərlərsə, İslamın haqqı (icazəli etdiyi hallar) istisna olmaqla, qanlarını və mallarını məndən qorumuş olarlar, haqq-hesab çəkmək isə  Allaha aiddir"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Allah ona müşriklərlə,  Allahdan başqa ibadətə layiq məbud olmadığına və Məhəmmədin (Allahın salavatı və salamı onun üzərinə olsun) Allahın Elçisi olduğuna şəhadət verənə və bu şəhadətin gərəyinə uyğun əməl edərək gecə və gündüz beş vaxt namazı qılana və zəkatı layiq olanlara verənə qədər döyüşməyi əmr etmişdir. Əgər bu şeyləri edərlərsə, İslam onların qanlarını və mallarını qoruyar. İslam hökmlərinə əsasən öldürülməyə layiq olduqları bir günah və ya cinayət işləmədikcə onları öldürmək icazəli deyil. Qiyamət günü isə uca Allah  onların sirli hallarını bildiyi üçün onları hesaba çəkəcək.</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
   <si>
     <t>Hökmlər yalnız zahirə görə tətbiq olunar və xəlvəti isə Allaha aiddir.
 Tövhidə dəvət etməyin əhəmiyyəti və dəvətdə ilk başlanılan məsələ də odur.
 Bu hədis, müşriklərin İslam dinini qəbul etməyə məcbur edildiyi mənasına gəlmir, əksinə onların İslamı qəbul etmək və ya cizyə- (kiçik miqdar vergi) vermək seçimləri vardır. Əgər bu seçimlərdən birini qəbul etməyib və İslam dəvətinə də mane olarlarsa, bu zaman İslamın hökmlərinə əsasən onlarla vuruşulur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4211</t>
   </si>
   <si>
-    <t>يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ</t>
+    <t>إن الله تجاوز لي عن أمتي الخطأ والنسيان وما استكرهوا عليه</t>
+  </si>
+  <si>
+    <t>Həqiqətən Allah mənim xətrimə ümmətimin xətadan, unutqanlıq üzündən və məcburiyyət qarşısında qalıb etdiyi günahlarından keçmişdir</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إنَّ اللَّهَ تَجَاوَزَ لِي عَنْ أُمَّتِي الخَطَأَ وَالنِّسْيَانَ وَمَا اسْتُكْرِهُوا عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>İbn Abbas (Allah ondan və atasından razı olsun) rəvayət edir ki, Allah Rəsulu (sallallahu aleyhi va səlləm) belə demişdir: "Həqiqətən Allah mənim xətrimə ümmətimin xətadan, unutqanlıq üzündən və məcburiyyət qarşısında qalıb etdiyi günahlarından keçmişdir".</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم : أن الله عفا عن أمته في ثلاثة أحوال:
+الأولى: الخطأ، وهو ما صدر منهم دون تعمد، وهو أن يقصد المسلم بفعله شيئًا، فيصادف فعله غير ما قصده. 
+والثانية: النسيان، وهو أن يكون المسلم متذكرًا لشيء، ولكن ينساه عند الفعل، فلا إثم في ذلك أيضًا. 
+والثالثة: الإكراه ، فقد يُكره العبد على فعل شيء لا يريده مع عدم قدرته على دفع الإكراه، وحينئذٍ لا يقع عليه الإثم أو الحرج.
+مع ملاحظة أن موضوع الحديث فيما بين العبد وربه في فعل المحظور، فأما ترك المأمور نسيانًا فلا يسقط، وأما لو ترتب على فعله ذلك جناية فلا يسقط حق المخلوق، كما لو قتل خطًأ، فعليه الدية، أو أتلف سيارة خطأ فعليه الضمان.</t>
+  </si>
+  <si>
+    <t>Peyğəmbər (sallallahu əleyhi va səlləm) bu hədisdə Uca Allahın onun ümmətini üç halda əfv etdiyini xəbər verir: Birinci hal: Xəta səbəbi ilə. Bu, bir insanın qəsdsiz etdiyi bir əməldir. Yəni: müsəlman bir şey etməyi niyyət edir, lakin nəticədə niyyət etmədiyi başqa bir şey baş verir. İkinci hal: Unutqanlıq səbəbi ilə. Bu, müsəlmanın bir şeyi bildiyi və yadda saxladığı halda, onu icra edərkən unutmasıdır. Belə bir halda ona günah yazılmaz. Üçüncü hal: Məcburiyyət səbəbi ilə. Bu, qulun məcburiyyəti aradan qaldırmağa qüdrəti çatmadığı halda, istəmədiyi bir işi etməyə məcbur edilməsidir. Bu zaman ona nə günah yazılar, nə də bir məsuliyyət düşər. Qeyd etmək lazımdır ki, hədisin mövzusu qul ilə Rəbbi arasındakı qadağan olunmuş əməli işləmək haqqındadır. Əmr olunan işi unutqanlıqdan tərk etmək məsuliyyəti aradan qaldırmaz. Əgər bunun nəticəsində başqa bir şəxsə qarşı cinayət baş verərsə, bu zaman insanın haqqı batmaz. Məsələn: Bir kəs xətadan birini öldürərsə, onun qarşılığında "diyə" (qan pulu) verməlidir. Yaxud: Xətadan bir avtomobili zədələyərsə, o, buna görə dəyən zərəri ödəməlidir.</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله -عزّ وجل- ولطفه بعباده حيث رفع عنهم الإثم إذا صدرت منهم المعصية على هذه الأحوال الثلاثة.
+فضل الله على النبي محمد صلى الله عليه وسلم وأمته.
+رفعُ الإثم لا يعني رفع الحكم أو الضمان، فمثلًا من نسي الوضوء، وصلى ظانًّا أنه متطهر، فلا إثم عليه بذلك، ولكن عليه الوضوء وإعادة الصلاة.
+لا بد في رفع الإثم بالإكراه من توفر الشروط، مثل أن يكون المكِره قادرًا على تنفيذ ما هدد به.</t>
+  </si>
+  <si>
+    <t>Uca Allahın qullarına olan geniş mərhəməti və lütfü. Belə ki, O, qullarının bu üç halda etdikləri günahları bağışlamışdır.
+Uca Allahın Muhəmməd peyğəmbərə (sallallahu əleyhi va səlləm) və onun ümmətinə olan neməti.
+Günahın götürülməsi (bağışlanması) hökmün və ya məsuliyyətin aradan qalxması anlamında deyil. Məsələn: Bir kəs dəstəmaz almağı unudaraq təharətli olduğunu zənn edib namaz qılarsa, buna görə ona günah yazılmaz. Lakin o, yenidən dəstəmaz almalı və namazı təkrar qılmalıdır.
+Məcburiyyət halında günahın götürülməsi üçün bəzi şərtlərin mövcud olması vacibdir. Onlardan biri də budur ki, məcbur edən şəxs, etdiyi təhdidi həyata keçirməyə həqiqətən qadir olmalıdır.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه والبيهقي وغيرهما</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/4216</t>
+  </si>
+  <si>
+    <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
     <t>Minik üzərində olan piyada gəzənə, piyada gəzən oturan kəsə, az olanlar isə çoxluğa salam verir</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: «Minik üzərində olan piyada gəzənə, piyada gəzən oturan kəsə, az olanlar isə çoxluğa salam verir.»</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) insanlar arasında salamlaşmanın ədəbini bu şəkildə bildirmişdir: ''Əs-sələmu aleykum və rahmətullahi və bərakətuh'' (Allahın salamı, rəhməti və bərəkəti üzərinizə olsun) Yaşı az olan  böyüyə, minikdə olan piyadaya, piyada oturana və sayca az olanlar çoxluğa salam verir.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
 كمال هذه الشريعة في بيان جميع ما يحتاجه الناس.
 تعليم آداب السلام وإعطاء كل ذي حق حقه.</t>
   </si>
   <si>
     <t>Hədisdə bildirildiyi şəkildə salam vermək bəyənilən forma sayılır. Əgər piyada minikdə olana salam verərsə və ya qeyd edilən salam vermək  formalarının əksi olarsa, bu da icazəlidir. Lakin bu, daha xeyirli və daha fəzilətli olana müxalifdir.
 Salamın hədisdə qeyd edildiyi şəkildə yayılması, sevgi və ünsiyyətin səbəblərindən biridir.
 Əgər deyilən şeylərdə bərabərdirlərsə, o zaman onların ən xeyirlisi salama birinci başlayandır.
 Bu dinin kamilliyi -insanların ehtiyac duyduqları hər şeyi açıqlamasındadır.
 Salam vermək ədəbini öyrətmək və hər kəsə öz haqqını vermək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4243</t>
   </si>
   <si>
-    <t>إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ</t>
+    <t>إن هذين حرام على ذكور أمتي، حل لإناثهم</t>
   </si>
   <si>
     <t>Bu iki şey ümmətimin kişilərinə haram, qadınlarına isə halaldır</t>
   </si>
   <si>
     <t>عَن عَلِيٍّ بْنِ أَبِي طَالِبٍ رَضيَ اللهُ عنه قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ حَرِيرًا بِشِمَالِهِ، وَذَهَبًا بِيَمِينِهِ، ثُمَّ رَفَعَ بِهِمَا يَدَيْهِ، فَقَالَ: «إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ».</t>
   </si>
   <si>
     <t>Əli ibn Əbi Talibdən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) sol əli ilə ipək və sağ əli ilə qızıl götürdü, sonra əllərini qaldırıb dedi: "Bu iki şey ümmətimin kişilərinə haram, qadınlarına isə halaldır".</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم ثوبًا من حَرِيْر أو قطعةً منه، بيده اليسرى، وأخذ ذهبًا مِن حُلِيٍّ أو ما شابه، بيده اليمنى، ثم قال: إنّ الحرير والذهب، حرامٌ لبسهما على الرجال، أما النساء فهما حلال لهن.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) sol əli ilə ipək paltar və ya ondan bir parça götürdü və sağ əli ilə qızıl zinət əşyası  və ya buna bənzər bir şey götürdü və sonra dedi: Kişilərə ipək və qızıl  geyinmək haram,  qadınlara isə bunlar halaldır.</t>
   </si>
   <si>
     <t>قال السندي:‏ ‏(حرام): المراد استعمالُها لبسًا؛ وإلا فالاستعمال صَرْفًا وإنفاقًا وبيعًا جائزٌ للكُلّ، واستعمال الذهب باتخاذ الأواني منه واستعمالُها حرام للكل.
 توسعة الشريعة الإسلامية على النساء للحاجة إلى الزينة ونحوها.</t>
   </si>
   <si>
     <t>Əs-Sindi dedi: (haramdır): Burada qəsd olunan geyim olaraq  istifadə edilməsidir; Əks halda, mübadilə, xərcləmə və alqı-satqı üçün istifadə etmək hər kəsə icazəlidir, qabların qızıldan düzəldilməsi və onların istifadəsinə gəlincə isə bu hər kəsə haramdır.
 İslam şəriətinin qadınlara bəzək və buna bənzər ehtiyacını nəzərə alaraq genişlik verməsi.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه</t>
   </si>
   <si>
+    <t>[رواه أبو داود والنسائي وابن ماجه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/az/browse/hadith/4292</t>
   </si>
   <si>
-    <t>دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ</t>
+    <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>Sizlərə tərk etdiyim (haqqında əmr və qadağa gəlməyən) şeylərdə məni rahat buraxın (artıq suallar verməyin). Sizdən öncəkilər verdikləri sual və peyğəmbərlərinə müxalif olmaları səbəbi ilə həlak oldular</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Sizlərə tərk etdiyim (haqqında əmr və qadağa gəlməyən) şeylərdə məni rahat buraxın (artıq suallar verməyin). Sizdən öncəkilər verdikləri sual və peyğəmbərlərinə müxalif olmaları səbəbi ilə həlak oldular, buna görə də sizə bir şeyi qadağan etdikdə ondan uzaq durun, bir şeyi əmr etdikdə onu bacardığınız qədər yerinə yetirin.</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
 فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
 فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
 وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
 الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
 الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu ki, şəriət hökmləri üç qismə bölünür: Haqqında susulmuş hökmlər, qadağalar və əmrlər.
 Birinciyə gəlincə: o şəriətin haqqında susduğu şeydir: belə ki, onun haqqında hökm yoxdur və əşyalarda əsl olan onların vacib olmamasıdır; Onun (Allahın salavatı və salamı onun üzərinə olsun) zamnında baş verməyən bir şey haqqında, həmin şeyin vacib və ya haram edilməsi hökmü nazil olmaması üçün soruşmaqdan çəkinmək gərəkirdi, çünki Allah bu şeyləri bəndələrinə olan rəhmətindən dolayı tərk etmişdir. Lakin, onun (Allahın salavatı və salamı onun üzərinə olsun) vəfatından sonra əgər sual din məsələsində ehtiyac duyulan şeylər üçün fətva almaq və ya öyrənmək üçündürsə, bu icazəlidir və hətta əmr edilmişdir. Lakin, inad və çətinləşdirmə formasında olarsa, bu hədisdə qadağan edilən sualdan qəsd elə budur. Çünki, bu İsrail övladlarının başına gələnin bənzərinə gətirib çıxara bilər. Belə ki, onlara bir inək kəsmək əmr edildi və əgər onlar hər hansı bir inək kəssəydilər, buna əməl etmiş olardılar, lakin onlar bu məsələni (əlavə suallar verməklə) çətinləşdirdilər və onlar üçün (hökmlər) çətinləşdirildi.
 İkinci: Qadağalar; Onlar o əməllərdir ki: onları tərk edən mükafatlandırılar və onları işləyən isə cəzalandırılar, buna görə də onların hamısından çəkinmək vacibdir.
 Üçüncü: Əmrlər; Onlar o əməllərdir ki: onu edən mükafatlandırılar, onu tərk edən isə cəzalandırılar, ona görə də bacarıldığı qədər bu əməllər edilməlidir.</t>
   </si>
   <si>
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>Ehtiyac duyulan ən vacib olanla məşğul olmaq, hazırda ehtiyac olmayan şeyləri tərk etmək və baş verməyən şeylər haqqında sual verməklə məşğul olmamaq lazımdır.
 Məsələləri çətinləşdirə biləcək sual verməyin və çoxlu ixtilafa səbəb olacaq şübhələr qapısını açmağın haramlılığı.
 Bütün qadağaları tərk etmək əmr edilmişdir; çünki onu tərk etməyin heç bir çətinliyi yoxdur və buna görə də onun  qadağan edilməsi ümumidir.
 Əmr olunanı bacarılan miqdarda yerinə yetirməyin tələb edilməsi; çünki onu yerinə yetirmək çətin və ya mümkünsüz ola bilər; Buna görə də o bacarılan miqdarda əmr edilib.
 Çox sual verməyin qadağan edilməsi.
 Alimlər sualı iki qismə bölmüşdür: Onlardan biri: Din məsələsində ehtiyac duyulan şeyləri öyrənmək üçün  olandır ki, bunun özü əmr edilmişdir. Səhabələrin sualları da bu növdəndir. 
 İkincisi: İnadkarlıq və çətinləşdirmə şəklində olan suallar və bu növ qadağan olunandır.
 Bu ümmət, öncəki ümmətlərin etdiyi kimi edib peyğəmbərinə müxalif olmaqdan  qadağan edilmişdir.
 Ehtiyac olmayan şeylərdə, xüsusən də yalnız Allahın bildiyi qeybi məsələlər və Qiyamət gününün halları kimi əl çatmayan işlərdə çoxlu sual vermək və peyğəmbərlərə müxalif olmaq həlak olmağın səbəbidir.
 Çətin məsələlərdə sual verməyin qadağan edilməsi, əl-Əvzəi demişdir:  Allah qulunu elmin bərəkətindən məhrum etmək istəyərsə, onun dilinə mübahisə etməyi salar, mən onların insanların ən az elmlisi olduğunu  gördüm. İbn Vəhb demişdir: Malikin belə dediyini eşitdim: Elmdə mübahisə etmək, insanın qəlbindən elm nurunu aparar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4295</t>
   </si>
   <si>
-    <t>إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ</t>
+    <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>Sən məndən əzəmətli bir əməl barədə soruşdun. Həqiqətən də o Allahın asanlaşdırdığı kimsələr üçün asandır</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
+  </si>
+  <si>
+    <t>Muaz bin Cəbəl (Allah ondan razı olsun) demişdir: Mən Peyğəmbərlə (sallallahu aleyhi və səlləm) birgə səfərdə idim. Bir gün, biz yol gedərkən ona yaxınlaşdım və dedim: "Ey Allahın Rəsulu, məni Cənnətə daxil edəcək və Cəhənnəmdən uzaqlaşdıracaq əməl barədə mənə xəbər ver!". Peyğəmbər (sallallahu aleyhi və səlləm) buyurdu: "Sən məndən əzəmətli bir əməl barədə soruşdun. Həqiqətən də o Allahın asanlaşdırdığı kimsələr üçün asandır". Gərək, Allaha ibadət edəsən və Ona heç bir şeyi şərik qoşmayasan, namazı qılasan, zəkat verəsən, ramazan ayını oruc tutasan və Kəbəni ziyarət edəsən”. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) dedi: “Səni xeyir qapılarına yönəldimmi? Oruc qalxandır. Sədəqə suyun odu söndürdüyü kimi günahları söndürür (silir). Kişinin gecənin ortasında qıldığı namazı da, habelə”. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) bu ayəni oxudu: “Onlar gecə namazını qılmaq üçün böyürlərini yataqdan qaldırır, qorxu və ümid içində öz Rəbbinə yalvarır və onlara verdiyimiz ruzilərdən Allah yolunda xərcləyirlər. Etdikləri əməllərin mükafatı olaraq onlar üçün gözlərinə sevinc gətirəcək nələr saxlandığını heç kəs bilmir”. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) dedi: “Sənə dinin başı, onun dirəyi və ən uca zirvəsi barədə xəbər verimmi?” Mən dedim: "Bəli, Ey Allahın Rəsulu". O, buyurdu: “Dinin başı İslam, dirəyi namaz, ən uca zirvəsi isə cihaddır”. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) dedi: “Sənə bunların hamısını özündə cəm edən xislət barədə xəbər verimmi?”. Mən dedim: "Əlbəttə, Ey Allahın Rəsulu". O, əli ilə öz dilini tutub dedi: “Bunu, saxla!” Mən dedim: "Ey Allahın Peyğəmbəri! Məgər biz, danışdığımız sözlərə görə hesaba çəkiləcəyik?!". Peyğəmbər (sallallahu aleyhi və səlləm) dedi: “Anan səni itirsin ey Muaz! Məgər insanları üzüstə yaxud burunları üzərində Cəhənnəmə sürükləyən yalnız dilləri ilə əkdiklərinin bəhrəsi deyilmi?!”.</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
+قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
+الأول: تعبد الله وحده ولا تشرك به شيئًا. 
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟ 
+قال معاذ رضي الله عنه: بلى يا رسول الله. 
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. 
+وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله. 
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. 
+قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟! 
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>Muaz (Allah ondan razı olsun) demişdir: Mən Peyğəmbərlə (sallallahu aleyhi və səlləm) birgə səfərdə idim. Bir gün biz yol gedərkən ona yaxınlaşdım və dedim: "Ey Allahın Rəsulu, məni Cənnətə daxil edəcək və Cəhənnəmdən uzaqlaşdıracaq əməl barədə mənə xəbər ver!". Peyğəmbər (sallallahu aleyhi və səlləm) dedi: “Sən artıq edilməsi nəfslərə əzəmətli gələn bir əməl barədə soruşdun. Həqiqətən də o Allahın asanlaşdırdığı kimsələr üçün asan və rahahatdır; İslamın fərzlərini yerinə yetir:
+Birincisi: Tək Allaha ibadət et və Ona heç bir şeyi şərik qoşma.
+İkincisi: Gecə və gündüz, şərtlərini, rukunlarını və vaciblərini yerinə yetirərək: fəcr, zöhr, əsr, məğrib və işa olmaqla beş vaxt fərz namazlarını doğru-düzgün qıl.
+Üçüncüsü: Fərz olan zəkatı ver. Zəkat, şəriətdə müəyyən miqdara çatan hər bir maldan çıxarılıb, zəkata layiq kimsələrə verilən, vacib və mal ilə olan ibadətidir.
+Dördüncüsü: Ramazan ayını oruc tut. Oruc sübh namazı girdikdən günəş batana qədər yeməkdən, içməkdən və orucu batil edən digər şeylərdən ibadət niyyəti ilə imtina etməkdir.
+Beşincisi: Uca Allaha ibadət etmək məqsədi ilə - müəyyən ayinləri icra etmək üçün Məkkəyə gedib, Allahın Evinə həcc et.
+Sonra Peyğəmbər (sallallahu aleyhi və səlləm) belə dedi: Sənə xeyir qapılarına aparan yolu öyrədimmi? Bu, o fərzlərin ardınca nafilə ibadətlər etməklədir:
+Birincisi: Nafilə orucdur. Bu, şəhvəti sındıraraq və nəfsi zəiflədərək insanın günahlara düşməsinə maneə olur.
+İkincisi: Nafilə sədəqə insan günah etdikdən sonra günahı söndürür, onu yuyub aparır və əsərini silir.
+Üçüncü: Kişinin gecənin axırıncı üçdə birində qıldığı təhəccüd namazı. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) Uca Allahın bu ayəsini oxudu: {Onlar gecə namazını qılmaq üçün böyürlərini yataqdan} yəni: yatdıqları yerdən qaldırır, {qorxu və ümid içində öz Rəbbinə yalvarır} yəni: namaz, zikr, Quran oxumaq və dua etməklə və {onlara verdiyimiz ruzilərdən Allah yolunda xərcləyirlər. Onlar üçün gözlərinə sevinc gətirəcək nələr saxlandığını heç kəs bilmir} yəni: Qiyamət günü və Cənnətdə onlar üçün gözlərini sevindirəcək hansı nemətlər saxlandığını kimsə bilməz {etdikləri əməllərin mükafatı olaraq}.
+Sonra Peyğəmbər (sallallahu aleyhi və səlləm) dedi: Sənə dinin əsası, dinin sökəndiyi dirəyi və ən uca zirvəsi haqqında xəbər verimmi?
+Muaz (Allah ondan razı olsun) dedi: Bəli, Ey Allahın Rəsulu.
+Peyğəmbər (sallallahu aleyhi və səlləm) dedi: Dinin başı İslamdır və onun əsası iki şəhadətdir və bu ikisi ilə insan dinin əslinə sahib olur. Dinin dirəyi isə namazdır. Dirəksiz ev olmadığı kimi namazsız da İslam yoxdur. Kim namaz qılarsa dini qüvvətlənər və ucalar. Dinin ən uca və ən ali zirvəsi isə cihad və həmçinin Allahın kəlməsini uca tutmaq üçün dinin düşmənləri ilə mübarizədə səy göstərməklə əldə edilir.
+Sonra Peyğəmbər (sallallahu aleyhi və səlləm) dedi: Sənə bütün bu dediklərimi möhkəmlədən və kamilləşdirən bir şey haqqında xəbər verimmi? Peyğəmbər (sallallahu aleyhi və səlləm) dilini tutub belə dedi: Bunu qoru və sənə aid olmayan şeylər haqqında danışma. Muaz dedi: Rəbbimiz bizi danışdığımız hər bir sözə görə hesaba çəkəcək və cəza verəcəkmi?!
+Peyğəmbər (sallallahu aleyhi və səlləm) dedi: “Anan səni itirsin ey Muaz!”. Bu, Peyğəmbərin (sallallahu aleyhi və səlləm) Muaza (Allah ondan razı olsun) heç də bəddua etməsi anlamında deyil, sadəcə bu kəlimə, ərəblərin qarşısındakı insanı, bilib, diqqət etməli olduğu bir işə xəbərdarlıq etməsi üçündür. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) belə dedi: Məgər insanları üzüstə Cəhənnəmə sürükləyib atan onların dilləri ilə etdikləri küfr, iftira, söyüş, qeybət, nəmmamlıq, böhtan və s. bu kimi günahları deyilmi?!</t>
+  </si>
+  <si>
+    <t>حرص الصحابة رضي الله عنهم على العِلْم، ولهذا يَكثُرُ منهم سؤال النبي صلى الله عليه وسلم عنه.
+فقه الصحابة رضي الله عنهم لعلمهم أنَّ الأعمال سبب لدخول الجنة.
+السؤال الذي صَدَر من معاذ رضي الله عنه سؤال عظيم؛ لأنه في الحقيقة هو سِرُّ الحياة والوجود، فكل موجود في هذه الدنيا من بني آدم أو من الجنّ غايته إما الجنة وإما النار، فلذلك كان هذا السؤال عظيمًا.
+ترتُّب دخوله الجنة على الإتيان بأركان الإسلام الخمسة، وهي: الشهادتان والصلاة والزكاة والصيام والحج.
+رأس الدين وأغلى المُهمّات وأعلى الواجبات توحيد الله، بعبادته وحده لا شريك له.
+رحمة الله بعباده أنْ فتح لهم أبواب الخير ليتزوَّدوا من أسباب الأجر ومغفرة الذنوب.
+فضل التقرب بالنوافل بعد أداء الفرائض.
+الصلاة من الإسلام بمنزلة العمود الذي تقوم عليه الخَيْمَة، يَذهب الإسلام بذهابها، كما تسقط الخيمة بسقوط عمودها.
+وجوب حفظ اللسان عما يضر الإنسان في دينه.
+كَفُّ اللسان وضبطُه وحَبسُه هو أصل الخير كله.</t>
+  </si>
+  <si>
+    <t>Səhabələrin (Allah onlardan razı olsun) elmə olan hərisliyi. Buna görə də onlar Peyğəmbərə (sallallahu aleyhi və səlləm) çoxlu suallar verərdilər.
+Səhabələrin (Allah onlardan razı olsun) əməllərin Cənnətə daxil olmaq üçün səbəb olduğunu bilmələri onların dini bilgilərindən qaynaqlanırdı.
+Muazın (Allah ondan razı olsun) verdiyi sual əzəmətli sualdır. Çünki əslində bu sual, həyatın və varlığın sirridir. İstət insan, istərsə də cin olmasından aslı olmayaraq dünyada mövcud olan varlığın sonu ya Cənnətdir va da Cəhənnəm. Ona görə də bu sual əzəmətli sual idi.
+Cənnətə daxil olmaq İslamın beş şərtinə əməl etməkdən asılıdır. Bunlar: İki şəhadət kəlməsini (mənasını anlayaraq) tələffüz etmək, namaz qılmaq, oruc tutmaq, zəkat vermək və Həccə getməkdir.
+Dinin başı, işlərin ən qiymətlisi və vacibərin ən üstünü heç bir şəriki olmayan Tək Uca Allahı ibadətdə təkləşdirməkdir.
+Uca Allah öz qullarına xeyir qapılarını açmaqla onlara rəhm edir ki, onlar savab qazanmaq və günahlarının bağışlanması üçün vasitələr əldə etsinlər.
+Fərz ibadətləri yerinə yetirdikdən sonra nafilə ibadətlərlə Uca Allaha yaxınlaşmağın fəziləti.
+İslamda namaz, çadırın üzərində dayandığı dirəyinə (sütununa) bənzəyir. Dirək yıxıldıqda çadır da yıxıldığı kimi, namaz da olmasa İslam yox olub gedər.
+Dili, insana dinində zərər verən şeylərdən qorumaq vacibdir.
+Dili cilovlamaq, ona nəzarət etmək və qoruyub-saxlamaq hər bir xeyirin əsasıdır.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/4303</t>
+  </si>
+  <si>
+    <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>İki müsəlman qılıncla (bir-birini öldürmək üçün) qarşı-qarşıya gəlirsə, öldürən də, ölən də cəhənnəmdədir</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>Əbu Bəkrədən (Allah ondan razı olsun) rəvayət edilən hədisdə Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "İki müsəlman qılıncla (bir-birini öldürmək üçün) qarşı-qarşıya gəlirsə, öldürən də, ölən də cəhənnəmdədir". Dedim: "Ey Allahın Rəsulu, bu qatildir, bəs ölənin günahı nədir? (O niyə cəhənnəmdədir?) Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "O da, müsəlman qardaşını öldürmək istəyirdi."</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, iki müsəlman bir- birini öldürmək üçün qarşılaşdıqda, öldürən kəs əks tərəfi öldürdüyü üçün cəhənnəmdədir. Lakin səhabələr : "Öldürülən necə cəhənnəmdə olur?" deyə heyrətə düşmüşdülər. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) də bildirdi ki, o da öz qardaşını öldürməyə cəhd etdiyi üçün cəhənnəmdədir. Onun öldürə bilməməsi, öldürənin  daha cəld olduğuna görə rəqibini qabaqlamasına görədir.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Günaha əzm və ona aparan səbəbləri edənin əzaba layiq olması.
 Müsəlmanlar öz aralarında döyüşməkdən şiddətli şəkildə çəkindirilmiş və Cəhənnəmlə xəbərdarlıq edilmişdirlər.
 Müsəlmanların, fəsad törədən və həddi aşanlarla haqlı olaraq döyüşməsi bu xəbərdarlığa aid deyildir.
 Böyük günah sahibi bu əməlinə görə küfr etmir, çünki Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) öz aralarında döyüşən həmin kəsləri müsəlman adlandırdı.
 İki müsəlman hər hansı vasitə ilə bir-birini öldürmək üçün üz-üzə gələrsə, biri digərini öldürərsə, öldürən və ölən də cəhənnəmdədir. Hədisdə qılınc misal olaraq qeyd edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4304</t>
   </si>
   <si>
-    <t>الدِّينُ النَّصِيحَةُ</t>
+    <t>ازهد في الدنيا يحبك الله، وازهد فيما عند الناس يحبك الناس</t>
+  </si>
+  <si>
+    <t>“Dünyada zahid ol, Allah səni sevsin, insanların əlindəkinə də göz dikmə, insanlar səni sevsin”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ سَهْلِ بْنِ سَعِدٍ السَّاعِدِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللَّهِ، دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ أَحَبَّنِي اللَّهُ وَأَحَبَّنِي النَّاسُ، فَقَالَ: «ازْهَدْ فِي الدُّنْيَا يُحِبُّكَ اللَّهُ، وَازْهَدْ فِيمَا عِنْدَ النَّاسِ يُحِبُّكَ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Əbul-Abbas Səhl bin Sə'd əs-Səidi (Allah ondan razı olsun) demişdir: Bir kişi Peyğəmbərin (sallallahu aleyhi va səlləm) yanına gəlib dedi: “Ey Allahın elçisi! Mənə elə bir əməl öyrət ki, mən onu edəndə, məni həm Allah, həm də insanlar sevsin”. Peyğəmbər (sallallahu aleyhi va səlləm) belə buyurdu: “Dünyada zahid ol, Allah səni sevsin, insanların əlindəkinə də göz dikmə, insanlar səni sevsin”.</t>
+  </si>
+  <si>
+    <t>سَأل رجل النبي صلى الله عليه وسلم أن يرشده إلى عمل إذا عمله أحبه الله وأحبه الناس، فقال له صلى الله عليه وسلم: يحبك الله إذا تركت الفاضل من الدنيا، وما لا ينفعك في الآخرة، وتركت ما قد يكون فيه ضرر في دينك، ويحبك الناس إذا زهدت بما في أيديهم من الدنيا؛ لأنهم يحبونها بطبعهم، ومن زاحمهم عليها أبغضوه، ومن تركها لهم أحبوه.</t>
+  </si>
+  <si>
+    <t>Bir kişi Peyğəmbərdən (sallallahu əleyhi və səlləm) onu, həm Allahın, həm də insanların sevgisini qazandıracaq bir əmələ yönəltməsini istədi. Peyğəmbər (sallallahu aleyhi va səlləm) ona belə dedi: Əgər dünyada artıq olan şeyləri, axirətə faydası olmayanları və dininə zərər verə biləcək şeyləri tərk etsən, bu zaman Allah səni sevər. Əgər insanların əlində olan dünya malına tamah etməsən, bu zaman insanlar səni sevər. Çünki insanlar təbiətcə dünyanı sevirlər. Kim onlarla bu dünya malı uğrunda rəqabət apararsa, ona qəzəblənər, kim dünyanı onlara buraxarsa, onu sevərlər.</t>
+  </si>
+  <si>
+    <t>فضيلة الزهد في الدنيا، وهو: أن يترك ما لا ينفع في الآخرة.
+الزهد مرتبته أعلى من الورع؛ لأن الورع ترك ما قد يضر، والزهد ترك ما لا ينفع في الآخرة.
+قال السندي: إن الدنيا محبوبة عند الناس فمن يزاحمهم فيها يصير مبغوضًا عندهم بقدر ذلك، ومن تركهم ومحبوبهم يكون محبوبًا في قلوبهم بقدر ذلك.</t>
+  </si>
+  <si>
+    <t>Dünyada zahid olmağın fəziləti, insanın axirətdə ona faydası olmayan şeyləri tərk etməsidir.
+Zahidlik, "vər'a-dan" (Allah qorxusu ilə haramı tərk etməkdən) daha yüksək mərtəbədir. Çünki vəra, zərər verə biləcək şeyləri tərk etməkdir. Zahidlik isə, axirətdə faydası olmayan şeyləri tərk etməkdir.
+əs-Sindi demişdir: "Dünya insanlar üçün sevimlidir. Kim onlarla bu dünya malı uğrunda rəqabət apararsa, bir o qədər onların nifrətini qazanar. Kim isə onları sevdikləri (yəni dünya) ilə baş-başa buraxarsa, bir o qədər də onların qəlbində sevilər".</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه وغيره بأسانيد حسنة</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه وغيره بأسانيد حسنة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/4307</t>
+  </si>
+  <si>
+    <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>Yaxşılıq - gözəl əxlaqdır. Günah isə qəlbini narahat edən və insanların bilməsini xoşlamadığın şeydir</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Nəvvas bin Simən əl-Ənsari (Allah ondan razı olsun) rəvayət edir ki: Mən Allah Rəsulundan (sallallahu aleyhi və səlləm) yaxşılıq və günah barəsində soruşdum. Allahın Rəsulu (sallallahu aleyhi və səlləm) belə dedi: "Yaxşılıq - gözəl əxlaqdır. Günah isə qəlbini narahat edən və insanların bilməsini xoşlamadığın şeydir".</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
+أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
+وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
+  </si>
+  <si>
+    <t>Peyğəmbərdən (sallallahu aleyhi və səlləm) yaxşılıq və günah barəsində soruşuldu. Peyğəmbər (sallallahu aleyhi və səlləm) belə cavab verdi:
+Yaxşılığın ən əzəmətli xisləti, təqva ilə Allahla olan gözəl əxlaqdır. İnsanlarla gözəl əxlaqa gəldikdə isə bu, onlardan gələn əziyyətlərə səbr etmək, az qəzəblənmək, insalara təbəssüm etmək, gözəl sözlər danışmaq, qohumluq əlaqələrini saxlamaq, Uca Allaha itaət etmək, nəzakətli olmaq, insanlara yaxşılıq etmək və ailə və dostlarla gözəl münasibətdə olmaqdır. ‏
+Amma günah isə şübhəli şeylərdən qəlbi narahat edən, insanın ürəyində şəkk və tərəddüd yaradan, elə ki onun köküsü bu iş üçün açılıb genişlənmir, həmçinin onun günah olmasından qorxulan və onun görkəmli şəxslərə, nümunəvi və yüksək əxlaqa sahib olan insanlara çirkin olduğundan dolayı üzə çıxmasını istəmədiyin şeydir. Çünki nəfs, təbiəti etibarı ilə insanların onun xeyirini görməsini sevir. Əgər o, insanların onun bəzi əməllərini bilməsini istəmirsə, demək ki, bu əməllər günahdır və onda heç bir xeyir yoxdur.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>Gözəl əxlaqa təşviq etmək. Çünki gözəl əxlaq, yaxşılığın ən böyük göstəricilərindən biridir.
+Haqq ilə batil möminə qarışıq gəlməz. Əksinə, o, haqqı qəlbindəki nur ilə tanıyar, batildən isə uzaq durar və onu inkar edər.
+Günahın əlamətləridən biri də: qəlbin narahatlığı, təlaşı və insanların bunu bilməsini xoşlamamasıdır.
+əs-Sindi belə demişdir: Bu, insanların hansı tərəfin doğru olduğunu dəqiq bilmədiyi şübhəli işlər haqqındadır. Əks təqdirdə, şəriətdə əmr olunan və ona zidd heç bir dəlil olmadan şey, yaxşılıq hesab edilir. Eləcə də, qadağan edilən şey günahdır. Belə halda nə qəlbə müraciət etməyə, nə də onun rahatlıq tapmasına ehtiyac yoxdur.‏
+Hədisdə xitab olunan insanlar, sağlam fitrətə sahib olan insanlardır. Heç də qəlbi tərsinə dönmüş, yalnız nəfsinin istəklərinə uyğun olanı qəbul edən, yaxşılığı tanımayan və pisliyi inkar etməyən insanlar deyildir. ‏
+ət-Tibi belə demişdir: Hədisdəki (yaxşılıq) ləfzinin müxtəlif mənalarda izah edildiyi deyilmişdir. Belə ki, Peyğəmbər (sallallahu aleyhi və səlləm) (yaxşılıq) ləfzini bir yerdə "nəfsin və qəlbin rahatlıq tapdığı şey olaraq" - izah etmişdir. Bir yerdə imanla izah etmişdir. Digər bir yerdə insanı Allaha yaxınlaşdıran əməl ilə izah etmişdir. Bu hədisdə isə ‏(yaxşılıq) ləfzini gözəl əxlaq ilə izah etmişdir. Gözəl əxlaq isə insanlardan gələn əziyyətlərə səbr etmək, az qəzəblənmək, insalara təbəssüm etmək (mehriban üz ifadəsi), gözəl sözlər danışmaq və s. bu kimi gözəl xüsusiyyətlərlə izah edilmişdir. Bunların hamısı bir-birinə yaxın olan mənalardır.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/4308</t>
+  </si>
+  <si>
+    <t>الدين النصيحة</t>
   </si>
   <si>
     <t>Din nəsihətdir</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>Təmim Əd-Dəridən (Allahın salavatı və salamı onun üzərinə olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Din nəsihətdir". Biz dedik: Kimə? Peyğəmərimiz (Allahın salavatı və salamı onun üzərinə olsun): "Allaha, kitabına, rəsuluna, müsəlmanların rəhbərlərinə və bütün müsəmanlara" -deyə buyurdu.</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, din ixlas və doğruluq üzərində qurulmuşdur, Allahın vacib buyurduğu kimi tam, nöqsansız və yalan olmadan yerinə yetirilməlidir.
 Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşdular: Nəsihət kimin üçün olmalıdır? Belə cavab verdi:
 Birincisi: uca və pak olan Allah  üçün olan nəsihət. Bu, əməllərdə ixlaslı olmaq, Ona şərik qoşmamaq , Onun aləmlərin Rəbbi olmasına (rububiyyətinə) iman gətirmək, bütün ibadətlərin yalnız Ona məxsus olmasına (uluhiyyətinə) iman etmək, ad və sifətlərinə iman etmək, Onun şənini ucaltmaq və Ona iman etməyə çağırmaqla olur.
 İkincisi: Allahın Kitabına- Qurani Kərimə olan nəsihət: Quranın Allahın kəlamı oluğuna, onun kitabların sonuncusu olduğuna, özündən öncəki bütün şəriətlərin hökümünü qaldırdığını etiqad edirik, onu təzim edirik. Onu layiqincə oxuyub, muhkəm (aydın olan) ayələrinə əməl edib, mütəşabih ayələrə təslim oluruq, onun ayələrini təhrif edənlərin təvillərini ( öz ağıllarının məhsuluna uyğun yozmalarını) dəf edib, Quranın öyüdlərindən ibrət alıb, Quran elminin təbliği ilə ona dəvət edirik.
 Üçüncüsü: Allahın Rəsulu Muhəmməd (Allahın salavatı və salamı onun üzərinə olsun) üçün olan nəsihət: Onun elçilərin sonuncusu olduğuna etiqad edib, dediklərini təsdiq edirik, əmrlərinə tabe olub, qadağalarından çəkinirik, yalnız ona nazil olan şəriətlə Allaha ibadət edirik, onun haqqını uca tutub, ona hörmət edirik, dəvətini yayırıq , şəriətini insanlara çatdırırıq, ona qarşı edilən ittihamları rədd edirik.
 Dördüncüsü: Müsəlmanların rəhbərlərinə nəsihət: Haqq üzərə olmalarına yardım edir, idarəetmə işlərində  mübahisə edib işlərinə qarışmırıq, Allaha itaət çərçivəsində onlara eşidib itaət edirik.
 Beşincisi: Müsəlmanlara nəsihət : Onlara xeyirxahlıq edib, haqqa dəvət edirik, onlara əziyyət verməkdən çəkinirik, onlar üçün xeyir istəyib, ِtəqva və yaxşılıq üzərində onlarla yardımlaşırıq.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Hər kəs üçün nəsihət əmr edilmişdir.
 Dində nəsihətin məqamının ucalığı.
 Din, etiqad, söz və əməllləri əhatə edir.
 İnsanın nəsihət olunan üçün qəlbini ona qarşı saxtakarlıqdan təmizləməsi və ona xeyir istəməsi nəsihətdən sayılır.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) gözəl təlimi, belə ki, o, bir məsələni ümumi olaraq qeyd edir, sonra onun təfsilatını açıqlayır.
 Ən önəmli olandan başlamaq. Belə ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ilk olaraq Allah üçün, sonra kitabı üçün, sonra rəsulu üçün, sonra müsəlmanların rəhbərlərinə, daha sonra isə bütün müsəlmanlar üçün olan nəsihəti qeyd etmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4309</t>
   </si>
   <si>
-    <t>إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ</t>
+    <t>الرضاعة تحرم ما تحرم الولادة</t>
+  </si>
+  <si>
+    <t>“Süd əmizdirmə, doğuşun haram etdiyi şeyləri haram edir”</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الرَّضَاعَةُ تُحَرِّمُ مَا تُحَرِّمُ الوِلَادَةُ».</t>
+  </si>
+  <si>
+    <t>Aişə (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (sallallahu aleyhi və səlləm) belə demişdir: “Süd əmizdirmə, doğuşun haram etdiyi şeyləri haram edir”.</t>
+  </si>
+  <si>
+    <t>بيَّنَ النبيُّ صلى الله عليه وسلم أنه يحرم من الرضاع ما يحرم من الولادة والنسب من خال أو عم أو أخ...، وتبيح الرضاعة ما تبيح الولادة من الأحكام.</t>
+  </si>
+  <si>
+    <t>Peyğəmbər (sallallahu əleyhi va səlləm) bəyan etmişdir ki, qardaş, əmi, dayı kimi doğum və nəsəb səbəbilə haram olan şəxslər - süd əmizdirmə səbəbi ilə də haram olurlar. Həmçinin süd əmizdirmə, doğumdan olan qohumluğunun icazəli etdiyi hökmləri də icazəli edir.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في أحكام الرضاع.
+قال ابن حجر: قوله: (الرضاعة تحرم ما تحرم الولادة) أي: وتبيح ما تبيح، وهو بالإجماع فيما يتعلق بتحريم النكاح وتوابعه، وانتشار الحرمة بين الرضيع وأولاد المرضعة، وتنزيلهم منزلة الأقارب في جواز النظر والخلوة والمسافرة، ولكن لا يترتب عليه باقي أحكام الأمومة من التوارث ووجوب الإنفاق والعتق بالملك والشهادة والعقل وإسقاط القصاص.
+إثبات حكم التحريم بالرضاع تحريمًا مؤبدًا.
+دلت الأحاديث الأخرى أن التحريم بالرضاعة يثبت بخمس رضعات معلومات، وأن تكون في السنتين الأوليين.
+المحرمات بالنسب هن: الأمهات، ويدخل فيهنَّ الجدات، وإن علون من قبل الأمّ أو الأب. والبنات: ويدخل فيهنَّ بنات البنات، وبنات الأولاد، وإن سفلن. والأخوات: سواء أكنّ من قبل الأب والأم، أو من قبل أحدهما. والعمَّات: ويدخل فيهنّ جميع أخوات الأب الشقيقات وغير الشقيقات، وكذلك جميع أخوات أجدادك، وإن علون. والخالات: ويدخل فيهنّ جميع أخوات الأم الشقيقات، وغيرهنّ، وكذلك جميع أخوات الجدات، وإن علون، سواء أكنَّ جدات من الأب أم من الأم. وبنات الأخ، وبنات الأخت، ويدخل فيهنَّ بناتهنَّ، وإن سفلن.
+المحرمات بالرضاع، فيحرم من الرضاع ما يحرم من النسب، فكل امرأة حَرُمت من النسب حَرُمَ مثلها من الرضاع إلا أم أخيه وأخت ابنه من الرضاع فلا تحرم.</t>
+  </si>
+  <si>
+    <t>Hədis, süd əmizdirmə hökmləri haqqında bir qaydadır.
+İbn Həcər demişdir: Peyğəmbərin (sallallahu əleyhi va səlləm): “Süd əmizdirmə, doğuşun haram etdiyi şeyləri haram edir” - sözünün mənası, yəni: süd əmizdirmə, doğuşun icazəli etdiyi şeyləri icazəli edir — anlamındadır. Bu mövzu icma ilə— nikahın haramlığı və ona bağlı məsələlər, südəmər uşaq ilə süd verən qadının övladları arasında haramlığın yayılması, bir-birilərinə baxması, təklikdə qalması və birlikdə səfərə çıxması kimi hallarda yaxın qohum kimi sayılmaları — deməkdir. Lakin bu (süd analığı), analığa aid olan digər hökmləri, miras almaq, nəfəqə verməyin vacibliyi, sahib olduğu qulu azad etmək, şahidlik, diyə (qan pulu) ödəmək (öldürülmüş şəxs üçün cərimə; vira) və qisasın ləğv edilməs kimi məsələlərdə heç bir təsir göstərmir.
+Süd əmizdirmə nəticəsində yaranan haramlığın əbədi olaraq sabit qalması.
+Başqa hədislər izah edir ki, süd əmizdirmə yolu ilə yaranan qadağa yalnız bilinən beş dəfə əmizdirmədən sonra və uşağın ilk iki ili ərzində meydana gəlir.
+Qohumluq əlaqələrinə görə haram olanlar aşağıdakılardır: 
+Analar. Bura, şəcərə üzrə yuxarıya doğru ana və ata tərəfdən olan nənələr də daxildir.
+Qızlar. Bura, şəcərə üzrə aşağıya doğru qızların qızları və oğulların qızları da daxildir.
+Bacılar. Bura, həm eyni ata-anadan olan bacılar, həm də bir tərəfdən (yəni: ya ata, ya da ana tərəfdən) olan bacılar daxildir.
+Bibilər. Bura, atanıın doğma və ögəy, bütün bacıları və həmçinin, şəcərə üzrə yuxarıya doğru babaların bütün bacıları da daxildir.
+Xalalar. Bura, ananın doğma və ögəy, bütün bacıları və həmçinin, istər ata tərəfdən, istərsə də ana tərəfdən olmasından asılı olmayaraq şəcərə üzrə yuxarıya doğru nənələrin bütün bacıları da daxildir.
+Qardaş qızları və bacı qızları. Bura, şəcərə üzrə aşağıya doğru onların qızları da daxildir.
+Süd qohumluğuna görə haram olanlar: Süd qohumluğu, qan qohumluğunun haram etdiyi şeyləri haram edir. Qan qohumluğuna görə haram olan hər bir qadın, süd qohumluğu ilə də haram olur. Bundan yalnız süd qardaşının anası və süd oğlunun bacısı istisnadır, onlar haram sayılmır.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/4311</t>
+  </si>
+  <si>
+    <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>Şübhəsiz ki, halal olan şeylər bəllidir, haram olan şeylər bəllidir</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>Ən-Numan bin Bəşirdən (Allah ondan razı olsun)  rəvayət edildiyinə görə o barmağıyla qulaqlarına işarə edərək: Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim" dedi: "Şübhəsiz ki, halal olan şeylər bəllidir, haram olan şeylər bəllidir, onların arasında əksər insanların bilmədiyi şübhəli məsələr var. Kim şübhələrdən çəkinərsə, dinini və şərəfini qorumuş olar. Lakin kim şübhələrə uyarsa , harama düşmüş olar. (Onun misalı) Qoruğun ətrafında sürüsünü otaran çobanın misalı kimidir, onun sürüsü sanki qadağan edilən qoruğa daxil olmaq istəyir. Bilin ki, hər hökmdarın öz qoruğu vardır. Allahın qoruğu da, onun haramlarıdır. Agah olun ki, bədəndə bir ət parçası vardır ki, o sağlam olarsa bütün bədən sağlam olar, o pozularsa, bədənin bütün əzaları pozular. Bilin ki, bu qəlbdir.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) əşyalara dair  ümumi qaydanı açıqlayır və dində bunun üç qisim olduğunu bildirir: aşkar halallar, aşkar haramlar, halal və haramlığı aydın olmayan bənzər məsələlər, bunları isə əksər insanlar bilmirlər.
 Və kim bu şübhəli məsələləri tərk edərsə, harama batmaqdan çəkindiyinə görə dinini və ləyaqətini qoruyar, insanların qınağından  salamat olar. Şübhəli məsələlərdən uzaq durmayan kəs isə ya özünü harama düşməklə təhlükəyə atar, yaxud da öz şərəf ləyaqəti barədə insanların dedi qodusuna yol açar. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) şübhəli məsələlərə uyanın halını bəyan etmək üçün, sahibi tərfindən qorunan qoruğun ətrafında sürüsünü otaran çobanı misal gətirir, qoruğun yaxın olduğu üçün sürünün onun ərazisinə keçmə ehtimalı və təhlükəsi var. Eləcə də, kim şübhəli bir şey edərsə, harama düçar olmağa yaxın olar və bununla da özünü təhlükəyə atar. Daha sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bədəndə bir ət parçasından, o sağlam olduqda bütün bədənin sağlam, o pozulduqda isə bütün bədənin pozulduğunu və bunun da qəlb olduğunu xəbər verrir.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Hökmü bəlli olmayan şübhəli məsələni tərk etməyə rəğbətləndirmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4314</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا</t>
+    <t>أيها الناس، إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>“Ey insanlar, həqiqətən, Uca Allah pakdır və yalnız pak olanları qəbul edər. Allah peyğəmbərlərə əmr etdiyini möminlərə də  əmr etmişdir. Uca Allah buyurur</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ، فَقَالَ: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} [المؤمنون: 51] وَقَالَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} [البقرة: 172] ثُمَّ ذَكَرَ الرَّجُلَ يُطِيلُ السَّفَرَ أَشْعَثَ أَغْبَرَ، يَمُدُّ يَدَيْهِ إِلَى السَّمَاءِ: يَا رَبِّ، يَا رَبِّ، وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالْحَرَامِ، فَأَنَّى يُسْتَجَابُ لِذَلِكَ؟».</t>
+  </si>
+  <si>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, Allahın Rəsulu (sallallahu aleyhi və səlləm) belə demişdir: “Ey insanlar, həqiqətən, Uca Allah pakdır və yalnız pak olanları qəbul edər. Allah peyğəmbərlərə əmr etdiyini möminlərə də  əmr etmişdir. Uca Allah buyurur: “Ey peyğəmbərlər, təmiz və halal nemətlərdən yeyin və yaxşı işlər görün! Mən, həqiqətən, sizin nə etdiklərinizi bilirəm!” [Muminun: 51] O, həmçinin, buyurur: “Ey iman gətirənlər! Sizə ruzi olaraq verdiyimiz təmiz və halal nemətlərdən yeyin!” [Bəqərə: 172] Sonra Peyğəmbər (sallallahu aleyhi və səlləm) uzun müddətli səfərə çıxmış, saçları dağınıq, üst-başı da toz-torpaq içində olan və bu halda əllərini göyə qaldırıb: “Ya Rəbb, ya Rəbb!”– deyə yalvaran birisini xatırlatdı. Peyğəmbər (sallallahu aleyhi və səlləm) davam edib dedi: "Onun yediyi haram, içdiyi haram, geydiyi haram – haramla qidalanmışdır. Beləsinin duası necə qəbul ola bilər?!”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها: 
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك. 
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر. 
+ثالثًا: يرفع يديه إلى السماء بالدعاء. 
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب! 
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>Peyğəmbər (sallallahu aleyhi və səlləm) Uca Allahın pak, müqəddəs, bütün naqisliklərdən və eyiblərdən uzaq olduğunu, Onun kamillik sifətləri ilə vəsfləndiyini, əməllərdən, sözlərdən və əqidədən yalnız pak olanları, yəni: xalis Allah üçün və Peyğəmbərin (sallallahu aleyhi və səlləm) yoluna müvafiq olanı qəbul etdiyini, Uca Allaha yalnız belə əməllərlə yaxınlaşmağın mümkün olduğunu xəbər vermiş və həmçinin, mömin kimsəni yaxşı əməllərə nail edəcək ən əzəmətli şeyin, yeməyinin pak olması, bu da onun yeməyinin halal olması ilə ola biləcəyini və nəticədə əməlinin də yaxşı olacağını bildirmişdir. Buna görə də Uca Allah peyğəmbərlərə halal yemək və saleh əməllər barədə nəyi əmr etmişdirsə, möminlərə də eyni ilə onu əmr etmişdir. Uca Allah buyurur: “Ey peyğəmbərlər, təmiz və halal nemətlərdən yeyin və yaxşı işlər görün! Mən, həqiqətən, sizin nə etdiklərinizi bilirəm!”. Uca Allah başqa bir ayədə belə buyurur: “Ey iman gətirənlər! Sizə ruzi olaraq verdiyimiz təmiz və halal nemətlərdən yeyin!”.
+Sonra Peyğəmbər (sallallahu aleyhi və səlləm) əməli korlayan və əməlin qəbul olunması üçün nə qədər zahiri səbəblər işlənsə də, onun qəbul olunmasına mane olan haram yeməkdən çəkindirmişdir. Əməlin qəbul olunması üçün zahiri səbəblərdən bəziləri aşağıdakılardır:
+Birincisi: Həcc, cihad və qohumluq əlaqələrini birləşdirmək və s. bu kimi itaət məqsədləri üçün uzunmüddətli səfərə çıxmaq.
+İkincisi: Saçlarını daramadığı üçün saçları dağınıq, toz-torpaqdan üz-gözünün və üst-başının rəngi dəyişmiş və özüdə möhtac bir halda olmaq.
+Üçüncüsü: Dua etmək üçün iki əlini göyə qaldırır.
+Dördüncüsü: Uca Allaha gözəl adları ilə təvəssül edib: “Ya Rəbb, ya Rəbb!” – deyə yalvararaq israrla dua etməsi.
+Duanın qəbul olunma səbəblərinin olmasına baxmayaraq, onun duası qəbul olunmadı. Çünki onun yediyi, içdiyi, geydiyi haramdır və o, haramla qidalanmışdır. Belə vəsfə sahib olan kimsənin duasının qəbul olunması mümkün deyil. Axı beləsinin duasına necə cavab verilə bilər?!</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصفه به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>Uca Allahın zatında, sifətlərində, feillərində və hökmlərində kamilliyi.
+Əməlin ixlasla, yalnız Allah üçün və Peyğəmbərin (sallallahu aleyhi və səlləm) sünnəsinə müvafiq şəkildə edilməsinin əmr olunması.
+Dəvət edərkən Peyğəmbərin (sallallahu aleyhi və səlləm) hədisdə: "Allah peyğəmbərlərə əmr etdiyini möminlərə də əmr etmişdir" buyurduğu kimi, əmələ təşviq edən üslubdan istifadə etmək. Əgər mömin bunun peyğəmbərlərə əmr edilmiş şeylərdən biri olduğunu bilərsə, bu zaman o, əməl etməyə özündə qüvvət toplayar və tabe olmağa həvəslənər.
+Duanın qəbul olunmasına mane olan səbəblərdən biri də haram yeməkdir.
+Duanın qəbul olunması səbəbləri arasında beş şey vardır ki, onlardan birincisi: uzun müddətli məşəqqətli bir səfər səbəbi ilə yaranan, duanın qəbul edilməsinin ən əzəmətli səbəblərindən biri olan nəfsin sınmağı. İkincisi: zərurət halı. Üçüncüsü: İki əli səmaya qaldırmaq. Dördüncüsü: Uca Allahın rübubiyyətini təkrar-təkrar zikr edərək Ona israrla dua etmək. Bu, duaya cavab verilməsinin ən əzəmətli səbəblərindən biridir. Beşincisi: Halal olan şeylərdən yemək və içmək.
+Yemək-içməyin halal, təmiz olması saleh əməl işləməyə yardım edən səbəblərdən biridir.
+Qadi belə demişdir: "Yaxşı sözü xəbis sözünün ziddidir. Əgər Uca Allah yaxşı sözü ilə vəsf edilirsə bu, Onun nöqsanlardan və eyib sifətlərdən pak və münəzzəh olduğu anlamındadır. Əgər bir qul ümumən yaxşı sözü ilə vəsf edilirsə bu, onun çirkin əxlaqlardan, pis əməllərdən uzaq olduğuna və onun bu şeylərin ziddinə sahib olduğu anlamındadır. Əgər mal-dövlət yaxşı sözü ilə vəsf edilirsə bu, o mal-dövlətin halal və ən xeyirli mal-dövlət olduğu anlamındadır".</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/4316</t>
+  </si>
+  <si>
+    <t>إن الله عز وجل يبسط يده بالليل ليتوب مسيء النهار، ويبسط يده بالنهار ليتوب مسيء الليل، حتى تطلع الشمس من مغربها</t>
   </si>
   <si>
     <t>“Həqiqətən, Allah Əzzə və Cəllə günəş batdığı yerdən çıxana qədər gecə əlini uzadır ki, gündüzün günahkarı tövbə etsin, gündüz də əlini uzadır ki, gecənin günahkarı tövbə etsin</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا».</t>
   </si>
   <si>
     <t>Əbu Musadan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: “Həqiqətən, Allah Əzzə və Cəllə günəş batdığı yerdən çıxana qədər gecə əlini uzadır ki, gündüzün günahkarı tövbə etsin, gündüz də əlini uzadır ki, gecənin günahkarı tövbə etsin".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم: أنَّ الله تعالى يقبل التوبة من عباده، 
 فإن أذنب العبد ذنبًا بالنهار وتاب بالليل قَبِلَ الله توبته، وإن أذنب ذنبًا بالليل وتاب بالنهار قَبل الله توبته، 
 ويبسط يده سبحانه للتوبة فرحًا بها، وقبولًا لها، ولا يزال باب التوبة مفتوحًا حتى تطلع الشمس من مغربها إيذانًا بانتهاء الدنيا، فإذا طلعت فإن باب التوبة يُغلق.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Uca Allah qullarından tövbəni qəbul edir. Əgər qul gündüz günah edib gecə tövbə etsə, Allah onun tövbəsini qəbul edər, əgər gecə günah edib gündüz tövbə etsə, Allah onun tövbəsini qəbul edər. Pak olan Allah  qulunun tövbəsinə sevindiyindən və onu qəbul etmək üçün tövbəyə əlini uzadar və dünyanın sonunu bildirən günəşin qərbdən çıxmasına qədər tövbə qapısı açıq qalır. (Günəş) qərbdən  çıxdıqda, artıq tövbə qapısı bağlanacaq.</t>
   </si>
   <si>
     <t>قبول التوبة مستمر ما دام بابها مفتوحًا، ويغلق بابها بمطلع الشمس من مغربها، وأن يتوب الإنسان قبل غرغرة الموت، وهي وصول الروح إلى الحلقوم.
 عدم اليأس والقنوط بسبب الذنب، فإن عفو الله سبحانه ورحمته واسعة، وباب التوبة مفتوح.
  شروط التوبة: الأول: الإقلاع عن المعصية، والثاني: الندم على فعلها، والثالث: العزم على ألّا يعود إليها أبدًا، هذا إن كانت في حقوق الله تعالى، وإن كانت متعلِّقة بحق من حقوق العباد، فيشترط لصحة التوبة أن يؤدي ذلك الحق إلى صاحبه، أو يعفو عنه صاحب الحق.</t>
   </si>
   <si>
     <t>Tövbə qapısı açıq olduğu müddətdə  qəbul olunmağa  davam edər. Günəşin qərbdən çıxması ilə onun qapısı bağlanar. Bir də, ölüm qarqarasından əvvəl- ruh boğaza yetişməzdən əvvəl insanın tövbə etməsi (qəbuldur).
 Günaha görə ümidsizliyə düşmək olmaz. Çünki, Pak olan Allahın bağışlaması və rəhməti genişdir və tövbə qapısı açıqdır.
 Tövbənin şərtləri: Birincisi: günahı tərk etmək, ikincisi: günah etdiyinə görə peşman olmaq, üçüncüsü: əgər günah Uca Allahın haqlarındandırsa, ona bir daha qayıtmamağa əzmli olmaq, yox əgər qulların haqlarından olan bir haqla əlaqəlidirsə, tövbənin düzgün olması üçün həmin haqqı sahibinə qaytarmaq və ya haqq sahibinin onu bağışlaması şərtdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4318</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ</t>
+    <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
     <t>Həqiqətən, Allah hər bir şeydə və əməldə gözəl davranmağı əmr edib,</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
     <t>Şəddad bin Əvs (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) iki şey əzbərlədim: O buyurdu: "Həqiqətən, Allah hər bir şeydə və əməldə gözəl davranmağı əmr edib, əgər (haqlı olaraq kimisə) öldürəcəksinizsə onu gözəl qaydada öldürün, heyvan kəsəcəksinizsə, onu gözəl üslubla kəsin. Sizdən biriniz bıçağını itiləsin, heyvanı kəsdikdə ona əziyyət verməsin."</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) uca Allahın bütün işlərdə ihsanı bizə vacib buyurduğunu xəbər verir. İhsan- insanın ibadətdə, xeyir əməl etməkdə, məxluqata əziyyət verməməkdə daima Allahın nəzarəti altında olduğunu bilməsidir. Qətldə və heyvanın kəsilməsində də ihsan məhz bu qəbildəndir.
 Qisas hökmünün həyata keçirilməsində ihsan: məhkum üçün ən asan, ən yüngül və ən sürətli qətl vasitəsini seçməkdir.
 Heyvanı kəsərkən ihsan: kəsici aləti heyvandan aralı məsafədə itiləmək, həmçinin onu digər heyvanların  gözü önündə kəsməməklə şəfqət göstərməkdir.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>İzzət və Cəlal sahibi Allahın qullarına lütfü və rəhməti.
 Qətl və heyvan kəsimində ihsan, şəriətə uyğun olmasıdır.
 Şəriətin kamiliyyi və bütün xeyirləri əhatə etməsi. Heyvana rəhmət və şəfqət də buna misaldır.
 Bir insanın öldürüldükdən sonra orqanlarını kəsməyin qadağan edilməsi.
 Heyvana əziyyət verən hər bir şeyin haramlığı.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4319</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً</t>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك، فمن هم بحسنة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له عنده عشر حسنات إلى سبعمائة ضعف، إلى أضعاف كثيرة، ومن هم بسيئة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له سيئة واحدة</t>
   </si>
   <si>
     <t>Şübhəsiz ki, Allah yaxşılıq və pislikləri yazdıqdan sonra, onları belə açıqladı: Kim bir yaxşılıq etmək istərsə, lakin bunu edə bilməzsə, Allah bunu onun üçün Öz dərgahında bir yaxşılıq kimi yazar. Əgər bir kəs xeyir əməli istəyib onu edərsə, Allah Öz dərgahında həmin şəxs üçün bu yaxşılığı on mislindən yeddi yüz mislinə qədər, hətta daha çox yazar. Əgər insan pis bir əməli etmək istəyər, lakin onu etməkdən əl çəkərsə, Allah bunu onun üçün bir yaxşılıq olaraq yazar, əgər bu pis əməli etmək istəyər və edərsə, Allah sadəcə onun üçün bunu bir günah olaraq yazar</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ عَزَّ وَجَلَّ قَالَ: قَالَ: «إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً».</t>
   </si>
   <si>
     <t>İbn Abbbasdan (Allah onların hər ikisindən razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) izzət və cəlal sahibi Rəbbindən belə rəvayat etmişdir: "Şübhəsiz ki, Allah yaxşılıq və pislikləri yazdıqdan sonra, onları belə açıqladı: Kim bir yaxşılıq etmək istərsə, lakin bunu edə bilməzsə, Allah bunu onun üçün Öz dərgahında bir yaxşılıq kimi yazar. Əgər bir kəs xeyir əməli istəyib onu edərsə, Allah Öz dərgahında həmin şəxs üçün bu yaxşılığı on mislindən yeddi yüz mislinə qədər, hətta daha çox yazar. Əgər insan pis bir əməli etmək istəyər, lakin onu etməkdən əl çəkərsə, Allah bunu onun üçün bir yaxşılıq olaraq yazar, əgər bu pis əməli etmək istəyər və edərsə, Allah sadəcə onun üçün bunu bir günah olaraq yazar".</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, Allah yaxşılıq və pislikləri öncədən müəyyən etmiş və sonra (yazan) iki mələyə onları necə yazacaqlarını bildirmişdir:
 Kim xeyir əməli etmək istəyib ona niyyətlənər və ona əzm göstərərsə, bu əməli etməsə belə, ona bir savab yazılar, əgər bu xeyir işi edərsə, ona on mislindən yeddi yüz mislinə, hətta daha çox savab yazılar. Savabdakı bu əlavə- qəlbdəki ixlas və faydalı əməllərin dərəcəsinə və miqdarına və buna bənzər əməllərə görədir.
 Hər kim də, pis əmələ niyyət edər, ona əzm edər, lakin, Allah üçün onu tərk edərsə, Allah bunu onun üçün bir savab olaraq yazar və əgər məşğul olub səbəblərini yerinə yetirmədiyi üçün bu əməli etməzsə, ona heç bir şey yazılmaz. Aciz olub bu əməli etməyi bacarmazsa, niyyətinə görə yazılar. Əgər pis əməli edərsə, onun üçün bir günah olaraq  yazılar.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>Xeyir əməlin savabının qat-qat artması, bunun Allah dərgahında yazılması və pis əməllərin sadəcə misliylə əvəzinin verilməsi, Allahın bu ümmətə olan böyük lütfüdür.
 Əməllərdə niyyətin əhəmiyyəti və onlara təsiri.
 İzzət və cəlal sahibi olan Allahın lütfü, şəfqəti və rəhmətidir ki, kim bir xeyir əmələ niyyət edərsə, lakin ona müvəffəq olmazsa, Allah həmin niyyəti xeyir əməl olaraq yazar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4322</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ</t>
+    <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
   </si>
   <si>
     <t>Həqiqətən Allah sizin zahirinizə, var-dövlətinizə yox, qəlblərinizə və əməllərinizə baxar</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: Həqiqətən Allah sizin zahirinizə, var-dövlətinizə yox, qəlblərinizə və əməllərinizə baxar.</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, uca və pak olan Allah qulların zahiri görünüşlərinə və bədənlərinə baxmaz ki, onlar  gözəldir və yaxud eyiblidir, böyükdür yoxsa kiçikdir, sağlamdır və yoxsa xəstədir ? Həmçinin onların mal-dövlətinə da baxmaz ki, çoxdur və ya azdır? İzzət və cəlal sahibi olan Allah qullarını bu meyarlara və  fərqliliklərə görə hesaba çəkib qınamaz. Əksinə onların qəlblərinə, qəlblərindəki  yəqinliyə və təqvaya, səmimiliyə və ixlasa baxar, həmçinin qəlblərindəki riyakarlıq və şan-şöhrət meyillərinə, əmməllərin doğru olub olmamasına baxar. Buna əsasən də  mükafat və ya cəza verər.</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
   </si>
   <si>
     <t>Qəlbin islahı və bütün çirkinliklərdən təmizlənməsinə önəm vermək.
 Qəlbin islahı ixlas, əməlin islahı isə Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) tabe olmaqla gerçəkləşir və bunlar uca Allah dərgahında ölçü və meyardır.
 İnsan öz var-dövlətinə, zahiri gözəlliyinə, bədəninə, bu dünyada olan heç nəyə aldanmamalıdır.
 Daxili islah etmədən, zahirə önəm verməkdən çəkindirmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4555</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ</t>
+    <t>إن الله ورسوله حرم بيع الخمر، والميتة والخنزير والأصنام</t>
   </si>
   <si>
     <t>Allah və Rəsulu şərab, ölü əti, donuz və bütlərin satışını haram etmişdir</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُمَا أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ عَامَ الفَتْحِ وَهُوَ بِمَكَّةَ: «إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ»، فَقِيلَ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ شُحُومَ المَيْتَةِ، فَإِنَّهَا يُطْلَى بِهَا السُّفُنُ، وَيُدْهَنُ بِهَا الجُلُودُ، وَيَسْتَصْبِحُ بِهَا النَّاسُ؟ فَقَالَ: «لاَ، هُوَ حَرَامٌ»، ثُمَّ قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عِنْدَ ذَلِكَ: «قَاتَلَ اللَّهُ اليَهُودَ إِنَّ اللَّهَ لَمَّا حَرَّمَ شُحُومَهَا جَمَلُوهُ، ثُمَّ بَاعُوهُ، فَأَكَلُوا ثَمَنَهُ».</t>
   </si>
   <si>
     <t>Cabir ibn Abdullahdan (Allah ondan və atasından razı olsun) rəvayət edilir ki, o, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) fəth ilində Məkkədə olarkən belə dediyini eşitdi: "Allah və Rəsulu şərab, ölü əti, donuz və bütlərin satışını haram etmişdir", Deyildi: Ey Allahın Rəsulu, ölü heyvanın piyi necə? Çünki, onunla gəmilər rənglənir, dərilər yağlanır, insanlar onunla çıraqlarını yandırır. O (Allahın salavatı və salamı onun üzərinə olsun) dedi: Xeyr, o (satışı) haramdır", sonra davam edərək dedi: "Allah yəhudiləri məhv etsin. Allah onlara heyvanların piyini haram etdikdə, onlar onun yağını yığıb, sonra  satdılar və pulunu yedilər".</t>
   </si>
   <si>
     <t>سَمِعَ جابرُ بن عبدِ الله رضي الله عنهما النبيَّ صلى الله عليه وسلم يقول عامَ الفَتْح، وهو بمكة: إن الله ورسوله حَرَّم بيعَ الخمر والميتة والخنزير والأصنام، فقيل: يا رسول الله، هل يَحِلُّ أنْ نبيعَ شحومَ الميتة؟ لأنها يُطْلَى بها السُّفُن، ويُدهَن بها الجلود، ويُوقِد بها الناسُ سُرُجَهم، فقال: لا، بيعُها حرام، ثم قال صلى الله عليه وسلم عند ذلك: أَهْلَكَ اللهُ اليهودَ ولعنَهم؛ إن الله لمّا حرّم عليهم شحوم البهائم أذابوها، ثم باعوا دُهنَها فأكلوا ثَمَنَه.</t>
   </si>
   <si>
     <t>Cabir ibn Abdullah (Allah ondan və atasından razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) fəth ilində Məkkədə ikən belə dediyini eşitdi: "Allah və Rəsulu şərab, ölü ət, donuz və bütləri satmağı haram etdi", Deyildi: Ey Allahın Rəsulu, leş heyvanın piyini satmaq bizə halaldırmı?Çünki, onunla gəmilər rənglənir, dərilər yağlanır və insanlar onunla çıraqlarını yandırır. O (Allahın salavatı və salamı onun üzərinə olsun) dedi: Xeyr, satışı haramdır", sonra davam edərək dedi: Allah yəhudiləri məhv etsin və onlara lənət etsin. Allah onlara heyvanların piyini haram etdikdə, onlar onu əridib, sonra yağını satdılar və pulunu yedilər.</t>
   </si>
   <si>
     <t>قال النووي: الميتة والخمر والخنزير: أجمع المسلمون على تحريم بيع كلِّ واحدٍ منها.
 قال القاضي: تَضَمَّنَ هذا الحديث أن ما لا يَحِلُّ أكلُه والانتفاع به لا يجوز بيعه، ولا يحل أكل ثمنه، كما في الشحوم المذكورة في الحديث.
 قال ابن حجر: وسياقُه مُشْعِرٌ بِقُوَّة ما أوّله الأكثر أن المراد بقوله: "هو حرام" البيع لا الانتفاع.
 كلُّ حِيْلةٍ يُتَوَصَّل بها إلى تحليل مُحَرَّمٍ فهي باطلة.
 قال النووي: قال العلماء: وفي عموم تحريم بيع الميتة أنه يحرم بيع جُثَّة الكافر إذا قتلناه وطَلَبَ الكفّارُ شراءَه، أو دَفْع عِوَضٍ عنه، وقد جاء في الحديث: أنّ نوفل بن عبد الله المخزومي قتله المسلمون يوم الخندق، فبذل الكفار في جسده عشرة آلاف درهم للنبي صلى الله عليه وسلم فلم يأخذْها، ودَفَعَه إليهم.</t>
   </si>
   <si>
-    <t>Ən-Nəvəvi dedi: Leş əti, şərab və donuz: Müsəlmanlar  onların hər birini satmağın haram olduğuna icma ediblər.
-[...2 lines deleted...]
-güclü şəkildə işarə edir.
+    <t>Ən-Nəvəvi dedi: Leş əti, şərab və donuz: Müsəlmanlar onların hər birini satmağın haram olduğuna icma ediblər.
+Əl-Qadi dedi: Hədisdən belə çıxır ki, bir şeyi yemək və istifadə etmək haramdırsa, bu hədisdə qeyd olunan yağda olduğu kimi - onu satmaq və alınan pulu yemək də haramdır.
+İbn Həcər dedi: Hədisin məzmunu, əksər [alimlərin] yozumuna - "o haramdır" sözündə murad satışdır, istifadə etmək yox - güclü şəkildə işarə edir.
 Haramı halallaşdırmağa aparan hər bir hiylə batildir.
 Ən-Nəvəvi demişdir: Alimlər deyiblər ki, leş ətinin satışının haram olmasının ümumiliyi-əgər biz kafiri öldürsək və kafirlər onu almaq istəsələr və ya onun əvəzini ödəmək istəsələr- kafirin cəsədinin satışını da haram edir. Hədisdə gəlir ki, Nəvfəl bin Abdullah Əl -Məxzumi Xəndək günü müsəlmanlar tərəfindən öldürüldü və kafirlər onun cəsədini almaq üçün  Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) on min dirhəm verdilər, lakin o, pulu götürmədi və cəsədi onlara verdi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4556</t>
   </si>
   <si>
-    <t>إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى</t>
+    <t>أوليس قد جعل الله لكم ما تصدقون؟ إن بكل تسبيحة صدقة، وكل تكبيرة صدقة، وكل تحميدة صدقة، وكل تهليلة صدقة، وأمر بالمعروف صدقة، ونهي عن منكر صدقة، وفي بضع أحدكم صدقة</t>
+  </si>
+  <si>
+    <t>Məgər Allah sizə sədəqə edəcək şey verməmişdirmi?! Həqiqətən, hər bir təsbih (sübhənallah kəlməsi) sədəqədir, hər bir təkbir (Allahu Əkbər kəlməsi) sədəqədir, hər bir təhmid (Əlhəmdulilləh kəlməsi) sədəqədir, hər bir təhlil ("Lə iləhə illəllah" kəlməsi) sədəqədir, yaxşılığı əmr etmək sədəqədir, pis işlərdən çəkindirmək sədəqədir, habelə, sizdən birinizin (öz zövcəsi ilə) yaxınlıq etməsi də sədəqədir</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ذَرٍّ رضي الله عنه: أَنَّ نَاسًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالُوا لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: يَا رَسُولَ اللهِ، ذَهَبَ أَهْلُ الدُّثُورِ بِالْأُجُورِ، يُصَلُّونَ كَمَا نُصَلِّي، وَيَصُومُونَ كَمَا نَصُومُ، وَيَتَصَدَّقُونَ بِفُضُولِ أَمْوَالِهِمْ، قَالَ: «أَوَلَيْسَ قَدْ جَعَلَ اللهُ لَكُمْ مَا تَصَّدَّقُونَ؟ إِنَّ بِكُلِّ تَسْبِيحَةٍ صَدَقَةً، وَكُلِّ تَكْبِيرَةٍ صَدَقَةً، وَكُلِّ تَحْمِيدَةٍ صَدَقَةً، وَكُلِّ تَهْلِيلَةٍ صَدَقَةً، وَأَمْرٌ بِالْمَعْرُوفِ صَدَقَةٌ، وَنَهْيٌ عَنْ مُنْكَرٍ صَدَقَةٌ، وَفِي بُضْعِ أَحَدِكُمْ صَدَقَةٌ»، قَالُوا: يَا رَسُولَ اللهِ، أَيَأتِي أَحَدُنَا شَهْوَتَهُ وَيَكُونُ لَهُ فِيهَا أَجْرٌ؟ قَالَ: «أَرَأَيْتُمْ لَوْ وَضَعَهَا فِي حَرَامٍ أَكَانَ عَلَيْهِ فِيهَا وِزْرٌ؟ فَكَذَلِكَ إِذَا وَضَعَهَا فِي الْحَلَالِ كَانَ لَهُ أَجْرٌ».</t>
+  </si>
+  <si>
+    <t>Əbu Zər (Allah ondan razı olsun) belə demişdir: Peyğəmbərin (sallallahu aleyhi va səlləm) səhabələrindən bir dəstə adam ona bele dedi: “Ey Allahın Rəsulu, var-dövlət sahibləri bizdən çox savab qazanırlar. Onlar bizim kimi namaz qılır, bizim kimi oruc tutur və üstəlik mallarının artığını sədəqə verirlər”. Peyğəmbər (sallallahu aleyhi va səlləm) dedi: "Məgər Allah sizə sədəqə edəcək şey verməmişdirmi?! Həqiqətən, hər bir təsbih (sübhənallah kəlməsi) sədəqədir, hər bir təkbir (Allahu Əkbər kəlməsi) sədəqədir, hər bir təhmid (Əlhəmdulilləh kəlməsi) sədəqədir, hər bir təhlil ("Lə iləhə illəllah" kəlməsi) sədəqədir, yaxşılığı əmr etmək sədəqədir, pis işlərdən çəkindirmək sədəqədir, habelə, sizdən birinizin (öz zövcəsi ilə) yaxınlıq etməsi də sədəqədir". Səhabələr soruşdular: “Ey Allahın Rəsulu! Birimiz (öz zövcəsi ilə) yaxınlıq edir və buna görə savabmı qazanır?” Peyğəmbər (sallallahu aleyhi va səlləm) belə dedi: "Məgər haram yolla yaxınlıq etdikdə, buna görə günah qazanmır?! Eləcə də, halalı ilə yaxınlıq etdikdə, savab qazanır".</t>
+  </si>
+  <si>
+    <t>اشْتَكَى بعضُ فقراء الصحابة حالَهم وفقرَهم للنبيِّ صلى الله عليه وسلم وعَدَم تَصَدُّقِهم بالأموال لِيَحصلوا على الأجور الكثيرة كما حصل عليها إخوانُهم أصحاب المال الكثير وليفعلوا الخير مثلهم؛ حيث إنهم يُصلُّون كما نصلِّي، ويصومون كما نصوم، ويتصدقون بفضول أموالهم ولا نتصدق! 
+فَدَلَّهم النبيُ صلى الله عليه وسلم على ما يقدرون عليه من الصدقات،‏ فقال صلى الله عليه وسلم: 
+أَوَلَيس قد جعل الله لكم ما تَصدّقون به على أنفسكم؟! فإنّ قولَكم: (سبحان الله) يكون لكم أجر صدقة، وكذا قول: (الله أكبر) صدقة، وقول: (الحمد لله) صدقة، وقول: (لا إله إلا الله) صدقة، و(الأمر بالمعروف) صدقة، و(النهي عن المنكر) صدقة، بل ‏وفي جماع أحدكم لزوجته صدقة.
+فتعجَّبوا، وقالوا: يا رسول الله، أيأتي أحدُنا شهوتَه ويكونُ له فيها أجر؟! 
+قال: أرأيتم لو وَضعها في حرامٍ مِن زنى أو غيره أكان عليه فيها إثم؟ فكذلك إذا وضعها في الحلال كان له أجر.</t>
+  </si>
+  <si>
+    <t>Bəzi yoxsul səhabələr Peyğəmbərə (sallallahu aleyhi va səlləm) öz vəziyyətlərindən, kasıblıqlarından və zəngin müsəlman qardaşları kimi çoxlu savablar qazanmaq və onlar kimi xeyir işlər görmək üçün sədəqə verə bilmədiklərindən şikayət etdilər. Çünki onlar bizim kimi namaz qılır, bizim kimi oruc tutur və mallarının artıqlarından sədəqə verirlər, biz isə sədəqə verə bilmirik. Bu zaman Peyğəmbər (sallallahu aleyhi va səlləm) onlara verə biləcəkləri sədəqə növlərini göstərdi və belə buyurdu: Məgər Allah sizə özünüz üçün sədəqə verəcəyiniz şeylər etmədimi?! Hər bir: (Sübhənallah) deməyiniz sizin üçün bir sədəqədir. Hər bir: (Allahu Əkbər) deməyiniz sizin üçün bir sədəqədir. Hər bir: (Əlhəmdulilləh) deməyiniz sizin üçün bir sədəqədir. Hər bir: (Lə iləhə illəllah) deməyiniz sizin üçün bir sədəqədir. Yaxşılığı əmr etməyiniz, sizin üçün bir sədəqədir. Pislikdən çəkindirməyiniz, sizin üçün bir sədəqədir. Hətta sizdən birinizin öz zövcəsi ilə yaxınlıq etməsi də sədəqədir. Səhabələr Peyğəmbərin (sallallahu aleyhi va səlləm) sözündən təəccüblənərək belə dedilər: Ey Allahın Rəsulu! Birimiz öz zövcəsi ilə yaxınlıq edir və buna görə savabmı qazanır? Peyğəmbər (sallallahu aleyhi va səlləm) onlara belə cavab verdi: Məgər o, zina və ya digər haram yolla yaxınlıq etdikdə, buna görə günah qazanmır?! Eləcə də, halalı ilə yaxınlıq etdikdə, savab qazanır.</t>
+  </si>
+  <si>
+    <t>تنافُس الصحابة على فعل الخيرات، وحرصهم في نيل عظيم الأجر والفضل من عند الله تعالى.
+كثرة وجوه أعمال الخير، وأنها تشمل كلَّ عمل يقوم به المسلم بنية صالحة وقَصْد حَسَن.
+يسر الإسلام وسهولته، فكل مسلم يجد ما يَعمله ليطيع الله به.
+قال النووي: وفي هذا دليل على أنَّ المباحات تصير طاعات بالنيات الصادقات، فالجماع يكون عبادة إذا نَوَى به قضاء حقّ الزوجة ومعاشرتها بالمعروف الذي أمر الله تعالى به، أو طلب ولد صالح، أو إعفاف نفسه أو إعفاف الزوجة ومنعهما جميعًا من النظر إلى حرام، أو الفكر فيه، أو الهم به، أو غير ذلك من المقاصد الصالحة.
+ضرب المثل والقياس؛ ليكون أوضح وأوقع في نفس السامع.</t>
+  </si>
+  <si>
+    <t>Səhabələrin xeyir işlərdə bir-birləri ilə yarışması və Uca Allahın böyük mükafatını və lütfünü qazanmağa həris olmaları.
+Xeyir işlərin çoxluğu və onların, müsəlmanın saleh niyyət və gözəl məqsədlə etdiyi hər bir əməli əhatə etməsi.
+İslamın asanlığı və rahatlığı. Belə ki, hər bir müsəlman Allaha itaət etmək üçün edə biləcək əməl tapa bilər.
+ən-Nəvəvi belə demişdir: Bu hədisdə mübah işlərin ixlaslı niyyətlərlə ibadətə çevrilməsinə dair dəlil vardır. Belə ki, insan, zövcəsi ilə yaxınlıq edərkən, əgər bunu zövcənin haqqını ödəmək və onunla Allahın əmri olan "gözəl şəkildə" davranmaq, saleh övlad istəmək, özünü və həyat yoldaşını günahdan qorumaq, harama baxmaqdan, haram düşüncələrdən, istəklərdən çəkinmək və ya digər bunun kimi saleh məqsədlərlə edərsə, o zaman bu, ibadət sayılır.
+Dinləyənə daha aydın və qəlbinə daha təsirli olması üçün misal və qiyasdan istifadə edilməsi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/4558</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
+  </si>
+  <si>
+    <t>İnsanların ilkin peyğəmbəlik kəlamından bildikləri sözlərdən biri: Utanmırsansa, istədiyini et" - sözüdür</t>
+  </si>
+  <si>
+    <t>عَنْ أَبي مَسْعُودٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>Abu Məsuddan (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (sallallahu aleyhi və səlləm) belə demişdir: "İnsanların ilkin peyğəmbəlik kəlamından bildikləri sözlərdən biri: Utanmırsansa, istədiyini et" - sözüdür.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
+  </si>
+  <si>
+    <t>Peyğəmbər (sallallahu aleyhi və səlləm) əvvəlki pey­ğəm­bərlərin vəsiyyətlərindən olan, insanların öz aralarında nəsildən-nəsilə nəql etdikləri və hətta bu ümmətin əvvəlinə qədər gə­lib çatan sözlərdən biri də: "Etmək istədiyin şeyə bax, əgər o, utanılan bir şey deyilsə, onu et. Əgər o, utanılan şeydirsə, onu tərk et" - sözü olduğunu xəbər vermişdir. Çünki insana pis şeyləri etməyə mane olan həyadır. Kimin həyası olmazsa, hər bir pis və münkər əməli işləyər.</t>
+  </si>
+  <si>
+    <t>الحياء أصل الأخلاق الكريمة.
+الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
+الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
+قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
+  </si>
+  <si>
+    <t>Həya, gözəl əxlaqın əsasıdır.
+Həya, Peyğəmbərlərin (əleyhimu-ssələm) xüsusiyyətlərindəndir və onlardan bizə gəlib çatan şeylərdəndir.
+Həya, müsəlmanı şərəfli və gözəl işlər görməyə, pis və çirkin işlərdən əl çəkməyə vadar edir.
+ən-Nəvəvi demişdir: "Hədisdəki əmr, bunun caiz olduğunu bildirir. Yəni: Bir işi görmək istədikdə, əgər o iş, Allahdan və ya insanlardan utanmayacağın bir işdirsə, onu et, əks halda etmə. İslamın əsası da bunun üzərindədır. Bunun əsas səbəbi odur ki, əmr edilən vacib və ya müstəhəb olanı tərk etməkdən, qadağan edilən haram və məkruh olanı isə etməkdən - utanmaq lazımdır. Amma mübah olan bir şeyə gəldikdə isə onu etməkdən və ya etməməkdən utanmaq caizdir. Hədisdə beş hökm vardır. Bəziləri bunun: hədə-qorxu şəklində bir əmr olduğunu deyib. Bunun mənası belədir: Əgər həya səndən uzaqlaşdırılarsa, o zaman nə istəyirsən et. Allah sənə bunun əvəzini verəcəkdir. Bəziləri isə bunun: xəbər mənasında bir əmr olduğunu deyib. Yəni: Utanmayan kimsə istədiyini edər.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/4559</t>
+  </si>
+  <si>
+    <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
     <t>Əməllər niyyətlərə görədir, hər kəsə niyyətinə görə verilir</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
     <t>Ömər bin Əl-Xattabdan (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Əməllər niyyətə görədir, həqiqətən insan niyyəti üzərindədir, kimin hicrəti Allah və rəsulu üçün olarsa, onun hicrəti Allah və rəsulu üçündür, kimin hicrəti əldə edəcəyi dünya və evlənəcəyi qadın olarsa, hicrəti də niyyətinə uyğun olar".
  Buxarinin ləfzində: "Əməllər niyyətlərə görədir, hər kəsə niyyətinə görə verilir."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, bütün əməllər niyyətlə tam olub etibarlı sayılır və bu hökm, ibadətdə və insanlar arasındakı müxtəlif əlaqəli əməllərə şamil olunan ümumi hökmdür, kim əməliylə mənfəət güdərsə, yalnız o mənfəətə nail olar, savaba çatmaz, lakin kim əməliylə, uca Allaha yaxınlaşmağı niyyət edərsə - hətta bu əməli gündəlik etdiyi yemək və içmək kimi əməllər olsa belə - əməlinin mükafatına və savabına çatmış olar.
 Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) edilən əməllərin zahirinə görə bənzər olmasına baxmayaraq, onlara niyyətin təsirini bəyan etmək üçün misal çəkərək bildirir ki, kim hicrəti və vətənini tərk etməklə Rəbbinin razılığını umarsa, onun hicrəti qəbul edilmiş şərii hicrətdir, niyyətinin doğruluğuna görə  savab qazanacaq, kim hicrətiylə mal-dövlət, şöhrət, ticarət, evlənəcəyi qadın kimi dünyəvi mənfəət güdərsə, hicrətindən yalnız  niyyət etdiyi mənfəəti əldə edəcək, lakin əcr və savab qazanmayacaq.</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
   </si>
   <si>
     <t>İxlasa təşviq , çünki Allah yalnız Onun razılığı üçün edilmiş əməli qəbul edir.
 İzzət və cəlal sahibi olan Allaha yaxınlaşdıran əməlləri mükəlləf olan insan adət olaraq edərsə, bunları Allah üçün etmədikcə, savab əldə etməz.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4560</t>
   </si>
   <si>
-    <t>الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا</t>
+    <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
   </si>
   <si>
     <t>İslam, Allahdan başqa ibadətə layiq ilah olmadığına, Muhəmmədin Allahın elçisi olduğuna şəhadət etməyin, namaz qılmağın, zəkat verməyin, Ramazan ayının orucunu tutmağın və imkanın olduğu təqdirdə Allahın evini (Kəbəni) həcc  etməyindir</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
   </si>
   <si>
     <t>Ömər bin Əl Xattabdan (Allah ondan razı olsun) rəvayət edildiyinə görə o belə dedi: Bir gün biz Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) ətrafında oturduğumuz zaman qəflətən içəriyə dümağ paltarlı, zil qara saçlı, üzərində səfərdən əsər-əlamət olmayan və  heç birimizin  tanımıdığı bir adam daxil oldu. O Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun)  önündə oturub, dizlərini onun dizlərinə söykədi. Sonra əllərini dizləri üzərinə qoyub belə dedi:
 "Ey Muhəmməd, mənə islam haqqında xəbər ver!"
 Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu:"İslam, Allahdan başqa ibadətə layiq ilah olmadığına, Muhəmmədin Allahın elçisi olduğuna şəhadət etməyin, namaz qılmağın, zəkat verməyin, Ramazan ayının orucunu tutmağın və imkanın olduğu təqdirdə Allahın evini (Kəbəni) həcc  etməyindir." 
 Sual verən şəxs: "doğru söylədin"- dedi. 
 "Biz buna təəccübləndik, o həm soruşur, həm də təsdiqləyirdi."
 Sonra o dedi: "Ey Muhəmməd, mənə iman haqqında xəbər ver!"  Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "İman: Allaha, Onun mələklərinə, peyğəmbərlərinə, kitablarına, axirət gününə və qədərə -xeyrinə və şərinə- inanmağındır."
 Sual sahibi: "Doğru söylədin." dedi. Sonra: "Ey Muhamməd! Mənə İhsan haqqında söylə" deyə buyurdu. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun):
 "İhsan odur ki, Allaha ibadəti  sanki Onu görürmüşsən kimi edirsən, əgər bunu bacarmasan, O səni görürmüş kimi ibadət et." deyə cavab verdi. 
 Sual sahibi (bu dəfə): "Qiyamət nə vaxt qopacaq?" deyə soruşdu. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun):
 "Soruşulan bu xüsusda  soruşandan daha məlumatlı deyildir."- deyə cavab verdi. Həmin adam təkrar sual verdi: "O halda, Qiyamətin əlamətləri nədir?" Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu:
 "Cariyənin öz ağasını dünyaya gətirməsi, həmçinin yalın ayaq, çılpaq, yoxsul çobanların (yəni bədəvilərin), yüksək binalar tikməkdə bir birilərilə yarışdıqlarını görməyindir." 
 Sonra həmin şəxs çıxıb getdi.
 (Ömər dedi): Bir müddət dayandım, sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)  mənə:
 "Ey Ömər! O sualları soruşan şəxsin kim olduğunu bilirsənmi?"  deyərək soruşdu. Dedim: "Allah və Rəsulu doğrusunu bilir."  Peyəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "O, Cəbrayıl idir. Sizə dininizi öyrətmək üçün gəlmişdi."</t>
   </si>
   <si>
     <t>يُخبِرُ عمر بن الخطاب رضي الله عنه أنّ جبريل عليه السلام خرج على الصحابة رضي الله عنهم بصورةِ رجلٍ لا يُعرف، ومن صفاته أنّ ثيابَه شديدة البياض، وشعرَه شديد السواد، لا يُرى عليه أَثَرُ السَّفَر من ظهور التعب، والغبار، وتفرُّق الشَّعَر، واتساخ الثياب، ولا يَعرفه أحدٌ من الحاضرين، وهم جلوس عند النبي صلى الله عليه وسلم، فَجَلسَ بين يدي النبي صلى الله عليه وسلم جِلْسَة المُتَعلِّم، فسأله عن الإسلام، فأجابه بهذه الأركان التي تتضمن الإقرار بالشهادتين، والمحافظة على الصلوات الخمس، وأداء الزكاة لمستحقيها، وصيام شهر رمضان، وأداء فريضة الحج على المستطيع.
@@ -5788,404 +6160,689 @@
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
     <t>Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) sahabələrlə birgə oturması və səhabələrin də onun ətrafında toplanması,onun gözəl əxlaqının göstəricisindəndir.
 Soruşan kəsin qorxmadan və sıxınmadan sual verə bilməsi üçün ona qarşı yumşaq olmaq və yaxınlaşmasına icazə vermək.
 Müəllimə qarşı ədəb. Cəbrayıl (Allahın salamı üzərinə olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) önündə öyrənmək istəyən ədəbli bir tələbə  kimi əyləşir.
 İslamın rükunları beşdir, imanın əsasları altıdır.
 İslam və iman bir yerdə qeyd edilkdə, İslam zahiri əməllər, iman isə daxili əməllər olaraq şərh edilir.
 Dinin dərəcələrinin ardıcıllıqla fərqliliyi bəyan edilmişdir, ilk dərəcə İslamdır, ikinci iman, üçüncü isə ihsandır ki, o da ən yüksək dərəcədir.
 Adətən sual verən kəs bilmədiyi şeyi soruşar, bilmədiyi üçün sual verər. Ona görə sahabələr verilən suala və onun təsdiqinə təəccüb etdilər.
 Məsələlər ən önəmli olanlarla başlanır. Buna görə də İslamın izahında birinci olaraq şəhadət kəliməsi ilə, imanın izahında isə Allaha imanla başlanılmışdır.
 Sual verən kəsin bildiyi bir şeyi başqalarının öyrənməsi üçün elm əhlindən soruşması.
 Qiyamətin qopacaq vaxtının bilgisi yalnız Allaha məxsusdur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4563</t>
   </si>
   <si>
-    <t>صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً</t>
+    <t>دع ما يريبك إلى ما لا يريبك، فإن الصدق طمأنينة، وإن الكذب ريبة</t>
+  </si>
+  <si>
+    <t>Səni şübhəyə salan şeyi, şübhəyə salmayan şeylə dəyiş. Çünki düzlük arxayınlıqdır, yalan isə şübhədir</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
+  </si>
+  <si>
+    <t>Əbu əl-Həvra əs-Sədi rəvayət edir ki, mən Həsən bin Əliyə (Allah onların hər ikisindən razı olsun) dedim: Sən Allahın Rəsulundan (sallallahu aleyhi və səlləm) nə əzbərləmisən? O, dedi: Mən Allah Rəsulundan (sallallahu aleyhi və səlləm) bunu əzbərləmişəm: "Səni şübhəyə salan şeyi, şübhəyə salmayan şeylə dəyiş. Çünki düzlük arxayınlıqdır, yalan isə şübhədir".</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
+  </si>
+  <si>
+    <t>Peyğəmbər (sallallahu aleyhi və səlləm) qadağan olub-olmamasında, haram və ya halal olub-olmamasında şəkk etdiyin söz və əməlləri, şəkk etmədiyin, yaxşı və caiz olduğuna əmin olduğun şeylərlə dəyişməyi əmr etmişdir. Çünki qəlb, yaxşı və caiz olanla arxayınlıq və rahatlıq tapır. Şübhə olan hər bir şey isə qəlbin narahat və təlaş içərisində olmasına səbəb olur.</t>
+  </si>
+  <si>
+    <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
+النهي عن الوقوع في الشبهات.
+إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
+رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
+  </si>
+  <si>
+    <t>Müsəlman öz işlərini yəqinlik üzərində qurmalı, şübhəli olan şeyləri tərk etməli və dinində bəsirətli olmalıdır.
+Şübhəli şeylərə düşməyin qadağan olunması.
+Əgər arxayınlıq və rahatlıq istəyirsənsə, şübhə etdiyin şeyi tərk et və onu bir kənara qoy.
+Allahın qullarına olan rəhməti. Belə ki, Uca Allah onlara nəfsə və ağıla rahatlıq gətirən işləri əmr etmiş, onları narahatlıq və çaşqınlıqa salan şeylərdən isə çəkindirmişdir.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/4564</t>
+  </si>
+  <si>
+    <t>صلاة الرجل في جماعة تزيد على صلاته في بيته وصلاته في سوقه بضعا وعشرين درجة</t>
   </si>
   <si>
     <t>Kişinin camaatla qıldığı namaz, evində və ya bazarda qıldığı namazdan iyirmi və bir neçə qat  daha üstün olur</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً، وَذَلِكَ أَنَّ أَحَدَهُمْ إِذَا تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ، ثُمَّ أَتَى الْمَسْجِدَ لَا يَنْهَزُهُ إِلَّا الصَّلَاةُ، لَا يُرِيدُ إِلَّا الصَّلَاةَ، فَلَمْ يَخْطُ خَطْوَةً إِلَّا رُفِعَ لَهُ بِهَا دَرَجَةٌ، وَحُطَّ عَنْهُ بِهَا خَطِيئَةٌ، حَتَّى يَدْخُلَ الْمَسْجِدَ، فَإِذَا دَخَلَ الْمَسْجِدَ كَانَ فِي الصَّلَاةِ مَا كَانَتِ الصَّلَاةُ هِيَ تَحْبِسُهُ، وَالْمَلَائِكَةُ يُصَلُّونَ عَلَى أَحَدِكُمْ مَا دَامَ فِي مَجْلِسِهِ الَّذِي صَلَّى فِيهِ، يَقُولُونَ: اللهُمَّ ارْحَمْهُ، اللهُمَّ اغْفِرْ لَهُ، اللهُمَّ تُبْ عَلَيْهِ، مَا لَمْ يُؤْذِ فِيهِ، مَا لَمْ يُحْدِثْ فِيهِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Kişinin camaatla qıldığı namaz, evində və ya bazarda qıldığı namazdan iyirmi və bir neçə qat  daha üstün olur. Bu ona görədir ki, bir kəs gözəl bir şəkildə dəstəmaz alaraq məscidə gedərsə və onu məscidə aparan yalnız namaz olarsa, namazdan başqa bir şeyi istəməzsə, məscidə girənə qədər atdığı hər adıma görə bir dərəcə yüksələr və atdığı hər adımla bir günahı silinər. Məscidə daxil olub namazı gözlədiyi müddətdə isə namazda sayılır. O, namaz qıldığı yerdə olduğu və heç kəsə əziyyət vermədiyi və dəstəmazını pozmadığı müddətdə, mələklər onun üçün dua edib deyərlər: "Allahım ona rəhm et, Allahım onu  bağışla, Allahım onun tövbəsini qəbul et!"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا صَلَّى المسلم في جماعةٍ، كانت صلاتُه تلك أفضلَ مِن صلاتِهِ في بيتِهِ أو سوقِه بضعًا وعشرين مَرّة. 
 ثم ذَكَرَ السبب في ذلك: وهو أنَّ الرجل إذا توضأ فأتمَّ الوضوءَ وأحسنَه، ثم خرج إلى المسجد لا يُخرجه إلا إرادة الصلاة، لم يَخْطُ خُطوةً إلا رُفع له بها مرتبة ومنزلة، ومُحِيَ عنه بها خطيئة، 
 فإذا دخل المسجد وجلس ينتظر الصلاة، فإنه يأخذ أجرَ الصلاة وثوابَها ما انتظر الصلاة، والملائكة تدعو له ما دام في مجلسه الذي صلى فيه، تقول: 
 "اللهم اغفر له، اللهم ارحمه، اللهم تُبْ عليه" ما لم يُفسِدْ وضوءَه، أو يفعل ما يتأذى به الناس أو الملائكة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, bir müsəlman camaatla namaz qılarsa, onun bu namazı evində və ya bazarda qıldığı namazdan iyirmi və bir neçə qat daha fəzilətli olar. Sonra bunun səbəbini demişdir: Bir şəxs dəstəmaz alarsa və dəstəmazını ən gözəl şəkildə tamamlayarsa, sonra məscidə yalnız namaz qılmaq niyyəti ilə gedərsə, atdığı hər addımda bir dərəcə məqamı yüksəldilər və bir günahı bağışlanar. Məscidə girdikdə oturub namazı gözləsə, namazı gözlədiyi müddətcə namazın əcrini və savabını alar. Namaz qıldığı yerdə olduğu müddətcə isə mələklər ona dua edər və deyərlər: Dəstəmazını pozmadıqca və insanlara və mələklərə zərər verəcək bir şey etmədiyi müddətcə "Allahım, onu bağışla, Allahım ona mərhəmət et və Allahım onun tövbəsini qəbul et"</t>
   </si>
   <si>
     <t>صلاةُ المنفرد في بيتِه أو سوقِه صحيحةٌ، ولكنه يأثمُ لترك الجماعة بلا عذر.
 صلاة الجماعة في المسجد أفضل من صلاة الإنسان منفردًا بخمس أو ست أو سبع وعشرين درجة.
 من وظائف الملائكة الدعاء للمؤمنين.
 فضل الذهاب للمسجد متوضئًا.</t>
   </si>
   <si>
     <t>Kişinin evində və ya bazarda təkbaşına qıldığı namazı  səhihdir, lakin üzr olmadan camaat namazını tərk edərsə, günah etmiş olur.
 Məsciddə qılınan camaat namazı, insanın təkbaşına qıldığı namazdan iyirmi beş, iyirmi altı və ya iyirmi yeddi dəfə daha fəzilətlidir (üstündür).
 Mələklərin vəzifələrindən biri də, möminlər üçün dua etməkdir.
 Məscidə dəstəmazlı halda getməyin fəziləti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4566</t>
   </si>
   <si>
-    <t>كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ</t>
+    <t>كل سلامى من الناس عليه صدقة</t>
   </si>
   <si>
     <t>İnsandakı hər bir oynaq sümüyünə görə sədəqə vermək lazımdır</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ يَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَيُعِينُ الرَّجُلَ عَلَى دَابَّتِهِ فَيَحْمِلُ عَلَيْهَا أَوْ يَرْفَعُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ يَخْطُوهَا إِلَى الصَّلاَةِ صَدَقَةٌ، وَيُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: İnsandakı hər bir oynaq sümüyünə görə sədəqə vermək lazımdır Günəşin doğduğu hər gündə iki insanın arasında ədalətlə hökm verməyin sədəqədir, bir kişini miniyinə mindirməyin və onu daşımağın və ya onun yükünü miniyinə yükləməyin sədəqədir, gözəl söz sədəqədir. Namaz qılmaq üçün məscidə  atdığın hər addımın sədəqədir, yoldan insanlara əziyyət verən şeyləri götürmək sədəqədir."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، 
 وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: 
 عدلك وإصلاحك بيـن متخاصمين صدقةٌ،
 وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، 
 والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ،
 وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، 
 وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər bir mükəlləf müsəlmanın sağlam olduğu üçün və bədən üzvlərinin yığılıb-açılması üçün sümüklərində oynaqlar yaratdığına görə Allaha şükür olaraq hər gün hər sümük birləşməsinin sayı qədər Allaha könüllü olaraq sədəqə verməsi lazım olduğunu bəyan edir. Bu sədəqə bütün yaxşı əməllərlə həyata keçirilir və yalnız pul verməklə olmur, bu əməllərdən: Sənin ədalətli olmağın və münaqişə edən iki tərəfin arasını islah etməyin sədəqədir. Aciz olan bir kəsə yardım edib onu heyvanın üzərinə mindərməyin və onu daşımağın və ya onun əşyalarını qaldırmağın sədəqədir. Zikr, dua, salam və digər xoş sözlər sədəqədir. Namaza doğru (məscidə gedərkən) atdığın hər addım sədəqədir. Yolda əziyyət verən bir şeyi yoldan götürmək sədəqədir.</t>
   </si>
   <si>
     <t>تركيب عظام الآدمي وسلامتها من أعظم نعم الله تعالى عليه، فيحتاج كل عظم منها إلى تصدق عنه بخصوصه ليتم شكر تلك النعمة.
 الترغيب في تجديد الشكر كل يوم لدوام تلك النعم.
 الترغيب في المداومة على النوافل والصدقات كل يوم.
 فضل الإصلاح بين الناس.
 الحث على معونة الرجل أخاه؛ لأن معونته إياه صدقة.
 الحث على حضور الجماعات والمشي إليها، وعمارة المساجد بذلك.
 وجوب احترام طرق المسلمين بتجنب ما يؤذيهم أو يضر بهم.</t>
   </si>
   <si>
     <t>İnsan sümüklərinin quruluşu və sağlamlığı Uca Allahın ona verdiyi ən böyük nemətlərdən biridir. Bu nemətə  tam şükür etmək üçün hər bir sümüyə görə xüsusi olaraq bir sədəqə verməyə ehtiyac vardır.
 Bu nemətlərin davamlı olduğuna görə hər gün şükürü təzələməyə təşviq etmək.
 Hər gün nafilə ibadətlər etmək və  sədəqə verməkdə davamlı olmağa təşviq etmək.
 İnsanların arasını islah etməyin fəziləti.
 İnsanı, qardaşına kömək etməyə təşviq etmək; çünki, ona kömək etməyi sədəqədir.
 İnsanları camaat namazlarında iştirak etməyə və ona tərəf getməyə və bununla məscidləri abadlaşdırmağa təşviq etmək.
 Müsəlmanlara əziyyət və ya zərər verən hər şeydən uzaq durmaqla, onların (üzərində gəzdiyi) yollarına hörmət etməyin vacibliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4568</t>
   </si>
   <si>
-    <t>لَا تَغْضَبْ</t>
+    <t>كن في الدنيا كأنك غريب أو عابر سبيل</t>
+  </si>
+  <si>
+    <t>Dünyada bir qərib və ya bir müsafir kimi ol!</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِمَنْكِبِي، فَقَالَ: «كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ»، وَكَانَ ابْنُ عُمَرَ، يَقُولُ: إِذَا أَمْسَيْتَ فَلاَ تَنْتَظِرِ الصَّبَاحَ، وَإِذَا أَصْبَحْتَ فَلاَ تَنْتَظِرِ المَسَاءَ، وَخُذْ مِنْ صِحَّتِكَ لِمَرَضِكَ، وَمِنْ حَيَاتِكَ لِمَوْتِكَ.</t>
+  </si>
+  <si>
+    <t>Abdullah bin Ömərdən (Allah onların hər ikisindən razı olsun) rəvayət edilir ki, o, demişdir: Peyğəmbər (sallallahu aleyhi və səlləm) mənim çiynimdən tutub dedi: "Dünyada bir qərib və ya bir müsafir kimi ol!". İbn Ömər (bu hədisi danışandan sonra) deyərdi: Axşama çıxdığın zaman səhəri, səhərə çıxdığın zaman da axşamı gözləmə! Xəstəliyin üçün sağlamlığında, ölümün üçün həyatında hazırlıq gör.</t>
+  </si>
+  <si>
+    <t>ذَكَرَ ابنُ عُمر رضي الله عنهما بأن النبي صلى الله عليه وسلم أخذ بمنكبه -وهو مَجْمَع العَضُد والكَتِف- وقال له: كن في الدنيا كأنك غريب، قَدِمَ بلدًا لا مَسْكن لَهُ فيه يؤويه، ولا ساكن يسليه، خالٍ عن الأهل والعيال والعلائق، التي هي سبب الاشتغال عن الخالق، بل كن أشدَّ من الغريب وهو عابر السبيل المار على الطريق طالبًا وطنه؛ لأن الغريب قد يسكن في بلاد الغُرْبة ويُقيم فيها، بخلاف عابر السبيل القاصد للبلد، فإن من شأنه التخفف وعدم التوقف، والحرص على وصول بلده، فكما أن المسافر لا يحتاج إلى أكثر مما يبلغه إلى غاية سفره، فكذلك لا يحتاج المؤمن في الدنيا إلى أكثر مما يبلغه المَحل. 
+فعمل ابن عمر بهذه النصيحة وكان يقول: إذا أصبحتَ فلا تنتظر المساء، وإذا أمسيتَ فلا تنتظر الصباح، وعُدَّ نفسك في أهل القبور، ولأن العمرَ لا يخلو عن صحة ومرض؛ 
+فبادر أيام صحتك بالطاعة لمرضك؛ واغتنم الأعمال الصالحة في الصحة قبل أن يحول بينك وبينها المرض، واغتنم حياتك في الدنيا، فاجمع فيها ما ينفعك بعد موتك.</t>
+  </si>
+  <si>
+    <t>İbn Ömər (Allah onların hər ikisindən razı olsun) rəvayət edir ki, Peyğəmbər (sallallahu aleyhi və səlləm) onun çiynindən - oda insanın əzələ və çiyin nahiyəsinin birləşdiyi hissədir - tutub ona belə dedi: Dünyada sanki sığınacaq evi və ona təsəlli verəcək bir kimsəsi olmayan, insanı Allahdan uzaqlaşdıran ailəsi, övladı və insanlarla əlaqəsi olmayan bir məmləkətə gələn qərib bir insan kimi ol. Əkisinə bu işdə qərib insandan da daha sərt,  vətənini axtaran, yoldan keçən yolçu kimi ol. Çünki qərib bir adam yad ölkədə yaşaya və orada müəyyən bir müddət qala bilər. Lakin vətəninə getmək istəyən yolçu özü ilə çox yük götürməz, olduğu yerdə qalmaz və vətəninə çatmağa can atar. Müsafir kimsənin səfərinin sonuna çatdıracaq azuqədən artığına ehtiyacı olmadığı kimi, həmçinin möminin də dünyada gedəcəyi yerə çatdıracaq azuqədən artığına ehtiyacı olmamalıdır.
+İbn Ömər bu tövsiyəyə əməl edər və belə deyərdi: Səhərə çıxdığın zaman axşamı gözləmə, axşama çıxdığın zaman da səhəri gözləmə və özünü qəbir əhlindən say, çünki həyat sağlamlıqdan və xəstəlikdən xali deyildir. Odur ki, sağlam günlərində, xəstə günlərin üçün itaət əməllər etməyə tələs. Xəstəlik sizə maneçilik törətməmişdən əvvəl sağlamlığında saleh əməllərdən və dünyada da həyatından faydalan və orada, öldükdən sonra sənə fayda verəcək şeyləri topla.</t>
+  </si>
+  <si>
+    <t>وضع المُعلّم كفَّه على كتف المتعلم عند التعليم للتأنيس والتنبيه.
+الابتداء بالنصيحة والإرشاد لمن لم يطلب ذلك.
+حسن تعليم النبي صلى الله عليه وسلم بضرب الأمثال المُقْنِعَة، بقوله: "كُنْ فِي الدُّنْيَا كَأَنَّكَ غَريْبٌ أَوْ عَابِرُ سَبِيْلٍ".
+اختلاف الناس في سيْرهم إلى الآخرة؛ فعابر السبيل، منزلة أعلى في الزهد من منزلة الغريب.
+ بيان قِصَر الأمل، والاستعداد للموت.
+ الحديث لا يدل على ترك الرزق وتحريم ملذات الدنيا؛ ولكن يدل على الترغيب في الزهد فيها، والتَّقَلُّل منها.
+المسارعة إلى الأعمال الصالحة قبل أن لا يقدر عليها، ويحول مرض أو موت.
+فضيلة عبد الله بن عمر رضي الله عنهما حيث تأثّر بهذه الموعظة من رسول الله صلى الله عليه وسلم.
+وطن المؤمنين هي الجنة فهو غريب على الدنيا، وهو مسافر للدار الآخرة، فلا يُعلِّق قلبه بشيء من بلد الغربة، بل قلبه متعلق بوطنه الذي يرجع إليه، وإقامته في الدنيا ليقضي حاجته وجهازه للرجوع إلى وطنه.</t>
+  </si>
+  <si>
+    <t>Öyrədərkən ​​ünsiyyət qurmaq və diqqəti cəlb etmək üçün müəllimin əlini tələbənin çiyninə qoyması.
+Nəsihət istəməyən kimsəyə nəsihət və doğru yol göstərməklə başlamaq.
+Peyğəmbərin (sallallahu aleyhi və səlləm) qaneedici misallar çəkməklə gözəl bir üsulda elm öyrətməsi. Buna misal Peyğəmbərin (sallallahu aleyhi və səlləm): "Dünyada bir qərib yaxud bir müsafir kimi ol!" - hədisidir.
+İnsanların axirətə gedən yolda müxtəlif olmaları. Yoldan keçən yolçu zahidlikdə qəribdən daha yüksək dərəcəyə malikdir.
+Ümidin qısa olması və ölümə hazırlaşmanın bəyan edilməsi.
+Hədis ruzini tərk etməyə və dünya ləzzətlərini qadağan etməyə dəlalət etmir, lakin hədis, dünyada zahid olmağa və az ilə kifayətlənməyə dəlalət edir.
+Saleh əməllərə, xəstəlik və ya ölüm onların qarşısını alıb insanı aciz buraxmadan əvvəl tələsmək.
+Abdullah bin Ömərin (Allah onların hər ikisindən razı olsun) fəziləti. Belə ki o, Peyğəmbərin (sallallahu aleyhi və səlləm) bu nəsihətindən təsirlənmişdir.
+Möminlərin vətəni Cənnətdir. O, bu dünyaya, axirət yolçuluğuna səfərə çıxmış qərib bir kimsədir. Buna görə də o, qəlbini qürbət yurdunda heç bir şeyə bağlamır. Əksinə, onun qəlbi, qayıdacağı vətəninə bağlıdır. Onun bu dünyada qalması, ehtiyacını ödəmək və vətəninə (Cənnətə) qayıtmağa hazırlaşması üçündür.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/4704</t>
+  </si>
+  <si>
+    <t>لا تحاسدوا، ولا تناجشوا، ولا تباغضوا، ولا تدابروا، ولا يبع بعضكم على بيع بعض، وكونوا عباد الله إخوانا</t>
+  </si>
+  <si>
+    <t>Bir-birinizə həsəd etməyin, bir-birinizi aldadaraq qiyməti qaldırmayın, bir-birinizə nifrət bəsləməyin, bir-birinizə arxa çevirməyin, biriniz digərinizin satışı üzərinə satış etməsin. Ey Allahın qulları, qardaş olun!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحَاسَدُوا، وَلَا تَنَاجَشُوا، وَلَا تَبَاغَضُوا، وَلَا تَدَابَرُوا، وَلَا يَبِعْ بَعْضُكُمْ عَلَى بَيْعِ بَعْضٍ، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا الْمُسْلِمُ أَخُو الْمُسْلِمِ، لَا يَظْلِمُهُ وَلَا يَخْذُلُهُ، وَلَا يَحْقِرُهُ التَّقْوَى هَاهُنَا» وَيُشِيرُ إِلَى صَدْرِهِ ثَلَاثَ مَرَّاتٍ «بِحَسْبِ امْرِئٍ مِنَ الشَّرِّ أَنْ يَحْقِرَ أَخَاهُ الْمُسْلِمَ، كُلُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ حَرَامٌ، دَمُهُ، وَمَالُهُ، وَعِرْضُهُ».</t>
+  </si>
+  <si>
+    <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Allahın Rəsulu (sallallahu aleyhi va səlləm) belə demişdir: "Bir-birinizə həsəd etməyin, bir-birinizi aldadaraq qiyməti qaldırmayın, bir-birinizə nifrət bəsləməyin, bir-birinizə arxa çevirməyin, biriniz digərinizin satışı üzərinə satış etməsin. Ey Allahın qulları, qardaş olun! Müsəlman müsəlmanın qardaşıdır, ona zülm etməz, onu köməksiz qoymaz və onu alçatmaz". Peyğəmbər (sallallahu aleyhi va səlləm) sinəsinə işarə edərək üç dəfə: "Təqva buradadır" – deyə təkrar etdi. "Kişiyə müsəlman qardaşını alçaltması şər olaraq kifayət edər. Hər 
+bir müsəlman üçün digər bir müsəlmanın qanı, malı və namusu haramdır".</t>
+  </si>
+  <si>
+    <t>أَوْصَى النبيُّ صلى الله عليه وسلم المسلمَ بأخيه المسلم خيرًا، وبيَّن بعض ما يجب عليه من الواجبات والآداب نحوهم؛ ومن ذلك: 
+الوصية الأولى: لا تحاسدوا بأن يتمَنَّى بعضكم زوال نعمة بعض. 
+الثانية: لا تناجشوا بأن يزيد في ثمن السلعة وهو لا يريد شراءها؛ وإنما يريد نفع البائع، أو الإضرار بالمشتري. 
+الثالثة: لا تباغضوا وهي إرادة المضرة وهي ضد المحبة؛ إلا إذا كان البغض في الله تعالى؛ فإنه واجب. 
+الرابعة: لا تدابروا بأن يعطِيَ كل واحد منكم أخاه دبره وقفاه فيعرض عنه ويهجره. 
+الخامسة: لا يبع بعضكم على بيع بعضٍ بأن يقول لمن اشترى سلعة: عندي مثلها بأقل منها أو أجود منها بسعرها. 
+ثم أوصى عليه الصلاة والسلام بوصية جامعة فقال: وكونوا كالإخوة بترك ما ذُكِر من منهيات، وببذل المودة والرفق والشفقة والملاطفة والتعاون في الخير، مع صفاء القلوب والنصيحة بكل حال. 
+ومن مقتضيات هذه الأخوة: 
+ألّا يَظلم أخاه المسلم ويعتدي عليه. 
+وألّا يترك أخاه المسلم يُظلم فيخذله في مقام يستطيع أن ينتصر له، ويرفع عنه الظلم. 
+وألّا يحتقره ويستقله وينظر إليه بعين الاستنقاص والازدراء؛ وهو ناتج عن كِبر في القلب.
+ثم بيَّن النبيُّ صلى الله عليه وسلم ثلاث مرات أن التقوى في القلب، ومن كان في قلبه التقوى التي تقتضي حسن الخلق، وخشية الله ومراقبته فإنه لا يحتقر مسلمًا، وكافيه من خصال الشر ورذائل الأخلاق احتقار أخيه المسلم؛ وذلك لكِبرٍ في قلبه. 
+ثم أَكَّدَ صلى الله عليه وسلم على ما مضى بأنَّ كل المسلم على المسلم حرامٌ: دمُه: بأن يعتدي عليه بقتل أو ما دونه كجرح أو ضرب ونحوها، وكذا ماله: بأن يأخذ منه بغير حق، وكذا عِرضه: بأن يذمّه في نفسه أو حسبه.</t>
+  </si>
+  <si>
+    <t>Peyğəmbər (sallallahu əleyhi va səlləm) müsəlmana digər müsəlman qardaşına yaxşılıq etməsini tövsiyə etmiş və müsəlman qardaşına qarşı yerinə yetirməsi lazım olan bəzi vacibləri və ədəbləri izah etmişdir. Bunlardan bəziləri aşağıdakılardır: Birinci tövsiyə: Bir-birinizə həsəd etməyin. Yəni biriniz digərinin sahib olduğu nemətin əlindən çıxmasını arzulamasın. İkinci tövsiyə: Aldadaraq qiyməti qaldırmayın. Bu, (kənar şəxsin) bir şeyi almaq niyyəti olmadan sadəcə satıcıya fayda vermək və ya alıcıya zərər vermək üçün qiyməti artırmasıdır. Üçüncü tövsiyə: Bir-birinizə nifrət etməyin. Bu, zərər verməyi arzulamaqdır ki, bu da sevgiyə ziddir. Lakin nifrət Allah üçün olarsa, bu zaman nifrət etmək vacibdir. Dördüncü tövsiyə: Bir-birinizə arxa çevirməyin. Yəni: Sizdən kimsə qardaşına arxa çevirməsin, ondan üz döndərməsin, onu tərk edib, əlaqəni kəsməsin. Beşinci tövsiyə: Bir-birinizin satışı üzərinə satış etməyin. Yəni: mal alan müştəriyə: "Məndə daha ucuz qiymətə eynisi var və ya eyni qiymətə ondan daha yaxşısı var" - deməsin. Sonra Peyğəmbər (sallallahu əleyhi va səlləm) ümumi bir tövsiyə edərək belə dedi: Bir-birinizə qarşı, qeyd olunan haram şeylərdən çəkinməklə, sevgi, mərhəmət, şəfqət, mülayimlik və xeyir işlərdə yardımlaşmaqla, həmçinin qəlblərin saflığı və hər bir halda məsləhət verməklə qardaş olun. Bu qardaşlığın tələblərindən bəziləri: Müsəlman qardaşına zülm etməsin və ona qarşı həddi aşmasın. Müsəlman qardaşı zülmə məruz qaldığı zaman onu tək buraxmasın, ona yardım edə biləcəyi və zülmü ondan uzaqlaşdırmağa gücü çatdığı bir yerdə onu köməksiz qoymasın. Onu təhqir etməsin, onu kiçik görməsin, ona dəyərsiz və alçaq nəzərlə baxmasın. Bu, qəlbdə olan təkəbbürlükdən qaynaqlanır. Sonra Peyğəmbər (sallallahu əleyhi va səlləm) üç dəfə təkrar edərək təqvanın qəlbdə olduğunu və kimin qəlbində insanı gözəl əxlaqa, Allahdan qorxmağa və daima ona, Allahın müşahidəsi altında olduğunu xatırladan təqva olarsa, belə bir şəxsin - heç vaxt müsəlman qardaşına aşağı baxmayacağını bəyan etmiş və müsəlman qardaşına qarşı aşağı baxmağın şərli xüsusiyyətlərdən və pis əxlaqdan olduğunu xəbər vermişdir. Bu isə onun qəlbində olan təkəbbürlüyün nəticəsidir. Daha sonra Peyğəmbər (sallallahu əleyhi va səlləm) əvvəldə söylədiyi sözlərini bir daha qüvvətləndirərək vurğuladı ki, bir müsəlmanın digər müsəlmanı öldürərək, yaralayaraq yaxud döyərək qanını axıtması haramdır. Eynilə, müsəlmanın malını haqsız mənimsəmək və həmçinin onu, həm şəxsiyyətinə, həm də nəsəbinə görə pisləmək haramdır.</t>
+  </si>
+  <si>
+    <t>الأمر بكلِّ ما تقتضيه الأخوة الإيمانية، والنهي عن ما يضادها من الأقوال والأعمال.
+عمدة التقوى ما في القلب من معرفة الله، وخشيته ومراقبته، وهذه التقوى ينتج عنها الأعمال الصالحة.
+الانحراف الظاهر يدلُّ على ضعف تقوى القلب.
+النهي عن أذية المسلم بأي وجه من الوجوه من قول أو فعل.
+ليس من الحسد أن يتمنى المسلم أن يكون مثل غيره، دون تمني زوالها عن الآخر، وهذا يسمى غبطة؛ وهي جائزة تعين على المسابقة إلى الخيرات.
+الإنسان بطبعه يكره أن يفوقَه أحد في شيء من الفضائل، فإن أحب زوالها عن الآخر فهو الحسد المذموم، وإن أحب المسابقة فهي الغبطة الجائزة.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه أن يبيّن للمشتري أنه خدع في شرائه خداعًا فاحشًا؛ فهذا من مقتضيات النصيحة، بشرط أن تكون نيته نصح أخيه المشتري لا الإضرار بالبائع، والأعمال بالنيات.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه  إذا كان البائعان لم يتراضيا ولم يستقر الثمن.
+ليس من التباغض المنهي عنه في الحديث: البغض في الله، فهو واجب، ومِن أوثق عرى الإيمان.</t>
+  </si>
+  <si>
+    <t>İman qardaşlığının tələb etdiyi hər bir şey əmr edilmiş və ona zidd olan söz və əməllər isə qadağan olunmuşdur.
+Təqvanın təməli qəlbdə Allahı tanımaq, Ondan qorxmaq və Onun nəzarətini hiss etməkdir. Bu təqva nəticəsində, saleh əməllər meydana gəlir.
+Zahiri azğınlıq, qəlbdə təqvanın zəifliyinə dəlalət edir.
+Müsəlmana hər hansı bir şəkildə, istər sözlə, istərsə də əməllə əziyyət vermək qadağandır.
+Bir müsəlmanın başqasının sahib olduğu nemətlərin ondan getməsini istəmədən, onda olan nemətlərə sahib olmağı istəməsi həsəd sayılmaz, buna "qibtə" deyilir. Qibtə icazlidir və insana xeyir işlərdə yarışmağa yardım edir.
+İnsan təbiəti etibarı ilə istəmir ki, kimsə fəzilət baxımından hər hansısa bir şeydə onu üstələsin. Əgər o, başqasının sahib olduğu nemətlərin ondan getməsini arzulayırsa, bu, məzəmmət olunan "həsəd"-dir. Amma xeyir işlərdə onunla yarışmağı istəyərsə, bu, icazəli olan "qibtə"-dir.
+Bir müsəlmanın, müştəriyə aldığı malda çox aldadıldığını başa salması, "müsəlman qardaşın satışı üzərinə satış etməkdən" deyil. Bu, müsəlman qardaşına nəsihət verməyin tələblərindəndir. Lakin bu, müştəri qardaşına nəsihət etmək niyyəti ilə olmalıdır, heç də satıcıya zərər vermək niyyəti ilə deyil. Çünki əməllər niyyətlərə görədir.
+Əgər alıcı və satıcı razılaşmayıbsa və qiymət hələ müəyyən edilməyibsə, (başqa bir satıcının müştəriyə öz malını təklif etməsi) müsəlman qardaşının satışı üzərinə satış etməkdən sayılmaz.
+"Allah üçün nifrət etmək" hədisdə qadağan olunan nifrətdən deyil. Çünki bu, vacibdir və imanın ən möhkəm bağlarından biridir.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/4706</t>
+  </si>
+  <si>
+    <t>لا تغضب</t>
   </si>
   <si>
     <t>Qəzəblənmə</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) belə dediyi rəvayət edilir: Bir kişi Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) dedi: Mənə nəsihət et. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona buyurdu:" Qəzəblənmə".  Kişi istədiyini bir neçə dəfə təkrarladı, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) yenə: "Qəzəblənmə"-dedi.</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
     <t>Sahabələrdən biri (Allah onlardan razı olsun) Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) ona fayda verəcək əmələ yönəltməsini istədi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) isə ona qəzəblənməməyi əmr etdi. Bunun mənası odur ki, qəzəbə aparacaq səbəblərdən uzaq olsun və qəzəbləndikdə özünü cilovlasın, qəzəblə əl-qol atıb qətl törətməsin, heç kimi vurmasın və ya söyməsin və digər  bu kimi əməllərdən daima uzaq dursun.
 Kişi nəsihət tələbinə davam etdi, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) isə "Qəzəblənmə" nəsihətinə başqa bir şey əlavə etmədi.</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
   <si>
     <t>Qəzəbdən və səbəblərindən çəkindirmə, çünki o şərin birləşməsidir, ondan uzaqlaşmaq isə xeyirlərin cəmidir.
 Allahın haramları baş verəndə qəzəblənmək kimi olan Allah üçün olan qəzəb, dində öyülən, təriflənən qəzəbdir.
 Dinləyənin məsələnin mahiyyətinə varması və əhəmiyyətini dərk etməsi üçün lazm gəldikdə sözlərin təkrarlanması.
 Alimdən nəsihət istəməyin fəziləti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4709</t>
   </si>
   <si>
-    <t>لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ</t>
+    <t>لا ضرر ولا ضرار، من ضار ضره الله، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Nə (özünə və ya başqasına) zərər vermək, nə də zərərə zərərlə qarşılıq vermək olmaz, kim başqasına zərər verərsə, Allah onu zərərə uğradar, kim başqasına çətinlik törədərsə, Allah onu çətinliyə salar</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Əbu Səid Əl-Xudridən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Nə (özünə və ya başqasına) zərər vermək, nə də zərərə zərərlə qarşılıq vermək olmaz, kim başqasına zərər verərsə, Allah onu zərərə uğradar, kim başqasına çətinlik törədərsə, Allah onu çətinliyə salar.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.
 ثم بيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ بحصول الضرر لمن يَضرُّ بالناس، وبحصول المشقة لمن يَشقُّ على الناس.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, növündən asılı olmayaraq zərəri özündən və başqalarından uzaqlaşdırmaq vacibdir və heç kəs nə özünə, nə də başqalarına zərər verməməlidir.
 Heç kəs zərərə zərərlə cavab verməməlidir, qisas istisna olmaqla, heç bir halda zərər, ona müqabil zərər verməklə aradan qalxmaz.
 Sonra Allah rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanlara zərər verənlərin özlərinin zərərə uğrayacaqlarını, insanları çətinliyə salanların özlərinin çətinliyə düşəcəyini xəbər verir.</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
 الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Günahın  mislindən artıq cəza verilməsinin qadağan edilməsi.
 Allah qullarına, onlara zərər verəcək şeyi əmr etməz.
 Sözlə, əməllə və ya tərk etməklə zərər vermək və zərərə zərərlə cavab verməyin haramlığı.
 Əməlin mükafatı və ya cəzası, onun növündədir, kim zərər verərsə, Allah onu zərərə uğradar, kim çətinlik törədərsə, Allah onu çətinliyə salar.
 Şəriətin qaydalarından biri də: "Zərər aradan qalxmalıdır" qaydasıdır və şəriət zərəri qəbul etmir və başqalarına zərər verməyi də inkar edir.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[Şahidlərlə səhih olan]</t>
   </si>
   <si>
     <t>[Əd-Dəraqutni rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4711</t>
   </si>
   <si>
-    <t>لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ</t>
+    <t>لا يزال لسانك رطبا من ذكر الله</t>
+  </si>
+  <si>
+    <t>Dilin daima Allahı zikr etməklə yaş qalsın</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Busrdan (Allah ondan razı olsun) rəvayət edilir ki, bir kişi belə dedi: “Ey Allahın Rəsulu, İslamdakı ibadətlər mənim üçün çox oldu, ona görə də mənə möhkəm yapışacağım bir əməl söylə. Peyğəmbər (sallallahu aleyhi və səlləm) ona dedi: "Dilin daima Allahı zikr etməklə yaş qalsın".</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>Bir kişi Peyğəmbərə (sallallahu aleyhi və səlləm) nafilə ibadətlərinin çoxluğundan və bədəninin zəyifliyinə görə də aciz qalaraq onları yerinə yetirə bilməməsindən şikayət etdi. Sonra kişi, Peyğəmbərdən (sallallahu aleyhi və səlləm) ona asan, lakin böyük savab gətirən bir əməl göstərməsini xahiş etdi ki, ona bağlı qalıb, ondan yapışsın.
+Beləliklə, Peyğəmbər (sallallahu aleyhi və səlləm) ona, dilinin Uca Allahı hər zaman və hər halda təsbih və həmd edərək, istiğfar, dua və s. bu kimi zikrlər etməklə təravətli və hərəkətli qalmasını tövsiyə etdi.</t>
+  </si>
+  <si>
+    <t>فضل المداومة على ذكر الله تعالى.
+من عظيم فضل الله تيسير أسباب الأجر.
+تفاضل العباد في نصيبهم من أبواب البر والخير.
+كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
+مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
+  </si>
+  <si>
+    <t>Uca Allahı davamiyyətli olaraq zikr etməyin fəziləti.
+Uca Allahın lütfünün böyüklüyündən biri də savab qazanmaq yollarını asanlaşdırmasıdır.
+Qulların yaxşılıq və xeyir qapılarından əldə etdikləri payda bir-birindən üstün olması.
+Uca Allahı təsbih, həmd, təhlil, təkbir və s. bu kimi zikrlərlə, dil və qəlb bir-birinə uyğunlaşaraq çox zikr etmək, bir çox nafilə ibadətlərin yerini tutur.
+Peyğəmbərin (sallallahu aleyhi və səlləm) sual verənlərin halına diqqət edərək hər birinin halına uyğun olan cavab verməsi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/4716</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
   </si>
   <si>
     <t>Sizlərdən biriniz özü üçün istədiyini qardaşına istəmədikcə (kamil) iman gətirmiş olmaz</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ».</t>
   </si>
   <si>
     <t>Ənəsdən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Sizlərdən biriniz özü üçün istədiyini qardaşına istəmədikcə (kamil) iman gətirmiş olmaz."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) açıq şəkildə bildirmişdir ki, hər bir müsəlman özü üçün sevdiyi itaətləri, dində və dünyada olan xeyir növlərini qardaşı üçün istəmədikcə, özü üçün sevmədiyi şeyi də onun üçün sevməyənə qədər onun imanı kamil olmaz. Buna görə də o, müsəlman qardaşının dinində bir nöqsan görərsə, onu düzəltməyə çalışar, onda xeyir görərsə onu xeyirə istiqamətləndirər və ona yardım edər, din və dünya işlərində ona nəsihət edər.</t>
   </si>
   <si>
     <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
 الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
 تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
 استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
 قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
   </si>
   <si>
     <t>İnsanın özü üçün sevdiyini qardaşı üçün də sevməsinin vacibliyi. Çünki özü üçün sevdiyini qardaşı üçün sevməyən bir kəsdən imanın inkar olunması bunun vacibliyinə dəlalət edir.
 Allah üçün olan qardaşlıq nəsil (qan) qardaşlığından üstündür, ona görə də onun haqqı daha vacibdir.
 Aldatma, qeybət, həsəd, müsəlmanın özünə, malına və namusuna təcavüz kimi sevgiyə zidd olan bütün söz və hərəkətlərin haram olması.
 (İnsanı) həvəsləndirəcək- "Qardaşına” sözü kimi bəzi sözlərdən istifadə etmək “
 Əl-Kirmani-rahiməhullah-demişdir: “Özünün sevmədiyi şərri qardaşı üçün də sevməməyi imandandır və o, bunu qeyd etməmişdir. Çünki bir şeyi sevmək onun əksinə nifrət etməyi zəruri edir, ona görə də (qeyd olunanlarla)
 kifayətlənərək bunu deməmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4717</t>
   </si>
   <si>
-    <t>لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا</t>
+    <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>Əgər siz Allaha layiqincə təvəkkül etsəniz, O sizə də ruzini səhər yuvasından ac çıxıb, (axşam) tox qayıdan quşun ruzisi  kimi  yetirər</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>Ömər bin Əl-Xattabdan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Əgər siz Allaha layiqincə təvəkkül etsəniz, O sizə də ruzini səhər yuvasından ac çıxıb, (axşam) tox qayıdan quşun ruzisi  kimi  yetirər."</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bizi dünyəvi və dini işlərdə faydalı əməllərə sarınmaqla və zərərli şeyləri dəf etməklə  izzət və cəlal sahibi olan Allaha güvənməyə təşviq edir, çünki bizə neməti verən, onu bizdən uzaqlaşdıran, zərrəri dəf edib, xeyiri bizə əta edən yalnız pak və uca Allahdır. Allaha sidq qəlblə təvəkkül edib, zərərləri uzaqlaşdırmaq və faydaları əldə etmək üçün səbəblərdən yapışmalıyıq, bunu etdiymiz zaman Allah bizi, səhər ac ikən yuvasından çıxıb, sonra axşam qarnı tox qayıdan quşu ruziləndirdiyi kimi ruziləndirər. Quşun bu hərəkəti, tənbəllik etməyib və başqalarına arxayın olmayıb, ruzi ardınca getmə misallarından biridir.</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
     <t>Təvəkkülün fəziləti və onun ruzi əldə etməkdə ən böyük səbəblərdən biri olması.
 Təvvəkkül ilə səbəbləri yerinə yetirmək arasında ziddiyyət yoxdur, çünki bizə xəbər verir ki, həqiqi təvəkkül ilə səhər ruzi üçün yola çıxmaq təzad təşkil etmir.
 Şəriətin qəlb əməllərinə diqqəti, çünki təvəkkül qəlb əməlidir.
 Sadəcə səbəblərdən yapışmaq dində naqislikdir, səbəbləri tərk etmək isə ağılda naqislikdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4721</t>
   </si>
   <si>
-    <t>لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ</t>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، ولكن البينة على المدعى، واليمين على من أنكر</t>
   </si>
   <si>
     <t>“İnsanlara iddialarına görə istədikləri verilsəydi, insanlar başqalarının malını və qanını tələb edərdilər, lakin dəlil iddia edənin, and isə inkar edənin üzərinə vacibdir”</t>
   </si>
   <si>
     <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
   </si>
   <si>
     <t>İbn Abbasdan  (Allah ondan və atasından razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu  rəvayət edilir: “İnsanlara iddialarına görə istədikləri verilsəydi, insanlar başqalarının malını və qanını tələb edərdilər, lakin dəlil iddia edənin, and isə inkar edənin üzərinə vacibdir”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) açıq-aydın bildirmişdir ki, əgər insanlara dəlil və sübut   olmadan sadəcə iddiaları əsasında (istədikləri) verilsə idi, onlar başqalarının  malını və qanını tələb edərdilər, lakin iddiaçıya tələb etdiyi şey üçün dəlil və sübut təqdim etməsi vacibdir. Əgər tələb etdiyi şeyə dəlil və sübutu yoxdursa, o zaman iddia, cavabdeh qismində olan şəxsə təqdim edilir. Əgər o, bunu inkar edərsə, o zaman and içməlidir və bununla da o, bəraət qazanar.</t>
   </si>
   <si>
     <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
 الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
 القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
 كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
   </si>
   <si>
     <t>İbn Dəqiq Əl-İd (Allah ona rəhmət etsin) demişdir: Bu hədis şəriət hökmlərinin əsaslarından bir əsasdır, ixtilaf və mübahisə zamanı ən böyük qayıdış yeridir.
 Şəriət insanların malını və qanını manipulyasiyadan qorumaq üçün gəlmişdir.
 Hakim öz biliyinə əsaslanaraq hökm çıxarmır, yalnız sübutlara əsaslanır.
 İstər insanların hüquq və münasibətləri, istərsə də iman və elm məsələlərində olsun, dəlillərə əsaslanmayan bütün iddialar rədd olunur.</t>
   </si>
   <si>
     <t>رواه البيهقي</t>
   </si>
   <si>
+    <t>[رواه البيهقي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/az/browse/hadith/4722</t>
   </si>
   <si>
-    <t>مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ</t>
+    <t>ما ملأ آدمي وعاء شرا من بطن، بحسب ابن آدم أكلات يقمن صلبه، فإن كان لا محالة، فثلث لطعامه، وثلث لشرابه، وثلث لنفسه</t>
+  </si>
+  <si>
+    <t>Adəm övladı qarnından daha şərli bir qab doldurmamışdır. İnsana, belini dik tutacaq bir neçə loxma kifayət edər. Əgər bu kifayət etməzsə, o zaman qarnının üçdə birini yeməyinə, üçdə birini içkisinə, üçdə birini isə nəfəsinə ayırmalıdır</t>
+  </si>
+  <si>
+    <t>عَنْ المِقْدَامِ بْنِ مَعْدِي كَرِبَ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مَلأَ آدَمِيٌّ وِعَاءً شَرًّا مِنْ بَطْنٍ، بِحَسْبِ ابْنِ آدَمَ أَكَلاَتٌ يُقِمْنَ صُلْبَهُ، فَإِنْ كَانَ لَا مَحَالَةَ، فَثُلُثٌ لِطَعَامِهِ، وَثُلُثٌ لِشَرَابِهِ، وَثُلُثٌ لِنَفَسِهِ».</t>
+  </si>
+  <si>
+    <t>Miqdəm bin Mə'di Kərib (Allah ondan razı olsun) belə demişdir: Mən Allah Rəsulunun (salləllahu aleyhi va səlləm) belə dediyini eşitdim: "Adəm övladı qarnından daha şərli bir qab doldurmamışdır. İnsana, belini dik tutacaq bir neçə loxma kifayət edər. Əgər bu kifayət etməzsə, o zaman qarnının üçdə birini yeməyinə, üçdə birini içkisinə, üçdə birini isə nəfəsinə ayırmalıdır".</t>
+  </si>
+  <si>
+    <t>يرشدنا النبي الكريم صلى الله عليه وسلم إلى أصل من أصول الطب، وهي الوقاية التي يقي بها الإنسان صحته، وهي التقليل من الأكل، بل يأكل بقدر ما يسد رمقه ويقويه على أعماله اللازمة، وإن شر وعاء مُلئ هو البطن لما ينتج عن الشبع من الأمراض الفتاكة التي لا تحصى عاجلًا أو آجلًا باطنًا أو ظاهرًا.
+ثم إن الرسول صلى الله عليه وسلم قال: إذا كان الإنسان لابد له من الشبع، فليجعل الأكل بمقدار الثلث، والثلث الآخر للشرب، والثلث للنفس حتى لا يحصل عليه ضيق وضرر، وكسل عن تأدية ما أوجب الله عليه في أمر دينه أو دنياه.</t>
+  </si>
+  <si>
+    <t>Sevimli Peyğəmbərimiz (sallallahu əleyhi va səlləm) bu hədisdə bizi tibb elminin əsas prinsiplərindən birinə yönəldir. Bu, insanın sağlamlığını qorumaqdır. Bu isə yeməyin azaldılması ilə bağlıdır. Əslində insan yalnız gücsüzlüyünü aradan qaldıracaq və ona lazım olan işləri yerinə yetirmək üçün güc verəcək qədər yeməlidir. Doldurulmuş ən şərli qab insan qarnıdır. Çünki qarının toxluğu daxili və ya xarici, tez və ya gec ortaya çıxan saysız-hesabsız həlakedici xəstəliklərin səbəbidir. Sonra Peyğəmbər (sallallahu əleyhi va səlləm) belə buyurub: Əgər insanın mütləq doymağa ehtiyacı varsa, qarnında sıxlıq və zərər yaranmaması və həmçinin Uca Allahın ona din və dünya işlərində vacib etdiyi əmələri yerinə yetirməkdə tənbəl olmasın deyə, qarnının üçdə bir hissəsini yemək üçün, üçdə bir hissəsini içmək üçün və üçdə bir hissəsini isə nəfəs üçün ayırmalıdır.</t>
+  </si>
+  <si>
+    <t>عدم التوسع في الأكل والشرب، وهذا أصل جامع لأصول الطب كلها، لما في كثرة الشبع من الأمراض والأسقام.
+الغاية من الأكل، هي حفظ الصحة والقوة وبهما سلامة الحياة.
+لملء البطن من الطعام أضرار بدنية ودينية، قال عمر رضي الله عنه: «إياكم والبطنة، فإنها مفسدة للجسم ومكسلة عن الصلاة».
+الأكل من حيث الحكم على أقسام: واجب، وهو ما به تُحفظ الحياة ويؤدي تركه إلى ضرر. جائز، وهو ما زاد على القدر الواجب ولا يُخشى ضرره. مكروه، وهو ما يُخشى ضرره. محرم، وهو ما يُعلم ضرره. ومستحب، وهو ما يُستعان به على عبادة الله وطاعته، وقد أجمل ذلك في الحديث في ثلاث مراتب: أولها: ملء البطن. ثانيها: أكلات أو لقيمات يقمن صلبه. ثالثها: قوله: «ثلث لطعامه وثلث لشرابه وثلث لنفسه» وهذا كله إذا كان جنس المأكول حلالًا.
+الحديث قاعدة من قواعد الطب، وحيث إن علم الطب مداره على ثلاثة أصول: حفظ القوة والحمية والاستفراغ، فقد اشتمل الحديث على الأولين منها، كما في قوله تعالى : (وَكُلُوا وَاشْرَبُوا وَلَا تُسْرِفُوا إِنَّهُ لَا يُحِبُّ الْمُسْرِفِينَ) [الأعراف: 31].
+كمال هذه الشريعة حيث اشتملت على مصالح الإنسان في دينه ودنياه.
+من علوم الشريعة أصولُ الطب وأنواع منه، كما جاء في العسل والحبة السوداء.
+اشتمال أحكام الشريعة على الحكمة، وأنها مبنية على درء المفاسد وجلب المصالح.</t>
+  </si>
+  <si>
+    <t>Yemək və içməkdə həddi aşmamaq. Bu, bütün tibb elminin əsas prinsiplərini özündə cəm edən bir qaydadır. Çünki çox yemək və toxluq bir çox xəstəlik və ağrılara səbəbdir.
+Yeməkdə məqsəd həyatın təhlükəsizliyini təmin edən sağlamlıq və gücün qorunmasıdır.
+Qarının yeməklə doldurulmasının həm bədənə, həm də dinə zərərləri vardır. Ömər (Allah ondan razı olsun) belə demişdir: "Çox yeməkdən çəkinin, çünki o bədənə zərər verir və namaza qarşı tənbəllik yaradır".
+Yemək hökm baxımından bir neçə hissəyə bölünür:
+Vacib yemək: Bu, həyatın qorunması üçün zəruri sayılan, tərk edildikdə isə zərərə səbəb olan qidadır.
+İcazəli yemək: Bu, vacib miqdardan artıq olan, lakin zərər verməsindən qorxulmayan qidadır.
+Məkruh yemək: Bu, zərər verməsindən ehtiyat edilən (çəkini­lən) qidadır.
+Haram yemək: Bu, zərərli olduğu bilinən qidadır.
+Müstəhəb yemək: Bu, Allaha ibadət və itaətdə insana yardım edən qidadır.
+Bütün bunlar bu hədisdə üç mərtəbədə qısaca ifadə edilmişdir.
+Birincisi: Qarının doldurulması.
+İkincisi: İnsanı ayaqda saxlayacaq qədər bir neçə loxma yaxud bir neçə tikə yemək.
+Üçüncüsü: Peyğəmbərin (sallallahu əleyhi va səlləm) bu kəlamıdır: "Qarnının üçdə birini yeməyinə, üçdə birini içkisinə, üçdə birini isə nəfəsinə ayırmalıdır". Bütün bunlar halal yemək növünə aiddir".
+Bu hədis, tibb elminin qaydalarından bir qaydadır. Çünki tibb elmi üç əsas prinsip üzərində qurulmuşdur: Gücün qorunması, pəhriz və zərərli maddələrin ifraz olunması. Hədis isə bu prinsiplərdən ilk ikisini əhatə edir. Uca Allah buyurur: "Yeyin-için, lakin israf etməyin. Şübhəsiz ki, (Allah) israf edənləri sevməz". (Əraf: 31).
+İslam şəriətin kamilliyi. Belə ki, o insanın həm dini, həm də dünyəvi mənafelərini özündə cəmləşdirmişdir.
+Şəriət elmləri arasında tibbin əsasları və onun bəzi növləri də mövcuddur. Necə ki, dini mənbələrdə bal və qara zirə haqqında məlumat verilmişdir.
+Şəriət hökmləri özündə hikməti əhatə edir. Çünki onlar fəsadların qarşısını almaq və mənafeləri təmin etmək üzərində qurulmuşdur.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد والترمذي والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/4723</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
     <t>“Kim bizim yolumuza zidd , ona aid olmayan bir yenilik gətirərsə, o rədd olunar</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>Aişə (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğunu rəvayət edir: “Kim bizim yolumuza zidd , ona aid olmayan bir yenilik gətirərsə, o rədd olunar” (Buxari,Muslim). Müslimin rəvayətinə görə: “Kim bizim şəriətimizə uyğun olmayan bir əməl edərsə, o rədd olunar”.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, kim dinə yenilik gətirərsə, yaxud Quran və sünnədə təsdiqini tapmayan bir əməli edərsə, həmin əməl sadəcə özü üçün etdiyi faydasız bir əməl olar və Allah tərəfindən qəbul olunmaz.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>İbadətlər Quran və sünnədə gələn dəlillərə əsaslanır, ona görə də biz uca Allaha dinə artırılmış yeniliklər və ya sonradan uydurulmuş bidətlərlə deyil, Onun əmr etdiyi qayda-qanunlara tam uyğun olaraq ibadət edirik.
 Din hər hansı bir kəsin fikri və xoşuna gəldiyi tərzdə deyil, Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) tabe olmaqla gerçəkləşir.
 Bu hədis dinin kamilliyinə dəlildir.
 Bidət, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) və onun səhabələrinin dövründə öz əksini və təsdiqini tapmayan,  əqidədə , eləcə də söz və əməldə sonradan əlavə edilən yeniliklərdir.
 Bu hədis İslamın əsaslarından biridir və əməllər üçün tərəzi misalındadır. Necə ki, uca Allahın razılığı umulmayan hər bir işin savabı olmadığı kimi,Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) buyurduğu şəriətə uyğun olmayan əməl də onu edən üçün faydasız olar.
 Qadağan olunan yeniliklər dini məsələləri əhatə edir, dünya işlərindəki yeniliklərə aid deyildir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4792</t>
   </si>
   <si>
-    <t>يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا</t>
+    <t>من نفس عن مؤمن كربة من كرب الدنيا نفس الله عنه كربة من كرب يوم القيامة</t>
+  </si>
+  <si>
+    <t>Kim bir mömini dünya sıxıntılarının birindən qurtararsa, Allah da onu Qiyamət gününün sıxıntılarının birindən qurtarar</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَفَّسَ عَنْ مُؤْمِنٍ كُرْبَةً مِنْ كُرَبِ الدُّنْيَا نَفَّسَ اللهُ عَنْهُ كُرْبَةً مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ، وَمَنْ يَسَّرَ عَلَى مُعْسِرٍ يَسَّرَ اللهُ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمَنْ سَتَرَ مُسْلِمًا سَتَرَهُ اللهُ فِي الدُّنْيَا وَالْآخِرَةِ، وَاللهُ فِي عَوْنِ الْعَبْدِ مَا كَانَ الْعَبْدُ فِي عَوْنِ أَخِيهِ، وَمَنْ سَلَكَ طَرِيقًا يَلْتَمِسُ فِيهِ عِلْمًا سَهَّلَ اللهُ لَهُ بِهِ طَرِيقًا إِلَى الْجَنَّةِ، وَمَا اجْتَمَعَ قَوْمٌ فِي بَيْتٍ مِنْ بُيُوتِ اللهِ يَتْلُونَ كِتَابَ اللهِ وَيَتَدَارَسُونَهُ بَيْنَهُمْ إِلَّا نَزَلَتْ عَلَيْهِمِ السَّكِينَةُ، وَغَشِيَتْهُمُ الرَّحْمَةُ، وَحَفَّتْهُمُ الْمَلَائِكَةُ، وَذَكَرَهُمُ اللهُ فِيمَنْ عِنْدَهُ، وَمَنْ بَطَّأَ بِهِ عَمَلُهُ لَمْ يُسْرِعْ بِهِ نَسَبُهُ».</t>
+  </si>
+  <si>
+    <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Allahın Rəsulu (salləllahu aleyhi va səlləm) belə demişdir: "Kim bir mömini dünya sıxıntılarının birindən qurtararsa, Allah da onu Qiyamət gününün sıxıntılarının birindən qurtarar. Kim borcunu qaytara bilməyən bir kimsənin işini asanlaşdırarsa, Allah da onun dünya və axirətdəki işlərini asanlaşdırar. Kim bir müsəlmanın eyblərini örtərsə, Allah da onun həm bu dünyada, həm də axirətdə eyblərini örtər. Kişi mömin qardaşına kömək etdiyi müddətdə, Allah da ona kömək edər. Kim elm öyrənmək üçün yola çıxarsa, Allah bununla onun Cənnətə gedən yolunu asanlaşdırar. Əgər bir toplum Allahın evlərindən hər hansı birində yığışıb Allahın Kitabını oxuyarsa və onu bir-birinə öyrədərsə, onların üzərinə sükunət nazil olar, rəhmət onları bürüyər, mələklər onları əhatə edər və Allah onları Öz yanında olanlar arasında yad edər. Kimin əməli onu geriyə çəkərsə, nəsəbi onu irəliyə apara bilməz".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ جَزاء المسلم عند الله مِن جِنْس ما يَعمله المسلم مع المسلمين؛ فمَن نفَّس وفرَّج وأزال وكَشَفَ عن مؤمنٍ كُربةً وشدة من كُرَب الدنيا، جازاه الله بأن ينفَّس عنه كربةً من كرب يوم القيامة.
+ومَن يَسَّر على معسرٍ وسهَّل عليه وأزال عسرته، يسَّر الله عليه في الدنيا والآخرة. 
+ومَن ستر مسلمًا كأن اطّلع منه على ما لا ينبغي إظهاره من الزّلات والعَثَرات، ستره الله في الدنيا والآخرة. 
+والله يكون مُعينًا لِعَبدِه، ما كان العبد سائرًا في إعانة أخيه في مصالحه الدينية والدنيوية، والإعانة تكون بالدعاء والبدن والمال وغير ذلك. 
+ومن مشى إلى تحصيل علمٍ شرعيٍ، قاصدًا به وجه الله تعالى؛ سهَّل الله له به طريقًا إلى الجنة. 
+وما اجتمع قومٌ في بيتٍ من بيوت الله، يتلون كتاب الله ويتدارسونه بينهم، إلا نزلت عليهم الطمأنينة والوقار، وغطتهم وعمَّتهم رحمة الله، وحفَّتْهم الملائكة، وأثنى الله عليهم في المقرَّبين عنده، وكفى شرفًا ذِكرُ اللهِ العبدَ في الملأ الأعلى. 
+ومَن كان عمله ناقصًا، لم يُلْحِقْه بمرتبة أصحاب الأعمال، فينبغي ألا يَتَّكل على شرف النسب وفضيلة الآباء ويُقَصّر في العمل.</t>
+  </si>
+  <si>
+    <t>Peyğəmbər (sallallahu əleyhi va səlləm) bu hədisdə bəyan etmişdir ki, müsəlmanın Uca Allah yanında mükafatı, onun digər müsəlmanlara qarşı etdiyi yaxşılıqlara uyğundur. Kim bir mömini dünya çətinlikləri və məşəqqətlərinin birindən xilas edər, onları aradan qaldırar, mömini qurtarar və onun sıxıntısını həll edərsə, Uca Allah onun bu əməlinə mükafat olaraq, onun Qiyamət günündəki sıxıntılarından birini aradan qaldırar. Kim borcluya asanlıq yaradar, çətinliyini yüngülləşdirər və onun ağır vəziyyətini aradan qaldırarsa, Uca Allah da ona dünyada və axirətdə asanlıq bəxş edər. Kim bir müsəlmanın bildiyi və açıqlanması gərəkməyən qüsurlarını və səhvlərini gizlədərsə, Uca Allah da onu (qüsurlarını və səhvlərini) həm dünyada, həm də axirətdə gizlədər. Kişi, qardaşına din və dünya işlərində yardım etməyə davam etdikcə, Uca Allah da ona kömək etməyə davam edər. Bu yardım dua ilə, fiziki güclə, mal ilə və ya başqa vasitələrlə olur. Kim Allahın razılığını qazanmaq niyyəti ilə şəri elm öyrənmək üçün səfərə çıxarsa, Allah bunun sayəsində ona Cənnətə gedən yolu asanlaşdırar. Əgər bir toplum Allahın evlərindən hər hansı birində toplanıb Allahın Kitabını oxuyarsa və onu bir-birinə öyrədərsə, onların üzərinə əmin-amanlıq və sakitlik nazil olar, Allahın rəhməti onları əhatə edər və bürüyər, mələklər onları dövrəyə alar və Allah onları, Ona yaxın olan mələklər yanında tərifləyər. Allahın qulunu uca toplumda anması, ona şərəf olaraq yetər. Kimin əməlləri naqis olarsa, bu onu, yaxşı əməl sahiblərinin dərəcəsinə çatdırmaz. Buna görə də insan, nəslinin şərəfli olmasına və ata-babalarının fəzilətinə güvənib, saleh əməllər işləməyə laqeyid olmamalıdır.</t>
+  </si>
+  <si>
+    <t>قال ابن دقيق العيد: هذا حديث عظيم، جامع لأنواع من العلوم والقواعد والآداب، فيه فضل قضاء حوائج المسلمين ونفعهم بما يتيسر، مِن علم، أو مال، أو معاونة، أو إشارة بمصلحة، أو نصيحة، أو غير ذلك.
+الترغيب في التيسير على المعسر.
+الحث على عون العبد المسلم، وأن الله تعالى يُعين المعين حسب إعانته لأخيه.
+مِن سِتْر المسلم: عدمُ تتبُّع عوراته، وقد رُوي عن بعض السلف أنه قال: أدركت قومًا لم يكن لهم عيوب، فذكروا عيوبَ الناس، فَذَكَر الناسُ لهم عيوبًا، وأدركت قومًا كانت لهم عيوب، فَكَفُّوا عن عيوب الناس، فنُسِيت عيوبُهم.
+ليس من لوازم الستر على الناس ترك المنكر وعدم تغييره، بل يُغَيِّر ويَسْتُر، وهذا في حقِّ مَن لا يُعرَف بالفساد والتَّمَادِيْ في الطغيان، وأما من عُرِف بذلك فإنه لا يُستحب الستر عليه، بل يرفع أمره إلى مَن له الولاية، إذا لم يخَفْ مِن ذلك مفسدة؛ وذلك لأن الستر عليه يُغْرِيْهِ على الفساد، ويُجَرِّئهُ على أذية العباد، ويُجرّئ غيره من أهل الشر والعناد.
+الحث على طلب العلم وتلاوة القرآن وتدارسه.
+قال النووي: في هذا دليل لفضل الاجتماع على تلاوة القرآن في المسجد... ويلحق بالمسجد في تحصيل هذه الفضيلة الاجتماع في مدرسة ورباط ونحوهما إن شاء الله تعالى.
+الجزاء إنما رتَّبَه الله على الأعمال لا على الأنساب.</t>
+  </si>
+  <si>
+    <t>İbn Dəqiq əl-İd belə demişdir: Bu, əzəmətli bir hədisdir, özündə müxtəlif elm növlərini, qaydaları və ədəbləri cəm edir. Bu hədisdə müsəlmanların ehtiyaclarını mümkün qədər ödəməyin və onlara elm, mal, fiziki yardım, məsləhət, nəsihət və digər yollarla fayda verməyin fəziləti qeyd olunur.
+Çətin vəziyyətdə olana (borcu qaytara bilməyənə) asanlıq göstərməyə təşviq etmək.
+Müsəlman qula kömək etməyə təşviq etmək. Çünki Uca Allah da qardaşına kömək edən kimsəyə, köməyi qədərində yardım edər.
+Bir müsəlmanı örtmək: Onun eyiblərini axtarmamaq anlamındadır. Bəzi sələflərin belə dediyi rəvayət olunur: Elə bir qövmə rast gəldim ki, onların eyibləri yox idi. Lakin başqalarının eyiblərini danışdılar və nəticədə - insanlar da onların eyiblərini aşkara çıxartdı. Elə bir qövmə də rast gəldim ki, onların eyibləri var idi. Lakin başqalarının eyiblərini ört-basdır etdilər və nəticədə onların eyibləri də unuduldu.
+İnsanların eyiblərini örtmək, heç də pisliyi görməməzlikdən gəlmək və onu dəyişdirməmək anlamına gəlmir. Əksinə, pislik aradan qaldırılmalı və eyib örtülməlidir. Bu, xüsusən fəsad törətməklə tanınmayan və azğınlıqda israrlı olmayan kəslər üçün tətbiq edilir. Amma bu cür tanınan şəxsə gəldikdə isə, onun eyibini örtmək bəyənilmir. Əksinə, əgər fitnə-fəsadın çıxması qorxusu olmasa, onun işi səlahiyyətli şəxslərə çatdırılmalıdır. Çünki onun eyibini örtmək, onu fəsadda daha da cəsarətləndirər, insanlara zərər verməyə təşviq edər və digər pis niyyətli, inadkar insanları da bu yolda davam etməyə sövq edər.
+Elm öyrənməyə, Quran oxumağa və öyrətməyə təşviq etmək.
+Nəvəvi belə demişdir: Bu hədisdə məsciddə Quran oxumaq üçün bir araya gəlməyin fəzilətinə dəlil vardır... Məscidlə yanaşı, bu fəziləti əldə etmək üçün məktəb, qarnizon və ya buna bənzər yerlərdə bir araya gəlmək də bura daxildir. ‏
+Allah yalnız əməllərə görə mükafat verir, nəsil-nəcabətə görə deyil.‏</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/4801</t>
+  </si>
+  <si>
+    <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>Ey qullarım, Mən zülmü Özümə haram etdim və sizin də aranızda  onu haram buyurdum, elə isə bir-birinizə zülm etməyin</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>Əbu Zərrdən (Allah odan razı olsun) belə ediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Uca Allahdan belə rəvayət  etmişdir: "Ey qullarım, Mən zülmü Özümə haram etdim və sizin də aranızda  onu haram buyurdum, elə isə bir-birinizə zülm etməyin. Ey qullarım! Hidayət verdiyim kəslərdən başqa hamınız zəlalətdəsiniz, elə isə Məndən hidayət diləyin, sizi doğru yola yönəldim. Ey qullarım! Mənim yedirdiyim kəslərdən başqa hamınız acsınız, elə isə Məndən yemək istəyin, sizi yedirdim. Ey qullarım! Mənim geyindirdiyim kəslərdən başqa hamınız çıplaqsınız! Elə isə Məndən geyim istəyin, sizi geyindirim. Ey qullarım! Siz gecə-gündüz günah işlər görürsünüz. Mən isə bu günahların hamısını bağışlayıram. Elə isə Mən­dən bağışlanma diləyin, Mən də sizi bağış­la­yım. Ey qullarım! Siz heç vaxt Mənə zərər verə bilməzsiniz və siz heç vaxt Mənə fayda verə bilməzsiniz. Ey qullarım! Əgər sizdən əvvəlkilər və sonrakılar, insan­larınız və cinləriniz bütövlüklə, aranızda Allahdan ən çox qorxan adamın qəlbinə sahib olsalar belə, bu, Mənim mülkümdə  bir şeyi belə artırmaz. Ey qullarım! Sizdən əvvəlkilər və sonrakılar, insan­larınız və cinləriniz bütövlüklə, aranızdakı ən günahkar adamın qəlbinə sahib olsalar belə, bu, Mənim mülkümdən heç nəyi əskiltməz. Ey qullarım! Sizdən əvvəlkilər və sonrakılar, insan­larınız və cinləriniz bir yerə toplanıb Məndən istəsələr və Mən onların hər birinin istə­diyini versəm, bu, sanki nəhəng dənizə iynəni batırıb çıxaran zaman dəniz suyunun əskilmədiyi kimi, Mənim də mülkümdən heçnə əskilməz. Ey qullarım, bu sizin əməllərinizdir. Onları sizin üçün hesaba alıram, sonra əvəzini verəcəm. Odur ki, kim xeyir tapsa, Allaha həmd etsin, əks halda qoy kimsə özündən başqa heç kəsi qınamasın”.</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) pak və uca Allahın özünə zülmü haram etdiyini, məxluqatı arasında da bunu haram buyurduğunu və kiminsə kiməsə zülm etməməsinin vacibliyi barədə xəbər vermişdir. Allah xəbər verir ki, müvvəffəq etdiyi və doğru yola yönəltdiyi qulları istisna olmaqla, insanların hamısı haqq yoldan azıblar və kim Allahdan hidayət diləyərsə, Allah onu müvəffəq edib, doğru yola yönəldər. İnsanlar imkansız, bütün işlərində Allaha möhtacdırlar. Kim Allahdan istəsə, onun ehtiyacını ödəyər və ona yetər. Onlar gecə və gündüz günah edərlər, sonra isə qul uca Allahdan bağışlanma dilədikdə, O bu günahları örtüb gizlədər və onu əfv edər. onlar Allaha nə zərər, nə də fayda verə bilməzlər, Onların qəlbi  ən təqvalı  insanın qəlbi kimi olsa belə, təqavaları Allahın mülkünə bir şey əlavə etməz. Əgər onlar ən günahkar  insanlar olsalar , günahları Onun mülkündən bir şey əskiltməz, çünki onlar zəifdirlər, hər bir halda və hər zamanda və hər məkanda Allaha möhtacdırlar.  Allah isə pak və zəngindir. Əgər cinlər və insanların əvvəlkiləri və sonuncuları bir yerə toplaşıb, uca Allahdan istəsələr, Allah onların hər birinə istədiklərini versə, bu dənizə batırılıb çıxarılan iynənin dənizdən bir şey əksiltmədiyi kimi, Allahın mülkündən də bir şey əksiltməz. Bu pak olan Allahın mükəmməl və sonsuz zənginliyinin göstəricisidr.
 Pak olan Allah qulların əməllərini qoruyub onlar üçün sayır, sonra Qiyamət günü onların qarşılığını verəcək. Kim əməlinə görə xeyirlə mükafatlanarsa, Allaha itaətə müvəffəq olduğu üçün Ona həmd etsin, kimin əməlinin nəticəsi xeyirli olmazsa , onu ziyana sürükləyən pis nəfsindən başqa heç kimi qınamasın.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 ما يحصل للعباد من علم أو اهتداء، فبهداية الله وتعليمه.
 ما أصاب العبد من خير فمن فضل الله تعالى، وما أصابه من شر فمن نفسه وهواه.
 من أحسن فبتوفيق الله، وجزاؤه فضل من الله فله الحمد، ومن أساء فلا يلومن إلا نفسه.</t>
   </si>
   <si>
     <t>Bu hədis Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) Rəbbindən rəvayət etdiyi hədislərdən biridir. Bu hədislər Qüdsü və ya İlahi hədis adlanır ki, ləfzi və mənası Allahdandır. Lakin bu hədislərdə Quran oxumaq savabı kimi, ona dəstəmazlı toxunmaq kimi, Quranın əhkamlarına əməl etmək kimi, bəlağəti və ecazkarlığı kimi fərqli xüsusiyyətləri yoxdur.
 Qulun əldə etdiyi elm və hidayət, Allahın hidayəti və təlimi ilə baş verir.
 Qulun xeyirə nail olması uca Allahın lütfündən, başına gələn  şər isə öz nəfsindən və nəfsinin tamahındandır.
 Kim xeyir iş görərsə, bu Allahın onu müvəffəq etməsinə görədir,  mükafatı Onun lütfüdür və həmd Ona məxsusdur. Kim də pis əməl sahibidirsə, özündən başqa heç kimi qınamasın.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4810</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ</t>
+    <t>يا غلام، إني أعلمك كلمات، احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
     <t>Oğul! Mən sənə bir neçə kəlimə öyrədəcəm: Allahın hududlarına qərəzsiz riayət et ki, Allah da səni qorusun. Allahın hüdudlarına riayət et ki, Onu öz qarşında görəsən. Nəyisə istədikdə, Allahdan istə. Kömək istədikdə, yalnız Allahdan kömək istə</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: كُنْتُ خَلْفَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ، وَاعْلَمْ أَنَّ الْأُمَّةَ لَوِ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ، لَمْ يَنْفَعُوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ لَكَ، وَلَوِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ، لَمْ يَضُرُّوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ عَلَيْكَ، رُفِعَتِ الْأَقْلَامُ وَجَفَّتِ الصُّحُفُ».</t>
   </si>
   <si>
     <t>İbn Abbasdan  (Allah ondan və atasından razı olsun) belə dediyi  rəvayət edilir: Bir gün mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) (miniyində) onun tərkində ikən o mənə buyurdu: " Oğul! Mən sənə bir neçə kəlimə öyrədəcəm: Allahın hududlarına qərəzsiz riayət et ki, Allah da səni qorusun. Allahın hüdudlarına riayət et ki, Onu öz qarşında görəsən. Nəyisə istədikdə, Allahdan istə. Kömək istədikdə, yalnız Allahdan kömək istə.  Bil ki, bütün insanlar sənə xeyir vermək üçün toplaşsalar belə, Allahın yazdığından artıq sənə heç bir xeyir verə bilməzlər. Həmçinin  sənə zərər vermək üçün cəm olsalar belə yenə də Allahın sənə yazdığından artıq zərər verə bilməzlər. (Artıq) qələmlər qaldırılmış, səhifələr (mürəkkəbi) qurumuşdur"</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>İbn Abbas (Allah ondan və atasından razı olsun) xəbər verir ki, o azyaşlı olarkən Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ilə birgə minik üstündə idi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona belə buyurdu: Sənə Allah qatında fayda verəcək  bəzi məsələləri və qaydaları öyrədəcəm:
 Allahı, əmrlərini yerinə yetirərək və qadağalarından çəkinərək mühafizə ki, səni, itaətdə və Ona yaxınlaşdıran əməllərdə qeyd etsin, haram və günahlarda adını çəkməsin. Bunu etsən, sənin mükafatın, Allahın səni dünya və axirət müsibətlərindən qoruması, hara getsən işlərində sənə yardım etməsi olacaq.
 Bir şey istədikdə, yalnız Allahdan istə, çünki dua edənlərin duasını yalnız O qəbul edir.
 Kömək istədikdə, yalnız Allahdan kömək istə.
 Əmin ol ki, yer üzündə olan bütün insanlar sənə fayda vermək üçün toplaşsalar, Allahın sənə yazdığından artıq fayda verə bilməzlər. Yer üzündəki  bütün insanlar toplaşıb sənə zərər vermək istəsələr, Allahın sənə təqdir etdiyindən artıq zərər verə bilməzlər.
 İzzət və cəlal sahibi Allah bu məsələni, hikmətinin və elminin tələbinə uyğun təqdir edib yazmışdır. Allahın yazdığı məsələlərdə isə heç bir dəyişiklik ola bilməz.</t>
@@ -6193,354 +6850,354 @@
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Azyaşlılara və uşaqlara tövhid (Allahın təkliyi), ədəb və digər dini məsələlərinin öyrədilməsinin əhəmiyyəti.
 Əməlin mükafatı yaxud cəzası, onun növündəndir
 Yalnız Allaha təvəkkül edib, ona etimad etmək əmr edilmişdir. O nə gözəl qoruyandır.
 Qəza və qədərə iman edib, ondan razı qalmaq, 
 (bilmək lazımdır ki) həqiqətən Allah hər şeyi təqdir etmişdir
 Kim Allahın əmrinə riayət etməzsə, Allah da onu qoruyub, mühafizə etməz.</t>
   </si>
   <si>
     <t>رواه الترمذي</t>
   </si>
   <si>
     <t>[Ət-Tirmizi rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4811</t>
   </si>
   <si>
-    <t>أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي</t>
+    <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>Bir qul günah edərək: "Ey Rəbbim, günahımı bağışla!</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan  (Allah ondan razı olsun) rəvayət edilir ki: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) izzət və cəlal sahibi olan Rəbbindən rəvayət edərək belə buyurdu: 
 "Bir qul günah edərək: "Ey Rəbbim, günahımı bağışla!" – dedi. Müqəddəs və pak olan Allah buyurdu: "Qulum günah etdi və bildi ki, günahı bağışlayan və bu günaha görə hesaba çəkən Rəbbi vardır." Sonra qul yenidən günah etdi və dedi: "Rəbbim mənim günahımı bağışla". Müqəddəs və pak olan Allah dedi: "Qulum günah etdi və bildi ki, günahı bağışlayan və bu günaha görə hesaba çəkən Rəbbi vardır." Sonra qul yenidən günah etdi və dedi: "Rəbbim mənim günahımı bağışla". Müqəddəs və pak olan Allah dedi: "Qulum günah etdi və dərk etdi ki, günahı bağışlayan və bu günaha görə hesaba çəkən Rəbbi vardır. Nə istəsən et, artıq səni əfv etdim!"</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Rəbbindən rəvayət edir ki, qul günah edib, sonra:" Allahım mənim günahımı bağışla" deyə dua edərsə, uca Allah buyurar: Qulum günah etdi və dərk etdi ki, onun günahını bağışlayan, günahını başqalarından gizlədən, əfv edən və ya bu günaha görə cəzalandıran Rəbbi vardır. Ona görə Mən onu bağışladım". Sonra qul  yenidən günah edər  və:" Allahım mənim günahımı bağışla" deyər, uca Allah : Qulum bir günah etdi və dərk etdi ki, onun günahını bağışlayan, eybini örtən, əfv edən və bu günaha görə cəzalandıran Rəbbi vardır,  Mən qulumu bağışladım" deyə buyurar. Sonra qul yenidən günah etməyə davam edər və deyər:" Allahım mənim günahımı bağışla", və uca Allah cavabında: Qulum günah etdi və dərk etdi ki, onun  günahını bağışlayan, eybini örtən, günahından keçən və bu günaha görə cəzalandıran Rəbbi vardır. Ona görə Mən qulumu bağışladım. Bir halda ki, qulum hər dəfə günah edib sonra peşman olur, günahlara dönməyəcəyinə əzm edir, lakin nəfsi ona qalib gəlir və yenidən günah edir və nə qədər ki, günah edib, sonra tövbə edəcək, bağışlanma diləyəcək, qoy qulum istədiyini etsin. Tövbə  öncəkiləri yox edər" deyə buyurar.</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>Allahın qullarına qarşı rəhmətinin genişliyi. İnsan nə qədər günah edərsə , nə pis iş görərsə, tövbə edib Ona döndüyü təqdirdə, Allah onun tövbəsini qəbul edər.
 Uca Allaha iman edən qul Rəbbinin əfvinə ümid edər, Onun cəzasından qorxar, tövbəyə can atar, günahda israrlı, davamlı olmaz.
 Doğru tövbənin şərtləri: Günahı tərk etmək, günah etməkdən peşman olmaq, bu günahı təkrarlamamağa əzm etmək. Əgər tövbə, mal, ismət, can kimi, qullara edilən zülmlərdəndirsə tövbəyə bir şərt də əlavə edilir ki bu da haqq sahibindən halallıq almaq və ya ona haqqını ödəməkdir.
 Bəndənin dini mələsələlərdə elmə yiyələnməsinə yardım edən, xəta etdikdə tövbə etməsinə, ruhdan düşməməsinə və israr etməməsinə səbəb olan Allahı, elmə əsaslanaraq tanımağın əhəmiyyəti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4817</t>
   </si>
   <si>
-    <t>إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ</t>
+    <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
   </si>
   <si>
     <t>Ədalətli olanlar Allah qatında, izzət və cəlal sahibi Rəhmanın sağındakı nurdan olan minbərlər üzərindədirlər. Allahın hər iki əli də sağdır</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
   </si>
   <si>
     <t>Abdullah bin Amrdan (Allah onların hər ikisindən razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Ədalətli olanlar Allah qatında, izzət və cəlal sahibi Rəhmanın sağındakı nurdan olan minbərlər üzərindədirlər. Allahın hər iki əli də sağdır, onlar hökmlərində, ailələrində və idarə etdikləri məsələlərdə adil davrananlardır."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, əmrləri və hökmləri altında olan insanlar arasında və ailələrində ədalət və haqla hökm verənlər Qiyamət günü onlara hörmət olaraq nurdan yaradılmış yüksək taxtlarda əyləşəcəklər. Bu minbərlər uca Rəhmanın sağındadır. Pak olan Allahın hər iki əli sağdır.</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
     <t>Ədalətin fəziləti və ona təşviq.
 Ədalət məfhumu ümumidir, bütün idarəçiliyi və insanlar arasında hökm verməni, qadınlar və övladlar arasında ədalətli davranışı və başqa halları belə əhatə edir.
 Qiyamət günü adil kəslərin məqamının bəyanı.
 Qiyamət günü iman əhlinin əməllərinə görə dərəcələrinin fərqliliyi.
 Həvəsləndirici üsullar, insanı haqqa, itaətə dəvət etmək üçün çağırış metodlarındandır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4935</t>
   </si>
   <si>
-    <t>مَنْ يُحْرَمِ الرِّفْقَ يُحْرَمِ الْخَيْرَ</t>
+    <t>من يحرم الرفق يحرم الخير</t>
   </si>
   <si>
     <t>Kim mülayimlikdən məhrum olarsa, xeyirdən məhrum olar”</t>
   </si>
   <si>
     <t>عَنْ جَرِيرٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ يُحْرَمِ الرِّفْقَ يُحْرَمِ الْخَيْرَ».</t>
   </si>
   <si>
     <t>Cərirdən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Kim mülayimlikdən məhrum olarsa, xeyirdən məhrum olar”.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ مَن يُحرَم الرفق فلم يوفق له في أمور الدين والدنيا وفيما يتصرَّف فيه لنفسه، وفيما يتصرَّف فيه مع غيره، فقد مُنِعَ الخيرَ كله.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, kim mülayimlikdən məhrum olarsa, dini və dünyəvi işlərdə, özü üçün və başqaları ilə etdiyi işlərdə ona müvəffəq olmazsa, artıq bütün xeyirlərdən məhrum olmuş olar.</t>
   </si>
   <si>
     <t>فضل الرِّفق والحث على التخلُّق به، وذم العنف.
 الرفق به انتظام خير الدارين واتساع أمرهما، وفي العنف ضد ذلك.
 الرفق ناتج عن حسن الخلق والسلامة، والعنف ناتج عن الغضب والفَظَاظة، ولذا أثنى صلى الله عليه وسلم على الرفق وبالغ فيه.
 قال سفيان الثوري رحمه الله لأصحابه: أتدرون ما الرفق؟ هو أن تضع الأمور مواضعها، الشدة في موضعها، واللين في موضعه، والسيف في موضعه، والسوط في موضعه.</t>
   </si>
   <si>
     <t>Mülayimliyin fəziləti və bu əxlaqi sifətə sahib olmağa həvəsləndirmək və kobudluğun pislənməsi.
 Mülayimlik hər iki dünyanın xeyrini təmin etmək və onların işlərini asanlaşdırmaq deməkdir, kobudluq isə bunun əksidir.
 Mülayimlik gözəl əxlaq və salamatçılığın, kobudluq isə qəzəb və pis əxlaqın nəticəsidir, buna görə də Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) mülayimliyi çox tərifləmişdir.
 Sufyan əs-Sovri (Allah ona rəhmət etsin) öz yoldaşlarına belə demişdir: “Mülayimliyin  nə olduğunu bilirsinizmi? O hər şeyi öz yerinə qoymaqdır: sərtliyi öz yerində, yumşaqlığı öz  yerində, qılıncı öz yerində, qamçını  da öz yerində (istifadə etməkdir)".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4939</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى</t>
+    <t>كل أمتي يدخلون الجنة إلا من أبى</t>
   </si>
   <si>
     <t>Ümmətimdən hər kəs cənnətə daxil olacaq,  ondan üz çevirənlərdən başqa</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Ümmətimdən hər kəs cənnətə daxil olacaq,  ondan üz çevirənlərdən başqa", Soruşdular: Ey Allahın Rəsulu, kim ondan üz çevirər? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi:" Kim mənə itaət edərsə, cənnətə daxil olar, kim mənə asilik edərsə, (cənnətdən) üz çevirmiş olar."</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
 فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
 فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, ümmətindən cənnəti istəməyəndən başqa hər kəs ora daxil olacaq.
 Sahabələr (Allah onlardan razı olsun) dedilər: "Ey Allahın Rəsulu kim cənnəti istəməz ki?"
 Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) cavab verdi ki, mənə boyun əyib, tabe olan və itaət edən kəs cənnətə daxil olar, lakin mənə qarşı çıxıb, şəriətin əmr və qadağalarına əməl etməyən, pis əməlləriylə cənnətdən imtina etmiş olur.</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
 شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
   </si>
   <si>
     <t>Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) itaət, uca Allaha itaətdəndir, ona qarşı üsyan Allaha üsyandandır.
 Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) itaət etmək cənnəti vacib edir, ona üsyan cəhənnəmə daxil olmağı vacib edir.
 Bu ümmətdən itaət edənlərin müjdələnməsi, belə ki, Allaha və Rəsuluna üsyan edənlərdən başqa, onların hamısı cənnətə daxil olacaqlar.
 Allah rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) ümmətinə olan şəfqəti  və onların hidayətinə olan hərisliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4947</t>
   </si>
   <si>
-    <t>لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ</t>
+    <t>لا تزول قدما عبد يوم القيامة حتى يسأل عن عمره فيما أفناه، وعن علمه فيم فعل، وعن ماله من أين اكتسبه وفيم أنفقه، وعن جسمه فيم أبلاه</t>
   </si>
   <si>
     <t>Qiyamət günü, heç bir qul həyatını necə keçirməsi, elmi ilə nə işlər görməsi, malını haradan qazanıb hara xərcləməsi və bədənini harada yorduğu haqqında soruşulmadıqca yerindən tərpənməyəcək</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَرْزَةَ الأَسْلَمِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ».</t>
   </si>
   <si>
     <t>Əbu Bərzə əl-Əsləmidən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: «Qiyamət günü, heç bir qul həyatını necə keçirməsi, elmi ilə nə işlər görməsi, malını haradan qazanıb hara xərcləməsi və bədənini harada yorduğu haqqında soruşulmadıqca yerindən tərpənməyəcək.»</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه لا يُجاوِزُ أحدٌ مِن الناس مَوقِفَ الحسابِ يوم القيامة إلى جنةٍ أو نارٍ حتى يُسألَ عن أمور: 
 الأول: حياتِه فِيمَ أَفْنَاها وقضاها؟ 
 الثاني: عِلْمِهِ هل طلبه لله؟ وهل عمل به؟ وهل بلّغه لمستحقه؟ 
 الثالث: مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ أمن حلال أم حرام؟ وَفِيمَ أَنْفَقَهُ فيما يرضي الله أو ما يسخطه؟ 
 الرابع: جِسْمِهِ وقوّته وعافيته وشبابه فيمَ أَبْلَاه واستخدمه؟</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, Qiyamət günü bu suallar soruşulmadan heç kəs hesab yerindən Cənnət və ya Cəhənnəmə getməyəcək:
 Birincisi: Həyatı haqqında . Onu nəyə sərf etdi və necə keçirdi?
 İkincisi: Elmi haqqında. Onu Allahın razılığı üçün öyrəndimi? Onunla əməl etdimi? Bu elmi layiq olan kəslərə çatdırdımı?
 Üçüncüsü: Malı haqqında. Onu haradan qazandı, halal yoxsa haram yoldan qazandı? Qazancını nəyə xərclədi, Allahı razı salacaq şeylərə yoxsa Onu qəzəbləndirəcək şeylərə ?
 Dördüncüsü: Bədəni, gücü, sağlamlığı və gəncliyi haqqında. Gəncliyini necə keçirdi və nəyə sərf etdi?</t>
   </si>
   <si>
     <t>الحث على اغتنام الحياة فيما يرضي الله تعالى.
 نعم الله على العباد كثيرة، وسيسأله عن النعيم الذي كان فيه، فعليه أن يضع نعم الله فيما يرضيه.</t>
   </si>
   <si>
     <t>Həyatı Uca Allahı razı salacaq şəkildə yaşamağa təşviq etmək.
 Allahın qullarına verdiyi nemətlər çoxdur. Allah quluna verdiyi bu nemətlər haqqında ondan soruşacaq. Buna görə də O,  Allahın nemətlərini onun razı qaldığı şeylərdə istifadə etməlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4950</t>
   </si>
   <si>
-    <t>مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ</t>
+    <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>Cəbrayıl mənə qonşu haqqında o qədər tövsiyə etdi ki, ona da mirasdan pay düşəcəyini zənn etdim</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
     <t>İbn Ömərdən (Allah onların hər ikisindən razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilmişdir: "Cəbrayıl mənə qonşu haqqında o qədər tövsiyə etdi ki, ona da mirasdan pay düşəcəyini zənn etdim."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Cəbrayıl israrla, təkrar-təkrar ona qonşuya diqqət göstərməyi əmr etdi. Evi yaxın olan qonşu, müsəlman və ya kafir, insana qohum olub-olmamasından asılı olmayaraq, haqqının qorunmasını, ona əziyyət verməməsini, ona qarşı xeyirxahlıq göstərməsini, əziyyətinə səbr etməsini tövsiyə etdi. Qonşu haqqının belə böyük olduğundan və Cəbrayılın bunu təkrar-təkrar xatırlatmasından Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanın ölümündən sonra tərk etdiyi əmlakından qonşusuna da verməli olduğu haqda vəhyin enəcəyini zənn etdi.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Qonşu haqqının möhtəşəmliyi və buna riayət etməyin vacibliyi.
 Qonşu haqqını israrla tövsiyə etməsi, ona hörməti, sevgini, xeyirxahlıq etməyi, ondan zərəri uzaqlaşdırmağı, xəstəliyində onu ziyarət etməyi, sevincli halında onu təbrik etməyi, müsibətə uğradıqda başsağlığı verməyi gərəkdirir.
 Qonşunun qapısı nə qədər yaxındırsa, haqqı o qədər böyükdür.
 Qonşuya xeyirxahlıq etmək, ondan zərəri dəf etmək kimi əməllərin cəmiyyətin islahında rol oynaması , bu şəriətin kamilliyinin göstəricisidir</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4965</t>
   </si>
   <si>
-    <t>أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟</t>
+    <t>أرأيتم لو أن نهرا بباب أحدكم يغتسل فيه كل يوم خمسا، ما تقول ذلك يبقي من درنه؟</t>
   </si>
   <si>
     <t>Sizin birinizin qapısının önündə bir çay olsa və o, həmin çayda hər gün beş dəfə yuyunsa o kəsdə çirkdən bir şey qalarmı?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟» قَالُوا: لَا يُبْقِي مِنْ دَرَنِهِ شَيْئًا، قَالَ: «فَذَلِكَ مِثْلُ الصَّلَوَاتِ الخَمْسِ، يَمْحُو اللَّهُ بِهِ الخَطَايَا».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdiyi rəvayət edilir: «Sizin birinizin qapısının önündə bir çay olsa və o, həmin çayda hər gün beş dəfə yuyunsa o kəsdə çirkdən bir şey qalarmı?» Səhabələr: "O kəsin üzərində çirkdən heç bir şey qalmaz" dedilər. Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: «Beş vaxt namaz da bunun kimidir, Allah onunla günahları silib yox edir.»</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الصلواتِ الخمس في كلِّ يومٍ وليلةٍ في إزالتِها وتكفيرِها لصغائر الذنوب والخطايا بِنَهْرٍ على بابِ الإنسان يَغتسلُ منه كلَّ يومٍ خمسَ مرات، فلا يبقى مِن دَرَنِهِ ووَسَخِهِ شيءٌ.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) kiçik günahların və xətaların aradan qaldırılması və bağışlanması üçün hər gün qılınan beş vaxt namazı insanın qapısının ağzından axan və gündə beş dəfə yuyunduğu bir çaya bənzətmişdir. Belə birinin üzərində çirkdən və kirdən  heç bir şey qalmaz.</t>
   </si>
   <si>
     <t>هذا الفضلُ خاصٌّ بتكفير الصغائر، أما الكبائر فلا بُد من التوبة منها.
 فضل أداء الصلوات الخمس والمحافظة عليها بشروطِها وأركانِها وواجباتِها وسننِها.</t>
   </si>
   <si>
     <t>Bu fəzilət kiçik günahların bağışlanmasına aiddir, böyük günahlar üçün isə tövbə etmək lazımdır.
 Şərtlərinə, rukunlarına, vaciblərinə və sünnətlərinə əməl edərək beş vaxt namazı qılmağın fəziləti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4968</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى</t>
+    <t>مثل المؤمنين في توادهم وتراحمهم وتعاطفهم مثل الجسد، إذا اشتكى منه عضو تداعى له سائر الجسد بالسهر والحمى</t>
   </si>
   <si>
     <t>Möminlər bir-birlərini sevməkdə, bir-birlərinə mərhəmət etməkdə və bir-birlərinə qarşı şəfqətli olmaqda bir bədən kimidirlər. Bədənin bir üzvü şikayət etsə (xəstə olsa), digər bədən üzvləri də bu səbəbdən yuxusuzluğa və qızdırmaya tutular</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى».</t>
   </si>
   <si>
     <t>Numan bin Bəşirdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilmişdir: «Möminlər bir-birlərini sevməkdə, bir-birlərinə mərhəmət etməkdə və bir-birlərinə qarşı şəfqətli olmaqda bir bədən kimidirlər. Bədənin bir üzvü şikayət etsə (xəstə olsa), digər bədən üzvləri də bu səbəbdən yuxusuzluğa və qızdırmaya tutular.»</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه يَجبُ أنْ تكونَ حالُ المسلمين بعضهم مع بعض من محبة الخير والرحمة والمساعدة والنصرة، والتأذِّي بما يحصل لهم من الضرر، كمثل الجسد الواحد، إذا مرض منه عضو، تفاعل معه الجسدُ كلُّه بالسهر والحُمّى.</t>
   </si>
   <si>
     <t>Peyğəmbər - sallallahu aleyhi və səlləm- bəyan etmişdir ki, müsəlmanların bir-birlərinə yaxşılıq etmək, mərhəmətli olmaq, yardımlaşmaq və bir-birlərinə dəstək olmaq və başlarına gələn zərərdən əziyyət çəkməkdə olan halları bir bədən kimi olmalıdır. Bədənin bir üzvü xəstələnərsə, bütün bədən o xəstə üzvlə birlikdə yuxusuzluğa və qızdırmaya tutular.</t>
   </si>
   <si>
     <t>ينبغي تعظيمُ حقوق المسلمين والحضُّ على تعاونهم وملاطفة بعضهم بعضًا.
 ينبغي أن يكونَ بين أهلِ الإيمان المحبة والنصرة.</t>
   </si>
   <si>
     <t>Müsəlmanların haqlarına böyük önəm verilməli, onların bir-birlərinə yardım etmələri və bir-birlərinə qarşı lütfkar olmalarına təşviq edilməlidir.
 İman əhli arasında məhəbbət və yardımlaşma olmalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4969</t>
   </si>
   <si>
-    <t>مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ</t>
+    <t>مروا أولادكم بالصلاة وهم أبناء سبع سنين، واضربوهم عليها وهم أبناء عشر، وفرقوا بينهم في المضاجع</t>
   </si>
   <si>
     <t>“Övladlarınıza yeddi yaşında ikən namaz qılmağı əmr edin, on yaşında ikən onları namaza görə (əgər qılmasalar) vurun və onların yataqlarını da ayırın”</t>
   </si>
   <si>
     <t>عن عمرو بن شُعيب عن أبيه عن جدِّه قال: قال رسولُ الله صلى الله عليه وسلم: «مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ».</t>
   </si>
   <si>
     <t>Amr bin Şueyb, atası vasitəsilə babasından rəvayət edərək dedi: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: “Övladlarınıza yeddi yaşında ikən namaz qılmağı əmr edin, on yaşında ikən onları namaza görə (əgər qılmasalar) vurun və onların yataqlarını da ayırın”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على الأبِ أنْ يأمُرَ أولادَه -الذكور والإناث- بالصلاة وأعمارهم سبع سنين، ويُعَلِّمهم ما يحتاجون لإقامتها. 
 وإذا بَلَغُوا عشرَ سنين زادَ في الأمر، فيضرب على التقصير فيها، ويُفَرِّق بينهم في الفِراش.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki, ata övladlarına - oğlan və qızlara -yeddi yaşında ikən namaz qılmağı əmr etməli və onlara namaz qılmaq üçün lazım olan şeyləri öyrətməlidir. Onlar on yaşına çatdıqda bunu daha çox əmr etməlidir. Övlad bu işdə səhlənkarlıq edərsə, ata onu vurur və onların yatağını ayırır.</t>
   </si>
   <si>
     <t>تعليم الأولاد الصغار قبل البلوغ أمورَ الدين، ومن أهمِّها الصلاة.
 الضرب يكون للتأديب، وليس للتعذيب، فيضرب ضربًا يليق بحالِه.
 عناية الشريعة بحفظ الأعراض، وسدُّها كلَّ طريقٍ قد يُفضي إلى الفساد.</t>
   </si>
   <si>
     <t>Balaca uşaqlara həddi-buluğa çatmamışdan əvvəl din məsələlərini öyrətmək və bunların ən əhəmiyyətlilərindən biri namazdır.
 Uşağı vurmaq ona işgəncə etmək üçün deyil, onu tərbiyələndirmək üçündür. Ona görə də uşağın halı nəzərə alınaraq vurulmalıdır.
 Şəriətin irzin (namusun) qorunmasına diqqət yetirməsi və fitnə-fəsada səbəb ola biləcək hər bir yolun qarşısını alması.
 ​</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5272</t>
   </si>
   <si>
-    <t>إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ</t>
+    <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
     <t>Həqiqətən, ruqyə, tilsimlər və tivələ (sevgi duası) şirkdir</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
     <t>Abdullah bin Məsuddan (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulunun(Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Həqiqətən, ruqyə, tilsimlər və tivələ (sevgi duası) şirkdir."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
 أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
 ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
 ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
 فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
 أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Allaha şərik qoşulacaq bəzi əməlləri bəyan etmişdir:
 Birincisi: Ruqyə- Cahiliyyə dövrü insanların şəfa dilədikləri şirki ehtiva edən sözlər.
 İkincisi: Tilsimlər- nəzərdən qorunmaq üçün uşaqların, heyvanların və s-nin boyunlarına taxılan, muncuqlar və bənzəri şeylərdən hazırlanmış əşyalar.
 Üçüncüsü: Tivələ- Ər və qadının birinin digərini sevməsi üçün hazırlanan əşya.
 Sözügedən əşyaların səbəb kimi istifadə edilməsinə görə bu əməllər şirkdən hesab edilir, həqiqətdə bu əşyalar nə şərii dəlillərə əsaslanan səbəblərdir, nə də ki, təcrübə ilə əldə edilən duyulan, hissi səbəblərdir. Lakin Quran oxumaq kimi şərii və dərman qəbulu kimi təcrübə ilə sabit olan toxunma və hissi orqanlarla dərk edilən səbəblər  və bunların sadəcə səbəb olmasına etiqad etmək icazəlidir və hər bir halda xeyirin və zərərin  Allahın əlində olmasına etiqad etmək gərəkir.</t>
   </si>
@@ -6553,2753 +7210,2753 @@
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>Tövhid və əqidənin ona xələl gətirəcək şeylərdən qorunması.
 Tilsimi, tivələni və şirki ehtiva edən ruqyəni istifadə etməyin haramlığı.
 İnsanın bu üç şeyi səbəb olaraq etiqad etməsi kiçik şirkdir, çünki səbəb olmayan bir şeyi səbəb etmişdir, lakin onların özlərinin fayda və zərər verdiklərinə etiqad etmək isə böyük şirkdir.
 Şirk və haram olan səbəbləri etməyin qadağan edilməsi.
 Şərii olan ruqyədən başqa, digər ruqyələrin haramlığı və şirk olması.
 Qəlb yalnız Allaha bağlı olmalıdır. Zərər və fayda, şəriki olmayan Allahdandır, xeyir yalnız Allahdan gələr və şərləri də yalnız Allah dəf edər
 İcazəli  ruqyənin üç şərti var:
 -1.Onun səbəb olaraq istifadəsinə və yalnız Allahın izni ilə fayda verəcəyinə etiqad etmək
 -2.Quranla, Allahın isim və sifətləri ilə, sünnədə gələn dualar və digər icazəli dualarla etmək.
 3.Başa düşülən dildə olmalı, içində sehr və tilsim olmamalıdır.</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Əbu Davud,İbnu Məcə və Əhməd rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5273</t>
   </si>
   <si>
-    <t>أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ</t>
+    <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>Bilirsinizmi qeybət nədir?" Sahabələr: "Allah və Rəsulu ən doğrusunu bilir!"- dedilər. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "(Din) qardaşını onun xoşuna gəlmədiyi bir vəsflə xatırlamaqdır</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Bilirsinizmi qeybət nədir?" Sahabələr: "Allah və Rəsulu ən doğrusunu bilir!"- dedilər. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "(Din) qardaşını onun xoşuna gəlmədiyi bir vəsflə xatırlamaqdır." Soruşdular: Bəs əgər qardaşımda söylədiyim vəsf olarsa? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Dediyin vəsf o kəsdə olarsa, sən onun qeybətini etmiş olarsan, əgər bu olmazsa, ona böhtan atmış olarsan."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) haram olan qeybətin həqiqətini bəyan edərək buyurur ki, müsəlman qardaşını onun arxasınca sevmədiyi bir vəsflə xatırlamaqdır. Bu vəsf istər yaradılış sifətləri olsun, istər əxlaqi xüsusiyyətləri olsun, fərqi yoxdur. Məsələn, kor, fırıldaqçı, yalançı kimi xoşa gəlməz sifətlər, hətta sahibində olsa belə bu qeybətdir.
 Lakin onun haqqında söylədiyin (sevmədiyi) sifət onda olmazsa, bu  qeybətdən daha ağır olur, bu da artıq böhtandır,  yəni- insanda olmayan xüsusiyyəti ona iftira olaraq aid etməkdir.</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
 صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
 الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
   </si>
   <si>
     <t>Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) gözəl təlim üsulu - belə ki, məsələləri sual verməklə izah edir.
 Sahabələrin Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ilə gözəl ədəbi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) onlara sual verdikdə, "Allah və Rəsulu ən doğrusunu bilir!"- deyə cavab verdilər.
 Sual verilən kəs cavabını bilmədikdə, ən doğrusunu "Allah bilir" deyər.
 Şəriət fərdlər arasındakı qardaşlığı və onların hüquqlarını mühafizə etməklə cəmiyyəti qoruyur.
 Qeybət ümumiyyətlə haramdır, amma bəzi məsləhətlərə görə  icazəli növləri vardır. Bunlardan: Zülmü dəf etmək-yəni məzlum haqqını alıb ona qaytarmağı bacaranın yanında zalımın ona etdiklərini bildirməsi və "filankəs mənə zülm etdi və ya belə etdi"- deməsi, həmçinin evlilik, şəriklik və ya qonşuluq kimi məsələlərdə bir kəslə məsləhətləşmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5326</t>
   </si>
   <si>
-    <t>اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ</t>
+    <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
   </si>
   <si>
     <t>Allahım, hər kim ümmətimin işlərinə rəhbərlik edib, onlara çətinlik yaradarsa, Sən də onun üçün çətinlik yarat. Hər kim də, ümmətimin işlərinə rəhbərlik edib, onlarla yumşaq davranarsa, Sən ona rəhm et</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
   </si>
   <si>
     <t>Aişə (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) mənim bu evimdə belə dediyini eşitdim: "Allahım, hər kim ümmətimin işlərinə rəhbərlik edib, onlara çətinlik yaradarsa, Sən də onun üçün çətinlik yarat. Hər kim də, ümmətimin işlərinə rəhbərlik edib, onlarla yumşaq davranarsa, Sən ona rəhm et.</t>
   </si>
   <si>
     <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
 وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) müsəlmanların böyük və yaxud xırda məsələlərdə işlərinin idarə etməsinə sahiblənən kəsə dua etmişdir. Fərq etməz bu ümumi rəhbərlik olsun və ya xüsusi rəhbərlik olsun, rəhbərlik etdiyi kəslərə çətinlik yaradarsa və onlara qarşı mülayim olmazsa, uca Allah da ona çətinlik yaradar, onun əməlinin növündə ona qarşılıq verər.
 Kim tabeliyində olan insanlarla yumşaq davranıb, onların işlərini asanlaşdırarsa, Allah da ona lütf edib, işlərini asanlaşdırar.</t>
   </si>
   <si>
     <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
 الجزاء من جنس العمل.
 ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
   </si>
   <si>
     <t>Müsəlmanların işlərini  idarə edən kəsin, ona tabe  olan insanlarla yumşaq davranması vacibdir.
 Əməlin mükafatı yaxud cəzası,onun növündəndir
 Yumşaqlığın və sərtliyin dərəcəsi və meyarı, Quran və sünnətə müxalif  olmamalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5330</t>
   </si>
   <si>
-    <t>إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
   </si>
   <si>
     <t>Şübhəsiz ki, Allahın sərvətini haqsız yerə istifadə edənlərə Qiyamət günü cəhənnəm əzabı var</t>
   </si>
   <si>
     <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Xovlə Əl-Ənsaridən (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edildir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Şübhəsiz ki, Allahın sərvətini haqsız yerə istifadə edənlərə Qiyamət günü cəhənnəm əzabı var."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
 ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) müsəlmanların varını, sərvətini batil yolla xərcləyən, haqsız yerə əldə edənlər haqqında xəbər verir. Burada maliyyə vəsaitinin qanunsuz toplanması, onun saxta yolla əldə edilməsi, düzgün  xərclənməməsi barədə ümumi mənanı açıqlayır. Bura həmçinin yetimlərə, vəqfə ayrılan maliyyə vəsaitlərini batil yolla mənimsəmək, (onlara həvalə edilən) əmanətə xəyanət etmək, haqqı olmadığı halda ümumi maliyyə və əmlak sərvətlərindən şəriətə zidd olaraq götürmək də daxildir.
 Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Qiyamət günü onların cəzası cəhənnəmdir.</t>
   </si>
   <si>
     <t>المال الذي بأيدي الناس هو مال الله، استَخْلَفَهم عليه لينفقوه بالطرق المشروعة، ويجتنبوا التصرف فيه بالباطل، وهذا عامٌّ في الولاة وغيرهم من سائر الناس.
 تشديد الشرع في المال العام،  وأنه من ولي منه شيئًا فإنه سيحاسب يوم القيامة على جِبَايَتِه وإنفاقه.
 يدخل في هذا الوعيد مَن يتصرَّفُ تصرُّفًا غير شرعي في المال سواء كان ماله أو مال غيره.</t>
   </si>
   <si>
     <t>İnsanların əlində olan var-dövlət Allahın sərvətidir. O bu sərvəti qullarına batil xərclərdən çəkinərək , şəriətlə icazəli üsullarla istifadə etməsi üçün vermişdir. Bu, həm rəhbərlərə, həm də sıravi insanlara aiddir.
 Şəriətin ümumi mal-dövlət barədə şiddətlə göstərdiyi önəm. Kim mal-dövlətə sahib olarsa, Qiyamət günü bu sərvətin əldə edilməsinə və istifadəsinə görə sorğu sual edilər.
 Bu xəbərdarlığa-istər öz sərvətini, istərsə də başqasının var dövlətini qeyri-şərii üsullarla istifadə edənlər daxildir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5331</t>
   </si>
   <si>
-    <t>إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ</t>
+    <t>إياكم والظن؛ فإن الظن أكذب الحديث</t>
   </si>
   <si>
     <t>“Zənn etməkdən çəkinin; çünki zənn, ən yalan ifadədir</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ، وَلَا تَحَسَّسُوا، وَلَا تَجَسَّسُوا، وَلَا تَحَاسَدُوا، وَلَا تَدَابَرُوا، وَلَا تَبَاغَضُوا، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: “Zənn etməkdən çəkinin; çünki zənn, ən yalan ifadədir. Bir-birinizin gizli işlərini araşdırmayın, qüsurlarını axtarmayın, bir-birinizə paxıllıq etməyin, bir-birinizdən üz çevirməyin, bir-birinizə nifrət etməyin və ey Allahın qulları, qardaş olun!”</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم ويُحَذِّرُ مِن بعضِ ما يؤدِّي إلى الفُرْقة والعداوة بين المسلمين، 
 ومن ذلك: 
 (الظن) وهو تُهمةٌ تقَعُ في القَلبِ بلا دَليلٍ، وبَيَّنَ أنه مِن أَكْذَب الحديث. 
 وعن (التَّحَسُّس): وهو البحث عن عورات الناس بالعين أو الأذن. 
 و(التَّجَسُّس): وهو البحث عن ما خفي من الأمور، وأكثر ما يقال ذلك في الشر. 
 وعن: (الحسد) وهو كراهية حصول النعمة للآخرين. 
 وعن: (التدابر) بأنْ يَعْرِضَ بعضُهم عن بعض، فلا يسلِّم ولا يزور أخاه المسلم، 
 وعن: (التباغض) والكراهية والنفرة، كأذية الآخرين، والعبوس وسوء المقابلة. 
 ثم قال كلمة جامعة تصلح بها أحوال المسلمين بعضهم مع بعض: (وكونوا عباد الله إخوانًا) 
 فالأخوة رابطة تلتئم بها العلاقات بين الناس، وتزيد المحبة والأُلْفة بينهم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) müsəlmanlar arasında təfriqə və düşmənçiliyə səbəb olan bəzi şeyləri qadağan edir və onlardan çəkindirir. Bunlardan:
 (Zənn) -o, qəlbdə yer alan dəlil-sübutsuz ittihamdır və onun ən yalan ifadələrdən olduğunu bəyan edir.
 (Əttəhəssus):Insanların şəxsi həyatlarını baxmaqla və ya dinləməklə araşdırmaq.
 (Əttəcəssus)- gizli işləri araşdırmaqdır və bu daha  çox şərr və pislikləri nəzərdə tutur.
 (Əl-Həsəd)-başqalarının əldə etdiyi nemətə qərəzli olmaq, nifrət etmək.
 (Əttədəbur)-Bir-birindən üz çevirmək, bir birinə salam verməmək və ziyarət etməmək.
 (Əttəbağud)-Nifrət və sevməmək, başqalarına əziyyət vermək, qaşqabaqlı olub, insanları pis qarşılamaq.
 Sonra müsəlmanların bir-birinə qarşı davranışlarını yoluna  qoyacaq geniş mənalı bir kəlmə dedi: "Ey Allahın qulları, qardaş olun." Qardaşlıq insanlar arasındakı münasibətləri tənzimləyən və onlar arasında sevgi və ünsiyyəti artıran bir bağdır.</t>
   </si>
   <si>
     <t>لا يَضُرُّ الظنُّ السيءُ بمَن ظهرتْ منه علاماتُه، وعلى المؤمن أن يكون كَيِّسًا فَطِنًا لا يَنْخدع بأهل السوء والفسوق.
 المراد التحذير من التهمة التي تستقر في النفس، ومن الإصرار عليها، أما ما يَعرِض في النفس ولا يستقر فهذا لا يُكلف به.
 تحريم أسباب التنافر والقطيعة بين أفراد المجتمع المسلم، من التجسس والحسد ونحوِهما.
 الوصية بمعاملة المسلم معاملة الأخ في النصيحة والتَّوَادّ.</t>
   </si>
   <si>
     <t>Pis əlamətləri ortaya çıxan kəsdən pis zənn etmək zərər yetirməz, mömin ağıllı və müdrik olmalıdır, pis və günahkar insanlara aldanmamalıdır.
 Zənndən çəkindirməkdən məqsəd, onun insanın nəfsində qərarlaşmamasına və israr etməməsinə nail olmaqdır, amma öncəliklə qəlbdə yer alıb, sonradan keçib-gedən zənnə görə insan hesaba çəkilməz.
 Nifrət, kin və müsəlman toplumun fərdləri arasında ayrıseçkiliyə səbəb olan həsəd, insanların şəxsi həyatlarını qeyri etik yollarla araşdırma və bu kimi  bənzər vasitələrin haramlığı.
 Müsəlmana qardaş davranışı ilə nəsihət vermək və sevgi bildirmək tövsiyyəsi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5332</t>
   </si>
   <si>
-    <t>مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ</t>
+    <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
   <si>
     <t>Allah kimə rəhbərlik etməyi nəsib edərsə, rəhbərliyi altında olan insanları aldadaraq ölərsə, Allah cənnəti ona haram edər</t>
   </si>
   <si>
     <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Məqil bin Yəsar əl-Muzənidən (Allah ondan razı olsun) demişdir: Mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: Allah kimə rəhbərlik etməyi nəsib edərsə, rəhbərliyi altında olan insanları aldadaraq ölərsə, Allah cənnəti ona haram edər.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, uca Allah tərəfindən insanlar üzərində  rəhbərlik etməyi  nəsib olunan hər bir şəxs- istər dövlət başçısı kimi ümumi rəhbər olsun, istərsə də kişi və yaxud qadın öz evində cavabdeh olsun- onlar öz məsuliyyəti altında olan insanlarla pis davranarsa, onları aldadarsa, onlara qarşı səmimi olmazsa, onların dini və dünyəvi hüquqlarını yerinə yetirməzsə, bu şiddətli cəzaya layiq olarlar.</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>Bu xəbərdarlıq yalnız rəhbər və onun yardımçılarına aid deyil, əksinə Allahın məsul etdiyi hər bir idarə etmək məsuliyyəti olanlara aid edilir.
 Müsəlmanlara aid olan bir məsələdə rəhbər olan şəxs onlarla səmimi olmalı, əmanətə sadiq olmalı və xəyanətdən çəkinməlidir.
 Ümumi və ya xüsusi, böyük və ya kiçik rəhbərliyə sahib olan hər kəsin məsuliyyətinin ciddi olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5335</t>
   </si>
   <si>
-    <t>كُلُّ مَعْرُوفٍ صَدَقَةٌ</t>
+    <t>كل معروف صدقة</t>
   </si>
   <si>
     <t>Hər bir xeyirxahlıq sədəqədir</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Cabir bin Abdullahdan (Allah onların hər ikisindən razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Hər bir xeyirxahlıq sədəqədir."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) hər bir xeyir əməlin və başqalarına fayda verəcək hər bir söz və hərəkətin sədəqə olduğunu, buna görə əcr və savab yazıldığını xəbər verir.</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>Sədəqə yalnız insanın mal-dövlətindən xərclədiyi vəsaitlərlə məhdudlaşmır, o, həmçinin insanın etdiyi və söylədiyi və insanlara faydası olan bütün xeyirləri əhatə edir.
 Xeyir əmələ və başqalarına fayda verəcək işlərə təşviq.
 Kiçik və cüzi  olsa belə, xeyirdən olan heç bir şeyi kiçik görməmək.</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
     <t>[Əl-Buxari Cabirin hədisini, Muslim Huzeyfə hədisini rəvayət etdilər]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5346</t>
   </si>
   <si>
-    <t>لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ</t>
+    <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
     <t>Din qardaşını sadəcə gülər üzlə qarşılamaq olsa belə, xeyirdən sayılan heç bir əməli kiçik zənn etmə</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
     <t>Əbu Zərrdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) mənə belə dedi: "Din qardaşını sadəcə gülər üzlə qarşılamaq olsa belə, xeyirdən sayılan heç bir əməli kiçik zənn etmə."</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) cüzi olsa belə xeyir əmələ təşviq edir və onun şənini kiçiltməməyi tövsiyə edir. Buna misal olaraq görüş zamanı təbəssüm etməyi göstərmək olar. Müsəlman qardaşla ünsiyyətdə səmimiyyət, qəlbinə sevinc bəxş etmək kimi xüsusiyyətlərə malik olmaq üçün hər bir  müsəlman bu kimi əməllərə həris olmalıdır.</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
   </si>
   <si>
     <t>Möminlər arasında məhəbbət, görüşdükdə təbəssüm və bir-birini sevindirməyin fəziləti.
 Şəriətin hər bir məsələni özündə ehtiva etməsi və kamilliyi. O müsəlmanların islahı və sözlərinin birliyini təsbit etmək üçün bərqərar olmuşdur.
 Az olsa belə, xeyir əməli etməyə təşviq.
 Müsəlmanları sevindirməyin müstəhəbliyi, belə ki, bu onların birliyini reallaşdırır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5348</t>
   </si>
   <si>
-    <t>لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ</t>
+    <t>ليس الشديد بالصرعة، إنما الشديد الذي يملك نفسه عند الغضب</t>
   </si>
   <si>
     <t>Güclü, güləşdə qalib gələn deyil, həqiqi güclü, qəzəb zamanı nəfsini cilovlayan insandır</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Güclü, güləşdə qalib gələn deyil, həqiqi güclü, qəzəb zamanı nəfsini cilovlayan insandır."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ القوةَ الحقيقيةَ ليست قوةَ الجَسَد، أو الذي يَصْرَعُ غيرَه من الأقوياء، وإنما القويُّ الشديدُ هو الذي جاهَدَ نفسَه وقَهَرَها حينما يَشتدُّ به الغضبُ؛ لأنَّ هذا يدل على قوّة تَمَكُّنِهِ من نفسه وتَغَلُّبِه على الشيطان.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, həqiqi qüvvət bədən gücü deyil və ya güclülərlə əlbəyaxa olub onlara qalib gəlmək deyil, həqiqi güclü, qəzəblənən zaman öz nəfsiylə mubarizə aparıb, özünü ələ alandır. Bu isə onun çox təmkinli olmasına və şeytana qalib gəlməsinə dəlalət edir.</t>
   </si>
   <si>
     <t>فضيلة الحِلْم وضَبْط النفس عند الغضب، وأنه من الأعمال الصالحة التي حَثَّ عليها الإسلام.
 مجاهدة النفس عند الغضب أشدُّ من مجاهدة العدو.
 تغيير الإسلام لمفهوم القوة الجاهلي إلى أخلاق كريمة، فأشد الناس قوّة هو مَن مَلَكَ زِمَام نفسِه.
 الابتعاد عن الغضب؛ لما يسبِّبُه من الأضرار على الأفراد والمجتمع.</t>
   </si>
   <si>
     <t>Yumşaqlığın və qəzəb zamanı insanın nəfsini cilovlamasının fəziləti və bunun, İslamın çağırdığı saleh əməllərdən olması.
 Qəzəb zamanı nəfslə mübarizə, düşmənlə mubarizədən daha çətindir.
 İslamın, cahiliyyədəki güc-qüvvət anlayışını dəyişərək onu uca əxlaqla dəyərləndirməsi, İslama görə insanların ən qüvvətlisi hisslərini cilovlayan kəsdir.
 Fərdlərə və cəmiyyətə zərər verdiyi üçün qəzəbdən uzaqlaşmaq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5351</t>
   </si>
   <si>
-    <t>مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ</t>
+    <t>من تشبه بقوم فهو منهم</t>
   </si>
   <si>
     <t>Kim özünü bir topluma oxşadarsa, o da onlardandır</t>
   </si>
   <si>
     <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
   </si>
   <si>
     <t>İbn Ömərdən (Allah onların hər ikisindən də razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Kim özünü bir topluma oxşadarsa, o da onlardandır"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَشَبَّهَ بقومٍ من الكفارِ أو الفُسَّاق أو الصالحين -وذلك بأنْ يَفعَلَ شيئًا من خصائصِهم من العقائد أو العبادات أو العادات- فهو منهم؛ لأنَّ التَّشَبُّهَ بهم في الظاهر يؤدِّي إلى التشبه بهم في الباطن، ولا شك أنَّ التشبهَ بالقوم ناتجٌ عن إعجاب، وقد يؤدِّي إلى محبتهم وتعظيمهم والركون إليهم، وهذا قد يَجرُّ المرءَ إلى أنْ يتشبه بهم حتى في الباطن والعبادة -والعياذ بالله-.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, kim kafirlər, fasiqlər yaxud salehlərdən bir camaata özünü  bənzədərsə- belə ki, onların əqidə, ibadət və adətlərindəki xüsusiyyətlərdən birini edərsə, o da onlardandır, çünki, onlara zahirdə bənzəmək daxilən bənzəməyə aparır- şübhə yoxdur ki, bir camaata özünü oxşatmaq onlara heyranlıqdan doğur- bəzən də onlara məhəbbət bəsləməyə, onları ucaltmağa, onlara güvənməyə, daxildə və ibadətdə onlara bənzəməyə  aparıb çıxarır. Bundan Allaha sığınırıq.</t>
   </si>
   <si>
     <t>التحذير من التشبُّه بالكفار والفساق.
 الحث على التشبه بالصالحين والاقتداء بهم.
 التشبه في الظاهر يورث المحبة في الباطن.
 يَنالُ الإنسان من الوعيد والإثم بحسب التشبه ونوعه.
 النهي عن التشبه بالكفار في دينهم وفي عاداتهم المختصة بهم، أما ما لم يكن كذلك كتعلُّم الصناعات ونحوها فلا يدخل في النهي.</t>
   </si>
   <si>
     <t>Kafirlərə və fasiqlərə bənzəməkdən çəkindirmə.
 Salehlərə bənzəmək və onların yolu ilə getməyə çağırış.
 Zahirdə bəznərlik daxildə məhəbbət doğurar.
 İnsan hədə xəbərdarlığını və günahı,  bənzəmənin  miqdarı və növünə görə qazanır.
 Kafirlərə dinlərində və onlara xas olan adətlərində bənzəməyin qadağan edilməsi, lakin bu qəbildən olmayan, məsələn, istehsalatın öyrənilməsi və bənzəri məsələlərdəki oxşarlıq qadağaya daxil deyil.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5353</t>
   </si>
   <si>
-    <t>مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ</t>
+    <t>من دل على خير فله مثل أجر فاعله</t>
   </si>
   <si>
     <t>Kim xeyirə yönəldərsə, o, xeyir iş görənlə əcrdə şərik olar</t>
   </si>
   <si>
     <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
   </si>
   <si>
     <t>Əbu Məsud Əl Ənsaridən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Bir kişi  Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gələrək dedi: "Mənim miniyim-heyvanım həlak oldu, mənə minik ver". Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Yoxumdur". Orada olan bir kişi dedi: "Ey Allahın Rəsulu, mən ona minik verəcək kimsəyə yönəldərəm"  Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Kim xeyirə yönəldərsə, o, xeyir iş görənlə əcrdə şərik olar."</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
   </si>
   <si>
     <t>Bir kişi Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gələrək dedi: Mənim miniyim həlak oldu, məni miniyə mindir və ya məni mənzilimə çatdıracaq bir minik ver. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona miniyinin olmadığını  bildirdi. Orada iştirak edən bir kişi dedi ki,  ey Allahın Rsəulu, mən onu minik verəcək birinə yönəldərəm. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) də onun  əcrdə sədəqə edənlə şərik olması ilə müjdələyir, çünki o, ehtiyacı olan kəsi axtardığına yönləndirmişdir.</t>
   </si>
   <si>
     <t>الحث على الدلالة على الخير.
 الحضُّ على فعل الخير من أسباب تَكَافُل المجتمع المسلم وتكامله.
 سَعَة فضل الله تعالى.
 الحديث قاعدة عامة فيدخل فيه كلُّ أعمال الخير.
 الإنسان إذا لم يتمكَّن مِن تحقيق رغبة السائل، فإنه يَدُلُّه على غيره.</t>
   </si>
   <si>
     <t>Xeyirə vasitəçiliyə təşviq.
 Xeyir əməli etməyə maraq oyatmaq, müsəlman toplumunun mükəmməl surətdə qurulmasına və onun  həmrəyliyinə səbəbdir.
 Uca Allahın fəzilətinin genişliyi.
 Bu hədis bütün xeyir əməlləri əhatə edən ümumi şəri qaydadır.
 İnsan ondan yardım istəyənin ehtiyacını ödəyə bilmirsə, o zaman onu başqasına yönəltməlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5354</t>
   </si>
   <si>
-    <t>سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ</t>
+    <t>سألت النبي صلى الله عليه وسلم: أي الذنب أعظم عند الله؟ قال: أن تجعل لله ندا وهو خلقك</t>
   </si>
   <si>
     <t>Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) Allah qatında ən böyük günah hansıdır?”- deyə soruşduğumda: “Səni yaratmış olduğu halda Allaha şərik qoşmağındır</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ» قُلْتُ: إِنَّ ذَلِكَ لَعَظِيمٌ، قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «وَأَنْ تَقْتُلَ وَلَدَكَ؛ تَخَافُ أَنْ يَطْعَمَ مَعَكَ» قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «أَنْ تُزَانِيَ حَلِيلَةَ جَارِكَ».</t>
   </si>
   <si>
     <t>Abdullah bin Məsudun (Allah ondan razı olsun) belə dediyi rəvayət edilir: Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) Allah qatında ən böyük günah hansıdır?”- deyə soruşduğumda: “Səni yaratmış olduğu halda Allaha şərik qoşmağındır”- deyə cavab verdi. Mən dedim: Həqiqətən də bu böyük məsələdir. Sonra hansı?- deyə soruşdum. O Dedi: Övladının sənin yeməyinə şərik olub səninlə yeməsi qorxusuna (ruzi qorxusuna) görə onu öldürmək".  Dedim: "Sonra hansı?" Dedi: "Qonşunun həyat yoldaşıyla cinsi yaxınlıq etmək".</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن أَعْظَمِ الذنوب فقال: 
 أعظمُها الشركُ الأكبر، وهو أن تجعل لله مَثِيْلًا أو نظيرًا في ألوهيته أو ربوبيته أو أسمائه وصفاته، وهذا الذنب لا يغفره الله تعالى إلا بالتوبة، وإن مات صاحبه عليه فهو مُخَلَّدٌ في النار. 
 ثم قَتْلُ المرءِ ولدَه خشيةَ أن يأكل معه، وقتلُ النفس حرام، لكن يعظم إثمه إذا كان المقتول ذا رَحِمٍ من القاتل، ويعظم إثمه أيضًا حين يكون مقصودُ القاتل الخشيةَ من أنْ يشاركه المقتول في رزق الله. 
 ثم أنْ يُزانيَ الرجل بزوجة جاره بأنْ يُحاول التَّغْرِيرَ بزوجة جاره حتى يَزنيَ بها وتنقاد له، 
 والزنا حرام ولكن يعظم إثمه إذا كانت المزنيُّ بها زوجةَ الجار الذي أوصى الشرع بالإحسان إليه وبره وحسن صحبته.</t>
   </si>
   <si>
     <t>Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) ən böyük günah haqqında soruşuldu, O isə dedi: Ən böyük günah şirkdir və bu, Allahı uluhiyyətində və ya rübubiyyətində və ya isim və sifətlərində Ona nəyisə, kimisə tay-bərabər etməkdir. Bu günah  uca Allah tərəfindən ancaq tövbə ilə bağışlanar və əgər bunu edən həmin (şirk) üzrə ölərsə, əbədi olaraq cəhənnəmdə qalar. Sonra insanın övladını ruzi qıtlığı qorxusuyla öldürməsi.
 İnsanı öldürmək haramdır, qan bağı olan bir qohumu öldürmək daha böyük günahdır və Allahın insana verdiyi ruzidə öldürdüyü kimsənin şərik olmasından, bu səbəbə görə ruzisinin daralmasından qorxaraq öldürmək daha böyük günahdır. Sonra qonşusunun həyat yoldaşıyla zina etmək. Qonşusunun həyat yoldaşını özünə cəlb edər və onunla cinsi əlaqəyə girmək üçün onu aldatmağa çalışar. Zina haramdır, lakin bu yaramaz hərəkət, haqqında şəriətin xeyirxahlıq və gözəl münasibət əmr etdiyi qonşunun həyat yoldaşıyla etdikdə isə günah daha da böyük olur.</t>
   </si>
   <si>
     <t>تفاوت الذنوب في العِظَم، كما أن الأعمال الصالحة تَتَفاوت في الفضل.
 أعظم الذنوب: الشرك بالله تعالى، ثم قتل الولد خشية أن يطعم معك، ثم أن تُزاني زوجة جارك.
 الرزق بيد الله وقد تَكَفَّلَ سبحانه بأرزاق المخلوقين.
 عِظَم حق الجار، وأنَّ أذيتَه أَعظم إثمًا من أذية غيرِه.
 الخالق هو المستحق للعبادة وحده لا شريك له.</t>
   </si>
   <si>
     <t>Saleh əməllər üstünlüyünə görə fərqləndiyi kimi, günahlar da böyüklüyünə görə fərqlənir.
 Ən böyük günah: Uca Allaha şərik qoşmaq, sonra yeməyinə şərik olacağından qorxaraq övladı öldürmək, sonra qonşunun həyat yoldaşıyla zina etməkdir.
 Ruzi pak olan Allahın əlindədir, O  yaradılmışların ruzilərinə zamindir.
 Qonşunun haqqı böyükdür, qonşuya əziyyət vermək qeyrilərinə əziyyət verməkdən daha böyük günahdır.
 İbadətə yalnız Yaradan  layiqdir və Onun şəriki yoxdur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5359</t>
   </si>
   <si>
-    <t>لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا</t>
+    <t>لا تسبوا الأموات، فإنهم قد أفضوا إلى ما قدموا</t>
   </si>
   <si>
     <t>Ölüləri söyməyin, çünki onlar artıq dünyada ikən etdikləri əməllərə qovuşublar</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال النبي صلى الله عليه وسلم: «لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا».</t>
   </si>
   <si>
     <t>Aişədən (Allah ondan  razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Ölüləri söyməyin, çünki onlar artıq dünyada ikən etdikləri əməllərə qovuşublar."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حُرْمةَ سبِّ الأموات والوقوع في أعراضهم، وأنَّ هذا من مَسَاوِئ الأخلاق، فإنهم وَصَلُوا إلى ما قدَّموه من أعمال صالحة أو طالحة، وكما أنّ هذا السبَّ لا يبلغهم فإنّه إنما يؤذي الأحياء.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, ölüləri söymək, onların şərəf-ləyaqətləri barədə nalayiq sözlər demək haram və pis əxlaqdandır, çünki onlar dünyada ikən etdikləri istər saleh, istərsə də pis əməllərə artıq qovuşublar və bu söyüş onlara çatmır, lakin sağ olan insanlara əziyyət verir.</t>
   </si>
   <si>
     <t>الحديث دليل على تحريم سب الأموات.
 ترك سب الأموات فيه مراعاة لمصلحة الأحياء، والحفاظ على سلامة المجتمع من التشاحن والتباغض.
 الحكمة من النهي عن سبهم أنهم وصلوا إلى ما قدموا فلا ينفع سبهم، وفيه إيذاء لأقاربه الأحياء.
 أنه لا ينبغي للإنسان أن يقول ما لا مصلحة فيه.</t>
   </si>
   <si>
     <t>Bu hədis ölüləri söyməyin haramlığına dəlalət edir.
 Ölüləri söyməyi tərk etməkdə, sağ olanların mənafeyinin hifz edilməsi, cəmiyyətin düşmənçilik və nifrətdən qorunması kimi xeyirlər vardır.
 Dünyasını dəyişmiş insanların söyməyin qadağa edilməsinin hikməti budur ki, onlar etdikləri əməllərə qovuşublar və ölüləri söymək heç kimə fayda verməz, əksinə bu ölənin yaxınlarına əziyyət verməkdir.
 İnsan xeyir olmayan sözləri dilinə gətirməməlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5364</t>
   </si>
   <si>
-    <t>لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ</t>
+    <t>لا يحل لرجل أن يهجر أخاه فوق ثلاث ليال، يلتقيان، فيعرض هذا ويعرض هذا، وخيرهما الذي يبدأ بالسلام</t>
   </si>
   <si>
     <t>Bir insana din qardaşını üç gecədən artıq tərk edərək küsülü qalması caiz deyildir, onlar görüşdükdə birisi digərindən üz çevirər, digəri də bunu təkrar edər. Sözsüz ki, onların ən xeyirlisi birinci salamlaşandır</t>
   </si>
   <si>
     <t>عن أبي أيوب الأنصاري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ».</t>
   </si>
   <si>
     <t>Əbu Əyyub Əl- Ənsaridən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Bir insana din qardaşını üç gecədən artıq tərk edərək küsülü qalması caiz deyildir, onlar görüşdükdə birisi digərindən üz çevirər, digəri də bunu təkrar edər. Sözsüz ki, onların ən xeyirlisi birinci salamlaşandır."</t>
   </si>
   <si>
     <t>نهى النبيُّ صلى الله عليه وسلم عن هَجْر المسلم أخاه المسلمَ أكثر من ثلاث ليال، يلتقي كلٌّ منهما بالآخر ولا يسلم عليه ولا يكلمه.
 وأفضل هذين المتخاصمين مَن يُحاوِل إزالةَ الهجر، ويبدأ بالسلام، والمراد بالهجر هنا الهجر لحظ النفس، أما الهجر لحق الله تعالى كهجر العصاة والمبتدعة وقرناء السوء، فهذا لا يُؤقَّت بوقت، وإنما هو معلق بالمصلحة في الهجر، ويزول بزوالها.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) müsəlmanın din qardaşını üç gecədən artıq tərk edərək küsülü qalmasını, üz-üzə gəldikdə  ona  salam verməyərək danışdırmamasını qadağan etmişdir.
 Bu iki küsülü kəsin ən xeyirlisi, aranı düzəltməyə çalışan, önə keçib birinci salam verəndir. Burda "hicr", yəni tərk etmək sözündə məqsəd, nəfsi üçün hicr etməyə aiddir. Amma Allah rizası üçün günahkarları, bidət əhlini, əxlaq cəhətdən pis yoldaşları tərk etmək, bu müəyyən bir vaxtla məhdudlaşmır, çünki bu növ insanları tərk etmək ümumi xeyir və fayda üçündür və  islah olunduqca onlara qarşı tətbiq olunan hicr də aradan qaldırılır.</t>
   </si>
   <si>
     <t>إباحة الهجر في الثلاثة أيام فما دونها، مراعاة للطباع البشرية، فعُفي عن الهجر في الثلاث ليذهب ذلك العارض.
 فضل السلام، وأنه يُزيل ما في النفوس، وأنه علامة على المحبة.
 حرص الإسلام على الأخوة والألفة بين أهله.</t>
   </si>
   <si>
     <t>İnsan təbiətini nəzərə alaraq üç və daha az vaxt küsülü qalmağa icazə verilmişdir, və üç gün ərzində tərk etmə qəlblərdə baş verən bu inciklik və sıxıntının aradan qalxması üçündür.
 Salam verməyin fəziləti, çünki o, nəfslərdə olan kin-küdurəti aradan qaldırır və eyni zamanda bu,  sevgi və mehribançılığın bir əlamətidir
 İslamın qardaşlığa və müsəlmanlar arasında birliyə çağırışı.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5365</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ</t>
+    <t>لا يدخل الجنة قاطع رحم</t>
   </si>
   <si>
     <t>Qohumluq əlaqələrini kəsən cənnətə daxil olmaz</t>
   </si>
   <si>
     <t>عن جُبَير بن مُطْعِم رضي الله عنه أنه سمع النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ».</t>
   </si>
   <si>
     <t>Cubeyr bin Mutimdən (Allah ondan razı olsun) rəvayət edilir ki,  Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: "Qohumluq əlaqələrini kəsən cənnətə daxil olmaz."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قَطَع عن أقاربه ما يَجِب لهم من الحقوق، أو آذاهم وأساء إليهم، فهو مُستحق ألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, qohumlarla əlaqəni kəsən, haqlarını ödəməyən, onlara pislik edib əziyyət verən şəxs cənnətə layiq deyildir.</t>
   </si>
   <si>
     <t>قطيعة الرحم كبيرة من كبائر الذنوب.
 صلة الرحم تكون حسب المتعارف عليه، فتختلف باختلاف الأمكنة والأزمنة والأشخاص.
 صلة الرحم تكون بالزيارة، والصدقة، والإحسان إليهم، وعيادة المرضى، وأمرهم بالمعروف، ونهيهم عن المنكر، وغير ذلك.
 كلما كانت قطيعة الرحم في الأقرب كانت أشدَّ إثمًا.</t>
   </si>
   <si>
     <t>Qohumluq əlaqələrini kəsmək böyük günahlardandır.
 Qohumluq əlaqələri, insanlar arasındakı münasibətə, adət ənənəyə əsasən qurulur və zamana, məkana və şəxslərə görə dəyişə bilər.
 Qohumluq əlaqələri, onları ziyarət etməklə, sədəqə verməklə, onlara yaxşılıq etməklə, həmçinin xəstəni  ziyarət etmək kimi, xeyir işləri əmr edib, pis əməllərdən çəkindirmək kimi və buna bənzər əməllərlə mümkündür.
 Qohumluğun yaxınlıq dərəcəsi artdıqca, onlarla əlaqələri kəsməyin günahı daha da artır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5367</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ</t>
+    <t>لا يدخل الجنة قتات</t>
   </si>
   <si>
     <t>İnsanlar arasında söz gəzdirən cənnətə daxil olmaz</t>
   </si>
   <si>
     <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
   </si>
   <si>
     <t>Huzeyfə (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "İnsanlar arasında söz gəzdirən cənnətə daxil olmaz."</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, insanlar arasında fəsad törətmək məqsədiylə söz  gəzdirənlər cəzaya layiqdirlər ki, buna görə cənnətə girməzlər.</t>
   </si>
   <si>
     <t>النميمة من كبائر الذنوب.
 النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
   </si>
   <si>
     <t>Nəmimə - insanlar arasında söz gəzdirmək böyük günahlardandır.
 İnsanlar arasında söz gəzdirmək toplu və fərdlər arasında zərər və fəsad törətdiyinə görə qadağan edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5368</t>
   </si>
   <si>
-    <t>مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ</t>
+    <t>ما شيء أثقل في ميزان المؤمن يوم القيامة من خلق حسن، وإن الله ليبغض الفاحش البذيء</t>
   </si>
   <si>
     <t>Qiyamət günü möminin tərəzisində gözəl əxlaqdan daha ağır gələcək başqa bir şey yoxdur. Həqiqətən Uca Allah, əxlaqsız və çirkin söz (və davranış) sahiblərinə nifrət edir</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ».</t>
   </si>
   <si>
     <t>Əbu Dərda (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir. «Qiyamət günü möminin tərəzisində gözəl əxlaqdan daha ağır gələcək başqa bir şey yoxdur. Həqiqətən Uca Allah, əxlaqsız və çirkin söz (və davranış) sahiblərinə nifrət edir».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أَثقلَ ما في مِيْزانِ المؤمنِ يوم القيامة من الأعمالِ والأقوالِ هو حُسْنُ الخُلُق، وذلك بِبَسْطِ الوَجْه، وكفِّ الأذى، وبذلِ المعروف. 
 والله تعالى يُبْغِضُ القبيحَ في فِعْلِه وقَوْلِه، البَذيءَ فيما يَنْطِقُ بِهِ لسانُه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Qiyamət günü möminin tərəzisində, əməl və sözlərdən ən ağır gələcək şeyin gözəl əxlaq olduğunu bildirmişdir. Bu da gülər üzlü olmaq, başqalarına əziyyət verməmək və yaxşılıq etməklə olur. Uca Allah əməllərində və sözlərində çirkin olana, dili ilə  ədəbsiz söz danışanlara nifrət edir.</t>
   </si>
   <si>
     <t>فضيلة حسن الخلق؛ لأَنه يُوْرِثُ لصاحبِهِ مَحبةَ الله، ومحبةَ عبادِه، وهو أعظمُ ما يُوْزَنُ يومَ القيامة.</t>
   </si>
   <si>
     <t>Gözəl əxlaqın fəziləti, çünki o sahibinə Allahın və Onun qullarının sevgisini qazandırır və (gözəl əxlaq) qiyamət günü tərəzidə çəkiləcək ən böyük şeydir.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي</t>
   </si>
   <si>
     <t>[Əbu Davud, Ət-Tirmizi rəvayət etdilər]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5371</t>
   </si>
   <si>
-    <t>مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ</t>
+    <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
   </si>
   <si>
     <t>Kim ruzisinin artmasını və ömrünün uzanmasını istəyirsə, qohumluq əlaqələrini qorusun</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
   </si>
   <si>
     <t>Ənəs bin Malikdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: " Kim ruzisinin artmasını və ömrünün uzanmasını istəyirsə, qohumluq əlaqələrini qorusun."</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) qohumları ziyarət etməyə, onlara şəxsi və maddi dəstək olmağa çağırış edir. Bildirir ki, bu əməllər, ruzinin artmasına və ömrün uzanmasına səbəb olur.</t>
   </si>
   <si>
     <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
 الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
 صلة الرحم سببٌ لِبَسْطِ الرِّزق وتوسيعه، وسببٌ لطول العمر، وإن كان الأجلُ والرزقُ محددًا إلا أنه قد يكون بركة في الرزق والعمر، فيفعل في عمره أكثر وأنفع مما يفعله غيرُه، وقيل زيادة الرزق والعمر زيادة حقيقية. والله أعلم.</t>
   </si>
   <si>
     <t>Qohumlar- ata və ana tərəfdən olan yaxınlardır və ona görə də qohumluq telləri nə qədər yaxındırsa, onlarla əlaqələri sıx saxlamaq da bir o qədər  vacibdir.
 Əməlin mükafatı yaxud cəzası, onun növündəndir, kim qohumlarla xeyir və yaxşılıq edərək əlaqə saxlayarsa, Allah onun ömrünə və ruzisinə bərəkət verər.
 İnsanın əcəli və ruzisi, qədər kitabında müəyyən həddə yazılmasına baxmayaraq, qohumlarla gözəl davranmaq onun qədərində  ruzinin və ömrünün bərəkətli olmasına səbəb ola bilər. Digər insanlardan fərqli olaraq, qohumlarla əlaqə saxlayan insan daha çox və daha faydalı ömür sürür. Hədisdə ruzinin və ömrün həqiqi mənada artdığını da söyləyən alimlər var.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5372</t>
   </si>
   <si>
-    <t>مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ</t>
+    <t>من ضار ضار الله به، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Kim bir müsəlmana zərər verərsə, Allah da ona zərər verər. Kim bir müsəlmanı çətinliyə salarsa, Allah da onu çətinliyə salar</t>
   </si>
   <si>
     <t>عن أبي صِرْمة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Əbu Sirmadan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Kim bir müsəlmana zərər verərsə, Allah da ona zərər verər. Kim bir müsəlmanı çətinliyə salarsa, Allah da onu çətinliyə salar."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إدخالِ المَضَرَّة على المسلم، أو إلحاق المَشَقَّة به في أي أمر من أموره؛ في نفسه أو ماله أو أهله، وأنَّ من فعل ذلك فإن الله يُجازيه ويعاقبُه من جِنْسِ عملِه.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) müsəlmana zərər verməkdən, hər hansı bir işdə onun özünə, mal-dövlətinə və ya ailəsinə çətinlik yaratmaqdan çəkindirir, bildirir ki, kim bunu edərsə, Allah onun əməlinin müqabilində cəzasını verəcək.</t>
   </si>
   <si>
     <t>تحريم الإضرار بالمسلم وإلحاق المشقة به.
 انتقام الله لعباده.</t>
   </si>
   <si>
     <t>Müsəlmana zərər vermək və ona çətinlik törətmək haramdır.
 Allahın qullarına görə intiqamı.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5375</t>
   </si>
   <si>
-    <t>إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَيْنَا، فَقُلْنَا: يَا رَسُولَ اللَّهِ، قَدْ عَلِمْنَا كَيْفَ نُسَلِّمُ عَلَيْكَ، فَكَيْفَ نُصَلِّي عَلَيْكَ؟</t>
+    <t>إن النبي صلى الله عليه وسلم خرج علينا، فقلنا: يا رسول الله، قد علمنا كيف نسلم عليك، فكيف نصلي عليك؟</t>
   </si>
   <si>
     <t>Bir gün Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bizim yanımıza gəlmişdi. Biz ona: “Ey Allahın elçisi, sənə necə salam verəcəyimizi öyrəndik, bəs sənə necə salavat  gətirək?</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى قَالَ: لَقِيَنِي كَعْبُ بْنُ عُجْرَةَ، فَقَالَ: أَلاَ أُهْدِي لَكَ هَدِيَّةً؟ إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَيْنَا، فَقُلْنَا: يَا رَسُولَ اللَّهِ، قَدْ عَلِمْنَا كَيْفَ نُسَلِّمُ عَلَيْكَ، فَكَيْفَ نُصَلِّي عَلَيْكَ؟ قَالَ: «فَقُولُوا: اللَّهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا صَلَّيْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ، اللَّهُمَّ بَارِكْ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا بَارَكْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ».</t>
   </si>
   <si>
     <t>Abdurrahmən bin Əbu Leylə rəvayət edir: Kə‘b bin Ucrə (Allah ondan razı olsun) mənimlə qarşılaşdı və dedi: "Sənə bir hədiyyə verimmi?" Bir gün Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bizim yanımıza gəlmişdi. Biz ona: “Ey Allahın elçisi, sənə necə salam verəcəyimizi öyrəndik, bəs sənə necə salavat  gətirək? deyə sual verdik. O da belə dedi: «Bu cür deyin : Allahummə salli alə Muhəmmədin və alə əli Muhəmməd, kəmə salleytə alə İbrahimə, innəkə həmidun Məcid. Allahummə bərik alə Muhəmmədin və alə əli Muhəmməd, kəmə salleytə alə İbrahimə, innəkə həmidun Məcid » (Allah'ım, İbrahimə və onun ailəsinə salat etdiyin kimi Məhəmməd (Allahın salavatı və salamı onun üzərinə olsun) və onun ailəsinə də salat et. Həqiqətən Sən təriflənməyə layiq və ucasan. Allah'ım, İbrahimə və onun ailəsinə xeyr və bərəkət lütf etdiyin kimi Məhəmməd (Allahın salavatı və salamı onun üzərinə olsun) və onun ailəsinə də xeyr və bərəkət ver. Həqiqətən Sən təriflənməyə layiq və ucasan)</t>
   </si>
   <si>
     <t>سَألَ الصحابةُ النبيَّ صلى الله عليه وسلم عن كيفيةِ الصلاةِ عليه؟ بعد مَعرفتِهِم كيفيةَ السلامِ عليه في التحيات: "السلام عليك أيها النبي ورحمة الله وبركاته..."؟ 
 فأخبرَهم النبيُّ صلى الله عليه وسلم بكيفيةِ الصلاةِ عليه، ومعناها: 
 "اللهم صلِّ على محمدٍ وعلى آل محمد" 
 أي: أثن عليه بالذكر الجميل في الملأ الأعلى، وعلى أتباعه في دينه، والمؤمنون من قرابته. 
 "كما صلَّيتَ على آل إبراهيم" 
 فكما تفضلت على آل إبراهيم عليه السلام وهم إبراهيم وإسماعيل وإسحاق وذريتهم وأتباعهم المؤمنين، فأَلْحِقْ فضلك بمحمدٍ صلى الله عليه وسلم. 
 "إنك حميد مجيد" 
 أي: المحمود في ذاتك وصفاتك وأفعالك، الواسع في عظمتك وسلطانك وعطائك. 
 "اللهم بارك على محمدٍ وعلى آل محمد كما باركتَ على آل إبراهيم" 
 أي أعطِهِ من الخير والكرامة أعظمَها وزِدْها وثَبِّتْها.</t>
   </si>
   <si>
     <t>Səhabələr Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) necə salam verməyi - "Allahın salamı, rəhməti və bərəkəti sənin üzərinə olsun ey Peyğəmbər"- öyrəndikdən sonra, ona necə salavat gətirəcəklərini soruşdular? Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onlara necə salavat gətirilməsini və salavatın mənasını bildirdi: "Allahummə salli alə Muhəmmədin və alə əli Muhəmməd" (Allahım, Muhəmməd və ailəsinə salat və salam et) Yəni: Allahım, ən uca toplumda onu, onun dininə tabe olanları, qohumlarından olan möminləri gözəl sözlərlə təriflə. "Allahım, İbrahimin (allahın salamı onun üzərinə olsun) ardınca gedənlərə mərhəmət etdiyin kimi" Necəki İbrahimin ailəsinə-İbrahimə,İsmayıla, İshaqa və onların soyundan gələnlərə, onların ardınca gedən möminlərə- lütf etdiyin kimi, eyni şəkildə Məhəmmədə (Allahın salavatı və salamı onun üzərinə olsun) də fəzilətindən bəxş et. Həqiqətən Sən təriflənməyə layiq və ucasan. Yəni: Zatında, sifətlərində və fellərində tərifəlayiq, əzəmətində, səltənətində və əta bəxş etməyində böyüksən. Allahım, İbrahimə və onun ailəsinə bərəkət verdiyin kimi Məhəmməd (Allahın salavatı və salamı onun üzərinə olsun) və onun ailəsinə də bərəkət ver. Yəni, ona böyük xeyir və fəzilət ver, ona verdiyin fəziləti artır və sabit et.</t>
   </si>
   <si>
     <t>السَّلَفُ كانوا يتهادَوْن مسائلَ العلم.
 وجوب الصلاة على النبي صلى الله عليه وسلم في التشهد الأخير من الصلاة.
 النبي صلى الله عليه وسلم علَّم أصحابَه السلامَ والصلاةَ عليه.
 هذه الصيغة هي أكملُ الصِّيَغِ في الصلاةِ على النبيِّ صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Sələflər (öncəki insanlar) elm məsələlərində bir-biri ilə hədiyələşərdilər.
 Namazın axırıncı təşəhhüdündə Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) salavat gətirməyin vacibliyi
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) səhabələrinə ona salam verməyi və salavat gətirməyi öyrətmişdir.
 Bu salavat forması Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) salavat gətirmənin ən kamil formasıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5377</t>
   </si>
   <si>
-    <t>لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ</t>
+    <t>لا صلاة لمن لم يقرأ بفاتحة الكتاب</t>
   </si>
   <si>
     <t>Fatihə surəsini oxumayanın namazı yoxdur (səhih deyildir)</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ بْنِ الصَّامِتِ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ».</t>
   </si>
   <si>
     <t>Ubədə bin Samit (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir: "Fatihə surəsini oxumayanın namazı yoxdur (səhih deyildir)"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلمَ أنَّ الصلاةَ لا تَصِحُّ إلا بقراءة سورة الفاتحة، فهي ركن من أركان الصلاة في كلِّ ركعة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Fatihə surəsini oxumadan namazın səhih olmadığını bildirmişdir. Çünki o hər rükətdə namazın rukunlarından biridir .</t>
   </si>
   <si>
     <t>لا يُجْزِىءُ عن قراءةِ الفاتحةِ غيرُها مع القُدرةِ عليها.
 بُطلان الركعة التي لم يُقرأْ فيها بالفاتحة، مِن المُتَعَمِّدِ والجاهلِ والناسي؛ لأنها ركن، والأركان لا تسقط مطلقًا.
 تسقط قراءةُ الفاتحةِ عن المأموم إذا أدركَ الإمام راكعًا.</t>
   </si>
   <si>
     <t>Oxumağa qadir olduğu halda Fatihə oxumağı başqa heç bir şey əvəz etməz.
 Qəsdən, bilmədən və ya unudaraq fatihə surəsi oxunmayan rükət  batildir. Çünki o, bir rukndur və namazın ruknları heç vaxt düşməz.
 Əgər imamın arxasında qılan, imama rukuda olan zaman yetişərsə, (həmin rükətdə) fatihə surəsini oxumaq onun üzərindən düşər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5378</t>
   </si>
   <si>
-    <t>أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ</t>
+    <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>Qulun Allaha ən yaxın olduğu an, səcdədə olduğu məqamdır. Səcdədə olarkən duanı çoxaldın</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Qulun Allaha ən yaxın olduğu an, səcdədə olduğu məqamdır. Səcdədə olarkən duanı çoxaldın."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, qulun Rəbbinə ən yaxın olduğu an, səcdə etdiyi andır və buna səbəb namaz qılanın səcdə əsnasında bədəninin ən uca və ən şərəfli hissəsini  izzət və cəlal sahibi olan Allaha itəatkarlıqla, zəlilliklə və təvazökarlıqla yerə qoymasıdır.
 Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) səcdədə duanı artırmağı əmr edir. Nəticədə Allaha zəlilliklə edilən səcdədə, söz və feil birləşir.</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
     <t>İtaət, qulun uca və pak olan Allaha yaxınlığını artırır.
 Səcdədə duanı artırmağın müstəhəbliyi, çünki duanın qəbul olunma məqamlarındandır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5382</t>
   </si>
   <si>
-    <t>مَنِ اغْتَسَلَ يَوْمَ الجُمُعَةِ غُسْلَ الجَنَابَةِ ثُمَّ رَاحَ، فَكَأَنَّمَا قَرَّبَ بَدَنَةً</t>
+    <t>من اغتسل يوم الجمعة غسل الجنابة ثم راح، فكأنما قرب بدنة</t>
   </si>
   <si>
     <t>Kim cümə günü cənabət qüslu  alar, sonra cüməyə gedərsə, sanki (Allah yolunda) dəvə kəsmiş kimi olar</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنِ اغْتَسَلَ يَوْمَ الجُمُعَةِ غُسْلَ الجَنَابَةِ ثُمَّ رَاحَ، فَكَأَنَّمَا قَرَّبَ بَدَنَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّانِيَةِ، فَكَأَنَّمَا قَرَّبَ بَقَرَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّالِثَةِ، فَكَأَنَّمَا قَرَّبَ كَبْشًا أَقْرَنَ، وَمَنْ رَاحَ فِي السَّاعَةِ الرَّابِعَةِ، فَكَأَنَّمَا قَرَّبَ دَجَاجَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الخَامِسَةِ، فَكَأَنَّمَا قَرَّبَ بَيْضَةً، فَإِذَا خَرَجَ الإِمَامُ حَضَرَتِ المَلاَئِكَةُ يَسْتَمِعُونَ الذِّكْرَ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Kim cümə günü cənabət qüslu  alar, sonra cüməyə gedərsə, sanki (Allah yolunda) dəvə kəsmiş kimi olar, Kim ikinci saatda gedərsə, inək kəsmiş kimi olar. Kim üçüncü saatda gedərsə, sanki buynuzlu qoç kəsmiş kimi olar. Kim dördüncü saatda gedərsə, sanki bir toyuq kəsmiş kimi olar və hər kim beşinci saatda gedərsə, sanki yumurta sədəqə etmiş kimi olar. İmam xütbə verməyə  çıxdıqda isə mələklər zikri dinləmək üçün 
 gələrlər”.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فَضْل التَّبْكِيْر في الذهاب إلى صلاة الجمعة، 
 ويبدأ التبكير من طلوع الشمس إلى مجيء الإمام؛ وهو خمس ساعات، وتقسم على حسب الوقت بين طلوع الشمس إلى دخول الإمام وصعوده المنبر للخطبة خمسة أجزاء:
 الأول: من اغتسل غسلًا كاملًا كغسل الجنابة،  ثم ذهب لمسجد الجمعة في الساعة الأولى فكأنما تصدَّق بِجَمَل.
 الثاني: من ذهب في الساعة الثانية فكأنما تصدَّق ببقرة.
 الثالث: من ذهب في الساعة الثالثة فكأنما تصدق بكبش -وهو ذكر الضأن-  له قرون. 
 الرابع: من ذهب في الساعة الرابعة فكأنما تصدق بدجاجة.
 الخامس: من ذهب في الساعة الخامسة فكأنما تصدق ببيضة.
 فإذا خرج الإمام للخطبة؛ توقَّفت الملائكة الجالسون على الأبواب لكتابة الداخلين للمسجد الأول فالأول عن الكتابة، وجاؤوا يستمعون الذكر والخطبة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) cümə namazına tez getməyin fəziləti haqqında xəbər verir. Tez gəlmək günəş çıxandan imamın gəlişinə qədərki müddətdə başlayır. Bu isə beş saatdır ki, günəşin çıxması ilə imamın daxil olması və xütbə verməsi üçün minbərə qalxana qədər olan zaman arasındakı vaxta görə beş hissəyə bölünür:
 Birinci: Kim cənabət qüslü kimi kamil qüsl alarsa, sonra cümə məscidinə ilk saatda gedərsə, sanki dəvə sədəqə vermiş olar.
 İkinci: Hər kim ikinci saatda gedərsə, sanki bir inək sədəqə vermiş kimi olar.
 Üçüncü: Kim üçüncü saatda gedərsə, sanki buynuzlu bir qoç - erkək qoyun - sədəqə vermiş kimi olar.
 Dördüncüsü: Hər kim dördüncü saatda gedərsə, sanki bir toyuq sədəqə vermiş kimi olar.
 Beşinci: Hər kim beşinci saatda gedərsə, sanki yumurta sədəqə vermiş kimi olar.
 İmam xütbə vermək üçün  çıxdıqda; qapılarda əyləşən mələklər bir-birinin ardınca (ilk olaraq) məscidə  girənləri yazmağı dayandırar, zikr və xütbəni dinləməyə gələrlər.</t>
   </si>
   <si>
     <t>الحث على الاغتسال يوم الجمعة، ويكون قبل الذهاب إلى الصلاة.
 فضيلة التبكير إلى صلاة الجمعة من أول ساعات النهار.
 الحث على المبادرة إلى الأعمال الصالحة.
 حضور الملائكة صلاة الجمعة واستماعهم للخطبة.
 الملائكة على أبواب المساجد، يكتبون القادمين، الأوّل فالأول، في المجيء إلى صلاة الجمعة.
 قال ابن رجب: قوله: "من اغتسل يوم الجمعة، ثم راح" يَدُلّ على أن الغُسل المستحب للجمعة أوّله طلوع الفجر، وآخره الرواح إلى الجمعة.</t>
   </si>
   <si>
     <t>Cümə günü namaza getməzdən əvvəl qüsl almağa təşviq etmək.
 Günün ilk saatlarından cümə namazına tez gəlməyin fəziləti.
 Saleh əməllər işləməyə tələsməyə həvəsləndirmək.
 Mələklərin cümə namazında iştirak etməsi və xütbəni dinləmələri.
 Mələklər məscidlərin qapılarında durub, cümə namazına ilk olaraq gələnləri yazır.
 İbn Rəcəb (Allah ona rəhmət etsin) demişdir: “Onun: “Kim cümə günü qüsl alıb sonra gedərsə” sözü, dəlalət edir ki, cümə günü üçün müstəhəb olan qüslün ilk vaxtı sübh namazının girməsi ilə başlayıb, cüməyə getməklə  bitir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5393</t>
   </si>
   <si>
-    <t>مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من أكل طعاما فقال: الحمد لله الذي أطعمني هذا ورزقنيه من غير حول مني ولا قوة، غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Kim yemək yeyib: “Əlhəmdu-lilləhil-ləzi ətaməni həzə va razəqanihi min ğeyri həvlin minni və ləə qüvvətin (Mənim tərəfimdən heç bir güc və qüvvət sərf olmadan bunu mənə yedizdirən və mənə ruzi olaraq verən Allaha həmd olsun” desə, onun keçmiş günahları bağışlanar</t>
   </si>
   <si>
     <t>عَنْ سَهْلِ بْنِ مُعَاذِ بْنِ أَنَسٍ عَنْ أَبِيهِ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>Səhl bin Muaz bin Ənəs atasından rəvayət edərək belə demişdir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: Kim yemək yeyib: “Əlhəmdu-lilləhil-ləzi ətaməni həzə va razəqanihi min ğeyri həvlin minni və ləə qüvvətin (Mənim tərəfimdən heç bir güc və qüvvət sərf olmadan bunu mənə yedizdirən və mənə ruzi olaraq verən Allaha həmd olsun” desə, onun keçmiş günahları bağışlanar.</t>
   </si>
   <si>
     <t>يحثُّ النبيُّ صلى الله عليه وسلم مَن أَكلَ طعامًا بأنْ يَحمدَ الله، فلا قدرة لي في جلب الطعام، ولا في أكله إلا بالله تعالى وإعانته، 
 ثم بشَّر صلى الله عليه وسلم مَن قال ذلك بأنه مستحق لمغفرة الله له ما مضى من ذنوبه الصغائر.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) yemək yeyən kəsi Allaha həmd etməyə təşviq edir, çünki insanın Uca Allah və Onun köməyi olmadan yeməyi əldə etməyə və yeməyə gücü yoxdur. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bu sözləri deyəni, Allah tərəfindən ötüb-keçmiş kiçik günahlarının bağışlanmasına layiq olduğu ilə müjdələdi.</t>
   </si>
   <si>
     <t>استحباب حَمْد الله تعالى في آخر الطعام.
 بيان عظيم فضل الله تعالى على عباده حيث رزَقَهم ويَسَّرَ لهم أسباب الرزق وجعل في ذلك تكفير السيئات.
 أمور العباد كلها من الله عز وجل، وليست بحولهم وقوتهم، والعبد مأمور بفعل الأسباب.</t>
   </si>
   <si>
     <t>Yeməyin sonunda Uca Allaha həmd etməyin müstəhəbliyi.
 Uca Allahın qulları üzərindəki lütfünün böyüklüyünün bəyanı, belə ki, onları ruziləndirdi, ruzi səbəblərini onlar üçün asanlaşdırdı və bunu onların  günahlarının təmizlənməsi səbəbi etdi.
 Qulların bütün işləri onların gücü və qüvvəti ilə deyil, əksinə izzət və Cəlal sahibi olan Allahdandır və (bununla yanaşı) bəndəyə səbəbləri yerinə yetirmək əmr edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5431</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ ثُمَّ أَتَى الْجُمُعَةَ فَاسْتَمَعَ وَأَنْصَتَ غُفِرَ لَهُ مَا بَيْنَهُ وَبَيْنَ الْجُمُعَةِ وَزِيَادَةُ ثَلَاثَةِ أَيَّامٍ</t>
+    <t>من توضأ فأحسن الوضوء ثم أتى الجمعة فاستمع وأنصت غفر له ما بينه وبين الجمعة وزيادة ثلاثة أيام</t>
   </si>
   <si>
     <t>Kim dəstəmaz alar və onu kamil şəkildə yerinə yetirərsə, sonra cümə namazına gedər, dinləyər və sakit durarsa, onunla növbəti cümə arasındakı və əlavə üç günlük  günahları bağışlanar</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ ثُمَّ أَتَى الْجُمُعَةَ فَاسْتَمَعَ وَأَنْصَتَ غُفِرَ لَهُ مَا بَيْنَهُ وَبَيْنَ الْجُمُعَةِ وَزِيَادَةُ ثَلَاثَةِ أَيَّامٍ، وَمَنْ مَسَّ الْحَصَى فَقَدْ لَغَا».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: "Kim dəstəmaz alar və onu kamil şəkildə yerinə yetirərsə, sonra cümə namazına gedər, dinləyər və sakit durarsa, onunla növbəti cümə arasındakı və əlavə üç günlük  günahları bağışlanar və hər kim kiçik daşlarla oynayarsa, artıq boş işlə məşğul olmuş (cümənin savabını itirmiş) olar."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضأ فأحسن وضوءه بإتمام أركانه والإتيان بسننه وآدابه، ثم أتى صلاة الجمعة وأنصت وأصغى للخطيب، وسكت عن اللغو؛ غفر الله له صغائر ذنوب عشرة أيام، من صلاة الجمعة إلى الجمعة الثانية وزياة ثلاثة أيام؛ لأن الحسنة بعَشر أمثالها، 
 ثم حذَّر صلى الله عليه وسلم من عدم إقبال القلب عمّا يقال في الخطبة من مواعظ، ومِن عَبَثِ الجوارح مِن مَسِّ الحصى وغيره من أنواع العبث والانشغال، بأنَّ مَن فَعل ذلك فقد لغا، ومن لغا فلا حظ له في أجر جمعة كاملة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, kim dəstəmaz alar və onun ruknlarını tamamlayaraq, sünnət və ədəblərinə əməl etməklə gözəl şəkildə yerinə yetirərsə, sonra cümə namazına gedib, susaraq xütbə verəni  dinləyərsə və boş söhbət etməzsə, bu cümə namazından ikinci cüməyə və üç gün də əlavə olaraq on günlük kiçik günahlarını Allah bağışlayar. Çünki yaxşı əməlin savabı on qat artırılar. Sonra o,  (Allahın salavatı və salamı onun üzərinə olsun) xütbə zamanı bədən əzaları ilə daşlara toxunmaq və digər bu kimi boş işlərlə məşğul olub, xütbədə deyilən nəsihətlərə qəlbin yönəlməməsindən çəkindirmişdir. Belə ki, kim bunu edərsə, artıq boş işlə məşğul olmuşdur və kim boş işlə məşğul olarsa, onun cümə namazının kamil savabından bir payı yoxdur.</t>
   </si>
   <si>
     <t>الحث على أداء الوضوء وإتمامه على كمال، والمحافظة على صلاة الجمعة.
 فضل صلاة الجمعة.
 وجوب الإنصات لخطبة الجمعة، وعدم التشاغل عنها بالكلام وغيره.
 من لغا أثناء الخطبة فصلاة الجمعة مجزئة ومسقطة للفرض، مع نقص الأجر.</t>
   </si>
   <si>
     <t>Dəstəmaz almağa və onu kamil şəkildə tamamlamağa və cümə namazına riayət etməyə (davamlı qılmağa) təşviq etmək.
 Cümə namazının fəziləti.
 Cümə xütbəsinə sakitcə qulaq asmaq, söhbət və ya başqa bir şeylə məşğul olaraq ondan yayınmamaq lazımdır.
 Xütbə əsnasında boş işlə məşğul olanın cümə namazı keçərli olub, üzərindəki fərzi düşürmüş olur (cümə fərzi yerinə yetirilmiş sayılır), lakin bununla yanaşı namazın savabı naqis olur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5433</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ</t>
+    <t>من صلى صلاة الصبح فهو في ذمة الله</t>
   </si>
   <si>
     <t>Kim sübh namazını qılarsa, Allah onu himayəsi altına alar</t>
   </si>
   <si>
     <t>عن جُندب بن عبد الله القَسْرِِي رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ، فَلَا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبَّهُ عَلَى وَجْهِهِ فِي نَارِ جَهَنَّمَ».</t>
   </si>
   <si>
     <t>Cundub bin Abdullah əl-Qasridən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Kim sübh namazını qılarsa, Allah onu himayəsi altına alar. Ona görə Allahın himayəsi altında olan kəsə əziyyət verməkdən çəkinin və özünüz də bu əhdi, himayəni pozmayın, kim bunu edərsə cəzaya uğrayar və cəhənnəmə  üzü üstə atılar".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
 ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, sübh namazını qılan kəsi Allah qoruyur və o  Allahın mühafizəsi və himayəsi altındadır, onu müdafiə edər, həmçinin ona yardım edər.
 Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbərdarlıq edir ki, sübh namazını tərk etmək, həmçinin sübh  namazıni  qılan kəsə əngəl törədmək, ona zor tətbiq etmək, əhdin (himayənin) pozulmasına və onun  ləğvinə gətirib çıxarar. Kim bunu edərsə, Allahdan uzaqlaşar, Onun haqqını ödəməkdə səhlənkar olduğu üçün şiddətli təhdidə layiq olar, o  üzü üstə cəhənnəmə atılar.</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
     <t>Sübh namazının əhəmiyyəti və fəzilətinin bəyanı
 Sübh namazını qılan insana əngəl törətməkdən şiddətli çəkindirmə.
 Uca Allahın saleh qullarına pislik edənlərdən intiqam alması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5435</t>
   </si>
   <si>
-    <t>مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ</t>
+    <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>Allaha və axirət gününə iman gətirən, ya xeyir söyləsin, ya da sussun</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Allaha və axirət gününə iman gətirən, ya xeyir söyləsin, ya da sussun, Allaha və axirət gününə iman gətirən qonşusuna yaxşılıq etsin, kim Allaha və axirət gününə iman gətirirsə, qonağına qarşı səxavətli və əliaçıq olsun."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Allaha və dönəcəyi axirət gününə iman gətirən mömin barədə bəhs edir, etdiyi əməlin müqabilini alacağı barədə xəbər verir. İmanı onu aşağıdakı xüsusi keyfiyyətlərə yiyələnməsinə təşviq edir:
 Birincisi: Təsbih (SubhənaAllah), təhlil (lə iləhə iləllaAllah), xeyir işlərə çağırmaq və qadağalardan çəkindirmək, insanların arasını gözəl sözlərlə islah etmək kimi gözəl sözlər. Bunu etmək iqtidarında olmazsa, susmalı, əziyyət verməkdən çəkinməli və dilini pislikdən qorumalıdır.
 İkincisi: Qonşuya qarşı ehtiramla yanaşmaq: ona xeyirxahlıq etmək, əziyyət verməmək.
 Üçüncüsü: Səni ziyarətə gələn qonağa: gözəl söz, yemək təqdim etmək və buna  bənzər səxavətli əməllərlə yaxşılıq etmək.</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
 التحذير من آفات اللسان.
 دين الإسلام دين الأُلفة والكرم.
 هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
 كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
   </si>
   <si>
     <t>Allaha və axirət gününə iman etmək bütün xeyirlərin əsasıdir, iman  xeyir işlər  görməyə həvəsləndirir.
 Dilin bəlalarından çəkindirmək.
 İslam dini ülfət, birlik və səxavət dinidir.
 Bu xüsusiyyətlər imanın şaxələrindən və tərifəlayiq ədəblərdəndir.
 Çox danışmaq bəzən bəyənilməyənə və ya haram sözə gətirib çıxara bilər, salamatlıq yalnız xeyir söyləməkdədir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5437</t>
   </si>
   <si>
-    <t>مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ</t>
+    <t>من لا يرحم الناس لا يرحمه الله عز وجل</t>
   </si>
   <si>
     <t>İnsanlara rəhm etməyənə izzət və cəlal sahibi olan Allah rəhm etməz</t>
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>Cərir bin Abdullahdan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "İnsanlara rəhm etməyənə izzət və cəlal sahibi olan Allah rəhm etməz"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, insanlara rəhm etməyənə izzət və cəlal sahibi olan Allah rəhm etməz. Qulun yaradılmış varlıqlara qarşı rəhmli olması, onun uca Allahın rəhmətinə nail olması üçün ən böyük səbəblərdən biridir.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>Rəhmət keyfiyyəti tək insanlara deyil, bütün yaradılmışlara qarşı tələb olunandı, lakin burada insana verilən xüsusi dəyərə görə o, fərdi surətdə qeyd edilmişdir.
 Allah rəhmlidir, rəhmli qullarına mərhəmət edir. Əməlin mükafatı yaxud cəzası, onun növündəndir.
 İnsanlara rəhmət- onlara xeyiri çatdırmağı, şəri onlardan uzaqlaşdırmağı, onlarla gözəl davranmağı əhatə edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5439</t>
   </si>
   <si>
-    <t>يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي</t>
+    <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
   </si>
   <si>
     <t>Ey Adəm oğlu, nə qədər ki, Mənə dua edib ümid bəsləyirsən, sənin etdiyin günahları bağışlayaram və onlara əhəmiyyət vermərəm</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
   </si>
   <si>
     <t>Ənəs bin Malikdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyini eşitdim: Uca  Allah buyurdu: Ey Adəm oğlu, nə qədər ki, Mənə dua edib ümid bəsləyirsən, sənin etdiyin günahları bağışlayaram və onlara əhəmiyyət vermərəm. Ey Adəm oğlu, əgər sənin günahların göydəki buludlara çatsa, sonra Məndən bağışlanma diləsən, Mən səni bağışlayaram və onlara əhəmiyyət vermərəm, ey Adəm oğlu, əgər sən Mənə yer dolusu günahla gəlsən və Mənə heç bir şeyi şərik qoşmadan mənimlə qarşılaşsan, Mən səni yer dolusu bağışlanmayla qarşılayaram".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلَّى اللهُ علَيه وسلَّم أنَّ الله تباركَ وتعالى قال في الحديثِ القدسيِّ: يا ابنَ آدمَ ما دمْتَ تدْعونِي وتَرْجو رَحْمتي، ولمْ تَقْنَطْ؛ سَتَرتُ ذنبَكَ ومحوتُه غير مبالٍ فيه؛ ولو كانَ هذا الذنب والمعصية من الكبائر. 
 يا ابن آدم: لو كَثُرَت ذُنوبُك كثرةً تَملَأُ ما بينَ السَّماءِ والأرضِ بحيث تَبلُغُ أقطارَها وتَعُمَّ نَواحِيَها، ثمَّ استَغفَرتَني؛ محوت وغَفَرتُ لك جميعَها غيرَ مُبالٍ بكَثرتِها.
 يا ابنَ آدمَ: إنَّك لو أتيتَني بعدَ الموتِ بمِلْءِ الأرضِ ذُنوبًا ومَعاصِيَ، وكنتَ قد مِتَّ مُوحِّدًا لا تُشرِكُ بي شيئًا؛ لقابَلتُ هذه الذُّنوبَ والْمعاصِيَ، بمِلْئِ الأرض، مَغفِرةً؛ لأنَّني واسِعُ المغفرةِ، وأغفِرُ كل الذنوب إلا الشِّركَ.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, Uca Allah qüdsü hədisdə buyurub: «Ey Adəm oğlu, nə qədər ki, Mənə dua edib rəhmətimə ümid bəsləyirsən və ümidini kəsmirsən; bu günah və itaətsizlik böyük günahlardan olsa da belə, sənin günahını örtər və ona əhəmiyyət vermədən silərəm. Ey Adəm övladı, əgər sənin günahların göylə yerin arasını  dolduraraq, onun hər tərəfinə çatıb, hər yerini bürüyəcək qədər çox olsa, sonra Məndən bağışlanma diləsən, çoxluğuna əhəmiyyət vermədən hamısını silib, bağışlayaram.
 Ey Adəm övladı, əgər ölümdən sonra yer dolusu günah və asiliklə  mənim yanıma gəlsən və mənə heç bir şeyi şərik qoşmadan tövhid əhli olaraq ölmüsənsə; Mən  bu günah və asilikləri yer dolusu bağışlanma ilə qarşılayaram; Çünki Mən bağışlaması geniş olanam və şirkdən başqa bütün günahları bağışlayıram.</t>
   </si>
   <si>
     <t>سعة رحمة الله تعالى ومغفرته وفضله.
 فضل التوحيد، وأنَّ الله يغفر للموحدين الذنوب والمعاصي.
 خطر الشرك وأن الله لا يغفر للمشركين.
 قال ابن رجب: وقد تضمَّن هذا الحديث الأسباب الثلاثة التي تحصل بها مغفرة الذنوب: الأول: الدعاء مع الرجاء، الثاني: الاستغفار وطلب التوبة، الثالث: الموت على التوحيد.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 الذنوب ثلاثة أنواع: الأول: الشرك بالله؛ وهذا لا يغفره الله، قال الله عز وجل: {إنه من يشرك بالله فقد حرم الله عليه الجنة}، الثاني: ظلم العبد نفسه فيما بينه وبين ربه من ذنوب ومعاصي؛ فإن الله عز وجل يغفر ذلك، ويتجاوز إن شاء، الثالث: ذنوب لا يترك الله منها شيئًا؛ وهي ظلم العباد بعضهم بعضًا، فلا بد من القصاص.</t>
   </si>
   <si>
     <t>Uca Allahın rəhmətinin, bağışlamasının və lütfünün genişliyi.
 Tövhidin fəziləti və Allahın muvahhidlərin (Allaha, heç bir şeyi şərik qoşmadan ibadət edən kəslərin) günah və asiliklərini bağışlaması.
 Şirkin təhlükəsi və Allahın müşrikləri bağışlamaması.
 İbn Rəcəb demişdir: Bu hədis özündə, günahların bağışlanmasının hasil olduğu üç səbəbi əhatə etmişdir: Birincisi: ümid edərək dua etmək, ikincisi: istiğfar-Allahdan bağışlanma diləmək və tövbə etmək, üçüncüsü: tövhid üzərində ölmək.
 Bu hədis Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) öz Rəbbindən nəql etdiyi hədisdir və o qüdsü və ya ilahi hədis adlanır və onun ləfzi və mənası Allahdandır, lakin  Quranın hər şeydən fərqləndiyi, qiraəti ilə ibadət etmək, onun üçün təmiz olmaq, onunla (kafirlərə) meydan oxumaq və onları aciz buraxmaq  və digər  özünəməxsus xüsusiyyətləri onda yoxdur.
 Günahlar üç növdür: Birincisi: Allaha şərik qoşmaq; və bunu Allah bağışlamır, İzzət və Cəlal sahibi olan Allah buyurur: {Həqiqətən, kim Allaha şərik qoşarsa, Allah ona Cənnəti haram etmişdir}.
 İkincisi: Qulun Rəbbi ilə öz arasında olan günah və asiliklərlə özünə zülm etməsi: İzzət və cəlal sahibi olan Allah istəsə bunu bağışlayar və üzərindən keçər.
 Üçüncüsü. Allahın  heç birini (cəzasız) buraxmadığı günahlardır ki, bu da, qulların bir-birinə zülm etməsidir, onlara görə də (quldan) qisas alınacaqdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5456</t>
   </si>
   <si>
-    <t>إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ</t>
+    <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>Allah dərgahında ən qəzəbinə gələn insanlar, mübahisə etdikdə həddi aşanlardır</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
     <t>Aişədən (Allah ondan razə olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Allah dərgahında ən qəzəbinə gələn insanlar, mübahisə etdikdə həddi aşanlardır."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Uca və Müqəddəs Allah insanlar arasında haqqa tabe olmayıb, şiddətli şəkildə və çox mübahisə edən, onu rədd etməyə çalışan və yaxud haqlı olaraq mübahisə edən, lakin mübahisədə həddi aşaraq mübaliğə edən və elmsiz höcətləşən kəsə nifrət bəsləyir.</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
     <t>Şərii məhkəmə yolu ilə haqqını tələb edən məzlum, sözügedən məzəmmətli mübahisə mövzusuna daxil deyildir.
 Höcətləşmə və mübahisə müsəlmanların arasında ayrılıq və düşmənçiliyə səbəb olacaq dilin bəlalarındandır.
 Gözəl mübahisə, haqq üzərində qurulan və gözəl üslubla edilən müzakirədir, lakin haqqı inkar etməklə, batilə üstünlük vermək və dəlilsiz, sübutsuz  mübahisə etmək məzəmmət olunan mübahisədir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5474</t>
   </si>
   <si>
-    <t>أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ</t>
+    <t>أحب الكلام إلى الله أربع: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، لا يضرك بأيهن بدأت</t>
   </si>
   <si>
     <t>Allaha ən sevimli olan dörd kəlimə vardır: Subhanallah (Allah və nöqsanlardan pakdır), əlhəmdulilləh (həmd yalnız Allaha məxsusdur), ləə iləhə illəllah (Allahdan başqa ibadətə layiq ilah yoxdur), Allahu əkbər (Allah ən böyükdür).Hansıyla başlasan zərəri olmaz</t>
   </si>
   <si>
     <t>عن سَمُرَة بن جندبٍ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ».</t>
   </si>
   <si>
     <t>Səmura bin Cundəbdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Allaha ən sevimli olan dörd kəlimə vardır: Subhanallah (Allah və nöqsanlardan pakdır), əlhəmdulilləh (həmd yalnız Allaha məxsusdur), ləə iləhə illəllah (Allahdan başqa ibadətə layiq ilah yoxdur), Allahu əkbər (Allah ən böyükdür).Hansıyla başlasan zərəri olmaz.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أحبَّ الكلام إلى الله تعالى أربع: 
 سبحان الله: وتعني تنزيه الله تعالى عن كل نَقْصٍ. 
 والحمد لله: وهي وصف الله بالكمال التام مع محبته وتعظيمه. 
 ولا إله إلا الله: أي: لا معبود حق إلا الله. 
 والله أكبر: أي: أَجَلُّ وأعظم وأعزُّ من كل شيء. 
 وأن فضلها وحصول ثوابها لا يقتضي ترتيبَها عند النطق بها.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, uca Allaha ən sevimli olan kəlimələr dörddür:
 Subhanallah: Yəni uca Allahın bütün nöqsanlardan uzaq olması.
 Əlhəmdulilləh: Bu, sevgi və təzim bəsləməklə Allahı ən mükəmməl sifətlə vəsf etməkdir.
 Lə iləhə illəllah: Yəni, Allahdan başqa ibadətə layiq olan məbud yoxdur.
 Allahu əkbər: Yəni, O hər şeydən ən izzətli, ən əzəmətli, ən böyükdür.
 Bu fəziləti və savabını əldə etmək üçün bu kəlimələri tələffüz edərkən onları sıra qaydasında söyləmək vacib deyildir.</t>
   </si>
   <si>
     <t>يُسْرُ الشريعة، حيث لا يَضُرُّ بأي هذه الكلمات بدأت.</t>
   </si>
   <si>
     <t>Şəriətin asanlığı, belə ki, hansı biri ilə başlasan fərq etmir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5475</t>
   </si>
   <si>
-    <t>سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ</t>
+    <t>سئل رسول الله صلى الله عليه وسلم عن أكثر ما يدخل الناس الجنة، فقال: تقوى الله وحسن الخلق</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanları ən çox cənnətə salan meyar haqqında soruşuldu. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) isə belə buyurdu: "Təqva və gözəl əxlaq</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ»، وَسُئِلَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ النَّارَ فَقَالَ: «الْفَمُ وَالْفَرْجُ».</t>
   </si>
   <si>
     <t>Əbu Hureyrə (Allah ondan razı olsun) demişdir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanları ən çox cənnətə salan meyar haqqında soruşuldu. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) isə belə buyurdu: "Təqva və gözəl əxlaq." Sonra insanları ən çox cəhənnəmə aparan məsələ haqqında soruşuldu və buyurdu ki: "Ağız (dil) və cinsiyyət orqanı".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أعظم الأسباب التي تُدخل الجنة سببان، هما: 
 تقوى الله وحسن الخلق. 
 فتقوى الله: هي أن تجعل بينك وبين عذاب الله وقاية، وذلك بفعل أوامره واجتناب نواهيه.
 وحسن الخلق: يكون ببسط الوجه وبذل المعروف وكف الأذى.
 وأن أعظم الأسباب التي تدخل النار سببان، هما:
 اللسان والفرج.
 فاللسان من معاصيه: الكذب والغيبة والنميمة وغيرها.
 والفَرْج من معاصيه: الزنى واللواط وغيرها.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, insanı cənnətə salan səbəblərin ən başlıcası iki səbəbdir:
 Allah qorxusu və gözəl əxlaq.
 Allah qorxusu: Bu, özünlə Allahın əzabı arasında sədd qoymaqdır, bu isə Onun əmirlərini yerinə yetirməklə və qadağalarından  çəkinməklə baş verir.
 Gözəl əxlaq: Gülər üzlü olmaq, xeyir etməyə can atmaq və  əziyyət verməkdən çəkinməklə olur.
 İnsanı cəhənnəmə salan  səbəblərin ən başlıcası iki səbəbdir:
 Dil və cinsiyyət orqanı.
 Dilin işlətdiyi günahlar: Yalan, qeybət, sözgəzdirmə və başqalarıdır.
 Cinsiyyət orqanının işlətdiyi günahlar: Zina, homoseksuallıq və başqalarıdır.</t>
   </si>
   <si>
     <t>دخول الجنة له أسباب متعلقة بالله تعالى، ومنها: تقواه، وأسباب متعلقة بالناس، ومنها: حسن الخُلق.
 خطر اللسان على صاحبه، وأنه من أسباب دخول النار.
 خطر الشهوات والفواحش على الإنسان، وأنها من أكثر أسباب دخول النار.</t>
   </si>
   <si>
     <t>Cənnətə daxil olmaq üçün uca Allahla əlaqəli səbəblərindən biri də təqvadır. İnsanlarla əlaqəli səbəblər var ki, bunlardan da biri gözəl əxlaqdır.
 Dilin, sahibi üçün təhlükə mənbəyi və cəhənnəmə daxil edən səbəblərdən olması.
 Şəhvət və pozğunluğun insan üçün təhlükəsi və onun, insanları ən çox cəhənnəmə aparan səbəblərindən olması.</t>
   </si>
   <si>
     <t>حسن صحيح</t>
   </si>
   <si>
     <t>[Həsən səhih]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5476</t>
   </si>
   <si>
-    <t>الْحَيَاءُ مِنَ الْإِيمَانِ</t>
+    <t>الحياء من الإيمان</t>
   </si>
   <si>
     <t>Həya imandandır</t>
   </si>
   <si>
     <t>عن عبد الله بن عمر رضي الله عنهما قال: سَمِعَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلًا يَعِظُ أَخَاهُ فِي الْحَيَاءِ، فَقَالَ: «الْحَيَاءُ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Abdullah bin Amr (Allah onların hər ikisindən razı olsun) dedi: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bir nəfərin din qardaşına, artıq dərəcədə həyalı olduğu üçün bu xislətini tərk etməyi nəsihət etdiyini eşidir və deyir:" Həya imandandır."</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
 والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) qardaşına çox həya etməsini tərk etməyi tövsiyə edən adamın sözlərini eşidir və ona bildirir ki, həya imandandır və yalnız xeyir gətirər.
 Həya gözəl əməl etməyə və çirkin əməli tərk etməyə sövq edən  əxlaqdır.</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
     <t>Səni xeyirdən çəkindirən şey həya adlanmaz, bu, xəcalət, acizlik, zəiflik, qorxaqlıq adlanar.
 İzzət və Cəlal sahibi olan Allahdan həya etmək , Onun əmrlərini yerinə yetirməklə və qadağalarından çəkinməklə gerçəkləşir.
 Yaradılmışlardan həya etmək, onlara ehtiram etməklə, onlara layiq olduqları dəyəri verməklə və ümumiyyətlə çirkin olaraq qəbul ediln əməllərdən uzaq durmaqla gerçəkləşir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5478</t>
   </si>
   <si>
-    <t>الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ،</t>
-[...2 lines deleted...]
-    <t>Güclü mömin zəif mömindən daha xeyirli və Allaha daha sevimlidir. Və hər ikisində də xeyir vardır.</t>
+    <t>المؤمن القوي، خير وأحب إلى الله من المؤمن الضعيف، وفي كل خير،</t>
+  </si>
+  <si>
+    <t>Güclü mömin zəif mömindən daha xeyirli və Allaha daha sevimlidir. Və hər ikisində də xeyir vardır</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ، احْرِصْ عَلَى مَا يَنْفَعُكَ، وَاسْتَعِنْ بِاللهِ وَلَا تَعْجَزْ، وَإِنْ أَصَابَكَ شَيْءٌ، فَلَا تَقُلْ لَوْ أَنِّي فَعَلْتُ كَانَ كَذَا وَكَذَا، وَلَكِنْ قُلْ قَدَرُ اللهِ وَمَا شَاءَ فَعَلَ، فَإِنَّ (لَوْ) تَفْتَحُ عَمَلَ الشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Güclü mömin zəif mömindən daha xeyirli və Allaha daha sevimlidir. Və hər ikisində də xeyir vardır. Sənə faydalı olan şeylərə həris ol. Allahdan yardım istə və acizlik etmə. Başına bir müsibət gəldiyi zaman "əgər belə etsəydim bu cür olardı, belə olardı" demə.  Lakin de ki, "Allahın qədəridir və O, istədiyini edir". Çünki "əgər" kəliməsi şeytanın edəcəyi işlərə qapı açır".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المؤمنَ خيرٌ كلُّه، ولكن المؤمن القوي في إيمانِهِ وعزيمتِهِ ومالِهِ وغيرِها مِن أوجه القوة خيرٌ وأحبُّ إلى الله عز وجل من المؤمن الضعيف. 
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, hər bir mömin xeyirlidir. Lakin imanı, əzmi, malı və digər cəhətləri ilə güclü olan mömin, Allah üçün zəif mömindən daha xeyirli və daha sevimlidir. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) mömin olan kəsə  Uca Allaha etimad edərək, Ondan yardım istəyərək və ona təvəkkül edərək, özünə fayda verəcək, dünya və axirətlə bağlı işlərdə  səbəbləri götürməsini tövsiyə etmişdir. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər iki dünyada faydalı olan işləri etməkdə acizlik göstərməyi, tənbəllik etməyi və qəfləti qadağan etdi. Əgər mömin Allahdan kömək istəyərək səylə çalışarsa və səbəblərdən yapışarsa və Allahdan xeyir istəyərsə, o zaman  bütün işlərini  yalnız Allaha həvalə etməli və Uca Allahın seçiminin daha xeyirli olduğunu bilməlidir. Bundan sonra başına bir müsibət gələrsə belə deməsin: "Əgər belə etsəydim, belə olardı" Qədərə etiraz edərək, olub keçənlərə kədərlənərək "əgər  və ya kaşki" demək şeytana qapı açır. Lakin təslimiyyət və razılıqla "Allahın qədəridir və O, istədiyini edir" desin. Baş verən hər şey Allahın istədiyi kimi olmuşdur. Çünki O, istədiyini edəndir. Onun hökmünü rədd edəcək (ortadan qaldıracaq) və hökmünü qınayacaq heç kim yoxdur.</t>
   </si>
   <si>
     <t>تَفاوُت الناس في الإيمان.
 استحباب القوة في الأعمال؛ لأنه يحصل بها من الفائدةِ ما لا يحصل بالضعف.
 الإنسانُ ينبغي أنْ يحرصَ على ما ينفعُه، ويترك ما لا ينفعه.
 يجب على المؤمن أنْ يَطلُبَ معونةَ الله له في كل أموره، ولا يعتمد على نفسه.
 إثبات القضاء والقدر، وأنه لا ينافي بَذْلَ الأسباب والسعي في طلب الخيرات.
 النهي عن قول «لو» على وجه التَّسَخُّطِ عند نزول المصائب، وتحريم الاعتراض على القضاء والقدر لله تعالى.</t>
   </si>
   <si>
     <t>İnsanların imanlarına görə fərqlənməsi
 Əməllərdə qüvvətli olmağın sevilməsi, çünki güc ilə əldə edilən faydalar zəifliklə əldə edilmir.
 İnsan özünə fayda verən şeylərə həris olmalı, ona fayda verməyən şeyləri isə tərk etməlidir.
 Mömin bütün işlərində Allahdan kömək istəməli, özünə güvənməməlidir.
 Qəza və qədəri isbat etmək. Bu xeyir əldə etmək üçün səbəblərdən yapışmağı və çalışmağı inkar etmir.
 Müsibət zamanı qəzəblənərək "əgər" deməyin qadağan edilməsi və Uca Allahın qəza və qədərinə etiraz etməyin haramlığı.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5493</t>
   </si>
   <si>
-    <t>الدُّعَاءُ هُوَ الْعِبَادَةُ</t>
+    <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>Dua ibadətdir</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
     <t>Numan bin Bəşirdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Dua ibadətdir", sonra bu ayəni oxudu: {Rəbbiniz belə buyurdu: “Mənə dua edin ki, dualarınızı qəbul edim! Mənə ibadət etməyə  təkəbbür göstərənlər zəlil bir halda cəhənnəmə girəcəklər.} [Ğafir:60]"</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, dua ibadətin əsasıdır. Burada önəmli olan budur ki, edilən dua sırf Allah üçün olmalıdır, bu dua istər istək və tələb duası olsun, belə ki, Allah Təalədən dünya və axirətdə özünə fayda verən şeyləri umub və zərər verən şeyləri dəf etməyi istəsin, yaxud da ibadət duası olsun, bu isə Allahın sevib və razı qaldığı zahiri və batini əməllərdən və sözlərdən, həmçinin qəlbi ilə, bədəni ilə və mal-dövləti ilə icra edilən ümumi ibadətlərdən ibarətdir.
 Arxasınca Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) uca Allahın bu kəlamını dəlil gətirərək deyir: Uca Allah buyurur: {Mənə dua edin ki, dualarınızı qəbul edim! Mənə ibadət etməyə  təkəbbür göstərənlər zəlil bir halda cəhənnəmə girəcəklər.}</t>
   </si>
   <si>
     <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
 الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
 الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
   </si>
   <si>
     <t>Dua ibadətin əsasıdır və Allahdan başqasına yönəltmək olmaz.
 Dua qulluğun həqiqətini, Uca Rəbbin qüdrətini, Onun kimsəyə ehtiyacı olmadığını və qulun Ona möhtaclığının etirafını özündə ehtiva edir.
 Duanı tərk etməyə görə və Allaha ibadətdə təkəbbürlük etməyə görə şiddətli xəbərdarlıq edilmişdir. Allaha dua etməyə təkəbbürlük edənlər cəhənnəmə alçaldılmış və zəlil vəziyyətdə girəcəklər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5496</t>
   </si>
   <si>
-    <t>كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ</t>
+    <t>كان أكثر دعاء النبي صلى الله عليه وسلم: اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ən çox etdiyi duası bu idi: "Allahummə Rabbənə ətinə fiddunyə həsənətən və fil-əxirati həsənətən və qinə əzəbən-nər". (Ey Rəbbimiz olan Allahım, bizə dünyada da, axirətdə də gözəl nemətlər ver və bizi od əzabından (Cəhənnəmdən) qoru)</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ».</t>
   </si>
   <si>
     <t>Ənəsdən (Allah ondan razı olsun) rəvayət edildiyinə görə o, belə dedi: Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ən çox etdiyi duası bu idi: "Allahummə Rabbənə ətinə fiddunyə həsənətən və fil-əxirati həsənətən və qinə əzəbən-nər". (Ey Rəbbimiz olan Allahım, bizə dünyada da, axirətdə də gözəl nemətlər ver və bizi od əzabından (Cəhənnəmdən) qoru).</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يُكْثِرُ الدعاءَ بِجَوامِعِ الدعاء، ومنها: 
 "اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار"،
 فهو يشتمل على حسنة الدنيا من رزق هنيءٍ واسع حلال، وزوجة صالحة، وولدٍ تقَرُّ به العين، وراحة، وعلمٍ نافع، وعمل صالح، ونحو ذلك من المطالب المحبوبة والمباحة، وحسنة الآخرة من السلامة من العقوبات في القبر والموقف والنار، وحصول رضا الله، والفوز بالنعيم المُقيم، والقرب من الرب الرحيم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) başqa duaları özündə cəm edən duaları daha çox edərdi, onlardan biri budur: "Allahummə Rabbənə ətinə fiddunyə həsənətən və fil-əxirati həsənətən və qinə əzəbən-nər." Və bu, bol, geniş, halal ruzi və saleh həyat yoldaşı, gözün sevinci olan övlad, rahatlıq faydalı elm və saleh əməl və digər sevimli, mübah istəklər kimi dünya xeyirlərini  əhatə edir və eyni zamanda qəbrdə, məhşərdə və cəhənnəmdə əzabdan salamat qalmaq və Allahın razılığına,əbədi  nemətə və Rəhimli Rəbbə yaxın olmağa nail olmaq kimi axirət xeyirlərini də əhatə edir.</t>
   </si>
   <si>
     <t>استحباب الدعاء بالأدعية الجامعة، تأسيًا بالنبي صلى الله عليه وسلم.
 الأكمل أنْ يَجمعَ الإنسانُ في دعائه بين خير الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) nümunə götürərək əhatəli-geniş dualar etməyin bəyənilən olması
 İnsanın duasında dünya və axirət xeyirlərini cəm etməsi daha kamildir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5502</t>
   </si>
   <si>
-    <t>سَيِّدُ الِاسْتِغْفَارِ</t>
+    <t>سيد الاستغفار</t>
   </si>
   <si>
     <t>Seyyidul-istiğfar</t>
   </si>
   <si>
     <t>عَنْ شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَيِّدُ الِاسْتِغْفَارِ أَنْ تَقُولَ: اللَّهُمَّ أَنْتَ رَبِّي لاَ إِلَهَ إِلَّا أَنْتَ، خَلَقْتَنِي وَأَنَا عَبْدُكَ، وَأَنَا عَلَى عَهْدِكَ وَوَعْدِكَ مَا اسْتَطَعْتُ، أَعُوذُ بِكَ مِنْ شَرِّ مَا صَنَعْتُ، أَبُوءُ لَكَ بِنِعْمَتِكَ عَلَيَّ، وَأَبُوءُ لَكَ بِذَنْبِي فَاغْفِرْ لِي، فَإِنَّهُ لاَ يَغْفِرُ الذُّنُوبَ إِلَّا أَنْتَ» قَالَ: «وَمَنْ قَالَهَا مِنَ النَّهَارِ مُوقِنًا بِهَا، فَمَاتَ مِنْ يَوْمِهِ قَبْلَ أَنْ يُمْسِيَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ، وَمَنْ قَالَهَا مِنَ اللَّيْلِ وَهُوَ مُوقِنٌ بِهَا، فَمَاتَ قَبْلَ أَنْ يُصْبِحَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ».</t>
   </si>
   <si>
     <t>Şəddəd bin Əvsdən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun)
  belə dediyi rəvayət edilir: "Seyyidul-istiğfar (istiğfarın seyyidi) "Allahummə əntə Rabbi ləə iləhə illə əntə, xaləqtəni və ənə abdukə və ənə alə əhdikə və vədikə məstətatu, əuzu bikə min şərri mə sanətu, əbuu ləkə binimətikə aləyyə və əbuu ləkə bizənbi, fəğfir li, fəinnəhu lə yəğfiruz-zunubə illə əntə" (Allahım, Sən mənim Rəbbimsən, Səndən başqa haqq məbud yoxdur, məni Sən yaratdın, mən də Sənin qulunam, bacardığım qədər Sənin əhdinə və vədinə sadiqəm. Etdiklərimin şərrindən sənə sığınıram. Sənin üzərimə olan  nemətini və günahlarımı etiraf edirəm. Məni bağışla, çünki Səndən başqa heç kim günahları bağışlamaz”.) söyləməyindir. Kim bunu əminliklə gündüz desə və o gün axşamdan əvvəl ölsə, Cənnət əhlindən olar, kim bunu gecə əminliklə desə və səhərə çıxmamış ölsə o, Cənnət əhlindən olar".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ للاستغفار ألفاظًا، وأنَّ أفضلَها وأعظمَها أنْ يقولَ العبد: 
 "اللهم أنت ربي لا إله إلا أنت خلقتني وأنا عبدك وأنا على عَهْدِكَ وَوَعْدِكَ ما اسْتَطَعْتُ أعوذ بك من شر ما صنعتُ أَبُوءُ لك بنعمتك عليَّ وأَبُوءُ لك بذنبي فَاغْفرْ لي فإنه لا يغفر الذنوب إلا أنت" 
 فيُقِرُّ العبدُ لله بالتوحيد أولًا، وأنَّ الله خالقُه ومعبوده لا شريك له، وأنه على ما عاهد الله سبحانه عليه من الإيمان به والطاعة له، بحسب استطاعته؛ لأن العبد مهما قام به من العبادة لا يَقْدِرُ أن يأتيَ بجميع ما أمره الله به ولا القيام بما يجب من شكر النعم، وأنه يلتجئ إلى الله، ويعتصم به، فإنه المستعاذ به من الشر الذي صنعه العبد، 
 وأنه يقر ويعترف له طوعًا بنعمته عليه، ويرجع على نفسه بالإقرار والاعتراف بإثمه ومعصيته، 
 وبعد هذا التوسل إلى الله، يدعو ربه أن يغفر له بأن يستر ذنوبه ويقيه آثامَها بعفوه وفضله ورحمته، فإنه لا يغفر الذنوب إلا هو عز وجل. 
 ثم أخبر عليه الصلاة والسلام أنها من أذكار الصباح والليل، فمن قالها بيقين واستحضار لمعانيها وإيمان بها في أول يومه، ما بين طلوع الشمس إلى زوالها، وهو وقت النهار، فمات، دخل الجنة، 
 ومن قالها ليلًا، وهو من غروب الشمس إلى طلوع الفجر، فمات قبل أن يصبح، دخل الجنة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, istiğfarın (bağışlanmaq istəməyin) bir neçə sözləri vardır və onların ən üstünü və ən böyüyü qulun belə deməsidir: “Allahım, Sən mənim Rəbbimsən, Səndən başqa haqq məbud yoxdur, məni Sən yaratdın, mən də Sənin qulunam, bacardığım qədər Sənin əhdinə və vədinə sadiqəm. Etdiklərimin şərrindən sənə sığınıram. Sənin üzərimə olan  nemətini və günahlarımı etiraf edirəm. Elə isə məni bağışla, çünki Səndən başqa heç kim günahları bağışlamaz”. Qul ilk olaraq Allahın tövhidini (təkliyini) və Uca Allahın  Onun yaradıcısı olduğunu və Allahın heç bir şəriki olmadığını etiraf edir və gücü çatdığı qədər Uca Allaha iman və itaətlə bağlı verdiyi əhdinə bağlı qalacağını bildirir. Çünki qul nə qədər ibadət etsə də, Allahın ona əmr etdiyi hər bir şeyi yerinə yetirməyə və nemətlərə lazımi qədər şükür etməyə gücü çatmır. Və qul Allaha üz tutub Ona sığınmalıdır. Çünki qulun etdiyi pislikdən yalnız Allaha sığınılar. Və O, könüllü olaraq Allahın ona olan nemətini təsdiqləyir və etiraf edir. Öz nəfsinə günahını və Allaha etdiyi  itaətsizliyini iqrar və etiraf edir. Allaha bu şəkildə yaxınlaşdıqdan sonra Rəbbinə dua edir ki, Allah əfvi, lütfü və rəhməti ilə onun günahlarını örtərək və onu günahlardan qoruyaraq, onu bağışlasın. Çünki Allahdan başqa heç kəs günahları bağışlamaz. Sonra o, sallallahu aleyhi və səlləm xəbər vermişdir ki, bu, səhər və axşam zikrlərindən biridir. Və hər kim günün əvvəlində, günəşin doğuşu ilə günorta vaxtı günəşin zəvalı (zeniti keçməsi) arasında, bunu ​yəqinliklə , mənalarını düşünərək və iman gətirərək desə və sonra ölsə, Cənnətə girər. Və hər kim bunu gecə-günəşin batmağından sonra səhərə kimi desə və səhər açılmamış ölsə, Cənnətə daxil olar.</t>
   </si>
   <si>
     <t>صيغ الاستغفار تختلف وبعضها أفضل من بعض.
 أنه ينبغي للعبد أن يحرص على دعاء الله بهذا الدعاء؛ لأنه سيد الاستغفار.</t>
   </si>
   <si>
     <t>Bağışlanma istəmək formaları müxtəlifdir və onların bəziləri digərlərindən daha üstündür.
 Qul bu dua ilə Allaha dua etməyə həris olmalıdır, çünki bu dua seyyidul istiğfardır (Bağışlanma istəməyin ən fəzilətli formasıdır).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5503</t>
   </si>
   <si>
-    <t>عَلَيْكُمْ بِالصِّدْقِ، فَإِنَّ الصِّدْقَ يَهْدِي إِلَى الْبِرِّ، وَإِنَّ الْبِرَّ يَهْدِي إِلَى الْجَنَّةِ</t>
+    <t>عليكم بالصدق، فإن الصدق يهدي إلى البر، وإن البر يهدي إلى الجنة</t>
   </si>
   <si>
     <t>Dürüstlük (doğru danışmaq) üzərinizə vacibdir, çünki dürüstlük xeyirə, xeyir isə cənnətə aparır</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَلَيْكُمْ بِالصِّدْقِ، فَإِنَّ الصِّدْقَ يَهْدِي إِلَى الْبِرِّ، وَإِنَّ الْبِرَّ يَهْدِي إِلَى الْجَنَّةِ، وَمَا يَزَالُ الرَّجُلُ يَصْدُقُ وَيَتَحَرَّى الصِّدْقَ حَتَّى يُكْتَبَ عِنْدَ اللهِ صِدِّيقًا، وَإِيَّاكُمْ وَالْكَذِبَ، فَإِنَّ الْكَذِبَ يَهْدِي إِلَى الْفُجُورِ، وَإِنَّ الْفُجُورَ يَهْدِي إِلَى النَّارِ، وَمَا يَزَالُ الرَّجُلُ يَكْذِبُ وَيَتَحَرَّى الْكَذِبَ حَتَّى يُكْتَبَ عِنْدَ اللهِ كَذَّابًا».</t>
   </si>
   <si>
     <t>Abdullah bin Məsuddan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: Dürüstlük (doğru danışmaq) üzərinizə vacibdir, çünki dürüstlük xeyirə, xeyir isə cənnətə aparır, insan o qədər doğru danışar və ona bağlı qalar ki, hətta Allah yanında doğru danışan kimi yazılar. Yalandan çəkinin, çünki, yalan pisliyə, pislik isə cəhənnəmə aparır. İnsan o qədər yalan danışar və ona bağlı qalar ki, hətta Allah yanında yalançı kimi yazılar.</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بالصدق، وأَخبر أن الالتزام به يوصِل إلى العمل الصالح الدائم، والمواظب على فعل الخير يوصل صاحبه إلى الجنة، ولا يزال يتكرر منه الصدق في السر والعلانية، ويستحق اسم صِدِّيق؛ وهو المبالغة في الصدق، 
 ثم حذَّر صلى الله عليه وسلم من الكذب وقول الباطل؛ لأنه يبعث على الميل عن الاستقامة، وإلى فعل الشر والفساد والمعاصي، ثم يوصله إلى النار، وما زال يستكثر من الكذب حتى يُكتب عند الله من الكاذبين.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dürüstlüyü (doğru danışmağı) əmr etmiş və ona bağlılığın daimi saleh əmələ səbəb olduğunu və xeyir əməl etməkdə davamlı olmağın isə sahibini Cənnətə aparacağını xəbər vermişdir.
 İnsan gizli və aşkarda dürüstlüyə davam etdikcə "siddiq" adını qazanmağı haqq edər. Bu dürüstlük  sözünün mübaliğə (gücləndirilmiş) şəklidir. Sonra o (Allahın salavatı və salamı onun üzərinə olsun), yalan və batil söz danışmaqdan çəkindirmişdir. Çünki, yalan (insanı) doğru yoldan kənara çıxmağa, şərrə, fitnə-fəsad və günah əməllərə sövq edir ki, bu da sonra onu cəhənnəmə aparır və (insan) o qədər çox yalan danışmağa davam edər ki, Allah yanında yalançılardan yazılar.</t>
   </si>
   <si>
     <t>الصدق خلق كريم يحصل بالاكتساب والمجاهدة، فإنَّ الرجل ما يزال يصدُق ويتحرى الصدق، حتى يكون الصدق سجية له وطبعًا، فيكتب عند الله من الصديقين والأبرار.
 الكذب خلق ذميم يكتسبه صاحبه من طول ممارسته، وتحريه قولًا وفعلًا، حتى يصبح خُلقًا وسجية، ثم يكتب عند الله تعالى من الكذابين.
 الصدق يطلق على صدق اللسان، وهو نقيض الكذب، والصدق في النية، وهو الإخلاص، والصدق في العزم على خير نواه، والصدق في الأعمال، وأقلُّه استواءُ سريرتِه وعلانيته، والصدق في المقامات، كالصدق في الخوف والرجاء وغيرهما، فمن اتصف بذلك كان صدّيقًا، أو ببعضها كان صادقًا.</t>
   </si>
   <si>
     <t>Dürüstlük çalışmaqla qazanılan və əldə edilən nəcib bir əxlaqdır ki, insan o qədər doğru danışar və ona bağlı qalar ki,  doğruluq onun üçün bir xüsusiyyət və təbiət halına gələr, o, Allah yanında  siddiq və xeyirxah kəslərdən biri kimi yazılar.
 Yalan məzəmmət olunan (pislənən)  bir əxlaqdır, onun sahibi bunu uzun müddət sözdə və əməldə işləməklə qazanar ki, hətta artıq onun əxlaq və xasiyyətinə çevrilər, sonra da həmin kəs Allah yanında yalançılardan yazılar.
 Dürüstlük yalanın əksi olan dilin doğruluğunu, ixlas olan niyyətin düzgünlüyünü və niyyət edilən xeyirə əzmkarlıqda sadiqliyi, əməldə dürüstlüyü -bu da ən azından gizli və aşkar halın bərabər olmasıdır-, ümid, qorxu və digər məqamlarda doğruluğu ifadə edir. Bunların hamısı kimdə olarsa o, siddiq olar, bunların bəzisi kimdə olarsa, o, sadiq olar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5504</t>
   </si>
   <si>
-    <t>كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ</t>
+    <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
   </si>
   <si>
     <t>Dildə yüngül, tərəzidə ağır, Rəhmana sevimli gələn iki kəlimə vardır</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
   </si>
   <si>
     <t>Əbu Hureyrədən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilmişdir: "Dildə yüngül, tərəzidə ağır, Rəhmana sevimli gələn iki kəlimə vardır: Subhənallahil-Azim, Subhənallahi və bihəmdih".</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
 سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanın çətinlik çəkmədən, hər zaman bu iki kəliməni tələffüz etməsi barədə xəbər verir və vurğulayır ki, əməl tərəzisində bu iki kəlimənin mükafatı möhtəşəmdir və həmçinin bildirir ki, bunlar  Rəhman olan uca və müqəddəs Rəbbimizə sevimli olan kəlimələrdəndir:
 "Subhənallahil-Azim, Subhənallahi və bihəmdihi" sözləri uca və müqəddəs Allahın əzəmət və kamillik sifətləriylə vəsfini və nöqsanlardan uzaq olmasını ehtiva edir.</t>
   </si>
   <si>
     <t>أعظم الذكر أن يُجْمَعَ فيه بين تنزيهِ الله والثناءِ عليه.
 بيان سعة رحمة الله بعباده، فهو يجزي على العمل القليل بالثواب الجزيل.</t>
   </si>
   <si>
     <t>Ən möhtəşəm zikr- Allahı eyiblərdən münəzzəh edən və Ona həmd səna edilən zikrin bir yerdə, bir araya gəlməsidir.
 Allahın qullarına qarşı olan rəhmətinin genişliyinin bəyanı, və az əməl olsa belə O, əvəzini  böyük mükafatla verir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5507</t>
   </si>
   <si>
-    <t>لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ</t>
+    <t>ليس شيء أكرم على الله تعالى من الدعاء</t>
   </si>
   <si>
     <t>Uca Allah qatında duadan daha dəyərli bir şey yoxdur</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ».</t>
   </si>
   <si>
     <t>Əbu Hureyrədən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə  söylədiyi rəvayət edilmişdir: "Uca Allah qatında duadan daha dəyərli bir şey yoxdur".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, Allaha edilən ibadətlər arasında duadan daha üstünü yoxdur, çünki dua etməklə uca və pak olan Allahın məxluqatdan  ali və zəngin olması ilə bərabər qulun  aciz və Ona möhtac olması etiraf olunur.</t>
   </si>
   <si>
     <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Duanın fəziləti, belə ki, Allaha dua etmək- Onu əzəmətləndirməkdir, pak olan Allahın hər kəsdən ehtiyacsız olmasıdır, çünki yoxsula dua edilməz, Allah eşidəndir, çünki kar olan birinə dua edilməz, Allah Kərimdir, xəsisdən bir şey istənilməz, O mərhmətlidir, qəddardan rəhmət dilənilməz, O qüdrət sahibidir, acizdən nəsə istənilməz, O yaxındır, uzaqda olan eşitməz. Bu və digər  Allaha xas olan uca və gözəl sifətlərini etiraf etməkdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5509</t>
   </si>
   <si>
-    <t>مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ</t>
+    <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>Sədəqə, var-dövlətdən bir şey əksiltməz, nə qədər ki, qul mərhəmətlidir, əvəzində Allah da onun  izzətini artırar. Kim Allah üçün təvazökarlıq edərsə, Allah onu ucaldar</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Sədəqə, var-dövlətdən bir şey əksiltməz, nə qədər ki, qul mərhəmətlidir, əvəzində Allah da onun  izzətini artırar. Kim Allah üçün təvazökarlıq edərsə, Allah onu ucaldar."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
     <t>Allah Rəsulu(Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, sədəqə sərvəti əksiltməz, əksinə var-dövlətə ziyan vura biləcək bəlaları dəf edər və həmçinin Allah sədəqə verənə mükafatını böyük xeyirlə əvəzləyər, bu isə öz növbəsində malı azaltmaz, əksinə artırar.
 İntiqama və cəzalandırmağa imkanı olduğu halda bağışlamaq, sahibinin yalnız qüvvət və izzətini artırar.
 İnsan  Allahın razılığını qazanmaq üçün, kimdənsə qorxduğuna görə yox və yaxud yaltaqlığa görə deyil,  mənfəət əldə etmək məqsədi güdmədən, məhz  Allahın üzünü qazanmaq üçün itaətlik və təvazökarlıq edərsə, mükafatı sözügedən insan üçün  ucalıq və şərəf olar.</t>
   </si>
   <si>
     <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
   </si>
   <si>
     <t>Bəzi insanlar  əksini düşünsələr belə, xeyir və nicat, şəriətə tabe olmaqda və xeyir əməl etməkdədir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5512</t>
   </si>
   <si>
-    <t>مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ</t>
+    <t>من رد عن عرض أخيه رد الله عن وجهه النار يوم القيامة</t>
   </si>
   <si>
     <t>Kim qardaşının ismətini qoruyarsa, Allah da onu Qiyamət günü cəhənnəm əzabından qoruyar</t>
   </si>
   <si>
     <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Əbu Dərdadan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə  söylədiyi rəvayət edilmişdir: "Kim qardaşının ismətini qoruyarsa, Allah da onu Qiyamət günü cəhənnəm əzabından qoruyar".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن دافَعَ عن عِرْضِ أخيه المسلم في غَيْبته بمنع ذَمِّهِ أو الإساءة إليه، فإنَّ اللهَ يَرُدُّ عنه العذابَ يومَ القيامة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki,  kim müsəlman qardaşının yoxluğunda  onun qınanmasının, haqqında pis söylənilməsinin qarşısını alarsa, Qiyamət günü Allah da onu əzabdan qoruyar.</t>
   </si>
   <si>
     <t>النهي عن الكلام في أعراض المسلمين.
 الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
 الإسلام دين التآخي والتناصُر بين أهله.</t>
   </si>
   <si>
     <t>Müsəlmanların şərəf-ləyaqətləri barədə söz-söhbət etmək qadağan edilmişdir.
 Əməlin mükafatı yaxud cəzası onun növündəndir, kim qardaşının şərəf-ləyaqətini qoruyarsa, Allah da onu cəhənnəm əzabından qoruyar.
 İslam, qardaşlıq və dəstək dinidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5514</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
+    <t>من قال: سبحان الله وبحمده، في يوم مائة مرة، حطت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>Kim gün ərzində yüz dəfə Subhənallahi və bihəmdihi deyərsə, günahları dəniz köpüyü qədər olsa belə bağışlanar</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Kim gün ərzində yüz dəfə Subhənallahi və bihəmdihi deyərsə, günahları dəniz köpüyü qədər olsa belə bağışlanar.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في يوم مائة مرة: «سبحان الله وبحمده»؛ مُحيتْ خطاياه وغُفِرت، ولو كانت كثيرة مثل الرَّغْوَة البيضاء التي تعلو البحر عند تَمَوُّجِه وهَيَجَانِه.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, kim gün ərzində yüz dəfə: "Subhənallahi və bihəmdihi" deyərsə, günahları coşan dənizin üzərini alan köpüklər qədər çox olsa belə silinər.</t>
   </si>
   <si>
     <t>هذا الأجر يحصل لمن قالها في اليوم مُتَوالِيَة أو مُتَفَرِّقة.
 التسبيح: هو تنزيه الله عن النقص، والحمد:  وصفه بالكمال مع المحبة والتعظيم.
 المراد في الحديث تَكْفير صغائر الذنوب، وأمَّا الكبائر فلا بدَّ لها من توبة.</t>
   </si>
   <si>
     <t>Bu savaba gün ərzində istər ardıcıl surətdə, istərsə də ayrı-ayrılıqda deməklə nail olunur.
 Təsbih (subhanallah): Allah nöqsansızdır-deməkdir.
 Əlhəmdulilləh: Allahı sevərək və təzim edərək, kamillik sifəti ilə  vəsf etməkdir.
 Hədisdə nəzərdə tutulan kiçik günahların bağışlanmasıdır, böyük günahlara gəldikdə isə onlara tövbə etmək gərəkdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5516</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ</t>
+    <t>من قال: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، عشر مرار</t>
   </si>
   <si>
     <t>Kim on dəfə</t>
   </si>
   <si>
     <t>عن أبي أيوب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ كَانَ كَمَنْ أَعْتَقَ أَرْبَعَةَ أَنْفُسٍ مِنْ وَلَدِ إِسْمَاعِيلَ».</t>
   </si>
   <si>
     <t>Əbu Əyyubdan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: " Kim on dəfə, "Lə iləhə illallah vəhdəhu lə şərikə ləhu, ləhulmulku və ləhulhəmdu və huva alə kulli şeyin qadir" söylərsə, İsmayıl nəslindən dörd qul azad  etmiş kimi olar.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال: «لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير»، ومعناها: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المُخْتَصُّ بالمُلْكِ التامّ، والمُستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يُعجزه شيء. 
 فمَن كَرَّر هذا الذِّكْرَ العظيم في يوم عشر مرَّات؛ صار له من الأجر مثل أجر من أزال الرِّقِّ عن أربعة مماليك من ذُرِّيَّة إسماعيل بن إبراهيم عليهما الصلاة والسلام، وخَصَّ ذُريةَ إسماعيل عليه السلام؛ لأنهم أشرفُ من غيرهم.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki: Kim "lə iləhə illallah, vahdəhu lə şərikə ləhu, ləhul-mulku və ləhul-həmdu və huva alə kulli şeyin qadir " deyərsə - mənası: "Allahdan başqa ibadətə layiq məbud yoxdur, O təkdir, şəriki yoxdur. Pak olan uca Allah mütləq hakimiyyət sahibidir, yalnız O, məhəbbətlə, və təzim olunaraq mədh və sənaya layiqdir. Onun üçün heç bir şey əngəl deyildir, O hər şeyə qadirdir. Kim bu əzəmətli zikri gün ərzində on dəfə söylərsə, İbrahim oğlu İsmayılın (Allahın onlara salamı olsun) soyundan dörd qul azad edən kəsin əcri qədər savab qazanar. Hədisdə İsmayılın züriyyəti (Allahın onun üzərinə salamı olsun) digərlərindən daha şərəfli olduğu üçün xüsusi qeyd edilmişdir.</t>
   </si>
   <si>
     <t>فضيلة هذا الذكر المتضمن إفراد الله تعالى بالألوهية، والملك، والحمد، والقدرة التامة.
 ينال ثواب هذا الذكر من قاله متواليا أو متفرقا.</t>
   </si>
   <si>
     <t>Uca Allahın uluhiyyətdə, mülkündə, həmd olunmasında, kamil qüdrət sahibliyində tək olmasını özündə ehtiva edən bu zikrin fəziləti.
 Bu zikri istər ardıcıl, istərsə də ayrı-ayrılıqda söyləyən kəs onun savabına çatar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5517</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ</t>
+    <t>من يرد الله به خيرا يفقهه في الدين</t>
   </si>
   <si>
     <t>Allah kimə xeyir dilərsə, onu dində anlayış sahibi edər</t>
   </si>
   <si>
     <t>عن معاوية رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ، وَإِنَّمَا أَنَا قَاسِمٌ، وَاللهُ يُعْطِي، وَلَنْ تَزَالَ هَذِهِ الْأُمَّةُ قَائِمَةً عَلَى أَمْرِ اللهِ، لَا يَضُرُّهُمْ مَنْ خَالَفَهُمْ، حَتَّى يَأْتِيَ أَمْرُ اللهِ».</t>
   </si>
   <si>
     <t>Muaviyə (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət edir: "Allah kimə xeyir dilərsə, onu dində anlayış sahibi edər, mən  sadəcə nemətləri bölüb paylayanam, (nemətləri) yetirən isə Allahdır. Bu ümmət Allahın əmri gəlincəyə (Qiyamətə qədər) qədər Onun əhkamları üzərində olacaq, onlara müxalif olanlar onlara zərər vura bilməyəcəklər.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن أراد اللهُ به خيرًا فإنه يرزقه فَهمًا في دينه سبحانه، وأنه عليه الصلاة والسلام قاسِمٌ يَقْسِمُ ويُوَزِّعُ ما آتاه الله تعالى من الرزق والعلم وغيرِه، وأنَّ المُعطِي حقيقةً هو الله، وأما غيرُه فهم أسبابٌ لا تَنْفَعُ إلا بإذن الله، وأنه لن تزال هذه الأمةُ قائمةً على أمر الله، لا يضرهم مَن خالفهم، حتى تقوم الساعة.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, Allah kimə xeyir istəsə, onu pak olan Allahın dinində anlayış istedadına yiyələndirər. Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) uca Allahın verdiyi ruzini, elmi və digər şeyləri bərabər bölüb paylayandır. Həqiqi mənada yetirən Allahdır, başqaları isə yalnız Allahın izni ilə fayda verə biləcək səbəblərdəndir. Bu ümmət Qiyamətə qədər Allahın əhkamları üzərində olacaq, əleyhdarları isə onlara zərər verə bilməyəcəklər.</t>
   </si>
   <si>
     <t>عَظَمة وفَضْل العلم الشرعي وتَعَلُّمُه والحثُّ عليه.
 القيام بالحق لا بد من وجودِه في هذه الأمة، فإذا تخلَّت عنه طائفة قام به غيرُها. 
 التَّفَقُّهُ في الدين مِن إرادةِ اللهِ تعالى الخيرَ لعبدِه. 
 النبي صلى الله عليه وسلم إنما يُعْطِي بأمر الله ومشيئته، وأنه لا يملك شيئًا.</t>
   </si>
   <si>
     <t>Şəriət elminin və onu öyrənməyin əzəməti və fəziləti, və bu elmə təşviqin önəmi.
 Bu ümmət üçün haqqı uca tutmaq mütləqdir, əgər bir qrup insan buna əməli etməzsə, digərləri onları əvəz edər.
 Dini düzgün anlamaq neməti, uca Allahın quluna xeyir istəməsindən irəli gəlir.
 Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) yalnız Allahın əmri və istəyi ilə bəxş edir və o heç bir şeyin sahibi deyildir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5518</t>
   </si>
   <si>
-    <t>يَا أَيُّهَا النَّاسُ، أَفْشُوا السَّلَامَ، وَأَطْعِمُوا الطَّعَامَ، وَصِلُوا الْأَرْحَامَ، وَصَلُّوا بِاللَّيْلِ وَالنَّاسُ نِيَامٌ، تَدْخُلُوا الْجَنَّةَ بِسَلَامٍ</t>
+    <t>يا أيها الناس، أفشوا السلام، وأطعموا الطعام، وصلوا الأرحام، وصلوا بالليل والناس نيام، تدخلوا الجنة بسلام</t>
   </si>
   <si>
     <t>“Ey insanlar, salamı yayın, yemək yedizdirin, qohumluq əlaqələrini qoruyun və gecələr insanlar yatarkən namaz qılın ki, Cənnətə salamatlıqla daxil olasınız”</t>
   </si>
   <si>
     <t>عَنْ عَبْدُ اللَّهِ بْنُ سَلَامٍ رضي الله عنه قَالَ: لَمَّا قَدِمَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ الْمَدِينَةَ انْجَفَلَ النَّاسُ قِبَلَهُ، وَقِيلَ: قَدِمَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، قَدِمَ رَسُولُ اللَّهِ، قَدِمَ رَسُولُ اللَّهِ، ثَلَاثًا، فَجِئْتُ فِي النَّاسِ لِأَنْظُرَ، فَلَمَّا تَبَيَّنْتُ وَجْهَهُ، عَرَفْتُ أَنَّ وَجْهَهُ لَيْسَ بِوَجْهِ كَذَّابٍ، فَكَانَ أَوَّلُ شَيْءٍ سَمِعْتُهُ تَكَلَّمَ بِهِ أَنْ قَالَ: «يَا أَيُّهَا النَّاسُ، أَفْشُوا السَّلَامَ، وَأَطْعِمُوا الطَّعَامَ، وَصِلُوا الْأَرْحَامَ، وَصَلُّوا بِاللَّيْلِ وَالنَّاسُ نِيَامٌ، تَدْخُلُوا الْجَنَّةَ بِسَلَامٍ».</t>
   </si>
   <si>
     <t>Abdullah bin Sələmdən (Allah ondan razı olsun) belə dediyi rəvayət edilmişdir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Mədinəyə gəldikdə, insanlar ona tərəf qaçdılar və: “Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) gəldi" deyə üç dəfə  səsləndilər, mən də camaatın arasında baxmağa gəldim və onun üzünü görəndə bildim ki, onun üzü yalançı birisinin üzü deyil və ondan eşitdiyim ilk şey belə söyləməsi oldu: “Ey insanlar, salamı yayın, yemək yedizdirin, qohumluq əlaqələrini qoruyun və gecələr insanlar yatarkən namaz qılın ki, Cənnətə salamatlıqla daxil olasınız”.</t>
   </si>
   <si>
     <t>لما جَاءَ النبيُّ صلى الله عليه وسلم المدينة، ورآه الناس اتجهوا ناحيتَه مسرعين، وممن توجه إليه عبد الله بن سَلَامٍ رضي الله عنه وكان من اليهود، فلما رآه عرف أن وجهه ليس بوجه كذاب؛ لِمَا يبدو عليه من النور والجمال والهيبة الصادقة، 
 فكان أول شيء سمعه من النبي صلى الله عليه وسلم أنه حث الناس على أعمال تكون سببًا في دخول الجنة، ومنها: 
 أولًا: نشر تحية السلام وإظهاره والإكثار منه على مَن عرفت ومن لم تعرف. 
 ثانيًا: إطعام الطعام بالصدقة والهدية والضيافة.
 ثالثًا: صلة الأرحام بمن تربطك بهم رحم أو قرابة من جهة الأب أو الأم.
 رابعًا: صلاة نافلة قيام الليل والناس نيام.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Mədinəyə gələndə insanlar onu gördükdə sürətlə ona tərəf getdilər və ona tərəf gedənlərin arasında Abdullah bin Sələm (Allah ondan razı olsun) də var idi. O, yəhudilərdən idi, onu görəndə bildi ki, onun üzü, nuruna, gözəlliyinə və dürüstlük saçan heybətinə görə yalançı insanın üzü deyil. Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) eşitdiyi ilk şey, insanları, Cənnətə girməyə səbəb olacaq əməllərə təşviq etməsi oldu. Onlar:
 Birincisi: Salamı yaymaq, onu izhar etmək və  tanıdığın və tanımadığın kəslərə salam verməyi çoxaltmaq.
 İkincisi: Sədəqə, hədiyyə və qonaqpərvərliklə  insanları yedizdirmək.
 Üçüncüsü: Ata və ya ana tərəfdən ailə və ya qohumluq bağının səni birləşdirdiyi kəslərlə qohumluq əlaqələrini saxlamaq.
 Dördüncüsü: Gecə vaxtı insanlar yatarkən  nafilə namazı qılmaq.</t>
   </si>
   <si>
     <t>استحباب نشر تحية السلام بين المسلمين، وأما غير المسلم فلا يُبدأ بالسلام، وإن سَلَّم بقول: السلام عليكم، فيُرد عليه بقول: وعليكم.</t>
   </si>
   <si>
     <t>Müsəlmanlar arasında salamı yaymaq müstəhəbdir, qeyri-müsəlmana gəldikdə isə ona ilk olaraq salam verilmir və əgər o, "əssələmu aleykum "deyərək salam verərsə, ona “va aleykum” deyərək cavab verilməlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5520</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ</t>
+    <t>إن الله يحب العبد التقي الغني الخفي</t>
   </si>
   <si>
     <t>Həqiqətən Allah  təqvalı, zəngin qəlbli, gözlərdən gizli-nəzərə çarpmayan(şan-şöhrətdən uzaq) qulunu sevir</t>
   </si>
   <si>
     <t>عن سعد بن أبي وقاص رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ».</t>
   </si>
   <si>
     <t>Sad bin Əbi Vaqqas (Allah ondan razı olsun) demişdir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: Həqiqətən Allah  təqvalı, zəngin qəlbli, gözlərdən gizli-nəzərə çarpmayan(şan-şöhrətdən uzaq) qulunu sevir.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الله عزَّ وجلَّ يُحِبُّ بعضَ عباده، 
 ومنهم التقي: المُمْتَثِل لأوامر الله، المجتنب لنواهِيهِ.
 ويُحِبُّ الغنيَّ: الذي استغنى عن الناسِ بالله عز وجل لا يَلْتَفِتُ إلى غيره.
 ويُحبُّ الخفيَّ: المُتَواضِع، المُتَعَبِّد لربِّه، المُشتغل بما ينفعه، الذي لا يَهْتَمُّ أنْ يَعْرِفَه أحدٌ أو يَتَحَدَّث عنه بمدحٍ وثَنَاءٍ.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, izzət və cəlal sahibi olan Allah bəzi qullarını sevir,
 Bunlardan biri: təqvalı olan - Allahın əmrlərini yerinə yetirən, qadağalarından çəkinəndir.
 Allah həmçinin qəlbi zəngin olan bəndəni sevir: o kəs ki, insanlara deyil, məhz Allaha etimad edir, Ondan başqa heç kimə yönlənməz.
 Gözlərdən gizli olan qulunu sevər: o qul ki, təvazökardır, Rəbbinə ibadət edər, ona faydalı şeylərlə məşğul olar, kiminsə onu tanımasına və ya onu tərif və səna etməsinə önəm verməz.</t>
   </si>
   <si>
     <t>بيان بعض الصفات المُقْتَضِيَة لمحبةِ الله لعباده، وهي التقوى والتواضع والرضى بما قَسَمَ الله.</t>
   </si>
   <si>
     <t>İnsanlara Allah sevgisini qazandıran bəzi xüsusiyyətlərin açıqlaması: bunlar: təqva, təvazökarlıq və Allahın bölgüsü ilə razı qalmaqdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5545</t>
   </si>
   <si>
-    <t>إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ</t>
+    <t>إنكم سترون ربكم كما ترون هذا القمر، لا تضامون في رؤيته</t>
   </si>
   <si>
     <t>Həqiqətən də siz Rəbbinizi, bu ayı gördüyünüz kimi görəcəksiniz. Onu görməkdə bir çətinlik və sıxıntı çəkməyəcəksiniz</t>
   </si>
   <si>
     <t>عن جَرِيْر بنِ عبدِ الله رضي الله عنه قال: كُنَّا عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَنَظَرَ إِلَى الْقَمَرِ لَيْلَةً -يَعْنِي الْبَدْرَ- فَقَالَ: «إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ، فَإِنِ اسْتَطَعْتُمْ أَنْ لَا تُغْلَبُوا عَلَى صَلَاةٍ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا فَافْعَلُوا» ثُمَّ قَرَأَ: «{وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}»</t>
   </si>
   <si>
     <t>Cərir bin Abdullahın (Allah ondan razı olsun) belə dediyi rəvayət edilir: Biz Peyğəmbərlə (Allahın salavatı və salamı onun üzərinə olsun)  birlikdə idik. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Bədr gecəsi bütöv olan aya baxdı və dedi:"Həqiqətən də siz Rəbbinizi, bu ayı gördüyünüz kimi görəcəksiniz. Onu görməkdə bir çətinlik və sıxıntı çəkməyəcəksiniz.Elə isə günəş doğmamışdan öncəki namaza və gün batmamışdan qabaq qılınan namaza gücünüz çatdığı qədər davamlı riayət edin". Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) sonra bu ayəni oxudu: "Günəş doğmamışdan əvvəl və batmamışdan əvvəl Rəbbini həmd ilə tərif et (şəninə təriflər de)!".</t>
   </si>
   <si>
     <t>كان الصحابةُ مع النبيِّ صلى الله عليه وسلم ذات ليلةٍ فنَظَرَ إلى القمر -ليلة الرابع عشر-، فقال: 
 إنَّ المؤمنين سيرون ربَّهم حقيقةً بالعين دون اشتباه، وأنهم لا يتزاحمون ولا يصيبهم تعب ولا مشقة عند رؤيته تعالى. 
 ثم قال رسول الله صلى الله عليه وسلم: 
 فإن استطعتم قطعَ الأسبابِ التي تَصرفُكم عن صلاةِ الفجر وصلاةِ العصر فافعلوا، وأتوا بهما كاملتين في وقتهما في جماعة، فإن ذلك من أسباب النظر إلى وجه الله عز وجل، 
 ثم قرأ صلى الله عليه وسلم الآية: 
 {وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}.</t>
   </si>
   <si>
     <t>Sahabələr gecələrin birində Allah Rəsulu  -(Allahın salavatı və salamı onun üzərinə olsun) ilə bir yerdə idilər, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) on dörd gecəlik aya baxıb dedi: Şübhəsiz ki, möminlər Rəbblərini gözləri ilə aydın şəkildə görəcəklər və onlar basırıq olmadan, yorğunluq və sıxıntı çəkmədən uca Allahı görəcəklər. Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: Əgər bacarsanız sübh və əsr namazında sizi yayındaracaq səbəbləri aradan qaldırın və bu namazları vaxtında camaatla qılın, çünki bu, izzət və cəlal sahibi olan Allahın üzünü görmək nemətinə nail olmaq üçün səbəblərindəndir. Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bu ayəni oxudu: "Günəş doğmamışdan əvvəl və batmamışdan əvvəl Rəbbini həmd ilə tərif et (şəninə təriflər de)!"</t>
   </si>
   <si>
     <t>البشرى لأهل الإيمان برؤية الله تعالى في الجنة.
 مِن أساليب الدعوة: التوكيدُ والترغيبُ وضَرْبُ الأمثال.</t>
   </si>
   <si>
     <t>İman əhlinə uca Allahı cənnətdə görmək müjdəsi.
 İnsanları haqqa çağırmağın üslublarından biri: təkid etmək, təşviq etmək və misallar çəkməkdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5657</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ</t>
+    <t>أن النبي صلى الله عليه وسلم كان لا يرد الطيب</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ətirdən imtina etməzdi</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ.</t>
   </si>
   <si>
     <t>Ənəs bin Malik (Allah ondan razı olsun) demişdir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ətirdən imtina etməzdi.</t>
   </si>
   <si>
     <t>كان مِن هَديِ النبيِّ صلى الله عليه وسلم أنه لا يَرُدُّ الطِّيْبَ ويَقْبَلَه؛ لأنه خفيفُ المَحمل وطَيِّبُ الرَّائحة.</t>
   </si>
   <si>
     <t>Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yolundan idi ki, ona verilən ətirdən imtina etməzdi, onu qəbul edərdi, çünki ətir özü-özlüyündə yüngül, qoxusu isə xoşdur.</t>
   </si>
   <si>
     <t>استحباب قبول عَطِيَّةِ الطِّيْبِ؛ لأنه لا مُؤْنَة لحملِه ولا مِنَّةَ في قبوله.
 كمال وحسن خلق النبي صلى الله عليه وسلم في عدم رد الطيب، وقبول هدية من يهدي إليه.
  الترغيب في استعمال الطيب.</t>
   </si>
   <si>
     <t>Ətir qəbul etməyin müstəhəb olması: çünki onu daşımaq asandır və onu qəbul etməkdə də bir eyib yoxdur.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) ətirdən imtina etməməsi və hədiyyəni qəbul etməsi, onun gözəl və kamil əxlaqının göstəricisidir.
 Ətir istifadə etməyə təşviq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5733</t>
   </si>
   <si>
-    <t>اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ،</t>
+    <t>اتقوا الظلم، فإن الظلم ظلمات يوم القيامة، واتقوا الشح، فإن الشح أهلك من كان قبلكم،</t>
   </si>
   <si>
     <t>“Zülm etməkdən çəkinin, çünki zülm Qiyamət günü zülmət olacaq və xəsislik etməkdən çəkinin, həqiqətən də xəsislik sizdən əvvəlkiləri məhv etdi,</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ، حَمَلَهُمْ عَلَى أَنْ سَفَكُوا دِمَاءَهُمْ وَاسْتَحَلُّوا مَحَارِمَهُمْ».</t>
   </si>
   <si>
     <t>Cabir bin Abdullahdan (Allah ondan razı olsun) rəvayət edilir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: “Zülm etməkdən çəkinin, çünki zülm Qiyamət günü zülmət olacaq və xəsislik etməkdən çəkinin, həqiqətən də xəsislik sizdən əvvəlkiləri məhv etdi, onları bir-birinin qanını tökməyə və haramlarını halal saymağa sövq etdi.”</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم من الظلم، ومنه: ظلم الناس وظلم النفس والظلم في حق الله تعالى، 
 وهو تَرْكُ إعطاءِ كلِّ ذِي حقٍّ حقَّه، وأنَّ الظلم ظلمات على أصحابِه يوم القيامة من حصول الشدائد والأهوال، 
 ونهى عن الشح الذي هو شدة البخل مع الحرص، ومنه التقصير في أداء الحقوق المالية وشدة الحرص على الدنيا، 
 وهذا النوع من الظلم أَهْلَكَ من كان قبلنا من الأمم، حيث حَمَلَهم على قتل بعضهم، وإباحة ما حرم الله من المحرمات.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) zülmdən çəkindirmişdir. Bura insanların başqasına zülm etməsi, özünə zülm etməsi və Uca Allahın haqlarında zülm etməsi də daxildir. Zülm hər kəsə haqqını verməyi tərk etməkdir.   
 Həqiqətən də zülm qiyamət günü öz sahiblərinə çətinliklər və qorxuların baş verməsi ilə zülmət olacaqdır. O, şiddətli xəsisliyi qadağan etmişdir. Bura malla olan haqları ödəməkdə olan səhlənkarlıq və dünyaya olan hərislik də daxildir. Bu növ zülm bizdən əvvəlki ümmətləri bir-birini öldürməyə və Allahın haram etdiklərini halal saymağa sövq etdiyi üçün məhv etdi.</t>
   </si>
   <si>
     <t>بذل المال ومواساة الإخوان من أسباب التَّحَابِّ والتواصل.
 البخل والشح يَجُرُّ إلى المعاصي والفواحش والآثام.
 الاعتبار بأحوال الأمم السابقة.</t>
   </si>
   <si>
     <t>Mal-mülkü Allah üçün xərcləmək və din qardaşlarına  yardım etmək, qarşılıqlı sevgi və ünsiyyətin səbəblərindən biridir.
 Xəsislik və mala olan şiddətli hərislik, asilik, əxlaqsızlıq və günahlara səbəb olur.
 Əvvəlki ümmətlərin hallarından ibrət almaq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5787</t>
   </si>
   <si>
-    <t>أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ</t>
+    <t>أكمل المؤمنين إيمانا أحسنهم خلقا، وخيركم خيركم لنسائهم</t>
   </si>
   <si>
     <t>Möminlərdən ən kamil iman sahibləri, gözəl əxlaqa malik olanlardır, sözsüz ki, sizin ən xeyirliniz qadınlarına qarşı xoş rəftar edənlərdir</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Möminlərdən ən kamil iman sahibləri, gözəl əxlaqa malik olanlardır, sözsüz ki, sizin ən xeyirliniz qadınlarına qarşı xoş rəftar edənlərdir."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أَكْمَلَ الناس إيمانًا مَن حَسُنَ خُلُقُه، وذلك بطَلَاقَةِ الوجه، وبذل المعروف، وحسن الكلام، وكف الأذى.
 وخَيْرَ المؤمنين خيرُهم لنسائِهِ، كزَوجتِه وبَناتِه وأخواتِه وقَريباتِه؛ لأنهن مِن أحقِّ الناس بحُسْنِ الخُلُق.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, iman baxımından ən kamil insan-əxlaqı gözəl olandır, o bu əxlaqa üzündəki təbəssümlə, xeyir əməllər etməklə, ədəbli danışmaqla və heç kəsə əziyyət verməməklə nail olur.
 Möminlərin xeyirlisi qadınlarına- həyat yoldaşına, qızlarına, bacılarına, yaxınlarında olan digər qadınlara qarşı qayğıkeş və diqqətli  olanıdır. Çünki adıçəkilən qadınlar gözəl əxlaqa daha çox layiqdirlər.</t>
   </si>
   <si>
     <t>فضيلة الأخلاق الحسنة وأنها من الإيمان.
  العمل من الإيمان، والإيمان يزيد وينقص.
 إكرام الإسلام للمرأة والترغيب في الإحسان إليها.</t>
   </si>
   <si>
     <t>Gözəl əxlaqın fəziləti və onun imandan  olması.
 Əməl imandandır, iman isə artır və azalır.
 İslamın qadına verdiyi dəyər və ona yaxşılıq etməyə təşviq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5792</t>
   </si>
   <si>
-    <t>الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ</t>
+    <t>الدنيا متاع، وخير متاع الدنيا المرأة الصالحة</t>
   </si>
   <si>
     <t>Dünya keçici bir ləzzətdir. Dünya ləzzətinin ən xeyirlisi saleh qadındır</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ».</t>
   </si>
   <si>
     <t>Abdullah bin Amrdan (Allah onların hər ikisindən razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Dünya keçici bir ləzzətdir. Dünya ləzzətinin ən xeyirlisi saleh qadındır."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا بما فيها إنما هي شيءٌ يُتَمَتَّعُ به حينًا من الوقت ثم يزول، وأنَّ أفضلَ متاعِها الزوجةُ الصالحةُ، التي إذا نَظَرَ إليها سَرَّتْه، وإذا أَمَرَها أطاعتْه، وإذا غاب عنها حَفِظَتْه في نفسِها ومالِهِ.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, dünya nemətlərinin ləzzətləri müəyyən bir zaman ötdükcə bitir,  saleh həyat yoldaşı isə bu dünyada olan ən gözəl nemətdir, o qadın ki, əri ona nəzər salanda sevinər, əmr etdikdə itaət edər, ərinin yoxluğunda onun şərəf-ləyaqətini və var-dövlətini qoruyar.</t>
   </si>
   <si>
     <t>جواز التَّمَتُّعِ بطَيِّبَاتِ الدنيا التي أحلَّها الله لعباده دون سَرَفٍ أو مَخِيْلَة.
 الترغيب في اختيار الزوجة الصالحة؛ لأنها عَوْنٌ للزوج على طاعة ربه.
 خير متاع الدنيا ما كان في طاعة الله أو أعان عليها.</t>
   </si>
   <si>
     <t>İsraf və təkəbbürlük etmədən  Allahın qullarına halal etdiyi dünyanın təmiz nemətlərindən istifadəsinin icazəli olması.
 Saleh zövcə seçməyə təşviq, çünki o, Rəbbinə itaətdə ərinə dayaqdır.
 Dünya nemətlərinin ən xeyirlisi Allaha itaətdə olan və ya Ona itaət etməyə yardım edəndir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5794</t>
   </si>
   <si>
-    <t>إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا</t>
+    <t>إن الدين يسر، ولن يشاد الدين أحد إلا غلبه، فسددوا وقاربوا</t>
   </si>
   <si>
     <t>“Həqiqətən din asandır. Kim dini çətinləşdirərsə, din ona üstün gələr. Düzgünlüyə riayət edin, (bacarmasanız çalışın ona) yaxınlaşın</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا، وَأَبْشِرُوا، وَاسْتَعِينُوا بِالْغَدْوَةِ وَالرَّوْحَةِ وَشَيْءٍ مِنَ الدُّلْجَةِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu  rəvayət edilir: “Həqiqətən din asandır. Kim dini çətinləşdirərsə, din ona üstün gələr. Düzgünlüyə riayət edin, (bacarmasanız çalışın ona) yaxınlaşın və sevinin. Səhər tezdən, günorta vaxtı və gecənin bir hissəsindən  istifadə edin”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دينَ الإسلامِ مبنيٌّ على التيسير والسهولة في كل شؤونه، ويتأكد التيسير عند وجود سبب العجز والحاجة، ولأنَّ التعمُّقَ في الأعمال الدينية وترك الرفق عاقبتُه العجز والانقطاع عن العمل كله أو بعضه،
 ثم حث صلى الله عليه وسلم على التوسط من غير مبالغة؛ فلا يُقصِّر العبد فيما أُمر به، ولا يتحمل ما لا يطيقه، فإن عجز عن العمل بالأكمل؛ فالعمل على ما يَقْرُبُ منه.
 وبشَّر صلى الله عليه وسلم بالثواب الجزيل على العمل الدائم وإن قلَّ لمَن عجز عن العمل بالأكمل؛ لأن العجز إذا لم يكن من صنيعه فلا يستلزم نقص أجره. 
 وحيث أن الدنيا في الحقيقة دار سفر ونُقْلة إلى الآخرة أمر صلى الله عليه وسلم بالاستعانة على مداومة العبادة بإيقاعها في الأوقات الثلاثية المنشطة: 
 الأول: الغَدوة: بسير أول النهار؛ ما بين صلاة الفجر وطلوع الشمس. 
 الثاني: الرَّوحة: بالسير بعد الزوال. 
 الثالث: الدُّلْجة: بسير الليل كله أو بعضه، ولأن عمل الليل أشق من عمل النهار أمر ببعضه بقوله: وشيءٍ من الدلجة.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) açıq şəkildə bildirmişdir ki, İslam dini bütün işlərində asanlıq və rahatlıq üzərində bina edilimiş və acizlik və ehtiyac üçün bir səbəb olduqda isə asanlıq daha da artırılmışdır. Çünki, dini işlərdə dərinliyə getmək və yumşaqlığı tərk etməyin aqibəti acizlik və əməllərin hamısının və ya bir hissəsinin tərk edilməsi ilə nəticələnir. . Sonra o (Allahın salavatı və salamı onun üzərinə olsun) həddi aşmadan orta yol tutmağa çağırmışdır. Qul, ona əmr olunan əməldə səhlənkar davranmasın, gücü çatmayacağını isə özünə yük etməsin. Əməli kamil şəkildə etməkdən aciz qalarsa, kamilliyə yaxınlaşmağa çalışsın.
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) açıq şəkildə bildirmişdir ki, İslam dini bütün işlərində asanlıq və rahatlıq üzərində bina edilimiş və acizlik və ehtiyac üçün bir səbəb olduqda isə asanlıq daha da artırılmışdır. Çünki, dini işlərdə dərinliyə getmək və yumşaqlığı tərk etməyin aqibəti acizlik və əməllərin hamısının və ya bir hissəsinin tərk edilməsi ilə nəticələnir. Sonra o (Allahın salavatı və salamı onun üzərinə olsun) həddi aşmadan orta yol tutmağa çağırmışdır. Qul, ona əmr olunan əməldə səhlənkar davranmasın, gücü çatmayacağını isə özünə yük etməsin. Əməli kamil şəkildə etməkdən aciz qalarsa, kamilliyə yaxınlaşmağa çalışsın.
 O (Allahın salavatı və salamı onun üzərinə olsun)  əməli kamil şəkildə yerinə yetirməyə qadir olmayanları, az da olsa daimi əmələ görə böyük mükafatın olması ilə müjdələmişdir. Çünki acizlik onun öz tərəfindən (öz səhlənkarlığından ) deyilsə, bu, onun əcrinin azalmasını gərəkdirmir.
 Bu dünya, əslində səfər yeri və axirətə keçid yeri olduğundan, o (Allahın salavatı və salamı onun üzərinə olsun) ibadətdə davamlı olmağa yardım etmək üçün onları üç stimullaşdırıcı vaxtlara həyata keçirtməyi əmr etmişdir:
 Birincisi: səhər: günün əvvəli; Sübh namazı ilə günəşin doğması arasında.
 İkincisi: Rovhə: günorta günəşin zeniti keçməsindən sonra.
 Üçüncüsü: Gecə: bütün gecə və ya onun bir hissəsi. Gecənin işi gündüzün işindən daha çətin olduğu üçün "və gecədən bir hissə" deyərək onun bir hissəsini əmr etmişdir.</t>
   </si>
   <si>
     <t>يُسر وسماحة الشريعة الإسلامية وتوسُّطها بين الإفراط والتفريط.
 على العبد أن يأتي بالأمر بقدر استطاعته، من دون تساهل أو تشديد.
 على العبد أن يختار أوقات النشاط في العبادة، وهذه الأوقات الثلاثة بخصوصها هي أروح ما يكون فيها البدن للعبادة.
 قال ابن حجر العسقلاني: كأنه صلى الله عليه وسلم خاطب مسافرًا إلى مقصدٍ، وهذه الأوقات الثلاثة أطيب أوقات المسافر، فنبهه على أوقات نشاطه؛ لأن المسافر إذا سافر الليل والنهار جميعًا عجز وانقطع، وإذا تحرَّى السير في هذه الأوقات المنشطة أمكنته المداومة من غير مشقة.
 قال ابن حجر: الإشارة في هذا الحديث إلى الأخذ بالرخصة الشرعية، فإنّ الأخذ بالعزيمة في موضع الرخصة تَنَطُّعٌ، كمن يترك التيمم عند العجز عن استعمال الماء فيفضي به استعماله إلى حصول الضرر.
 قال ابن المنير: في هذا الحديث عَلَمٌ من أعلام النبوة، فقد رأينا ورأى الناس قبلنا أن كل متنطع في الدين ينقطع، وليس المراد مَنْعِ طلب الأكمل في العبادة فإنه من الأمور المحمودة، بل منع الإفراط المؤدّي إلى الملال، أو المبالغة في التطوع المفضي إلى ترك الأفضل، أو إخراج الفرض عن وقته كمَن بات يصلي الليل كلَّه فنام عن صلاة الصبح في الجماعة، أو إلى أن طلعت الشمس فخرج وقت الفريضة.</t>
   </si>
   <si>
     <t>İslam şəriətinin asanlığı və mərhəməti və onun  ifrat və təfrit arasında orta yol tutması.
 Qul səhlənkarlıq etmədən və həddi aşmadan bacardığı qədər Allahın əmrini yerinə yetirməlidir.
 Qul ibadətdə gümrah olduğu vaxtları seçməlidir və xüsusən bu üç vaxt bədənin ibadət etmək üçün  ən yaxşı vaxtlarıdır.
 İbn Həcər Əsqaləni demişdir: “Sanki Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) müəyyən bir yerə gedən müsafirə xitab edir və bu üç vaxt müsafirin ən yaxşı vaxtıdır, buna görə də onun fəal olduğu vaxtlara diqqət çəkmişdir; Çünki müsafir  gecə-gündüzün hamısını səfərdə keçirsə, acizləşər və səfəri yarımçıq qalar, lakin gümrah olduğu vaxtlarda hərəkət edərsə, çətinlik çəkmədən yoluna davam edə bilər.
 İbn Həcər demişdir: Bu hədisdə şəriət rüxsəti ilə əməl etməyə işarə vardır, çünki rüxsət məqamında əsil olanı götürmək özünü çətinliyə salmaqdır. Bu, sudan istifadə edə bilməyən kəsin təyəmmümü tərk edərək sudan  istifadə etməklə özünə zərər vurmasına bənzəyir.
 İbn əl-Munir dedi: Bu hədisdə peyğəmbərlik əlamətlərindən bir əlamət vardır və biz görmüşük və bizdən əvvəlkilər də görüblər ki, dində çətinləşdirən hər kəs əməlini dayandırır və burada nəzərdə tutulan ibadətdə kamilliyə nail olmağı qadağan etmək deyil, əksinə bu tərif olunan işdir. Lakin, qəsd olunan bezməyə aparan həddi aşmaq  və ya əfzəl olanı tərk etməyə səbəb olan könüllü işlərdə mübaliğə etmək və ya fərz ibadətini vaxtından sonraya saxlamaqdır, necə ki, bütün gecəni namaz qılan kəs camaat namazından yatıb qalır və ya günəş doğub namazın vaxtı çıxana qədər yatıb qalır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5795</t>
   </si>
   <si>
-    <t>إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ</t>
+    <t>إن الرفق لا يكون في شيء إلا زانه، ولا ينزع من شيء إلا شانه</t>
   </si>
   <si>
     <t>Həqiqətən hər bir əməldə yumşaq davranmaq əməli bəzəyər, yoxluğu isə həmin əməli çirkin edər</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها زوج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ».</t>
   </si>
   <si>
     <t>Peyğəmbərimizin (Allahın salavatı və salamı onun üzərinə olsun) zövcəsi Aişədən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Həqiqətən hər bir əməldə yumşaq davranmaq əməli bəzəyər, yoxluğu isə həmin əməli çirkin edər.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الرِّفْقَ واللينَ والتَّمَهُّلَ بالقَول والفِعل يَزيدُ الأمور جمالًا وكمالًا وحُسْنًا، وأحْرى أنْ يُدْركَ صاحبُها حاجتَه.
 وعدم الرفق يَعِيْبُ الأمورَ ويُقَبِّحُها ويَمنعُ صاحبَها مِن إِدراكِ حاجتِه، وإنْ أدرَكها فبِمَشَقَّة.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, sözdə və əməldə yumşaqlıq, mülayimlik, ehtiyatlı davranma hər bir işin gözəlliyini, keyfiyyətini və mükəmməlliyini artırır və ehtiyacı olana daha rahat anlatmağa yardım edir.
 Həlim olmamaq işləri qüsurlu edər, qəbahətli edər və ehtiyac sahibinin istədiyi şeyə nail olmasına mane olar və nail olsa belə çətinliklə əldə edər.</t>
   </si>
   <si>
     <t>الحثُّ على التَّخَلُّقِ بالرِّفق. 
 الرِّفقُ يَزينُ المرءَ، وهو سببٌ لكل خير في أمور الدِّين والدنيا.</t>
   </si>
   <si>
     <t>Yumşaq xasiyyətə yiyələnməyə təşviq.
 Yumşaqlıq insanı gözəlləşdirir və bu dünya və axirətdə ümumi xeyirlərə nail olmağa səbəb olur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5796</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا</t>
+    <t>إن الله ليرضى عن العبد أن يأكل الأكلة فيحمده عليها، أو يشرب الشربة فيحمده عليها</t>
   </si>
   <si>
     <t>Həqiqətən Allah, yedikdən sonra həmd edən və içdikdən sonra həmd edən qulundan razıdır</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا».</t>
   </si>
   <si>
     <t>Ənəs bin Məlikdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Həqiqətən Allah, yedikdən sonra həmd edən və içdikdən sonra həmd edən qulundan razıdır."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ حَمْدَ العبدِ ربَّه على فَضْلِهِ ونِعَمِهِ مِن الأمور التي يَحْصُل بها رضا الله؛ فيَطْعَمُ الطعامَ ويقول: الحمد لله، ويَشرَبُ الشَّرَابَ ويقول: الحمد لله.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, Rəbbinin lütfü və nemətinə görə qulun həmd etməsi, Allahın razılığını qazandıran əməllərdən hesab edilir: yemək yeyir və əlhəmdulilləh deyir, su içir və əlhəmdulilləh deyir.</t>
   </si>
   <si>
     <t>كرم الله عز وجل، فقد تَفَضَّلَ بالرزق ورَضِيَ بالحَمْد.
 رضا الله يُنالُ بأيسر سبب، كالحمد بعد الأكل والشرب.
 من آداب الطعام والشراب: حمد الله تعالى عَقِب الأكل والشرب.</t>
   </si>
   <si>
     <t>İzzət və cəlal sahibi olan Allahın səxavəti, lütf olaraq ruzi verir və qulun həmd etməsindən razı qalır.
 Allahın razılığı, yedikdən və içdikdən sonra həmd etmək kimi ən asan səbəblərlə əldə edilir.
 Yemək və içmək ədəblərindən biri: Yemək və içməkdən sonra uca Allaha həmd etmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5798</t>
   </si>
   <si>
-    <t>إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ</t>
+    <t>إن المؤمن ليدرك بحسن خلقه درجة الصائم القائم</t>
   </si>
   <si>
     <t>Həqiqətən mömin gözəl əxlaqla, oruc tutan və gecələri namaz qılan kəsin dərəcəsinə çatır</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ».</t>
   </si>
   <si>
     <t>Aişədən (Allah ondan razı olsun) rəvayət edildiyinə görə belə demişdir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Həqiqətən mömin gözəl əxlaqla, oruc tutan və gecələri namaz qılan kəsin dərəcəsinə çatır."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ حُسْنَ الخُلُقِ يَبْلُغُ بصاحبِهِ مَنزلةَ المُداومِ على صيامِ النهارِ وقيامِ الليل، وجِمَاعُ حُسْنِ الخلق: بذْلُ المعروف، وحُسْن الكلام، وطلاقة الوجه، وكف الأذى واحتماله من الناس.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, gözəl əxlaq insanı gündüzlər oruc tutan, gecələr namaz qılanın dərəcəsinə çatdırır. Gözəl əxlaq- yaxşılıq etməyi, xeyir söyləməyi,  gülərüzlü olmağı, insanlara əziyyət verməməyi və onlardan gələ biləcək əziyyətə dözümlü olmağı özündə ehtiva edir.</t>
   </si>
   <si>
     <t>عِظَمُ عناية الإسلام بتهذيب الأخلاق وكمالها.
 فضل حسن الخلق، حتى يبلغ العبدُ به درجةَ الصائم الذي لا يُفطر والقائم الذي لا يَتعب. 
 صيام النهار وقيام الليل عملان عظيمان فيهما مشقة على النفوس، بَلَغَ درجتَهما صاحبُ حُسْنِ الخُلُق لمجاهدتِه نفسَه بحُسْن المعاملة.</t>
   </si>
   <si>
     <t>İslamın, əxlaqın saflığına və kamilliyinə diqqətinin böyüklüyü.
 Gözəl əxlaqın üstünlüyü. Qul bu əxlaqla davamlı oruc tutan, gecələr yorulmadan namaz qılan bəndənin dərəcəsinə yüksəlməyə müvəffəq olur.
 Gündüz oruc tutmaq və gecə namaz qılmaq nəfsə ağır gələn böyük əməllərdəndir, gözəl əxlaq sahibi təqdirəlayiq davranışı ilə nəfsinə qalib gəldiyi üçün bu iki əməlin dərəcəsinə çatmışdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5799</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا</t>
+    <t>إن من خياركم أحسنكم أخلاقا</t>
   </si>
   <si>
     <t>Həqiqətən, sizin ən xeyirliniz gözəl əxlaq sahibi olanınızdır”.
 ​</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: لَمْ يَكُنِ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَاحِشًا وَلَا مُتَفَحِّشًا، وَكَانَ يَقُولُ: «إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا».</t>
   </si>
   <si>
     <t>Abdullah bin Amrdan (Allah onların hər ikisindən razı olsun) belə dediyi rəvayət edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) çirkin sözlər danışmaz və çirkin işlərə də can atmazdı və buyurardı: “Həqiqətən, sizin ən xeyirliniz gözəl əxlaq sahibi olanınızdır”.
 ​</t>
   </si>
   <si>
     <t>لم يَكنْ مِن أخلاقِ النبيِّ صلى الله عليه وسلم الكلامُ القبيح، أو الفعلُ القبيح، ولم يكن يَقصدُه ولا يتعمدُه، فهو صلى الله عليه وسلم ذو خلق عظيم.
 وكان صلى الله عليه وسلم يقول: إنَّ أفضلَكم عند الله أحسنُكم خُلُقًا، بِبَذْلِ المعروف، وطلاقةِ الوجه، وكَفِّ الأذى واحتماله، ومخالطة الناس بالجميل.</t>
   </si>
   <si>
     <t>Çirkin sözlər danışmaq və ya çirkin əməllər etmək Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) əxlaqından deyildi və o, nə bu əməllərə niyyət etmiş, nə də qəsd etmişdir. Çünki o, (Allahın salavatı və salamı onun üzərinə olsun) böyük əxlaq sahibi idi.
 O, (Allahın salavatı və salamı onun üzərinə olsun) deyirdi: Allah dərgahında sizin ən xeyirliniz, ən gözəl əxlaqa sahib olanınızdır: yaxşılıq edən, gülərüzlü olan, insanlara əziyyət verməkdən çəkinən və onların əziyyətinə dözümlülük göstərən, insanlarla gözəl şəkildə qaynıyıb qarışandır.</t>
   </si>
   <si>
     <t>على المؤمن أن يبتعد عن الفُحْش من الكلام السيِّئ والفعل القبيح.
 كمال خُلُق رسول الله صلى الله عليه وسلم، فلا يَصْدُرُ عنه إلا العمل الصالح والقول الطيب.
 حسن الخلق مَيْدانٌ للتنافس، فمَن سَبَقَ كان من خيار المؤمنين وأكملِهم إيمانًا.</t>
   </si>
   <si>
     <t>Mömin nalayiq sözlərdən və çirkin əməllərdən uzaq durmalıdır.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) əxlaqının kamilliyi, ondan ancaq saleh əməl görünər və xoş sözlər eşidilərdi.
 Gözəl əxlaq rəqabət meydanıdır, kim öndə gedərsə möminlərin ən yaxşılarından və imanı ən kamil olanlardandır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5803</t>
   </si>
   <si>
-    <t>قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ</t>
+    <t>قال الله: أنفق يا ابن آدم أنفق عليك</t>
   </si>
   <si>
     <t>Allah buyurdu:" Ey Adəm övladı mənim yolumda xərclə ki, mən də sənə yetirim</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ».</t>
   </si>
   <si>
     <t>Əbu Hureyrədən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: Allah buyurdu:" Ey Adəm övladı mənim yolumda xərclə ki, mən də sənə yetirim"</t>
   </si>
   <si>
     <t>يَخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال: أنفق يا ابن آدم -من النفقات الواجبة والمستحبة- أُوَسِّعْ عليك وآتِك عِوَضًا عن ذلك وأباركْ لك فيه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, uca və pak Allah buyurdu: «Ey Adəm övladı, vacib və müstəhəb sədəqələrdən xərclə ki, mən də sənin ruzini artırım, xərclədiyinin əvəzini sənə yetirim və onu sənə bərəkətli edim.</t>
   </si>
   <si>
     <t>الحث على الصدقة والإنفاق في سبيل الله.
 الإنفاق في وجوه الخير من أعظم أسباب البركة في الرزق ومضاعفته، وإخلاف الله على العبد ما أنفقه.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Sədəqəyə, Allah yolunda xərcləməyə təşviq.
 Xeyriyyə işlərində xərcləmək ruzini bərəkətləndirən və onu artıran  və Allahın bəndəyə xərclədiyinin əvəzini verməsi üçün ən böyük səbəblərdəndir.
 Bu hədis Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) öz Rəbbindən nəql etdiyi hədisdir və bu hədis qüdsü və ya ilahi hədis adlanır və onun ləfzi və mənası Allahdandır. Lakin bu hədislərdə, Quranda olan fərqləndirici xüsusiyyətlər yoxdur, məsələn, qiraəti ilə ibadət etmək, onun üçün dəstəmazlı olmaq, Quranın mislinin olmaması, ona qarşı nəyisə çıxartmaqda insanların aciz olması və s.kimi xüsusiyyətlərin bu hədislərə olmaması ilə fərqlənməsidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5805</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ</t>
+    <t>أن رجلا سأل النبي صلى الله عليه وسلم: أي الإسلام خير؟ قال: تطعم الطعام، وتقرأ السلام على من عرفت ومن لم تعرف</t>
   </si>
   <si>
     <t>Bir kişi Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşdu: İslamın hansı əməli daha xeyirlidir? O, dedi: “Yemək yedirtməyin, tanıdığın və tanımadığın hərkəsə salam verməyin”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ».</t>
   </si>
   <si>
     <t>Abdullah bin Amrdan (Allah onların hər ikisindən razı olsun) rəvayət edilir: Bir kişi Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşdu: İslamın hansı əməli daha xeyirlidir? O, dedi: “Yemək yedirtməyin, tanıdığın və tanımadığın hərkəsə salam verməyin”.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم: أيُّ خِصَالِ الإسلامِ أفضلُ؟ فَذَكَرَ خَصْلتين:
 الأولى: الإكثار من إطعام الفقراء، ويدخل فيه الصدقة والهدية والضيافة والوليمة، وتتأكد فضيلة الإطعام في أوقات المجاعة وغلاء الأسعار. 
 والثانية: إلقاء السلام على كلِّ مسلم، عَرَفْتَه أوْ لم تَعْرِفْه.</t>
   </si>
   <si>
     <t>Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşuldu: İslamın hansı xüsusiyyəti daha üstündür? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) iki xüsusiyyəti qeyd etdi:
 Birincisi: Sədəqə vermək, hədiyyə etmək, qonaqpərvərlik və ziyafət vermək kimi əməlləri əhatə edən kasıbları yedizdirməyi çoxaltmaq. Aclıq və bahalıq dövründə kasıbları yedizdirməyin fəziləti daha da artır.
 İkincisi: Tanıdığın və tanımadığın hər bir müsəlmana salam vermək.</t>
   </si>
   <si>
     <t>حرص الصحابة على معرفة الخِصال التي تنفع في الدنيا والآخرة.
 السلام وإطعام الطعام من أفضل الأعمال في الإسلام؛ لفضلها وحاجة الناس إليها في كل وقت.
 بهاتين الخصلتين يجتمع الإحسان بالقول والفعل، وهو أكمل الإحسان.
 هذه الخصال فيما يتعلَّق بتعامل المسلمين فيما بينهم، وهناك خِصالٌ في تعامُلِ العبد مع ربِّه.
 البدء بالسلام مخصوص بين المسلمين، فلا يُسلَّم ابتداءً على كافر.</t>
   </si>
   <si>
     <t>Səhabələrin dünya və axirətdə faydalı olan xüsusiyyətləri öyrənməyə olan hərisliyi
 Salam vermək və yemək yedizdirmək fəzilətinə və hər zaman insanların onlara ehtiyac duyduqlarına görə İslamda ən fəzilətli əməllərdəndir.
 Ehsan (xeyirxahlıq) bu iki xislətlə söz və əməldə birləşir və bu ehsanın ən kamil formasıdır.
 Bu xüsusiyyətlər müsəlmanların öz aralarında necə rəftar etmələri ilə əlaqədardır. Həmçinin qulun öz Rəbbi ilə rəftarında da müəyyən xüsusiyyətlər vardır.
 İlk olaraq salam vermək müsəlmanlara xasdır, kafirə isə ilk olaraq salam verilməməlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5808</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ</t>
+    <t>إن الله ليملي للظالم، حتى إذا أخذه لم يفلته</t>
   </si>
   <si>
     <t>Həqiqətən, Allah zalıma möhlət verir ki, onu yaxalayanda boyun qaçırmasın</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ» قَالَ: ثُمَّ قَرَأَ: «{وَكَذَلِكَ أَخْذُ رَبِّكَ إِذَا أَخَذَ الْقُرَى وَهِيَ ظَالِمَةٌ إِنَّ أَخْذَهُ أَلِيمٌ شَدِيدٌ}[هود: 102]»</t>
   </si>
   <si>
     <t>Əbu Musadan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Həqiqətən, Allah zalıma möhlət verir ki, onu yaxalayanda boyun qaçırmasın” Buyurdu ki: Sonra bu ayəni oxudu: {Rəbbin haqsızlıq edən məmləkətləri yaxaladığı zaman məhz belə yaxalayır.  Onun yaxalaması həqiqətən də üzücüdür, şiddətlidir.} [Hud: 102]
 ​</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من التَّمادِي في الظلم بالمعاصي والشرك وظلم الناس في حقوقهم، فإن الله تعالى يُمْهِلُ الظالمَ ويؤخِّرُه ويُطيل له في عُمُرِه ومالِه فلا يُعاجِلُه العقوبةَ؛ فإنْ لم يتب أَخَذَه ولم يُطْلِقْه ولم يَتْرُكْه لكثرة ظلمه.
 ثم قرأ صلى الله عليه وسلم: {وكذلك أخذ ربك إذا أخذ القرى وهي ظالمة إن أخذه أليم شديد} [هود: 102].</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) zülmə günahlar və şirk edərək israr etməkdən və insanlara zülm etməkdən çəkindirir və bildirir ki, uca Allah zalıma möhlət verir, onun işini sonraya saxlayır, onun ömrünü uzadır və mal-dövlətini davamlı edir, cəza verməkdə tələsmir. Əgər tövbə etməzsə, etdiyi çoxsaylı haqsızlıqlara görə onu yaxalayar, onu sərbəst buraxmaz və ondan əl çəkməz.
 Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bu ayəni oxudu: {Rəbbin haqsızlıq edən məmləkətləri yaxaladığı zaman məhz belə yaxalayır. Onun yaxalaması həqiqətən də üzücüdür, şiddətlidir.} [Hud: 102]
 ​</t>
   </si>
   <si>
     <t>على العاقل المبادرة إلى التوبة، وأن لا يَأمَنْ من مَكْرِ الله إذا كان مُقيمًا على الظلم.
 إمهال الله عز وجل للظالمين وعدم مُعاجَلتِهم بالعقوبة استدراجًا لهم ومضاعفة للعذاب إن لم يتوبوا.
 الظلم من أسباب عقوبة الله للأمم.
 إذا أهلك الله قرية فقد يكون فيها صالحون، فهؤلاء يُبعثون يوم القيامة على ما ماتوا عليه من الصلاح، ولا يضرهم أنْ شَمِلَتْهم العقوبةُ.</t>
   </si>
   <si>
     <t>Aqil insan dərhal tövbə etməyə çalışmalıdır, bilməlidir ki, əgər zülm etməyə davam edərsə, Allahın məkrindən salamt qala bilməz.
 İzzət və cəlal sahibi olan Allahın zalımlara möhlət verməsi və acil əzab verməməsi, tövbə etmədikləri təqdirdə əzablarının ikiqat artırılması üçündür.
 Allahın keçmiş ümmətləri cəzalandırmasının səbəblərindən biri də zülmdür.
 Əgər Allah bir məmləkəti məhv etsə, orada əməlisaleh insanlar olsa belə, bu insanlar Qiyamət günü öldükləri saleh halları üzərində dirilərlər və əzaba düçar olmalarına baxmayaraq onlara o əzəmətli gün zərər dəyməz.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5811</t>
   </si>
   <si>
-    <t>كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ،</t>
+    <t>كلكم راع فمسئول عن رعيته،</t>
   </si>
   <si>
     <t>Sizin hər biriniz başçısınız və  hamınız öz əlinizin altında olanlara cavabdehsiniz</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمرَ رَضِيَ اللَّهُ عَنْهُما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ، فَالأَمِيرُ الَّذِي عَلَى النَّاسِ رَاعٍ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالرَّجُلُ رَاعٍ عَلَى أَهْلِ بَيْتِهِ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالمَرْأَةُ رَاعِيَةٌ عَلَى بَيْتِ بَعْلِهَا وَوَلَدِهِ وَهِيَ مَسْئُولَةٌ عَنْهُمْ، وَالعَبْدُ رَاعٍ عَلَى مَالِ سَيِّدِهِ وَهُوَ مَسْئُولٌ عَنْهُ، أَلاَ فَكُلُّكُمْ رَاعٍ وَكُلُّكُمْ مَسْئُولٌ عَنْ رَعِيَّتِهِ».</t>
   </si>
   <si>
     <t>Abdullah ibn Ömərdən (Allah onların hər ikisindən razı olsun) rəvayət edilir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə dedi: "Sizin hər biriniz başçısınız və  hamınız öz əlinizin altında olanlara cavabdehsiniz. İnsanların üzərində olan əmir başçıdır və onlardan sorumludur,  kişi isə ailəsi üzərində başçıdır və onlara cavabdehdir. Qadın ərinin evi və uşaqları üzərində başçıdır və onlara cavabdehdir və nökər ağasının malında başçıdır və o, buna cavabdehdir. Həqiqətən, sizin hər biriniz başçısınız və hər biriniz əlinizin altında olanlara cavabdehsiniz."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم في المجتمع مسؤوليةً يرعاها ويَتَحَمّلُها، 
 فالإمامُ والأمير راعٍ فيما استرعاه الله، فعليه حفظُ شرائعهم، وحمايتُهم ممّن جارَ عليهم، ومجاهدة عدوهم، وعدم تضييع حقوقهم،
 والرجل في أهل بيته مُكَلَّف بالقيام عليهم بالنفقة، وحسن المعاشرة، وتعليمهم وتأديبهم،
 والمرأة في بيت زوجها راعية بحسن تدبير بيته، وتربية أولاده، وهي مسؤولة عن ذلك،
 والخادم المملوك والأجير مسؤول في مال سيده بالقيام بحفظ ما في يده منه، وخدمته، وهو مسؤول عن ذلك،
 فكل أحد راع فيما استُرْعِيَ عليه، وكل أحد مسؤول عن رعيته.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki,  cəmiyyətdəki hər bir müsəlmanın diqqət etməli və daşımalı olduğu bir məsuliyyəti vardır. İmam və əmir Allahın ona əmanət etdiyi şeylərin mühafizəçisidir. Onların qanunlarını qorumalı, onları zülm edənlərdən qorumalı, onların düşmənləri ilə vuruşmalı və onların haqqlarını zay etməməlidir. Kişi öz ailəsinin maddi ehtiyacını təmin etmək, onlarla gözəl rəftar etmək, onları maarifləndirmək və tərbiyə etmək vəzifəsini daşıyır. Qadın ərinin evində ev işlərini gözəl şəkildə idarə etmək və övladların tərbiyəsi ilə məşğuldur və buna görə də cavabdehdir. Sahib olunan xidmətçi və muzdlu, əlində olan ağasının malını qoruyub saxlamaqla, ona xidmət etməklə məsuldur və o, buna görə cavabdehdir. Hər bir kəs özünə tapşırılan şeyin başçısıdır və hər kəs öz rəiyyətinə cavabdehdir.</t>
   </si>
   <si>
     <t>المسؤولية في المجتمع المسلم عامَّة، وكلٌّ بِحَسَبِهِ وقدرتِه ومسؤوليتِه.
 عِظَمُ مسؤولية المرأة، وذلك بالقيام بحقِّ بيت زوجها وواجباتِها نحو أولادِها.</t>
   </si>
   <si>
     <t>Müsəlman cəmiyyətində məsuliyyət ümumidir və hər kəs öz halına, gücünə və məsuliyyətinə görə cavabdehdir.
 Qadının  məsuliyyəti böyükdür. Bu ərinin evinin haqqını və övladlarına qarşı borcunu yerinə yetirməkdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5819</t>
   </si>
   <si>
-    <t>مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ</t>
+    <t>ما تركت بعدي فتنة أضر على الرجال من النساء</t>
   </si>
   <si>
     <t>Məndən sonra kişilər üçün ən təhlükəli fitnə( yoldan çıxaran) qadınlar olacaq</t>
   </si>
   <si>
     <t>عن أسامة بن زيد رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ».</t>
   </si>
   <si>
     <t>Usamə bin Zeyddən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Məndən sonra kişilər üçün ən təhlükəli fitnə( yoldan çıxaran) qadınlar olacaq."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه ما تَرَكَ بعدَه ابتلاءً واختبارًا أضرَّ على الرجال من النساء؛ فإن كانتْ مِن أهلِه فقد يَحصُلُ منه متابعةً لها في مُخالفةِ الشرع، وإن كانت أجنبيةً عنه فباختلاطِه وخَلوتِه بها وما ينتج عن ذلك من مفاسد.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, özündən sonra kişilər üçün qadınlardan daha zərərli  sınaq və imtahan yoxdur. Məsələn qadın kişinin öz ailəsindəndirsə, o qadına şəriətə zidd olan məsələlərdə  tabe olur, və yaxud qadın yad biridirsə, kişinin o qadınla bir məkanda olması və tək qalması fitnə-fəsada gətirib çıxara bilir.</t>
   </si>
   <si>
     <t>على المسلم الحذر من فتنة النساء، وسدُّ كلِّ طريق يوجب الفتنة بها.
 ينبغي للمؤمن الاعتصام بالله، والرغبة إليه في السلامة من الفتن.</t>
   </si>
   <si>
     <t>Müsəlman, qadınların fitnəsindən ehtiyat etməlidir, fitnəyə aparan hər bir vasitənin qarşısını almalıdır.
 Mömin Allaha sarılmalı və fitnələrdən qorunmaq üçün Ona sığınmalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5830</t>
   </si>
   <si>
-    <t>مَنِ اسْتَطَاعَ البَاءَةَ فَلْيَتَزَوَّجْ، فَإِنَّهُ أَغَضُّ لِلْبَصَرِ، وَأَحْصَنُ لِلْفَرْجِ، وَمَنْ لَمْ يَسْتَطِعْ فَعَلَيْهِ بِالصَّوْمِ، فَإِنَّهُ لَهُ وِجَاءٌ</t>
+    <t>من استطاع الباءة فليتزوج، فإنه أغض للبصر، وأحصن للفرج، ومن لم يستطع فعليه بالصوم، فإنه له وجاء</t>
   </si>
   <si>
     <t>Kim evlənə bilirsə, evlənsin. Çünki evlənmək, gözü naməhrəmlərə baxmaqdan, ayıb yerlərini isə zinadan qoruyur. Kim evlənə bilmirsə, oruc tutsun. Həqiqətən oruc şəhvəti qırır</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: كُنَّا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «مَنِ اسْتَطَاعَ البَاءَةَ فَلْيَتَزَوَّجْ، فَإِنَّهُ أَغَضُّ لِلْبَصَرِ، وَأَحْصَنُ لِلْفَرْجِ، وَمَنْ لَمْ يَسْتَطِعْ فَعَلَيْهِ بِالصَّوْمِ، فَإِنَّهُ لَهُ وِجَاءٌ».</t>
   </si>
   <si>
     <t>Abdullah bin Məsuddan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Biz Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanında idik və o, belə dedi: "Kim evlənə bilirsə, evlənsin. Çünki evlənmək, gözü naməhrəmlərə baxmaqdan, ayıb yerlərini isə zinadan qoruyur. Kim evlənə bilmirsə, oruc tutsun. Həqiqətən oruc şəhvəti qırır."</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن قَدَر على الجماع ومُؤَن النكاح بالزواج؛ فإنه أحفظ لبصره عن الحرام، وأشد إحصانًا لفرجه، ومنعًا من الوقوع في الفاحشة، 
 ومن لم يستطع مُؤنَ النكاح وهو قادر على الجماع فعليه بالصوم فإنه يقطع شهوة الفرج وشر المني.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) cinsi yaxınlıq və nikah yükünə (ailəni dolandırmağa) qadir olanları evlənməyə təşviq etmişdir, çünki, o haramlara baxmaqdan qoruyur və cinsi orqanı hifz edir  və əxlaqsızlığa düşməyə maneə olur. Kimin nikah yükünə gücü çatmaz, lakin cinsi əlaqəyə qadir olarsa, o kəs isə oruc tutsun, çünki o cinsi orqanın şəhvətini kəsir və məninin şərrinin qarşısını alır.</t>
   </si>
   <si>
     <t>حرص الإسلام على أسباب العفَّة والسلامة من الفواحش.
 حث من لم يستطع مؤنة النكاح بالصوم؛ لأنه يضعف الشهوة.
 وجه تشبيه الصيام بالوجاء؛ لأن الوِجاء رضُّ عروق الخِصْيَتَين، فتذهب بذهابهما شهوة الجماع، وكذلك الصوم، فهو مُضعِف لشهوة الجماع.</t>
   </si>
   <si>
     <t>İslamın iffət səbəblərinə və fuhuşdan salamat qalmağa hərisliyi.
 Evliliyə maddi gücü çatmayanları oruc tutmağa təşviq etmək, çünki o cinsi şəhvəti zəiflədir.
 Orucun kastrasiyaya bənzədilməsi yönü budur ki, kastrasiya xayaların damarlarına zərbədir ki, onların məhv olması ilə cinsi əlaqəyə olan həvəs də aradan qalxır, eləcə də oruc, o da cinsi əlaqəyə olan həvəsi zəiflədir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5863</t>
   </si>
   <si>
-    <t>يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا</t>
+    <t>يسروا ولا تعسروا، وبشروا ولا تنفروا</t>
   </si>
   <si>
     <t>Asanlaşdırın, çətinləşdirməyin, sevindirin, hürküdüb qaçırtmayın</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا».</t>
   </si>
   <si>
     <t>Ənəs bin Məlikdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Asanlaşdırın, çətinləşdirməyin, sevindirin, hürküdüb qaçırtmayın".</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) insanlara Allahın icazə verdiyi və şəriət buyurduğu hüdudlar daxilində bütün din və dünya işlərində yüngülləşdirməyi, asanlaşdırmağı, çətinləşdirməməyi əmr etmişdir.
 Xeyir işlərdə insanları müjdələməyə, sevindirməyə və hürküdməməyə, xeyirdən uzaqlaşdırmamağa çağırır.</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>Mömin Allahı insanlara sevdirməli və onları xeyir işlər görməyə təşviq etməlidir.
 Allahın yoluna dəvət edən insan, İslam dəvətini insanlara çatdıracağı üsluba hikmətlə yanaşmalıdır.
 Dəvətçinin insanlara təqdim etdiyi müjdə onlarda sevinc, rahatlıq, maraq doğurur.
 ​
 Çətinlik isə dəvətçinin sözlərində şübhə, nifrət və üz çevirmə doğurur.
 Allahın rəhmətinin qullarına genişliyi, onlara rahat din və asan şəriət nəsib etmişdir.
 Asanlaşdırmaq şəriətlə əmr edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5866</t>
   </si>
   <si>
-    <t>تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا</t>
+    <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
   </si>
   <si>
     <t>Bu Quranı daima oxuyun! Canım əlində olan Allaha and olsun ki, o (sahibini) kəndirdən açılıb qaçan dəvədən daha tez tərk edir</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
     <t>Əbu Musa Əl-Əşaridən (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Bu Quranı daima oxuyun! Canım əlində olan Allaha and olsun ki, o (sahibini) kəndirdən açılıb qaçan dəvədən daha tez tərk edir".</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) sinələrdə əzbərlənən Quranı unutmamaq üçün ona bağlı qalmağı və  onu mütəmadi olaraq oxumağı əmr etmişdir. O (Allahın salavatı və salamı onun üzərinə olsun) and içərək təkid edir ki, Quranın sinələrdən itməsi və getməsi, ayağının ortasından iplə bağlanmış dəvənin ipdən qurtulub qaçmasından daha asandır. Əgər insan Quranı oxumağa davam edərsə, onu saxlayar, əgər oxumağı buraxarsa, əzbərlədiyi gedər və itər.</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>Əgər Quran əzbərləyən onu mütəmadi oxuyarsa, yaddaşına həkk olar, əks halda əzbərlədikləri onun yaddaşından itər və onları unudar.
 Quranı davamlı oxumağın faydalarından: mükafat və savab, və Qiyamət günü oxuyanın dərəcəsinin ucalığı.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5907</t>
   </si>
   <si>
-    <t>خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ</t>
+    <t>خيركم من تعلم القرآن وعلمه</t>
   </si>
   <si>
     <t>Sizin ən xeyirliniz Quranı öyrənən və onu öyrədəndir</t>
   </si>
   <si>
     <t>عن عثمان رضي الله عنه عن النبي صلى الله عليه وسلم قال: «خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ».</t>
   </si>
   <si>
     <t>Osmandan (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Sizin ən xeyirliniz Quranı öyrənən və onu öyrədəndir."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أفضلَ المسلمين وأعلاهم عند الله درجة: مَن تَعَلَّم القرآنَ، تلاوةً وحفظًا وترتيلًا وفقهًا وتفسيرًا، وعَلَّمَ غيرَه ما عنده من علوم القرآن مع عَمَلِهِ به.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurur ki, müsəlmanların ən xeyirlisi və Allah qatında ən yüksək dərəcəyə malik olanı Quranı tilavətlə oxumaqla, əzbərləməklə, onun təfsirini və elmini öyrənər və bilik əldə edər. Onun əhkamlarına əməl edər və bildiyi Quran elmlərini başqalarına öyrədər.</t>
   </si>
   <si>
     <t>بيان شرف القرآن، وأنه خير الكلام؛ لأنه كلام الله.
 خير المُتعلمين مَن يُعَلِّمُ غيرَه لا مَن يَقتصِرُ على نفسِه.
 تَعَلُّمُ القرآنِ وتَعْلِيْمُه يشمل التلاوةَ والمعاني والأحكام.</t>
   </si>
   <si>
     <t>Quranın şərəfli olmasının və kəlamlarının ən xeyirli olmasının açıqlaması.  Çünki bu, Allahın kəlamıdır.
 Öyrənənlərin ən xeyirlisi özünün öyrənməsi ilə kifayətlənməz, əksinə öyrəndiklərini başqalarına öyrədər.
 Quranı öyrənmək və öyrətmək- tilavəti, mənaları və əhkamları da ehtiva edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5913</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ</t>
+    <t>والذي نفسي بيده لتركبن سنة من كان قبلكم</t>
   </si>
   <si>
     <t>Nəfsim əlində olana and olsun ki, siz özünüzdən əvvəlkilərin yoluna tabe olacaqsınız."
 ​</t>
   </si>
   <si>
     <t>عَنْ أَبِي وَاقِدٍ اللَّيْثِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لَمَّا خَرَجَ إِلَى حُنَيْنٍ مَرَّ بِشَجَرَةٍ لِلْمُشْرِكِينَ يُقَالُ لَهَا: ذَاتُ أَنْوَاطٍ يُعَلِّقُونَ عَلَيْهَا أَسْلِحَتَهُمْ، فَقَالُوا: يَا رَسُولَ اللهِ، اجْعَلْ لَنَا ذَاتَ أَنْوَاطٍ كَمَا لَهُمْ ذَاتُ أَنْوَاطٍ، فَقَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «سُبْحَانَ اللهِ! هَذَا كَمَا قَالَ قَوْمُ مُوسَى {اجْعَلْ لَنَا إِلَهًا كَمَا لَهُمْ آلِهَةٌ} [الأعراف: 138] وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ».</t>
   </si>
   <si>
     <t>Əbu Vaqid əl-Leysidən (Allah ondan razı olsun) belə rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Huneynə çıxanda müşriklərin silahlarını asdıqları "Zətu-Ənvat" deyilən bir ağacın yanından keçdi və səhabələr dedilər: Ey Allahın elçisi, onların Zətu-Ənvat ağacı olduğu kimi, bizim üçün də Zətu-Ənvat ağacı düzəlt!”  Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dedi: “Subhənallah-(Allah pak və müqəddəsdir! )Bu, Musanın qövmünün dediyi kimidir: “Onların ilahları olduğu kimi, bizim üçün də bir ilah düzəlt!” [Əraf: 138] Nəfsim əlində olana and olsun ki, siz özünüzdən əvvəlkilərin yoluna tabe olacaqsınız."
 ​</t>
   </si>
   <si>
     <t>خَرَجَ رسولُ الله صلى الله عليه وسلم إلى حُنَيْن وهو: وادٍ بين الطائف ومكة، وكان معه بعضُ الصحابة الذين دخلوا في الإسلام قريبًا، 
 فمرُّوا بشجرة يقال لها: "ذات أنواط"، أي: ذات مُعَلَّقات، كان المشركون يُعَظِّمونها ويعلِّقون عليها أسلحتَهم وغيرَها طلبًا للبركة، 
 فطلبوا مِن الرسول صلى الله عليه وسلم أن يَجْعَلَ لهم شجرةً مثلَها، يُعلِّقون عليها أسلحتهم، طلبًا للبركة؛ ظَنًّا منهم أنَّ هذا أمرٌ جائز، 
 فسبَّح النبيُّ صلى الله عليه وسلم استنكارًا لهذه المقالة، وتعظيمًا لله، وأخبَر أنّ هذه المقالة تُشْبِهُ مقالةَ قوم موسى له: {اجعل لنا إلهًا كما لهم آلهة}، 
 لمَّا رَأَوْا مَن يَعْبُدُ الأصنام فطلبوا أن يكونَ لهم أصنامٌ كما للمشركين أصنامٌ، وأنَّ هذا اتّباعٌ لطريقتِهم، 
 ثم أخبَر صلى الله عليه وسلم أنَّ هذه الأمة ستَتَّبِع طريقةَ اليهود والنصارى وتفعل فِعلَهم، مُحَذِّرًا من ذلك.</t>
   </si>
   <si>
     <t>Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Taif ilə Məkkə arasında bir vadi olan Huneynə getdi və onun yanında İslama yeni daxil olmuş bir neçə səhabə vardı. Onlar “zətu ənvat” adlanan, yəni üzərində asılmış şeylər olan bir ağacın yanından keçdilər. Müşriklər o ağaca ehtiram edirdilər, bərəkət diləmək niyyəti ilə onun üzərinə öz silahlarını və başqa şeyləri asırdılar. (Bu səhabələr) caiz olduğunu düşünərək, Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) istədilər ki, onlar üçün bu ağac kimi, bərəkət diləyib silahlarını asa biləcəkləri bir ağac düzəltsin. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bu sözü (səhabələrin istəyini) inkar edərək, Allahı təsbih etdi-Onu hər cür nöqsanlardan münəzzəh etdi və bu sözün Musanın qövmünün ona dediyi sözə-“Onların ilahları olduğu kimi, bizə də bir ilah et” - sözünə bənzədiyini bildirdi . (Musanın qövmü) Bütlərə ibadət edənləri gördükdə, müşriklərin bütləri olduğu kimi özlərinin də bütlərinin  olmasını istədilər. Bu da, onların yoluna tabe olmaqdır. Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bu ümmətin yəhudi və xristianların yoluna tabe olacağını, onların etdiklərini edəcəyini, bundan çəkindirmək üçün bizə xəbər verdi.
 ​</t>
   </si>
   <si>
     <t>الإنسانُ قد يَستحسنُ شيئًا يَظُنُّه يُقَرِّبُه إلى الله تعالى، وهو يُبْعِدُه عنه.
 ينبغي للمسلم أن يُسَبِّح ويُكَبِّر إذا سمِع ما لا ينبغي أن يُقَال في الدين، وعند التَّعَجُّب.
 من الشرك التَّبَرُّك بالأشجارِ والأحجارِ وغيرها، والبَرَكة إنما تطلب من الله وحده.
 سبب عبادة الأصنام هو تعظيمها، والعكوف عندها، والتَبَرُّك بها.
 وجوب سَدِّ الأبواب والطُّرُق التي تُوصل إلى الشرك.
 ما جاء من النصوص في ذمِّ اليهود والنصارى هو تحذيرٌ لنا.
 النَّهْيُ عن التَّشَبُّه بأهل الجاهلية واليهود والنصارى، إلا ما دلَّ الدليل على أنه من ديننا.</t>
   </si>
   <si>
     <t>İnsan hərdən bir şeyi gözəl görür və həmin şeyin onu Uca Allaha yaxınlaşdırdığını düşünür, lakin, bu onu Allahdan uzaqlaşdırır.
 Müsəlman dində söylənməsi doğru olmayan bir şeyi eşidəndə və təəccüblənəndə “Subhənallah” və “Allahu Əkbər” deməlidir.
 Ağacdan, daşdan və digər şeylərdən bərəkət istəmək şirkdir və bərəkət yalnız Allahdan istənilir.
 Bütlərə ibadət etməyin səbəbi, onları təzim etmək, özünü onlara həsr etmək və onlardan bərəkət istəməkdir.
 Şirkə aparan qapıları və yolları bağlamağın vacibliyi.
 Yəhudiləri və xristianları qınayan nasslar (ayə və hədislər) bizim üçün bir xəbərdarlıqdır.
 Dəlillərin, dinimizdən olduğuna dəlalət etdiyi şeylər istisna olmaqla, cahiliyyə dövrünün insanlarına, yəhudi və xristianlara bənzəməyin qadağan olunması</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5927</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَلَّمَهُ فِي بَعْضِ الْأَمْرِ، فَقَالَ: مَا شَاءَ اللهُ وَشِئْتَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَجَعَلْتَنِي لِلَّهِ عَدْلًا؟ قُلْ: مَا شَاءَ اللهُ وَحْدَهُ</t>
+    <t>أن رجلا أتى النبي صلى الله عليه وسلم، فكلمه في بعض الأمر، فقال: ما شاء الله وشئت، فقال النبي صلى الله عليه وسلم: أجعلتني لله عدلا؟ قل: ما شاء الله وحده</t>
   </si>
   <si>
     <t>Bir kişi Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldi və onunla bəzi məsələlər haqqında danışdı və dedi: “Allah və sən istədin”. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: “Sən məni Allahla bərabərmi etdin? De ki: “Yalnız Allah istədi (oldu).”</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما: أَنَّ رَجُلًا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَلَّمَهُ فِي بَعْضِ الْأَمْرِ، فَقَالَ: مَا شَاءَ اللهُ وَشِئْتَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَجَعَلْتَنِي لِلَّهِ عَدْلًا؟ قُلْ: مَا شَاءَ اللهُ وَحْدَهُ».</t>
   </si>
   <si>
     <t>İbn Abbasdan (Allah onların hər ikisindən  razı olsun) belə rəvayət edilir: Bir kişi Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldi və onunla bəzi məsələlər haqqında danışdı və dedi: “Allah və sən istədin”. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: “Sən məni Allahla bərabərmi etdin? De ki: “Yalnız Allah istədi (oldu).”</t>
   </si>
   <si>
     <t>جاءَ رجلٌ إلى النبيِّ صلى الله عليه وسلم فكَلَّمَه في أمرٍ له، ثم قال: "ما شاء الله وشئت"، 
 فأنكر عليه النبيُّ صلى الله عليه وسلم هذا القول، وأخبره أنّ عَطْف مشيئة المخلوق على مشيئة الله بالواو شِركٌ أصغر، لا يجوز للمسلم أن يَتَلَفَّظَ به، 
 ثم أَرْشَدَه إلى القول الحق: "ما شاء الله وحده"، فيُفْرِد الله في مشيئته، ولا يَعْطِف عليه مشيئة أحدٍ بأيِّ نوع من أنواع العَطْف.</t>
   </si>
   <si>
     <t>Bir kişi Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəlib onunla özünə aid bir məsələdə danışdı, sonra dedi: "Allah və sən istədin (oldu)". Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onun bu sözünü inkar etdi və ona bildirdi ki, məxluqun istəyini, Allahın istəyinə "və" ədatı ilə bağlamaq- yəni birlikdə işlətmək- kiçik şirkdir və müsəlmanın bunu söyləməsi icazəli deyildir. Sonra onu doğru sözə yönəltdi: “Yalnız Allah istədi”. Beləliklə o, istəməkdə Allahı təkləşdirir və heç bir bağlayıcı ədatı ilə Allahın istəyinə  bir kəsin istəyini bağlamır.</t>
   </si>
   <si>
     <t>النهي عن قول: ما شاء الله وشئت، وما أشبهه مما فيه عَطْف مشيئة العبد على مشيئة الله بالواو؛ لأنه شرك أصغر.
 وجوب إنكار المنكر.
 رسول الله صلى الله عليه وسلم قد حَمَى حِمَى التوحيد، وسدَّ طرق الشرك.
 عند إنكار المنكر يحسن توجيه المدعو إلى بديل مباح، اقتداءً بالنبي صلى الله عليه وسلم.
 الجمع بين قوله صلى الله عليه وسلم في هذا الحديث: «ما شاء الله وَحْدَه»، وقوله في الحديث الآخر: «قل: ما شاء الله ثم شئت» أن قول الشخص: «ما شاء الله ثم شئت» جائز، لكن قوله: «ما شاء الله وحده» أفضل.
 يجوز أن تقول: «ما شاء الله ثم شئت» ولكن الأفضل قول: «ما شاء الله وحده».</t>
   </si>
   <si>
     <t>“Necə ki, Allah və sən istədin” sözü və buna bənzər, yəni "və" ədatı ilə qulun istəyinin Allahın istəyi ilə birgə işlətməyin qadağan olunması. Çünki bu kiçik şirkdir.
 Münkəri (şəriətə zidd olan şeyləri) inkar etməyin vacibliyi.
 Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) tövhidin sərhədini qorudu və şirk yollarını bağladı.
 Münkəri inkar edərkən, Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) nümunə götürərək, nəsihət edilən şəxsi mübah (icazəli) olan alternativə yönəltmək gözəl əməldir.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) bu hədisdəki: “yalnız Allah istədi” və digər hədisdəki: “De: “Allah, sonra sən istədin” sözünü cəm etmək:  Bir şəxsin “Allah, sonra sən istədin” deməsi icazəlidir. Lakin onun: “yalnız Allah  istədin (oldu)” deməsi daha yaxşıdır.
 “Allah, sonra sən istədin” deməyin icazəlidir. Lakin  “yalnız Allah  istədi” demək daha yaxşıdır.</t>
   </si>
   <si>
     <t>إسناده حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[İsnadı həsən olan]</t>
   </si>
   <si>
     <t>[İbnu Məcə, Ən-Nəsai Əl-Kubrada və Əhməd rıvayət etdilər]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5928</t>
   </si>
   <si>
-    <t>أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ</t>
+    <t>أشد الناس عذابا عند الله يوم القيامة الذين يضاهون بخلق الله</t>
   </si>
   <si>
     <t>Qiyamət günü Allah yanında insanların  ən şiddətli əzab olunanları, Allahın yaratmasına bənzəməyə çalışanlardır</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: دَخَلَ عَلَيَّ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَقَدْ سَتَرْتُ سَهْوَةً لِي بِقِرَامٍ فِيهِ تَمَاثِيلُ، فَلَمَّا رَآهُ هَتَكَهُ وَتَلَوَّنَ وَجْهُهُ وَقَالَ: «يَا عَائِشَةُ، أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ» قَالَتْ عَائِشَةُ: «فَقَطَعْنَاهُ فَجَعَلْنَا مِنْهُ وِسَادَةً أَوْ وِسَادَتَيْنِ».</t>
   </si>
   <si>
     <t>Möminlərin anası Aişədən (Allah ondan razı olsun) rəvayət edilir ki, o, dedi: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) mənim yanıma daxil oldu və mən səhvən üzərində şəkillər olan pərdə ilə şkafın üstünü örtmüşdüm. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bunu görəndə pərdəni dartıb çəkdi, üzünün rəngi dəyişdi və dedi: “Ey Aişə,  Qiyamət günü Allah yanında insanların  ən şiddətli əzab olunanları, Allahın yaratmasına bənzəməyə çalışanlardır” Aişə dedi: “Biz onu kəsdik və ondan bir və ya iki yastıq düzəltdik.</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم بيتَه على عائشة رضي الله عنها فوجدَها قد سترتْ الخِزانة الصغيرة التي يُوضَع فيها المتاع بقماش فيه تصاوير لذوات الأرواح، فتَغَيَّرَ لونُ وجهِهِ غضبًا لله ونَزَعَه، وقال: 
 أشدُّ الناس عذابًا يوم القيامة الذين يُشابِهون بتصاويرهم خلقَ الله. 
 قالت عائشة: فجعلناه وِسَادَة أو وسادتين.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) evinə, Aişənin (Allah ondan razı olsun) yanına girdikdə  gördü ki, o, əşyaların saxlandığı kiçik şkafın üzərini canlıların şəkilləri olan parça ilə örtüb. Sonra Allah üçün qəzəbdən onun üzünün rəngi dəyişdi və parçanı çıxarıb dedi: Qiyamət günü əzabı ən şiddətli olacaq insanlar, çəkdikləri şəkillər ilə Allahın yaratmağına bənzər işlər görənlərdir. Aişə dedi: "Biz də ondan bir və ya iki yastıq düzəltdik.</t>
   </si>
   <si>
     <t>إنكار المنكر وقتَ رؤيتِه وعدم التراخي في ذلك، ما لم يكن في ذلك مفسدة أكبر.
 العذاب يوم القيامة يتفاوت بحسب عِظَمِ الذنب.
 تصوير ذوات الأرواح من كبائر الذنوب.
 من حِكَمِ تحريم التصوير مضاهاة خلق الله تعالى، سواءً قصد المصوِّرُ المضاهاة أو لم يقصد.
 حرص الشريعة على حفظ الأموال بالاستفادة منها بعد تجنيبِها ما يحرم فيها.
 المنع من صناعة صور ذات الأرواح على أيِّ شَكْلٍ كان، ولو كانت ممتهنة.</t>
   </si>
   <si>
     <t>Daha böyük fitnə-fəsad törətmədikcə, münkəri (pis bir işi) gördükdə onu dərhal inkar etmək və bu işdə yubanmamaq.
 Qiyamət günü əzab, günahın böyüklüyünə görə fərqlənir.
 Ruhu olan şeylərin (canlıların) şəklini çəkmək böyük günahlardandır.
 (Ruhu olan şeylərin ) şəkillərini çəkməyin qadağan edilməsində olan hikmətlərindən biri, niyyətində olub-olmamasından asılı olmayaraq, rəsm çəkənin Uca Allahın yaratmasına bənzər əməl etməsidir.
 Şəriət, haramlardan çəkindikdən sonra malı istifadə edərək onu qoruyub saxlamağa həvəsləndirir.
 Hansı formada olursa-olsun, hətta kiçik görülsə belə, ruhu olan şeylərin şəkillərinin düzəltməyin qadağan olunması</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5931</t>
   </si>
   <si>
-    <t>مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ</t>
+    <t>من نزل منزلا ثم قال: أعوذ بكلمات الله التامات من شر ما خلق، لم يضره شيء حتى يرتحل من منزله ذلك</t>
   </si>
   <si>
     <t>“Kim bir məkana çatıb, orada dayanıb qalarsa, ardınca “Yaratdıqlarının şərindən Allahın kamil kəlmələrinə sığınıram” duasını oxuyarsa, ona, həmin yeri tərk edənə qədər heç bir ziyan dəyməz.”</t>
   </si>
   <si>
     <t>عن خَوْلَةَ بِنْتَ حَكِيمٍ السُّلَمِيَّةَ قَالتْ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ».</t>
   </si>
   <si>
     <t>Xəvlə bint Həkim əs-Suləmiyyədən (Allah ondan razı olsun) rəvayət edilir ki, o dedi: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: “Kim bir məkana çatıb, orada dayanıb qalarsa, ardınca “Yaratdıqlarının şərindən Allahın kamil kəlmələrinə sığınıram” duasını oxuyarsa, ona, həmin yeri tərk edənə qədər heç bir ziyan dəyməz.”</t>
   </si>
   <si>
     <t>يُرْشِدُ النبيُّ صلى الله عليه وسلم أُمَّتَه إلى الاعتصام والالتجاء النافع الذي يَندفِعُ به كلُّ محذورٍ يخافُه الإنسان عندما يَنزِل مكانًا من الأرض، سواء كان في سفر أو نزهة أو غير ذلك: بأنْ يعتصمَ ويلتجئَ بكلمات الله الكاملة في فضلها وبركتها ونفعها، السالمة من كل عيب ونقص، من شر كل مخلوق فيه شر، فيَأْمَنَ في منزلِه ذلك ما دام مُقيمًا فيه مِن كلِّ ما يؤذي.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) öz ümmətini, yer üzündə hər hansı bir yerdə müvəqqəti olsa belə məskunlaşarkən qorxduğu bütün təhlükələrdən  qorunmaq üçün faydalı vasitələrdən bərk yapışmağa və onlara sarılmağa çağırır, bu istər səfərdə, istər gəzintidə və ya buna bənzər hallarda ola bilir: müsəlman, Allahın bütün eyb və nöqsanlardan uzaq olan kamil  kəlamlarının fəzilətinə, bərəkətinə və faydasına görə, bu kəlamlara sarılar, şəri olan hər bir canlının şərrindən bu kəlamlara sığınar və beləliklə də qərarlaşdığı yerdə təhlükədən qorunub əmin-amanlıqda olar.</t>
   </si>
   <si>
     <t>الاستعاذة عبادة، وهي ما كانت بالله تعالى أو بأسمائه وصفاته.
 جواز الاستعاذة بكلام الله، لأنه صفة من صفاته سبحانه، بخلاف الاستعاذة بأي مخلوق فهي شرك.
 فضيلة هذا الدعاء وبركته.
 التَّحَصُّن بالأذكار سببٌ لحماية العبد من الشرور.
 إبطال الاستعاذة بغير الله من الجن والسَّحَرة والدجَّالين وغيرهم.
 مشروعية هذا الدعاء لمَن نزل مكانًا في الحضر أو السَّفر.</t>
   </si>
   <si>
     <t>Allaha sığınmaq ibadətdir və bu uca Allaha, həmçinin Onun isim və sifətlərinə sığınmaqla olur.
 Allahın kəlamlarına sığınmağın icazəli olması, çünki o uca Allahın sifətlərindən biridir. Lakin hər hansı yaradılmışa sığınmaq isə şirkdir.
 Bu duanın fəziləti və bərəkəti.
 Zikrlərlə qorunmaq qulun  pisliklərdən himayə olunmasına səbəbdir.
 Cin, sehrbaz, saxtakarlara və Allahdan başqa digərlərinə sığınmaq qadağan edilmişdir.
 Yaşayış yerində və ya səfərdə olarkən bu duanı etməyin şəriətdə buyurulması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5932</t>
   </si>
   <si>
-    <t>أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ</t>
+    <t>ألا أبعثك على ما بعثني عليه رسول الله صلى الله عليه وسلم؟ أن لا تدع تمثالا إلا طمسته، ولا قبرا مشرفا إلا سويته</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) məni göndərdiyi tapşırıqla mən də səni göndərimmi? Bütün heykəlləri məhv et, hündür qəbrləri yerlə bir et</t>
   </si>
   <si>
     <t>عن أبي الهيَّاج الأسدي قال: قَالَ لِي ‌عَلِيُّ بْنُ أَبِي طَالِبٍ: أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ.</t>
   </si>
   <si>
     <t>Əbul-Həyyac Əl-Əsədidən belə dediyi rəvayət edilir: Əli bin Əbi Talib (Allah ondan razı olsun) mənə dedi: Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) məni göndərdiyi tapşırıqla mən də səni göndərimmi? Bütün heykəlləri məhv et, hündür qəbrləri yerlə bir et.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
 وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) səhabələrini mövcud olan hər ruha malik canlının təsvirini və ya timsallarını aradan götürmək və yox etmək  üçün göndərərdi.
 Onlara əmr edərdi ki, yüksək inşalı qəbrləri yerlə bir etsinlər, üzərilərində olan tikilini dağıdaraq qəbri yerə yaxın bir qarış səviyyəsində saxlasınlar.</t>
   </si>
   <si>
     <t>تحريم التصوير لذوات الأرواح؛ لأنها من وسائل الشرك.
 مشروعية إزالة المنكر باليد لمن له سلطة أو قدرة على ذلك.
 حرص النبي صلى الله عليه على إزالة كل ما يدل على آثار الجاهلية، من التصاوير والتماثيل والأبنية على القبور.</t>
   </si>
   <si>
     <t>Ruhu olan canlıların rəsmini çəkmək haramdır, çünki bu şirkə aparan vasitələrdəndir.
 Gücü, ixtiyarı  və ya vəzifə səlahiyyəti buna imkan verən şəxsin  münkəri (şəriətə zidd olan əməli) əli ilə dəyişməyin şəriətdə buyurulması.
 Üzərində tikililər ucaldılan qəbirlər, rəsm, heykəl kimi cahiliyyəyə aid atributların aradan qaldırılmasına Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) hərisliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5934</t>
   </si>
   <si>
-    <t>لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ</t>
+    <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
     <t>Sizlərdən biriniz, mən ona valideynindən, övladından və bütün insanlardan sevimli olmayınca iman gətirmiş olmaz</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
     <t>Ənəsdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Sizlərdən biriniz, mən ona valideynindən, övladından və bütün insanlardan sevimli olmayınca iman gətirmiş olmaz.</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)  bizə xəbər verir ki, müsəlman, Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) olan sevgisini anasına, atasına, oğluna, qızına, bütün insanlara olan sevgisindən üstün tutmadıqca kamil imana nail olmaz. Bu məhəbbət, ona itaəti, dəstək olmağı və ona asi olmamağı tələb edir.</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
   <si>
     <t>Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) məhəbbətin vacibliyi və bütün yaradılmışlara olan sevgidən üstün olması.
 Mükəmməl məhəbbətin  əlamətindən: Allah Rəsulunun sünnəsini dəstəkləmək və bu yolda canı və malı ilə çalışmaq.
 Peyğəmbəri (Allahın salavatı və salamı onun üzərinə olsun) sevmək , onun  əmrlərinə itaət etməyi, xəbər verdiklərini təsdiq etməyi, qadağan etdiklərindən uzaq durmağı gərəkdirir, ona tabe olmağı və bidətləri tərk etməyi zəruri edir.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) üzərimizdə olan haqqı bütün insanlardan daha əzəmətli və daha önəmlidir, çünki o, bizim zəlalətdən çıxıb hidayətə qovuşmağımıza, cəhənnəmdən xilasımıza və cənnəti qazanmağımıza səbəbdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5953</t>
   </si>
   <si>
-    <t>‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ</t>
+    <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
   </si>
   <si>
     <t>Bəxti, uğuru öyrənmək iddiası ilə quş uçuran və ya bu məqsədləri güdən quş uçurana müraciət edən, fala baxan və baxdıran, sehr etməklə məşğul olan və ya ona sehrbazlıq tələbi ilə müraciət şəxs bizdən deyil</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
   </si>
   <si>
     <t>İmran bin Husayndan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Bəxti, uğuru öyrənmək iddiası ilə quş uçuran və ya bu məqsədləri güdən quş uçurana müraciət edən, fala baxan və baxdıran, sehr etməklə məşğul olan və ya ona sehrbazlıq tələbi ilə müraciət şəxs bizdən deyil. Kim falçıya gedib onun dediklərinə inanarsa, o, Muhəmmədə (Allahın salavatı və salamı onun üzərinə olsun) nazil olana küfr etmiş olar."</t>
   </si>
   <si>
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ümmətindən olan insanların bəzi əməllərinə görə  " O, bizdən deyil” sözləri ilə, onlara xəbərdarlıq etmişdir. Həmin əməllərdən bəziləri:
 Birincisi: "Uğursuzluğa inanıb quş uçurmaq və ya onun üçün quş uçurulması" Məsələnin əsli : Səyahət, ticarət və ya başqa bir işə başlayarkən quşu uçurmaqdır. Əgər quş sağa uçarsa, həmin adam nikbin olar və istədiyini etməyə gedər, yox sola uçarsa o bədbin olar və istədiyindən əl çəkər və onun bu iddiasına görə, nə özünün bu işi görməsi, nə də başqasına həvalə etməsi caiz deyildir. Sözügedən bədbinliyə istər eşidilən əlamətlər, istərsə də gözlə görülən əlamətlər daxildir - quşlar, heyvanlar, əlilliyi olan insanlar, rəqəmlər, günlər və ya başqa əlamətlərə- aid ola bilər.
 İkincisi: “Kim kahinliklə məşğul olarsa və ya kahindən fala baxmağı tələb edərsə.” Beləliklə, kim ulduzlardan və başqa şeylərdən istifadə edərək qeybi bildiyini iddia edərsə və ya qeyb elmini iddia edən kahinə və ya oxşar insanlara gedib qeyb elminə malik olması iddialarına inanarsa, Muhəmmədə (Allahın salavatı və salamı onun üzərinə olsun) nazil olanı inkar etmiş olar
 Üçüncüsü: “Sehr edən  və ya özü üçün sehr etdirən”, yəni kiməsə fayda və ya ziyan vurmaq, yaxud iplə düyün vurmaq və üzərinə haram sehrli sözlər oxuyub üfürməklə sehr edən  və ya öz mənafeyini güdərək kiməsə cadu , sehr edilməsini  tələb edən kəsdir.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والإيمان بقضاء الله وقدره، وتحريم الطيرة والتشاؤم والسحر والكهانة، أو سؤال أصحابها ذلك.
 ادعاء علم الغيب من الشرك الذي ينافي التوحيد.
 تحريم تصديق الكهان والذهاب إليهم، ويلحق بذلك قراءة ما يُسمى بالكَفِّ والفِنْجَان والبروج والنظر فيها ولو على سبيل الاطلاع.</t>
   </si>
   <si>
     <t>Allaha təvəkkül etməyin, Onun qəza və qədərinə iman etməyin vacibliyi, uğursuzluğa, bədbinliyə, sehrə, kahinliyə inanmağın, həmin adamlardan bu zidd əməlləri istəməyin haram olması.
 Qeyb elmini idda etmək tövhidə zidd olan şirkdir.
 Kahinlərə inanmaq və onlara təşrif buyurmaq qadağandır, hətta məlumat xatirinə olsa belə, əl falı, fincan və bürclərə baxmaq kimi əməllər bu qadağaya aid edilir.</t>
   </si>
   <si>
     <t>رواه البزار</t>
   </si>
   <si>
     <t>[Əl-Bəzzar rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5981</t>
   </si>
   <si>
-    <t>مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً</t>
+    <t>من أتى عرافا فسأله عن شيء لم تقبل له صلاة أربعين ليلة</t>
   </si>
   <si>
     <t>Kim bir baxıcının yanına gedərsə və ondan bir şey soruşarsa, qırx gün namazı qəbul edilməz</t>
   </si>
   <si>
     <t>عن بعض أزواج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً».</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bəzi xanımlarından Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilmişdir: "Kim bir baxıcının yanına gedərsə və ondan bir şey soruşarsa, qırx gün namazı qəbul edilməz."</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من إتيان العرّاف -هو اسم عام للكاهن والمُنِّجم والرَّمَّال ونحوهم، ممن يَسْتَدِلُّ على معرفة الغيب بمقدمات يستعملها -، وأنَّ مُجَرَّدَ سؤالِهِ عن شيء من أمور الغيب سيَحْرِمُه الله به ثوابَ صلاته أربعين يومًا؛ وذلك عقوبة له على هذا الإثم والذنب الكبير.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) baxıcının yanına getməyin müsəlman üçün təhlükəli olduğunu bildirir. Baxıcı- istifadə etdikləri şeylər vasitəsilə qeybi məlumatlar verən falçı, münəccim, qum üzərində fala baxanlar və bu kimi şəxslərə verilən ümumi addır. İnsanın  bu kimi şəxslərdən qeyb məsələləri haqqında sadəcə bir şey soruşmasına görə, Allah onu qırx gün qıldığı namazlarının savabından məhrum edir. Bu, onun böyük günahının cəzasıdır.</t>
   </si>
   <si>
     <t>تحريم الكَهَانة، والذهاب إلى الكُهان وسؤالهم عن المغيبات.
 قد يُحْرَمُ الإنسانُ مِن ثواب الطاعة عقوبة له على فعل المعصية.
 يَدْخُلُ في الحديث ما يُسمّى بالأبراج والنظر فيها، وقراءة الكَفِّ والفنجان -ولو على سبيل الاطلاع فقط-؛ لأن ذلك كلَّه من الكهانة ومن دعوى علم الغيب.
 إذا كان هذا جزاءَ مَن أتى العَرّاف، فكيف بجزاء العراف نفسه؟
 صلاة أربعين يومًا تَقَعُ مُجزئة لا يَجِبُ قضاؤها، ولكن لا ثواب فيها.</t>
   </si>
   <si>
     <t>Kahinliyin, həmçinin kahinlərin yanına getməyin və onlara qeyb  məsələləri barədə sual verməyin haramalığı.
 İnsan bəzən günah etdiyinə görə cəza olaraq, itaətin savabından məhrum ola bilər.
 Bu hədisdəki qadağalara hətta məlumat məqsədi olsa belə bürclər, onlara baxmaq, əlin içindəki və fincandakı falı oxumaq kimi əməllər daxildir. Çünki bütün bunlar falçılıq və qeyb elmini iddia etməkdir.
 Əgər bu, baxıcının yanına gedənin cəzasıdırsa, o zaman baxıcının cəzası necə olar?
 Qırx gün ərzində qılınan namaz keçərlidir, qəzasını qılmağa gərək yoxdur, lakin savabı olmayacaq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5986</t>
   </si>
   <si>
-    <t>من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ</t>
+    <t>من اقتبس علما من النجوم اقتبس شعبة من السحر، زاد ما زاد</t>
   </si>
   <si>
     <t>Kim astrologiya ilə baxıcılıq elminə yiyələnərsə, sehrin bir növünə yiyələnmiş olar, bu yöndə elmi artıqca günahı da artar</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ».</t>
   </si>
   <si>
     <t>İbn Abbasdan (Allah onların hər ikisindən razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Kim astrologiya ilə baxıcılıq elminə yiyələnərsə, sehrin bir növünə yiyələnmiş olar, bu yöndə elmi artıqca günahı da artar.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَعَلَّم وأَخَذَ من علم النجوم والأبراج والاستدلال بحركاتها ودخولها وخروجها على الحوادث الأرضية من موت فلان أو حياته أو مرضه، ونحو ذلك مما سيقع في المستقبل، فقد تَعَلَّمَ جزءًا من السحر، وأنه كلَّما أكثر الإنسان هذا العلم فقد أكثر من السحر.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, kim ulduz və bürc elmini, onların hərəkətlərini, çıxıb-batmalarını yer üzündəki  kiminsə ölümü, həyatı, xəstəliyi kimi gələcəkdə baş verəcək bənzəri hadisələrə dəlil olması məqsədilə öyrənərsə, artıq sehrdən bir hissə öyrənmiş olar və bu sahədə elmini artırdıqca, sehrdə daha da dərinləşər.</t>
   </si>
   <si>
     <t>تحريم التنجيم الذي هو الإخبار عن المستقبل اعتمادًا على أحوال النجوم؛ لأنه من ادعاء علم الغيب.
 أن التنجيم المُحَرَّم من أنواع السحر المنافي للتوحيد، بخلاف النظر في النجوم لمعرفة الاتجاهات أو القِبْلة أو دخول المواسم والشهور فهو مباح.
 كلما زاد في تَعَلُّمِه للتنجيم فهو يزيد من تَعَلُّمِ شُعَبِ السحر.
 للنجوم ثلاث فوائد ذكرها الله في كتابه: زينة للسماء، وعلامات يهتدى بها، ورجوم للشياطين.</t>
   </si>
   <si>
     <t>Ulduzların hərəkətlərinə əsaslanaraq gələcəkdən xəbər verməyin-yəni münəccimliyin haram olması, çünki bu qeybi bilmək iddiasıdır.
 Münəccimlik tövhidlə ziddiyyət təşkil edən sehrin növlərindəndir, lakin istiqamətləri, qibləni, mövsüm və ayların daxil olması üçün ulduzlara baxmaq icazəlidir.
 Münəccimlik biliyi artdıqca, sehr növləri haqqında bilik də artır.
 Uca Allah ulduzların üç faydasını kitabında qeyd etmişdir: Səma üçün bəzək, hərəkət istiqamətini tapmaq üçün işarələr, şeyrtanlara atılan daşlar kimi istifadə.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5989</t>
   </si>
   <si>
-    <t>أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ</t>
+    <t>أحق الشروط أن توفوا به ما استحللتم به الفروج</t>
   </si>
   <si>
     <t>Yerinə yetirməli olduğunuz  şərtlərin ən vacibi, evlilikdə qoyulan  şərtlərdir</t>
   </si>
   <si>
     <t>عن عقبة بن عامر رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ».</t>
   </si>
   <si>
     <t>Uqbə bin Amirdən (Allah ondan razı olsun) Allah Rəsulunun(Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Yerinə yetirməli olduğunuz  şərtlərin ən vacibi, evlilikdə qoyulan  şərtlərdir."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أولى الشروط بالوفاء هو ما كان سببًا في حِلِّ التَّمَتُّعِ بالمرأة، وهي الشروط المباحة التي تطلبها الزوجة في عقد النكاح.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) yerinə yetirilməsi üçün ən vacib şərtləri, qadınla yaxınlıq etməni icazəli edən səbəbi açıqlayır. İzah edir ki, bu qadının nikah müqaviləsində tələb etdiyi caiz şərtlərdir.</t>
   </si>
   <si>
     <t>وجوب الوفاء بالشروط التي التزم بها أحد الزوجين للآخر، إلا شرطًا حَرَّمَ حلالًا أو أَحَلَّ حرامًا.
 الوفاء بشروط النكاح آكَدُ من غيرها؛ لأنها في مُقابل استحلال الفروج.
 عظم مكانة الزواج في الإسلام، حيث أَكَّدَ على الوفاء بشروطه.</t>
   </si>
   <si>
     <t>Haramı halal edən, halalı haram edən şərtlər istisna olmaqla, tərəflərdən birinin söz verdiyi şərtlərə sadiq olmağın vacibdir.
 Nikahın şərtlərinə sadiq olmaq digərlərindən daha mühümdür, çünki cinsi əlaqənin halal edilməsi qarşılığında edilən şərtlərdəndir.
 İslamda evliliyin ali dərəcəyə malik olması, belə ki, evlilik şərtlərinə riayət etməyi  xüsusi olaraq vurğulamışdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6021</t>
   </si>
   <si>
-    <t>أَلاَ أَدُلُّكُمَا عَلَى خَيْرٍ مِمَّا سَأَلْتُمَا؟ إِذَا أَخَذْتُمَا مَضَاجِعَكُمَا -أَوْ أَوَيْتُمَا إِلَى فِرَاشِكُمَا- فَسَبِّحَا ثَلاَثًا وَثَلاَثِينَ، وَاحْمَدَا ثَلاَثًا وَثَلاَثِينَ، وَكَبِّرَا أَرْبَعًا وَثَلاَثِينَ، فَهُوَ خَيْرٌ لَكُمَا مِنْ خَادِمٍ</t>
+    <t>ألا أدلكما على خير مما سألتما؟ إذا أخذتما مضاجعكما أو أويتما إلى فراشكما فسبحا ثلاثا وثلاثين، واحمدا ثلاثا وثلاثين، وكبرا أربعا وثلاثين، فهو خير لكما من خادم</t>
   </si>
   <si>
     <t>Sizi istədiyinizdən daha xeyirli bir şeyə yönəldimmi? Yatağınıza uzandıqda otuz üç dəfə "subhənallah", otuz üç dəfə "əlhəmdu lilləh", otuz dörd dəfə "Allahu Əkbər" söyləyin və bu sizin üçün xidmətçidən daha xeyirlidir</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه: أَنَّ فَاطِمَةَ رَضيَ اللهُ عنْها أَتَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَشْكُو إِلَيْهِ مَا تَلْقَى فِي يَدِهَا مِنَ الرَّحَى، وَبَلَغَهَا أَنَّهُ جَاءَهُ رَقِيقٌ، فَلَمْ تُصَادِفْهُ، فَذَكَرَتْ ذَلِكَ لِعَائِشَةَ، فَلَمَّا جَاءَ أَخْبَرَتْهُ عَائِشَةُ، قَالَ: فَجَاءَنَا وَقَدْ أَخَذْنَا مَضَاجِعَنَا، فَذَهَبْنَا نَقُومُ، فَقَالَ: «عَلَى مَكَانِكُمَا» فَجَاءَ فَقَعَدَ بَيْنِي وَبَيْنَهَا، حَتَّى وَجَدْتُ بَرْدَ قَدَمَيْهِ عَلَى بَطْنِي، فَقَالَ: «أَلاَ أَدُلُّكُمَا عَلَى خَيْرٍ مِمَّا سَأَلْتُمَا؟ إِذَا أَخَذْتُمَا مَضَاجِعَكُمَا -أَوْ أَوَيْتُمَا إِلَى فِرَاشِكُمَا- فَسَبِّحَا ثَلاَثًا وَثَلاَثِينَ، وَاحْمَدَا ثَلاَثًا وَثَلاَثِينَ، وَكَبِّرَا أَرْبَعًا وَثَلاَثِينَ، فَهُوَ خَيْرٌ لَكُمَا مِنْ خَادِمٍ».</t>
   </si>
   <si>
     <t>Əlidən (Allah ondan razı olsun) belə rəvayət edilir: Fatimə (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldi və dəyirman daşından əlinə düşmüş izdən şikayətləndi və Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına bir qulun gəldiyi xəbəri ona çatmışdı. Lakin Fatimə Peyğəmbəri (Allahın salavatı və salamı onun üzərinə olsun) tapmadı və bunu Aişəyə söylədi. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) gəldikdə Aişə bunu ona xəbər verdi.
 (Əli) dedi: Biz çarpayımıza uzanmışdıq ki, o, yanımıza gəldi, biz ayağa qalxmaq istədikdə, O, “Yerinizdə oturun” dedi və gəlib aramızda əyləşdi, hətta mən onun ayaqlarının soyuqluğunu qarnımda hiss etdim. O, dedi: Sizi istədiyinizdən daha xeyirli bir şeyə yönəldimmi? Yatağınıza uzandıqda otuz üç dəfə "subhənallah", otuz üç dəfə "əlhəmdu lilləh", otuz dörd dəfə "Allahu Əkbər" söyləyin və bu sizin üçün xidmətçidən daha xeyirlidir."</t>
   </si>
   <si>
     <t>شَكَتْ فاطمةُ رضي الله عنها بنتُ النبيِّ صلى الله عليه وسلم ما تجدُه في يدها من أَثَرَ آلة الطَّحْنِ مما تطحن، فلما جاء إلى النبي صلى الله عليه وسلم سَبْيٌ، انطلقت إليه تسأله خادمًا من هذا السبي؛ ليقوم مكانَها بأعمال البيت، ولكنها لم تجده في بيته، ووجدتْ عائشةَ رضي الله عنها، فأخبرتها بذلك، 
 فلما جاء صلى الله عليه وسلم أخبرتْه عائشةُ بمجيء فاطمة إليه لتسأله خادمًا، 
 فجاء النبي صلى الله عليه وسلم فاطمة وعليًا رضي الله عنهما في بيتِهما وهما في الفِراش يتهيئان للنوم، فقعد بينهما حتى وجد علي رضي الله عنه برد قدمي النبي صلى الله عليه وسلم على بطنه، وقال: 
 ألا أعلِّمُكما خيرًا مما سألتماني من إعطائكم الخادم؟ 
 قالا بلى، فقال صلى الله عليه وسلم: 
 إذا أخذتما مضاجعكما للنوم من الليل، فكبِّرا أربعًا وثلاثين مرة، بقول: الله أكبر، 
 وسبِّحا ثلاثًا وثلاثين مرة، بقول: سبحان الله، 
 واحْمدَا ثلاثًا وثلاثين، بقول: الحمد لله؛ 
 فهذا الذكر خيرٌ لكما من خادم.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) qızı Fatimə (Allah ondan razı olsun) dəyirman daşının üyütməyə görə əlində buraxdığı izdən şikayətləndi, ona görə də  Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına əsir gəldikdə, ev işlərini görməsi üçün bu əsiri xidmətçi olaraq istəmək üçün onun yanına getdi. Lakin onu evində tapmadı və Aişəni (Allah ondan razı olsun) gördü və bu barədə ona danışdı. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) gələndə, Aişə  Fatimənin (Allah onların hər ikisindən razı olsun) onun yanına ondan bir qulluqçu istəmək üçün gəldiyini xəbər verdi. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Fatimə və Əli (Allah onların hər ikisindən razı olsun) yatmağa hazırlaşarkən onların evinə gəldi və onların arasında əyləşdi, hətta Əli (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ayaqlarının soyuqluğunu qarnında hiss etdi.  Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dedi: Sizə  verməyimi istədiyiniz xidmətçidən daha xeyirli olanını sizə öyrədimmi? Onlar: Bəli dedilər və o, (Allahın salavatı və salamı onun üzərinə olsun) dedi: Gecə yatmaq üçün yerinizə  uzananda otuz dörd dəfə “Allahu Əkbər” deyərək təkbir gətirin, Otuz üç dəfə “subhənallah" deyərək Allahı təqdis edin, Və otuz üç dəfə “əlhəmdu lilləh" deyərək Allaha həmd  edin; Bu zikr sizin üçün xidmətçidən daha xeyirlidir.</t>
   </si>
   <si>
     <t>استحباب المداومة على هذا الذكر المبارك، حيث ورد أن عليا رضي الله عنه لم يترك هذه الوصية النبوية، المتضمنة حتى ليلة صفين.
 هذا الذكر لا يقال إلا في نوم الليل ولفظه عند مسلم من رواية معاذ عن شعبة "إذا أخذتما مضاجعكما من الليل".
 إذا نسي المسلم هذا الذكر في أول الليل ثم ذكره آخره فلا بأس بقوله؛ لأن علي رضي الله عنه راوي الحديث يقول بأنه نسي قوله ليلة صفين أول الليل ثم تذكر فقاله قبل الصبح.
 قال المهلب: فيه حمل الإنسان أهله على ما يحمل عليه نفسه من إيثار الآخرة على الدنيا إذا كانت لهم قدرة على ذلك.
 قال ابن حجر العسقلاني: من واظب عليه لا يتضرر بكثرة العمل ولا يشق عليه ولو حصل له التعب.
 قال العيني: وجه الخيرية إما أن يراد به أنه يتعلق بالآخرة والخادم بالدنيا، والآخرة خير وأبقى، وإما أن يراد بالنسبة إلى ما طلبته بأن يحصل لها بسبب هذه الأذكار قوة تقدر على الخدمة أكثر مما يقدر الخادم.</t>
   </si>
   <si>
     <t>Bu mübarək zikri davamlı etməyin müstəhəbliyi, belə ki, rəvayət olunur ki, Əli (Allah ondan razı olsun) bu peyğəmbərlik vəsiyyətini, Siffin gecəsində belə tərk etməmişdir.
 Bu zikr yalnız gecə yatmazdan əvvəl deyilir və Müslimdə bu hədisin ləfzi Muaz bin Şubədən nəql edilən rəvayətdə bu cürdür: “ Gecə yatağınıza uzandıqda”.
 Müsəlman gecənin əvvəlində bu zikri unudub, sonra gecənin sonunda xatırlayarsa, onu söyləməyinin eybi yoxdur; çünki hədisin ravisi Əli (Allah ondan razı olsun) deyir ki, O, Siffin gecəsi, gecənin əvvəlində bu zikri söyləməyi unutdu, daha sonra sübhdən qabaq xatırladı və dedi.
 Əl-Mühəlləb demişdir: “Hədisdə işarə vardır ki, insan axirəti  dünyadan üstün tutduğu kimi, əgər gücləri çatarsa,  ailə üzvlərini də buna təşviq etməlidir".
 İbn Həcər əl-Əsqaləni demişdir: “Kim bu zikri deməkdə davamlı olarsa, çox iş ona zərər verməz və yorulsa belə, bu ona çətin gəlməz.
 Əl-Ayni demişdir: (Hədisdə bu zikrin) daha xeyirli olması cəhəti ya bu zikrin axirətlə bağlı olması və xidmətçinin isə dünya həyatıyla əlaqəli olmasıdır və axirət daha xeyirli və davamlıdır, ya da onun istədiyi işdə bu zikrlər səbəbiylə xidmətçinin qadir olduğu gücdən artıq iş görmək gücü qazanmasına görədir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6076</t>
   </si>
   <si>
-    <t>{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ</t>
+    <t>قل هو الله أحد والمعوذتين حين تمسي وتصبح ثلاث مرات، تكفيك من كل شيء</t>
   </si>
   <si>
     <t>{Qul huvallahu əhəd} və "Fələq" və "Nəss" surələrini oxu, hər cür şərrə qarşı sənə kifayət edər</t>
   </si>
   <si>
     <t>عَن عبدِ اللهِ بن خُبَيب رضي الله عنه أنه قال: خَرَجْنَا فِي لَيْلَةٍ مَطِيرَةٍ وَظُلْمَةٍ شَدِيدَةٍ، نَطْلُبُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؛ يُصَلِّي لَنَا، قَالَ: فَأَدْرَكْتُهُ، فَقَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، ثُمَّ قَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، قَالَ: «قُلْ»، فَقُلْتُ: مَا أَقُولُ؟ قَالَ: «{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ».</t>
   </si>
   <si>
     <t>Abdullah bin Xubeybdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Yağışlı və şiddətli zülmət bir gecədə Allah Rəsulunu(Allahın salavatı və salamı onun üzərinə olsun) bizə namaz qıldırması üçün axtarmağa çıxdıq və onu tapdıq. O, dedi: “De”. Mən isə heç bir şey demədim. Sonra yenə dedi: “De”. Mən yenə heç bir şey demədim. Sonra yenə "De" dedi. Mən də: "Nə deyim?" dedim. Buyurdu: "Səhərə və axşama çıxdığında üç dəfə «{Qul huvallahu əhəd} və "Fələq" və "Nəss" surələrini oxu, hər cür şərrə qarşı sənə kifayət edər".</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ الجليلُ عبدُ الله بن خبيب رضي الله عنه: أنهم خَرَجوا في ليلةٍ كثيرة المطر وكانت الظلمةُ شديدةً، للبحث عن رسول الله صلى الله عليه وسلم؛ ليصلي بهم، فوجدوه، 
 فقال له النبي صلى الله عليه وسلم: "قل" أي اقرأ، فلم يقرأ شيئًا، 
 فأعاد عليه النبي صلى الله عليه وسلم قولَه، فقال عبد الله: ماذا أقرأ يا رسول الله؟ 
 فقال النبي صلى الله عليه وسلم: اقرأ سورة الإخلاص {قل هو الله أحد}، والمعوذتين {قل أعوذ برب الفلق}، و{قل أعوذ برب الناس}، وقتَ المساء، ووقت الصباح، ثلاث مرات تحفظك من كل شرٍّ، وتقيك من كل سوء.</t>
   </si>
   <si>
     <t>Böyük səhabə Abdullah bin Xubeyb (Allah ondan razı olsun) xəbər verir ki, onlar bol yağışlı və şiddətli qaranlıq bir gecədə, özlərinə namaz qıldırması üçün Allah Rəsulunu (Allahın salavatı və salamı onun üzərinə olsun) axtarmaq üçün çıxdılar və onu tapdılar. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ona dedi: “De”, yəni "oxu", amma o, heç nə oxumadı. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) sözünü ona təkrar dedi və Abdullah dedi: Nə oxuyum, ey Allahın Rəsulu? Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Səhər və axşam üç dəfə "İxlas" surəsini -{De: O, Allah birdir} və "Fələq" və "Nəss" surələrini : {De: sübhün Rəbbinə sığınıram} və { De: insanların Rəbbinə sığınıram} oxu, səni hər cür şərdən və bütün pisliklərdən  qoruyar.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين في الصباح والمساء وأنها حِرْزٌ من كلِّ شَرٍّ.
 فضل قراءة سورة الإخلاص والمعوذتين.</t>
   </si>
   <si>
     <t>Səhər-axşam "İxlas,Fələq və Nəss" surələrini oxumağın bəyənilən olması və bu bütün şərrdən qorunmadır.
 "İxlas,Fələq və Nəss" surələrini oxumağın fəziləti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6082</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ</t>
+    <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
   </si>
   <si>
     <t>"De:Ləə iləhə illallahu vəhdəhu lə şərikə ləhu, Allahu Əkbər kəbiran, vəl-həmdu lilləhi kəsiran, Subhənallahi Rabbil-ələmin, lə həvlə və ləə quvvətə illə billəhil-əzizil-həkim!</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
     <t>Sə'ddən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Bir bədəvi ərəb (səhrada yaşayan) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldi və dedi: "Mənə söyləməyə zikr öyrət". Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi:: "De:Ləə iləhə illallahu vəhdəhu lə şərikə ləhu, Allahu Əkbər kəbiran, vəl-həmdu lilləhi kəsiran, Subhənallahi Rabbil-ələmin, lə həvlə və ləə quvvətə illə billəhil-əzizil-həkim!" (Tək Olan Allahdan başqa ilah yoxdur, onun şəriki yoxdur, Allah ən böyükdür. Allaha çoxlu həmd olsun, aləmlərin Rəbbi olan Allah eyib və nöqsanlardan Pakdır! Qüdrətli və Hikmət sahibi Allahdan başqa heç bir güc və qüdrəti olan yoxdur!) Bədəvi ərəb dedi: Bunlar Rəbbim üçündür. Bəs özüm üçün nə söyləyim? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "De: "Allahumməğfirli, vərhəmni,vəhdini,vərzuqni!" (Allahım, məni bağışla, mənə rəhm et, mənə hidayət et və məni ruziləndir!).</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
 أي: تَنَزَّهَ وتَقَدَّسَ عن النقص، 
 "لا حول ولا قوة إلا بالله العزيز الحكيم" 
 أي: لا تَحَوُّلٌ من حَالٍ إلى حالٍ إلا بالله وإعانتِه وتوفيقِه، 
 فقال الرجل: هؤلاء الكلمات لربي لِذِكْرِهِ وتعظيمِه، فما لي من الدعاء لنفسي؟ 
 فقال له عليه الصلاة والسلام: قل: 
 "اللهم اغفر لي" 
@@ -9314,122 +9971,122 @@
   <si>
     <t>Səhrada məskunlaşan bir kişi Allahın Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) ona söyləməyə bir zikr öyrətməsini istədi, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona dedi: De ki: "Ləə iləhə illallahu vəhdəhu lə şərikə ləhu"- tövhid şəhadəti ilə başladı ki, onun da mənası -Allahdan başqa haqq məbud yoxdur -deməkdir, Allahu Əkbəru kəbiran"- Yəni: Allah hər şeydən böyükdür və əzəmətlidir. "vəlhəmdu lilləhi kəsiran" Yəni, sifətləri, felləri və saysız-hesabsız nemətlərinə görə Allaha çoxlu həmd olsun. "Subhənallahi Rabbil-ələmin" Yəni, bütün nöqsanlardan münəzzəh və ucadır. "Lə həvlə və ləə quvvətə illə billəhil-əzizil-həkim" Yəni: Allah, Onun köməyi və müvəffəqiyyəti olmadan bir vəziyyətdən digərinə keçid-dəyişiklik yoxdur. Kişi dedi: Bu kəlimələr Rəbbimi  zikr və təzim etmək üçündür . Bəs mən özüm üçün necə dua edim? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona dedi: De ki: "Allahumməğfir li" (Allahım məni bağışla) Günahlarımı silib-örtərək "Vərhəmni" (Və mənə rəhm et) Dini və dünyəvi fayda və mənfəətləri mənə çatdırmaqla "vəhdini" (Mənə hidayət ver) Ən gözəl hala və doğru yola "Vərzuqni" (Və mənə ruzi ver) Halal ruzi, sağlamlıq və bütün xeyir və salamatlıq</t>
   </si>
   <si>
     <t>الحث على ذكر الله بالتهليل والتكبير والتحميد والتسبيح.
 استحباب ذكر الله والثناء عليه قبل الدعاء.
 استحباب دعاء الإنسان بأطيب الدعاء، وبما هو مأثور مما فيه جوامع خير الدنيا والآخرة، وله أن يدعو بما يشاء.
 ينبغي للعبد الحرص على تَعَلُّم ما ينفعه في الدنيا والآخرة.
 الحث على طلب المغفرة والرحمة والرزق، فهي جِمَاع الخير.
 شفقته صلى الله عليه وسلم على تعليمِ أمتِهِ ما ينفعهم.
 ذُكِرَت الرحمة بعد المغفرة ليتكامل التطهير، فالمغفرة ستر الذنوب ومحوها والزحزحة عن النار، والرحمة إيصال الخيرات ودخول الجنة، وهذا هو الفوز العظيم.</t>
   </si>
   <si>
     <t>"Ləə iləhə illallah", "Allahu Əkbər, "Əlhəmdu lilləh" və "Subhənallah" zikrləri ilə Allahın zikrinə təşviq etmək.
 Duadan öncə Allahı zikr etmək və Ona səna (tərif) etməyin bəyənilən olması
 İnsanın ən gözəl dualarla və dünya və axirət xeyirlərini özündə cəm edən, Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) gələn dualarla dua etməsi bəyəniləndir. O, həmçinin istədiyi duanı da edə bilər.
 Qul, dünya və axirətdə ona fayda verəcək şeyləri öyrənməyə həris olmalıdır.
 Bağışlanma, rəhmət və ruzi istəməyə təşviq edilmişdir . Çünki bunlar xeyirləri özündə cəm edir.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) ümmətinə, onlara fayda verəcək şeyləri öyrətməyə şəfqətli olması.
 Qulun  təmizlənməsini tamamlamaq üçün rəhmət məğfirətdən sonra qeyd edilmişdir. Məğfirət günahları örtür, onları silir və cəhənnəmdən uzaqlaşdırır. Rəhmət isə xeyirlərin qula çatmasını və Cənnətə daxil olmanı ifadə edir. Məhz bu böyük qurtuluşdur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6112</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدَ النَّاسِ، وَكَانَ أَجْوَدُ مَا يَكُونُ فِي رَمَضَانَ حِينَ يَلْقَاهُ جِبْرِيلُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم أجود الناس، وكان أجود ما يكون في رمضان حين يلقاه جبريل</t>
   </si>
   <si>
     <t>Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanların ən səxavətlisi idi və Cəbrail onunla Ramazanda görüşdüyü zaman ən səxavətli olduğu vaxtı idi</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدَ النَّاسِ، وَكَانَ أَجْوَدُ مَا يَكُونُ فِي رَمَضَانَ حِينَ يَلْقَاهُ جِبْرِيلُ، وَكَانَ يَلْقَاهُ فِي كُلِّ لَيْلَةٍ مِنْ رَمَضَانَ فَيُدَارِسُهُ القُرْآنَ، فَلَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدُ بِالخَيْرِ مِنَ الرِّيحِ المُرْسَلَةِ.</t>
   </si>
   <si>
     <t>İbn Abbasdan (Allah ondan və atasından razı olsun) rəvayət edildiyinə görə, o, belə dedi: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanların ən səxavətlisi idi və Cəbrail onunla Ramazanda görüşdüyü zaman ən səxavətli olduğu vaxtı idi və Ramazanın hər gecəsi onunla görüşər və qarşılıqlı bir-birinə Quran oxuyardılar və Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xeyirdə əsən küləkdən belə cömərd idi.</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم أعظم الناس كَرمًا، وكان يَكثر كرمُه في شهر رمضان حيث كان يُعطي ما ينبغي لمَن ينبغي، والسبب في زيادة كرمه أمران: 
 الأول: الْتِقاؤه بجبريل عليه السلام.
 والأمر الآخر: مدارسة القرآن، وهو القراءة عن ظهر قلب.
 فيدارسه جبريل عليه السلام جميع ما نزل من القرآن، ولَرَسُول الله صلى الله عليه وسلم أكرم وأكثر عطاءً وفعلًا للخير، وأسرع نفعًا للخلق من الريح الطيبة التي يرسلها الله بالغيث والرحمة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) insanların ən səxavətlisi idi və Ramazan ayında səxavəti daha da artardı, belə ki, lazım olanı lazım olan şəxsə verirdi və səxavətinin artmasının səbəbi də iki şey idi:
 Birincisi: Cəbrail ilə (Allahın salamı onun üzərinə olsun) görüşməsi.
 Digər məsələ: Quranı qarşılıqlı oxuyaraq- təkrarlamaq, yəni bu onu əzbər oxumaqdır.
 Cəbrail (Allahın salamı onun üzərinə olsun) Qurandan nazil olan hər şeyi ona öyrədir və Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) daha səxavətli, daha çox xeyirxah olurdu  və insanlara fayda verməkdə, Allahın yağış və rəhmətlə göndərdiyi gözəl küləkdən daha sürətli olurdu.</t>
   </si>
   <si>
     <t>بيان جُود النبي صلى الله عليه وسلم وسَعَة كرمه وخاصة في رمضان، فإنه شهر الطاعات ومواسم الخيرات.
 الحث على الجود في كل وقت، وتستحب الزيادة في شهر رمضان.
 الإكثار من البذل والعطاء والإحسان وقراءة القرآن في شهر رمضان.
 من أسباب حفظ العلم مدارسته مع طلاب العلم والعلماء.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) xüsusən də Ramazan ayında, səxavətinin və geniş əliaçıqlığının bəyanı, çünki, o itaət  və xeyirxah əməllər ayıdır.
 Hər zaman səxavətli olmağa təşviq etmək və Ramazan ayında onu artırmaq bəyəniləndir.
 Ramazan ayında xərcləməyi, sədəqə verməyi, xeyirxahlıq etməyi və Quran oxumağı çoxaltmaq.
 Elmin qorunub saxlanılması səbəblərindən biri də onu elm tələbələri və alimlərlə birlikdə öyrənməkdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6179</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا</t>
+    <t>كان رسول الله صلى الله عليه وسلم أحسن الناس خلقا</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanlar arasında ən gözəl əxlaqa sahib idi</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا.</t>
   </si>
   <si>
     <t>Ənəs bin Məlik (Allah ondan razı olsun) dedi: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanlar arasında ən gözəl əxlaqa sahib idi.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم أكملَ الناس خُلُقًا، وله السَّبْقُ في جميع الأخلاق والمحاسن، من طِيْبِ الكلام، وبذلِ الخير، وطَلَاقة الوجه، وكَفِّ الأذى واحتمالِهِ من الآخرين.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)
 dı insanlar arasında ən kamil əxlaqa malik idi, özündə bütün ali əxlaqları və gözəl keyfiyyətləri - gözəl söz söyləmək, xeyirxahlıq etmək, təbəssüm etmək, insanlara əziyyət verməmək və əziyyətlərinə dözümlülük göstərmək kimi xüsusiyyətləri cəm etmişdi.</t>
   </si>
   <si>
     <t>كمال خُلق النبي صلى الله عليه وسلم.
 النبي صلى الله عليه وسلم هو القدوة الكاملة في حسن الخُلُق.
 الحث على التأسي بالنبي صلى الله عليه وسلم في حسن خُلُقه.</t>
   </si>
   <si>
     <t>Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) əxlaqının kamil olması.
 Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) gözəl əxlaqda  kamil nümunədir.
 Gözəl əxlaqda Allah Rəsulunu (Allahın salavatı və salamı onun üzərinə olsun) örnək götürməyə təşviq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6180</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ</t>
+    <t>كان رسول الله صلى الله عليه وسلم يهلل بهن دبر كل صلاة</t>
   </si>
   <si>
     <t>Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) hər namazdan sonra bu zikrləri edərdi</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي الزُّبَيْرِ قَالَ: كَانَ ‌ابْنُ الزُّبَيْرِ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ حِينَ يُسَلِّمُ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، لَا إِلَهَ إِلَّا اللهُ، ‌وَلَا ‌نَعْبُدُ ‌إِلَّا إِيَّاهُ، لَهُ النِّعْمَةُ وَلَهُ الْفَضْلُ وَلَهُ الثَّنَاءُ الْحَسَنُ، لَا إِلَهَ إِلَّا اللهُ مُخْلِصِينَ لَهُ الدِّينَ وَلَوْ كَرِهَ الْكَافِرُونَ» وَقَالَ: «كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ».</t>
   </si>
   <si>
     <t>Əbu Zubeyrdən belə dediyi rəvayət edilir: İbn Zubeyr hər namazı salam verib bitirdikdən sonra deyərdi:
 "Lə iləhə illallah vahdəhu ləə şərikə ləh, ləhul mulku və ləhul həmd, və huva alə kulli şeyin qadir, lə həvlə və lə quvvətə illə billəh, və lə nəbudu illə iyyəh, ləhun nimətu və ləhul fadlu və ləhus sənəul həsən, lə iləhə illallahu muxlisinə ləhud dinə vələv kərihəl kəfirun" (Mənası): "Allahdan başqa ibadətə layiq məbud yoxdur, O təkdir, Onun şəriki yoxdur, mülk Ona məxsudur, həmd Ona məxsusdur və O hər şeyə qadirdir,  güc və qüdrət sahibi ancaq Allahdır, Allahdan başqa ibadətə layiq ilah yoxdur və biz Ondan başqa heç kəsə ibadət etmirik, nemət və fəzilət Ona məxsusdur. Gözəl tərif Ona məxsusdur. Kafirlərin xoşuna gəlməsə belə, dini yalnız ixlasla Ona aid edərik.” Və sonra dedi: “Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) hər namazdan sonra bu zikrləri edərdi.</t>
   </si>
   <si>
     <t>كان رسولُ الله صلى الله عليه وسلم يُهلِّلُ بعد تسليمِه من كلِّ صلاةٍ مكتوبةٍ بهذا الذكر العظيم، ومعناه: 
 "لا إله إلا الله": يعني لا معبود بحق إلا الله. 
 "وحده لا شريك له" أي: إنه لا مشارك له في ألوهيته وربوبيته وأسمائه وصفاته. 
 "له الملك" أي: له الملك المُطْلَق العام الشامل الواسع، ملك السموات والأرض وما بينهما. 
 "وله الحمد" أي: هو المُتصف بالكمال المطلق، المحمود بالكمال محبةً وتعظيمًا على كل حال، في السراء، وفي الضراء. 
 "وهو على كل شيء قدير": فقُدرته كاملة وتامَّة من كل وجهٍ، لا يُعجزه شيءٌ، ولا يمتنع عليه أمرٌ من الأمور. 
 "لا حول ولا قوة إلا بالله" أي: لا تَحَوُّل من حالٍ إلى حال، ومن معصية الله إلى طاعته، ولا قوة إلا بالله فهو المعين وعليه التُّكْلان. 
 "لا إله إلا الله، ولا نعبد إلا إياه": تأكيد على معنى الألوهية ونفي الشرك، وأنه لا يستحق العبادة سواه. 
 "له النعمة وله الفضل": فهو الذي يخلق النِّعَم ويملكها، ويتفضَّل بها على من يشاء من عباده.
 "وله الثناء الحسن": على ذاته وصفاته وأفعاله ونعمه، وعلى كل حال.
 "لا إله إلا الله، مخلصين له الدين": أي موحِّدين لا رياء ولا سمعة في طاعة الله. 
 "ولو كره الكافرون"، أي: ثابتين على توحيد الله وعبادته ولو كره الكافرون.</t>
   </si>
@@ -9439,470 +10096,470 @@
 "Təkdir, Onun şəriki yoxdur" -yəni Onun uluhiyyətdə, rububiyyətdə, isim və sifətlərində şəriki yoxdur.
 Mülk Ona məxsusdur- yəni, tam bütün mülk - hər şeyi- yerləri və göyləri və onlar arasında olanları əhatə edən bütün mülk Ona məxsusdur, sahibi Odur.
 "Həmd Ona məxsusdur"-yəni O, tam bütün kamilliklə vəsf edilib, hər bir halda-çətin və xoş günlərdə, sevgi və təzimlə kamilliklə Ona tərif və şükür edilir.
 "O hər şeyə qadirdir"- qüdrəti hər yöndən kamil və tamdır, Onu heç nə aciz edə bilməz və hər hansı işi etməsinə mane ola bilməz.
 "Allahdan başqa güc və qüvvət sahibi yoxdur"- yəni bir haldan başqa hala və Allaha asilikdən itaətə keçmək, yalnız güc və qüvvət sahibi Allahın yardımıyla mümkündür. Yardım edən Odur və yalnız Ona güvənilir.
 "Allahdan başqa ibadətə layiq olan ilah yoxdur, və yalnız Ona ibadət edirik"- uluhiyyət-ilahlıq mənasının təkidlə vurğulanması və şirkin inkar edilməsi və ibadətin  yalnız Ona layiq olması deməkdir.
 "Nemət Ona məxsusdur  və fəzilət Onundur" - yəni neməti yaradan və onun sahibi olan Odur və qullarından istədiyinə onu verən də Odur.
 "Gözəl tərif Ona məxsusdur" -Hər bir halda gözəl tərif Özünə, sifətlərinə, fellərinə və nemətlərinə aiddir.
 "Allahdan başqa ibadətə layiq ilah yoxdur. Dini yalnız Ona məxsus edərik."-yəni biz Allaha itaətdə riya və şan-söhrət güdmədən tövhid əhliyik.
 "Kafirlərin xoşuna gəlməsə belə"-yəni kafirlər sevməsə belə Allahın tövhidində, Ona ibadətdə sabitik.</t>
   </si>
   <si>
     <t>استحباب المحافظة على هذا الذكر بعد كل صلاة مكتوبة.
 المسلم يَعْتَزُّ بدينِهِ ويُظْهِرُ شعائرَه، ولو كره الكافرون.
 إذا وَرَدَتْ في الحديث كلمةُ: "دُبر الصلاة"، فإن كان ما في الحديث ذِكْرًا فالأصل أن يكون بعد السلام، وإن كان دعاءً فيكون قبل السلام من الصلاة.</t>
   </si>
   <si>
     <t>Hər fərz namazdan sonra bu zikrə riayət etməyin müstəhəb olması.
 Müsəlman öz diniylə qürur duyar, kafirlər sevməsə belə şüarlarını izhar edər.
 Əgər hədisdə "namazın sonunda" sözü işlədilibsə və bu hədisdə zikr qeyd olunubsa, qayda budur ki, həmin zikr salamdan sonra deyilir, və əgər duadırsa, salamdan öncə deyilməsinə işarədir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6203</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ</t>
+    <t>لا تجعلوا بيوتكم مقابر، إن الشيطان ينفر من البيت الذي تقرأ فيه سورة البقرة</t>
   </si>
   <si>
     <t>Evlərinizi qəbirstanlığa çevirməyin. Həqiqətən şeytan Bəqərə surəsi oxunan evdən qaçır.</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Evlərinizi qəbirstanlığa çevirməyin. Həqiqətən şeytan Bəqərə surəsi oxunan evdən qaçır. "</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن تعطيلِ البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ثم أخبر صلى الله عليه وسلم أنَّ الشيطانَ يَنْفِرُ من البيت الذي تُقرأُ فيه سورةُ البقرة.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) evlərdə namaz qılınmasının tərkini qadağan etmişdir. Çünki namaz qılınmayan ev qəbirstanlıq kimidir.
 Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, şeytan Bəqərə surəsi oxunan evdən qaçar.</t>
   </si>
   <si>
     <t>استحباب الإكثار من العبادات وصلاة النافلة في البيوت.
 لا يجوز الصلاة في المقابر؛ لأنها وسيلة من وسائل الشرك والغلو في أصحابها، ما عدا صلاة الجنازة.
 النهي عن الصلاة عند القبور قد تَقَرَّر عند الصحابة، ولذلك نهى النبي صلى الله عليه وسلم أن تُجعل البيوت مثل المقابر لا يُصلّى فيها.</t>
   </si>
   <si>
     <t>Evlərdə ibadətləri və nafilə namazlarını çoxaltmağın müstəhəb olması.
 Qəbirstanlıqda namaz qılmaq icazəli deyil, çünki şirkə sürükləyən vasitələrdəndir və həmçinin qəbirdəkilərin şənini ifrat etməkdir. Orada yalnız cənazə namazı icazəlidir.
 Qəbirlər olan yerdə namaz qılmağın qadağan edilməsi sahabələr arasında artıq aydın məsələ idi. Buna görə də Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) evləri, qəbirstanlıqlarda olduğu kimi  namaz qılınmayan məkana çevirməyi qadağan etmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6208</t>
   </si>
   <si>
-    <t>لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ</t>
+    <t>لأن أقول: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، أحب إلي مما طلعت عليه الشمس</t>
   </si>
   <si>
     <t>Subhənallah valhəmdulilləh, və ləə iləhə illallah,vallahu əkbər" söyləmək günəşin üzərinə doğduğu hər şeydən mənə sevimlidir</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Subhənallah valhəmdulilləh, və ləə iləhə illallah,vallahu əkbər" söyləmək günəşin üzərinə doğduğu hər şeydən mənə sevimlidir."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ ذِكْرَ اللهِ تعالى بهذه الكلمات العظيمات خيرٌ من الدنيا وما فيها، وهي: 
 "سبحان الله": تنزيه لله عن النقائص.
 "الحمد لله": ثناء عليه بصفات الكمال مع محبته وتعظيمه.
 "لا إله إلا الله": لا معبود بحق إلا الله.
 "الله أكبر": أعظم وأجل من كلِّ شيء.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, uca Allahı bu əzəmətli kəlimələrlə zikr etmək dünya və dünyada nə varsa ondan xeyirlidir. Bunlar:
 "SubhanAllah": Uca Allahı hər cür nöqsanlardan pak tutmaq.
 "Əlhəmdulilləh": kamil sifətləriylə Ona məhəbbət bəsləyərək və təzim edərək Onu tərifləmək.
 "Ləə iləhəh illallah": Allahdan başqa haqq məbud yoxdur.
 "Allahu əkbər": hər şeydən ən böyük və ən əzəmətli olan.</t>
   </si>
   <si>
     <t>الحث على ذكر الله، وأنه أحب مما طلعت عليه الشمس.
 الحض على الإكثار من الذكر؛ لما فيه من الأجر والفضل.
 متاع الدنيا قليل وشهواتها زائلة.</t>
   </si>
   <si>
     <t>Allahı zikr etməyə təşviq və zikrin günəşin üzərinə doğduğu hər şeydən sevimli olması.
 Savabına və fəzilətinə görə zikri çoxaltmağa təşviq.
 Dünya ləzzəti az və ehtirasları keçicidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6211</t>
   </si>
   <si>
-    <t>مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ</t>
+    <t>ما من امرئ مسلم تحضره صلاة مكتوبة فيحسن وضوءها وخشوعها وركوعها، إلا كانت كفارة لما قبلها من الذنوب، ما لم يؤت كبيرة، وذلك الدهر كله</t>
   </si>
   <si>
     <t>Elə bir müsəlman kişi yoxdur ki, fərz namazının  vaxtına yetişib, gözəl şəkildə dəstəmaz alsın, namazda xuşunu və rukunu gözəl şəkildə yerinə yetirsin və böyük günah işləməsin ki, bu namaz özündən əvvəlki günahlara kəffarə olmasın. Və bu hər zaman belədir</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ».</t>
   </si>
   <si>
     <t>Osmandan (Allah ondan razı olsun) rəvayət olunur ki, o, dedi: Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğunu eşitdim: "Elə bir müsəlman kişi yoxdur ki, fərz namazının  vaxtına yetişib, gözəl şəkildə dəstəmaz alsın, namazda xuşunu və rukunu gözəl şəkildə yerinə yetirsin və böyük günah işləməsin ki, bu namaz özündən əvvəlki günahlara kəffarə olmasın. Və bu hər zaman belədir.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه ما مِن مُسلم يَدخل عليه وقت الصلاة المفروضة فيحسن وضوءها ويُتِمُّه، ثم يَخشع في صلاته بحيث يكون قلبُه وجوارحُه كلُّها مُقبلةً على الله مستحضرةً عظمتَه، ويُتم أفعالَ الصلاةِ كالركوعِ والسجود وغيرِهِ، إلا كانت هذه الصلاةُ مُكفِّرَةً لما قبلها من المعاصي الصغائر، ما لم يعمل كبيرة من كبائر الذنوب، وهذا الفضل مُمْتَدٌّ على مَرِّ الزمان وفي كل صلاة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki,  bir müsəlman fərz namazının vaxtı daxil olduqda, gözəl şəkildə dəstəmaz alar və onu tamamlayar, sonra isə namazı, Allahın əzəmətini xatırlayaraq, qəlbi və bütün əzaları ilə Allaha yönələrək -yəni xuşu ilə qılarsa, namazın ruku, səcdə və başqa əməllərini yerinə yetirərsə, böyük  günahlar etmədikcə, bu namaz özündən əvvəlki kiçik günahların kəffarəsi olar. Bu fəzilət hər vaxt və hər namazda davam edir.</t>
   </si>
   <si>
     <t>الصلاة المكفرة للذنوب هي التي أحسن العبد وضوءَها، وأدَّاها خاشعًا يبتغي بها وجه الله تعالى.
 فضل المداومة على العبادات، وأنها سبب لمغفرة صغائر الذنوب.
 فضل إحسان الوضوء، وإحسان الصلاة والخشوع فيها. 
 أهمية اجتناب كبائر الذنوب لمغفرة الذنوب الصغائر.
 كبائر الذنوب لا تُكَفَّر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Günahlara kəffarə olan (günahları təmizləyən) namaz, qulun gözəl şəkildə dəstəmaz alıb, Allahın razılığını qazanmaq üçün xuşu ilə qıldığı namazdır.
 İbadətlərə davamlı olmağın fəziləti. Və o kiçik günahların bağışlanmasına səbəbdir.
 Gözəl şəkildə dəstəmaz almağın, namazı gözəl şəkildə və xuşu ilə  qılmağın fəziləti.
 Kiçik günahların bağışlanması üçün böyük günahlardan uzaq durmağın  əhəmiyyəti.
 Böyük günahlar yalnız tövbə ilə bağışlanır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6254</t>
   </si>
   <si>
-    <t>ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر</t>
+    <t>ما من أيام العمل الصالح فيها أحب إلى الله من هذه الأيام يعني أيام العشر</t>
   </si>
   <si>
     <t>Zülhiccənin ilk on günündə</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر، قالوا: يا رسُولَ الله، ولا الجهادُ في سبيلِ الله؟ قال: «ولا الجهادُ في سبيلِ الله، إلا رجلٌ خَرَجَ بنفسِه ومالِه فلم يَرْجِعْ من ذلك بشيءٍ».</t>
   </si>
   <si>
     <t>İbn Abbasdan (Allah onların ikisindən  də razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Zülhiccənin ilk on günündə edilən saleh əməl kimi Allaha ən sevimli olan başqa günlər yoxdur." Dedilər: Ey Allahın Rəsulu, Allah yolunda cihad belə? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: Allah yolunda savaş belə.Yalnız öz canı və malıyla döyüşə çıxıb və şəhid olub geri dönməyən kimsə istisnadır."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ العملَ الصالح في العشر أيام الأولى من شهر ذي الحجة أفضل من سائر أيام السنة.
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, zülhiccənin ilk on günündə edilən saleh əməllər ilin digər günlərindən daha xeyirlidir.
 Bu zaman sahabələr (Allah onlardan razı olsun) Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) qeyd edilən on gündən savayı digər  günlərdə Allah yolunda cihadınmı yoxsa sözügedən on gündə saleh əməllərin üstün olması barədə soruşur. Çünki cihadın, əməllərin ən fəzilətli olması onlarda bilinən bir məsələ idi.
 Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) cavab verir ki, həmin günlərdə edilən saleh əməllər, digər günlərdəki edilən cihaddan fəzilətlidir. Yalnız o kəsdən başqa ki, cihada çıxıb, özünü və sərvətini Allah yolunda təhlükəyə atar, mal-dövlətini və həyatını Allah yolunda itirər. Yalnız sözügedən əməl həmin fəzilətli günlərdəki saleh əməllərdən üstündür.</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>Zülhiccənin on günündə edilən saleh əməlin üstünlüyü. Ona görə müsəlman bu günlərdən faydalanmalı, izzət və cəlal sahibi olan Allahı zikr etmək kimi itaətləri çoxaltmalı, Quran oxumalı, təkbir və təhlil, təhmid kimi zikrləri, namazı, orucu, sədəqəni, orucu və bütün xeyir əməlləri həmin günlərdə artırmalıdır.</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
     <t>[Əl-Buxari, Əbu Davud onun ləfziylə]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6255</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ</t>
+    <t>مثل المؤمن الذي يقرأ القرآن كمثل الأترجة، ريحها طيب وطعمها طيب، ومثل المؤمن الذي لا يقرأ القرآن كمثل التمرة، لا ريح لها وطعمها حلو</t>
   </si>
   <si>
     <t>Quran oxuyan möminin misalı sitrus meyvəsi kimdir, dadı və iyisi gözəldir. Quran oxumayan möminin misalı xurma kimidir, iyisi yoxdur, dadı isə şirindir</t>
   </si>
   <si>
     <t>عَن أَبي مُوْسى الأَشْعريِّ رضي الله عنه قال: قال رسولُ اللهِ صلى اللهُ عليه وسلم: «مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ، وَمَثَلُ الْمُنَافِقِ الَّذِي يَقْرَأُ الْقُرْآنَ مَثَلُ الرَّيْحَانَةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا مُرٌّ، وَمَثَلُ الْمُنَافِقِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْحَنْظَلَةِ، لَيْسَ لَهَا رِيحٌ وَطَعْمُهَا مُرٌّ».</t>
   </si>
   <si>
     <t>Əbu Musa əl-Əşaridən (Allah ondan razı olsun) rəvayət edilir ki, Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə dedi: "Quran oxuyan möminin misalı sitrus meyvəsi kimdir, dadı və iyisi gözəldir. Quran oxumayan möminin misalı xurma kimidir, iyisi yoxdur, dadı isə şirindir, Quran oxuyan münafiqin misalı isə reyhan kimidir, iyisi gözəl, dadı isə acıdır. Quran oxumayan münafiqin misalı isə Əbu Cəhl qarpızı kimidir, iyisi yoxdur və dadı da acıdır."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أقسامَ الناسِ في قراءة القرآن والانتفاع به: 
 فالقسم الأول: المؤمن الذي يقرأ القرآنَ وينتفع به، فهو كَثَمَرَةِ الأترجة، طَيِّبُ الطعم والرائحة وحَسَن اللون، ومنافعه كثيرة، فهو يعمل بما يقرأ، وينفع عبادَ الله. 
 الثاني: المُؤمن الذي لا يقرأ القرآن، فهو كالتَّمْرَة، طعمُها حُلْو، ولا ريح لها، فقلبُه مُشتملٌ على الإيمان كاشتمال التمرة على الحلاوة في طعمها وباطنها، وعدم ظهور ريح لها يَشُمُّه الناسُ؛ لعدم ظهور قراءة منه يرتاح الناس بسماعها. 
 الثالث: المنافق الذي يقرأ القرآن، فهو كالريحانة، لها رائحة طيبة وطعمها مُرّ، حيث لم يُصلِح قلبَه بالإيمان، ولم يعملْ بالقرآن، ويَظهرُ أمامَ الناس أنه مؤمن، فريحُها الطيب يُشبه قراءتَه، وطعمُها المُرُّ يُشبه كُفرَه. 
 الرابع: المنافق الذي لا يقرأ القرآن، فهو كالحَنْظَلَة، حيثُ إنها لا رائحة لها، ومُرٌّ مذاقُها، فانعدام ريحِها أَشبَهَ انعدامَ ريحِه؛ لعدم قراءته، ومَرَارةُ طعمِها شَبيهٌ بمرارة كفرِه، فباطنُه خَالٍ من الإيمان، وظاهره لا نفع فيه، بل هو ضارٌّ.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Quran oxumaq və ondan fayda əldə etmək baxımından insanların qismlərini belə izah etmişdir:
 Birinci qism: Quran oxuyan və ondan faydalanan mömin. O, sitrus meyvəsi kimidir, yaxşı dadı, qoxusu və gözəl rəngi vardır. O kəsin faydaları çoxdur, oxuduqları ilə əməl edir və Allahın qullarına fayda verir.
 İkinci qism: Quran oxumayan mömin, xurma kimidir, dadı şirindir, lakin iyisi yoxdur. Onun qəlbinin imanla dolu olması, xurmanın dadının və içinin şirin 
 olması kimidir. Onun, insanların iyləyə biləcəyi iyisinin olmaması isə, onun, insanların qulaq asıb rahatlayacaqları Quran oxumağı olmadığına görədir.
 Üçüncü qism: Quranı oxuyan münafiq. O, qəlbini imanla islah etmədiyi və Quranla əməl etmədiyi üçün xoş qoxuya malik, lakin dadı acı olan reyhan kimidir. O, insanların qarşısında özünü mömin olaraq göstərir. Gözəl ətri Quran oxumasına, acı dadı isə küfrünə bənzəyir.
 Dördüncü qism: Quranı oxumayan münafiq, Əbu Cəhl qarpızına bənzəyir. Beləki, onun iyisi yoxdur və dadı da acıdır. Bu qarpızın iyisinin olmaması, münafiqin Quran oxumadığı üçün iyisinin olmamasına, dadının acı olması isə münafiqin küfrünün acılığına bənzəyir. Onun daxili imandan məhrumdur, zahiri isə faydasızdır, əksinə hətta zərərlidir.</t>
   </si>
   <si>
     <t>بيان فضيلة حامل القرآن العامل به.
 مِن طُرُق التعليم ضَرْبُ المَثَل؛ لتقريب الفهم.
 ينبغي للمسلم أن يكونَ له وِرْدٌ مُسْتَمِرٌّ مِن كتاب الله تعالى.</t>
   </si>
   <si>
     <t>Quranı əzbərləyən və onunla əməl edənin fəziləti.
 Tədris metodlarından biri də, başa düşməni yaxınlaşdırmaq (yaxşılaşdırmaq) üçün misallar verməkdir.
 Müsəlman Uca Allahın kitabından davamlı olaraq müəyyən miqdar oxumalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6258</t>
   </si>
   <si>
-    <t>مُعَقِّبَاتٌ لَا يَخِيبُ قَائِلُهُنَّ -أَوْ فَاعِلُهُنَّ- دُبُرَ كُلِّ صَلَاةٍ مَكْتُوبَةٍ، ثَلَاثٌ وَثَلَاثُونَ تَسْبِيحَةً، وَثَلَاثٌ وَثَلَاثُونَ تَحْمِيدَةً، وَأَرْبَعٌ وَثَلَاثُونَ تَكْبِيرَةً</t>
+    <t>معقبات لا يخيب قائلهن أو فاعلهن دبر كل صلاة مكتوبة، ثلاث وثلاثون تسبيحة، وثلاث وثلاثون تحميدة، وأربع وثلاثون تكبيرة</t>
   </si>
   <si>
     <t>Ard-arda söylənən bəzi kəlimələr vardır ki, onları fərz namazlarından sonra deyən- və ya edən - ziyana uğramaz. Bu, otuz üç dəfə subhənallah, otuz üç dəfə əlhəmdulilləh və otuz dörd dəfə Allahu Əkbər deməkdir</t>
   </si>
   <si>
     <t>عَنْ كَعْبِ بْنِ عُجْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مُعَقِّبَاتٌ لَا يَخِيبُ قَائِلُهُنَّ -أَوْ فَاعِلُهُنَّ- دُبُرَ كُلِّ صَلَاةٍ مَكْتُوبَةٍ، ثَلَاثٌ وَثَلَاثُونَ تَسْبِيحَةً، وَثَلَاثٌ وَثَلَاثُونَ تَحْمِيدَةً، وَأَرْبَعٌ وَثَلَاثُونَ تَكْبِيرَةً».</t>
   </si>
   <si>
     <t>Kə'b bin-Ucrədən (Allah ondan razı olsun) rəvayət edilir ki, Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Ard-arda söylənən bəzi kəlimələr vardır ki, onları fərz namazlarından sonra deyən- və ya edən - ziyana uğramaz. Bu, otuz üç dəfə subhənallah, otuz üç dəfə əlhəmdulilləh və otuz dörd dəfə Allahu Əkbər deməkdir".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أذكارٍ لا يَخْسَرُ ولا يَنْدَمُ قائلُها، بل له ثوابُ هذه الكلمات، ويأتي بعضُها عَقِبَ بعضٍ، وتُقال عَقِب الصلاة المفروضة، وهي: 
 "سبحان الله" ثلاثًا وثلاثين مرة، أي تنزيهه تعالى عن كل نقص. 
 و"الحمد لله" ثلاثًا وثلاثين مرة، وهي وصف الله بالكمال التامِّ مع محبته وتعظيمه. 
 و"الله أكبر" أربعًا وثلاثين مرة، فالله أكبر وأعظم وأعزُّ من كل شيء.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) müəyyən zikrlərdən xəbər vermişdir ki, bunları söyləyən nə uduzar, nə də ki peşman olar. Əksinə, o, bu kəlimələrin savabına nail olar. Onlar bir-birinin ardınca gəlir və fərz namazından sonra deyilir. Bu zikrlər aşağıdakılardır:
 33 dəfə "Subhənallah" demək , yəni Uca Allahı bütün nöqsanlardan münəzzəh etmək (uzaq tutmaq).
 33 dəfə "Əlhəmdulilləh" demək. Bu, Allahı sevərək və təzim edərək, onu tam kamilliklə vəsf etməkdir.
 34 dəfə "Allahu Əkbər" demək. Çünki Allah hər şeydən böyükdür, əzəmətli və qüdrətlidir.</t>
   </si>
   <si>
     <t>فضل التسبيح والتحميد والتكبير، فهُنَّ الباقيات الصالحات.</t>
   </si>
   <si>
     <t>"Subhənallah, Əlhəmdu lilləh və Allahu Əkbər" deməyin fəziləti, çünki bunlar qalıcı saleh əməllərdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6259</t>
   </si>
   <si>
-    <t>مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ</t>
+    <t>من ترك صلاة العصر فقد حبط عمله</t>
   </si>
   <si>
     <t>Əsr namazını tərk edənin əməli batil olar</t>
   </si>
   <si>
     <t>عن بريدة بن الحصيب رضي الله عنه أنه قال: بَكِّرُوا بِصَلَاةِ الْعَصْرِ، فَإِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ».</t>
   </si>
   <si>
     <t>Bureydə bin ƏlHuseybin (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: "Əsr namazını ilk çağında qılın, çünki Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Əsr namazını tərk edənin əməli batil olar"</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تأخيرِ صلاةِ العصر عن وقتها مُتَعمِّدًا، وأنَّ من فعل ذلك بَطَل وفَسَدَ عملُه وذهب سُدًى.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) əsr namazını qəsdən vaxtını gecikdirməkdən çəkindirir  və bunu edənin əməlinin batil və puç olması və boşa çıxması barədə xəbərdarlıq edir.</t>
   </si>
   <si>
     <t>الحث على المحافظة على صلاة العصر في أول وقتها والمبادرة إلى ذلك.
 الوعيد الشديد لمن ترك صلاة العصر، وتفويتها عن وقتها أعظم من تفويت غيرها، فإنها الصلاة الوسطى المخصوصة بالأمر في قوله تعالى: (حَافِظُواْ عَلَى الصَّلَوَاتِ والصَّلاَةِ الْوُسْطَى) [البقرة: 238].</t>
   </si>
   <si>
     <t>Əsr namazını vaxtının daxil olduğu ilk anlarında qılmağa və buna daima çalışmağa təşviq.
 Əsr namazını tərk edən üçün şiddətli xəbərdarlıq, onun vaxtını qaçırmağın digər namazların vaxtını qaçırmaqdan daha şiddətli olması. Çünki o, uca Allahın Quranda xüsusi olaraq əmr etdiyi orta namazdır: (Namazları və (günortadan sonrakı) orta namazı qoruyun) [əl-bəqərə, 238].</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6261</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ</t>
+    <t>من توضأ فأحسن الوضوء خرجت خطاياه من جسده حتى تخرج من تحت أظفاره</t>
   </si>
   <si>
     <t>Kim gözəl surətdə dəstəmaz alarsa, günahları cəsədindən, hətta dırnaqlarının altından çıxar</t>
   </si>
   <si>
     <t>عن عثمان بن عفان رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ».</t>
   </si>
   <si>
     <t>Osman bin Affandan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: " Kim gözəl surətdə dəstəmaz alarsa, günahları cəsədindən, hətta dırnaqlarının altından çıxar."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضَّأ مع مُراعاةِ سُننِ الوضوء وآدابِه، كان ذلك من أسبابِ تكفيرِ السيئات وحَطِّ الخطايا، «حتى تخرج» ذنوبُه من تحت أظفار يديه ورجليه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, kim dəstəmazı sünnəyə uyğun və ədəblərinə riayət edərək yerinə yetirərsə, günahlarının və xətalarının silinməsinə səbəb olar, hətta günahlar ayaq və əl dırnaqlarının altından belə çıxar.</t>
   </si>
   <si>
     <t>الحث على الاعتناء بتعلُّم الوضوء وسننه وآدابه، والعمل بذلك.
 فضل الوضوء، وأنه كفارة للذنوب الصغائر، أما الكبائر فلا بد من التوبة.
 شرط خروج الخطايا هو إكمال الوضوء والإتيان به بدون إخلال كما بينه النبي -صلى الله عليه وسلم-.
 تكفير الذنوب في هذا الحديث مُقيَّدٌ باجتناب الكبائر والتوبة منها، قال تعالى: (إِنْ تَجْتَنِبُوا كَبَائِرَ مَا تُنْهَوْنَ عَنْهُ نُكَفِّرْ عَنْكُمْ سَيِّئَاتِكُمْ) [النساء:31].</t>
   </si>
   <si>
     <t>Dəstəmazın, sünnələrinin və ədəblərinin təliminə diqqət yetirməyə və onlara əməl etməyə təşviq.
 Dəstəmazın fəziləti və onun kiçik günahları silməsi. Böyük günahlara gəldikdə isə burada tövbə gərəkdir.
 Günahların silinməsinin şərti, dəstəmazı Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bildirdiyi kimi kamil və ona xələl gətirmədən almaqdır.
 Bu hədisdə bəhs edilən günahların təmizlənməsi, böyük günahlardan çəkinib və onlardan tövbə etməyə bağlıdır. Uca Allah buyurur: (Sizə qadağan olunmuş böyük günahlardan çəkinsəniz, Biz sizin təqsirlərinizdən keçərik.) [ Nisa, 31]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6263</t>
   </si>
   <si>
-    <t>مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ</t>
+    <t>من قال حين يسمع المؤذن أشهد أن لا إله إلا الله وحده لا شريك له، وأن محمدا عبده ورسوله، رضيت بالله ربا وبمحمد رسولا، وبالإسلام دينا، غفر له ذنبه</t>
   </si>
   <si>
     <t>Kim müəzzini eşitdikdə, "Əşhədu əllə iləhə illallah vəhdəhu lə şərikə ləhu və ənnə Muhəmmədən əbduhu və rasuluhu, radiytu billəhi Rabbən və bimuhəmmədin rasulən, və bil-isləmi dinən" (şəhadət verirəm ki, Allahdan başqa haqq məbud yoxdur. O, təkdir və şəriki yoxdur, Muhəmməd Onun qulu və elçisidir. Mən Rəbb olaraq Allahdan, rəsul olaraq Muhəmməddən, din olaraq İslamdan razıyam) deyərsə, onun günahları bağışlanar</t>
   </si>
   <si>
     <t>عَنْ سَعْدِ بْنِ أَبِي وَقَّاصٍ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ».</t>
   </si>
   <si>
     <t>Sə'd bin Əbi Vaqqasdan (Allah ondan razı olsun) rəvayət edilir ki, Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Kim müəzzini eşitdikdə, "Əşhədu əllə iləhə illallah vəhdəhu lə şərikə ləhu və ənnə Muhəmmədən əbduhu və rasuluhu, radiytu billəhi Rabbən və bimuhəmmədin rasulən, və bil-isləmi dinən" (şəhadət verirəm ki, Allahdan başqa haqq məbud yoxdur. O, təkdir və şəriki yoxdur, Muhəmməd Onun qulu və elçisidir. Mən Rəbb olaraq Allahdan, rəsul olaraq Muhəmməddən, din olaraq İslamdan razıyam) deyərsə, onun günahları bağışlanar".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه مَن قال حين يَسمعُ المؤذنَ 
 "أشهد أن لا إله إلا الله وحده لا شريك له" أي: أُقِرُّ وأعترفُ وأُخبِر أنه لا معبود بحق إلا الله، وكل معبود سواه فهو باطل، 
 "وأن محمدًا عبده ورسوله" أي: أنه عَبْدٌ لا يُعبَد، ورسول لا يَكذِب، 
 "رضيت بالله ربًّا" أي: بربوبيته وألوهيته وأسمائه وصفاته، 
 "وبمحمد رسولًا" أي: بجميع ما أرسل به، وبلغه إلينا،
 "وبالإسلام" أي: بجميع أحكام الإسلام من الأوامر والنواهي،
 "دينًا" أي: اعتقادًا وانقيادًا،
 "غفر له ذنبه" أي: من الصغائر.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, hər kim müəzzini eşidəndə bu cür deyərsə: "Əşhədu əllə iləhə illallah vəhdəhu lə şərikə ləhu" Yəni, təsdiq və etiraf edirəm və xəbər verirəm ki, Allahdan başqa ibadətə layiq həqiqi məbud yoxdur, Ondan başqa bütün ibadət olunanlar batildir, "Və ənnə Muhəmmədən əbduhu və rasuluhu" . Yəni, o, bir quldur, ona ibadət edilməz və bir elçidir, yalan danışmaz, "Radiytu billəhi Rabbən" . Yəni: Onun Rəbbliyindən, ilahlığından, ad və sifətlərindən razıyam. "Və bimuhəmmədin rasulən" (Və rəsul olaraq Muhəmməddən razı qaldım)". Yəni onunla bizə göndərilən və bizə çatdırdığı hər bir şeydən, "Və bil isləmi" (İslamdan). Yəni:  Əmr və qadağaları ilə, İslamın bütün hökmlərindən, "Dinən" (Din olaraq). Yəni: etiqad edərək və boyun əyərək. "Günahları bağışlanar". Yəni: kiçik günahları.</t>
   </si>
   <si>
     <t>ترديد هذا الدعاء عند سماع النداء من مُكَفِّرات الذنوب.</t>
   </si>
   <si>
     <t>Azanı eşidərkən bu duanı təkrar etmək günahları təmizləyən şeylərdən biridir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6272</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ</t>
+    <t>من قرأ بالآيتين من آخر سورة البقرة في ليلة كفتاه</t>
   </si>
   <si>
     <t>Kim gecə Bəqərə surəsinin son iki ayəsini oxuyarsa, ona yetər</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ».</t>
   </si>
   <si>
     <t>Əbu Məsuddan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Kim gecə Bəqərə surəsinin son iki ayəsini oxuyarsa, ona yetər."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قَرأ الآيتين الأخيرتين من سورة البقرة في الليل فإنَّ الله يكفيه الشر والمكروه، وقيل: تكفيه عن قيام الليل، وقيل: تكفيه عن سائر الأوراد، وقيل: إنهما أقلُّ ما يجزىء من قراءة القرآن في قيام الليل، وقيل غير ذلك، ولعل كلَّ ما ذُكِرَ صحيح يَشملُه اللفظ.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, kim gecə Bəqərə surəsinin son iki ayəsini oxuyarsa, Allah onu şər və pisliklərdən qoruyar. Həmçinin deyilmişdir: Gecə namazının əvəzini verər. Həmçinin: Zikr və Quran oxumağın əvəzini verər. Həmçinin deyilmişdir ki: Ən azı, gecə namazında bu iki ayə miqdarında oxumaq yetərli olur və bu kimi digər rəylər mövcuddur. Bütün bu deyilənlərin hamısının doğru olması və həmin sözün bütün bu mənaları ehtiva etməsi ehtimal olunur.</t>
   </si>
   <si>
     <t>بيان فضل أواخر سورة البقرة، وهي من قوله تعالى : (آمن الرسول ...)  إلى آخر السورة.
 أواخر سورة البقرة تدفع عن صاحبها السوءَ والشرَّ والشيطانَ إذا قرأها من الليل.
 الليلة تبدأ بغروب الشمس، وتنتهي بطلوع الفجر.</t>
   </si>
   <si>
     <t>Bəqərə surəsinin son ayələrinin  fəzilətinin bəyanı və bu uca Allahın :(Rəsul iman etdi) sözündən, surənin sonuna qədər olan hissəsidir.
 Gecə Bəqərə surəsinin son ayələrini oxuyanı, bu ayələr pislikdən, şərdən və şeytandan qoruyar.
 Gecə, günəşin batmasıyla başlayır və sübhün girməsiylə- dan yeri ağaranda bitir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6274</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا</t>
+    <t>من قرأ حرفا من كتاب الله فله به حسنة، والحسنة بعشر أمثالها</t>
   </si>
   <si>
     <t>Kim Allahın kitabından bir hərf oxuyarsa, ona bir savab yazılar. Savab isə on mislindədir</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا، لَا أَقُولُ {الم} حَرْفٌ، وَلَكِنْ {أَلِفٌ} حَرْفٌ، وَ{لَامٌ} حَرْفٌ، وَ{مِيمٌ} حَرْفٌ».</t>
   </si>
   <si>
     <t>Abdullah bin Məsud (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət edir: " Kim Allahın kitabından bir hərf oxuyarsa, ona bir savab yazılar. Savab isə on mislindədir Deməzdim ki,(Əlif ləm mim) bir hərfdir, lakin (əlif) bir hərf, (ləm) bir hərf və (mim) də bir hərfdir."</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم أنَّ كلَّ مسلمٍ يقرأ حرفًا من كتاب اللّه فله به حسنة، ويُضاعَفُ له الأجرُ إلى عشَرةِ أمثالِه.
 ثم بَيَّنَ ذلك بقوله: (لا أقول "ألم" حرف، ولكن ألف حرف، ولام حرف، وميم حرف): فتكون ثلاثة فيها ثلاثون حسنة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, hər bir müsəlman Allahın kitabından bir hərf oxusa bir savab qazanar, bu savab da on qat mislində artar.
 Sonra (Deməzdim ki, əlif, ləm, mim bir hərfdir, lakin əlif bir hərf, ləm bir hərf, mim də bir hərfdir) deyərək bəyan edir ki, üç savab burada otuz savaba bərabər olur.</t>
   </si>
   <si>
     <t>الحث على الإكثار من تلاوة القرآن.
 للقارئ بكل حرف من كل كلمة يتلوها حسنة مضاعفة بعشر أمثالها.
 سعة رحمة الله وكرمه حيث ضاعف للعباد الأجر فضلًا منه وكرمًا.
 فضل القرآن على غيره من الكلام، والتعبد بتلاوته؛ وذلك بأنه كلام الله تعالى.</t>
   </si>
   <si>
     <t>Quran tilavətini artırmağa təşviq.
 Quran oxuyan kəsin oxuduğu sözlərdə hər hərfə qarşılıq on qat savab vardır.
 Allahın rəhmət və lütfünün genişliyi, çünki qula lütfündən və fəzilətindən dolayı onun əcrini qat qat artırmışdır.
 Quranın digər sözlərdən üstünlüyü, onu tilavət etmək ibadətdir, çünki o uca Allahın kəlamıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6275</t>
   </si>
   <si>
-    <t>كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ</t>
+    <t>كذبني ابن آدم ولم يكن له ذلك، وشتمني ولم يكن له ذلك</t>
   </si>
   <si>
     <t>Adəm oğlu məni yalanladı və onun belə bir haqqı yox idi və məni söydü, lakin onun buna haqqı yox idi</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «قَالَ اللَّهُ: كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ، فَأَمَّا تَكْذِيبُهُ إِيَّايَ فَقَوْلُهُ: لَنْ يُعِيدَنِي، كَمَا بَدَأَنِي، وَلَيْسَ أَوَّلُ الخَلْقِ بِأَهْوَنَ عَلَيَّ مِنْ إِعَادَتِهِ، وَأَمَّا شَتْمُهُ إِيَّايَ فَقَوْلُهُ: اتَّخَذَ اللَّهُ وَلَدًا وَأَنَا الأَحَدُ الصَّمَدُ، لَمْ أَلِدْ وَلَمْ أُولَدْ، وَلَمْ يَكُنْ لِي كُفْؤًا أَحَدٌ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) belə  rəvayət edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: “Allah buyurdu: Adəm oğlu məni yalanladı və onun belə bir haqqı yox idi və məni söydü, lakin onun buna haqqı yox idi. Məni yalanlamasına gəlincə- "Allah məni  yaratdığı kimi, təkrar məni diriltməyəcəkdir " deməsidir. Halbuki, onu yenidən diriltmək ilk dəfə onu yoxdan yaratmağımdan daha asandır. Məni söyməsinə gəlincə-“Allah özünə övlad götürdü " deməsidir. Lakin mən təkəm, möhtac deyiləm, mən doğmamışam və doğulmamışam və mənim heç bir tayım-bənzərim yoxdur".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم في الحديث القُدْسِيِّ أنّ اللهَ عز وجل أَخْبَرَ عن المشركين والكفار أنهم يُكذِّبونه ويَصِفُونه بالنقائص والمعايب، وما كان ينبغي لهم ذلك. 
 فأما تكذيبُهم لله: فَزَعْمُهم أنَّ الله لن يُعيدَهم بعد موتِهم مرة أخرى كما خلقهم أول مرة من عَدَم، فردَّ عليهم بأن الذي بَدَأ الخَلْقَ مِن العَدَم قادرٌ على إعادتهم بل أهون، وإن كان الأمر بالنسبة لله مستويان الخلق والإعادة، فالله على كل شيء قدير.
 وأما شتمهم: فقولهم: إن له ولدًا، فَرَدَّ عليهم بأنه الأحد المُتَفَرِّدُ بجميع الكمالات في أسمائه وصفاته وأفعاله، المُنَزَّه عن كل نقص وعيب، الصمد الذي لا يحتاج إلى أحد، ويحتاج إليه كل أحد، ولم يكن والدًا لأحد، ولم يكن ولدًا لأحد، ولم يكن لي كفؤًا أحدٌ من مثيلٍ أو نظيرٍ سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) qüdsi hədisdə bəyan edir ki, izzət və cəlal sahibi olan Allah-müşriklər və kafirlərin onu yalanladıqlarını  və Onu eyib və nöqsanlarla vəsf etdiklərini bildirir, lakin onlar bunu etməməli idilər.
 Onların Allahı yalanlamaqlarına gəlincə: Allahın onları ilk dəfə yoxdan yaratdığı halda, öldükdən sonra onları  qaytarmayacağını (diriltməyəcəyini) iddia etmələridir. Allah onlara cavab verdi ki, yoxdan yaradan Allah onları geri qaytarmağa qadirdir və bu daha asandır. Allaha nisbətdə yoxdan yaratmaq və təkrar diriltmək, hər ikisi də eynidir. Allah hər şeyə qadirdir.
 Onların Allahı söyməyinə gəldikdə isə: “Allahın oğlu var" demələridir. Və Allah onlara cavab verdi ki, O, adlarında, sifətlərində və fellərində bütün kamillikləri ilə birdir, hər bir nöqsan və eyibdən uzaqdır, heç kimə möhtac olmayan əs-Saməddir, hər kəs Ona möhtacdır və O, heç kimin valideyni deyil, heç kimin övladı da deyildir. Uca və Pak olan Allahın tayı və bənzəri yoxdur.</t>
   </si>
   <si>
     <t>إثبات كمال القدرة لله تعالى.
 إثبات البعث بعد الموت.
 كفر من أنكر البعث أو نسب الولد لله تعالى.
 ليس لله تعالى مثيل ولا نظير.
 سعة حلم الله سبحانه، وإمهاله للكافرين لعلهم أن يتوبوا ويرجعوا.</t>
   </si>
   <si>
     <t>Uca Allahın kamil qüdrətini isbat etmək.
 Öldükdən sonra dirilməyi isbat etmək.
 Öldükdən sonra dirilməyi inkar edən və Uca Allaha övlad nisbət edənin küfr etməsi.
 Uca Allahın tayı və bənzəri yoxdur.
 Pak ola Allahın mərhəmətinin genişliyi və kafirlərə tövbə edib dönmələri üçün möhlət verməsi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6327</t>
   </si>
   <si>
-    <t>مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ</t>
+    <t>من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
   </si>
   <si>
     <t>Kim mənim bir vəlimə (dostuma) düşmənçilik edərsə, mən ona müharibə elan edərəm. Qulum ona fərz etdiyim şeydən daha sevimli olan heç bir şeylə mənə yaxınlaşmaz</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وَمَا يَزَالُ عَبْدِي يَتَقَرَّبُ إِلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ: كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنِ اسْتَعَاذَنِي لَأُعِيذَنَّهُ، وَمَا تَرَدَّدْتُ عَنْ شَيْءٍ أَنَا فَاعِلُهُ تَرَدُّدِي عَنْ نَفْسِ المُؤْمِنِ، يَكْرَهُ المَوْتَ وَأَنَا أَكْرَهُ مَسَاءَتَهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Allah belə buyurdu: Kim mənim bir vəlimə (dostuma) düşmənçilik edərsə, mən ona müharibə elan edərəm. Qulum ona fərz etdiyim şeydən daha sevimli olan heç bir şeylə mənə yaxınlaşmaz ,qulum mənə nafilə (sünnət) ibadətlərlə yaxınlaşmağa o qədər davam edər ki, nəhayət Mən onu sevərəm. Mən onu sevdikdə, onun eşidən qulağı, görən gözü, tutan əli və gəzən ayağı olaram, Məndən bir şey istəsə, ona verərəm, Mənə sığınsa, onu qoruyaram. Mən etdiyim heç bir şeydə mömin qulumun canını almaq kimi tərəddüt etmədim. Qulum ölümü sevmir, mən də onu incidən şeyi sevmirəm."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: 
 مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة. 
 والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. 
 وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. 
 فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
 يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله. 
 ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
 ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله. 
 ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير. 
 ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف. 
 ثم قال الله تعالى: وما تَردَّدتُ عن شيءٍ أنا فاعله تَرَدُّدي في قَبْضِ نَفْس المؤمن رحمة به؛ لأنه يكره الموت لما فيه من الألم، والله يكره ما يُؤلم المؤمن.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) qüdsü hədisdə xəbər vermişdir ki, izzət və cəlal sahibi olan Uca Allah deyir: Hər kim mənim dostlarımdan birinə əziyyət verər, onu qəzəbləndirər və ona nifrət edərsə, mən ona xəbər verərəm və ona düşmənçilik elan edərəm.
@@ -9914,1246 +10571,1291 @@
 Bununla bərabər, əgər Allahdan bir şey istəyərsə, Allah ona istədiyini verər, duasına cavab verilən kəs olar. Əgər qorunmaq üçün Allaha sığınıb, ona yönələrsə, pak olan Allah onu qorxduğu şeydən qoruyar və himayə edər.
 Sonra Uca Allah buyurdu: Mən gördüyüm heç bir işdə, möminə qarşı olan rəhmətimə görə, onun canını almaqda tərəddüd etdiyim kimi tərəddüt etmədim. Çünki o, ağrı-acısına görə ölümü xoşlamır, Allah da mömini incidən şeyi xoşlamır.</t>
   </si>
   <si>
     <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
 النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
 الأمر بمعاداة أعداء الله وتحريم موالاتهم.
 مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
 تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
 مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
 الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
   </si>
   <si>
     <t>Bu hədis Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) öz Rəbbindən rəvayət etdiyi hədislərdən biridir, Qüdsi və ya ilahi hədis adlanır. Bu, mənası və sözləri Allah tərəfindən olan hədisdir. Lakin bu hədislərdə, Qurana xas olan və quranı başqalarından fərqlənirən xüsusiyyətlər yoxdur. Məsələn, onu oxumaqla ibadət etmək, onun üçün pak olmaq, onunla meydan oxumaq, möcüzəvi olması və s.(bu xüsusiyyətlər yalnız Qurana xasdır, qüdsi hədisdə yoxdur).
 Allahın dostlarına əziyyət verməyin qadağan edilməsi, onları sevmək və fəzilətlərini etiraf etməyə isə təşviq etmək.
 Allahın düşmənləri ilə düşmənçilik etməyin əmr olunması və onlarla dostluq etməyin qadağan olunması.
 Hər kim Allahın şəriətinə tabe olmadan Onun dostu olduğunu iddia edərsə, O, iddiasında yalançıdır.
 Allahın dostluğu vacibləri yerinə yetirmək və haramları tərk etməklə əldə edilir.
 Allahın qulu sevməsinin və onun duasına cavab verməsinin səbəblərindən biri də, vacibləri yerinə yetirib, haramları tərk etdikdən sonra nafilə (vacib olmayan əlavə) ibadətlər etməkdir.
 Allah dostlarının şərəfinə və onların Allah qatında yüksək məqama sahib olmalarına işarə.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6337</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ فَقَالَ فِي حَلِفِهِ: وَاللَّاتِ وَالعُزَّى، فَلْيَقُلْ: لاَ إِلَهَ إِلَّا اللَّهُ، وَمَنْ قَالَ لِصَاحِبِهِ: تَعَالَ أُقَامِرْكَ، فَلْيَتَصَدَّقْ</t>
+    <t>من حلف فقال في حلفه: واللات والعزى، فليقل: لا إله إلا الله، ومن قال لصاحبه: تعال أقامرك، فليتصدق</t>
   </si>
   <si>
     <t>Hər kim "Əl-Lat və Uzzaya and olsun" deyərək and içsə, “Lə iləhə illəllah” desin və kim öz yoldaşına: “Gəl,  səninlə qumar oynayım" desə, sədəqə versin</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَلَفَ فَقَالَ فِي حَلِفِهِ: وَاللَّاتِ وَالعُزَّى، فَلْيَقُلْ: لاَ إِلَهَ إِلَّا اللَّهُ، وَمَنْ قَالَ لِصَاحِبِهِ: تَعَالَ أُقَامِرْكَ، فَلْيَتَصَدَّقْ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, o, belə demişdir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: Hər kim "Əl-Lat və Uzzaya and olsun" deyərək and içsə, “Lə iləhə illəllah” desin və kim öz yoldaşına: “Gəl,  səninlə qumar oynayım" desə, sədəqə versin.</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن الحَلِف بغير الله؛ حيث المؤمن لا يحلف إلا بالله، 
 ويخبر أنّ من حلف بغير الله؛ كمن حلف مثلًا: باللات والعُزى -وهما صنمان كانا يُعبدان في الجاهلية قبل الإسلام- فيجب عليه أن يقول مستدركًا على نفسه: لا إله إلا الله، تبرؤًا من الشرك، وكفارةً عن حلفه ذاك.
 ثم أخبر صلى الله عليه وسلم أنّ من قال لصاحبه: تعال نلعب القمار، -وهو أن يتغالب اثنان فأكثر على أن يكون بينهم مال يأخذه الغالب، ولا يخلو كل واحد منهما فيه من أن يغنم أو يغرم-؛ فيستحب أن يتصدق بشيء تكفيرًا عما دعا إليه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Allahdan başqasına and içməkdən çəkindirir, çünki mömin ancaq Allaha and içər. Bildirir ki, kim Allahdan qeyrisinə and içərsə; məsələn, əgər kimsə, İslamdan əvvəl  cahiliyyət dövründə ibadət edilən iki büt olan Lat və Uzzaya and içərsə, o zaman şirkdən uzaq olması və bu andının kəffarəsi olaraq: "Ləə iləhə illəllah- deməlidir.
 Sonra o (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, kim dostuna desə ki: Gəl qumar oynayaq, – qumar isə iki və ya daha çox adamın, öz aralarında qoyduqları və qalibin götürdüyü pul üzərində yarışmasıdır və qumarda onların birinin qazanıb, digərinin itirməsi qaçılmazdır- çağırdığı şeyin kəffarəsi olaraq sədəqə verməsi ona müstəhəbdir.</t>
   </si>
   <si>
     <t>الحلف لا يكون إلا بالله وأسمائه وصفاته.
 الحلف بغير الله تعالى محرَّم، سواء الحلف بالأصنام كاللات والعزى، أو الحلف بالأمانة، أو الحلف بالنبي أو غير ذلك.
 قال الخطابي: اليمين إنما تكون بالمعبود المعظّم، فإذا حلف باللات ونحوها فقد ضاهى الكفار، فأمر أن يتدارك بكلمة التوحيد.
 ليس على من حلف بغير الله كفارة يمين، وإنما يلزمه الإنابة والاستغفار؛ لأنه أعظم من أن تكفِّرَه غير التوبة.
 تحريم القمار بكل صوره وأشكاله، وهو الميسِر الذي حرَّمه الله تعالى وقرَنه بالخمر والأصنام.
 وجوب الرجوع عن المعصية في حال اقترافها.
 من وقع في سيئة عليه أن يتبعها حسنة؛ لأن الحسنات يذهبن السيئات.</t>
   </si>
   <si>
     <t>And yalnız Allaha və Onun ad və sifətlərinə olmalıdır.
 İstər Lat və ya Uzza kimi bütlərə olsun, istər əmanətə, peyğəmbərə və ya başqa bir şeyə olsun, Allah-Təaladan başqasına and içmək haramdır.
 Əl-Xəttabi demişdir: Ancaq təzim edilən məbuda (Allaha) and içilər, ona görə də əgər o, Lat və buna bənzər şeylərə and içərsə, artıq kafirlərə oxşamış olar, ona görə də ona tövhid kəlməsi ilə özünü islah etmək əmr olunmuşdur.
 Allahdan başqasına and içənə, andın kəffarəsi vacib deyildir, əksinə ona tövbə edib bağışlanma diləməsi vacibdir. Çünki, bu tövbədən başqa bir şeylə kəffarə edilməyəcək qədər böyük günahdır.
 Qumarın bütün formaları və şəkilləri ilə haram olması, çünki, o, Allah-taalanın haram buyurduğu və içki və bütlərlə bərabər tutduğu əməldir.
 Günah işləndiyi halda, ondan dönməyin vacibliyi.
 Kim pis bir iş görərsə, onun ardınca yaxşılıq etməlidir. Çünki yaxşı əməllər pis əməlləri silib aparar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6379</t>
   </si>
   <si>
-    <t>أَتَدْرُونَ مَا الْمُفْلِسُ؟</t>
+    <t>أتدرون ما المفلس؟</t>
   </si>
   <si>
     <t>Bilirsinizmi, müflis kimdir?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَتَدْرُونَ مَا الْمُفْلِسُ؟» قَالُوا: الْمُفْلِسُ فِينَا مَنْ لَا دِرْهَمَ لَهُ وَلَا مَتَاعَ، فَقَالَ: «إِنَّ الْمُفْلِسَ مِنْ أُمَّتِي يَأْتِي يَوْمَ الْقِيَامَةِ بِصَلَاةٍ وَصِيَامٍ وَزَكَاةٍ، وَيَأْتِي قَدْ شَتَمَ هَذَا، وَقَذَفَ هَذَا، وَأَكَلَ مَالَ هَذَا، وَسَفَكَ دَمَ هَذَا، وَضَرَبَ هَذَا، فَيُعْطَى هَذَا مِنْ حَسَنَاتِهِ، وَهَذَا مِنْ حَسَنَاتِهِ، فَإِنْ فَنِيَتْ حَسَنَاتُهُ قَبْلَ أَنْ يُقْضَى مَا عَلَيْهِ أُخِذَ مِنْ خَطَايَاهُمْ فَطُرِحَتْ عَلَيْهِ، ثُمَّ طُرِحَ فِي النَّارِ».</t>
   </si>
   <si>
     <t>Əbu Hureyrədən (Allah ondan razı olsun) rəvayət edilir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: "Bilirsinizmi, müflis kimdir?" Dedilər ki: «Bizim aramızda müflis, pulu və malı olmayandır.» Bunun üzərinə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: "Şübhəsiz ki, ümmətimdən müflis olan o kəsdir ki; Qiyamət günü namazla, orucla və zəkatla gələcək. Lakin buna söymüş , birinə iftira etmiş, birinin malını yemiş, birinin qanını tökmüş və birini vurmuşdur. Buna onun savablarından verilər və digərinə onun savablarından verilər. Üzərində olan qul haqqları ödənmədən əvvəl savabları qurtararsa, onların günahlarından götürülər və onun üzərinə atılar; sonra da özü cəhənnəmə atılar".</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابه: أتدرون من المفلس؟ قالوا: المفلس فينا من لا مال له ولا متاع، فقال: إن المفلس من أمتي يوم القيامة من يأتي بأعمال صالحة من صلاة وصيام وزكاة، ويأتي وقد شتم هذا وسبَّه، وقَذَفَ هذا في عرضه، وأكل مال هذا وجحده، وسَفَكَ دمَ هذا وظلمه، وضرب هذا وأهانه، فيعطى المظلوم من حسناته، فإن فنيت حسناته قبل أن يَقضيَ ما عليه من الحقوق والمظالم، أُخذ من ذنوب المظلوم فجُعلت في صحائف الظالم، ثم طُرح ورُمي في النار حيث لم يبقَ له حسنات.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) səhabələrindən soruşdu: Bilirsinizmi müflis kimdir? Onlar dedilər: “Bizim aramızda müflis olan o kəsdir ki, nə pulu var, nə də ki, malı. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: Mənim ümmətimdən müflis olan o kəsdir ki, qiyamət günü namaz, oruc, zəkat kimi saleh əməllərlə gələcək, lakin birini söyüb təhqir edib, başqa bir adamın namusuna böhtan atıb, digərinin pulunu yeyib onu inkar edib, digərinin qanını tökərək ona zülm edib, bir başqasını vurub alçaldıb. Buna görə də məzluma onun yaxşı əməllərindən bir qədər veriləcək, əgər etdiyi zülm və haqsızlıqları ödəmədən qabaq onun yaxşı əməlləri  tükənərsə, məzlumun günahlarından götürülərək zalımın dəftərinə yazılacaq, sonra qovularaq cəhənnəmə atılacaq, çünki onun artıq heç bir yaxşı əməli qalmamışdır.</t>
   </si>
   <si>
     <t>التحذير من الوقوع في المُحرمات، وخاصة ما يتعلق بحقوق العباد المادية والمعنوية.
 حقوق الخَلْق فيما بينهم مَبنية على المُشَاحّة، وحقوق الخالق سوى الشرك مبنية على المُسامحة.
 استعمال طريقة المحاورة التي تُشوِّق السامع وتُلفتْ نظرَه وتثير اهتمامه، وخاصة في التربية والتوجيه.
 بيان معنى المفلس الحقيقي، وهو من أخذ غرماؤه أعمالَه الصالحةَ يوم القيامة.
 القصاص في الآخرة قد يأتي على جميع الحسنات، حتى لا يبقي منها شيئًا.
 معاملة الله للخلق قائمة على العدل والحق.</t>
   </si>
   <si>
     <t>Haramlara, xüsusilə də, insanların maddi və mənəvi haqları ilə bağlı olan haramlara  düşməmək  barədə xəbərdarlıq.
 Məxluqatın öz aralarında olan haqları tələb olunma üzərində, Yaradanın haqqı isə şirk istisna olmaqla, bağışlanma üzərində dayanmaqdadır.
 Xüsusən təhsildə və təlimdə,  dinləyicini həvəsləndirən, diqqətini cəlb edən və marağını oyandıran dialoq metodundan istifadə etmək.
 Həqiqi müflisin kim olduğunun bəyanı və o, 
 Qiyamət günü ziyan çəkmişlərin yaxşı əməllərini  götürdüyü kəsdir.
 Axirətdə qisas,  heç nə qalmayana qədər bütün xeyir əməlləri aparmaqla da baş verə bilər.
 Allahın məxluqatla haq-hesabı, ədalət və haqqa əsaslanır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6454</t>
   </si>
   <si>
-    <t>إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ</t>
+    <t>إذا أنفق الرجل على أهله يحتسبها فهو له صدقة</t>
   </si>
   <si>
     <t>Əgər kişi ailəsinə Allahın razılığını qazanmaq üçün xərcləyirsə, bu onun üçün sədəqədir</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Əbu Məsuddan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Əgər kişi ailəsinə Allahın razılığını qazanmaq üçün xərcləyirsə, bu onun üçün sədəqədir."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا أَنْفَقَ الرجلُ على أهلِهِ الذين تَلْزَمُهُ نفقتُهم كزوجِهِ ووالديه وولدِهِ وغيرهم وهو يَتقرَّب بذلك إلى الله تعالى ويحتسب عنده أجرَ ما يُنفِق فإنّ له أجرَ الصدقة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, öz xanımı, valideyni, övladı və  digərləri kimi baxmağı vacib olan kəslərə kişi malından xərcləyərsə və bunu da uca Allaha yaxınlaşmaq və savab əldə etmək məqsədilə edərsə, bu xərclədiyi onun üçün sədəqə kimidir.</t>
   </si>
   <si>
     <t>حصول الأجر والثواب بالإنفاق على الأهل.
 المؤمن يبتغي في عملِه وجهَ الله وما عنده من الأجر والثواب.
 ينبغي استحضار النية الصالحة في كل عمل، ومن ذلك حال الإنفاق على الأهل.</t>
   </si>
   <si>
     <t>Ailəyə yönələn xərclərlə əcr və savaba nail olunur.
 Mömin əməlində Allahın üzünü, Onun əcr və savabına nail olmağı hədəf tutar.
 Ailə üçün xərcləmək də daxil olmaqla hər bir əməldə saleh niyyət xatırlanmalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6460</t>
   </si>
   <si>
-    <t>الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ</t>
+    <t>الإيمان بضع وسبعون أو بضع وستون شعبة، فأفضلها قول لا إله إلا الله، وأدناها إماطة الأذى عن الطريق</t>
   </si>
   <si>
     <t>İman, yetmiş və bir neçə, və ya altmış və bir neçə şaxədən ibarətdir. Ən üstünü ləə iləhə illallah söyləmək, ən zəifi isə  yolda olan maneəni aradan qaldırmaqdır</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ، وَالْحَيَاءُ شُعْبَةٌ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "İman, yetmiş və bir neçə, və ya altmış və bir neçə şaxədən ibarətdir. Ən üstünü ləə iləhə illallah söyləmək, ən zəifi isə  yolda olan maneəni aradan qaldırmaqdır, həya da imanın şaxələrindəndir."</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ الإيمانَ شُعَبٌ وخِصَالٌ كثيرة، تشتمل على أعمالٍ واعتقاداتٍ وأقوالٍ.
 وأنَّ أعلى خِصال الإيمان وأفضلَها قول: «لا إله إلا الله»، عالمًا بمعناها، عاملًا بمقتضاها، مِن أنّ الله هو الإله الواحد الأحد المستحق للعبادة وحده دون ما سواه.
 وأن أقلَّ أعمال الإيمان هو تَنْحِيَةُ كلِّ ما يؤذي الناسَ في طرقاتِهم.
 ثم أخبر صلى الله عليه وسلم أنَّ الحياءَ مِن خِصال الإيمان، وهو خُلُقٌ يبعث على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, iman şaxələrə bölünmüş və özündə çox xüsusiyyətləri ehtiva etmişdir,  əməllər, etiqadlar və sözlər buna daxildir.
 Həmçinin bildirir ki, imanın ən üstün və uca mərtəbəsi, lə iləhə illəllah kəlməsini söyləmək və bununla yanaşı mənasını bilərək və bu kəlmənin tələblərinə uyğun əməl edərək, həqiqtən Allahın tək ilah olduğunu, Ondan başqa ibadətə layiq heç bir məbudun olmadığını etiraf etməkdir.
 İman baxımından əməllərin ən zəifi insanların yolundan, onlara əziyyət verən maneəni götürməkdir.
 Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, həya imandandır, həya gözəl əməllər edib, çirkin işlərdən çəkinməyə təşviq edən əxlaqdır.</t>
   </si>
   <si>
     <t>الإيمان مراتب بعضها أفضل من بعض.
 الإيمان قول وعمل واعتقاد.
 الحياء من الله تعالى يقتضي: ألّا يراكَ حيث نهاك، وألّا يَفْقِدَكَ حيث أمرك.
 ذِكْرُ العدد لا يعني الاقتصار عليه، بل يدلُّ على كثرة أعمال الإيمان، فإن العرب قد تذكر للشيء عددًا ولا تريد نفي ما سواه.</t>
   </si>
   <si>
     <t>İman dərəcələrdən ibarətdir, bəziləri digərlərindən üstündür.
 İman söz, əməl və etiqaddır.
 Uca Allahdan edilən həya, Allahın səni qadağalarda görməmək, əmr etdiklərində isə sənin kənarda qalmamağını tələb edir.
 Ədədin qeyd edilməsi imanın bu həddə məhdud olması mənasını daşımır, əksinə iman mövzusunda əməllərin çoxluğuna dəlalət edir, çünki adətən ərəblər müəyyən bir şey üçün rəqəm qeyd edib söyləsələr də, o saydan əlavəsinin inkarını qəsd etmirlər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6468</t>
   </si>
   <si>
-    <t>مَا مِنْكُمْ مِنْ أَحَدٍ إِلَّا سَيُكَلِّمُهُ اللهُ، لَيْسَ بَيْنَهُ وَبَيْنَهُ تُرْجُمَانٌ</t>
+    <t>ما منكم من أحد إلا سيكلمه الله، ليس بينه وبينه ترجمان</t>
   </si>
   <si>
     <t>Allah qiyamət günü sizlərin hər birinizlə arada tərcüməçi olmadan danışacaq</t>
   </si>
   <si>
     <t>عَنْ عَدِيِّ بْنِ حَاتِمٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْكُمْ مِنْ أَحَدٍ إِلَّا سَيُكَلِّمُهُ اللهُ، لَيْسَ بَيْنَهُ وَبَيْنَهُ تُرْجُمَانٌ، فَيَنْظُرُ أَيْمَنَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ أَشْأَمَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ بَيْنَ يَدَيْهِ فَلَا يَرَى إِلَّا النَّارَ تِلْقَاءَ وَجْهِهِ، فَاتَّقُوا النَّارَ وَلَوْ بِشِقِّ تَمْرَةٍ».</t>
   </si>
   <si>
     <t>Adiy bin Hatimdən (Allah ondan razı olsun) rəvayət edilir ki, o, belə demişdir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: Allah qiyamət günü sizlərin hər birinizlə arada tərcüməçi olmadan danışacaq və O, sağına baxıb yalnız etdiyi  əməlləri görəcək, soluna baxıb yalnız etdiyi  əməlləri görəcək, qarşısına baxıb  yalnız odu görəcək, xurmanın yarısı ilə da olsa, (sədəq verməklə) oddan qorunun.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ كلَّ مؤمن سيقف بين يدي الله يوم القيامة لوحدِه، وأنّ الله تعالى سيُكلّمه بدون واسطة وليس بينهما مترجم يترجم الكلام، فينظر جهة اليمين والشمال من شدة الفزع، ولعله أن يجد طريقًا يذهب فيها ليحصل له النجاة من النار التي هي أمامه. 
 فإذا نظر في الجانب الذي على يمينه فلا يرى إلا ما قدَّمَ من العمل الصالح، 
 وإذا نظر عن شماله فلا يرى إلا ما قدَّم من العمل السيء، 
 وإذا نظر أمامه فلا يرى إلا النار، ولا يمكنه أن يَحيدَ عنها إذ لا بدّ له من المرور على الصراط. 
 ثم قال صلى الله عليه وسلم: اجعلوا بينكم وبين النار وقاية من الصدقة وعمل البر، ولو بشيء يسير كنصف تمرة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, hər bir mömin Qiyamət günü Allahın hüzurunda tək dayanacaq və Uca Allah onunla vasitəçi olmadan danışacaq və onların arasında bu sözləri tərcümə edəcək bir tərcüməçi olmayacaq. Və o, şiddətli qorxudan sağa-sola baxacaq ki, bəlkə qarşısındakı oddan xilas olmaq üçün bir yol tapar. Sağ tərəfinə baxdıqda, ancaq etdiyi yaxşı əməlləri görəcək. Soluna baxdıqda isə, ancaq etdiyi pis əməlləri  görəcək. Qarşısına baxdıqda, oddan başqa bir şey görməyəcək və ondan yan keçməli olduğu üçün yalnız siratdan keçməlidir. Sonra o (Allahın salavatı və salamı onun üzərinə olsun) dedi: “Cəhənnəmlə öz aranızda hətta xurmanın yarısı kimi kiçik bir şeylə olsa da belə, sədəqə və saleh əməllər ilə sipər çəkin.</t>
   </si>
   <si>
     <t>الحث على الصدقات وإن قَلَّتْ والتَّخَلُّق بالخصال الحميدة، والمعاملة باللطف ولين الكلام.
 قرب الله تعالى من عبده يوم القيامة، إذ ليس بينهما حجاب ولا واسطة ولا ترجمان، فليَحذَر المؤمن من مخالفة أمر ربه.
 ينبغي على المرء أن لا يحتقر ما يتصدق به، ولو كان يسيرًا، فإنه وقاية من النار.</t>
   </si>
   <si>
     <t>Az da olsa sədəqə verməyə, gözəl xüsusiyyətlərlə əxlaqlanmağa, insanlarla mehribanlıqla və yumşaq sözlərlə rəftar etməyə təşviq etmək.
 Uca Allah Qiyamət günü quluna yaxın olacaq, belə ki, onların arasında nə pərdə, nə vasitəçi, nə də tərcüməçi olmayacaq. Buna görə də mömin Rəbbinin əmrinə qarşı gəlməkdən çəkinməlidir.
 İnsan verdiyi sədəqəni, az da olsa, xor görməməlidir, çünki o cəhənnəmdən qoruyandır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6615</t>
   </si>
   <si>
-    <t>لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ</t>
+    <t>لا يبقين في رقبة بعير قلادة من وتر أو قلادة إلا قطعت</t>
   </si>
   <si>
     <t>Əgər hər hansı bir dəvənin boynunda kaman ipi və ya boyunbağı varsa o kəsilib atılsın</t>
   </si>
   <si>
     <t>عن أبي بَشير الأنصاري رضي الله عنه: أَنَّهُ كَانَ مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي بَعْضِ أَسْفَارِهِ، قَالَ: فَأَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَسُولًا -وَالنَّاسُ فِي مَبِيتِهِمْ-: «لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ».</t>
   </si>
   <si>
     <t>Əbu Bəşir Əl-Ənsaridən (Allah ondan razı olsun) belə dediyi rəvayət edilir: O,  Allah Rəsulu ilə (Allahın salavatı və salamı onun üzərinə olsun) bəzi səfərlərdə bir yerdə olmuşdur və deyir ki, günlərin birində: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanlar gecələdikləri yerdə ikən onlara bir elçi göndərərək belə əmr etdi: " Əgər hər hansı bir dəvənin boynunda kaman ipi və ya boyunbağı varsa o kəsilib atılsın."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أسفاره، والناسُ في مكان نومِهم الذي يَبِيْتُون فيه في رِحالِهم وخيامِهم، فأَرْسَلَ شخصًا إلى الناس يأمرهم بِقَطْع القَلَائد التي تُعَلَّق على البعير سواء كانت من الوَتَر -وَتَر القَوْس- أو من غيره كالجَرَس أو النعل، وذلك لأنهم كانوا يُقَلِّدونها حذرًا من العين، فأُمِرُوا بقطعها؛ لأنها لا تَرُدُّ عنهم شيئًا، وأنَّ النفعَ والضرَّ بيد الله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)
  bəzi səfərlərində yolda dayanıb gecələyər, səfərdə onu müşayət edən insanlar da dayandığı yerlərdə və çadırlarda gecələyərdilər. Belə gecələrin birində o (Allahın salavatı və salamı onun üzərinə olsun) bir nəfər göndərərək o insanlara, dəvəyə asılan boyunbağıları - bu boyunbağılar istər yay oxundan, istərsə də zəng  və s.kimi  əşyalardan olsun - kəsmələrini əmr etdi. Çünki insanlar göz dəymədən qorunmaq məqsədilə həmin əşyaları dəvələrinin boyunlarından asırdılar. Bu səbəbdən də onlara bu əşyaları qırmaq əmr olundu. Çünki bu əşyalar nəyisə dəf edib, insanları qorumaz , fayda və zərər isə yalnız şəriki olmayan Allahın əlindədir.</t>
   </si>
   <si>
     <t>تحريم تعليق الأوتار والقلائد لجلب النفع أو دفع الضر؛ لأن ذلك من الشرك.
 ربط القلادة من غير الوتر إذا كان للزينة أو لقيادة الدابة أو لربطها به فلا بأس به.
 وجوب إنكار المنكر بحسب الاستطاعة.
 وجوب تعلق القلب بالله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Fayda əldə etmək və zərəri uzaqlaşdırmaq məqsədiylə ip və boyunbağı asmağın haramlığı, çünki bu Allaha şərik qoşmaqdır.
 Lakin heyvanı bir yerə bağlamaq, yaxud bəzək və ya heyvanı dartıb sürmək üçün ona boyunbağı bağlamaq  icazəlidir.
 İmkan daxilində münkəri inkar etməyin vacibliyi.
 Qəlbin, tək olan, şəriki olmayan Allaha bağlı olmasının vacibliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6761</t>
   </si>
   <si>
-    <t>مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ</t>
+    <t>من علق تميمة فقد أشرك</t>
   </si>
   <si>
     <t>Kim təmimə taxarsa, artıq Allaha şərik qoşmuş olar</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ الْجُهَنِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقْبَلَ إِلَيْهِ رَهْطٌ، فَبَايَعَ تِسْعَةً وَأَمْسَكَ عَنْ وَاحِدٍ، فَقَالُوا: يَا رَسُولَ اللهِ، بَايَعْتَ تِسْعَةً وَتَرَكْتَ هَذَا؟ قَالَ: «إِنَّ عَلَيْهِ تَمِيمَةً»، فَأَدْخَلَ يَدَهُ فَقَطَعَهَا، فَبَايَعَهُ، وَقَالَ: «مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Uqbə bin Amir əl-Cuhənidən (Allah ondan razı olsun) belə dediyi rəvayət olunur: Rəsulullahın (Allahın salavatı və salamı onun üzərinə olsun) yanına bir qrup gəldi ve o, doqquz nəfərin beyətini qəbul etdi ve birinin beyətini qəbul etmədi. Onlar dedilər ki: Ey Allahın Rəsulu, doqquz kişinin beyətini qəbul edib, bunu tərk etdinmi? Allahın Rəsulu "Onun üzərində təmimə (muska) var" dedi. Həmin adam əlini (paltarının içinə) saldı və təmiməni kəsdi. Allah Rəsulu da, həmin adamın beyətini qəbul etdi və dedi: "Kim təmimə taxarsa, artıq Allaha şərik qoşmuş olar".</t>
   </si>
   <si>
     <t>قَدِمَ جماعةٌ إلى النبيّ صلى الله عليه وسلم، وكان عددُهم عشرة، فبايع تسعةً منهم على الإسلام والمتابعة، ولم يبايع العاشر، فلما سُئل عن سببِ ذلك قال عليه الصلاة والسلام: 
 إنّ عليه تميمة، وهي ما يُربط أو يُعلَّق مِن الخَرَز وغيرِها لِدَفع العين أو الضرر. 
 فأدخلَ الرجلُ يدَه لموضع التميمة وقَطَعَها وتَخلَّص منها، فبايعه النبي صلى الله عليه وسلم عند ذلك، وقال مُحَذِّرًا من التمائم ومُبَيِّنًا حكمَها: 
 "مَن علَّقَ تَميمة فقد أشرك".</t>
   </si>
   <si>
     <t>Bir qrup dəstə Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldi və sayları on idi. Onlardan doqquzu ilə İslama girmək və tabe olmaq üzərinə beyət etdi, onuncu nəfərlə isə beyət etmədi. Bunun səbəbi haqqında soruşulduqda, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə dedi: Onun üzərində təmimə (amulet,muska) var. Bu, göz və ya zərərdən qorunmaq üçün bağlanmış və ya asılmış muncuq və digər şeylərdir. Kişi əlini təmimə olan yerə saldı, onu kəsib atdı və ondan qurtuldu. Bu zaman Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onun beyətini qəbul etdi və təmimələrdən  çəkindirərək və onların hökmünü bəyan edərək buyurdu: "Hər kim təmimə taxarsa, o, artıq şirk qoşmuş olar."</t>
   </si>
   <si>
     <t>مَن اعتَمَدَ على غير الله عامَلَه الله بِنَقِيْضِ قَصْدِه.
 اعتقاد أنَّ تَعليقَ التمائمِ سببٌ في دفع الأذى والعين شركٌ أصغر، أما إن اعتقد أنها تنفع بذاتها فهو شرك أكبر.</t>
   </si>
   <si>
     <t>Kim Allahdan qeyrisinə güvənərsə, Allah da onunla niyyətinin əksinə davranar.
 Təmimələri taxmağın zərər və gözdən qorunmağa səbəb olduğuna etiqad etmək kiçik şirkdir. Lakin, onların öz-özlüyündə fayda verdiklərinə inansa, böyük şirkdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6762</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ</t>
+    <t>من قال: لا إله إلا الله، وكفر بما يعبد من دون الله حرم ماله ودمه، وحسابه على الله</t>
   </si>
   <si>
     <t>Kim "Ləə iləhə illallah" deyər və Allahdan başqa ibadət edilənləri inkar edərsə, malı, qanı toxunulmaz olar, hesabı isə Allaha aiddir</t>
   </si>
   <si>
     <t>عن طارق بن أشيم الأشجعي رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ».</t>
   </si>
   <si>
     <t>Tariq bin Əşyəm əl -Əşcaidən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Kim "Ləə iləhə illallah" deyər və Allahdan başqa ibadət edilənləri inkar edərsə, malı, qanı toxunulmaz olar, hesabı isə Allaha aiddir."</t>
   </si>
   <si>
     <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
 والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, kim diliylə şəhadət edərək " Ləə iləhə illah" - yəni Allahdan başqa haqq məbud olmadığını deyərsə, Allahdan başqa ibadət edilən hər şeyi inkar edərsə və İslamdan başqa digər dinləri tərk edərsə, onun malı, qanı müsəlmanlara haram olar və bizə yalnız əməlinin zahirinə görə hökm vermək qalar. Buna görə də İslam əhkamlarına əsasən kim, qanını və malını halal edəcək bir günah və cinayət etməyincə, malı alınmaz və qanı da axıdılmaz.
 Allah Qiyamət günü onun hesabını çəkəcək, əgər müsəlman kimi dediklərində doğru, səmimi idisə onu mukafatlandıracaq, münafiq idisə cəzalandıracaq.</t>
   </si>
   <si>
     <t>النُّطْقُ بلا إله إلا الله، والكفر بكلِّ ما يُعبد من دون الله، شرطٌ في دخول الإسلام.
 معنى (لا إله إلا الله) هو الكفر بكل ما يُعبد من دون الله من الأصنام والقبور وغيرها، وإفراده سبحانه بالعبادة.
 من أتى بالتوحيد والتَزمَ شرائعه ظاهرًا وَجَبَ الكَفُّ عنه حتى يَتَبَيَّنَ منه ما يخالف ذلك.
 حُرْمةُ مالِ المسلم ودمِه وعرضِه إلا بحق.
 الحُكْم في الدنيا على الظاهر، وفي الآخرة على النيات والمقاصد.</t>
   </si>
   <si>
     <t>"Lə iləhə illallah" söyləmək və Allahdan savayı ibadət edilənlərin hamısını inkar etmək İslama daxil olmaq üçün şərtdir.
 "Lə iləhə illallah"ın mənası bütlər, qəbirlər və digər Allahdan savayı ibadət edilənlərin hamısını inkar etmək, yalnız tək olan Allaha ibadət etməkdir.
 Kim tövhidi tətbiq edər və onun tələblərinə zahirən əməl edərsə, buna zidd  əməli ortaya çıxmayınca toxunulmaz olar.
 Haqlı səbəb olmadan müsəlmanın malı, qanı və şərəf və ləyaqətinin toxunulmazlığı.
 Bu dünyadakı hökm zahirə görədir, axirətdə isə niyyət və məqsədlərə görədir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6765</t>
   </si>
   <si>
-    <t>مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ</t>
+    <t>من حدث عني بحديث يرى أنه كذب، فهو أحد الكاذبين</t>
   </si>
   <si>
     <t>“Kim yalan olduğunu zənn edilən bir hədisi mənim adımdan danışarsa, o, yalançılardan biridir”</t>
   </si>
   <si>
     <t>عَنْ سَمُرَةَ بْنِ جُنْدَبٍ وَالْمُغِيرَةِ بْنِ شُعْبَةَ رضي الله عنهما قَالَا: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ».</t>
   </si>
   <si>
     <t>Səmurə ibn Cundub və Muğirə ibn Şubədən (Allah onların hər ikisindən razı olsun) belə söylədikləri  rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: “Kim yalan olduğunu zənn edilən bir hədisi mənim adımdan danışarsa, o, yalançılardan biridir”.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أن مَن نَقَلَ عنه حديثًا وهو يعلم أو يظن أو يغلِب على ظنه أنه كذبٌ عليه صلى الله عليه وسلم؛ فالراوي له يُشاركُ البادي بهذا الكذب.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, hər kim  yalan olduğunu bilərək və ya zənn edərək və ya güman edərək onun adından hədis nəql edərsə, bu nəql edən kəs yalanı ilk olaraq çıxarana şərik olar.</t>
   </si>
   <si>
     <t>التثبُّت من الأحاديث المروية عن النبي صلى الله عليه وسلم، والتأكد من صحتها قبل روايتها.
 صفة الكذب تُطلق على كل من اختَرَعَ الكذب وعلى مَن قام بنقلِه ونشره بين الناس.
 يحرم رواية الحديث الموضوع على مَن عَرَف كونَه موضوعًا، أو غلب على ظنه وضعُه إلا إذا كان للتحذير منه.</t>
   </si>
   <si>
     <t>Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) rəvayət olunan hədisləri, onları nəql etməzdən əvvəl dəqiqləşdirmək və onların səhihliyinə əmin olmaq lazımdır.
 Yalan sifəti, yalanı uyduran, onu nəql edən və insanlar arasında yayan hər kəsə şamil edilir.
 Uydurulmuş hədisin uydurma olduğunu bilən və ya uydurma olduğunu güman edən şəxsə- həmin hədis haqqında xəbərdarlıq etmək istisna olmaqla-onu nəql etmək qadağandır.</t>
   </si>
   <si>
     <t>رواه مسلم في مقدمته</t>
   </si>
   <si>
+    <t>[رواه مسلم في مقدمته]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/az/browse/hadith/6982</t>
   </si>
   <si>
-    <t>فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ</t>
+    <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) əxlaqı Quran idi</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>Sad bin Hişam bin Amir  Aişənin (Allah ondan razı olsun) otağına  daxil olub dedi: Ey möminlərin anası, mənə Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) əxlaqından xəbər ver! Aişə anamız (Allah ondan razı olsun) isə belə cavab verdi: "Sən Quran oxumursanmı? Dedim: Əlbəttə oxuyuram. O dedi: Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) əxlaqı Quran idi.</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>Möminlərin anası Aişə (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) əxlaqı haqqında soruşulduqda o, geniş məna daşıyan bir neçə sözlə cavab verdi və sual verəni, bütün kamillik sifətlərini özündə cəmləşdirən  Qurani-Kərimə yönləndirdi. Ona dedi: "Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Quran əxlaqını mənimsəmişdi, Quranda olan əmrləri yerinə yetirir, Quranın qadağan etdiklərindən isə çəkinirdi və əxlaqı sırf ona əməl etmək, onun məhdudiyyətlərinə riayət etmək, ədəb-ərkanı ilə ədəbli olmaq, Qurandakı misal qissələrdən ibrət almaq idi.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
   </si>
   <si>
     <t>Quran əxlaqını mənimsəyən  Peyğəmbəri (Allahın salavatı və salamı onun üzərinə olsun) örnək götürməyə təşviq edilmişdir.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) əxlaqının mədhi və onun vəhydən qaynaqlanması.
 Quran, bütün gözəl əxlaqın qaynağıdır.
 İslam əxlaqı, əmrləri yerinə yetirib, qadağalardan çəkinməklə dini tam əhatə edir.</t>
   </si>
   <si>
     <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
   </si>
   <si>
     <t>[Muslim Müslim uzun bir hədisdə rəvayət etmişdir]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8265</t>
   </si>
   <si>
-    <t>الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء</t>
+    <t>الراحمون يرحمهم الرحمن، ارحموا أهل الأرض يرحمكم من في السماء</t>
   </si>
   <si>
     <t>Rəhm edənlərə (mərhəmətli olanlara) Rəhman olan Allah rəhm edər. Yer üzündə olanlara rəhm edin ki, səmada Olan da sizə rəhm etsin</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء».</t>
   </si>
   <si>
     <t>Abdullah bin Amr bin As (Allah hər ikisindən razı olsun) rəvayət edir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Rəhm edənlərə (mərhəmətli olanlara) Rəhman olan Allah rəhm edər. Yer üzündə olanlara rəhm edin ki, səmada Olan da sizə rəhm etsin".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذين يرحمون غيرَهم يرحمُهم الرحمنُ برحمتِه التي وسعت كلَّ شيء؛ جزاءً وفاقًا.
 ثم أَمَرَ صلى الله عليه وسلم برحمةِ جميعِ مَن في الأرض مِن إنسانٍ أو حيوانٍ أو طيرٍ أو غيرِه من أنواع الخلق وجزاء ذلك أنْ يرحمَكم الله من فوق سمواته.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) başqalarına mərhəmət edən kimsələrə, bu yaxşı əməllərinin qarşılığı olaraq, rəhməti ilə hər şeyi əhatə edən Rəhman olan Allahın mərhəmət edəcəyini xəbər vermişdir.
 Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) istər insan, istər heyvan, istər quş, istərsə də digər canlılar olsun, yer üzündəki hər bir canlıya mərhəmət edilməsini əmr etmişdir. Bunun qarşılığı isə yeddi qat səmanın üzərindəki Allahın sizə mərhəmət etməsidir.</t>
   </si>
   <si>
     <t>دين الإسلام دين الرحمة، وهو قائم كله على طاعة الله والإحسان إلى الخلق.
  الله عز وجل متصف بالرحمة، وهو سبحانه الرحمن الرحيم، مُوْصِلُ الرحمة إلى عباده.
 الجزاء من جنس العمل، فالراحمون يرحمهم الله.</t>
   </si>
   <si>
     <t>İslam dini rəhmət dinidir. Bu din bütünlüklə, Allaha itaat etmək və canlılara yaxşılıq etmək üzərində qurulmuşdur.
 İzzət və uca olan Allah  rəhmət sifəti ilə vəsf edilmişdir. Bütün naqisliklərdən pak olan O, Rəhman və Rəhimdir. Onun rəhməti qullarına çatandır.
 Əməlin mükafatı yaxud cəzası onun növündəndir. Mərhəmətli olanlara Allah rəhm edər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8289</t>
   </si>
   <si>
-    <t>كان إذا دخل المسجد قال: «أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرَّجِيم</t>
-[...2 lines deleted...]
-    <t>məscidə daxil olanda belə deyərdi: “ Əuzu billəhil-Azim və bivəchihil-kərim və sultanihil-qadim, minəşşeytanir-racim"</t>
+    <t>كان إذا دخل المسجد قال: أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرجيم</t>
+  </si>
+  <si>
+    <t>məscidə daxil olanda belə deyərdi: “ Əuzu billəhil-Azim və bivəchihil-kərim və sultanihil-qadim, minəşşeytanir-racim</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما: عن النبي صلى الله عليه وسلم أنه كان إذا دخل المسجد قال: «أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرَّجِيم»، قال: أَقَطُّ؟ قلت: نعم، قال: فإذا قال ذلك قال الشيطان: حُفِظَ منِّي سائر اليوم.</t>
   </si>
   <si>
     <t>Abdullah ibn Amr ibn Asdan (Allah ondan və atasından razı olsun) rəvayət edilir ki: Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) rəvayət edilir ki, o, məscidə daxil olanda belə deyərdi: “ Əuzu billəhil-Azim və bivəchihil-kərim və sultanihil-qadim, minəşşeytanir-racim"  Dedi: Bu qədərmi? Dedim: Bəli və dedi ki: “Əgər belə desə, şeytan deyər: “Günün qalan hissəsi məndən qorundu".</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا دَخل المسجدَ قال: 
 (أعوذ بالله العظيم) أعتصم وألتجئ بالله وصفاته 
 (وبوجهه الكريم) الجَواد المُعطي، 
 (وسلطانه) غَلبَتِه وقدرتِه وقهرِه على من أراد من خلقِه 
 (القديم) الأزلي الأبدي 
 (من الشيطان الرجيم) المبعود والمطرود من رحمة الله،
 أي: اللهم احفظني من وسوسته وإغوائه وخطواته وخطراته وتسويله وإضلاله، فإنه السبب في الضلالة والباعث على الغواية والجهالة، 
 فقيل لعبد الله بن عمرو "أقط؟" أي: هل قال النبي صلى الله عليه وسلم هذا فقط؟ 
 قال: نعم.
 فإذا قال الداخل للمسجد هذا الدعاء؛ قال الشيطان: لقد حَفِظ هذا الداخل نفسَه مني جميع الوقت، يومه وليلته.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) məscidə daxil olarkən belə deyərdi: (Əuzu billəhil-Azim) Allaha və Onun sifətlərinə sığınıram (bivəchihil-kərim) Səxavətli olan, bəxş edən (və sultanihi) gücü, qüdrəti və yaratdıqlarından istədiyi üzərində hökmranlığı (əlqadim) əbədi əzəli (minəş-şeytanir-rəcim) Allahın rəhmətindən uzaqlaşdırılıb qovulmuş, Yəni: Allahım, məni onun vəsvəsəsindən, hiyləsindən, addımlarından, təhlükələrindən, bəzəməsindən və azdırmasından qoru, çünki o, zəlalətin səbəbkarı, azğınlığın və cəhalətin təhrikçisidir. Abdullah ibn Amra: “Elə bu?” deyə soruşuldu. Yəni: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) yalnız bunu söylədi? Dedi: Bəli.
 Məscidə girən kəs bu duanı desə, şeytan deyər: Bu daxil olan şəxs artıq bütün vaxt ərzində- gecə və gündüz- özünü məndən qorudu.</t>
   </si>
   <si>
     <t>فضل الدعاء بهذا الذكر عند دخول المسجد، وأنه يحفظ قائلَه من الشيطان بقية يومه.
 التحذير من الشيطان، وأنه يتربَّصُ للمسلم؛ لإضلاله وإغوائه.
 يحصل للإنسان من الحفظ من إضلال الشيطان وإزاغته على قدر ما يقوم بقلبه من الإيمان بالله والاستحضار لهذا الدعاء وتصديقه بموعد الله المترتب عليه.</t>
   </si>
   <si>
     <t>Məscidə daxil olarkən bu zikr ilə dua etməyin fəziləti və bu, onu deyəni günün qalan hissəsində şeytandan qoruyar.
 Şeytandan qorunmaq lazımdır və o müsəlmanı azdırmaq və onu yoldan çıxarmaq üçün fürsət gözləyər;
 İnsan, qəlbi ilə Allaha olan imanı, bu duanı xatırlaması və Allahın bu zikrdə verdiyi vədinə olan təstiqi miqdarında şeytanın azğınlığından və hiyləsindən qorunmuş olar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8294</t>
   </si>
   <si>
-    <t>يَقُولُ اللَّهُ تَعَالَى لِأَهْوَنِ أَهْلِ النَّارِ عَذَابًا يَوْمَ القِيَامَةِ: لَوْ أَنَّ لَكَ مَا فِي الأَرْضِ مِنْ شَيْءٍ أَكُنْتَ تَفْتَدِي بِهِ؟ فَيَقُولُ: نَعَمْ</t>
+    <t>يقول الله تعالى لأهون أهل النار عذابا يوم القيامة: لو أن لك ما في الأرض من شيء أكنت تفتدي به؟ فيقول: نعم</t>
   </si>
   <si>
     <t>Uca Allah Qiyamət günü  əzabı ən yüngül olan cəhənnəm əhlinə deyəcək: Əgər yer üzərində olanlar sənin olsaydı, onları bu əzabdan qurtulmaq üçün verərdinmi? O, deyəcək: Bəli</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَقُولُ اللَّهُ تَعَالَى لِأَهْوَنِ أَهْلِ النَّارِ عَذَابًا يَوْمَ القِيَامَةِ: لَوْ أَنَّ لَكَ مَا فِي الأَرْضِ مِنْ شَيْءٍ أَكُنْتَ تَفْتَدِي بِهِ؟ فَيَقُولُ: نَعَمْ، فَيَقُولُ: أَرَدْتُ مِنْكَ أَهْوَنَ مِنْ هَذَا، وَأَنْتَ فِي صُلْبِ آدَمَ: أَلّاَ تُشْرِكَ بِي شَيْئًا، فَأَبَيْتَ إِلَّا أَنْ تُشْرِكَ بِي».</t>
   </si>
   <si>
     <t>Ənəs bin Malikdən (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: Uca Allah Qiyamət günü  əzabı ən yüngül olan cəhənnəm əhlinə deyəcək: Əgər yer üzərində olanlar sənin olsaydı, onları bu əzabdan qurtulmaq üçün verərdinmi? O, deyəcək: Bəli və Allah deyəcək: Sən Adəmin belində ikən, mən səndən bundan daha asan olanını istədim: Mənə heç bir şeyi şərik qoşma. Lakin sən boyun qaçırdın və Mənə şərik qoşdun.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ الله تعالى يقول لأهون أهل النار عذابًا بعد دخولها: لو كانت لك الدنيا وما فيها أكنت مُفتديًا بها من هذا العذاب؟ 
 فيقول: نعم، 
 فيقول الله: قد طَلبتُ منك وأمرتُك بأيسر من ذلك حين أُخذ الميثاق عليك وأنت في صُلْبِ آدم ألّا تشرك بي شيئًا؛ فأبيتَ إذْ أخرجتُك إلى الدنيا إلا الشرك.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər  verir ki, Uca Allah cəhənnəmə daxil olduqdan sonra orada ən yüngül əzab görəcək insana belə deyəcək: “Əgər dünya və onun içində olan hər şey sənin olsaydı, onu bu əzabdan qurtulmaq üçün fəda edərdinmi? O, deyəcək:Bəli Allah deyəcək: Mən, sən Adəmin belində ikən, Mənə heç bir şeyi şərik qoşmamaq haqqında səndən əhd aldığım zaman, səndən bundan daha asan olanını istədim və əmr etdim. Lakin səni bu dünyaya gətirdiyim zaman sən boyun qaçırdın və mənə şərik qoşdun.</t>
   </si>
   <si>
     <t>فضل التوحيد ويُسْر العمل به.
 خطر الشرك بالله تعالى وعاقبته.
 أخذ الله الميثاق على بني آدم وهم في ظَهْر أبيهم آدم بعدم الشرك.
 التحذير من الشرك وأنّ الدنيا كلَّها لا تغني عن الكافر يوم القيامة شيئًا.</t>
   </si>
   <si>
     <t>Tövhidin fəziləti və ona əməl etməyin  asan olması.
 Uca Allaha şərik qoşmağın təhlükəsi və onun pis aqibəti.
 Allah, Adəm övladlarından ataları Adəmin belində ikən  Ona şərik qoşmamaq haqqında əhd almışdır.
 Allaha şərik qoşmaqdan çəkindirmək və Qiyamət günü bütün dünyanın kafirlərə heç bir faydası olmayacaq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8315</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ تَبَارَكَ وَتَعَالَى يَقُولُ لِأَهْلِ الجَنَّةِ: يَا أَهْلَ الجَنَّةِ؟ فَيَقُولُونَ: لَبَّيْكَ رَبَّنَا وَسَعْدَيْكَ، فَيَقُولُ: هَلْ رَضِيتُمْ؟ فَيَقُولُونَ: وَمَا لَنَا لاَ نَرْضَى وَقَدْ أَعْطَيْتَنَا مَا لَمْ تُعْطِ أَحَدًا مِنْ خَلْقِكَ؟</t>
+    <t>إن الله تبارك وتعالى يقول لأهل الجنة: يا أهل الجنة؟ فيقولون: لبيك ربنا وسعديك، فيقول: هل رضيتم؟ فيقولون: وما لنا لا نرضى وقد أعطيتنا ما لم تعط أحدا من خلقك؟</t>
   </si>
   <si>
     <t>Uca Allah cənnət əhlinə deyəcək: Ey cənnət əhli? Onlar: “Əmrinə müntəzirik, ey Rəbbimiz və sənə tabeyik” deyəcəklər. Allah deyəcək: “Razı qaldınızmı? Onlar cavab verəcəklər: “Sən, yaratdıqlarından heç kimə vermədiyin şeyi bizə bəxş etdiyin halda, biz nə üçün razı olmayaq?</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ تَبَارَكَ وَتَعَالَى يَقُولُ لِأَهْلِ الجَنَّةِ: يَا أَهْلَ الجَنَّةِ؟ فَيَقُولُونَ: لَبَّيْكَ رَبَّنَا وَسَعْدَيْكَ، فَيَقُولُ: هَلْ رَضِيتُمْ؟ فَيَقُولُونَ: وَمَا لَنَا لاَ نَرْضَى وَقَدْ أَعْطَيْتَنَا مَا لَمْ تُعْطِ أَحَدًا مِنْ خَلْقِكَ؟ فَيَقُولُ: أَنَا أُعْطِيكُمْ أَفْضَلَ مِنْ ذَلِكَ، قَالُوا: يَا رَبِّ، وَأَيُّ شَيْءٍ أَفْضَلُ مِنْ ذَلِكَ؟ فَيَقُولُ: أُحِلُّ عَلَيْكُمْ رِضْوَانِي، فَلاَ أَسْخَطُ عَلَيْكُمْ بَعْدَهُ أَبَدًا».</t>
   </si>
   <si>
     <t>Əbu Səid Əl-Xudridən (Allah ondan razı olsun) rəvayət edilir ki, o, belə demişdir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: Uca Allah cənnət əhlinə deyəcək: Ey cənnət əhli? Onlar: “Əmrinə müntəzirik, ey Rəbbimiz və sənə tabeyik” deyəcəklər. Allah deyəcək: “Razı qaldınızmı? Onlar cavab verəcəklər: “Sən, yaratdıqlarından heç kimə vermədiyin şeyi bizə bəxş etdiyin halda, biz nə üçün razı olmayaq?  Sonra buyuracaq: “Mən sizə bundan daha üstününü verəcəm. Onlar deyəcəklər: Ya Rəbb, bundan daha üstün nə var? Uca Allah deyəcək: Mən sizə öz razılığımı halal edirəm və bundan sonra heç vaxt sizə qəzəblənməyəcəm".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يقول لأهل الجنة وهم فيها: يا أهلَ الجنة، فيردُّون عليه قائلين: لبيك ربَّنا وسعديك، 
 فيقول لهم: هل رضيتم؟ فيقولون: نعم رضينا؛ وما لنا لا نرضى وقد أعطيتنا ما لم تُعطِ أحدًا من خلقك! 
 فيقول سبحانه: ألا أعطيكم أفضل من ذلك؟ 
 قالوا: يا رب، وأي شيء أفضل من ذلك؟! 
 فيقول: أنزل عليكم دوام رضواني؛ ولا أغضب عليكم بعده أبدًا.</t>
   </si>
   <si>
-    <t>Peyğəmbər-salləllahu aleyhi və səlləm-xəbər verir ki, Uca Allah- Cənnət əhli orada olarkən onlara belə deyəcək: “Ey Cənnət əhli!" Onlar da ona cavab verərək deyəcəklər: “Sənin əmrinə müntəzirik ey Rəbbimiz və Sənə tabeyik. Onlara deyəcək: Razı qaldınızmı? Onlar deyəcəklər: Bəli, biz razı qaldıq. Heç bir məxluqatına vermədiyin şeyləri bizə bəxş etdiyin halda, biz niyə razı qalmayaq? Sonra Uca Allah deyəcək: Sizə bundan daha yaxşısını verimmi? Onlar deyəcəklər: Ya Rəbb, bundan daha yaxşı nə ola bilər?! Allah deyəcək: “Mən sizə Öz razılığımı verəcəm və bundan sonra sizə heç vaxt qəzəblənməyəcəyəm.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Uca Allah Cənnət əhli orada olarkən onlara belə deyəcək: “Ey Cənnət əhli!" Onlar da Ona cavab verərək deyəcəklər: “Sənin əmrinə müntəzirik ey Rəbbimiz və Sənə tabeyik”. Onlara deyəcək: “Razı qaldınızmı?” Onlar cavab verəcəklər:
+“Bəli, razıyıq! Necə razı olmayaq ki, Sən bizə yaratdıqlarından heç kimə vermədiklərini bəxş etmisən!”. Sonra Uca Allah deyəcək: “Sizə bundan daha yaxşısını verimmi?”. Onlar deyəcəklər: “Ya Rəbb, bundan daha yaxşı nə ola bilər?!“. Uca Allah deyəcəkdir: “Sizə daimi razılığımı bəxş edirəm və bundan sonra sizə heç vaxt qəzəblənməyəcəyəm”.</t>
   </si>
   <si>
     <t>كلام الله عز وجل مع أهل الجنة.
 البشارة من الله لأهل الجنة برضاه عنهم، وإحلال رضوانه عليهم وعدم سخطه أبدًا.
 رضا كل من في الجنة بحاله مع اختلاف منازلهم وتنويع درجاتهم؛ لأن الكل أجابوا بلفظ واحد وهو: "أعطيتنا ما لم تعط أحدًا من خلقك".</t>
   </si>
   <si>
-    <t>İzzət və Cəlal sahibi olan Allahın Cənnət əhli ilə  söhbəti.
+    <t>İzzət və Cəlal sahibi olan Allahın Cənnət əhli ilə danışması.
 Allahın Cənnət əhlinə, onlardan razı qalması, bunu onlara əbədi etməsi və onlara heç vaxt qəzəblənməyəcəyi ilə müjdə verməsi.
-Cənnətdəki hər kəs məqamlarının fərqliliklərinə  və dərəcələrinin müxtəlifliyinə baxmayaraq razı qalacaq; çünki onların hamısı eyni bir kəlimə ilə cavab verəcəklər, o da: “Yaratdıqlarından heç kimə vermədiyini bizə verdin”.</t>
+Cənnətdə olan hər kəs, məqam və dərəcələrinin müxtəlif olmasına baxmayaraq, öz halından razı olacaq. Çünki onların hamısı eyni sözlə cavab verəcəklər: “Sən bizə yaratdıqlarından heç kimə vermədiklərini bəxş etdin”.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8343</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى</t>
+    <t>أن رجلا توضأ فترك موضع ظفر على قدمه فأبصره النبي صلى الله عليه وسلم فقال: ارجع فأحسن وضوءك فرجع، ثم صلى</t>
   </si>
   <si>
     <t>Bir kişi dəstəmaz aldı və ayağında dırnaq boyda yuyulmayan yer buraxdı. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bunu gördü və dedi: “Geri qayıt və dəstəmazı gözəl şəkildə al!” O kişi qayıdıb yenidən dəstəmaz aldı, sonra namaz qıldı</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قال: أَخْبَرَنِي عُمَرُ بْنُ الْخَطَّابِ: أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى.</t>
   </si>
   <si>
     <t>Cabirdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Ömər bin Əl-Xəttab (Allah ondan razı olsun) mənə dedi: Bir kişi dəstəmaz aldı və ayağında dırnaq boyda yuyulmayan yer buraxdı. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bunu gördü və dedi: “Geri qayıt və dəstəmazı gözəl şəkildə al!” O kişi qayıdıb yenidən dəstəmaz aldı, sonra namaz qıldı.</t>
   </si>
   <si>
     <t>أَخْبَرَ عُمَرُ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم أَبْصَرَ رَجلًا انتهى مِن وضوئه، فتَرَكَ قَدْرَ ظُفرٍ في قَدَمه لم يُصِبْهُ ماءُ الوضوء، 
 فقال له مشيرًا إلى موضع التقصير: ارجع فأحسن وضوءك وأَتِمَّه وأعْطِ كلَّ عُضوٍ حقَّه من الماء، 
 فرجع الرجل فأتمّ وضوءه ثم صلى.</t>
   </si>
   <si>
     <t>Ömər (Allah ondan razı olsun) xəbər verir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bir kişinin dəstəmazını bitirdiyini və ayağında dırnaq boyda su dəyməyən yer buraxdığını gördü. O, dəstəmazdakı nöqsan olan yerə işarə edərək dedi: Geri qayıt və dəstəmazını gözəl şəkildə al, dəstəmazı tamamla və hər bir üzvə lazım olan miqdarda su ver. Kişi qaytdı, dəstəmazını tamamladı, sonra namaz qıldı.</t>
   </si>
   <si>
     <t>وجوبُ المبَادَرة إلى الأمرِ بالمعروف، وإرشادِ الجاهلِ والغَافل، وخصوصًا إذا كان المُنكَر يترتَّب عليه فسادُ عبادته.
 وجوب تعميم أعضاء الوضوء بالماء، وأنَّ من ترك جزءًا من العضو -ولو يسيرًا- لم يصحّ معه الوضوء ولزمته الإعادة إذا كان الفاصل طويلًا.
 مشروعية إحسان الوضوء، وذلك بإتمامه وإسْبَاغه على الوجه المأمور به شرعًا.
 القدمان من أعضاء الوضوء، ولا يكفي فيهما المسح، بل لابدَّ من الغسل.
 ينبغي الموالاة بين أعضاء الوضوء، بحيث يَغسل كلَّ عضو قبل أن يَجِفَّ الذي قبله.
 الجهل والنسيان لا يُسقِطان الواجبَ، وإنما يُسقِطان الإثمَ، فهذا الرجل الذي لم يُسْبِغ وضوءه لجهله لم يُسقِط عنه النبيُّ صلى الله عليه وسلم الواجبَ، وهو الوضوء، وإنما أمره أن يعيدَه.</t>
   </si>
   <si>
     <t>Yaxşılığı əmr etmək, cahil və qafilləri doğru yola yönəltmək üçün tələsməyin vacibliyi, xüsusən də münkər (şərr, pislik, haram) onun ibadətinin fəsadına səbəb olarsa.
 Dəstəmaz əzalarını tam yumaq vacibdir və kim bu əzaların müəyyən bir hissəsini -az da olsa- tərk edərsə (yumazsa), onun dəstəmazı səhih olmaz və dəstəmazdan sonra çox vaxt keçibsə, dəstəmazı yenidən almalıdır.
 Dəstəmazı gözəl şəkildə almaq şər'i tələbdir. Bu isə şəriətin əmr etdiyi şəkildə dəstəmazı tamamlamaq və dəstəmaz əzalarını tam yumaqla olur.
 Ayaqlar dəstəmaz üzvlərindəndir və onların üzərinə məsh çəkmək kifayət etmir, əksinə onları yumaq lazımdır.
 Dəstəmaz əzaları arasında fasilə verilmədən ardıcıllıq olmalıdır. Yəni hər bir üzv öncəki üzv qurumadan əvvəl yuyulmalıdır.
 ​
 Cahillik (bilməməzlik) və unutqanlıq vacib olan şeyləri hökmdən salmır, sadəcə olaraq günahı qaldırır. Cəhaləti səbəbi ilə dəstəmazını düzgün yerinə yetirməyən bu kişi üçün Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) vacibi-dəstəmazı hökmdən salmadı, əksinə olaraq ona təkrar dəstəmaz almağı əmr etdi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8386</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَغْسِلُ، أَوْ كَانَ يَغْتَسِلُ، بِالصَّاعِ إِلَى خَمْسَةِ أَمْدَادٍ، وَيَتَوَضَّأُ بِالْمُدِّ</t>
+    <t>كان النبي صلى الله عليه وسلم يغسل، أو كان يغتسل، بالصاع إلى خمسة أمداد، ويتوضأ بالمد</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bir saa ilə beş mudd arası miqdarında su ilə qüsl və bir mudd ilə dəstəmaz alardı</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَغْسِلُ، أَوْ كَانَ يَغْتَسِلُ، بِالصَّاعِ إِلَى خَمْسَةِ أَمْدَادٍ، وَيَتَوَضَّأُ بِالْمُدِّ.</t>
   </si>
   <si>
     <t>Ənəsdən (Allah ondan razı olsun) rəvayət edilir ki: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bir saa ilə beş mudd arası miqdarında su ilə qüsl və bir mudd ilə dəstəmaz alardı.</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يغتسل من الجنابة بالصاع إلى خمسة أمداد، ويتوضأ بالمد. والصاع: أربعة أمداد، والمد: مِقْدار ملء كفَّي إنسانٍ مُعتدلِ الخِلْقة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) cənabətdən bir saa ilə beş mudd arası miqdarında su ilə qüsl, bir mudd ilə dəstəmaz alardı. Bir saa: dörd muddur, bir mudd: orta ölçülü adamın ovuclarını dolduracaq miqdardır.</t>
   </si>
   <si>
     <t>مشروعية الاقتصاد في ماء الوضوء والغسل، وعدم الإسراف ولو كان الماء مُتيسرًا.
 استحباب التقليل في ماء الوضوء والغسل بقدر الحاجة، وأن هذا هو هدي النبي صلى الله عليه وسلم.
 المقصود الاستيفاء في الوضوء والغسل مع مراعاة السنن والآداب بلا إسراف ولا تقتير ويراعى الوقت وكثرة الماء وقلته وغير ذلك.
 تطلق الجنابة على كل من أنزل المني أو جامع، وسميت بذلك لاجتناب صاحبها الصلاة والعبادات حتى يطهر منها.
 الصاع: مكيال معروف، والمراد به الصاع النبوي، ويبلغ وزنه (480) مثقالاً من البر الجيد، وباللتر (3 لترات).
 المد: وحدةُ كيلٍ شرعية، وهي ملء كفي الإنسان المعتدل إذا ملأهما ومد يده بهما، والمد ربع الصاع باتفاق الفقهاء، ومقداره (750) ملل.</t>
   </si>
   <si>
-    <t>Dəstəmaz və qüsl alarkən suya qənaət etməyin və su çox mövcud olsa belə, ona israf etməməyin məşruiyyəti.
+    <t>Dəstəmaz və qüsl alarkən suya qənaət etməyin və su bol olsa belə, ona israf etməməyin məşruiyyəti (şəriətə müvafiq olması).
 Dəstəmaz və qüsl üçün istifadə olunan suyun miqdarının lazım olduğu qədər azaldılmasının müstəhəbliyi və bu, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yoludur.
-Nəzərdə tutulan sünnə və ədəbə riayət etməklə, israf və xəsislik etmədən, vaxt, su bolluğu və  çatışmazlığı və s. nəzərə almaqla layiqincə tam dəstəmaz və qüsl almaqdır.
-Cənabət dedikdə, sperma ifraz edən və ya yaxınlıq edən hər kəsin halı nəzərdə tutulur və  pak olana qədər bu şəxs, namaz və digər ibadətlərdən uzaq durduğu üçün belə adlandırılmışdır.
+Məqsəd, dəstəmaz və qüslun sünnət və ədəblərə riayət edilməklə, israf və əskiklik olmadan tam və düzgün şəkildə yerinə yetirilməsidir. Eyni zamanda, vaxt, suyun çoxluğu və azlığı və digər amillər də nəzərə alınmalıdır.
+Cənabət dedikdə, meni ifraz edən və ya cinsi əlaqədə olan şəxs nəzərdə tutulur. Bu şəxs pak olana qədər namaz və digər ibadətlərdən uzaq durduğu üçün belə adlandırılmışdır.
 Saa: Məlum çəkidir və bununla  Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) dövründəki saa nəzərdə tutulur və çəkiylə (480 misqal) yaxşı buğda ağırlığına və litrlə (3 litrə) uyğun gəlir.
 Mudd: Şər'i ölçü vahididir ki, orta ölçülü adamın ovuclarını doldurduqda və onları uzatdıqda olan miqdarıdır. Fəqihlərin ittifaqı ilə mudd saanın dörddə biridir və onun miqdarı (750) millilitrdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8387</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ</t>
+    <t>ما من مسلم يتوضأ فيحسن وضوءه، ثم يقوم فيصلي ركعتين، مقبل عليهما بقلبه ووجهه، إلا وجبت له الجنة</t>
+  </si>
+  <si>
+    <t>Bir müsəlman gözəl şəkildə dəstəmaz alar, sonra qalxıb iki rükət namaz qılar və bu iki rükətə qəlbi və üzü ilə yönələrsə, ona Cənnət vacib olar</t>
+  </si>
+  <si>
+    <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه قَالَ: كَانَتْ عَلَيْنَا رِعَايَةُ الْإِبِلِ فَجَاءَتْ نَوْبَتِي فَرَوَّحْتُهَا بِعَشِيٍّ فَأَدْرَكْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَائِمًا يُحَدِّثُ النَّاسَ فَأَدْرَكْتُ مِنْ قَوْلِهِ: «مَا مِنْ مُسْلِمٍ يَتَوَضَّأُ فَيُحْسِنُ وُضُوءَهُ، ثُمَّ يَقُومُ فَيُصَلِّي رَكْعَتَيْنِ، مُقْبِلٌ عَلَيْهِمَا بِقَلْبِهِ وَوَجْهِهِ، إِلَّا وَجَبَتْ لَهُ الْجَنَّةُ» قَالَ فَقُلْتُ: مَا أَجْوَدَ هَذِهِ، فَإِذَا قَائِلٌ بَيْنَ يَدَيَّ يَقُولُ: الَّتِي قَبْلَهَا أَجْوَدُ، فَنَظَرْتُ فَإِذَا عُمَرُ قَالَ: إِنِّي قَدْ رَأَيْتُكَ جِئْتَ آنِفًا، قَالَ: «مَا مِنْكُمْ مِنْ أَحَدٍ يَتَوَضَّأُ فَيُبْلِغُ - أَوْ فَيُسْبِغُ - الْوَضُوءَ ثُمَّ يَقُولُ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا عَبْدُ اللهِ وَرَسُولُهُ إِلَّا فُتِحَتْ لَهُ أَبْوَابُ الْجَنَّةِ الثَّمَانِيَةُ يَدْخُلُ مِنْ أَيِّهَا شَاءَ».</t>
+  </si>
+  <si>
+    <t>Uqbə bin Amir (Allah ondan razı olsun) demişdir: Biz dəvələrə qulluq etməli idik və mənim növbəm gəldikdə axşam onların yanına getdim və Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) ayaq üstə dayanıb insanlarla danışdığını gördüm və onun bu sözünə yetişdim: "Bir müsəlman gözəl şəkildə dəstəmaz alar, sonra qalxıb iki rükət namaz qılar və bu iki rükətə qəlbi və üzü ilə yönələrsə, ona Cənnət vacib olar" Dedi: Mən də dedim: Bu necə də gözəldir! Elə bu vaxt qarşımda bir kəs dedi: “Bundan öncəki daha gözəl idi" Gördüm ki, Ömərdir və O, dedi: “Sənin bir az əvvəl gəldiyini gördüm. Sonra əlavə etdi: “Sizdən kim dəstəmaz alar və dəstəmazını kamil şəkildə yerinə yetirər, sonra: "Əşhədu əllə iləhə illallah və ənnə Muhəmmədən əbdullahi va rasuluhu" deyərsə, onun üçün Cənnətin səkkiz qapısı açılar və o, istədiyi qapıdan daxil olar”.</t>
+  </si>
+  <si>
+    <t>بَيّن النبيُّ صلى الله عليه وسلم وهو يُحدِّث الناس فضلين عظيمين:
+الأول: أنَّ من توضأ فأحسن الوضوء وأسْبغَه وأتمه وأكمله على الوجه المسنون، وأعطى كل عضو حقَّه من الماء، ثم قال: أشهد أن لا إله إلا الله، وأن محمدًا عبد الله ورسوله؛ إلا فُتحت له أبواب الجنة الثمانية يدخل من أيها شاء. 
+الثاني:  أن من توضأ هذا الوضوء التامّ الكامل، ثم قام بعد هذا الوضوء فصلى ركعتين؛ مُقبلًا عليهما بقلبه بالإخلاص والخشوع، وخضع بوجهه وجميع أعضاء جسده لله، إلا وجبت له الجنة.</t>
+  </si>
+  <si>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) insanlarla danışarkən iki böyük fəziləti bəyan etdi:
+Birincisi: Hər kim gözəl şəkildə dəstəmaz alar, onu sünnəyə uyğun tamamlayar və hər bir üzvünə lazımi miqdarda suyu çatdırarsa və sonra deyərsə: “Əşhədu əllə iləhə illallah və ənnə Muhəmmədən əbdullahi va rasuluhu", onun üçün Cənnətin səkkiz qapısı da açılar və o, istədiyindən daxil olar.
+İkincisi: Hər kim bu dəstəmazı tam, kamil şəkildə alar, bu dəstəmazdan sonra ayağa qalxıb iki rükət namaz qılar, bunları qəlbində ixlas və xuşu ilə edər, üzü və bütün bədən üzvləri ilə Allaha təslim olarsa, Cənnət ona vacib olar.</t>
+  </si>
+  <si>
+    <t>عَظيم فضل الله تعالى بإعطائه الأجر الكبير على العمل اليسير.
+مشروعية إسباغ الوضوء وإتمامه، وصلاة ركعتين بخشوع بعده، وما يحصل به من الأجر العظيم.
+إسباغ الوضوء، والإتيان بعده بهذا الذكر، من أسباب دخول الجنة.
+استحباب قول هذا الذكر للمغتسل أيضًا.
+حرص الصحابة على الخير من تعلُّم العلم ونشره، وتعاونهم على ذلك وفي أمور معيشتهم.
+الذكر بعد الوضوء فيه تخليص القلب وتطهيره من الشرك، كما أن الوضوء فيه تطهير البدن وتخليصه من الوسخ.</t>
+  </si>
+  <si>
+    <t>Kiçik əmələ böyük mükafat verməklə Uca Allahın lütfünün böyüklüyü.
+Dəstəmazı, hər üzvə su çatdıraraq almağın və tamamlamağın, ondan sonra xuşuyla iki rükət namaz qılmağın məşruiyyəti (şəriətə müvafiq olması) və onun sayəsində əldə edilən böyük savab.
+Dəstəmazı kaml şəkildə almaq və ondan sonra bu zikri söyləmək Cənnətə daxil olmağın səbəblərindəndir.
+Qüsl alan kəsə də bu zikri söyləməyin müstəhəbliyi.
+Səhabələrin elm öyrənmək və onu yaymaq kimi xeyir işlərə can atmaları, bunda və məişət işlərində bir-birlərinə yardım etmələri.
+Dəstəmaz bədəni çirkdən paklayıb təmizlədiyi kimi, dəstəmazdan sonra zikr etmək də qəlbi şirkdən xilas edib təmizləyir.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/8388</t>
+  </si>
+  <si>
+    <t>كان النبي صلى الله عليه وسلم يذكر الله على كل أحيانه</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) hər zaman Allahı zikr edərdi</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
   </si>
   <si>
     <t>Aişədən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) hər zaman Allahı zikr edərdi.</t>
   </si>
   <si>
     <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
   </si>
   <si>
     <t>Aişə, möminlərin anası (Allah ondan razı olsun) xəbər verir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Uca Allahı zikr etməyə çox həris idi və uca Allahı hər zaman, hər yerdə və hər halda zikr edərdi.</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
     <t>Uca Allahı zikr etmək üçün dəstəmaz və ya qüsl şərt deyil.
 Peyğəmbər -sallallahu aleyhi və səlləm-Uca Allahı davamlı zikr etmsi.
 Uca Allahı Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) sünnəsinə uyğun olaraq hər zaman və hər halda  daha çox zikr etməyə təşviq, istisna hal insanın ehtiyacını ödədiyi məkan və zamandır, bu halda zikr etmək qadağandır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8402</t>
   </si>
   <si>
-    <t>سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي</t>
+    <t>سألت رسول الله صلى الله عليه وسلم عن نظر الفجاءة فأمرني أن أصرف بصري</t>
   </si>
   <si>
     <t>Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) (əcnəbi qadına) qəflətən(qeyri-qəsdli) olan baxış haqqında soruşdum və mənə baxışımı kənara çəkməyi əmr etdi</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِ بْنِ عَبْدِ اللهِ رَضيَ اللهُ عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي.</t>
   </si>
   <si>
     <t>Cərir bin Abdullahdan (Allah ondan razı olsun) rəvayət edilir ki, o belə dedi: Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) (əcnəbi qadına) qəflətən(qeyri-qəsdli) olan baxış haqqında soruşdum və mənə baxışımı kənara çəkməyi əmr etdi.</t>
   </si>
   <si>
     <t>سَأَلَ جَريرُ بن عبد الله رضي الله عنه النبيَّ صلى الله عليه وسلم عن نَظَرِ الرَّجُلِ للمرأةِ الأجنبيةِ عنه بَغْتَةً مِن غير قَصْدٍ؟ فأمرَه صلى الله عليه وسلم يَجِبُ عليه أن يَفْتِلَ وجهَه إلى الشِّقِّ الآخَرِ والناحيةِ الأخرى فَوْرَ عِلْمِهِ، وليس عليه إثم.</t>
   </si>
   <si>
     <t>Cərir bin Abdullah (Allah ondan razı olsun) Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) kişinin qəflətən, qəsdsiz yad qadına baxması haqqında soruşdu? O (Allahın salavatı və salamı onun üzərinə olsun) buyurdu ki, həmən o, üzünü digər tərəfə və yönə  çevirməlidir və bu zaman ona heç bir günah yoxdur.</t>
   </si>
   <si>
     <t>الحضُّ على غضِّ البَصَر.
 التحذير من إدَامَةِ النظرِ لِمَا يَحْرُمُ النظرُ إليه إذا وَقَعَ عليه البَصَرُ بَغْتةً ومن غير قصد.
 فيه أنَّ تحريم النظرِ إلى النساء أمرٌ مُستقرٌّ عند الصحابة بدليل أن جرير رضي الله عنه سأل النبيَّ صلى الله عليه وسلم عمّا لو وقع نظرُه على امرأة من غير قصد، فهل حكمه حكم من قصد النظر؟
 فيه عناية الشرع بمصالح العباد، فإنه حرَّم عليهم النظر إلى النساء لما يترتب عليه من مفاسد دنيوية وأخروية.
 رجوع الصحابة إلى النبي صلى الله عليه وسلم وسؤاله عما يُشكل عليهم، وهكذا ينبغي للعامة الرجوع إلى علمائهم وسؤالهم عما أَشكَلَ عليهم.</t>
   </si>
   <si>
     <t>Baxışları aşağı salmağa təşviq.
-Gözün qəflətən və istəmədən baxmağın haram olduğu şeyləri gördüyü təqdirdə  baxmağa davam etməkdən çəkindirmək.
+Gözün qəflətən və qeyri-ixtiyari şəkildə baxmağın haram olduğu bir şeyi gördüyü zaman, ona baxmağa davam etməkdən çəkindirmək.
 Hədisdən anlaşılır ki, qadına baxmağın haram olması səhabələr arasında sabit bir məsələ idi. Cəririn (Allah ondan razı olsun) Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) onun nəzərlərinin qeyri-qəsdli olaraq qadına düşdüyü təqdirdə, bunun hökmünün qadına qəsdlə baxanın  hökmü ilə eyni olub-olmaması haqqında soruşması buna dəlildir.
-Bu, şəriətin qulların məsləhətinə olan diqqətini göstərir, çünki o dünya və axirət fəsadlarına səbəb olduğu üçün onlara yad qadına baxmağı qadağan edir.
+Bu, şəriətin bəndələrin mənafeyinə göstərdiyi diqqəti ifadə edir. Çünki şəriət, həm dünya, həm də axirət baxımından fəsadlara səbəb olduğuna görə, yad qadına baxmağı qadağan etmişdir.
 Səhabələrin Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına qayıtmaları və onlara qaranlıq qalan məsələlər haqqında  ondan soruşmaları. Beləcə də avam insanlar alimlərə qayıtmalı və onlara qaranlıq qalan məsələləri alimlərdən soruşmalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8902</t>
   </si>
   <si>
-    <t>صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ</t>
+    <t>صنفان من أهل النار لم أرهما، قوم معهم سياط كأذناب البقر يضربون بها الناس، ونساء كاسيات عاريات مميلات مائلات</t>
   </si>
   <si>
     <t>Cəhənnəm əhlindən mənim (hazırda) görmədiyim iki sinif insan var: İnək quyruğuna bənzər qamçıları olan və onunla insanları vuran kəslər və kişiləri başdan çıxaran və özləri də azmış, geyinmiş çılpaq qadınlar</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ، رُؤُوسُهُنَّ كَأَسْنِمَةِ الْبُخْتِ الْمَائِلَةِ، لَا يَدْخُلْنَ الْجَنَّةَ، وَلَا يَجِدْنَ رِيحَهَا، وَإِنَّ رِيحَهَا لَيُوجَدُ مِنْ مَسِيرَةِ كَذَا وَكَذَا».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun)  Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: Cəhənnəm əhlindən mənim (hazırda) görmədiyim iki sinif insan var: İnək quyruğuna bənzər qamçıları olan və onunla insanları vuran kəslər və kişiləri başdan çıxaran və özləri də azmış, geyinmiş çılpaq qadınlar, onların başları dəvə hörgücləri kimidir. Bu qadınlar cənnətə girməyəcəklər, onun qoxusunu belə hiss etməyəcəklər. Halbuki onun qoxusu bu qədər uzaq məsafədən hiss edilir. "</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن صِنفين مِن الناس مِن أهل النار لم يَرَهما ولم يُوجدا في عَصرِه، بل سيكونان بعده:
 الصنف الأول: قومٌ معهم سِيَاطٌ كذُيول البقر طويلة، يضربون بها الناس، وهم الشُّرَطُ وأعوانُ الظلمة الذين يضربون الناس بغير حق. 
 والصنف الثاني: نساءٌ خَلَعْنَ ثوبَ العِفَّة والحياء الذي فُطِرَتْ عليه الأنثى عادةً.
 ووصفهن: كاسيات في الحقيقة، عاريات في المعنى؛ لأنهن يَلبَسنَ ثيابًا رقاقًا تَصِفُ البَشَرَة، ويَستُرْنَ بعضَ بَدنِهِن ويَكشفنَ بعضَه؛ إظهارًا للجمال، 
 مُمِيْلات قلوب الرجال إليهنَّ بِلبسِهنّ وتَبَخْتُرِهُنّ بالمشي، مميلات لأكتافِهن، ويُمِلْنَ غيرَهنَّ إلى الانحراف والزيغ الواقعات فيه، 
 ومن صفاتهن: رؤوسُهنَّ مِثلُ سنام الجمل المائل، فهنّ يُعَظِّمْنَ حَجْمَ رؤوسِهِنَّ ويُكبرنها بلف عصابة ونحوها، 
 والتشبيه بأسنمة البُخت إنما هو لارتفاع شعرِهنّ وظفائرِهنّ فوقَ رؤوسهن، وتَكَسُّرها بما يضفرنه حتى تميلَ إلى ناحية من نواحي الرأس كما يميل سنام البعير. 
 فمَنْ كُنّ بهذه الصفات ففيهن هذا الوعيد الشديد بأنْ لا يَدخُلْنَ الجنة ولا يَجِدْنَ ريحَها ولا يَقْرَبْنَ منها، وريح الجنة يوجد ويُشَمُّ من مسافة بعيدة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) görmədiyi və öz dövründə olmayan, sonra mövcud olacaq cəhənnəm əhlindən olan iki sinif insanlardan çəkindirir:
 Birinci sinif: İnək quyruğuna bənzər uzun qamçıları olan toplum. Bu qamçılarla insanları vururlar. Onlar insanları haqsız yerə döyən polislər və zalımların köməkçiləridir.
 İkinci sinif: Adətən qadınların yaradılış xisləti olan iffət və həya libasını çıxardan qadınlar.
 Və onları belə vəsf etmişdir: Zahirən geyinmiş, həqiqətdə isə çılpaq olanlar. Çünki onlar dərini göstərən nazik paltarlar geyinirlər,  gözəllik göstərmək üçün bədənlərinin bir hissəsini örtüb, bir hissəsini üzə çıxarırlar. Geyimləri və göstərişli gəzişləri ilə kişilərin qəlbini özlərinə meyl etdirirlər. Çiyinlərini meyl etdirirlər və düşdükləri azğınlıq və sapıqlığa başqalarını da meyl etdirirlər. Onların xüsusiyyətlərindən biri: başlarının dəvə hörgücü kimi əyri olmasıdır. Onlar başlarının həcmini, parça və başqa şeylər bağlayaraq böyüdürlər, Dəvələrin hörgücünə bənzəməsi, saçlarını və hörüklərini başlarının üzərinə qaldırması və bağladıqları parçaya görə dəvə hörgücü əyildiyi kimi başın bir tərəfinə əyilib qırılmasıdır. Kimdə bu sifətlər olarsa, cənnətə daxil olmamaq, onun iyini belə duymamaq və cənnətə yaxınlaşmamaq  kimi şiddətli xəbərdarlıq ona aiddir. Halbuki cənnətin qoxusu uzaq məsafədən hiss olunur.</t>
   </si>
   <si>
     <t>تحريم ضربِ الناس وإيذائهم دون إثم فعلوه أو ذنب اقترفوه.
 تحريم إعانة الظلمة على ظلمهم.
 تحذير النساء من التبرُّج والسفور ولبس الضيق والشَّفاف الذي يَصف العورة أو يُجَسِّمها.
 حث المرأة المسلمة على الالتزام بأوامر الله، والبُعد عمّا يُسخِطه ويجعلها تستحق العذاب الأليم المقيم في الآخرة.
 الحديث من دلائل نبوَّته عليه الصلاة والسلام، حيث أخبر عليه الصلاة والسلام عن الأمور الغيبية التي لم تقع، ووقعت كما أخبر.</t>
   </si>
   <si>
     <t>İnsanları, etmədikləri günah və işləmədikləri cinayətlərə görə vurmağın və onlara əziyyət verməyin haram olması.
 Zalımlara, etdikləri zülmlərində yardım etməyin haramlığı.
 Qadınları açıq saçıqlıqdan, başlarını açmaqdan, övrət yerlərini göstərən və ya aşkar edən dar və şəffaf paltar geyinməkdən çəkindirmək .
 Müsəlman qadını, Allahın əmirlərinə əməl etməyə və Allahı qəzəbləndirən və  onu axirətdə əbədi, ağrılı-acılı əzaba layiq edən əməllərdən uzaqlaşmağa təşviq etmək.
 Bu hədis Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) peyğəmbərliyinin dəlalətlərindəndir.Çünki, o, baş verməmiş qeybi məsələlərdən xəbər vermişdir və xəbər verdiyi kimi də baş verdi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8903</t>
   </si>
   <si>
-    <t>لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ</t>
+    <t>لا ينظر الرجل إلى عورة الرجل، ولا المرأة إلى عورة المرأة</t>
   </si>
   <si>
     <t>“Kişi kişinin övrətinə, qadın da qadının övrətinə baxmasın</t>
   </si>
   <si>
     <t>عَن أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ، وَلَا يُفْضِي الرَّجُلُ إِلَى الرَّجُلِ فِي ثَوْبٍ وَاحِدٍ، وَلَا تُفْضِي الْمَرْأَةُ إِلَى الْمَرْأَةِ فِي الثَّوْبِ الْوَاحِدِ».</t>
   </si>
   <si>
     <t>Əbu Səid Əl-Xudridən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: “Kişi kişinin övrətinə, qadın da qadının övrətinə baxmasın, kişi bir paltar altında başqa bir kişi ilə, qadın da bir paltar altında başqa bir qadınla qalmasın."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أن يَنظُرَ الرجلُ إلى عورة الرجل، أو تنظرَ المرأةُ إلى عورة المرأة. 
 والعورة: هي كل ما يُسْتَحْيَا منه إذا ظَهَر، وعورة الرجل هي ما بين سُرَّتِه ورُكبتِه، 
 والمرأةُ كلُّها عورةٌ بالنسبة للرجال الأجانب، وبالنسبة للنساء ولمحارمِها فإنها تُظْهِرُ ما يَظْهَر عادةً عند عملِها في البيت. 
 ونَهى النبيُّ صلى الله عليه وسلم عن أنْ يَخْلُوَ الرجلُ إلى الرجل في ثوبٍ واحدٍ أو تحت غطاء واحدٍ مُتَجَرِّدَيْن، وعن أنْ تَخْلُوَ المرأةُ إلى المرأة في ثوب واحد أو تحت غطاء واحد مُتَجَرِّدَتين؛ لأن ذلك قد يُؤدِّي إلى لَمْسِ كلٍّ منهما عورةَ صاحبه، ولمسُها مَنهيٌّ عنه كالنظر إليها، بل هو أشد في النهي؛ لما يؤدي ذلك إلى مفاسد أكبر.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bir kişinin digər kişinin övrətinə, qadının da digər qadının övrətinə baxmağını qadağan etmişdir.
 Övrət: Göründüyü zaman utanılan hər şeydir, kişinin övrəti göbəklə dizləri arasında olandır. Naməhrəm kişilərə nisbətdə qadının bütün bədəni övrətdir. Qadınlara və məhrəmlərinə gəldikdə isə, evdə işləyərkən adətən görünən yerlərini onlara göstərə bilər.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) kişinin bir paltar və ya bir örtük altında başqa kişiylə çılpaq olaraq qalmasını, qadının da bir paltar və ya bir örtük altında başqa bir qadınla çılpaq qalmasını qadağan etmişdir. Çünki bu, birinin digərinin övrətinə toxunmasına səbəb ola bilər ki, övrətə toxunmaq ona baxmaq kimi qadağan edilmişdir. Hətta, böyük fəsada yol açdığı üçün o (övrətə toxunmaq) qadağa baxımından daha şiddətlidir.</t>
   </si>
   <si>
     <t>النهي عن النظر إلى العورات ماعدا الزوج وزوجته.
 حرص الإسلام على طهارة المجتمع وإغلاق الطرق المؤدِّية للفواحش.
 جواز النظر إلى العورة إذا دعت الحاجة إلى ذلك كالتَّطَبُّب ونحوه، على أن يكون بغير شهوة.
 المسلم مأمور بستر عورته وغضِّ بصره عن عورة غيره.
 خُصَّ النهي بالرجال مع الرجال والنساء مع النساء؛ لأنه أدعى للنظر وكشف العورات.</t>
   </si>
   <si>
     <t>Ər və arvadın bir-birlərinin övrət yerlərinə baxmağı istisna, digər şəxslərin övrət yerlərinə baxılmasının qadağan edilməsi.
 İslam dininin, cəmiyyətin saflığına hərisliyi və əxlaqsızlığa aparan yolları bağlaması.
 Müalicə və buna bənzər ehtiyac yaranarsa, şəhvətlə olmamaq şərti ilə övrətə baxmaq icazəlidir.
 Müsəlmana öz övrətini örtmək və  başqalarının övrət yerlərinə baxmamaq əmr olunmuşdur.
 Hədisdəki qadağa kişilərin kişilərlə və qadınların qadınlara olan münasibəti üçün xüsusiləşdirilib. Çünki bu (eyni cinslərin münasibəti) bir-birlərinin övrət yerlərinə baxılmasına və övrətin aşkara çıxarılmasına daha çox ehtiyac yaradır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8904</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ</t>
+    <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)  saçın bir hissəsinin kəsib, digər hissəsini saxlamağı qadağan etdi</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
   </si>
   <si>
     <t>İbn Ömərdən (Allah onların hər ikisindən razı olsun) rəvayət edilir ki: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)  saçın bir hissəsinin kəsib, digər hissəsini saxlamağı qadağan etdi.</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
 والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) başda saçın bir hissəsini qırxıb, digər hissəsini saxlamağı qadağan etmişdir.
 Qadağa yetkin və kiçik yaşlı kişi cinsindən olanlara şamildir, qadınlara gəldikdə isə onlara ümumiyyətlə saçlarını qırxmaq olmaz.</t>
   </si>
   <si>
     <t>اهتمام الشريعة الإسلامية بِمَظْهَرِ الإنسان.</t>
   </si>
   <si>
     <t>İslam şəriətinin insanın zahiri görünüşünə önəm verməsi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8914</t>
   </si>
   <si>
-    <t>تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ</t>
+    <t>تلك الكلمة من الحق يخطفها الجني فيقرها في أذن وليه قر الدجاجة، فيخلطون فيها أكثر من مائة كذبة</t>
   </si>
   <si>
     <t>Bu, cinlərin səmada haqq sözünü eşidərək qapıb və dostlarının qulağına toyuğun dən yeyərkən qaqıldadığı kimi qaqıldayaraq eşitdiklərini onlara xəbər verməsidir,  üstəlik ötürdükləri məlumata yüz yalan qatarlar.”</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سَأَلَ أُنَاسٌ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْكُهَّانِ، فَقَالَ لَهُمْ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسُوا بِشَيْءٍ» قَالُوا: يَا رَسُولَ اللهِ، فَإِنَّهُمْ يُحَدِّثُونَ أَحْيَانًا بِالشَّيْءِ يَكُونُ حَقًّا، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ».</t>
   </si>
   <si>
     <t>Aişədən (Allah ondan razı olsun) belə dediyi rəvayət edilir: İnsanlar Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) kahinlər haqqında soruşdular. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) onlara dedi: "Onların dəyəri yoxdur." Dedilər: Ey Allahın Rəsulu,  bəzən onların söylədikləri doğru çıxır. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu:Bu, cinlərin səmada haqq sözünü eşidərək qapıb və dostlarının qulağına toyuğun dən yeyərkən qaqıldadığı kimi qaqıldayaraq eşitdiklərini onlara xəbər verməsidir,  üstəlik ötürdükləri məlumata yüz yalan qatarlar.”</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الذين يُخبِرون عن المُغيبات في المستقبل، فقال: لا تَعْبَؤُوا بهم، ولا تأخذوا بكلامهم، ولا يَهُمّكم أمرُهم. 
 فقالوا: إنَّ قولَهم يوافِقُ الواقع في بعض الأحيان، كما لو أخبروا عن وقوعِ أمرٍ غيبيٍّ في شهر كذا في يوم كذا، فإنه يقع على وفق قولهم.
 فقال صلى الله عليه وسلم: إنَّ الجنَّ يَخْطَفُون ما يَسمعونه من خبر السماء، فيَنزلون إلى أوليائهم من الكهان فيخبرونهم بما سمعوا، ثم يُضيفُ الكاهِنُ إلى هذا الذي سمعه من السماء مائةَ كذبة.</t>
   </si>
   <si>
     <t>Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) qeyb və gələcəkdə baş verəcək hadisələr barədə xəbər verənlər haqqında soruşdular. Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) cavab verdi ki: Onlara fikir verməyin, sözlərini götürməyin, etdiklərinə əhəmiyyət verməyin.
 Dedilər ki: Onların sözləri bəzən reallığa uyğun olur. Necə ki, filan ayda, filan gündə qeybi bir hadisənin baş verəcəyini xəbər verirlər və söylədikləri kimi doğru çıxır.
 Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu ki, cinlər səmada eşitdikləri xəbəri qapıb, kahinlərdən olan dostlarına enərlər və eşitdiklərini onlara xəbər verərlər, sonra  kahin səmadan eşitdiyinə yüz yalan əlavə edər.</t>
   </si>
   <si>
     <t>النهي عن تصديق الكُهَّان، وأن ما يقولونه كذب واختلاق ،وإنْ صَدق في بعض الأحيان.
  حُفظت السماء من الشياطين ببعثة النبي صلى الله عليه وسلم أن تسمع شيئًا من الوحي أو غيره إلا من استرق السمع وسَلِمَ من الشهب.
 الجِن يَتَّخذون لهم أولياء من الإنس.</t>
   </si>
   <si>
     <t>Kahinlərə inanmağın qadağan edilməsi və onların söylədiklərində bəzən doğruluq payı olsa belə çoxunun yalan və uydurma olması.
 Səma, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) göndərilməsiylə, qulaq oğurluğu etməyə çalışanlar və göy daşlarından qurtulanlar istisna olmaqla, vəhydən və digər sözlərdən eşitmək istəyən şeytanlardan qorundu
 Cinlər insanlardan özlərinə dost götürürlər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8918</t>
   </si>
   <si>
-    <t>كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ</t>
+    <t>كنا عند عمر فقال: نهينا عن التكلف</t>
   </si>
   <si>
     <t>Biz bir gün Ömərin yanında idik, o, belə dedi: “Bizə, təkəlluf etmək (çətinləşdirmək) qadağan edildi”</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ».</t>
   </si>
   <si>
     <t>Ənəsin (Allah ondan razı olsun) belə dediyi rəvayət edilir: Biz bir gün Ömərin yanında idik, o, belə dedi: “Bizə, təkəlluf etmək (çətinləşdirmək) qadağan edildi”.</t>
   </si>
   <si>
     <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
   </si>
   <si>
     <t>Ömər (Allah ondan razı olsun) xəbər verir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) zərurət olmadığı halda, sözdə və əməldə çətinliyə səbəb olan hər şeyi qadağan etmişdir.</t>
   </si>
   <si>
     <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
 ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
 الإسلام دين يسر.</t>
   </si>
   <si>
     <t>Qadağan edilən dərinə getmək arasında: Çox sual vermək və ya kiminsə bilmədiyi məsələlərdə onu həmin məsələlərlə çətinliyə salmaq və ya Allahın bəxş etdiyi geniş və asan bir məsələdə sərt olub, onu daraldıb çətinə salmaq.
 ​
 Müsəlman sözündə, əməlində: yeməyində, içməyində və  bütün hallarda özünü yumşaqlığa və çətinləşdirməməyə alışdırmalıdır.
 İslam asanlıq dinidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8945</t>
   </si>
   <si>
-    <t>لاَ تَدْخُلُ المَلاَئِكَةُ بَيْتًا فِيهِ كَلْبٌ وَلاَ صُورَةٌ</t>
+    <t>لا تدخل الملائكة بيتا فيه كلب ولا صورة</t>
   </si>
   <si>
     <t>“İçində it və şəkil olan evə mələklər girməz.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي طَلْحَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَدْخُلُ المَلاَئِكَةُ بَيْتًا فِيهِ كَلْبٌ وَلاَ صُورَةٌ».</t>
   </si>
   <si>
     <t>Əbu Talhadan (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: “İçində it və şəkil olan evə mələklər girməz.”</t>
   </si>
   <si>
     <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ ملائكة الرحمة لا تدخل بيتًا فيه كلبٌ ولا صورة ذَوَات الأرواح؛ 
 وذلك أن صورة ما فيه روح: معصية فاحشة، وفيها مضاهاة لخلق الله، ووسيلة من وسائل الشرك، وبعضها صورة ما يعبد من دون الله، 
 وأما سبب امتناعهم من بيت فيه كلب: لكثرة أكله النجاسات، ولأن بعضها يُسمى شيطانًا؛ والملائكة ضد الشياطين، 
 ولقبح رائحة الكلب؛ والملائكة تكره الرائحة القبيحة، ولأنها منهيٌّ عن اتخاذها؛ فعُوقِب متخذها بحرمانه دخول ملائكة الرحمة بيته، وصلاتها فيه، واستغفارها له، وتبريكها عليه وفي بيته، ودفعها أذى الشيطان عنه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verdi ki, rəhmət mələkləri, içində it və ya ruhu olan canlıların şəkli olan evə girməzlər. Çünki ruhu olan bir canlının şəklini çəkmək böyük günahdır və onda Allahın yaratmasına bənzəmək  və şirkə aparan vasitələrdən bir vasitə vardır, bəziləri isə Allahdan başqa ibadət edilən şeylərin şəklidir. İt olan evdən çəkinmələrinin səbəbinə gəlincə: İtlərin çox nəcasət yediyinə və bəzilərinin şeytan adlandırıldığına görədir;  mələklər isə şeytanların ziddidir. Həmçinin itin pis iyili olmasına görədir;  mələklər isə pis qoxunu sevmirlər,  həmçinin it saxlamağın şəriət tərəfindən qadağan edilməsinə görədir; buna  görə də, it saxlayan şəxs, rəhmət mələklərinin evinə daxil olmalarından, orada namaz qılmaqlarından, onun üçün bağışlanma diləməklərindən, ona və evinə xeyir-dua verməklərindən və şeytanın pisliyini ondan dəf etməklərindən məhrum olunmaqla cəzalandırılır.</t>
   </si>
   <si>
     <t>تحريم اقتناء الكلب إلا كلب صيد أو ماشية أو زرع.
 اتخاذ الصور من الأمور الخبيثة التي تَنْفِر منها الملائكة، ويكون وجودها في المكان سبب لحرمان الرحمة، ومثل ذلك الكلب.
 الملائكة الذين لا يدخلون بيتًا فيه كلب أو صورة هم ملائكة الرحمة، وأما الحَفَظَة وغيرُهم ممن لهم وظيفة كمَلَك الموت فيدخلون في كل بيت.
 تحريم تعليق صور ذوات الأرواح على الجدران وغيرها.
 قال الخطابي: وإنما لا تدخل الملائكة بيتًا فيه كلب أو صورة مما يحرم اقتناؤه من الكلاب والصور، فأما ما ليس بحرام من كلب الصيد والزرع والماشية والصورة التي تمتهن في البساط والوسادة وغيرهما فلا يمتنع دخول الملائكة بسببه.</t>
   </si>
   <si>
-    <t>Ovçuluq, mal-qara(çoban) və ya təsərrüfat(gözətçi) itləri istisna olmaqla, itə sahib olmaq qadağandır.
-Şəkil saxlamaq mələklərin nifrət etdikləri pis işlərdəndir və it məsələsində olduğu kimi, şəkillərin də müəyyən bir məkanda olması, oranın rəhmətdən məhrum olmağına səbəb olur.
+    <t>Ov, mal-qara və ya əkin üçün olan it istisna olmaqla, it saxlamaq haramdır.
+Şəkil saxlamaq mələklərin nifrət etdiyi pis əməllərdəndir və it məsələsində olduğu kimi, şəkillərin də müəyyən bir məkanda olması, oranın rəhmətdən məhrum olmasına səbəbdir.
 İçərisində it və ya şəkil olan evə girməyən mələklər rəhmət mələkləridir, lakin qoruyucu mələklər və ölüm mələyi kimi müəyyən bir vəzifəsi olan digər mələklər isə hər evə daxil olurlar.
 Ruhu olan canlıların şəkillərini divarlardan və başqa yerlərdən asmağın qadağan olması.
-Əl-Xəttabi demişdir: Mələklər yalnız, saxlanması haram olan it və   şəkillərin olduğu evə girməzlər. Lakin, ov, əkin və mal-qara itləri kimi saxlanılması haram olmayan itlər və yerlərdə, yastıqlarda və digər şeylərdə küçümsənən   şəkillər mələklərin evə daxil olmalarına mane olmur.</t>
+Xəttabi demişdir: Mələklər yalnız, saxlanması haram olan it və   şəkillərin olduğu evə girməzlər. Lakin ov, əkin və ya mal-qara üçün saxlanılan it, eləcə də xalça, yastıq və s. kimi yerlərdə tapdanan və istifadə olunan (hörmət edilməyən) şəkillər bu hökmə daxil deyil, mələklərin belə evlərə girməsinə mane olmaz”.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8950</t>
   </si>
   <si>
-    <t>لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ</t>
+    <t>لا تصحب الملائكة رفقة فيها كلب ولا جرس</t>
   </si>
   <si>
     <t>“Aralarında it və  zəng olan bir camaata mələklər yoldaşlıq etməz</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: “Aralarında it və  zəng olan bir camaata mələklər yoldaşlıq etməz."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الملائكةَ لا تُرافِق صحبةً في سفرٍ وفي رُفْقَتِهم كلبٌ، أو الجرس الذي يُعلّق على الدوابِّ فيُحْدِث صوتًا إذا تَحرَّكت.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, səfərdə olan bir qrup insanı it və ya heyvanların üstündən asılan və hərəkət etdikdə səs çıxaran zəng müşayiət edərsə, mələklər onlara yoldaşlıq etməz.</t>
   </si>
   <si>
     <t>النهي عن اقتناء الكلاب واستصحابها، ويستثنى من النهي كلبُ الصَّيد أو الحِراسة.
 الملائكة الذين يَمتنعون عن المرافقة هم ملائكة الرحمة، أما الحَفَظَة فهم لا يفارقون العِباد في حِلِّهم وتَرْحَالهم.
 النهي عن الجَرَس؛ لأنه مِزْمَار مِن مَزَامِيْر الشيطان، وفيه تَشَبُّه بناقوس النصارى.
 على المسلم أن يحرص على الابتعاد عن كلِّ ما مِن شأنه إبعاد الملائكة عنه.</t>
   </si>
   <si>
     <t>Ovçu və ya gözətçi itləri istisna olmaqla, itlərə sahib olmaq və saxlamaq qadağandır.
 Yoldaşlıq etməkdən çəkinən mələklər rəhmət mələkləridir, əməlləri yazan mələklərə gəlincə, onlar qulları məskənlərində də, səfərlərində də tərk etmirlər.
 Zənglərin qadağan edilməsi; çünki o şeytanın çalğı alətlərindən biridir və xristianların ibadətə çağırış alətinə bənzəyir.
 Müsəlman mələkləri ondan uzaqlaşdıracaq hər şeydən uzaq durmağa həris olmalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8951</t>
   </si>
   <si>
-    <t>لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ</t>
+    <t>لا تحلفوا بالطواغي، ولا بآبائكم</t>
   </si>
   <si>
     <t>Bütlərə və atalarınıza and içməyin</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ سَمُرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ».</t>
   </si>
   <si>
     <t>Abdur-Rahmən bin Səmuradan (Allah ondan razı olsun) rəvayət edilir ki, o, dedi: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Bütlərə və atalarınıza and içməyin"</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن الحَلِف بالطواغي، جمع طاغية، وهي الأصنام التي كان المشركون يَعبدونها مِن دون الله، وهي سببُ طغيانِهم وكفرِهم، 
 وينهى صلى الله عليه وسلم عن الحلف بالآباء؛ حيث كان من عادة العرب في الجاهلية أن يَحلفوا بآبائهم افتخارًا وتعظيمًا.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) tağutlara (tüğyan sahiblərinə) and içməyi qadağan etmişdir ki- bunlar, müşriklərin Allahı qoyub ibadət etdikləri  və onların hədlərini aşmalarına və küfrlərinə səbəb olan bütlər idi. O (Allahın salavatı və salamı onun üzərinə olsun)  atalara and içməyi qadağan edir. Çünki, İslamdan əvvəlki cahiliyyə dövründə ərəblərin qürur və ehtiramla atalarına and içməkləri, onların adətindən idi.</t>
   </si>
   <si>
     <t>الحَلف لا يجوز إلا بالله وأسمائه وصفاته.
 تحريم الحلف بالطواغيت، والآباء والرؤساء والأصنام، وما شابَهَها من كل باطل.
 الحلف بغير الله من الشرك الأصغر، وقد يكون شركًا أكبر، إذا قام بقلبه تعظيم المحلوف به وأنه يعظِّمه كما يعظِّم الله أو أنه يعتقد فيه شيئًا من العبادة.</t>
   </si>
   <si>
-    <t>Allaha, Onun ad və sifətlərindən başqa  bir şeyə and içmək icazəli deyil.
-[...1 lines deleted...]
-Allahdan başqasına and içmək kiçik şirkdir və əgər o, and içdiyi şeyi qəlbində təzim edərsə və ya Allahl əzəmətləşdirdiyi kimi onu da əzəmətləşdirərsə və ya onun hər hansısa bir ibadəti haqq etməsinə inanarsa, bu əməl böyük şirk ola bilər.</t>
+    <t>And yalnız Allaha, Onun adlarına və sifətlərinə edilə bilər. Bunlardan başqası ilə and içmək caiz deyil.
+Tağutlara, atalara, rəhbərlərə, bütlərə və bunlara bənzər bütün batil şeylərə and içməyin haram olması.
+Allahdan başqasına and içmək kiçik şirkdir. Əgər insan and içdiyi şeyi qəlbində uca tutar, Allahı ucaltdığı kimi onu da ucaldarsa ya onun hər hansısa bir ibadətə layiq olduğuna inanarsa, bu əməl böyük şirk sayılar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8959</t>
   </si>
   <si>
-    <t>كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا</t>
+    <t>كنا لا نعد الكدرة والصفرة بعد الطهر شيئا</t>
   </si>
   <si>
     <t>Biz (heyzdən) təmizləndikdən sonra gördüyümüz bulanıqlığı və sarılığı bir şey (heyzdən) hesab etməzdik</t>
   </si>
   <si>
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) beyət edən Ummu Atiyyədən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: "Biz (heyzdən) təmizləndikdən sonra gördüyümüz bulanıqlığı və sarılığı bir şey (heyzdən) hesab etməzdik."</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Səhabə Ummu Attiyyə (Allah ondan razı olsun) xəbər vermişdir ki, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) zamanında qadınlar heyzdən təmizləndikdən sonra cinsiyyət üzvündən çıxan və rəngi qaraya və ya sarıya çalan suyu heyzdən saymazdılar və buna görə namazı və orucu tərk etməzdilər.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>Heyzdən təmizləndikdən sonra qadının cinsiyyət oqranından çıxan suda, qandan qaynaqlanan bulanıqlıq və sarılıq olsa da belə, o su heyz sayılmır.
 Heyz zamanı gələn bulanıq və sarı axıntı heyz sayılır. Çünki o su ilə qarışmış olsa da belə, öz vaxtında gələn qandır.
 Qadın heyzdən təmizləndikdən sonra yaranan bulanıqlığa və sarılığa görə namazı və orucu tərk etməməlidir, əksinə, dəstəmaz alıb namaz qılmalıdır.
 ​</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
   </si>
   <si>
-    <t>[Əbu Davud bu ləfzlə,Əl-Buxari  (təmizlikdən sonra)əlavəsi olmadan rəvayət etdi]</t>
+    <t>[رواه أبو داود بهذا اللفظ ورواه البخاري بدون زيادة (بعد الطهر)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10014</t>
   </si>
   <si>
-    <t>امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي</t>
+    <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
   </si>
   <si>
     <t>“Heyz səni saxladığı müddətcə gözlə, sonra yuyun”</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
     <t>Möminlərin anası Aişədən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Abdurrahmən ibn Avfın zövcəsi olan Ummu Həbibə bint Cəhş qan haqqında Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) şikayət etdi (bu barədə soruşdu). Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) isə: “Heyz səni saxladığı müddətcə gözlə, sonra yuyun” dedi. O, isə hər namaz üçün  qüsl alardı.</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
     <t>Qadın səhabələrdən biri Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) daima baş verən qanaxması olduğundan şikayət etdi. Buna görə də normal olmayan bu hal baş verməzdən əvvəl heyzin onu namazdan uzaqlaşdırdığı  müddətcə namazı dayandırmağı, sonra yuyunmağı və namaz qılmağı ona əmr etdi. O qadın hər namaz üçün könüllü olaraq qüsl alardı.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
 المستحاضة تَعتَبِر نفسَها حائضًا قَدْر الأيَّام التي كان يأتيها فيها الحيض، قبل أن يُصيبها ما أصابها من الاستحاضة.
 إذا مَضَت قَدْرُ أيَّام عادتِها الأصلية، فإنَّها تُعتَبر طاهرةً من الحيض -ولو أنَّ دم الاستحاضة معها- فتغتسل من الحيض.
 المستحاضة لا يجب عليها الغسل لكل صلاة؛ لأنَّ اغتسالَها رضي الله عنها كان باجتهاد منها، ولو كان واجبًا لَبَيَّنَه لها رسولُ الله صلى الله عليه وسلم.
 المستحاضة يلزمها أن تتوضأ لكل صلاة؛ لأن حَدَثَها دائم لا ينقطع، ومثلُها كلُّ مَن حَدَثه دائم كالذي به سَلَسُ بول، أو خروج ريح مستمر.
 سؤال أهل العلم عمّا يُشكل في أمور الدين، حيث إنّ هذه المرأة شَكَت إلى النبي صلى الله عليه وسلم، وسألته عن كثرة الدم الذي يصيبها.</t>
   </si>
   <si>
     <t>İstihazə: Heyzin adətən olduğu günlərdən sonra qadından qanın gəlməsinin davam etməsidir.
 İstihazə olan qadın, istihazə olmamışdan öncə heyz olduğu günlərin sayı qədər özünü heyzli hesab etməlidir.
 Əgər adəti üzrə olan günlərinin sayı keçibsə, - istihazə qanı olsa da belə - heyzdən təmizlənmiş sayılır  və heyzdən təmizləndiyi üçün qüsl alır.
 İstihazəli qadının hər namaz üçün qüsl alması vacib deyil. Çünki bu qadın sahabənin-Ummu Həbibənin (Allah ondan razı olsun) qüsl alması onun ictihadı idi və əgər bu vacib olsa idi, Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bunu ona izah edərdi.
 İstihazəli qadın hər namaz üçün dəstəmaz almalıdır. Çünki bu vəziyyət davamlıdır, dayanmır. Sidiyini saxlaya bilməyən və ya davamlı qaz çıxma kimi hədəsi daim olan kəslər də bu qadın kimidir.
 Dində müşkül olan (bilinməyən) şeyləri alimlərdən soruşmaq lazımdır. Necə ki, bu qadın sahabə Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) şikayət edərək, onun başına gəlmiş çoxlu qanaxma haqqında soruşdu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10015</t>
   </si>
   <si>
-    <t>الغُسْلُ يَوْمَ الجُمُعَةِ وَاجِبٌ عَلَى كُلِّ مُحْتَلِمٍ، وَأَنْ يَسْتَنَّ، وَأَنْ يَمَسَّ طِيبًا إِنْ وَجَدَ</t>
+    <t>الغسل يوم الجمعة واجب على كل محتلم، وأن يستن، وأن يمس طيبا إن وجد</t>
   </si>
   <si>
     <t>Cümə günü qüsl almaq hər bir həddi buluğa çatan şəxsə vacibdir. Dişlərini misvaklaması və əgər varsa ətir vurması isə sünnətdir</t>
   </si>
   <si>
     <t>عَنْ عَمْرِو بْنُ سُلَيْمٍ الأَنْصَارِيُّ قَالَ: أَشْهَدُ عَلَى أَبِي سَعِيدٍ قَالَ: أَشْهَدُ عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الغُسْلُ يَوْمَ الجُمُعَةِ وَاجِبٌ عَلَى كُلِّ مُحْتَلِمٍ، وَأَنْ يَسْتَنَّ، وَأَنْ يَمَسَّ طِيبًا إِنْ وَجَدَ».</t>
   </si>
   <si>
     <t>Amr bin Suleym Əl-Ənsaridən belə söylədiyi rəvayət edilir: Əbu Səidin (Allah ondan razı olsun) belə söylədiyinə şahidlik edirəm: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyinə şahidlik edirəm: "Cümə günü qüsl almaq hər bir həddi buluğa çatan şəxsə vacibdir. Dişlərini misvaklaması və əgər varsa ətir vurması isə sünnətdir.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الغُسل يوم الجمعة مُتأكِّد كالواجب في حقِّ كلِّ ذَكَرٍ بالِغ من المسلمين ممّن وَجبت عليه الجمعة، 
 وأن ينظِّف أسنانَه بالسواك ونحوه، 
 وأن يتطيَّب بأيِّ رائحة عِطْرية طيبة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki, cümə günü qüsl almaq, cümə namazının vacib olduğu hər bir yetkin kişi müsəlmana vacib dərəcəsində təkid edilmişdir, Dişlərini misvak və bu kimi şeylərlə təmizləyər, və hər hansı bir xoş iyisi olan ətir vurar.</t>
   </si>
   <si>
     <t>تأكُّد استحباب غُسل يوم الجمعة على كلِّ رجل مسلم بالغ.
 النَّظافة وإزالة الروائح الكَريهة مطلوبة شرعًا للمسلم.
 تعظِيم يوم الجمعة، والاستعداد له.
 تأكيد استحباب الاسْتِيَاك للجمعة.
 استحباب التطيُّب بأيِّ رائحة عطرية طيبة قبل الذهاب للجمعة.
 المرأة إذا خرجت من بيتها للصلاة أو غيرها، فلا يجوز لها التَّطَيُّب؛ لدلالة السُّنة على تحريم ذلك.
 المحتلم هو البالغ، والبلوغ يحصل بعلامات، ثلاث منها يشترك فيها الرجل والمرأة وهي: الأولى: إكمال خمس عشرة سنة، والثانية: إذا نَبَتَ الشعر الخشن حول الفرج، والثالثة: إنزل المني بالاحتلام أو بالشهوة ولو بغير احتلام، وأما العلامة الرابعة فهي تخص المرأة وهي: الحيض، فإذا حاضت المرأة صارت بالغة.</t>
   </si>
   <si>
     <t>Hər bir yetkin müsəlman kişinin cümə günü qüsl almağının müstəhəb olduğu təkid edilmişdir.
 Təmizlik və xoşagəlməz qoxuları aradan qaldırmaq İslam  şəriəti tərəfindən müsəlmandan tələb edilən bir şeydir.
 Cümə gününü təzim etmək (ucaltmaq) və ona hazırlıq görmək.
 Cümə namazı üçün misvakdan istifadə etməyin müstəhəb olması təkid edilmişdir.
 Cümə namazına getməzdən əvvəl hər hansı bir xoş iyisi olan ətirdən istifadə etməyin müstəhəbliyi.
 Qadın evindən namaz və ya digər bir şey üçün çıxarsa, ona ətirlənmək olmaz. Çünki, şəriət bunun haram olduğunu bildirmişdir.
 (Hədisdə keçən) muhtəlim həddi-buluğa çatan şəxsdir və bu bəzi əlamətlərlə baş verir. Onlardan üçü kişi və qadınlar üçün ortaq olan əlamətlərdir: birincisi: on beş yaşın tamamlanması, ikincisi: cinsiyyət üzvünün ətrafında qalın tüklərin çıxması, üçüncüsü: yuxu və ya şəhvət ilə spermanın çıxması. Dördüncü əlamət isə qadına xasdır və bu heyzdir: Əgər qadın heyz görərsə, həddi buluğa çatmış olur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10036</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا خَرَجَ مِنَ الغَائِطِ قَالَ: «غُفْرَانَكَ</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا خرج من الغائط قال: غفرانك</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ayaqyolundan çıxdıqda-"Ğufranəkə" deyərdi</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤْمنينَ رَضيَ اللهُ عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا خَرَجَ مِنَ الغَائِطِ قَالَ: «غُفْرَانَكَ».</t>
   </si>
   <si>
     <t>Möminlərin anası Aişədən (Allah ondan razı olsun) belə nəql edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ayaqyolundan çıxdıqda-"Ğufranəkə" deyərdi.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا خَرَجَ مِن قَضاء حاجتِه مِن الغائط قال: أسألُك (غُفرانَك) يا الله.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun)   ehtiyacını ödədikdən sonra ayaqyolundan  çıxanda belə deyərdi: “(Ğufranəkə) Allahım, səndən məni bağışlamanı istəyirəm."</t>
   </si>
   <si>
     <t>استحباب قول: "غُفرانَك" بعد الخروج من مَحلِّ قضاء الحاجة.
 استغفار النبيِّ صلى الله عليه وسلم لربّه في جميع الأحوال.
 قيل في سبب طلب المغفرة بعد قضاء الحاجة: من التقصير في شكر نعم الله الكثيرة ومنها تيسير خروج ما يؤذي، وأطلب مغفرتَك أن انشغلت عن ذكرِك وقت قضاء الحاجة.</t>
   </si>
   <si>
-    <t>Təbii ehtiyac ödənilən yerdən çıxdıqdan sonra: “Ğufranəkə” deməyin müstəhəb olması.
+    <t>Ayaqyolundan çıxdıqdan sonra: «غُفرانَك» [Ğufranəkə] “(Allahım!) Məni bağışla!” deməyin müstəhəb olması.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bütün hallarda Rəbbindən bağışlanma istəməsi.
 Təbii ehtiyacı  ödədikdən sonra bağışlanma diləməyin səbəbi haqqında deyilib: Allahın çoxlu nemətlərinə şükür etməkdəki naqisliyə görə, məsələn, zərərli şeylərin bədəndən çıxmasının  asanlaşdırması nemətinə görə və ehtiyacın aradan qaldırılması zamanı səni xatırlamaqdan yayındığıma görə bağışlama diləyirəm.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10046</t>
   </si>
   <si>
-    <t>مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ</t>
+    <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
   </si>
   <si>
     <t>Kim Allahdan başqa məbud olmadığına və Muhəmmədin Allahın rəsulu olduğuna ürəkdən ixlasla şəhadət edərsə, Allah cəhənnəmi ona haram edər</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَمُعَاذٌ رَدِيفُهُ عَلَى الرَّحْلِ قَالَ: «يَا مُعَاذُ بْنَ جَبَلٍ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، قَالَ: «يَا مُعَاذُ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، ثَلَاثًا، قَالَ: «مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ»، قَالَ: يَا رَسُولَ اللهِ، أَفَلَا أُخْبِرُ بِهِ النَّاسَ فَيَسْتَبْشِرُوا؟ قَالَ: «إِذًا يَتَّكِلُوا». وَأَخْبَرَ بِهَا مُعَاذٌ عِنْدَ مَوْتِهِ تَأَثُّمًا.</t>
   </si>
   <si>
     <t>Malik bin Ənəsdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Bir gün Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) səfərdə yəhər üzərində arxasına aldığı yol yoldaşı Muaza üç dəfə: “Ey Muaz ibn Cəbəl” deyə səslənir , Muaz da 3 dəfə : “Buyur, ey Allahın Rəsulu, əmrindəyəm.” deyə cavab verir. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) isə deyir:“ Kim Allahdan başqa məbud olmadığına və Muhəmmədin Allahın rəsulu olduğuna ürəkdən ixlasla şəhadət edərsə, Allah cəhənnəmi ona haram edər Bu zaman Muaz soruşur: "Ey Allahın Rəsulu, bu şad xəbəri insanlara çatdırımmı, sevinsinlər? Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurur: “Onda insanlar arxayınlaşarlar.”  Yalnız ölümünə yaxın Muaz - elmi gizlətmək günahından- qurtulmaq üçün bu bilgini xəbər vermişdir.</t>
   </si>
   <si>
     <t>كان معاذ بن جبل رضي الله عنه راكبًا خَلْفَ النبيِّ صلى الله عليه وسلم على دابته، فناداه: يا معاذ؟ وكرر النداء له ثلاث مرات؛ تأكيدًا لأهمية ما سيقوله له.
 وكل ذلك يجيبه معاذ رضي الله عنه بقوله: «لبيك يا رسول الله وسعديك»، أي: أُجِيبُك يا رسول الله إجابةً لك بعد إجابة، وطلبتُ السعادةَ لإجابتِك.
 فأخبره صلى الله عليه وسلم أنه ما من أحد يشهد أن لا إله إلا الله، أي: لا معبود بحق إلا الله، وأن محمدًا رسول الله، صِدْقًا من قلبه غير كاذب، فإنْ مات على هذه الحال حَرَّمه الله على النار.
 فسَألَ معاذٌ رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُخبِر الناسَ ليَفرَحوا ويستبشروا خيرًا؟
 فخشي النبي صلى الله عليه وسلم أن يَتَّكلوا عليها، ويَقِلَّ عَمَلُهُم.
 فلم يُحَدِّثْ بها معاذٌ أحدًا إلا قبل موتِهِ؛ مَخافةَ الوقوع في إثمِ كِتْمَانِ العِلْم.</t>
   </si>
   <si>
     <t>Muaz bin Cəbəl (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) arxasında onun miniyinin (heyvanının) üzərində idi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona deyəcəklərinin əhəmiyyətini vurğulamaq üçün üç dəfə: «Ey Muaz?" -deyə səsləndi
 Hər dəfə ona səsləndikdə Muaz: "Buyur, Ey Allahın rəsulu, əmrindəyəm" deyə cavab verir. Yəni- "təkrar -təkrar sənin çağırışına cavab verirəm və bu cavabla səadət diləyirəm" demək istəyir.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ona xəbər verdi ki, Allahdan başqa ibadətə layiq ilah olmadığına, yəni Allahdan başqa həqiqi məbud olmadığına və Məhəmmədin Allahın Rəsulu olduğuna sidq- qəlblə, yalan olmadan şəhadət verən hər kəs bu halı üzrə ölərsə Allah ona cəhənnəmi haram edər.
 Və Muaz Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) soruşur ki, bu xəbəri  insanlara  çatdırımmı ki, sevinsinlər və bu onlar üçün müjdə olsun?
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) insanların buna arxayınlaşıb, əməllərini azaltmaqlarından qorxdu.
 Muaz yalnız ölümünə yaxın- elmi gizlətmək günahına batmasından  qorxaraq - bunu  insanlara xəbər verir.</t>
   </si>
   <si>
     <t>تواضع النبي صلى الله عليه وسلم في إردافه معاذًا خلفه على دابته.
 طريقة تعليم النبي صلى الله عليه وسلم، حيث كرر المناداة لمعاذ ليَشُدَّ انتباهَه لِمَا سيقول.
 من شروط شهادة: أن لا إله إلا الله وأن محمدًا رسول الله أنْ يكون قائلها صادقًا متيقنًا غير كاذب أو شاك.
 أهل التوحيد لا يُخلَّدون في نار جهنم، وإن دخلوها بسبب ذنوبهم؛ أخرجوا منها بعد أن يطهروا .
 فضل الشهادتين لمن قالها صادقًا.
 جواز ترك التحديث بحديثٍ في بعض الأحوال إذا ترتب عليه مفسدة.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) Muazı, öz miniyndə arxasına alması, onun təvözakarlığının göstəricisidir.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) təlim üslubu, belə ki,  Muazı bir neçə dəfə səsləyərək söyləcəyi mövzuya diqqətini cəlb etmək metodu.
 Şəhadətin şərtlərindən: Allahdan başqa ibadətə layiq ilah olmadığını və Məhəmmədin Allahın Rəsulu olduğunu, yalan saymadan, sidq-qəlblə və  şübhə olmadan əminliklə söyləməkdir.
 Tövhid əhli cəhənnəm odunda əbədi qalmayacaqlar, günahlarına görə ora daxil olsalar belə, təmizləndikdən  sonra oradan çıxarılacaqlar.
 Şəhadət kəliməsinin sidq ürəklə deyən kəs üçün fəziləti.
 Hədisi söyləmək fəsad doğuracaqsa, bəzi hallarda onu  söyləməmək icazəlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10098</t>
   </si>
   <si>
-    <t>المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ</t>
+    <t>المسلم من سلم المسلمون من لسانه ويده، والمهاجر من هجر ما نهى الله عنه</t>
   </si>
   <si>
     <t>Müsəlman o kəsdir ki, digər müsəlmanlar onun dilindən və əlindən əmin-amanlıqda olar, mühacir isə Allahın haram etdiklərini tərk edəndir”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ».</t>
   </si>
   <si>
     <t>Abdullah ibn Amrdan (Allah onların hər ikisindən razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Müsəlman o kəsdir ki, digər müsəlmanlar onun dilindən və əlindən əmin-amanlıqda olar, mühacir isə Allahın haram etdiklərini tərk edəndir”.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ كاملَ الإسلامِ هو مَن سَلِم المسلمون من لسانه فلا يَسُبُّهم، ولا يَلعنُهم، ولا يغتابهم، ولا يسعى بينهم بأيِّ نوع من أنواع الأذى بلسانه، 
 وسلِموا مِن يده فلا يَعتدي عليهم، ولا يأخذ أموالَهم بغير حق، وما أشبه ذلك، 
 والمهاجر من ترك ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, İslamı kamil olan  müsəlman, digər müsəlmanların dilindən əmin-amanlıqda olan kəsdir, onları söyməz, lənətləməz, onların qeybətini etməz, dili ilə onlara heç bir zərər yetirməyə çalışmaz. Onlar onun əlindən əmin-amanlıqdadırlar, onlara hücum etməz, onların mallarını haqsız yerə almaz və buna bənzər heç bir şey etməz. Mühacir isə Uca Allahın haram etdiklərini tərk edən kəsdir.</t>
   </si>
   <si>
     <t>كمال الإسلام لا يكون إلا بِعَدَم إِلْحاقِ الأذى بالآخرين ماديًّا كان أو معنويًّا.
 خص اللسان واليد بالذكر؛ لكثرة أخطائهما وأضرارهما، فإنَّ معظم الشرور تصدر عنهما.
 الحث على ترك المعاصي والتزام ما أمر الله تعالى به.
 أفضل المسلمين مَن أدَّى حقوق الله تعالى وحقوق المسلمين.
 الاعتداء قد يكون قولًا أو فعلًا.
 الهجرة الكاملة هي هَجْرُ ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>İslamın kamilliyi, yalnız başqalarına maddi və mənəvi zərər verməməklə hasil olur.
 Dilin və əlin xüsusi olaraq qeyd edilməsi, onların çoxlu xəta və zərərlərinə görədir. Çünki, şərlərin çoxu onlardan çıxır.
 Günahları tərk etməyə və Uca Allahın əmr etdiklərini yerinə yetirməyə təşviq.
 Müsəlmanların ən üstünü Uca Allahın haqqını və müsəlmanların haqlarını yerinə yetirəndir.
 Başqalarının haqlarını tapdalamaq, sözlə və ya əməllə ola bilər.
 Kamil hicrət, Uca Allahın haram etdiklərini tərk etməkdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10101</t>
   </si>
   <si>
-    <t>يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ</t>
+    <t>ينزل ربنا تبارك وتعالى كل ليلة إلى السماء الدنيا حين يبقى ثلث الليل الآخر</t>
   </si>
   <si>
     <t>Hər gecə uca və müqəddəs Rəbbimiz gecənin son üçdə birində dünya səmasına enərək</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ، يَقُولُ: «مَنْ يَدْعُونِي فَأَسْتَجِيبَ لَهُ؟ مَنْ يَسْأَلُنِي فَأُعْطِيَهُ؟ مَنْ يَسْتَغْفِرُنِي فَأَغْفِرَ لَهُ؟».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun  (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: Hər gecə uca və müqəddəs Rəbbimiz gecənin son üçdə birində dünya səmasına enərək deyir: “Mənə dua edən varmı duasını qəbul edim? Məndən istəyən varmı ona istədiyini verim?  Məndən bağışlanma diləyən varmı onu bağışlayım?"</t>
   </si>
   <si>
     <t>بيَّن النبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ اللهَ تَبارَك وتعالَى يَنزِلُ كلَّ لَيلةٍ إلى السماء الدنيا حِينَ يَبْقى الثُّلثُ الأخيرُ مِن اللَّيل، ويُرَغِّبُ عبادَه أن يَدْعُوْهُ، فهو يَستجيب لمَن دَعاه، ويَحُثُّهم أن يَسألوه ما يُريدون، فهو يُعطي مَن سأله، ويَنْدُبُهم أنْ يَستغفروه مِن ذنوبِهم فهو يَغفِرُ لعبادِه المؤمنين.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, hər gecə, uca və müqəddəs Rəbbimiz gecənin son üçdə bir hissəsində dünya səmasına enərək, qullarını Ona dua etməyə çağırır, çünki O qulun duasını qəbul edəndir. İstəklərini Ondan  diləməyə təşviq edir, çünki O istəkləri yerinə yetirəndir. Günahlarının bağışlamasını Ondan diləməyə çağırır, çünki O mömin qullarını bağışlayandır.</t>
   </si>
   <si>
     <t>فضل الثلث الأخير من الليل والصلاة والدعاء والاستغفار فيه.
 ينبغي للإنسان عند سماع هذا الحديث أن يكون شديد الحرص على اغتنام أوقات الإجابة للدعاء.</t>
   </si>
   <si>
     <t>Gecənin son üçdə biri hissəsinin fəziləıtinə görə həmin vaxt namazın, duanın və istiğfarın önəmli olması.
 İnsan bu hədisi eşitdikdə duanın qəbul olma vaxtlarından faydalanmağa həris olmalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10412</t>
   </si>
   <si>
-    <t>لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ</t>
+    <t>لا تسافر المرأة مسيرة يومين إلا ومعها زوجها أو ذو محرم</t>
   </si>
   <si>
     <t>Yanında əri və ya məhrəmi olmayan qadın iki günlük məsafəyə yola çıxmasın</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ -وَكَانَ غَزَا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ثِنْتَيْ عَشْرَةَ غَزْوَةً- قَالَ: سَمِعْتُ أَرْبَعًا مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَعْجَبْنَنِي، قَالَ: «لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ، وَلاَ صَوْمَ فِي يَوْمَيْنِ: الفِطْرِ وَالأَضْحَى، وَلاَ صَلاَةَ بَعْدَ الصُّبْحِ حَتَّى تَطْلُعَ الشَّمْسُ، وَلاَ بَعْدَ العَصْرِ حَتَّى تَغْرُبَ، وَلاَ تُشَدُّ الرِّحَالُ إِلَّا إِلَى ثَلاَثَةِ مَسَاجِدَ: مَسْجِدِ الحَرَامِ، وَمَسْجِدِ الأَقْصَى، وَمَسْجِدِي هَذَا».</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ilə on iki döyüşdə iştirak etmiş Əbu Səid Əl-Xudridən (Allah ondan razı olsun) rəvayət edilir ki , o, demişdi: Mən Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) dörd söz eşitdim və mənim xoşuma gəldi. O, belə dedi: Yanında əri və ya məhrəmi olmayan qadın iki günlük məsafəyə yola çıxmasın İki gün: Fitr (Ramazan) və Qurban bayramı günləri oruc tutulmaz. Sübh namazından sonra günəş çıxana qədər və əsr namazından sonra günəş batana qədər namaz yoxdur. (İbadət üçün) üç  məsciddən başqasına səfər edilməz: Məscidul-Həram, Məscidul-Əqsa və mənim bu məscidim.”</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عَن أربعة أمور: 
 أولها: منع المرأة من السفر مَسيرة يومين بدون زوجِها أو أحدٍ محارمِها وهو مَن حَرُمتْ عليه تحريمًا مؤبدًا مِن الأقارب، كالابن والأب، وابن الأخ وابن الأخت، والعم والخال، ونحو ذلك. 
 ثانيها: النهي عن صوم يوم عيد الفطر ويوم عيد الأضحى، وسواء صامهما المسلم عن نَذْر، أو تطوُّع، أو كفارة. 
 ثالثها: النهي عن صلاة التطوع بعد صلاة العصر حتى تغرب الشمس، وبعد طلوع الصبح حتى تطلع الشمس. 
 رابعها: النهي عن السفر إلى بُقْعَة من البِقاع واعتقاد فضلها واعتقاد مضاعفة الحسنات فيها غير هذه المساجد الثلاثة فلا تُشد الرحال لغيرها لأجل الصلاة فيها، فإنَّ الأجر لا يُضاعف إلا في هذه المساجد الثلاثة، المسجد الحرام، والمسجد النبوي، والمسجد الأقصى.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dörd şeyi qadağan etdi:
 Birincisi: Qadının, əri və ya məhrəmlərindən biri- oğul, ata, qardaş oğlu, bacı oğlu, əmi  və dayı kimi qadına evlənməsi  əbədiyyən haram olan kişilərdən biri-  olmadan iki günlük məsafəyə səfər etməsinin qadağan edilməsi.
 İkincisi: İstər nəzir, istər nafilə, istərsə də kəffarə orucu olsun, Ramazan bayramı və Qurban bayramı günü müsəlmanın oruc tutmasının qadağan edilməsi.
 Üçüncüsü: Əsr namazından sonra günəş batana qədər və sübh namazından sonra günəş çıxana qədər nafilə namazı qılmağın qadağan edilməsi.
 Dördüncüsü: Bu üç məsciddən başqa hər hansı bir yerə səfər etmək, oranın fəzilətli olduğuna inanmaq və orada yaxşı əməllərin savabının qat-qat artacağına inanmaq qadağandır. Ona görə namaz qılmaq üçün başqa yerlərə səfər etməyin, çünki savab yalnız  bu üç məsciddə, Məscidul-Həram, Peyğəmbər məscidi və Məscidul-Əqsada qat-qat artıq yazılır.</t>
   </si>
   <si>
@@ -11165,1509 +11867,1626 @@
 عدم صحة صلاة التطوع المُطْلق بعد صلاة الفجر والعصر، ويُستثنى مِن ذلك قضاء الفرائض الفوائت، وذوات الأسباب كتحيَّة المسجد ونحو ذلك.
 تَحْرُم الصلاة بعد طلوع الشمس مباشرة، بل لابد من ارتفاعها قَدْرَ رمحٍ، بما يُقارب عشرَ دقائق إلى ربع ساعة تقريبًا.
 وقت العصر يَمتدُّ إلى غروب الشمس.
 فيه جواز شَد الرِّحال إلى المساجد الثلاثة.
 فضل المساجد الثلاثة ومَزِيَّتُها على غيرها.
 عدم جواز السفر لزيارة القبور ولو كان قَبر النبي صلى الله عليه وسلم، وتجوز زيارته لمن كان في المدينة، أو أتى إليها لغرضٍ مشروعٍ أو جائز.</t>
   </si>
   <si>
     <t>Qadının, yanında məhrəmi olmadan səfər etməsinin icazəli olmaması.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) "Əri və ya məhrəmi" sözünə əsasən, heç bir qadın səfərdə digər qadın üçün məhrəm deyil.
 Qadına, əri və məhrəmi olmadan səfər adlanan hər bir səyahətə çıxmaq qadağan edilir və bu hədis sual verənin vəziyyətinə və yaşayış yerinə uyğun olmuşdur.
 Qadının məhrəmi əri və ya ata, oğul, əmi və dayı kimi qohumluq əlaqəsinə görə evlənməsi həmişəlik haram olan  və ya süd atası, süd əmisi kimi süd vermə yolu ilə yaxud ərin atası kimi evlilik yolu ilə evlənməsi həmişəlik haram olan şəxslərdir. O (məhrəm oln kəs), həddi-buluğa çatmış, ağıllı, etibarlı və güvənilən müsəlman olmalıdır. (Səfərdə qadının yanında) məhrəmin olmasının məqsədi qadını himayə etmək, onu  qorumaq və onun işlərini yoluna qoymaqdır.
 İslam şəriətinin qadına verdiyi diqqət, onu himayə etməsi və onu qoruması.
 Sübh və əsr namazlarından  sonra qılınan  nafilə namazının səhih (doğru, keçərli) olmaması. Fərz namazlarının qəzaları, məscidə girərkən qılınan namaz və bunun kimi səbəblərə bağlı namazlar bundan istisnadır.
 Günəş çıxandan dərhal sonra namaz qılmaq qadağandır. Əksinə, günəşin  nizə hündürlüyündə yüksəlməsi lazımdır. Bu da təxminən on dəqiqə ilə on beş dəqiqəyə qədər vaxta bərabərdir.
 ​
 Əsr namazının vaxtı günəşin batmasına qədər davam edir.
 Bu hədisdə üç məscidə səfər etməyin icazəli olmasına işarə vardır.
 Üç məscidin fəziləti və digərlərindən üstünlüyü.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) qəbri olsa da belə, qəbirləri ziyarət etmək üçün səfər etmək icazəli deyil. Mədinədə olan, yaxud şər'i və ya icazəli bir məqsədlə oraya gələn kəsə isə, o qəbiri ziyarət etmək icazəlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10603</t>
   </si>
   <si>
-    <t>لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا</t>
+    <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
   </si>
   <si>
     <t>Qəbirlər üzərində oturmayın və orada namaz qılmayın</t>
   </si>
   <si>
     <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
   </si>
   <si>
     <t>Əbu Mərsəd əl-Ğənəviydən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir:
 ​ "Qəbirlər üzərində oturmayın və orada namaz qılmayın."</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
 كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) qəbirlər üzərində oturmağı qadağan etmişdir.
 Həmçinin qəbirlərə tərəf namaz qılmağı da qadağan etmişdir, belə ki, qəbir namaz qılanın qibləsi istiqamətində olarsa, bu  şirkə aparan vasitələrdən olur.</t>
   </si>
   <si>
     <t>النهي عن الصلاة في المقابر أو بينها أو إليها إلا صلاة الجنازة كما ثبت بالسنة.
 النهي عن الصلاة إلى القبور سَدًّا لذريعة الشرك.
 نهى الإسلام عن الغُلوِّ في القبور وعن امْتِهانها، فلا إفْرَاط ولا تَفْريط.
 حُرمة المُسلم باقية بعد موته، لقوله صلى الله عليه وسلم: (كَسْرُ عَظْمِ المَيّت كَكَسْرِه حيًّا).</t>
   </si>
   <si>
     <t>Qəbirstanlıqda, qəbirlər arasında, onlara tərəf namaz qılmaq qadağan edilmişdir və burada istisna olan cənazə namazıdır, necə ki bu öz təsdiqini sünnədə tapmışdır.
 Şirkə aparan vasitənin qarşısını almaq üçün, qəbirlər istiqamətində namaz qılmaq qadağan edilmişdir.
 İslam qəbirlərə münasibətdə həddi aşmağı və onlara hörmətsizlik etməyi, təhqir etməyi qadağan etmişdir. İfrata varmaq icazəli olmadığı kimi, onlara qarşı hörmətsizlik də etmək olmaz.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) "Ölünün sümüyünü sındırmaq, diri ikən onu sındırmaq kimidir"  buyruğuna əsasən müsəlmanın toxunulmazlığı ölümündən sonra da davam edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10647</t>
   </si>
   <si>
-    <t>أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا</t>
+    <t>أولئك قوم إذا مات فيهم العبد الصالح، أو الرجل الصالح، بنوا على قبره مسجدا</t>
   </si>
   <si>
     <t>Onlar elə bir tayfadır ki, içərilərindən əməlisaleh bir qul və ya əməlisaleh kişi öldüyü zaman onun qəbri üzərində məscid tikərlər</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها: أَنَّ أُمَّ سَلَمَةَ ذَكَرَتْ لِرَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَنِيسَةً رَأَتْهَا بِأَرْضِ الْحَبَشَةِ، يُقَالُ لَهَا مَارِيَةُ، فَذَكَرَتْ لَهُ مَا رَأَتْ فِيهَا مِنَ الصُّوَرِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا، وَصَوَّرُوا فِيهِ تِلْكَ الصُّوَرَ، أُولَئِكَ شِرَارُ الْخَلْقِ عِنْدَ اللهِ».</t>
   </si>
   <si>
     <t>Möminlərin anası Aişədən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Ummu Sələmə  Allahın Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) Həbəşistanda gördüyü Məriya adlanan bir kilsə və onun içərisində gördüyü təsvirlər barədə bəhs etdi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) isə buyurdu: “Onlar elə bir tayfadır ki, içərilərindən əməlisaleh bir qul və ya əməlisaleh kişi öldüyü zaman onun qəbri üzərində məscid tikərlər və həmin təsvirləri orada çəkərlər. Onlar Allah dərgahında məxluqatın ən şərlisi və ən pisidir."</t>
   </si>
   <si>
     <t>ذَكَرَتْ أُمُّ المؤمنين أُمُّ سَلَمَة رضي الله عنها للنبيِّ صلى الله عليه وسلم أنها لمَّا كانت بأرض الحَبَشة رأتْ كَنِيسة -يُقال لها مَارِيَة- فيها صورٌ وزَخارِفُ وتصاويرُ؛ تَعَجُّبًّا من ذلك! 
 فبَيَّنَ النبيُّ صلى الله عليه وسلم أسباب وضع هذه الصور؛ 
 فقال: إن هؤلاء الذين تذكرين كانوا إذا مات فيهم الرجلُ الصالحُ بَنَوا على قبره مَسجدًا يُصَلُّون فيه، وصَوَّرُوا تلك الصور، 
 وبَيَّنَ أنَّ فاعلَ ذلك شَرُّ الخلقِ عند الله تعالى؛ لأنَّ فِعلَه يؤدِّي إلى الشرك بالله تعالى.</t>
   </si>
   <si>
     <t>Möminlərin anası Ummu Sələmə (Allahın salavatı və salamı onun üzərinə olsun) Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) Həbəşistan torpaqlarında  Mariyə adlanan və içərisində təsvirlər, bəzəklər olan kilsə gördüyünü söylədi və təəccübünü bildirdi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) da  bu təsvirlərin kilsədə yerləşdirmə səbəblərini izah etdi və buyurdu ki: Sənin qeyd etdiyin həmin toplumda, əgər bir nəfər saleh insan dünyasını dəyişərsə onun qəbri üzərində məscid  tikərlər, orada namaz qılarlar və həmin rəsmləri çəkərlər. Sonra da izah etdi ki, bunu edən uca Allahın qatında məxluqatın ən pisidir, çünki bu əməl uca Allaha şərik qoşmağa gətirib çıxarır.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القُبور، أو الصلاة عندها، أو دَفن الموتى في المساجد؛ سَدَّا لذَريعة الشِّرك.
 بناء المساجد على القُبور، ونَصب الصُّور فيها، هو عمل اليَّهود والنَّصارى، وأنَّ من فعل هذا، فقد شَابَهَهم.
 تحريم اتخاذ الصُّور لذَوَات الأرواح.
 مَن بَنى مسجدًا على قَبر وصَوَّر فيه التصاوير، فهو مِن شَرِّ خَلْقِ الله تعالى.
 حِماية الشَّريعة لجَنَاب التوحيد حماية كاملة، بسد جميع الوسائل التي قد تُؤدي إلى الشِّرك.
  النهي عن الغلو في الصالحين؛ لأنه سببٌ للوقوع في الشرك.</t>
   </si>
   <si>
     <t>Şirkə aparan vasitələrin qarşısını almaq məqsədi ilə qəbirlər üzərində məscid tikməyin, orada namaz qılmağın və ya məscidlərdə cənazəni dəfn etməyin  haram olması.
 Məscidləri qəbirlər üzərində inşa etmək, orada təsvirlər həkk etmək yəhudi və xristianların əməllərindəndir, bunu edən isə onlara bənzəmiş olar.
 Ruhu olan yaradılmışların rəsmlərini çəkməyin haram olması.
 Kim qəbir üzərində məscid inşa edər, içərisində şəkillər çəkərsə, uca Allahın ən şərli məxluqlarındandır.
 Şəriətin, şirkə apara biləcək bütün vasitələrin qarşısını almaqla tövhid cinahını kamil surətdə himayə etməsi.
 Salehlərin şənini, zatını şişirtməyin qadağan edilməsi, çünki bu şirkə düşməyə səbəbdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10887</t>
   </si>
   <si>
-    <t>أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ</t>
+    <t>أمرت أن أسجد على سبعة أعظم</t>
   </si>
   <si>
     <t>Mənə yeddi əza üzərində səcdə etmək əmr edildi</t>
   </si>
   <si>
     <t>عن ابنِ عَبَّاسٍ رضي الله عنهما عن النبيِّ صلى الله عليه وسلم قال: «أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ: عَلَى الْجَبْهَةِ وَأَشَارَ بِيَدِهِ عَلَى أَنْفِهِ، وَالْيَدَيْنِ، وَالرُّكْبَتَيْنِ، وَأَطْرَافِ الْقَدَمَيْنِ، وَلَا نَكْفِتَ الثِّيَابَ وَالشَّعَرَ».</t>
   </si>
   <si>
     <t>İbn Abbasdan (Allah onların hər ikisindən razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Mənə yeddi əza üzərində səcdə etmək əmr edildi: Alın üzərinə -əli ilə də burununa işarə etdi-, iki əl, iki diz və iki ayağın ön tərəfdən uclarına və mənə namaz əsnasında saç və paltarı yığmamaq əmr edildi".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بأنَّ اللهَ أَمَرَه عند الصلاة أنْ يَسجُدَ على سبعةٍ من أعضاء الجسم؛ وهي: 
 أولاً: الجبهة: وهي: صفحة الوجه فوق الأنف والعينين، 
 وأشار صلى الله عليه وسلم بيده إلى أنفِه، مُبَيِّنًا أن الجَبْهةَ والأنف عضو واحد من السبعة، وتأكيدًا على أنَّ الساجِد يُلامِسُ بأنفِه الأرضَ. 
 العضو الثاني والثالث: اليدان. 
 الرابع والخامس: الرُّكْبتان. 
 السادس والسابع: أصابع القدمين. 
 وأَمَرَنا أنْ لا نَربِطَ شعورنًا، أو نَجمعَ ثيابَنا بعضَها على بعض عند السجود على الأرض صيانةً لها؛ بل نُرسِلُها حتى تقع على الأرض، فتسجد مع الأعضاء.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, Allah ona namazda bədənin yeddi əzası üzərində  səcdə etməyi əmr edir və bunlar:
 Birincisi: alın :  o, insan sifətinin yuxarı hissəsi, burun və gözlərin üstüdür. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) əli ilə burnuna işarə edərək bəyan edir ki, alınla burun birlikdə sözügedən yeddi əzadan biridir və bu işarə ilə əsaslandırır ki, səcdə edən burnu ilə mütləq yerə toxunmalıdır.
 İkinci və üçüncü əza: İki əldir
 Dördüncü və beşinci isə dizlərdir.
 Altıncı və yeddinci isə ayaqların barmaqlarıdır.
 Hməçinin bizə saçlarımızı düyünləyib sarımamağı və səcdə edərkən paltarımızı yuxarı çəkib bir tərəfini digər tərəfin üzərinə yığmamağı, əksinə yerə dəyməsini və əzalarla birlikdə yerə səcdə etməsini əmr etdi.</t>
   </si>
   <si>
     <t>وجوب السُّجود في الصلاة على الأعَضاء السَّبعة.
 كراهية جَمْعِ وضَمِّ الثَّوب والشَّعَر في الصلاة.
 يجب على المصلي أن يطمئن في صلاته، وذلك بأنْ يضع أعضاء السجود السبعة على الأرض، ويستقر عليها حتى يأتي بالذكر المشروع.
 النهيُ عن كَفِّ الشَّعَرِ خاصٌّ بالرجال دون النساء؛ لأن المرأة في الصلاة مأمورة بالتستر.</t>
   </si>
   <si>
     <t>Namazda yeddi əza üzərində səcdə etməyin vacibliyi.
 Namazda saçı və paltarı yığmağın məkruh olması.
 Namaz qılan namazında rahat olmalıdır, yeddi səcdə əzasını  yerə qoymalı və tələb olunan zikri deyənə qədər bu üzrə qalmalıdır.
 Saç yığmaq qadağası qadınlara yox kişilərə aiddir, çünki qadına namazda örtünmək əmr edilib.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10925</t>
   </si>
   <si>
-    <t>إِذَا سَجَدْتَ، فَضَعْ كَفَّيْكَ وَارْفَعْ مِرْفَقَيْكَ</t>
+    <t>إذا سجدت، فضع كفيك وارفع مرفقيك</t>
   </si>
   <si>
     <t>Səcdə etdiyin zaman əllərini yerə qoy və dirsəklərini qaldır</t>
   </si>
   <si>
     <t>عَنِ الْبَرَاءِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا سَجَدْتَ، فَضَعْ كَفَّيْكَ وَارْفَعْ مِرْفَقَيْكَ».</t>
   </si>
   <si>
     <t>Bəra (Allah ondan razı olsun) rəvayət edir ki, Allahın Rəsulu (sallallahu aleyhi və səlləm) belə demişdir: "Səcdə etdiyin zaman əllərini yerə qoy və dirsəklərini qaldır".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم حالةَ اليدين في سجود الصلاة، وذلك بأن يُمَكِّنَ الكفَّين من الأرض ويضعها مضمومة الأصابع في اتجاه القبلة، ويكون المرفقان -مفصل الذراع والعضد- مُرتَفعَين عن ملامسة الأرض ومُفرجين عن الجنبين.</t>
   </si>
   <si>
     <t>Peyğəmbər (sallallahu aleyhi və səlləm) bu hədisdə namaz səcdəsi zamanı əllərin vəziyyətini izah etmişdir. Bu, əllərin ovuclarını yerə qoymaq və barmaqları birləşdirərək, onları qibləyə tərəf düz yönəltməklə, həmçinin  dirsəkləri -qol və çiyin arasındakı oynağı- yerdən qaldırmaq və bədəndən aralı tutmaqla edilir. ‏‏</t>
   </si>
   <si>
     <t>الواجب على المصلِّي أن يَضع كفَّيه على الأرض، والكفان عُضوان من أعضاء السُّجود السَّبعة.
 استحباب رفع الذِّراعين عن الأرض، وكراهة افتراشهما كما يَفترش السَّبع ذِراعيه.
 مشروعية إظهار النَّشاط والقوَّة والرَّغبة في العَبادة.
 المُصلِّي إذا اعتمد على جميع أعضاء السُّجود، أخذ كلُّ عُضوٍ حقَّه من العبادة.</t>
   </si>
   <si>
     <t>Namaz qılan şəxsin əllərini yerə qoyması vacibdir. Çünki əllər (yerə qoyulması gərəkən) yeddi səcdə əzasından biridir.
 Səcdə zamanı qolları yerdən qaldırmağın müstəhəb olması və yırtıcı heyvanın qollarını yerə sərdiyi kimi səcdədə qolları yerə sərməyin məkruh olması.
 İbadətdə fəallıq, qüvvət və rəğbət göstərilməsinin icazəli olması.
 Namaz qılan şəxs, bütün səcdə əzalarına etimad edərək səcdə etdikdə, bu zaman hər bir əza, ibadətdən öz payını götürmüş olur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10927</t>
   </si>
   <si>
-    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي</t>
+    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: اللهم اغفر لي، وارحمني، وعافني، واهدني، وارزقني</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) iki səcdə arasında deyərdi:  "Allahumməğfirli, varhəmni, və afini, vəhdini vərzuqni"    (Allahım məni bağışla, mənə rəhm et və əfv et, məni doğru yola yönəlt və mənə ruzi yetir)</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
   </si>
   <si>
     <t>İbn Abbasdan (Allah onların hər ikisindən razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) iki səcdə arasında deyərdi:  "Allahumməğfirli, varhəmni, və afini, vəhdini vərzuqni"    (Allahım məni bağışla, mənə rəhm et və əfv et, məni doğru yola yönəlt və mənə ruzi yetir).</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namazda iki səcdə arasında müsəlmanın ən çox ehtiyacı olduğu bu beş duanı edərdi. Bu dualar  dünya və axirət xeyrini, bağışlanma diləyini, günahların yad nəzərlərdən gizlədilməsini və onların əfvini, son dərəcə bol rəhməti, şübhələrdən, nəfsani istəklərdən, xəstəliklərdən, dərdlərdən salamat olmağı, Allahdan haqq üzərində hidayət diləyini və onun üzərində sabit olmağı, imandan, elmdən, saleh əməllərdən, təmiz halal qazancdan ruzi istəyini özündə birləşdirir.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>İki səcdə arasndakı oturuşda bu duanı etmək namazın qaydalarındandır.
 Dünya və axirət xeyirlərini əhatə etdiyinə görə bu dualar fəzilətlidir.</t>
   </si>
   <si>
     <t>حسن بشواهده</t>
   </si>
   <si>
     <t>[Şahidləriylə həsən olan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10930</t>
   </si>
   <si>
-    <t>اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ</t>
+    <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
     <t>Allahummə əntəs-sələmu, və minkəs-sələmu, təbəraktə zəl-cələli vəl-ikram. (Allahım!  Salam Sənsən və əminamanlıq Səndəndir. Ey əzəmət və ehtiram
 sahibi! Sən xeyirxahsan</t>
   </si>
   <si>
     <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
   </si>
   <si>
     <t>Sovbəndən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namazını bitirdikdə üç dəfə (əstəğfirullah deyərək) istiğfar edər və belə deyərdi:"Allahummə əntəs-sələmu, və minkəs-sələmu, təbəraktə zəl-cələli vəl-ikram. (Allahım!  Salam Sənsən və əminamanlıq Səndəndir. Ey əzəmət və ehtiram
 sahibi! Sən xeyirxahsan". Əl-Vəlid buyurur ki: Əvzaiyədən soruşdum: İstiğfar necə olur? Dedi: Əstəğfirullah, Əstəğfirullah (Allahdan bağışlanma diləyirəm).</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namazını bitirdikdən sonra: "Əstəğfirullah, Əstəğfirullah, Əstəğfirullah (Allahdan bağışlanma diləyirəm)." deyərdi.
 Sonra Rəbbinin şənini bu sözlərlə ucaldardı: Allahummə əntəs-sələmu, və minkəs-sələmu, təbəraktə zəl-cələli vəl-ikram. (Allahım! Salam Sənsən və əminamanlıq Səndəndir. Ey əzəmət və ehtiram sahibi! Sən xeyirxahsan). Allah Öz sifətlərində kamil və nöqsansızdır, bütün noqsan və eyblərdən pakdır. Buna görə də  uca Allahdan dünya və axirət şərlərindən salamatlıq istəyirsən, Ondan başqasından istəyə bilməzsən. Bütün nöqsanlardan pak, ehsan və əzəmət sahibi olan Allahın hər iki dünyada xeyiri saysız hesabsızdır.</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
 استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
   </si>
   <si>
     <t>Namazdan sonra istiğfar etməyin və bunda davamlı olmağın müstəhəb olması.
 İbadətdəki nöqsanları tamamlamaq, itaətdəki nöqsanları aradan qaldırmaq üçün istiğfar etməyin müstəhəb olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10947</t>
   </si>
   <si>
-    <t>مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
+    <t>من سبح الله في دبر كل صلاة ثلاثا وثلاثين، وحمد الله ثلاثا وثلاثين، وكبر الله ثلاثا وثلاثين، فتلك تسعة وتسعون، وقال: تمام المائة: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير غفرت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>Kim hər namazdan sonra otuz üç dəfə "subhənallah", otuz üç dəfə "əlhəmdulilləh", otuz üç dəfə "Allahu Əkbər" deyərsə və bunlar doxsan doqquz edir və yüzüncü dəfədə: "ləə iləhə illallah vəhdəhu lə şərikə ləhu, ləhul-mulku və ləhul-həmdu və huvə alə kulli şeyin  qadir" söyləyərsə, xətaları dəniz köpüyü qədər də olsa, bağışlanar</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: "Kim hər namazdan sonra otuz üç dəfə "subhənallah", otuz üç dəfə "əlhəmdulilləh", otuz üç dəfə "Allahu Əkbər" deyərsə və bunlar doxsan doqquz edir və yüzüncü dəfədə: "ləə iləhə illallah vəhdəhu lə şərikə ləhu, ləhul-mulku və ləhul-həmdu və huvə alə kulli şeyin  qadir" söyləyərsə, xətaları dəniz köpüyü qədər də olsa, bağışlanar".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ من قال بعد انقضاء الصلاة المفروضة: 
 ثلاثًا وثلاثين مرة: "سبحان الله" وهو تنزيه الله عن النقائص. 
 وثلاثًا وثلاثين: "الحمد لله" وهو الثناء عليه بصفات الكمال مع محبته وتعظيمه. 
 وثلاثًا وثلاثين: "الله أكبر" وهو أن الله أعظم وأجل من كل شيء.
 وتكملة العدد مئة بقول: "لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير" ومعناه: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المختص بالملك التام، والمستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يعجزه شيء.
 فمن قال ذلك مُحِيَتْ خطاياه وغفرت، ولو كانت كثيرة مثل الرغوة البيضاء التي تعلو البحر عند تموُّجِه وهيجانِه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki, kim fərz namazı bitdikdən sonra bunları desə:
 Otuz üç dəfə: "Subhənallah" və bu Allahı nöqsanlardan tənzih etməkdir.
 Otuz üç dəfə: "Əlhəmdulilləh" və bu Allahı sevərək və təzim edərək, Onu kamil sifətləri ilə tərifləməkdir.
 Otuz üç dəfə: " Allahu Əkbər" və bu Allahın hər şeydən böyük və  əzəmətli olması deməkdir.
 Yüz rəqəminin tamamlanması : “Ləə iləhə illallah vəhdəhu ləə şərikə ləhu, ləhulmulku, və ləhulhəmdu və huvə alə kulli şeyin qadir" sözü ilədir ki, onun da mənası budur: "Allahdan başqa ibadətə layiq məbud yoxdur, O, təkdir və heç bir şəriki yoxdur, mülk yalnız Ona məxsusdur, yalnız O, məhəbbət və təzimlə bərabər həmd və tərifə layiqdir  və O, hər şeyə qadirdir, heç nə Onu aciz buraxa bilməz"
 Və hər kim bunu desə, dəniz dalğalananda və hiddətlənəndə onun üstünə çıxan ağ köpük kimi onun günahları çox olsa da belə, silinər və bağışlanar.</t>
   </si>
   <si>
     <t>استحباب هذا الذِّكر بعد الصَّلوات المفروضة.
 هذا الذكر سبب لغفران الذنوب.
 عظيم فضل الله تعالى ورحمته ومغفرته.
 هذا الذِّكر سببٌ لمغفرة الذُّنوب، والمراد: تكفير صغائر الذُّنوب، أما الكبائر فلا يُكَفِّرها إلَّا التُّوبة.</t>
   </si>
   <si>
     <t>Fərz namazlarından sonra bu zikri etməyin müstəhəb (bəyənilən) olması.
 Bu zikr günahların bağışlanmasına səbəbdir.
 Uca Allahın lütfü, rəhməti və bağışlamasının böyüklüyü.
 Bu zikr günahların bağışlanması üçün səbəbdir və burada nəzərdə tutulan: kiçik günahların təmizlənməsidir.   Böyük günahlara gəlincə, onları yalnız tövbə təmizləyər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10948</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ آيَةَ الْكُرْسِيِّ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ لَمْ يَمْنَعْهُ مِنْ دُخُولِ الْجَنَّةِ إِلَّا أَنْ يَمُوتَ</t>
+    <t>من قرأ آية الكرسي في دبر كل صلاة مكتوبة لم يمنعه من دخول الجنة إلا أن يموت</t>
   </si>
   <si>
     <t>“Kim hər vacib namazdan sonra “Ayətul-Kürsi”ni  oxuyarsa, onun cənnətə girməsinə ölümündən başqa heç nə mane olmaz”</t>
   </si>
   <si>
     <t>عَنْ أَبِي أُمَامَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَرَأَ آيَةَ الْكُرْسِيِّ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ لَمْ يَمْنَعْهُ مِنْ دُخُولِ الْجَنَّةِ إِلَّا أَنْ يَمُوتَ».</t>
   </si>
   <si>
     <t>Əbu Umamədən (Allah ondan razı olsun) Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə  dediyi rəvayət edilir: “Kim hər vacib namazdan sonra “Ayətul-Kürsi”ni  oxuyarsa, onun cənnətə girməsinə ölümündən başqa heç nə mane olmaz”.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
 {اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
 [البقرة: 255].</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, hər kim fərz namazı bitdikdən sonra “Ayətul-Kürsi”ni oxuyarsa, onun cənnətə girməsinə ölümdən başqa heç nə mane olmaz. bu ayə, bəqərə surəsində, Uca Allahın bu ayəsidir: Allahdan başqa ilah yoxdur! O, diridir, bütün məxluqatı idarə edir. O, nə mürgüləyər, nə də yuxulayar. Göylərdə və yerdə nə varsa hamısı Onundur. Onun izni olmadan Onun yanında kim şəfaət edə bilər?! Önlərindəkini də (qulların edəcəkləri əməlləri), arxalarındakını da (etdikləri əməlləri) O, bilir. Onlar Allahın elmindən, Onun dilədiyi qədərindən başqa heç nəyi qavraya bilməzlər. Onun kürsüsü göyləri və yeri əhatə etmişdir. Onları mühafizə etmək isə Ona çətin gəlmir. O, ucadır, əzəmətlidir. [Əl-Bəqərə, 255]</t>
   </si>
   <si>
     <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
 استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
 الأعمال الصالحة سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Bu əzəmətli ayənin fəziləti, özündə Uca Allahın ən gözəl adlarını və uca sifətlərini ehtiva etdiyinə görədir.
 Hər fərz namazından sonra bu əzəmətli ayəni oxumaq müstəhəbdir.
 Saleh əməllər cənnətə girmək üçün səbəbdir.</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى</t>
   </si>
   <si>
+    <t>[رواه النسائي في الكبرى]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/az/browse/hadith/10950</t>
   </si>
   <si>
-    <t>صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ</t>
+    <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>Namazı ayaq üstə qıl, bacarmırsansa oturaraq qıl, ona da gücün çatmırsa, uzanaraq qıl</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>İmran bin Hüseyndən (Allah ondan razı olsun) belə dediyi rəvayət edilir: “Mənim babasilim var idi, ona görə də Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) namaz haqqında soruşdum və o dedi: "Namazı ayaq üstə qıl, bacarmırsansa oturaraq qıl, ona da gücün çatmırsa, uzanaraq qıl."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) izah edir ki, namazda qayda odur ki, ayaq üstə qılınır, buna aciz olarsa oturaraq qılır, oturub qılmağa gücü yetməzsə bu zaman yan tərəfinin üzərinə uzanaraq namaz qıla bilər.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
     <t>Ağıl cəhətdən sağlam olduğu müddətcə insanın boynundan namaz qılmaq hökmü düşməz, namazın  qılınma qaydasına gəlincə isə insanın sağlamlıq durumuna və imkanına görə o bir formadan digər formaya dəyişə bilər.
 İslamın lütfü və asanlığı budur ki, bəndə öz  gücü daxilində ibadət etsin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10951</t>
   </si>
   <si>
-    <t>‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ</t>
+    <t>لا تسبوا أصحابي، فلو أن أحدكم أنفق مثل أحد ذهبا ما بلغ مد أحدهم، ولا نصيفه</t>
+  </si>
+  <si>
+    <t>“Səhabələrimi söyməyin! Əgər sizdən biriniz Uhud dağı qədər qızıl xərcləsə belə, onların birinin bir müdd (bir ovuc qədər) sədəqəsinə, hətta onun yarısına da çata bilməz”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ».</t>
+  </si>
+  <si>
+    <t>Əbu Səid Əl-Xudridən (Allah ondan razı olsun) rəvayət edilir ki, o, dedi: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: “Səhabələrimi söyməyin! Əgər sizdən biriniz Uhud dağı qədər qızıl xərcləsə belə, onların birinin bir müdd (bir ovuc qədər) sədəqəsinə, hətta onun yarısına da çata bilməz”.</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم عن سَبِّ الصحابة، وخاصة السابقين الأولين من المهاجرين والأنصار؛ وأَخْبَر أنه لو أنفق أَحدٌ من الناس مِثلَ جبل أُحد ذهبًا ما بَلغَ ثوابَه في ذلك ثواب نفقة أحد الصحابة مُد طعام أو نصفه -والمد ملء كفي الرجل المتوسط-؛ وذلك لمزيد إخلاصهم، وصِدْق نياتهم، وسَبْق إنفاقهم وقتالِهم قبل فتح مكة حيث شدة الحاجة إليه.</t>
+  </si>
+  <si>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) səhabələri, xüsusən də İslamı ilk qəbul edən və öndə gedən mühacir və ənsarları söyməyi qadağan edərək  xəbər verir ki, insanlardan biri Uhud dağı boyda qızıl sədəqə versə, onun savabı səhabələrdən birinin verdiyi bir mudd- orta ölçülü adamın ovuclarını dolduracaq miqdar - yemək və ya onun yarısının savabına çatmaz. Bu, onların ixlaslarının çoxluğu, niyyətlərinin saflığı, Məkkənin fəthindən əvvəl ehtiyacın şiddətli olduğu vaxt hər kəsdən qabaq Allah yolunda xərcləmələri və döyüşlərdə iştirak etdiklərinə görədir.</t>
+  </si>
+  <si>
+    <t>سَبُّ الصحابة -رضي الله عنهم- حرامٌ، ومن المعاصي الكبائر.</t>
+  </si>
+  <si>
+    <t>Səhabələri (Allah onlardan razı olsun) söymək haramdır və böyük günahlardandır.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/11000</t>
+  </si>
+  <si>
+    <t>ليبلغن هذا الأمر ما بلغ الليل والنهار، ولا يترك الله بيت مدر ولا وبر إلا أدخله الله هذا الدين</t>
   </si>
   <si>
     <t>“Gecə və gündüzün çatdığı hər yerə bu iş də (İslam dini) çatacaqdır. Allah, qüdrətlinin izzəti və zəlilin zilləti ilə, bu dini daxil etmədiyi nə bir şəhər, nə də ki bir kənd evi buraxmayacaq</t>
   </si>
   <si>
     <t>عن تَميم الداري رضي الله عنه، قال: سمعتُ رسول الله صلى الله عليه وسلم يقول: «‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ، بِعِزِّ عَزِيزٍ أَوْ بِذُلِّ ذَلِيلٍ، عِزًّا يُعِزُّ اللهُ بِهِ الإِسْلَامَ، وَذُلًّا يُذِلُّ اللهُ بِهِ الكُفْرَ» وَكَانَ تَمِيمٌ الدَّارِيُّ يَقُولُ: قَدْ عَرَفْتُ ذَلِكَ فِي أَهْلِ بَيْتِي، لَقَدْ أَصَابَ مَنْ أَسْلَمَ مِنْهُمُ الْخَيْرُ وَالشَّرَفُ وَالْعِزُّ، وَلَقَدْ أَصَابَ مَنْ كَانَ مِنْهُمْ كَافِرًا الذُّلُّ وَالصَّغَارُ وَالْجِزْيَةُ.</t>
   </si>
   <si>
     <t>Təmim Əd-Dəridən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: “Mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: “Gecə və gündüzün çatdığı hər yerə bu iş də (İslam dini) çatacaqdır. Allah, qüdrətlinin izzəti və zəlilin zilləti ilə, bu dini daxil etmədiyi nə bir şəhər, nə də ki bir kənd evi buraxmayacaq, Allahın İslamla izzətləndirdiyi şərəflənəcək, küfrlə zəlil etdiyi isə zəlil olacaqdır” Və Təmim əd-Dəri deyərdi: “Mən bunu öz ailəmdə müşahidə etdim, artıq onlardan İslamı qəbul edənlərə xeyir, şərəf və izzət nəsib oldu. Onlardan kafir olanlara isə zillət, alçaldılma və cizyə vermək nəsib oldu.</t>
   </si>
   <si>
     <t>يُخبِرُ رسولُ الله صلى الله عليه وسلم أنَّ هذا الدين سوف يعمُّ جميع أجزاء الأرض، فأيّ مكان وصله الليل والنهار سيصله هذا الدين، 
 ولن يترك الله تعالى بيتًا في المدن والقرى ولا في البوادي والصحراء إلا أدخل عليه هذا الدين، 
 فمَن قَبِلَ هذا الدين وآمن به فإنه يكون عزيزًا بعزة الإسلام، 
 ومن رفضه وكفر به فإنه يكون ذليلًا مهانًا. 
 ثم أخبر الصحابي تميم الداري رضي الله عنه أنه عرف ذلك الذي أخبر به رسول الله صلى الله عليه وسلم في أهل بيته خاصة، فإنّ من أسلم منهم ناله الخير والشرف والعز، ومن كفر منهم ناله الذل والهوان هذا مع ما يدفعه للمسلمين من أموال.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, bu din yer üzünün hər tərəfinə  yayılacaq, gecə və gündüzün çatdığı hər yerə  bu din də çatacaq. Allahu Təələ şəhər və kəndlərdə, səhrada və ya çöllüklərdə bu dini daxil etmədiyi bir ev buraxmayacaq. Kim bu dini qəbul edər və ona iman edərsə, İslamın izzəti ilə izzətlənər. Kim onu ​​rədd edər və onu inkar edərsə, zəlil və alçalmış olar.
 Sonra səhabə Təmim əd-Dəri (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) xəbər verdiyi bu şeyi  xüsusi olaraq  öz ailəsində müşahidə etdiyini xəbər verdi. Çünki onlardan kim müsəlman oldusa, o, şərəf, izzət və xeyirə nail oldu. Onlardan hər kim kafir oldusa, müsəlmanlara mal (pul) verməklə yanaşı, zillətə və alçalmağa məruz qaldı.</t>
   </si>
   <si>
     <t>بشارة للمسلمين بأن دينهم سينتشر في جميع أجزاء الأرض.
 العزة للإسلام والمسلمين والذل للكفر والكافرين.
 فيه دليل من دلائل النبوة وعلم من أعلامها حيث وقع الأمر كما أخبر النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Müsəlmanlara müjdə vardır ki, onların dini yer üzünün hər tərəfinə yayılacaq.
 İzzət İslam və müsəlmanlara, zillət isə küfr və kafirlərə məxsusdur.
 Hadisənin, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) xəbər verdiyi kimi  baş verməsində, onun peyğəmbərliyinə dair dəlillərdən bir dəlil və əlamətlərindən bir əlamət vardır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/11220</t>
   </si>
   <si>
-    <t>إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ</t>
+    <t>إذا شك أحدكم في صلاته، فلم يدر كم صلى ثلاثا أم أربعا، فليطرح الشك، وليبن على ما استيقن، ثم يسجد سجدتين قبل أن يسلم</t>
   </si>
   <si>
     <t>Əgər sizdən biriniz öz namazında şəkk edərsə və neçə rükət- üç yoxsa dörd rükət qıldığını bilməzsə, şübhəni kənara atsın və əmin olduğu şeyə əsaslansın, sonra, salam verməzdən əvvəl iki səcdə etsin</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ، فَإِنْ كَانَ صَلَّى خَمْسًا شَفَعْنَ لَهُ صَلَاتَهُ، وَإِنْ كَانَ صَلَّى إِتْمَامًا لِأَرْبَعٍ كَانَتَا تَرْغِيمًا لِلشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Əbu Səid Əl-Xudridən (Allah ondan razı olsun) Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: Əgər sizdən biriniz öz namazında şəkk edərsə və neçə rükət- üç yoxsa dörd rükət qıldığını bilməzsə, şübhəni kənara atsın və əmin olduğu şeyə əsaslansın, sonra, salam verməzdən əvvəl iki səcdə etsin, əgər beş rükət namaz qılıbsa, namazı (səhv səcdəsi ilə) cütə tamamlanar və əgər dörd rükət qılaraq tamamlamışdısa, bu iki səcdə şeytanı zəlil edər”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المصلي إذا تردد في صلاته ولم يدر كم صلى، ثلاثًا، أم أربعًا؟ فليبعد العددَ الزائدَ المشكوكَ فيه ولا يأخذ به؛ فالثلاث هو المتيقن، فيصلي ركعة رابعة، ثم يسجد سجدتين قبل أن يسلم.
 فإن كان ما صلّاه حقيقة أربعًا؛ صار خمسًا بإضافة ركعة، وسجدتي السهو عوضًا عن ركعة، فكان العدد شفعًا لا وترًا: وإن كان صلى بالركعة الزائدة أربعًا؛ فيكون قد أدى ما عليه من غير زيادة ولا نقصان.
 وسجدتا السهو كانتا إذلالًا للشيطان ودحرًا له، وردَّه خاسئًا مُبْعِدًا عن مراده؛ لأنه لَبَّسَ عليه صلاته، وتعرَّض لإفسادها، وكملت صلاة ابن آدم لمّا امتثل أمر الله تعالى بالسجود الذي عصى به إبليس، حينما امتنع من طاعة الله بالسجود لآدم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki, əgər namaz qılan şəxs namazında tərəddüd edərsə və neçə rükət namaz qıldığını bilməzsə, üç yoxsa dörd qılıb deyə çəkk edərsə, şübhəli olan artıq rükəti uzaq tutsun və ona əsaslanmasın; Üç rükət yəqin olandır və ona görə dördüncü (şübhəli olan) rükəti qılsın, sonra salam verməzdən əvvəl iki səcdə etsin.
 Əgər qıldığı namaz həqiqətdə dörd rükət idisə; bir rükət əlavə edilməklə beş rükət oldu və iki səhv səcdəsi  bir rükəti əvəzlədi və (beləliklə ümumi) say cüt oldu, tək olmadı. Əgər bu  əlavə bir rükətlə dörd rükət qılmışsa, o zaman heç bir əlavə və nöqsan olmadan üzərinə vacib olanı artıq yerinə yetirmişdir.
 İki səhv səcdəsi şeytanı zəlil etmək, ona qalib gəlmək və onu istəyindən   uzaqlaşdıraraq qovmaqdır. Çünki o, namaz qılanı namazında çaşdırmış, onu pozmağa çalışmışdır. Adəm övladının namazı, Allahın səcdə etmək əmrinə tabe olmaqla kamilləşmişdir. Hansı ki, İblis Adəmə səcdə etməyərək Allaha itaət etməkdən imtina etdiyi zaman artıq Allaha asi olmuşdur.</t>
   </si>
   <si>
     <t>المصلي إذا شك في صلاته ولم يترجّح عنده أحد الأمرين فإنه يطرح الشك ويعمل باليقين، وهو الأقل، فيتم صلاته ويسجد للسهو قبل أن يسلِّم ثم يسلِّم.
 هاتان السجدتان طريق إلى جبر الصلاة، وردّ للشيطان خاسئًا ذليلًا مُبعدًا عن مُراده.
 الشك الذي في الحديث هو التردد بلا رجحان، فإذا وُجد الظن وترجّح عُمِل به.
 الحث على محاربة الوسواس ودفعه بامتثال أمر الشرع.</t>
   </si>
   <si>
     <t>Əgər namaz qılan şəxs öz namazında şəkk edərsə və iki haldan biri onun üçün daha çox ehtimal daşımarsa, şübhəni tərk edib yəqin olan ilə əməl etməlidir ki, bu da ən az olanıdır. Beləliklə o, namazını tamamlamalı, salamdan öncə səhv səcdəsi etməli, sonra isə salam verməlidir.
 Bu iki səcdə, namazı bərpa etmək üçün bir yol və şeytanı alçaldılmış və zəlil vəziyyətdə, istədiyindən uzaqlaşdıraraq rədd etməkdir.
 Hədisdəki şəkk, (iki hal arasında) heç bir üstünlük olmadan edilən tərəddüddür, lakin, nə zaman böyük güman yaranarsa və (yaxud hallardan biri) üstünlük təşkil edərsə, onunla əməl edilər.
 Şəriətin əmrinə tabe olaraq vəsvəsə ilə mübarizə aparmağa və onu dəf etməyə təşviq etmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/11231</t>
   </si>
   <si>
-    <t>هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ</t>
+    <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
     <t>Azanı eşidirsənmi? O: “Bəli!” - dedi. Bu zaman Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "O zaman cavab ver( camaat namazına gəl)</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) belə dediyi rəvayət edilir: Bir kor kişi Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəlib: "Ey Allahın Rəsulu, məni məscidə aparacaq bir kimsəm yoxdur."-deyərək, Allah Rəsulundan ona öz evində namaz qılmağı icazə verməsini istədi. İlkin olaraq ona icazə verdi, lakin adam çıxıb getmək istəyəndə onu çağırıb dedi: “Azanı eşidirsənmi? O: “Bəli!” - dedi. Bu zaman Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "O zaman cavab ver( camaat namazına gəl)"</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>Kor bir kişi Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəlib, "Ey Allahın Rəsulu, beş vaxt namazda mənə kömək edərək əlimdən tutub məscidə aparan kimsəm yoxdur."-deyərək Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) ona camaat namazında iştirak etməmək üçün rüxsət istədi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) da əvvəl ona icazə verdi, lakin sonra adam çıxıb getmək istədikdə onu çağırıb dedi: Namaz üçün azanı eşidirsənmi? "Bəli"-dedi. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) də: "-Azan verənə cavab ver."- deyə buyurdu.</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
   </si>
   <si>
     <t>Camaat namazının vacibliyi, çünki yüngülləşdirmə icazə istəmək yalnız vacib  məsələlərə aiddir.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) "Azan verənə cavab ver" sözü camaat namazının vacibliyinə işarədir, çünki qayda budur ki, müəyyən bir şey əmr olunubsa, bu onun vacibliyinin göstəricisidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/11287</t>
   </si>
   <si>
-    <t>خَيْرُ صُفُوفِ الرِّجَالِ أَوَّلُهَا، وَشَرُّهَا آخِرُهَا، وَخَيْرُ صُفُوفِ النِّسَاءِ آخِرُهَا، وَشَرُّهَا أَوَّلُهَا</t>
+    <t>خير صفوف الرجال أولها، وشرها آخرها، وخير صفوف النساء آخرها، وشرها أولها</t>
   </si>
   <si>
     <t>“Kişilər üçün səflərin ən xeyirlisi birincisi, ən pisi sonuncusudur, qadınlar üçün isə səflərin ən xeyirlisi  sonuncusu, ən pisi isə birincisidir.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَيْرُ صُفُوفِ الرِّجَالِ أَوَّلُهَا، وَشَرُّهَا آخِرُهَا، وَخَيْرُ صُفُوفِ النِّسَاءِ آخِرُهَا، وَشَرُّهَا أَوَّلُهَا».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, o, belə söyləmişdir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: “Kişilər üçün səflərin ən xeyirlisi birincisi, ən pisi sonuncusudur, qadınlar üçün isə səflərin ən xeyirlisi  sonuncusu, ən pisi isə birincisidir.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ خيرَ صفوف الرجال في الصلاة وأكثرها ثوابًا وفضلًا أولُها؛ لقربهم من الإمام واستماعهم لقراءته وبُعْدِهم من النساء، 
 وشرّها وأقلّها ثوابًا وفضلًا وأبعدها من مطلوب الشرع آخرها، 
 وخير صفوف النساء آخرها؛ لأنه أسترُ لهن، وأبعد من مخالطة الرجال ورؤيتهم والفتنة بهم، وشرها أولها؛ لقربها من الرجال والتعرض للفتنة.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, imama yaxın olduqlarına, onun qiraətinə qulaq asdıqlarına və qadınlardan uzaq olduqlarına görə kişilər üçün namazda ən xeyirli, ən savablı və fəzilətli səff birincisidir. Onun ən pisi, savab və fəzilət baxımından ən az olanı və İslam şəriətinin tələb etdiyindən ən uzaq olanı sonuncusudur. Qadınlar üçün səflərin ən xeyirlisi  sonuncusudur; Çünki bu, onlar üçün daha gizlidir və kişilərə qarışmaqdan, onları görməkdən və onlara fitnə olmaqdan daha uzaqdır, səflərin ən pisi isə kişilərə yaxınlığı və finəyə məruz qalması səbəbindən birincisidir;</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, imama yaxın olduqlarına, onun qiraətinə qulaq asdıqlarına və qadınlardan uzaq olduqlarına görə kişilər üçün namazda ən xeyirli, ən savablı və fəzilətli səff birincisidir. Onun ən pisi, savab və fəzilət baxımından ən az olanı və İslam şəriətinin tələb etdiyindən ən uzaq olanı sonuncusudur. Qadınların ən xeyirli səfəri sonuncu səfərdir. Çünki bu, onlar üçün daha gizlidir və kişilərə qarışmaqdan, onları görməkdən və onlara fitnə olmaqdan daha uzaqdır. QQadınların səflərinin ən pisi isə kişilərə yaxınlığı və finəyə məruz qalması səbəbindən birincisidir.</t>
   </si>
   <si>
     <t>حث الرجال على المسارعة إلى الطاعات والصفوف الأولى في الصلوات.
 جواز صلاة النساء في المسجد مع الرِّجال في صفوف مستقلة، لكن مع التَّستُّر والحِشْمَة.
 النَّساء إذا اجتمعن في المسجد، فإنهن يَكُنَّ صفوفًا، كصفوف الرِّجال، ولا يتفرقن، بل عليهن التَّراص في الصّف وسدّ الخلل، كما في صفوف الرجال.
 بيان شدة عناية الشرع بالحث بابتعاد النساء عن الرجال حتى في مواطن العبادة.
 تفاضل الناس بحسب أعمالهم.
 قال النووي: أما صفوف الرجال فهي على عمومها، فخيرها أولُها أبدًا، وشرها آخرها أبدًا، أما صفوف النساء فالمراد بالحديث: صفوف النساء اللواتي يصلين مع الرجال، وأما إذا صلين متميزات لا مع الرجال فهن كالرجال؛ خير صفوفهن أولُها وشرُّها آخرُها.
 قال النووي: الصف الأول الممدوح الذي قد وردت الأحاديث بفضله والحث عليه هو الصف الذي يلي الإمام؛ سواء جاء صاحبه متقدِّمًا أو متأخرًا، وسواء تخلله مقصورة ونحوها أم لا.</t>
   </si>
   <si>
-    <t>Kişiləri itaətə tələsməyə və namazda ilk səflərdə olmağa həvəsləndirmək.
-[...5 lines deleted...]
-Ən-Nəvəvi  demişdir: “ Hədislərdə fəziləti və təşviqi varid olmuş, təriflənən ilk sıra imamın arxasındakı səfdir; o səfdə duranın tez və ya gec gəlməsinin, o səffin bölünüb-bölünməməsinin  fərqi yoxdur".</t>
+    <t>Kişiləri ibadətlərdə, xüsusilə də namazlarda qabaqcıl səflərdə olmağa tələsməyə təşviq etmək.
+Qadınların məsciddə kişilərlə birlikdə, lakin ayrıca səflərdə, örtülü və həyalı şəkildə namaz qılmaları caizdir.
+Qadınlar məsciddə bir yerə toplaşdıqda, onlar da kişilər kimi səflər halında dayanmalıdırlar. Səpələnməməli, əksinə, kişilərin səflərində olduğu kimi sıx dayanmalı və səflərdəki boşluqları doldurmalıdırlar.
+Şəriətin qadınları hətta ibadət yerlərində belə kişilərdən uzaq durmağa təşviq etməyə nə qədər diqqət yetirdiyini göstərmək.
+İnsanların əməllərinə görə bir-birlərindən üstün olmaları.
+Nəvavi demişdir: “Kişilərin səflərinə gəlincə, onlar ümumi qayda üzərədir, onların həmişə ən xeyirlisi birincisi, ən pisi isə həmişə sonuncusudur. Amma qadınların səflərinə gəlincə, hədisdə nəzərdə tutulan, kişilərlə birlikdə namaz qılan qadınların səfləridir. Lakin kişilərlə deyil, onlardan ayrı qıldıqda isə onlar da kişilər kimidirlər, onların səflərinin ən xeyirlisi birincisi, ən pisi isə sonuncusudur”.
+Nəvavi demişdir: “Hədislərdə fəziləti və təşviqi varid olmuş, təriflənən ilk səf imamın arxasındakı səfdir. O səfdə duranın tez və ya gec gəlməsinin, o səfin bölünüb-bölünməməsinin fərqi yoxdur".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/11299</t>
   </si>
   <si>
-    <t>إنَّ هاتيَنِ الصَّلاتين أثقَلُ الصَّلَواتِ على المُنافقين، ولو تعلمون ما فيهما لأتيتُمُوهما ولو حَبْوًا على الرُّكب</t>
+    <t>إن هاتين الصلاتين أثقل الصلوات على المنافقين، ولو تعلمون ما فيهما لأتيتموهما ولو حبوا على الركب</t>
   </si>
   <si>
     <t>“Həqiqətən, bu iki namaz münafiqlər üçün ən ağır namazlardır və əgər siz bu namazlarda olan savabı bilsəniz, dizləri üstündə iməkləyərək olsa belə, (məscidə) gələrsiniz</t>
   </si>
   <si>
     <t>عن أُبيِّ بن كعبٍ رضي الله عنه قال: صلَّى بنا رسولُ الله صلى الله عليه وسلم يومًا الصُّبحَ فقال: «أشاهِد فُلان؟» قالوا: لا، قال: «أشاهِدٌ فُلان؟» قالوا: لا، قال: «إنَّ هاتيَنِ الصَّلاتين أثقَلُ الصَّلَواتِ على المُنافقين، ولو تعلمون ما فيهما لأتيتُمُوهما ولو حَبْوًا على الرُّكب، وإن الصفَّ الأوّلَ على مِثلِ صَفِّ الملائكة، ولو عَلِمتُم ما فضيلتُه لابتَدَرتُموهُ، وإنّ صلاةَ الرجل مع الرجل أزكى من صلاتِه وحدَه، وصلاتَه مع الرجلَين أزكى من صلاتِه مع الرجل، وما كَثُرَ فهو أحبُّ إلى الله تعالى».</t>
   </si>
   <si>
-    <t>Ubeyy bin Kəbdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allahın Rəsulu-sallallahu aleyhi və səlləm- bir gün bizə sübh namazını qıldırdı və dedi: Filankəs burdadır?" Dedilər: Xeyr. O, dedi: “ Filankəs burdadır?” Dedilər: Xeyr. O dedi: “Həqiqətən, bu iki namaz münafiqlər üçün ən ağır namazlardır və əgər siz bu namazlarda olan savabı bilsəniz, dizləri üstündə iməkləyərək olsa belə, (məscidə) gələrsiniz. Həqiqətən, birinci səff mələklərin səffi kimidir. Siz birinci səfdəki fəziləti bilsəydiniz, onun üçün tələsərdiniz. Həqiqətən, bir adamın başqa bir adamla namaz qılması, onun tək  namaz qılmasından, iki nəfərlə birlikdə  namaz qılması isə bir nəfərlə  namazdan qılmasından daha üstündür. (Namazda iştirak edənlərin sayı) nə qədər çox olarsa, Uca Allaha o qədər sevimli olar.</t>
+    <t>Ubeyy bin Kəbdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bir gün bizə sübh namazını qıldırdı və dedi: “Filankəs burdadır?". Dedilər: Xeyr. O, dedi: “Filankəs burdadır?”. Dedilər: Xeyr. O dedi: “Həqiqətən, bu iki namaz münafiqlər üçün ən ağır namazlardır və əgər siz bu namazlarda olan savabı bilsəniz, dizləri üstündə iməkləyərək olsa belə, (məscidə) gələrsiniz. Həqiqətən, birinci səff mələklərin səffi kimidir. Siz birinci səfdəki fəziləti bilsəydiniz, onun üçün tələsərdiniz. Həqiqətən, bir kişinin başqa bir kişi ilə namaz qılması, onun tək  namaz qılmasından, iki kişi ilə birlikdə namaz qılması isə bir kişi ilə namazdan qılmasından daha üstündür. (Namazda iştirak edənlərin sayı) nə qədər çox olarsa, Uca Allaha o qədər sevimli olar”.</t>
   </si>
   <si>
     <t>صَلَّى النبيُّ الله صلى الله عليه وسلم يومًا الفجر، ثم سأل: أحاضر فلان صلاتنا هذه؟ 
 قال الصحابة: لا. 
 ثم قال: أحاضر فلان؟ لشخص آخر، 
 قالوا: لا. 
 قال صلى الله عليه وسلم: 
 إنّ صلاة الفجر والعشاء أثقل الصلوات على المنافقين؛ لغَلَبة الكسل فيهما، ولقلة تحصيل الرياء لهما، حيث لا يُرون في الظلام.
 ولو تعلمون أيها المؤمنون ما في صلاتي الصبح والعشاء من الأجر والثواب الزائد -لأن الأجر على قدر المشقة- لأتيتموهما ولو زحفًا ومشيًا على الأيدي والركب. 
 وإن الصف الأول في قربهم من الإمام كمثل صف الملائكة في قربهم من الله تعالى، ولو يعلم المؤمنون ما فضيلة الصف الأول لتسابقوا إليه، 
 وإن صلاة الرجل مع الرجل أعظم ثوابًا وأثرًا من صلاته وحده، وصلاته مع الرجلين أفضل مع الرجل الواحد، 
 والصلاة التي كثر المصلون فيها فهي أحب إلى الله وأفضل.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bir gün sübh namazını qıldı, sonra soruşdu: Bizim bu namazımızda filankəs varmı? Səhabələr dedilər: "Xeyr" Sonra başqa şəxs haqqında dedi: Filənkəs varmı?" Dedilər: Xeyr. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: Həqiqətən sübh və işa namazları münafiqlər üçün ən çətin namazlardır; çünki bu namazlarda tənbəllik daha çox olur və qaranlıqda görünə bilmədikərindən dolayı bu namazlarda riyaya az nail olurlar.
-[...1 lines deleted...]
-İmama yaxın olmasında birinci səff, Uca Allaha yaxınlıqda mələklərin səffi kimidir və əgər möminlər birinci səffin fəzilətinin nə olduğunu bilsəydilər, onun üçün bir-biriləri ilə yarışardılar. Bir kişinin başqa bir kişi ilə qıldığı namaz, tək qıldığı namazdan savab və təsir baxımından daha böyükdür və onun iki kişi ilə qıldığı namaz bir kişi ilə qıldığı namazdan daha fəzilətlidir. Çox namaz qılanların olduğu (camaat) namazı Allaha daha sevimlidir və daha fəzilətlidir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bir gün sübh namazını qıldı, sonra soruşdu: Bizim bu namazımızda filankəs varmı? Səhabələr dedilər: "Xeyr" Sonra başqa şəxs haqqında dedi: "Filənkəs varmı?" Dedilər: "Xeyr". Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: Sübh və işa namazları münafiqlər üçün ən çətin namazlardır. Çünki bu namazlarda tənbəllik üstün gəlir və qaranlıq olduğundan dolayı bu namazlarda riyaya nail olmaq imkanları azdır.
+Ey möminlər! Əgər sübh və işa namazlarında nə qədər əlavə əcr və savab olduğunu bilsəydiniz — çünki savab əməlin çətinliyinə görə verilir — siz bu iki namaza sürünərək və ya əl-diz üstə hərəkət edərək olsa da belə, bu namazlara gələrdiniz.
+İmama yaxın olmasında birinci səff, Uca Allaha yaxınlıqda mələklərin səffi kimidir. Əgər möminlər birinci səffin fəzilətinin nə olduğunu bilsəydilər, onun üçün bir-biriləri ilə yarışardılar. Bir kişinin başqa bir kişi ilə qıldığı namaz, tək qıldığı namazdan savab və təsir baxımından daha böyükdür və onun iki kişi ilə qıldığı namaz bir kişi ilə qıldığı namazdan daha fəzilətlidir. Çox namaz qılanların iştirakı ilə qılınan camaat namazı Allaha daha sevimlidir və daha fəzilətlidir.</t>
   </si>
   <si>
     <t>مشروعية تَفقُد إمام المسجد أحوال المأمومين، والسؤال عمن غَاب منهم.
 مُلازمة صلاة الجماعة، ولاسيما صلاة العشاء والفجر من علامات الإيمان.
 عِظَم أجر صلاتي العِشاء والفجر؛ لما في الإتيان إليهما من مجاهدة النَّفس والمُصَابرة على الطَّاعة، فكان أجرهما أعظم من غيرهما.
 صلاة الجماعة تنعقد باثنين فما فوق.
 بيان فضل الصف الأول، والترغيب في المبادرة إليه.
 فضل كثرة الجماعة، فإنه كلما كثر الجمع كان الأجر أكثر.
 الأعمال الصالحة تتفاوت في الفضل بحسب تفضيل الشرع لها، وما تتصف به من أحوال.</t>
   </si>
   <si>
-    <t>Məscid imamının, arxasında namaz qılan kəslərin halını araşdırması və iştirak etməyənlər haqqında soruşmasının müstəhəbliyi.
+    <t>Məscid imamının, arxasında namaz qılan kəslərin halını araşdırması və camaat namazında iştirak etməyənlər haqqında soruşmasının şəriətə müvafiq olması.
 Camaat namazında, xüsusən də işa və sübh namazlarında daima iştirak etmək imanın əlamətlərindəndir.
-İşa və sübh namazlarının savabı, onlara gəlməkdə nəfslə mübarizə aparmaq və itaətə səbr göstərmək olduğu üçün böyükdür. Ona görə də  onların mükafatı başqa namazlardan daha böyükdür.
+İşa və sübh namazlarının savabı, bu iki namaza gəlməkdə nəfslə mübarizə aparmaq və itaətə səbr göstərmək olduğu üçün böyükdür. Ona görə də  onların mükafatı başqa namazlardan daha böyükdür.
 Camaat namazı iki və ya daha çox adamla icra edilir.
 Birinci səffin fəzilətini bəyan etmək və ona tələsməyə təşviq etmək.
-Camaatın sayının çox olmasının fəziləti, çünki camaat nə qədər çox olsa, mükafat da bir o qədər çox olar.
-Saleh əməllər, şəriətin onlara üstünlük verməsi və səciyyələndikləri xüsusiyyətlərə görə fəzilətdə müxtəlif olurlar.</t>
+Camaatın sayının çox olmasının fəziləti. Çünki camaat nə qədər çox olsa, mükafat da bir o qədər çox olar.
+Saleh əməllər, həm şəriətin onlara verdiyi üstünlük, həm də daşıdıqları xüsusiyyətlərə görə fəzilətcə fərqlənir.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والنسائي وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/az/browse/hadith/11306</t>
   </si>
   <si>
-    <t>عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ</t>
+    <t>علمنا رسول الله صلى الله عليه وسلم خطبة الحاجة</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bizə xütbətul-hacəni</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ: إِنَّ الحَمْدَ للهِ، نَسْتَعِيْنُهُ وَنَسْتَغْفِرُهُ، وَنَعُوْذُ بِهِ مِنْ شُرُوْرِ أَنْفُسِنَا، مَنْ يَهْدِ اللهُ فَلَا مُضِلَّ لَهُ، وَمَنْ يُضْلِلْ فَلَا هَادِيَ لَهُ، وَأَشْهَدُ أَنْ لَا إِلَهَ إِلَّا الله، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُوْلُهُ، {يَا أَيُّهَا النَّاسُ اتَّقُوا رَبَّكُمُ الَّذِي خَلَقَكُمْ مِنْ نَفْسٍ وَاحِدَةٍ وَخَلَقَ مِنْهَا زَوْجَهَا وَبَثَّ مِنْهُمَا رِجَالًا كَثِيرًا وَنِسَاءً وَاتَّقُوا اللَّهَ الَّذِي تَسَاءَلُونَ بِهِ والأرحام إن الله كان عليكم رقيبا} [النساء: 1]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ حَقَّ تُقَاتِهِ وَلَا تَمُوتُنَّ إِلَّا وَأَنْتُمْ مُسْلِمُونَ} [آل عمران: 102]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ وَقُولُوا قَوْلًا سَدِيدًا (70) يُصْلِحْ لَكُمْ أَعْمَالَكُمْ وَيَغْفِرْ لَكُمْ ذُنُوبَكُمْ وَمَنْ يُطِعِ اللَّهَ وَرَسُولَهُ فَقَدْ فَازَ فَوْزًا عَظِيمًا} [الأحزاب:70 - 71].</t>
   </si>
   <si>
     <t>Abdullah bin Məsuddan (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bizə xütbətul-hacəni öyrətdi: Həqiqətən, həmd Allaha məxsusdur, Ondan kömək diləyir, Ondan bağışlanma diləyir və nəfsimizin şərlərindən Ona sığınırıq. Allah kimi doğru yola yönəltsə, onu heç kim azdıra bilməz, kimi azdırsa, heç kim onu doğru yola yönəldə bilməz. Şəhadət edirəm ki, Allahdan başqa ibadətə layiq ilah yoxdur və şəhadət edirəm ki, Muhəmməd Onun qulu və rəsuludur, {Ey insanlar! Sizi tək bir candan xəlq edən, onun özündən zövcəsini yaradan və onlardan da bir çox kişi və qadın (törədib yer üzünə) yayan Rəbbinizdən qorxun! Adı ilə bir-birinizdən (cürbəcür şeylər) istədiyiniz Allahdan və qohumluq əlaqələrini kəsməkdən çəkinin! Həqiqətən, Allah sizə nəzarət edir.} [ən-Nisa: 1], {Ey iman gətirənlər! Allahdan Ona layiq olan tərzdə qorxun və ancaq müsəlman olduğunuz halda ölün!} [Ali-İmran: 102], {Ey iman gətirənlər, Allahdan qorxun və doğru söz söyləyin ki, Allah sizin əməllərinizi islah etsin və günahlarınızı bağışlasın. Kim Allaha və Onun Peyğəmbərinə itaət edərsə, böyük bir uğura nail olar.(Əl-Əhzab 70, 71)</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>İbnu Məsud (Allah ondan razı olsun) xəbər verir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) nikah, cümə xütbələri və digər  xütbələrdə və müəyyən ethiyaclarla əlaqəli mövzularda məclisin açılışı zamanı deyilən xutbətul hacəni onlara öyrətdi. Bu xütbə Allahın hər növ həmdə layiq olduğunu, yalnız Ondan yardım diləməyin vacib olduğunu və Onun heç bir şəriki olmadığını, insanın günahlarını başqalarından gizlətdiyini, günahları əfv etdiyini, nəfsin şərlərindən və digər bütün şərlərdən Ona sığınmağın vacibliyini açıqlayan böyük mənaları özündə əks etdirir.
 Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, hidayət Allahın əlindədir, Allah kimi doğru yola yönəldərsə, onu kimsə azdırmaz, azdırdığı kəsi isə doğru yola yönəldən olmaz.
 Sonra, Allahdan başqa ibadətə layiq məbud olmadığını bildirən tövhidin şəhadətini və Muhəmmədin Allahın qulu və rəsulu olduğunu bildirən risalənin şəhadətini söyləyir.
 Nəhayət bu xütbəni əmrləri yerinə yetirmək və qadağanlardan çəkinməklə, uca və cəlal sahibi olan Allahın razılğını umaraq təqvaya sahib olmaq, bunun mükafatı isə əməllərin, sözlərin saflaşması, günahların silinməsi və bağışlanması, gözəl dünya həyatı, Qiyamət günü cənnət müjdəsi kimi mövzuları özündə ehtiva edən üç ayə ilə xətm edir.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>Nikah, cümə və digər xütbələrin bu xutbə ilə açılmasının müstəhəbliyi.
 Xütbə Allaha həmd, iki şəhadət kəlimələrini və bəzi Quran ayələrini ehtiva etməlidir.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) dinlərində ehtiyacı olduqları məsələləri sahəbələrinə öyrətməsi.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
-[...2 lines deleted...]
-    <t>[Əbu Davud, Ət-Tirmizi,İbnu Məcə, Ən-Nəsai və Əhməd rəvayət etdi]</t>
+    <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/58060</t>
   </si>
   <si>
-    <t>لا نِكَاحَ إِلّا بِوَليٍّ</t>
+    <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>Vəlisiz nikah yoxdur</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Əbu Musa Əl-Əşaridən (Allah ondan razı olsun) rəvayət edildiyinə görə Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: "Vəlisiz nikah yoxdur".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) qadının vəlisi olmadan nikah bağlanmasının səhih olmadığını bəyan etmişdir.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
 يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
   </si>
   <si>
     <t>Vəli, nikahın səhih olması üçün şərtdir. Əgər nikah, qadının vəlisi olmadan bağlanarsa yaxud qadın özü özünü evləndirərsə nikah səhih sayılmaz.
 Vəli, qadına ən yaxın olan kişidir. Əgər qadına daha yaxın bir vəli varsa, bu zaman ona uzaq olan bir vəlinin onu evləndirməsi xətadır.
 Vəlinin: mükəlləf, kişi, nikahın məsləhətini bilən bir şəxs olması və həmçinin vəlisi olduğu qadın ilə vəlinin eyni bir dindən olması şərtdir. Kimdə bu şətrlərdən biri yoxdursa o, nikah əqdində qadına vəlilik etmə hüquqna sahib deyildir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/58066</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ</t>
+    <t>يا غلام، سم الله، وكل بيمينك، وكل مما يليك</t>
   </si>
   <si>
     <t>Ey oğlan, Bismilləh de. Sağ əlinlə ye və sənə yaxın olan yerdən ye”</t>
   </si>
   <si>
     <t>عن عُمر بن أبي سلمة رضي الله عنه قال: كُنْتُ غُلَامًا فِي حَجْرِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَانَتْ يَدِي تَطِيشُ فِي الصَّحْفَةِ، فَقَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ» فَمَا زَالَتْ تِلْكَ طِعْمَتِي بَعْدُ.</t>
   </si>
   <si>
     <t>Ömər ibn Əbu Sələmədən (Allah ondan razı olsun) rəvayət edildiyinə görə o belə demişdir. Mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) himayəsində olan bir uşaq idim. Yemək yeyərkən əlim yemək qabının hər yanına dolaşırdı. Bunu görən Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) mənə belə dedi: «Ey oğlan, Bismilləh de. Sağ əlinlə ye və sənə yaxın olan yerdən ye”. Bundan sonra mənim yemək yemə tərzim Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) mənə öyrədiyi kimi oldu.</t>
   </si>
   <si>
     <t>يُخْبِرُ عُمَرُ بن أبي سلمة رضي الله عنهما، ابن زوجة النبي صلى الله عليه وسلم أم سلمة رضي الله عنها، -وكان تحت تربيتِه ورعايته-، أنه كان أثناء الأكل يَنْقُلُ يدَه في جوانب الإناء ليلتقط الطعام، فعلَّمه النبي صلى الله عليه وسلم ثلاثة آداب من آداب الأكل: 
 أولها: قول "بسم الله" في بداية الأكل. 
 وثانيها: الأكل باليمين. 
 وثالثها: الأكل من الجانب الذي يَقْرُبُ منه من الطعام.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) tərbiyəsi və himayəsi altında böyüyən, xanımı Ummu Sələmənin (Allah ondan razı olsun) oğlu Ömər bin Əbu Sələmə (Allah ondan razı olsun) yemək yeyərkən yeməyi almaq üçün əlinin qabın hər tərəfində gəzib dolaşdığını və bunun üzərindən Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ona yemək yemə ədəbləridən üçünü öyrətdiyini xəbər vermişdir. Bu ədəblər aşağıdakılardır:
 Birincisi: Yeməyə başlamazdan öncə: "Bismilləh" demək.
 İkincisi: Sağ əl ilə yemək.
 Üçüncüsü: Qabda yeməyin özünə yaxın olan tərəfindən yemək.</t>
   </si>
   <si>
     <t>من آداب الأكل والشرب التسميةُ في أوله.
 تعليم الصبيان الآداب، لاسيَّما من كان تحت كفالة الإنسان.
 رفق النبي صلى الله عليه وسلم، وسعة صدره في تعليم الصغار وتأديبهم.
 من آداب الطعام الأكل مما يلي الإنسان، إلا إذا كان أصنافًا متعددة فله أن يأخذ منها.
 التزام الصحابة بما أدَّبهم به النبي صلى الله عليه وسلم، وذلك مستفاد من قول عمر: فما زالت تلك طعمتي بعد.</t>
   </si>
   <si>
     <t>Yemək-içmək ədəblərindən biri də, yemək və ya içməyə başlayarkən: "Bismilləh" deməkdir.
 Uşaqlara, xüsusən də insanın himayəsi altnda olan uşaqlara ədəb-ərkan öyrədilməsi.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) uşaqları təlim-tərbiyə etmə məsələsində səbirli və onlara qarşı şəfqətli olması.
 Yemək ədəblərindən biri də, insanın, qabda ona yaxın olan yerdən  yeməsidir. Amma yemək bir neçə növdən ibarətdirsə, bu zaman  yeməyi qabın müxtəlif yerindən ala bilər.
 Səhabələrin, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) onlara öyrətdiyi ədəb-ərkana riayət etmələri. Bu fayda, Ömərin: "Bundan sonra mənim yemək yemə tərzim Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) mənə öyrədiyi kimi oldu" sözündən alınmışdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/58120</t>
   </si>
   <si>
-    <t>إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ</t>
+    <t>إذا أكل أحدكم فليأكل بيمينه، وإذا شرب فليشرب بيمينه، فإن الشيطان يأكل بشماله، ويشرب بشماله</t>
   </si>
   <si>
     <t>Sizdən biri yediyi zaman sağ əli ilə yesin, içdiyi zaman da sağ əli ilə içsin. Çünki şeytan, sol əli ilə yeyir və sol əli ilə içir</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ».</t>
   </si>
   <si>
     <t>İbn Ömər (Allah onların hər ikisindən razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir: "Sizdən biri yediyi zaman sağ əli ilə yesin, içdiyi zaman da sağ əli ilə içsin. Çünki şeytan, sol əli ilə yeyir və sol əli ilə içir".</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم أنْ يأكلَ المسلمُ ويشربَ بيدِهِ اليمين، وينهى عن الأكل والشرب بالشمال؛ وذلك لأن الشيطان يأكل ويشرب بها.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) müsəlmana sağ əli ilə yeyib içməsini əmr etmiş və sol əli ilə yeyib içməyi də qadağan etmişdir. Çünki şeytan sol əl ilə yeyib içir.</t>
   </si>
   <si>
     <t>النهي عن التشبه بالشيطان بالأكل أو الشرب بالشمال.</t>
   </si>
   <si>
     <t>Sol əl ilə yeyib içməyin şeytana bənzəmək olduğu üçün qadağan edilməsi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/58122</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ</t>
+    <t>إن الله تجاوز عن أمتي ما حدثت به أنفسها، ما لم تعمل أو تتكلم</t>
   </si>
   <si>
     <t>Həqiqətən, Allah mənim ümmətimin, əməl etmədikcə və söyləmədikcə nəfsində danışdıqlarının üstündən keçmişdir”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: Həqiqətən, Allah mənim ümmətimin, əməl etmədikcə və söyləmədikcə nəfsində danışdıqlarının üstündən keçmişdir”.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ المسلم لا يُؤاخَذُ بحديث النَّفْس من الشر قبل العمل به أو التكلُّم  به، حيث رفع الله الحرج وعفا، ولم يؤاخذ أمة محمد صلى الله عليه وسلم بما وُجِدَ في الذهن وتردد في النفس من غير أن يطمئن إليه ويستقر عنده؛ فإن استقرَّ في قلبه كالكبر أو الخيلاء أو النفاق أو عمل بجوارحه أو قال بلسانه فإنه يؤاخذ بذلك.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bizə xəbər verir ki, bir müsəlman pis əməl etməmişdən və ya onun haqqında danışmamışdan əvvəl öz nəfsində danışmasına görə cəzalandırılmaz, çünki Allah çətinliyi aradan qaldırıb və əfv etmişdir və Muhəmmədin (Allahın salavatı və salamı onun üzərinə olsun) ümməti ağlına gələn və nəfsində keçirdiyinə görə onunla razılaşıb və qəlbində yerləşdirmədikcə cəzalandırılmaz; Lakin əgər qəlbində təkəbbür, lovğalıq və ya nifaq yerləşərsə, yaxud əzaları ilə əməl edərsə və ya dili ilə söyləyərsə, bunun hesabını verəcəkdir.</t>
   </si>
   <si>
     <t>الله تبارك وتعالى تجاوز وعفا عن الأفكار والهواجس التي تطرأ على النفس، فيحدّث الإنسان بها نفسه، وتمر على خاطره.
 الطلاق إذا فكَّر فيه الإنسان، وعرض في خاطره، ولكنه لم يتكلم به ولم يكتبه، فإنه لا يعتبر طلاقًا.
 حديث النفس لا يؤاخذ به الإنسان مهما عظم ما لم يستقر في نفسه ويعمل به أو يتكلم به.
 عظيم قدر أمة محمد صلى الله عليه وسلم باختصاصها بعدم المؤاخذة بحديث النفس بخلاف الأمم قبلنا.</t>
   </si>
   <si>
-    <t>Uca Allah nəfsə gələn fikirləri və vəsvəsələri bağışlamış və əfv etmişdir, çünki  insan bunları öz-özündə danışır və onlar onun ağlına gəlir.
-[...2 lines deleted...]
-Bizdən əvvəlki ümmətlərdən fərqli olaraq öz nəfsində danışdıqlarına görə məsuliyyət daşımamaq xüsusisiyyətinə görə  Muhəmmədin ümmətinin dəyəri böyükdür.</t>
+    <t>Uca Allah insanın nəfsinə gələn fikirləri və vəsvəsələri, yəni insanın öz-özünə danışdığı, düşündüyü və könlündən keçən şeyləri bağışlamış və onlardan keçmişdir.
+Əgər bir insan boşanma barədə fikirləşər, bu fikir onun zehnindən keçər, lakin o, bunu nə dillə söyləyər, nə də yazarsa, bu halda boşanma sayılmaz.
+İnsanın qəlbindən keçən daxili düşüncələrə — nə qədər böyük olsa da — o, onları qəlbində qərarlaşdırmadıqca, dilə gətirmədikcə və ya onlara əməl etmədikcə görə məsuliyyət daşımır.
+Bizdən əvvəlki ümmətlərdən fərqli olaraq, qəlbindən keçirdiyi fikirlərə görə məsul tutulmamaq xüsusiyyəti ilə Muhəmməd ümmətinin (sallallahu əleyhi və səlləm) dəyəri çox böyükdür.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/58144</t>
   </si>
   <si>
-    <t>مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً</t>
+    <t>رفع القلم عن ثلاثة: عن النائم حتى يستيقظ، وعن الصبي حتى يحتلم، وعن المجنون حتى يعقل</t>
+  </si>
+  <si>
+    <t>“Qələm üç nəfərdən qaldırılmışdır: Yuxudan oyanana qədər yatan kəsdən, həddi-büluğa çatana qədər uşaqdan və ağlı başına gələnə qədər dəlidən”</t>
+  </si>
+  <si>
+    <t>عن علي رضي الله عنه عن النبي صلى الله عليه وسلم قال: «رُفِعَ الْقَلَمُ عن ثلاثة: عن النائم حتى يَسْتَيْقِظَ، وعن الصبي حتى يَحْتَلِمَ، وعن المجنون حتى يَعْقِلَ».</t>
+  </si>
+  <si>
+    <t>Əlidən (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: “Qələm üç nəfərdən qaldırılmışdır: Yuxudan oyanana qədər yatan kəsdən, həddi-büluğa çatana qədər uşaqdan və ağlı başına gələnə qədər dəlidən”.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنَّ التكليفَ لازِمٌ لبني آدم إلا هؤلاء الثلاثة: 
+الطفل الصغير حتى يَكْبُرَ ويَبْلُغ.
+وعن المجنون فاقِدِ العقل حتى يَرجِعَ إليه عقلُه. 
+وعن النائم حتى يَستيقظَ.
+فالتكليف قد رُفِع عنهم، وفِعْلُهم الإثمَ لا يُكتبُ عليهم، لكن يُكتب الخيرُ للصبي الصغير دون المجنون والنائم؛ لأنهما في حَيِّزِ مَن ليس قابلًا لصحة العبادة منه لزوال الشعور.</t>
+  </si>
+  <si>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bu üç sinif istisna olmaqla, təklifin (şər'i vəzifələrin) Adəm övladı üçün  vacib olduğunu bildirmişdir:
+Böyüyüb həddi-büluğa çatana qədər kiçik uşaqdan.
+Ağlı özünə qayıdana qədər ağlını itirmiş dəlidən.
+Yuxudan oyanana qədər yatmış kəsdən.
+Onlardan cavabdehlik götürülüb, onların günah etməkləri onların əleyhinə yazılmır, lakin dəli və yatmış kəsdən fərqli olaraq yaxşılıq kiçik uşaq üçün yazılar. Çünki onlar, şüurun yox olmasına görə ibadəti səhih olmayan kəslərin sırasındadırlar.</t>
+  </si>
+  <si>
+    <t>فَقْدُ الإنسانِ الأهليةَ يكون إما بسبب النوم الذي أفقده الاستيقاظَ لأداءِ واجباته، أو بسبب حَدَاثَةِ السِّنِّ والصِّغَرِ الذي هو معها فاقد للأهلية، أو بسبب الجنون الذي اضطربت معه وظائفه العقلية، أو ما يَلْحَق به كالسُّكْر، فمن فقد التمييز والتصوُّر الصحيحين، فانتفت عنه الأهلية بسببٍ من هذه الأسباب الثلاثة؛ فإن الله تبارك وتعالى بعدله، وحلمه، وكرمه، قد رَفَعَ عنه المؤاخذةَ بما يَصْدُرُ عنه من تعدٍّ أو تقصير في حق الله تعالى.
+عدم كتابة الآثام عليهم، لا ينافي ثبوت بعض الأحكام الدنيوية عليهم؛ كالمجنون لو قَتَل، فلا قود عليه ولا كفارة، وعلى عاقلته الدية.
+للبلوغ ثلاث علامات: نزولُ المنيِّ، باحتلام وغيره، أو نَباتُ شَعَر العَانة، أو بإتمام خمسة عشر عامًا، وتزيد المرأة أمرًا رابعًا: وهو الحيضُ.
+قال السبكي: الصبي الغلام، وقال غيره: الولد في بطن أمه يسمى جَنينًا فإذا وُلِد فصبيٌّ فإذا فُطِمَ فغلامٌ إلى سَبْعٍ ثم يَصيْرُ يافِعًا إلى عَشْر ثم حزورًا إلى خمس عشرة، والذي يُقطع به أنه يُسمّى صبيًّا في هذه الأحوال كلها، قاله السيوطي.</t>
+  </si>
+  <si>
+    <t>İnsanın şəri vəzifələrə əhliyyətini itirməsi ya onun vəzifəsini yerinə yetirmək üçün oyanmasına mane olan yuxu, ya yaşının az olması, ya ağlın vəzifələrinin pozulması olan dəlilik və ona bənzər olan sərxoşluq səbəbi ilədir. Kim doğru şəkildə fərqləndirmək və təsəvvür etmək qabiliyyətini itirərsə, bu üç səbəbdən dolayı onun  şəri vəzifələrə olan əhliyyəti itər. Uca Allah Öz ədaləti, həlimliyi və səxavəti ilə onu, Uca Allahın haqqlarında etdiyi hər hansısa bir həddi aşmağına və ya səhlənkarlığına görə cəzadan azad etmişdir.
+Günahların onların əleyhinə yazılmaması bəzi dünyəvi hökmlərin tətbiq edilməsinə mane olmur. Məsələn: Əgər dəli kimisə öldürərsə, ona nə ölüm, nə də kəffarə yoxdur, lakin onun (əqiləsi) qohumları (diyəni) qanbahasını verməlidir.
+Həddi-büluğa çatmanın üç əlaməti var: İhtiləm (yuxuda bir şey görmək) səbəbiylə və digər səbəblərlə sperma ifrazı və yaxud cinsi orqan ətrafında tüklərin çıxması və ya on beş yaşın tamamlanması. Qadın üçün dördüncü əlamət əlavə edilir: O da heyzdir.
+Subki demişdir: "Sabiy" və "ğuləm" eynidir. Başqa alimlər isə deyiblər: Ana bətnində olan uşaq "cənin", doğulduqda "sabiy", süddən kəsilib yeddi yaşına qədər "ğuləm", on yaşına qədər "yəfi", sonra on beş yaşına qədər "həzur" adlanır. Dəqiq olan odur ki, bütün bu hallarda ona "sabiy" deyilir, necə ki, bunu  Suyuti demişdir.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/58148</t>
+  </si>
+  <si>
+    <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>Kim itaətdən çıxar, camaatdan ayrılar və bu hal üzərində ölərsə, cahiliyyə ölümü ilə ölmüş olur</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyra (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir: "Kim itaətdən çıxar, camaatdan ayrılar və bu hal üzərində ölərsə, cahiliyyə ölümü ilə ölmüş olur. Kim də kor-koranə cahiliyyə  bayrağı altında döyüşər, irqçilik üçün qəzəblənər və ya irqçiliyə dəvət edər yaxud da irqçiliyə yardım edər və bu əsnada öldürülürsə bu ölüm də cahiliyyə ölümüdür. Kim ümmətimə qarşı çıxıb, yaxşı olanını da, pis olanını da (ayırd etmədən) vurar, mömin olanlarına hörmət etməz, əhd sahibinə verdiyi sözü də yerinə yetirməzsə o, məndən deyildir, mən də ondan deyiləm".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) əmr sahlərinə itaətsizlik edən, onlara beyət etməyi qəbul edən İslam camaatından ayrılan, bu ayrılıq və itaətsizlik halında ölən kimsənin cahiliyyə əhli kimi  öldüyünü xəbər vermişdir. Çünki onlar əmirə itaət etməyən və bir camaata bağlı olmayan, əksinə, bir-birləri ilə döyüşən ayrı-ayrı fiqələrə bölünən bir toplumdur.
-- Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki,  kim, haqq ilə batili ayırd edilmədiyi bir bayraq altında döyüşərsə, dini və haqqı dəstəkləmək üçün deyil, əksinə, qövmünə və ya qəbiləsinə təəssübkeşlikdən dolayı qəzəblənərsə, bəsirət və elm olmadan döyüşər və bu hal üzərə öldürülürsə, o kimsə cahiliyyə adəti üzərində ölmüşdür.
+Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki,  kim, haqq ilə batili ayırd edilmədiyi bir bayraq altında döyüşərsə, dini və haqqı dəstəkləmək üçün deyil, əksinə, qövmünə və ya qəbiləsinə təəssübkeşlikdən dolayı qəzəblənərsə, bəsirət və elm olmadan döyüşər və bu hal üzərə öldürülürsə, o kimsə cahiliyyə adəti üzərində ölmüşdür.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) həmçinin, ümmətinə qarşı çıxmağın, saleh olanı, facir olandan ayırd etmədən hər birini vurmağın, etdiyi əmələ fikir verməməyin və mömin bir kimsəni öldürməsinin cəzasından qorxmamağın, özləri ilə əhd bağlayan əmr sahiblərinə və ya kafirlərə verdiyi əhdi tutmamağın böyük günahlardan olduğunu xəbər vermişdir. Kim bunları edərsə, hədisdə keçən şiddətli təhdidə məruz qalar.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Uca Allaha asi olan işlər istisna olmaqla, əmr sahiblərinə itaət etməyin vacib olması.
 Bu hədis, əmr sahiblərinə qarşı çıxmaqdan, həmçinin, müsəlman camaatından ayrılmaqdan şiddətli bir şəkildə çəkindirmiş və xəbər vermişdir ki, kim də bu hal üzərində ölərsə, o kimsənin, cahiliyyə dönəmində yaşayan insanların öldüyü yol üzərində ölmüş kimidir.
 Hadisdə irqçilik edərək döyüşmək qadağan edilmişdir.
 Əhdlərə vəfalı olmağın vacibliyi.
 Əmr sahiblərinə itaət etməkdə, camaatla birlikdə olmaqda: çoxlu xeyir, əmin-amanlıq, arxayınlıq və xoş güzəran içində yaşamaq vardır.
 Cahiliyyə dönəmindəki insanların durumlarına bənzər yaşamaq qadağan edilmişdir.
 Müsəlman camaatına bağlı olmaq əmr edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/58218</t>
   </si>
   <si>
-    <t>مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ</t>
+    <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
   </si>
   <si>
     <t>İşiniz bir adamın üzərində cəm olmuşkən, kim gəlib sizin birliyinizi sındımaq və ya camaatınızı parçalamaq istərsə onu öldürün!</t>
   </si>
   <si>
     <t>عن عرفجة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ».</t>
   </si>
   <si>
     <t>Arfəcədən (Allah ondan razı olsun) rəvayət edildiyinə görə o belə demişdir: Mən Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "İşiniz bir adamın üzərində cəm olmuşkən, kim gəlib sizin birliyinizi sındımaq və ya camaatınızı parçalamaq istərsə onu öldürün!".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المسلمين إذا اجتمعوا على حاكمٍ واحد، وجماعة واحدة، ثم جاء مَن يريد أن يُنازِعَه الحُكْمَ، أو أراد تفريقَ المسلمين لأكثر من جماعة، وجب عليهم منعُه وقتالُه؛ دفعًا لشرِّه وحقنًا لدماء المسلمين.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bu hədisdə bizə, müsəlmanlar bir hakim və bir camaat ətrafında toplaşdıqları zaman biri gəlib ondan hökmü almaq yaxud müsəlman camaatını bir neçə camaata parçalamaq istəsə, müsəlmanlara, o kişinin şərrini dəf etmək və müsəlmanların qanının tökülməsinə mane olmaq üçün onunla döyüşmələrinin vacib olduğunu bəyan etmişdir.</t>
   </si>
   <si>
     <t>وجوب السمع والطاعة لولي أمر المسلمين في غير معصية، وتحريم الخروج عليه.
 مَن خَرَجَ على إمام المسلمين وجماعتهم فإنه يجب قتاله مهما كانت منزلته شَرَفًا ونَسَبًا.
 الحث على الاجتماع وعدم التفرُّق والاختلاف.</t>
   </si>
   <si>
     <t>Allaha asilik olmayan işlərdə müsəlmanların əmr sahiblərinə itaət edib, onların sözünü dinləmələrinin vacib və onlara qarşı çıxalarının isə haram olması.
 Kim müsəlmanların imamına və camaatına qarşı çıxarsa, onun insanlar arasında olan məqamının və əsil-nəcabətinin nə qədər üstün olmasından aslı olmayaraq, ona qarşı döyüşməyin vacib olması.
 Hədisdə, camaat olmağa, parçalanmamağa və ixtilafa düşməməyə təşviq edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/58223</t>
   </si>
   <si>
-    <t>كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة</t>
+    <t>اجتنبوا هذه القاذورة التي نهى الله عنها فمن ألم فليستتر بستر الله وليتب إلى الله، فإنه من يبد لنا صفحته نقم عليه كتاب الله عز وجل</t>
+  </si>
+  <si>
+    <t>Allahın qadağan etdiyi bu çirkin işdən çəkinin. Kim (bu günaha) düşərsə, qoy Allahın örtüyü ilə örtünsün və Allaha tövbə etsin. Çünki kim günahını bizə göstərərsə, biz ona İzzət və Cəlal sahibi olan Allahın kitabındakı cəzanı tətbiq edərik</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صلى الله عليه وسلم قَامَ بَعْدَ أَنْ رَجَمَ الْأَسْلَمِيَّ فَقَالَ: «اجْتَنِبُوا ‌هَذِهِ ‌الْقَاذُورَةَ الَّتِي نَهَى اللَّهُ عَنْهَا فَمَنْ أَلَمَّ فَلْيَسْتَتِرْ بِسِتْرِ اللَّهِ وَلْيُتُبْ إِلَى اللَّهِ، فَإِنَّهُ مَنْ يُبْدِ لْنَا صَفْحَتَهُ نُقِمْ عَلَيْهِ كِتَابَ اللَّهِ عز وجل».</t>
+  </si>
+  <si>
+    <t>Abdullah bin Ömər (Allah hər ikisindən razı olsun) rəvayət edir ki, Allahın Rəsulu (sallallahu aleyhi va səlləm) "Əsləmi" qəbiləsindən olan bir kişini rəcm (daşqalaq) etdikdən sonra ayağa qalxıb belə dedi: "Allahın qadağan etdiyi bu çirkin işdən çəkinin. Kim (bu günaha) düşərsə, qoy Allahın örtüyü ilə örtünsün və Allaha tövbə etsin. Çünki kim günahını bizə göstərərsə, biz ona İzzət və Cəlal sahibi olan Allahın kitabındakı cəzanı tətbiq edərik".</t>
+  </si>
+  <si>
+    <t>أخبر ابن عمر رضي الله عنهما أن النبي صلى الله عليه وسلم قام بعد أن رجم ماعز بن مالك الأسلمي رضي الله عنه حدَّ الزنا، فخطب بالناس وقال: 
+اجتنبوا ‌هذه ‌القاذورة وما يُستقذر ويُستقبح من المعاصي التي نهى الله عنها، ومن وقع وأصاب منها شيئًا وجب عليه شيئان: 
+الأول: أن يستتر حيث ستره الله ولا يُخبِر بمعصيته. 
+الثاني: أن يبادر بالتوبة إلى الله ولا يصرّ عليها، ومن ظهرت لنا معصيته أقمنا عليه الحدَّ المذكور في كتاب الله عز وجل لتلك المعصية.</t>
+  </si>
+  <si>
+    <t>İbn Ömər (Allah hər ikisindən razı olsun) xəbər verir ki, Peyğəmbər (sallallahu aleyhi va səlləm) Maiz bin Malik əl-Əsləmini (Allah ondan razı olsun) zina cəzası olaraq rəcm etdikdən sonra qalxıb insanlara xitab edərək belə dedi: "Uca Allahın qadağan etdiyi bu murdar, çirkin və iyrənc hesab olunan günahlardan çəkinin. Kim bunlardan birinə düşərsə, ona iki şey vacibdir: Birincisi: Allah onun günahını gizlətdiyi kimi, o da öz günahını gizlətməli və günahını heç kimə bildirməməlidir. İkincisi: Allaha tövbə etməyə tələsməli və günahında israr etməməlidir. Kimin günahı bizə aşkar olarsa, bu zaman biz ona, Allahın kitabında o günah üçün göstərilən həddi tətbiq edərik.</t>
+  </si>
+  <si>
+    <t>الترغيب في ستر العبد المذنب نفسه، ويتوب عن الذنب فيما بينه وبين ربه.
+الحدود إذا بلغت ولي الأمر فلا بد من إقامة الحد.
+وجوب اجتناب المعاصي، والتوبة منها.</t>
+  </si>
+  <si>
+    <t>Günahkar qulu, öz günahını gizlətməyə və Allah ilə özü arasında olan günahından tövbə etməyə təşviq etmək.
+Əgər hüdudlar əmr sahibinə (rəhbərə) çatarsa, bu zaman günaha görə təyin edilmiş şəri hədd cəzasının tətbiq edilməsi vacibdir.
+Günahlardan çəkinmənin və onlardan tövbə etməyin vacibliyi.</t>
+  </si>
+  <si>
+    <t>رواه الحاكم والبيهقي</t>
+  </si>
+  <si>
+    <t>[رواه الحاكم والبيهقي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/58240</t>
+  </si>
+  <si>
+    <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
   </si>
   <si>
     <t>“Hər sərxoşedici alkaqollu içkidir və hər bir sərxoşedici haramdır və kim dünyada sərxoşedici içkiyə aludə olub onu daima içərsə və tövbə etmədən ölərsə, onu axirətdə içməyəcəkdir”</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
   </si>
   <si>
     <t>İbn Ömərdən (Allah hər ikisindən razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: “Hər sərxoşedici alkaqollu içkidir və hər bir sərxoşedici haramdır və kim dünyada sərxoşedici içkiyə aludə olub onu daima içərsə və tövbə etmədən ölərsə, onu axirətdə içməyəcəkdir”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki, ağlı bulandıran və onu aparan hər bir şey- istər içmək, yemək, nəfəs almaq, istərsə də başqa şəkildə olsun-        sərxoşedici içki (hökmündədir) və Uca Allah hər sərxoş edən və ağlı aparan şeyi -istər az, istərsə də çox olsun- haram və qadağan etmişdir. Bu sərxoşedicilərin hər hansı bir növündən içən, buna davam edən və ölənə qədər bundan tövbə etməyən hər kəs; onu cənnətdə içməkdən məhrum edilməklə Allahın cəzasına layiqdir.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>Alkaqollu içkinin haram edilməsinin səbəbi, sərxoşedici olmasıdır və hansı növ olmasından asılı olmayaraq hər sərxoşedici şey  haramdır.
 Uca Allah tərkibindəki böyük zərər və fəsadlara görə alkaqollu içkini haram etmişdir.
 Cənnətdə şərab içmək, ləzzətin kamilliyi və nemətin tam olmasındandır.
 Kim bu dünyada öz nəfsini içki içməkdən saxlamazsa, Allah ona cənnətdə şərab içməyi haram edər. Çünki, cəza əməlin cinsindəndir.
 Ölümdən əvvəl günahlardan tövbə etməyə tələsməyə təşviq etmək.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
   </si>
   <si>
+    <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/az/browse/hadith/58259</t>
   </si>
   <si>
-    <t>مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا</t>
+    <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>Kim əhd verilən birini öldürərsə, Cənnətin iyini almaz. Halbuki onun iyi qırx illik məsa­fədən hiss edilir</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>Abdullah bin Amr bin As (Allah hər ikisindən razı olsun) rəvayət edir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Kim əhd verilən birini öldürərsə, Cənnətin iyini almaz. Halbuki onun iyi qırx illik məsa­fədən hiss edilir".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki, kim müahidi -müahid, müsəlman ölkəsinə əhd və əmin-əman içində daxil olmasına izin verilən kafirdir- öldürərsə, onu öldürən kimsə Cənnətin iyini belə hiss etməyəcəyək. Halbuki onun iyi qırx illik məsa­fədən hiss edilir.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
 التحذير من خيانة العهود مع غير المسلمين.</t>
   </si>
   <si>
     <t>Müahidi, zimmi və müstəmən olan kafirlərin öldürülməsi haramdır və böyük günahlardan biridir.
 Müahid: Kafirlərdən olub özündən əhd alınan, ölkəsində yaşayıb müsəlmanlara qarşı döyüşməyən və müsəlmanların da onunla döyüşmədikləri kimsədir. 
 Zimmi: Müsəlman diyarında yaşayıb cizyə ödəyən kafirdir. 
 Müstəmən: Müəyyən bir vaxta qədər müsəlman diyarına əmin-aman girməsinə izin verilən kafirdir.
 Qeyri-müsəlmanlarla bağlanan əhdlərə xəyanət edilməsi qadağan edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/64637</t>
   </si>
   <si>
-    <t>نَهَى عَنْ كُلِّ ذِي نَابٍ مِنَ السِّبَاعِ، وَعَنْ كُلِّ ذِي مِخْلَبٍ مِنَ الطَّيْرِ</t>
+    <t>نهى عن كل ذي ناب من السباع، وعن كل ذي مخلب من الطير</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) köpək dişi olan hər yırtıcının və caynağı olan hər quşun ətini yeməyi qadağan etdi</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضيَ اللهُ عنهُما أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم: نَهَى عَنْ كُلِّ ذِي نَابٍ مِنَ السِّبَاعِ، وَعَنْ كُلِّ ذِي مِخْلَبٍ مِنَ الطَّيْرِ.</t>
   </si>
   <si>
     <t>İbn Abbasdan (Allah ondan və atasından razı olsun) rəvayət edilir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) köpək dişi olan hər yırtıcının və caynağı olan hər quşun ətini yeməyi qadağan etdi.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن أكْلِ كلِّ سَبُعٍ من الحيوانات المُفْتَرِسَة التي تَصِيْد بواسطة نابِها، وعن أَكْلِ كلِّ طَيْرٍ يَقْطَع ويُمْسِكُ بمِخْلَبِهِ.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dişi ilə ovlayan hər yırtıcı heyvanın  və caynaqları ilə kəsən və tutan hər quşun ətini yeməyi qadağan etmişdir.</t>
   </si>
   <si>
     <t>حرص الإسلام على الطيِّبات في كل شيء من المأكل والمشرب وغيرها.
 الأصل في الأطعمة الحِلّ؛ إلا ما دلَّ الدليل على تحريمه.</t>
   </si>
   <si>
     <t>İslam dininin yemək, içmək və digər məsələlərdə təmiz olan şeylərə hərisliyi.
 Qidalarla bağlı əsas prinsip - haramlığına dəlalət edən dəlil olmadıqca -onların halal olmasıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/64643</t>
   </si>
   <si>
-    <t>لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ</t>
+    <t>لعن رسول الله صلى الله عليه وسلم الراشي والمرتشي في الحكم</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) hökm verərkən rüşvət verənə və rüşvət alana lənət etmişdir</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ.</t>
   </si>
   <si>
     <t>Əbu Hureyra (Allah ondan razı olsun) demişdir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) hökm verərkən rüşvət verənə və rüşvət alana lənət etmişdir.</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم بالطرد والإبعاد من رحمة الله عز وجل لدافع الرشوة وآخذها وقابضها.
 ومن ذلك ما يُدفع للقُضاة ليَحِيْفُوا في الحُكْم الذي يَتَولونه؛ ليتوصل به المُعطي إلى مراده بغير حق.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) rüşvət verənə və rüşvət alana Allahın rəhmətindən uzaq olması və qovulması üçün bəd dua etmişdir.
 Bura, rüşvət verənin istədiyini haqsız yerə əldə edə bilməsi üçün hökm verdiyi məsələdə rüşvət alan hakimlər də daxildir.</t>
   </si>
   <si>
     <t>يَحْرُمُ بذل الرشوة، وأخذُهَا، والتوسُّطُ فيها، والإعانةُ عليها؛ لما فيها من التعاون على الباطل.
 الرشوة من كبائر الذنوب؛ لأنَّ رسول الله صلى الله عليه وسلم لعن آخذَها ومعطيَها.
 الرشوة في باب القضاء والحُكْم أعظم جُرْمًا، وأشد إثمًا؛ لما فيها من الظلم والحكم بغير ما أنزل الله.</t>
   </si>
   <si>
     <t>Rüşvət vermək, rüşvət almaq və bu işdə araçılıq etmək, batilə yardım və kömək olunduğu üçün haramdır.
 Rüşvət böyük günahlardandır. Çünki Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) rüşvət alana da verənə də lənət etmişdir.
 Rüşvət, məhkəmə və hökm məsələlərində, hakimləri insanlara zülüm etməyə və Allahın endirdiyindən başqası ilə hökm yerməyə sövq etdiyi üçün ən ağır və ən böyük günahdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/64689</t>
   </si>
   <si>
-    <t>بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ</t>
+    <t>بني الإسلام على خمس</t>
   </si>
   <si>
     <t>İslam beş təməl üzərində qurulub</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ عُمَر رضي الله عنهما قال: قال رسولُ الله صلى الله عليه وسلم: «بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
     <t>Abdullah bin Ömər (Allah onların hər ikisindən razı olsun)  Allahın Elçisinin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğunu rəvayət edir: İslam beş təməl üzərində qurulub: Allahdan başqa ibadətə layiq məbud olmadığına, Muhəmmədin Onun qulu və rəsulu olduğuna şəhadət etmək, namaz qılmaq, zəkat vermək, Allahın evini həcc etmək və Ramazan orucunu tutmaq".</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، 
 وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. 
 والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. 
 والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. 
 والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
     <t>Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) beş sütun üzərində qurulan İslamı inşa olunmuş möhkəm bir binaya bənzədib, İslamın digər xüsusiyyətləri isə bu binanın tamamlanması kimidir. Bu sütunlardan birincisi: iki şəhadət- Allahdan başqa ibadətə layiq məbud olmadığına və Muhəmmədin Allahın rəsulu olduğuna şəhadət gətirməkdir ki- bu da bir sütundur, biri digərindən ayrılmazdır. İnsan, Allahın təkliyini, yalnız Onun ibadətə layiq olduğunu etiraf edib, şəhadətin tələblərinə uyğun əməl edib və Muhəmmədin (Allahın salavatı və salamı onun üzərinə olsun) şəriətinə iman gətirib və ona tabe olaraq bu şəhadəti tələffüz edir. İkinci sütun: gün ərzində vacib olan beş namazı- sübh, zöhr, əsr, məğrib, işa namazlarını şərtlərinə, ərkanlarına və vaciblərinə uyğun qılmaq. Üçüncü sütun: vacib zəkatın ödənilməsi- bu, vacib ibadət olaraq şəriətlə tənzimlənir, sərvətin miqdarı müəyyən həddə çatdıqda təyin edilmiş hissəsi ehtiyaclılara verilir. Dördüncü sütun: həcc - Tələb olunan əməlləri yerinə yetirmək məqsədi ilə Məkkəyə yollanmaq və bununla da uca Allaha ibadət etmək. Beşinci sütun: Ramazan orucu, Allaha ibadət niyyəti ilə səhər dan yeri ağarandan-gün batana qədər yemək, içmək və orucu pozan başqa şeylərdən çəkinməkdir.</t>
   </si>
   <si>
     <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
 الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
   </si>
   <si>
     <t>İki şəhadətin bir-birindən ayrılmazlığı, ona görə də onlardan biri digəri olmadan etibarlı deyil. Buna görə də, şəriət onları birlikdə- bir sütun edib.
 İki şəhadətin dinin əsası olması, bu iki şəhadətsiz nə söz, nə də əməl qəbul deyildir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65000</t>
   </si>
   <si>
-    <t>‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ</t>
+    <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
     <t>Sizlərdən biriniz bir münkər gördükdə, onu əli ilə dəyişsin, əgər bacarmırsa, dili ilə dəyişsin, əgər onu da bacarmırsa, qəlbi ilə dəyişsin, bu isə imanın ən zəif dərəcəsidir</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Əbu Səid əl-Xudridən (Allah ondan razı olsun) rəvayətə  görə o belə demişdir: Mən, Allah Rəsulunun (Allahın salamı və salavatı onun üzərinə olsun) belə dediyini eşitdim: "Sizlərdən biriniz bir münkər gördükdə, onu əli ilə dəyişsin, əgər bacarmırsa, dili ilə dəyişsin, əgər onu da bacarmırsa, qəlbi ilə dəyişsin, bu isə imanın ən zəif dərəcəsidir".</t>
   </si>
   <si>
     <t>يأمر النبي صلى الله عليه وسلم بتغيير المنكر -وهو كل ما نهى الله عنه ورسوله- حسب الاستطاعة، 
 فإذا رأى منكرًا فيجب عليه تغييره باليد إن كان له قدرة، 
 فإن عجز عن ذلك فليغيره بلسانه بأن ينهى مرتكبه ويُبيِّن له ضرره ويرشده إلى الخير بدل هذا الشر، 
 فإن عجز عن هذه المرتبة فليغيره بقلبه بأن يَكرَه هذا المنكر ويَعزِم أنه لو قدر على تغييره لفعل، 
 والتغيير بالقلب أضعف مراتب الإيمان في تغيير المنكر.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salamı və salavatı onun üzərinə olsun) müsəlmana,  Allahın və Onun rəsulunun qadağan etdiyi hər bir münkəri  gücü çatacağı şəkildə dəyişməyi əmr etmişdir. Əgər bir şəxs münkər görərsə, gücü çatırsa, onu əli ilə dəyişməsi vacibdir. Əgər bunu bacarmazsa, onu dili ilə dəyişməlidir. Yəni: həmin əməl sahibini o pis işdən çəkindirməli, bu əməlin ona olan zərərini bəyan etməli və onu, bu şərin əvəzinə xeyirli bir işə yönəltməlidir. Əgər bu üslubla da bacarmazsa, bu zaman onu qəlbi ilə dəyişməlidir. Yəni: o əmələ qəlbi ilə nifrət etməli və gücü çataçağı təqdirdə onu dəyişəcəyinə əzm etməlidir. Münkəri qəlblə inkar etmək, münkəri dəyişmədə imanın ən zəif dərəcəsidir.</t>
   </si>
   <si>
     <t>الحديث أصل في بيان مراتب تغيير المنكر.
 الأمر بالتَّدَرُّج في النهي عن المنكر، كلٌّ بحسب استطاعته وقدراته.
 النهي عن المنكر باب عظيم في الدين ولا يسقط عن أحد، ويُكَلَّف به كل مسلم بحسب استطاعته.
 الأمر بالمعروف والنهي عن المنكر من خصال الإيمان، والإيمان يزيد وينقص.
 يشترط في النهي عن المنكر: العلم بكون ذلك الفعل منكرًا.
 يشترط في تغيير المنكر: أن لا يترتب عليه منكر أعظم منه.
 للنهي عن المنكر آداب وشروط ينبغي على المسلم أن يتعلمها.
 إنكار المنكر يحتاج إلى سياسة شرعية، وإلى علم وبصيرة.
 عدم الإنكار بالقلب يدل على ضعف الإيمان.</t>
   </si>
   <si>
     <t>Bu hədis, münkərin dəyişdirilmə mərtəbələrini izah edən əsas hədisdir.
 Münkəri qadağan etməkdə mərhələlər və hər kəsin bacarığı və qüdrəti daxilində olmasının əmr ediməsi.
 Münkərdən çəkindirmək, dində hər bir müsəlmana vacib olan əzəmətli mövzudur və hər bir müsəlman da bacardığı qədər bununla mükəlləfdir.
 Yaxşılığı əmr edib, münkərdən çəkindirmək imanın xüsusiyyətlərindəndir. İman artır və azalır.
 Edilən bir felin münkər olduğunu bilmək, münkərdən çəkindirməkdə şərtdir.
 Həmçinin münkəri dəyişdirdikdə, ondan da daha böyük bir münkərin ortaya çıxmaması, münkəri dəyişdirməkdə olan şərtlərdən biridir.
 Münkərdən çəkindirmənin ədəb və şərtləri vardır ki, müsəlmanın onları öyrənməsi lazımdır.
 Münkəri inkar etmək, şəri siyasəti bilməyi və həmçinin elm və bəsirət sahibi olmağı tələb edir.
 Münkəri qəlb ilə də olsa inkar etməmək, imanın zəif olduğuna dəlalət edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65001</t>
   </si>
   <si>
-    <t>مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ</t>
+    <t>من أحسن في الإسلام لم يؤاخذ بما عمل في الجاهلية، ومن أساء في الإسلام أخذ بالأول والآخر</t>
   </si>
   <si>
     <t>Kim İslamda yaxşı işlər görərsə, cahiliyyədə etdiklərinə görə hesaba çəkilməz, kim İslamda pis işlər görərsə, cahilikdə və İslamda etdiyi əməllərə görə hesaba çəkilər</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنُؤَاخَذُ بِمَا عَمِلْنَا فِي الْجَاهِلِيَّةِ؟ قَالَ: «مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ».</t>
   </si>
   <si>
     <t>İbn Məsuddan (Allah ondan razı olsun) rəvayət edildiyinə görə o belə demişdir: Bir kişi dedi: Ey Allahın Rəsulu, cahiliyyə zamanında etdiyimizə görə hesaba çəkiləcəyikmi? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) cavab verərək buyurdu: Kim İslamda yaxşı işlər görərsə, cahiliyyədə etdiklərinə görə hesaba çəkilməz, kim İslamda pis işlər görərsə, cahilikdə və İslamda etdiyi əməllərə görə hesaba çəkilər.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم فضل الدخول في الإسلام، 
 وأن من أسلم وحسن إسلامه وكان مخلصًا صادقًا؛ فلا يحاسب بما عمل في الجاهلية من معاصي، 
 ومن أساء في الإسلام بأن كان منافقًا أو ارتد عن دينه؛ حوسب بما عمل في الكفر وبما عمل في الإسلام.</t>
   </si>
   <si>
     <t>Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) İslama daxil olmağın fəzilətini bəyan edir. Kim İslamı qəbul edib yaxşı əməllər edərsə, əməllərində sadiq və ixlaslı olarsa, cahiliyyə dövründə etdiyi günahlara görə hesaba çəkilməz. Kim də münafiq olar yaxud dinindən dönərsə, həm küfrdə olduğu dövrdə, həm də İslamda olduğu zaman etdiyi əməllərə görə hesaba çəkiləcəkdir.</t>
   </si>
   <si>
     <t>اهتمام الصحابة رضوان الله عليهم وخوفهم مما كان منهم من الأعمال في الجاهلية.
 الحث على الثبات على الإسلام.
 فضل الدخول في الإسلام وأنه يكفر الأعمال السابقة.
 المرتد والمنافق يُحاسَبُ بكلِّ عملٍ له سَبَقَ في الجاهلية، وبكل ذنب فَعله في الإسلام.</t>
   </si>
   <si>
     <t>Sahabələrin (Allah onlardan razı olsun) cahiliyyə dövründə etdikləri əməllərdən dolayı qorxmaları və bu barədə maraqlanmaları.
 İslamda sabitqədəm olmağa təşviq edilmişdir.
 Hədisdə İslama daxil olmanın fəziləti və bunun keçmiş günahlara kəffarə olması ifadə edilmişdir.
 Mürtəd və münafiq kimsə, həm cahiliyyə dövründə etdiyi bütün əməllərə görə, həm də İslamda etdiyi hər bir günaha görə hesaba çəkiləcəkdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65002</t>
   </si>
   <si>
-    <t>أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ</t>
+    <t>أرأيت إذا صليت الصلوات المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
   </si>
   <si>
     <t>Əgər mən gündəlik fərz namazlarını qılıb, Ramazan orucunu tutub, Allahın halalını halal, haramını haram olaraq etiqad etsəm</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الْجَنَّةَ؟ قَالَ: «نَعَمْ»، قَالَ: وَاللهِ لَا أَزِيدُ عَلَى ذَلِكَ شَيْئًا.</t>
   </si>
   <si>
     <t>Cabirdən (Allah ondan razı olsun) rəvayət edildiyinə görə o belə demişdir: Bir kişi Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) soruşaraq dedi: Əgər mən gündəlik fərz namazlarını qılıb, Ramazan orucunu tutub, Allahın halalını halal, haramını haram olaraq etiqad etsəm, bunlara başqa heç bir əməl əlavə etməsəm, Cənnətə daxil olaram? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona: "Bəli"- deyərək cavab verdi. Bu zaman kişi: Allaha and olsun ki, bunlara başqa bir əməl əlavə etməyəcəm- dedi.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم أن من صلى الصلوات الخمس المفروضات ولم يزد عليها شيئًا من النوافل، وصام رمضان ولم يتطوع، واعتقد حِلَّ الحلال وفَعَله، واعتقد حُرمة الحرام واجتنبه، أنه يدخل الجنة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bu hədisdə bizə, beş vaxt fərz namazı qılıb, nafilə olaraq başqa namaz qılmayan, Ramazan orucunu tutub, nafilə olaraq başqa nafilə oruc tutmayan, halalların halal olduğunu etiqad edib, onları edən və haramların da haram olduğunu etiqad edib, onlardan çəkinən kimsənin Cənnətə girəcəyini bəyan etmişdir.</t>
   </si>
   <si>
     <t>حرص المسلم على فعل الفرائض وترك المحرمات، وأن تكون غايته دخول الجنة.
 أهمية فعل الحلال واعتقاد حِلَّه، وتحريم الحرام واعتقاد حرمته.
 فعل الواجبات وترك المحرمات سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Müsəlman, fərzləri yerinə yetirməyə və haramları tərk etməyə həris olmalı və əsas qayəsi də Cənnətə daxil olmaq olmalıdır.
 Hədisdə, halalı halal olaraq etiqad edib, onu etməyin və haramı da haram olaraq etiqad edib, ondan çəkinməyin əhəmiyyəti vurğulanmışdır.
 Vacibləri yerinə yetirmək və haramlardan çəkinmək Cənnətə daxil olmaq üçün səbəbidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65003</t>
   </si>
   <si>
-    <t>الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ</t>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماوات والأرض</t>
   </si>
   <si>
     <t>Təmizlik imanın yarısıdır. Əlhəmdulilləh tərəzini doldurur. Subhənallah və əlhəmdulilləh sözləri isə yerlər və göylərin arasını doldurur</t>
   </si>
   <si>
     <t>عن أبي مالكٍ الأشعريِّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا».</t>
   </si>
   <si>
     <t>Əbu Malik Əl-Əşaridən (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: "Təmizlik imanın yarısıdır. Əlhəmdulilləh tərəzini doldurur. Subhənallah və əlhəmdulilləh sözləri isə yerlər və göylərin arasını doldurur. Namaz nurdur, sədəqə burhandır (dəlildir), səbr isə işıqdır. Quran ya sənin leyhinə ya da əleyhinə dəlildir. Hər kəs sabahlayaraq öz nəfsini satar, kimisi (Allaha itaət etməklə Cəhənnəm əzabından) onu azad edər, kimisi isə (şeytana tabe olmaqla) onu həlak edər".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. 
 وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. 
 وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. 
 وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. 
 وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. 
 وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. 
 وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. 
 ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، 
 فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) zahiri təmizliyin dəstəmaz və qüsl ilə olacağını və bunun namazın şərti olduğunu xəbər vermişdir. Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) "Əlhəmdulilləh tərəzini doldurur"- sözü, Uca Allaha tərifdir və Onu kamil sifətlərlə vəsf etməkdir. Bu söz, qiyamət günü tərəzidə çəkiləcək və əməllər tərəzisini dolduracaqdır. Peyğəmbərin (Allahın salamı və salavatı onun üzərinə olsun) "Subhənallah və əlhəmdulilləh"- sözü, Uca Allahı  bütün nöqsanlardan uca tutmaq, Onu, Cəlalına layiq bir şəkildə kamil sifətlərlə vəsf edərək, Ona məhəbbət bəsləmək və Ona təzim etmək göylər və yer arasını doldurur. Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) "Namaz nurdur"- sözü, qulun qəlbində, üzündə, qəbrində və həşr edildiyində nur olacağı mənasındadır. "Sədəqə bürhandır"- sözü, möminin imanında səmimi olduğuna və imanının qarşılığında veriləcək vədə inanmadığı üçün ondan üz çevirən münafiqdən fərqli olduğuna dəlildir. "Səbr işıqdır"- sözü, nəfsi, dözümsüzlük nümayiş etdirməkdən və qəzəblənməkdən saxlaması deməkdir. Bu işıq, günəş işığı kimi hərarətli və yandıran bir işıqdır. Çünki, səbr etmək məşəqqətli bir işdir və insanın nəfsi ilə mübarizə aparıb, onun istəklərindən əngəllməsi lazımdır. Səbr sahibi nur, hidayət və haqq üzərində davam edir. Allaha itaətdə səbr etmək, günahlara qarşı səbr etmək və dünyada başına gələn müsibətlərə və müxtəlif çətinliklərə səbr etmək  səbrin növlərindəndir. "Quran ya sənin leyhinə dəlildir" - oxumaqla və  ona əməl etməklə sənin lehinə dəlildir, 
 "ya da aleyhinə dəlildir" - ondan qaynaqlanan əməlləri və tilavətini tərk etməklə  sənə qarşı hüccətdir. Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, bütün insanlar yataqlarından qalxıb evlərindən çıxaraq müxtəlif işlər görmək üçün yer üzünə yayılırlar və çalışmağa başlayırlar. Onlardan bir qismi Allaha itaət üzərində olaraq özlərini cəhənnəmdən xilas edir, bir qismi isə, bu yoldan azaraq haramlara düşür və cəhənnəmə daxil olaraq özlərini həlak edirlər.</t>
   </si>
   <si>
     <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
 أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
 الصدقة دليل على صدق الإيمان.
 أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
 النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
 كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
 الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
   </si>
   <si>
     <t>Təmizlik iki növdür:  Zahiri təmizlik və bu, dəstəmaz və qüslla baş verir. 
  Daxili təmizlik- bu isə iman, tövhid və saleh əməllərlə hasil olur.
 Namazlara diqqət edib, vaxtında qılmağın əhəmiyyəti və onun bu dünyada da, qiyamət günündə də, insan üçün nur olması.
 Sədəqə imanın səmimiliyinə dəlildir.
 Quranın hökmlərinə əməl etməyin əhəmiyyəti və onun sənin əleyhinə yox, leyhinə dəlil olması üçün təsdiq etməyin önəmi.
 Nəfsi itaətlə məşğul etməsən, səni günahlarla məşğul edər.
 Hər bir insanın müəyyən əməllər etməsi qaçılmazdır,  o ya itaətlə özünü cəhənnəmdən xilas edər, ya da asiliklə özünü cəhənnəmə atar.
 Səbr dözümlülüyü və qarşılığını Allahdan gözləməyi tələb edir və bunda da çətinlik var.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65004</t>
   </si>
   <si>
-    <t>أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ</t>
+    <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
   </si>
   <si>
     <t>Bilin ki, bir kişinin ona çatan hədis barədə öz oturacağının  qoltuğuna rahat söykənərək belə söyləyəcəyi zaman yaxındadir: Bizimlə sizin aranızda Allahın kitabı var</t>
   </si>
   <si>
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
     <t>Miqdəd bin Madikərib (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir: Bilin ki, bir kişinin ona çatan hədis barədə öz oturacağının  qoltuğuna rahat söykənərək belə söyləyəcəyi zaman yaxındadir: Bizimlə sizin aranızda Allahın kitabı var , orada nəyi halal gördüksə , onu halal bilərik, haram gördüyümüzü isə haram bilərik. Bilin ki, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) haram etdikləri Allahın haram etdikləri kimidir .</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, bir qrup insanın toplaşdığı məclisdə , onlardan birinin öz oturacağının qoltuğuna söykəndiyi halda Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) ona bir hədis deyildikdə, o hədis barədə : "Bizimlə sizin aranızdakı məsələlərdə hökm verən Qurani Kərimdir və o bizə kifayətdir, orada nə  halal tapsaq ona əməl edərik və nə haram görsək ondan uzaqlaşarıq" deməsi zamanı artıq yaxınlaşmışdır. Sonra Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, onun sünnəsində haram etdiyi və ya qadağan etdiyi hər şey Allahın  haram etdiyinin hökmü kimidir, çünki o, öz Rəbbinin hökmlərini çatdırır.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>Sünnənin Quran kimi təzim edilməsi və ondan şəriət əhkamlarının götürülməsi.
 Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) itaət Allaha itaətdir, ona asi olmaq  isə Uca Allaha asi olmaqdır.
 Sünnənin hüccət olmasının sübutu və sünnəni qəbul etməyib inkar edənlərə cavab.
 Kim sünnədən üz çevirib,  yalnız Quranla kifayətlənməyi iddia edərsə, o, onların hər ikisindən üz çevirmiş olur və Qurana tabeçiliyindəki iddiasında yalançıdır.
 Peyğəmbərimizin (Allahın salavatı və salamı onun üzərinə olsun) gələcəkdə baş verəcək şeylər haqqında xəbər verməsi peyğəmbərliyin sübutudur və  xəbər verdiyi kimi baş tutur.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[Əbu Davud, Ət-Tirmizi və İbnu Məcə rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65005</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟</t>
+    <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>Ey Allahın Rəsulu, böyük və kiçik günah nə varsa hamısını etmişəm. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) :Allahdan başqa ibadətə layiq  haqq məbud olmadığına və Muhəmmədin Onun rəsulu olduğuna şahidlik etmirsənmi?</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>Ənəsdən (Allah ondan razı olsun) rəvayət ediliyinə görə belə dedi: Bir kişi Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gələrək dedi:"Ey Allahın Rəsulu, böyük və kiçik günah nə varsa hamısını etmişəm. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) :Allahdan başqa ibadətə layiq  haqq məbud olmadığına və Muhəmmədin Onun rəsulu olduğuna şahidlik etmirsənmi?"  deyə bunu üç dəfə soruşdu. Adam: "Bəli" dedi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun): "Şübhəsiz ki, bu o günahlara üstün gəlir." deyə cavab verdi.</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>Bir kişi Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gələrək dedi: Ey Allahın Rəsulu, mən böyüklü kiçikli bütün günah və asiliklərdən etdim. Mən bağışlana bilərəmmi? Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ona dedi: Məgər Allahdan başqa ibadətə layiq məbud olmadığına və Muhəmmədin Onun rəsulu olduğuna şahidlik etmirsənmi? Bunu üç dəfə təkrar etdi. Və adam: "Bəli şahidlik edirəm" deyə cavab verdi. Peyğəbmbər (Allahın salavatı və salamı onun üzərinə olsun) ona şəhadət kəliməsinin fəzilətini, günahları silməsini və tövbənin özündən öncəki günahları yox etməsini xəbər verdi .</t>
   </si>
   <si>
     <t>عِظم الشَّهادتين ورُجحانها على الذّنوب لمن قالها صادقًا من قلبه.
 الإسلام يجُبُّ ما قبله. 
 التّوبة الصّادقة تمحو ما قبلها.
 التّكرار في التّعليم مِن هدي النبي صلى الله عليه وسلم.
 فضل الشهادتين، وأنهما سبب للنجاة من الخلود في النار.</t>
   </si>
   <si>
     <t>Şəhadət kəliməsinin əzəməti və  günahların onun sidq qəlblə tələffüzü nəticəsində daha ağır gəlməsi.
 İslam özündən öncəki günahları  silir
 Səmimi qəlbdən edilən  tövbə, ondan öncə edilən günahları silir.
 Təlim əsnasında təkrar etmək, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) irşadedici metodlarındandır.
 Şəhadət kəliməsinin fəziləti və o kəlimənin cəhənnəmdə əbədi qalmaqdan qurtuluş səbəbi olması.</t>
   </si>
   <si>
     <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
   </si>
   <si>
     <t>[Əbu Yalə, Ət-Tabarani, Əd-Diya Əl-Maqdisi rıvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65006</t>
   </si>
   <si>
-    <t>فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا</t>
+    <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
   </si>
   <si>
     <t>Allahın qulları üzərində haqqı Ona ibadət edərək, Ona heç bir şeyi şərik qoşmamaqdır. Qulların Allah üzərində haqları isə, Ona şərik qoşmayan kəsə əzab verməməsidir</t>
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
     <t>Muazdan -Allah ondan razı olsun - olan rəvayətdə o dedi: Bir dəfə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Ufeyr adlanan uzunqulağın belində öndə , mən isə  arxada oturmuşdum. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) (mənə) dedi: Ey Muaz, Allahın qulları üzərindəki və qulların Allah üzərindəki haqlarını bilirsənmi? Dedim: Allah və Rəsulu ən doğrusunu bilir. Dedi: "Allahın qulları üzərində haqqı Ona ibadət edərək, Ona heç bir şeyi şərik qoşmamaqdır. Qulların Allah üzərində haqları isə, Ona şərik qoşmayan kəsə əzab verməməsidir.", Mən dedim: Ey Allahın Rəsulu! Bununla insanları müjdələməyimmi? Müjdələmə, yoxsa arxayınlaşarlar - dedi.</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
 وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
 ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
 فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
   </si>
   <si>
     <t>Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) Allahın qullar üzərində olan haqqını və qulların Allah üzərində olan haqqını bəyan edir və bildirir ki, Allahın qullar üzərində haqqı yalnız Ona ibadət etmək və Ona heç nəyi şərik qoşmamaqdır. Qulların Allah üzərində haqqı, Ona heç nəyi şərik qoşmayan tövhid əhlinə əzab verməməsidir. Sonra Muaz deyir: Ey Allahın Rəsulu, insanlar bu sevindirici xəbərlə sevinsinlər və şad olsunlar deyə onları müjdələməyim? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanların buna arxayın olmasından qorxduğu üçün müjdələməyi  ona qadağan edir.</t>
   </si>
   <si>
     <t>بيان حقّ الله تعالى الذي أوجبه على عباده، وهو أن يعبدوه، ولا يشركوا به شيئًا.
 بيان حقّ العباد على الله تعالى الذي أوجبه على نفسه فضلًا منه ونعمةً، وهو أن يدخلهم الجَنَّة، ولا يعذبهم.
 فيه بشارة عظيمة للموحّدين الذين لا يشركون بالله تعالى شيئاً بأن مصيرهم دخول الجَنَّة.
 حَدَّثَ معاذ بهذا الحديث قبل موته؛ مخافة الوقوع في إثم كتمان العلم.
 التنبيه على عدم نشر بعض الأحاديث عند بعض الناس خوفًا على من لم يدرك معناها؛ وذلك فيما ليس تحته عمل ولا فيه حد من حدود الشريعة.
 عصاة الموحدين تحت مشيئة الله إن شاء عذّبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Allahın qullarına vacib etdiyi haqlarının bəyanı: Ona ibadət edib, heç nəyi Ona şərik qoşmamaları.
 Qulların Allah üzərində olan, Onun tərəfindən onlara fəzilət və nemət olaraq Allahın özünə vacib etdiyi haqlarının bəyanı: Onları cənnətinə daxil etməsi və onlara əzab verməməsi.
 Burada Uca Allaha  şərik qoşmayan tövhid əhlinə, son  mənzillərinin cənnət olması ilə bağlı böyük müjdə vardır.
 Muaz (Allah ondan razı olsun) elmi gizlətməyin günahından qorxduğu üçün ölümündən öncə  bu hədisi söyləyir
 Bəzi insanların, mənalarını anlamayacaqlarından ehtiyat edib, onların yanında əməl etməklə və şəriətin hədlərindən hər hansı hədlə əlaqəsi olmayan bəzi hədisləri yaymamaq.
 Tövhid əhli arasındakı günahkarlar Allahın istəyi altındadır, istəsə onları bağışlayar,  istəsə onlara əzab verər, lakin sonda gedəcəkləri yer cənnətdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65007</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ</t>
+    <t>من مات لا يشرك بالله شيئا دخل الجنة، ومن مات يشرك بالله شيئا دخل النار</t>
   </si>
   <si>
     <t>Kim Allaha şərik qoşmadan ölərsə cənnətə daxil olar, kim Allaha  şərik qoşaraq ölərsə cəhənnəmə daxil olar</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ فَقَالَ: يَا رَسُولَ اللهِ، مَا الْمُوجِبَتَانِ؟ فَقَالَ: «مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ»</t>
   </si>
   <si>
     <t>Cabirdən (Allah ondan razı olsun) rəvayət edildiyinə görə o belə dedi: Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına bir kişi gəlib belə dedi: Ey Allahın Rəsulu, (insanı cənnətə və cəhənnəmə salan) iki səbəb nədir?  Dedi: Kim Allaha şərik qoşmadan ölərsə cənnətə daxil olar, kim Allaha  şərik qoşaraq ölərsə cəhənnəmə daxil olar.</t>
   </si>
   <si>
     <t>سأل رجل النبي صلى الله عليه وسلم عن الخصلتين: التي توجب دخول الجنة، والتي توجب دخول النار؟ 
 فأجابه صلى الله عليه وسلم: أن الخصلة التي توجب الجنة أن يموت الإنسان وهو يعبد الله وحده ولا يشرك به شيئًا، 
 وأن الخصلة التي توجب النار أن يموت الإنسان وهو يشرك بالله شيئًا فيجعل لله ندًا ومثيلًا في ألوهيته أو ربوبيته أو أسمائه وصفاته.</t>
   </si>
   <si>
     <t>Kişi peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) iki səbəb barəsində soruşdu: Cənnətə aparan və cəhənnəmə vasil edən səbəb. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) cavab verir ki: Cənnətə aparan səbəb insanın tək olan Allaha ibadət edib, Ona heç bir şeyi şərik qoşmadan ölməsidir. Cəhənnəmə salan səbəb isə insanın, Allahın uluhiyyətində və ya rübubiyyətində və ya ad və sifətlərində Ona hər hansı şeyi tay tutması və şərik qoşaraq ölməsidir.</t>
   </si>
   <si>
     <t>فضل التوحيد وأن من مات مؤمنًا لا يشرك بالله شيئًا دخل الجنة. 
 خطر الشرك، وأن من مات يشرك بالله شيئا دخل النار.
 عصاة الموحدين تحت مشيئة الله إن شاء عذبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Tövhidin fəziləti və iman gətirib Allaha  şərik qoşmadan ölən insanın cənnətə daxil olması.
 Şirkin təhlükəsi və Allaha  şərik qoşanın cəhənnəmə daxil olması.
 Tövhid əhli arasındakı günahkarlar Allahın istəyi altındadır, istəsə onları bağışlayar,  istəsə onlara əzab verər, lakin sonda gedəcəkləri yer cənnətdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65008</t>
   </si>
   <si>
-    <t>إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ</t>
+    <t>إنه لم يقل يوما: رب اغفر لي خطيئتي يوم الدين</t>
   </si>
   <si>
     <t>çünki o, bir gün olsa belə, "Rəbbim! Qiyamət günü günahlarımı bağışla" söyləməyib</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قُلْتُ: يَا رَسُولَ اللهِ، ابْنُ جُدْعَانَ كَانَ فِي الْجَاهِلِيَّةِ يَصِلُ الرَّحِمَ، وَيُطْعِمُ الْمِسْكِينَ، فَهَلْ ذَاكَ نَافِعُهُ؟ قَالَ: «لَا يَنْفَعُهُ، إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ».</t>
   </si>
   <si>
     <t>Aişədən (Allah ondan razı olsun) rəvayət edildiyinə görə belə dedi: Dedim: "Ey Allahın Rəsulu, ibn Cud'an cahiliyyədə qohumluq əlaqələri saxlayır, yoxsulu yedizdirərdi , bu ona fayda verəcəkmi? Dedi: Fayda verməyəcək, çünki o, bir gün olsa belə, "Rəbbim! Qiyamət günü günahlarımı bağışla" söyləməyib."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم عن عبد الله بن جدعان، وكان من رؤساء قريش قبل الإسلام، 
 ومن أفعاله الحسنة أنه: يصل أقاربه ويحسن إليهم، ويطعم المسكين، وغيرها من الفضائل التي حث الإسلام على فعلها، بأن هذه الأعمال لن تنفعه في آخرته؛ وذلك بسبب كفره بالله، وأنه لم يقل يومًا: رب اغفر لي خطيئتي يوم الدين.</t>
   </si>
   <si>
     <t>Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun), İslamdan öncə Qureyşin böyüklərindən olan Abdullah bin Cud'andan xəbər vermişdir. Gözəl əməllərindən: Qohumluq əlaqələrini möhkəmlətmək, onlara xeyirxahlıq etmək, yoxsulları yedizdirmək və digər İslamın təşviq etdiyi fəzilətli əməlləri var idi. Lakin, Allaha küfr etdiyi üçün və bir gün olsun belə "Allahım Qiyamət günü günahlarımı bağışla" söyləmədiyinə görə bu əməllər ona axirətdə fayda verməyəcək.</t>
   </si>
   <si>
     <t>بيان فضل الإيمان، وأنه شرط لقبول الأعمال.
 بيان شؤم الكفر، وأنه من مُحبطات الأعمال الصالحات.
 الكفار لا تنفعهم أعمالهم في الآخرة لعدم إيمانهم بالله واليوم الآخر.
 أعمال الإنسان في حال كفره تكتب له إذا أسلم، ويُجازى عليها.</t>
   </si>
   <si>
     <t>İmanın fəzilətinin bəyanı və onun əməllərin qəbulu üçün şərt olması
 Küfrün şər olması və onun saleh əməlləri batil etməsinin bəyanı.
 Allaha və axirət gününə iman gətirmədikləri üçün kafirlərə əməlləri axirətdə fayda verməyəcək.
 İnsanın küfr halında ikən etdiyi yaxşı əməllər müsəlman olduqda ona  savab kimi yazılır və bu əməllərə görə mukafatlanacaq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65009</t>
   </si>
   <si>
-    <t>هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ</t>
+    <t>هل تدرون ماذا قال ربكم؟ قالوا: الله ورسوله أعلم، قال: أصبح من عبادي مؤمن بي وكافر</t>
   </si>
   <si>
     <t>Bilirsinizmi, Rəbbiniz nə buyurdu?" Oradakılar: "Allah və Rəsulu daha doğrusunu bilir" dedilər. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "(Allah buyurdu ki) Qullarımdan bir qismi mənə iman, bir qismi isə mənə küfr edərək sabahladı</t>
   </si>
   <si>
     <t>عَنْ زَيْدِ بْنِ خَالِدٍ الجُهَنِيِّ رضي الله عنه أَنَّهُ قَالَ: صَلَّى لَنَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَاةَ الصُّبْحِ بِالْحُدَيْبِيَةِ عَلَى إِثْرِ سَمَاءٍ كَانَتْ مِنَ اللَّيْلَةِ، فَلَمَّا انْصَرَفَ أَقْبَلَ عَلَى النَّاسِ، فَقَالَ: «هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ، فَأَمَّا مَنْ قَالَ: مُطِرْنَا بِفَضْلِ اللهِ وَرَحْمَتِهِ، فَذَلِكَ مُؤْمِنٌ بِي وَكَافِرٌ بِالْكَوْكَبِ، وَأَمَّا مَنْ قَالَ: بِنَوْءِ كَذَا وَكَذَا، فَذَلِكَ كَافِرٌ بِي وَمُؤْمِنٌ بِالْكَوْكَبِ».</t>
   </si>
   <si>
     <t>Zeyd bin Xalid əl-Cuhənidən (Allah ondan razı olsun) rəvayət edildiyinə görə o belə dedi: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) gecə yağış yağdıqdan sonra bizə sübh namazını qıldırdı. Namazını bitirincə üzünü insanlara çevirib  dedi:"Bilirsinizmi, Rəbbiniz nə buyurdu?" Oradakılar: "Allah və Rəsulu daha doğrusunu bilir" dedilər. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "(Allah buyurdu ki) Qullarımdan bir qismi mənə iman, bir qismi isə mənə küfr edərək sabahladı. Allahın lütfü və rəhməti ilə bizə yağış yağdırıldı deyənlər mənə iman etmiş və ulduzlara küfr etmişdir. Lakin, filan ulduz sayəsində bizə yağış yağdırıldı deyənlər isə mənə küfr edib, ulduzlara inananlardılar".</t>
   </si>
   <si>
     <t>صلى النبي صلى الله عليه وسلم صلاة الصبح بالحديبية -وهي قرية قريبة من مكةـ بعد مطر نزل في تلك الليلة، 
 فلما سلم وانتهى من صلاته أقبل على الناس بوجهه، فسألهم: هل تدرون ماذا قال ربكم عز وجل؟ 
 فأجابوه: الله ورسوله أعلم، 
 فقال: إن الله تعالى بَيًّن أن الناس ينقسمون عند نزول المطر إلى قسمين: قسم مؤمن بالله تعالى، وقسم كافر بالله تعالى؛ 
 فأما من قال: مطرنا بفضل الله ورحمته، ونَسَب إنزال المطر إلى الله تعالى؛ فذلك مؤمن بالله الخالق المتصرف في الكون، وكافر بالكوكب. 
 وأما من قال: مطرنا بنجم كذا وكذا؛ فذلك كافر بالله، مؤمن بالكوكب، وهو كفر أصغر حيث نسب إنزال المطر إلى الكوكب؛ والله لم يجعله سببًا شرعيًا ولا قدريًّا، 
 وأما من نسب نزول المطر وغيره من الحوادث الأرضية إلى تحرُّكات الكواكب في طلوعها وسقوطها معتقدًا أنها الفاعل الحقيقي، فهو كافر كفرًا أكبر.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) gecə yağış yağdıqdan sonra sübh namazını Hudeybiyyədə-Məkkəyə yaxın kənddə qıldı. Salam verib namazı bitirdikdən sonra üzünü insanlara tutub sual verdi: Bilirsinizmi izzət və cəlal sahibi olan Rəbbiniz nə dedi:? (Onlar) Allah və Rəsulu ən doğrusunu bilir- deyə cavab verdilər. O dedi: Uca Allah bəyan etdi ki, yağış yağdıqda insanlar iki qismə bölündülər: Uca Allaha iman gətirənlər və Ona küfr edənlər. "Allahın lütfü və rəhməti ilə yağış yağdı" deyənlər və yağışı Uca Allaha nisbət edənlər, Yaradan, kainatı idarə edən Allaha iman gətirənlərdir və ulduzlara inanmayanlardır. Lakin, "yağış ulduzlar sayəsində yağdı" deyənlər isə Allaha küfr edib, ulduzlara inananlardır və bu kiçik küfrdür, çünki, yağışın yağmasını ulduzlara nisbət etdilər, halbuki bunu Allah şərii və ya kövnü səbəb etməmişdir. Lakin, kim, yağışın yağması və  yer üzündə baş verən digər hadisələri, ulduzların çıxması və batmasındakı hərəkətlərlə əlaqələndirərsə və onların hərəkətlərinin  bu hadisələrə həqiqi mənada təsir edəcəyini etiqad edərsə, o böyük küfr edərək kafir olar.</t>
   </si>
   <si>
     <t>استحباب القول بعد نزول المطر: مُطرنا بفضل الله ورحمته.
 من نسب نعمة إنزال المطر وغيرها إلى الكوكب خَلْقًا وإيجادًا فهو كافرٌ كفرًا أكبر، وإن نسبه على أنه سببٌ فهو كافرٌ كفرًا أصغر لأنه ليس بسبب شرعي ولا حسي.
 أن النعمة تكون سببًا للكفر إذا كُفِرت، وتكون سببًا للإيمان إذا شُكرت. 
 النهي عن قول: "مطرنا بنوء كذا"، ولو قُصِد بها الوقت؛ سدًّا لذريعة الشرك.
  وجوب تعلُّق القلب بالله تعالى في جَلْب النعم ودفع النقم.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Yağış yağdıqdan sonra "Allahın lütfü və rəhməti ilə yağış yağdı" söyləməyin mustəhəb olması
 Kim yağışın yağmasını və başqa hadisələri ulduzlardan yaradılış və meydana çıxma  kimi qələmə verərsə, o böyük küfrlə kafir olar, lakin, ulduzları (bu hadisələrin baş verməsində) bir səbəb kimi götürərsə , kiçik küfr etmiş olar, çünki bu, nə şərii, nə də ki, kövnü səbəb deyil.
 Nemətə küfr edilərsə küfrə səbəb olar, şükr edilərsə imana səbəb olar.
 "Filan ulduza görə yağış yağdı" sözünün mənaca şirkə dəlalət etməsinin qarşısını almaq məqsədi ilə burada zaman qəsd edilərsə belə bu sözü qadağan etmək.
 Nemətlərin cəlb olunmasında və bəlaların dəf edilməsndə qəlbin Uca Allaha bağlılığının vacibliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65010</t>
   </si>
   <si>
-    <t>إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ</t>
+    <t>إنا نجد في أنفسنا ما يتعاظم أحدنا أن يتكلم به، قال: وقد وجدتموه؟ قالوا: نعم، قال: ذاك صريح الإيمان</t>
   </si>
   <si>
     <t>Biz nəfsimizdə dilə gətirə bilməyəcək dərəcədə böyük bir hisslər keçiririk. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Həqiqətən bu hissləri keçirirsinizmi? "Onlar "Bəli"  deyə, cavab verdilər. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Bunu hiss etməyiniz sizin həqiqi imanınızı göstərir</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: جَاءَ نَاسٌ مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَسَأَلُوهُ: إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Əbu Hureyranın (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) səhabələrindən bəziləri gəlib  ondan soruşdular:Biz nəfsimizdə dilə gətirə bilməyəcək dərəcədə böyük bir hisslər keçiririk. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Həqiqətən bu hissləri keçirirsinizmi? "Onlar "Bəli"  deyə, cavab verdilər. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Bunu hiss etməyiniz sizin həqiqi imanınızı göstərir."</t>
   </si>
   <si>
     <t>جاء جماعة مِن أصحاب النبي صلى الله عليه وسلم فسألوه عن ما يجدونه في أنفسهم من الأمور الكبيرة التي يعظم عليهم النطق بها لقبحها ونفورهم عنها، 
 فقال عليه الصلاة والسلام: إن هذا الذي وجدتموه هو صريح الإيمان واليقين الذي يدفعكم لمنع ما يلقيه الشيطان في القلب واستنكاركم النطق وتعاظم ذلك في أنفسكم، وإن الشيطان لم يتمكن من قلوبكم، بخلاف من تمكَّن الشيطان من قلبه ولم يجد معه مدافعة.</t>
   </si>
   <si>
     <t>Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) səhabələrindən bir qrup şəxs onun yanına gələrək, nəfslərinə gələn, lakin, çirkinliyinə görə dilə gətirilməyəcək qədər ağır olan fikirlər haqqında soruşurlar. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurur: Həqiqətən şeytanın qəlbə təlqin (vəsvəsə) etdiyi şeyləri  dilə gətirməyə mane olan səbəb, içinizdəki narahatçılıq, onun nəfsinizdə böyük iz qoyması,  səmimi  imanın və yəqinliyin əlamətidir. Şeytan  mudafiəsiz görüb qərar tutduğu qəlblərdən fərqli olaraq,  sizin qəlblərinizi ələ keçirməyi bacarmadı.</t>
   </si>
   <si>
     <t>بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 عدم التصديق والقبول بما يراود النَّفس مِن وساوس، فإنها مِن الشيطان.
 وسوسة الشيطان لا تضر المؤمن، ولكن ليستعذ بالله من وسوسته، ولينته عن الاسترسال في ذلك.
 لا ينبغي للمسلم السكوت عما يُشْكِل عليه في أمر دينه، وينبغي له السؤال عنه.</t>
   </si>
   <si>
     <t>Şeytanın iman əhlinə qarşı zəif olmasının bəyanı, çünki  (onlara qarşı) vəsvəsədən  başqa bir şeyə qadir deyil.
 Nəfsə vəsvəsədən gələnləri təsdiqləməmək və qəbul etməmək, çünki bunlar şeytandandır.
 Şeytanın vəsvəsəsi möminə zərər verməz, lakin o, (şeytanın) vəsvəsəsindən Allaha sığınmalı və bu vəsvəsəni bitirməyə çalışmalıdır.
 Müsəlmana, dini ilə əlaqəli çətin gələn məsələdə sakit qalıb susması icazəli deyil, bu barədə soruşmalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65011</t>
   </si>
   <si>
-    <t>الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ</t>
+    <t>الحمد لله الذي رد كيده إلى الوسوسة</t>
   </si>
   <si>
     <t>Şeytanın  qurduğu hiyləni vəsvəsəyə çevirən Allaha həmd olsun" - dedi</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: جاءَ رجُلُ إلى النبي صلى الله عليه وسلم فقال: يا رسولَ اللهِ، إن أحدنا يجدُ في نفسِهِ -يُعرِّضُ بالشَّيءِ- لأَن يكونَ حُمَمَةً أحَبُّ إليه من أن يتكلَّم بِهِ، فقال: «اللهُ أكبرُ، اللهُ أكبرُ، الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ».</t>
   </si>
   <si>
     <t>İbn Abbasdan (Allah ondan razı olsun) rəvayət olunur ki, Bir adam Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gələrək: "Ey Allahın Rəsulu, bizlərdən birimiz qəlbində elə bir şey hiss edir ki, öz içində yanan bir alov kimi olması başqalarına söyləməsindən daha sevimli gəlir" dedi. Buna cavab olaraq Peyğəmbər  (Allahın salavatı və salamı onun üzərinə olsun): "Allahu Əkbər! Allahu Əkbər! Şeytanın  qurduğu hiyləni vəsvəsəyə çevirən Allaha həmd olsun" - dedi.</t>
   </si>
   <si>
     <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إن أحدَنا يجد في نفسه أمرًا يَعْرِض في النَّفس ولكنَّ الكلامَ فيه عظيم، لِدَرجة أن يكون رَمادًا أحبّ إليه مِن أن يتكلَّم به، 
 فكبَّر الرسول صلى الله عليه وسلم مرتين وحمِد الله أن ردَّ كيد الشَّيطان إلى مجرَّد الوسوسة.</t>
   </si>
   <si>
     <t>Bir adam Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gələrək: "Ey Allahın Rəsulu, bizdən birimiz qəlbinə sıxıntı verən və onu dilə gətirə bilməyəcək dərəcədə böyük bir şey hiss etdikdə, onun içində yanan bir alov kimi olması, o sözü söyləməsindən daha sevimlidir " dedi. Buna cavab olaraq Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) iki dəfə təkbir gətirdi və şeytanın qurduğu hiyləni vəsvəsəyə çevirən Allaha həmd etdi.</t>
   </si>
   <si>
     <t>بيان أن الشيطان يتربَّص للمؤمنين بالوسوسة؛ ليردَّهم من الإيمان إلى الكفر.
 بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 المؤمن ينبغي عليه الإعراض عن وساوس الشيطان ودفعها.
 مشروعية التكبير عند الشيء المستحسن أو العجب منه أو ما شابهه من الأمور.
 مشروعية سؤال المسلم للعالم عن كل ما يُشكِل عليه.</t>
   </si>
   <si>
     <t>Şeytanın, möminləri izləyərək imandan çıxarıb küfrə atmaq üçün  vəsvəsə verməsinin bəyanı.
 Şeytanın iman əhlinə qarşı zəif olmasının bəyanı, çünki vəsvəsədən  başqa bir şeyə qadir deyil.
 Mömin, şeytanın vəsvəsələrindən yayınmalı və onları özündən dəf etməlidir.
 Gözəl, xoş və ya bunlara bənzər  bir şey olduqda təkbir gətirməyin dində buyurulmuş bir əməl olması.
 Şəriət, müsəlmanın ağlını qarışdıran hər bir şeyi alimdən soruşmasını buyurmuşdur.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى</t>
   </si>
   <si>
     <t>[Əbu Davud, Ən-Nəsai Əl-Kubrada rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65012</t>
   </si>
   <si>
-    <t>يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ</t>
+    <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>Şeytan, sizdən birinizə gələrək "bunu kim yaratdı, onu kim yaratdı? suallarını verər və ən son olaraq "Sənin Rəbbini kim yaratdı?" sualını ortaya atar. Kim belə bir vəziyyətlə qarşılaşarsa, Allaha sığınsın və bu vəsvəsələrə son qoysun</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
     <t>Əbu Hureyrədən (Allah ondan razı olsun) rəvayət edilidyində görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: "Şeytan, sizdən birinizə gələrək "bunu kim yaratdı, onu kim yaratdı? suallarını verər və ən son olaraq "Sənin Rəbbini kim yaratdı?" sualını ortaya atar. Kim belə bir vəziyyətlə qarşılaşarsa, Allaha sığınsın və bu vəsvəsələrə son qoysun."</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
 فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
 فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
 ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
 فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
 بالإيمان بالله. 
 والتعوذ بالله من الشيطان. 
 والتوقف عن الاسترسال مع الوساوس.</t>
   </si>
   <si>
     <t>Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) şeytanın möminə vəsvəsə olaraq fısıldadığı sualların təsiredici əlacı haqda xəbər vermişdir. Şeytan "Bunu kim yaratdı? Onu kim yaratdı? Səmanı kim yaratdı? Yeri kim yaratdı?" kimi suallar verər. Mömin, dini, fitrətı və ağlı ilə şeytanın bu suallaına  "Allah" deyə cavab verir. Şeytan bu vəsvəsələrinə son qoymaz, davam edər və "Rəbbini kim yaratdı?" sualını verər Bu halda mömin  vəsvəsələri üç yolla dəf edə bilər:
 Allaha iman gətirərək
 Şeytandan Allaha sığınaraq
 Şeytandan gələn vəsvəsəni kəsərək , onun barədə düşünməməklə.</t>
   </si>
   <si>
     <t>الإعراض عن وسواس الشيطان وخطراته وعدم التفكير فيها، والالتجاء إلى الله تعالى في إذهابها.
 كل ما يقع في قلب الإنسان من الوساوس المخالفة للشرع فهي من الشيطان. 
 النهي عن التفكر في ذات الله، والحث على التفكر في مخلوقاته وآياته.</t>
   </si>
   <si>
     <t>Şeytanın vəsvəsə və təhlükəsindən yayınmaq, bunları düşünməmək və bu şeylərdən qurtulmaq üçün uca Allaha sığınmaq.
 İnsanın qəlbinə gələn dinə müxalif olan hər vəsvəsə şeytandandır.
 Uca Allahın zatı haqqında düşünməyin qadağan olması, Allahın yaratdıqları və  Onun ayətləri barəsində təfəkkür etməyə təşviq edilməsi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65013</t>
   </si>
   <si>
-    <t>الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ</t>
+    <t>الأعمال ستة، والناس أربعة، فموجبتان، ومثل بمثل، وحسنة بعشر أمثالها، وحسنة بسبع مائة</t>
   </si>
   <si>
     <t>Əməllər altı növ, insanlar isə dörd qismə bölünür. Bunları vacib edən iki amil var. Bəzi yaxşı əməllərin qarşılığı misli-mislinə olduğu halda, başqa yaxşı əməllərin qarşılığı on qat verilir, bəzilərinin isə qarşılığı isə yeddi yüz qatdır</t>
   </si>
   <si>
     <t>عَنْ خُرَيْمِ بْنِ فَاتِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ، فَأَمَّا الْمُوجِبَتَانِ: فَمَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ، وَأَمَّا مِثْلٌ بِمِثْلٍ: فَمَنْ هَمَّ بِحَسَنَةٍ حَتَّى يَشْعُرَهَا قَلْبُهُ، وَيَعْلَمَهَا اللهُ مِنْهُ كُتِبَتْ لَهُ حَسَنَةً، وَمَنْ عَمِلَ سَيِّئَةً، كُتِبَتْ عَلَيْهِ سَيِّئَةً، وَمَنْ عَمِلَ حَسَنَةً فَبِعَشْرِ أَمْثَالِهَا، وَمَنْ أَنْفَقَ نَفَقَةً فِي سَبِيلِ اللهِ فَحَسَنَةٌ بِسَبْعِ مِائَةٍ، وَأَمَّا النَّاسُ، فَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا مَقْتُورٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا مُوَسَّعٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ».</t>
   </si>
   <si>
     <t>Xureym bin Fətikdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayet edilir: "Əməllər altı növ, insanlar isə dörd qismə bölünür. Bunları vacib edən iki amil var. Bəzi yaxşı əməllərin qarşılığı misli-mislinə olduğu halda, başqa yaxşı əməllərin qarşılığı on qat verilir, bəzilərinin isə qarşılığı isə yeddi yüz qatdır. Vacib olan səbəblər isə budur: Uca Allaha şərik qoşmadan ölən kimsə Cənnətə, şərik qoşaraq ölən kəs isə Cəhənnəmə girər. Bəzi yaxşılıqların qarşılığı misli-mislinə olan o şəxsdir ki, müəyyən yaxşılığı etməyi  qəlbində niyyət edər, Uca Allah da bunu bilir və buna görə ona bir savab yazılar. Bir şəxs pis  əməl edərsə onun da qarşılığı bir misildir. Kimsə bir yaxşılıq edərsə ona yaxşılığının qarşılığı on mislində verilər. Qul, Allahın yolunda sədəqə verərsə, əvəzində ona yeddi yüz savab yazılar. İnsanların dörd qismə bölünməsinə gəlincə, onlardan bəzisinə dünya həyatında rahatlıq axirət həyatında sıxıntı, bəzisinə isə dünyada sıxıntı, axirətdə rahatlıq verilər. İnsanlardan bəzilərinə  həm dünya, həm də axirət həyatında sıxıntı verilər. Bəzilərinə isə həm dünyada, həm də axirət həyatında rahatlıq verilər"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الأعمال ستة أنواع، وأن الناس أربعة أصناف. فالأعمال الستة هي: 
 أولًا: من مات وهو لا يشرك بالله شيئًا وجبت له الجنة.
 وثانيًا: من مات وهو يشرك بالله شيئًا وجبت عليه النار خالدًا فيها. 
 وهما الموجبتان. 
 وثالثًا: الحسنة المَنْوِيَّة، فمن نوى أن يعمل حسنة وكان صادقًا في نيته حتى يَشعر بها بقلبه ويَعلم اللهُ منه هذه النية، ثم يعرض له أمر فلا يستطيع أن يعمل هذه الحسنة فتكتب له حسنة كاملة. 
 ورابعًا: السيئة المفعولة، من عمل سيئة تكتب له سيئة واحدة.
 وهما: مثلٌ بمثلٍ من غير تضعيف. 
 وخامسًا: حسنة تكون بعشر حسنات مثلها، وهو من نوى حسنة وعملها؛ تكتب له عشر حسنات. 
 وسادسًا: حسنة تكون بسبعمائة حسنة، وهي من أنفق نفقة واحدة في سبيل الله فتكتب له هذه الحسنة بسبعمائة حسنة، وهذا من فضله تبارك وتعالى وكرمه على عباده. 
 وأما أصناف الناس الأربعة فهم: 
 الأول: من هو مُوسَّع عليه في الدنيا من الرزق، منعّم فيها يجد فيها ما يشاء، ولكنه مضيّق عليه في الآخرة ومصيره إلى النار، وهو الكافر الغني. 
 والثاني: من هو مضيّق عليه في الدنيا من الرزق، ولكنه موسع عليه في الآخرة، ومصيره إلى الجنة، وهو المؤمن الفقير. 
 والثالث: من هو مضيّق عليه في الدنيا والآخرة، وهو الكافر الفقير. 
 والرابع: من هو موسع عليه في الدنيا والآخرة، وهو المؤمن الغني.</t>
@@ -12688,894 +13507,894 @@
 Üçüncü: Dünya və Axirət həyatında sıxıntı verilən kəsdir. Bu, dünyada yoxsul olan kafirdir.
 Dördüncü: Dünya və Axirət həyatında rahatlıq verilən kəsdir. Bu kimsə dünyada zəngin olan mömindir.</t>
   </si>
   <si>
     <t>عظيم فضل الله تعالى على العباد وتضعيفه للحسنات.
 عدل الله وكرمه، إذ عاملنا في السيئة بالعدل فجزاءُ السيئة بواحدة.
 عِظم الشرك بالله، ففيه الحرمان من الجنة.
 بيان فضل النفقة في سبيل الله.
 مضاعفة ثواب النفقة في سبيل الله يبدأ من سبعمائة ضعف؛ لأنها تُعين على إعلاء كلمة الله.
 بيان أصناف الناس واختلافهم.
 يوسَّع في الدنيا للمؤمن ولغير المؤمن ولا يوسع في الآخرة إلا للمؤمن.</t>
   </si>
   <si>
     <t>Uca Allahın qullarına lütfü və yaxşılıqların əvəzinin qat-qat verilməsinin möhtəşəmliyi.
 Uca Allahın ədalət və kəraməti bəyan edilmişdir. Bir pis əməl etdiyimizdə Onun ədalətinə görə bir pis əmələ bir günah yazılır.
 Uca Allaha şərik qoşmanın böyük günah olması bəyan edilmişdir. Şirk edən Cənnətdən məhrum olar.
 Allahın rizası üçün sədəqə verməyin fəzilətinin bəyan edilməsi.
 Allah rizasına sədəqə verməyin savabı yeddi yüz dərəcədən başlayır. Çünki Allah rizasına sədəqə vermək, "Lə iləhə İlləllah" kəliməsini uca tutmağa yardım edir.
 İnsanların növləri və fərqli olmalarının bəyan edilməsi.
 Dünya həyatındakı rahatlıq və bolluq həm möminə, həm də kafirə verilir. Axirətdəki rahatlıq və bolluq isə yalnız möminə aiddir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65014</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ</t>
+    <t>إن الله لا يظلم مؤمنا حسنة، يعطى بها في الدنيا ويجزى بها في الآخرة</t>
   </si>
   <si>
     <t>Şübhəsiz ki, Allah möminin  yaxşı əməlinin  savabını silməklə ona zülm etməz, yaxşılığın əvəzini bu dünyada verər və axirətdə də mukafatlandırar</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ، وَأَمَّا الْكَافِرُ فَيُطْعَمُ بِحَسَنَاتِ مَا عَمِلَ بِهَا لِلَّهِ فِي الدُّنْيَا، حَتَّى إِذَا أَفْضَى إِلَى الْآخِرَةِ، لَمْ تَكُنْ لَهُ حَسَنَةٌ يُجْزَى بِهَا».</t>
   </si>
   <si>
     <t>Ənəs bin Məlikdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Şübhəsiz ki, Allah möminin  yaxşı əməlinin  savabını silməklə ona zülm etməz, yaxşılığın əvəzini bu dünyada verər və axirətdə də mukafatlandırar, kafiri isə Allah xətrinə etdiyi xeyir əməllərinin dadını bu dünyada daddırar, axirətə gəldikdə isə onun mukafatlanacaq heç bir savabı qalmaz.</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم عظيم فضل الله على المؤمنين، وعدله مع الكافرين. 
 فأما المؤمن فلا ينقص ثواب حسنة عملها؛ بل يعطى بها في الدنيا حسنة على طاعته، مع ما يُدَّخر له من الجزاء في الآخرة؛ وقد يحفظ الجزاء كله له في الآخرة. 
 وأما الكافر فيعطيه الله جزاء ما عمل من الحسنات بحسنات الدنيا، حتى إذا أفضى إلى الآخرة لم يكن له فيها ثواب يجزى بها؛ لأن العمل الصالح الذي ينفع في الدارين لا بد أن يكون صاحبه مؤمنًا.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun), Allahın möminlərə olan əzəmətli lütfünü və kafirlərə qarşı ədalətini bəyan edir. Möminə gəldikdə onun xeyir əməllərinin əcri azalmaz, əksinə bu dünyada itaətinə görə verildiyi savabla yanaşı, axirətdə onun üçün savabı toplanar. Bəzən savabının hamısı axirət üçün saxlanılar. Kafirə gəlincə isə onun etdiyi yaxşılıqların əvəzini , Allah ona dünya nemətləri ilə verər, axirətə yetişdikdə isə onun mukafatlanacaq savabı qalmaz, çünki  yalnız müsəlmanın  saleh əməlləri ona bu dünyada və axirətdə  fayda verər.</t>
   </si>
   <si>
     <t>أنَّ مَن ماتَ على الكُفرِ لا يَنفَعُه عَملٌ.</t>
   </si>
   <si>
     <t>Küfr üzərə ölən kimsənin əməli ona fayda verməz.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65015</t>
   </si>
   <si>
-    <t>أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ</t>
+    <t>أسلمت على ما سلف من خير</t>
   </si>
   <si>
     <t>Sən keçmişdə etdiyin xeyir əməllərlə müsəlman oldun</t>
   </si>
   <si>
     <t>عَنْ حَكِيمِ بْنِ حِزَامٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ أَشْيَاءَ كُنْتُ أَتَحَنَّثُ بِهَا فِي الجَاهِلِيَّةِ مِنْ صَدَقَةٍ أَوْ عَتَاقَةٍ، وَصِلَةِ رَحِمٍ، فَهَلْ فِيهَا مِنْ أَجْرٍ؟ فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ».</t>
   </si>
   <si>
     <t>Həkim bin Hizəmdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Dedim: Ey Allahın Rəsulu, cahiliyyədə etdiyim sədəqə vermək, qul azad etmək, qohumluq əlaqələrini saxlamaq kimi xeyir əməllərə görə mənim əcrim varmı? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi:"Sən keçmişdə etdiyin xeyir əməllərlə müsəlman oldun.</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن الكافر إذا أسلم فإنه يثاب على ما كان يعمل في الجاهلية قبل إسلامه من الأعمال الصالحة من صدقة أو عتاقة عبيد أو صلة رحم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, kafir müsəlman olduqda İslamdan öncə cahiliyyə dövründə etdiyi sədəqə, qul azad etmək, qohumluq əlaqələrini  saxlamaq kimi saleh əməllərə görə də savab qazanır.</t>
   </si>
   <si>
     <t>أن حسنات الكافر في الدنيا لا يثاب عليها في الآخرة إذا مات على كفره.</t>
   </si>
   <si>
     <t>Kafir əgər küfr üzərində ölərsə, dünyadakı etdiyi xeyir əməllərə görə axirətdə savab qazanmır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65016</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ</t>
+    <t>إن الله يحب أن تؤتى رخصه، كما يحب أن تؤتى عزائمه</t>
   </si>
   <si>
     <t>Həqiqətən Allahın sizə buyurduğu vacib əməlləri sevdiyi kimi, rüxsətlə (yüngülləşdirici) buyurduğu əməlləri də etmənizi  sevir</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ».</t>
   </si>
   <si>
     <t>İbn Abbasdan (Allah ondan və atasından razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: Həqiqətən Allahın sizə buyurduğu vacib əməlləri sevdiyi kimi, rüxsətlə (yüngülləşdirici) buyurduğu əməlləri də etmənizi  sevir.</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله يـحب أن تؤتى رخصه التي شرعها، من التخفيفات في الأحكام والعبادات، والتسهيل فيها على الـمكلف لعذر -كقصر الصلاة وجمعها في حال السفرـ، 
 كما أنه يحب أن تؤتى عزائمه، من الأمور الواجبة؛ لأن أمر الله في الرخص والعزائم واحد.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, həqiqətən Allah əhkam və ibadətlərdəki buyurduğu yüngüllükləri, səfər zamanı namazı qısaltmaq və cəm etmək kimi mükəlləflərə asanlaşdırdığı rüxsətlərin edilməsini sevir. Eyni şəkildə Uca Allah, əmrlərinin də yerinə yetirilməsini sevir, çünki Onun rüxsətlərdə və fərzlərdəki əmrləri eynidir.</t>
   </si>
   <si>
     <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
 كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
   </si>
   <si>
     <t>Uca Allahın qullarına rəhmkar olması. Pak və nöqsansız uca Allah şəriət rüxsətlərinin yerinə yetirilməsini sevir.
 Şəriətin kamilliyi və müsəlmanın üzərindən çətinliyin götürülməsi.</t>
   </si>
   <si>
     <t>رواه ابن حبان</t>
   </si>
   <si>
     <t>[İbnu Hibbən rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65017</t>
   </si>
   <si>
-    <t>قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ</t>
+    <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
   </si>
   <si>
     <t>mənə İslamda elə bir şey söylə ki, onu səndən başqa heç kimdən soruşmayım. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: De ki: "Allaha iman gətirdim, ardınca da doğru yolu tut</t>
   </si>
   <si>
     <t>عَنْ سُفْيان بنِ عَبْدِ اللهِ الثَّقَفِيّ رضي الله عنه قال: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
   </si>
   <si>
     <t>Sufyan bin Abdullah Əs-Səqafidən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Dedim: “Ey Allahın Rəsulu, mənə İslamda elə bir şey söylə ki, onu səndən başqa heç kimdən soruşmayım. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: De ki: "Allaha iman gətirdim, ardınca da doğru yolu tut".</t>
   </si>
   <si>
     <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ 
 فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، 
 ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
     <t>Sahabə Sufyan bin Abdullah (Allah ondan razı olsun) Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) ona İslam dininin mənalarını əhatə edən bir kəlam öyrətməsini istədi ki, ona riayət etsin və bu haqda ondan başqa heç kimdən soruşmasın. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona dedi: De: “Allahın təkliyini etiraf etdim və  Onun mənim Rəbbim, mənim İlahım, mənim Yaradanım və şəriki olmayan haqq Məbudum olduğuna iman gətirdim. Sonra o, Allahın fərzlərini yerinə yetirərək və Allahın qadağalarını tərk edərək, Allaha itaətə yönəlir və bunun üzərində davamlı olur.</t>
   </si>
   <si>
     <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
 أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
 الإيمان شرط لقبول الأعمال .
 الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
 الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
   </si>
   <si>
     <t>Dinin əsası Allahın rububiyyətinə, uluhiyyətinə, isim və sifətlərinə iman gətirməkdir.
 İman gətirdikdən sonra doğru yola riayət etməyin, ibadətlərdə davamlı olmağın və bunun üzərində sabit qalmağın əhəmiyyəti.
 İman əməlin qəbul olunması üçün şərtdir.
 Allaha iman özündə, əqidə ilə etiqad edilən imanı və onun əsaslarını, bundan irəli gələn qəlblərin əməllərini, daxilən və zahirən Allaha təslim olub və Ona boyun əyməyi ehtiva edir.
 Doğru yol- vaciblərə əməl edib, qadağaları tərk etməklə  bu yolda davamlı olmaqdır.</t>
   </si>
   <si>
     <t>رواه مسلم وأحمد</t>
   </si>
   <si>
     <t>[Muslim və Əhməd rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65018</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً</t>
+    <t>مثل المنافق، كمثل الشاة العائرة بين الغنمين تعير إلى هذه مرة وإلى هذه مرة</t>
   </si>
   <si>
     <t>Münafiqin məsəli, iki qoyun sürüsü arasında tərəddüdlə ora bura gedən çaşqın qoyun kimidir, gah bir sürüyə gedər, gah da digərinə</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً».</t>
   </si>
   <si>
     <t>İbn Ömərdən (Allah onların ikisindən də razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilmişdir: "Münafiqin məsəli, iki qoyun sürüsü arasında tərəddüdlə ora bura gedən çaşqın qoyun kimidir, gah bir sürüyə gedər, gah da digərinə.</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم حال المنافق وأنه كالشاة المُترددة لا تدري تتبع أي القطيعين من الغنم، 
 تذهب إلى هذا القطيع تارةً وإلى الآخر تارةً أخرى، 
 فهم متحيرون بين الإيمان والكفر، فلا هم مع المؤمنين ظاهرًا وباطنًا، ولاهم مع الكفار ظاهرًا وباطنًا، بل ظواهرهم مع المؤمنين، وبواطنهم في شك وتردد، فتارة يميل إلى هؤلاء، وتارة يميل إلى هؤلاء.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) münafiqin halını bəyan edərək bildirir ki, o iki qoyun sürüsü arasında tərəddüd edən qoyun kimidir, bilmir  hansına qoşulsun. Bəzən bir sürüyə gedər, bəzən də digərinə. Və onlar imanla küfr arasında tərəddüddə qalıblar,  zahirən və daxilən nə möminlərlə, nə də kafirlərlə birlikdədirlər. Lakin, zahirən möminlərlə olsalar da, daxilən şəkk və tərəddüd içərsindədirlər, gah möminlərə, gah da kafirlərə meyil edərlər.</t>
   </si>
   <si>
     <t>من هدي النبي صلى الله عليه وسلم ضرب المثل لتقريب المعاني.
 بيان حال المنافقين من التردد والشك وعدم الاستقرار.
 التحذير من حال المنافقين والحث على الصدق والعزم في الإيمان ظاهرًا وباطنًا.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) nəfis üslublarından biri də danışdığı hədisləri daha aydın və düzgün çatdırmaq üçün misal gətirməkdən istifadə etməsidir.
 Münafiqlərin qeyri sabit, şəkk və tərəddüddə olmalarının açıqlaması.
 Münafiqlərin halından çəkindirmək, zahiri və daxili imanda sadiqliyə və əzimkarlığa təşviq etmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65019</t>
   </si>
   <si>
-    <t>إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ</t>
+    <t>إن الإيمان ليخلق في جوف أحدكم كما يخلق الثوب الخلق، فاسألوا الله أن يجدد الإيمان في قلوبكم</t>
   </si>
   <si>
     <t>Paltar köhnəldiyi kimi içinizdəki iman da köhnəlir. Allahdan qəlblərinizdəki imanın yenilənməsini istəyin</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
     <t>Abdullah bin Amrdan (Allah onların ikisindən də razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Paltar köhnəldiyi kimi içinizdəki iman da köhnəlir. Allahdan qəlblərinizdəki imanın yenilənməsini istəyin.</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, uzun müddət isifadə olunan yeni geyim köhnəldiyi kimi, müsəlmanın qəlbindəki iman da köhnəlir və zəifləyir. Bu, ibadətdəki zəiflik, günahlara bulaşmaq və şəhvətlərə qapılmaq səbəbilədir. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bizi uca Allaha imanımızın təzələnməsi üçün dua etməyə, fərzləri yerinə yetirməyə və çoxlu zikr və istiğfar etməyə istiqamətləndirir.</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>Allahdan sabitlik və qəlblərmizdəki imanın yeniləməsini diləməyə təşviq etmək.
 İman söz, əməl və etiqaddır, itaətlə artır, günahla azalır.</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
   </si>
   <si>
     <t>[Əl-Hakim və Ət-Tabarani rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65020</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ</t>
+    <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
   </si>
   <si>
     <t>Qiyamətin əlamətlərindən,  elmin aradan qalxması, cəhalətin yayılması, zinanın artması, haram içkilərin  istifadəsinin çoxalması, kişilərin azalması, qadınların artmasıdır ki, əlli qadına bir kişi düşəcək</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: لَأُحَدِّثَنَّكُمْ حَدِيثًا سَمِعْتُهُ مِنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لاَ يُحَدِّثُكُمْ بِهِ أَحَدٌ غَيْرِي: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ».</t>
   </si>
   <si>
     <t>Ənəsdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Sizə, məndən başqa kimsənin rəvayət etməyəcəyi Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) eşitdiyim hədisi danışacam. Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: Qiyamətin əlamətlərindən,  elmin aradan qalxması, cəhalətin yayılması, zinanın artması, haram içkilərin  istifadəsinin çoxalması, kişilərin azalması, qadınların artmasıdır ki, əlli qadına bir kişi düşəcək.</t>
   </si>
   <si>
     <t>بيّن النبي صلى الله عليه وسلم أن من علامات قرب قيام الساعة أن يرفع العلم بالشريعة وذلك بموت العلماء، 
 ونتيجة ذلك يكثر وينتشر الجهل، وينتشر الزنا والفاحشة، ويكثر شرب الخمر، ويقل عدد الرجال ويزيد عدد النساء؛ حتى إنه يكون لخمسين امرأة رجلٌ واحد يقوم بأمورهن ويتولى مصالحهن.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, Qiyamətin yaxınlaşmasının əlamətlərindən biri də şəriət elminin aradan qalxmasıdır ki, bu da alimlərin ölümü ilə baş verir. Bunun nəticəsində isə cəhalət yayılır. Həmçinin zina və pozğunluqların yayılar, şərab içilməsi artar, kişilərin sayı azalar, qadınların sayı isə artar və beləliklə əlli qadının işini və məsuliyyətini  bir kişi üzərinə götürəcək.</t>
   </si>
   <si>
     <t>بيان بعض علامات الساعة.
 علم وقت الساعة من الأمور الغيبية التي استأثر الله بها.
 الحث على تعلم العلم الشرعي قبل فقده.</t>
   </si>
   <si>
     <t>Qiyamətin bəzi əlamətlərinin bəyanı
 Qiyamətin vaxtı, yalnız Allahın bildiyi və hər kəsdən gizlətdiyi qeyb  məsələlərindəndir.
 Şəriət elminin aradan qalxmamış öyrənilməsinə təşviq edilməsi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65021</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى يَمُرَّ الرَّجُلُ بِقَبْرِ الرَّجُلِ فَيَقُولُ: يَا لَيْتَنِي مَكَانَهُ</t>
+    <t>لا تقوم الساعة حتى يمر الرجل بقبر الرجل فيقول: يا ليتني مكانه</t>
   </si>
   <si>
     <t>Bir insan hansısa bir qəbrin yanından keçərkən belə deyər: "Kaş ki, onun yerində mən olaydım" deməyincə Qiyamət qopmayacaq</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى يَمُرَّ الرَّجُلُ بِقَبْرِ الرَّجُلِ فَيَقُولُ: يَا لَيْتَنِي مَكَانَهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə  buyurduğu rəvayət edilir: "Bir insan hansısa bir qəbrin yanından keçərkən belə deyər: "Kaş ki, onun yerində mən olaydım" deməyincə Qiyamət qopmayacaq".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الساعةَ لن تقوم حتى يَمُرَّ الرجلُ بالقبر فيتمنى أن يكون ميتًا مكانه، والسبب هو خوفُه على نفسِه من ذهاب دينه بِغَلَبَة الباطل وأهله، وظهور الفتن والمعاصي والمنكرات.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, bir insan qəbrin yanından keçib, onun sahibinin yerində olmağı, yəni ölməyi arzulamayana qədər Qiyamət qopmaz. Buna səbəb batilin və batil əhlinin baş alıb getməsi, fitnələrin, günahların və pis işlərin meydana çıxmasına görə həmin adamın dinini itirmək qorxusudur.</t>
   </si>
   <si>
     <t>الإشارة بظهور المعاصي والفتن آخر الزمان.
 الحث على أخذ الحذر والاستعداد للموت بالإيمان والأعمال الصالحة، والبعد عن مواطن الفتن والبلاء.</t>
   </si>
   <si>
     <t>Bu, Qiyamətə yaxın, axır zamanlarda günahların və fitnələrin baş almasına işarədir.
 Ehtiyat etməyə, iman və saleh əməllərlə ölümə hazırlaşmağa, fitnə və fəlakətə aparan yerlərdən uzaq durmağa çağırış.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65022</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ</t>
+    <t>لا تقوم الساعة حتى تقاتلوا اليهود، حتى يقول الحجر وراءه اليهودي: يا مسلم، هذا يهودي ورائي فاقتله</t>
   </si>
   <si>
     <t>Siz yəhudilərlə döyüşmədikcə, arxasında yəhudinin gizləndiyi daş: "Ey müsəlman, arxamda yəhudi var, gəl onu öldür"-söyləmədikcə  Qiyamət qopmaz</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə dedi: "Siz yəhudilərlə döyüşmədikcə, arxasında yəhudinin gizləndiyi daş: "Ey müsəlman, arxamda yəhudi var, gəl onu öldür"-söyləmədikcə  Qiyamət qopmaz."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الساعة لن تقوم حتى يتقاتل المسلمون واليهود، 
 حتى إذا هرب اليهوديُّ وراء الحجر ليستتر به عن المسلمين؛ أنطق اللهُ الحجَرَ ونادى المسلمَ: بأنَّ يهوديًّا وراءه حتَّى يأتي لِقتله.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) müsəlmanlarla yəhudilər döyüşmədikcə Qiyamətin qopmayacağı haqda xəbər vermişdir. Hətta, yəhudi müsəlmandan qaçıb daşın arxasında gizləndikdə, Allah daşı dilə gətirəcək və daş müsəlmana səslənərək yəhudinin arxasında gizləndiyini söyləyəcək ki, gəlib onu öldürsün.</t>
   </si>
   <si>
     <t>إخبار النبي صلى الله عليه وسلم ببعض الغيب والمستقبل، حسبما أطلعه الله تعالى، وهو سيقع لا محالة.
 محاربة المسلمين لليهود في آخر الزمان، وأن ذلك من علامات الساعة.
 بقاء دين الإسلام إلى يوم القيامة، وظهوره على الدين كله.
 نصر الله للمسلمين على عدوهم، ومن ذلك جعل الحجر ينطق في أخر الزمان.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) uca Allahın ona xəbər verdiyi bəzi qeyb və gələcəyə dair xəbərləri bildirməsi, və bunlar da mütləq baş verəcək.
 Axır zamanda müsəlmanların yəhudilərlə müharibə etməsi Qiyamətin əlamətlərindəndir.
 Qiyamət gününə qədər İslam dininin qalması və digər bütün dinlərdən üstün olması.
 Allah müsəlmanlara düşmənlərinə qarşı dəstək verəcəkdir və axır zamanda Onun daşı danışıdırması da bu növdəndir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65023</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ</t>
+    <t>والذي نفسي بيده، ليوشكن أن ينزل فيكم ابن مريم حكما مقسطا، فيكسر الصليب، ويقتل الخنزير، ويضع الجزية، ويفيض المال حتى لا يقبله أحد</t>
   </si>
   <si>
     <t>Nəfsim əlində olan Allaha and olsun ki, Məryəm oğlunun yer üzünə enərək sizin aranızda ədalətlə hökm verəcəyi, xaçı sındıracağı, donuzları öldürəcəyi, cizyəni aradan qaldıracağı, bolluğa görə heç kimin mal-dövlətə ehtiyacı olmayacağı zaman artıq yaxındır</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: "Nəfsim əlində olan Allaha and olsun ki, Məryəm oğlunun yer üzünə enərək sizin aranızda ədalətlə hökm verəcəyi, xaçı sındıracağı, donuzları öldürəcəyi, cizyəni aradan qaldıracağı, bolluğa görə heç kimin mal-dövlətə ehtiyacı olmayacağı zaman artıq yaxındır.</t>
   </si>
   <si>
     <t>يُقْسِمُ النبيُّ صلى الله عليه وسلم على قُرْبِ نزول عيسى بن مريم عليه السلام لِيَحْكُمَ بين الناس بالعدل بالشريعة المحمدية، 
 وأنه سيكسر الصليب الذي تُعظِّمُه النصارى، 
 وأنَّ عيسى عليه السلام يَقْتُل الخنزير، 
 وأنه عليه السلام يضع الجزية ويحمل الناس كلهم على الدخول في الإسلام. 
 وأنَّ المالَ سيفيض فلا يقبله أحد؛ وذلك لكثرته، واستغناء كلِّ أَحدٍ بما في يديه، ونزول البركات وتوالي الخيرات.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) and içir ki, Məryəm oğlu İsanın (Allahın salamı onun üzərinə olsun) insanlar arasında ədalət və Muhəmməd şəriətiylə hökm verməsi üçün yer üzünə enməsi yaxındır. O xristianların əzəmətləşdirdiyi xaçı sındıracaq, həmçinin İsa (Allahın salamı onun üzərinə olsun) donuzları öldürəcək və o (Allahın salamı onun üzərinə olsun) cizyəni aradan qaldırıb, bütün insanların üzərinə İslamı qəbul etmək məsuliyyətini qoyacaq. Bolluğa görə heç kimin mal-dövlətə ehtiyacı olmayacaq və heç kim kənardan sərvət qəbul etməyəcək, -bu bolluğa görə olacaq-və hər bir insan əlində olanla kifayətlənəcək, bərəkətlər enəcək, xeyirlərin ardı-arası kəsilməyəcək.</t>
   </si>
   <si>
     <t>إثبات نزول عيسى عليه السلام آخر الزمان، وأنه من علامات الساعة.
 شريعة النبي صلى الله عليه وسلم لا ينسخها غيرها.
 نزول البركات في المال آخر الزمان، مع زُهد النّاس فيه.
 البشارة ببقاء الدين الإسلامي حيث يحكم به عيسى عليه السلام في آخر الزمان.</t>
   </si>
   <si>
     <t>İsanın(Allahın salamı onun üzərinə olsun) axır zamanda enməsinin isbatı  və onun Qiyamət gününün əlamətlərindən olması.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) şəriətini başqa şəriət silə bilməz.
 Axır zamanda mal-dövlətə  bərəkətin nazil olması və bununla belə insanların ona qarşı zahidlik göstərməsi.
 İslam dininin daimi olmasına müjdə; çünki axır zamanda İsa (Allahın salamı onun üzərinə olsun) bu dinlə hökm verəcək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65025</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ</t>
+    <t>لا تقوم الساعة حتى تطلع الشمس من مغربها، فإذا طلعت فرآها الناس آمنوا أجمعون</t>
   </si>
   <si>
     <t>Günəş batdığı yerdən çıxmayınca Qiyamət qopmaz. İnsanlar günəşin məğribdən çıxdığını gördükdə hamısı Allaha iman gətirəcəklər</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ، فَذَلِكَ حِينَ: {لاَ يَنْفَعُ نَفْسًا إِيمَانُهَا لَمْ تَكُنْ آمَنَتْ مِنْ قَبْلُ، أَوْ كَسَبَتْ فِي إِيمَانِهَا خَيْرًا} [الأنعام: 158] وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ نَشَرَ الرَّجُلاَنِ ثَوْبَهُمَا بَيْنَهُمَا فَلاَ يَتَبَايَعَانِهِ، وَلاَ يَطْوِيَانِهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدِ انْصَرَفَ الرَّجُلُ بِلَبَنِ لِقْحَتِهِ فَلاَ يَطْعَمُهُ، وَلَتَقُومَنَّ السَّاعَةُ وَهُوَ يَلِيطُ حَوْضَهُ فَلاَ يَسْقِي فِيهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ رَفَعَ أَحَدُكُمْ أُكْلَتَهُ إِلَى فِيهِ فَلاَ يَطْعَمُهَا».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə dedi: Günəş batdığı yerdən çıxmayınca Qiyamət qopmaz. İnsanlar günəşin məğribdən çıxdığını gördükdə hamısı Allaha iman gətirəcəklər, bu  Allahın { Rəbbinin bəzi əlamətləri gələcəyi gün əvvəlcə iman gətirməmiş və ya imanında bir xeyir qazanmamış kimsəyə  iman gətirməsi fayda verməyəcəkdir”.} (Əl-ənam, 158) deyə buyurduğu həmin zamandır. Mütləq ki, satıcı paltarı alıcıya təqdim etmək üçün önünə sərəcək, onlar alış-veriş etmədən və paltarı bükmədən Qiyamət qopacaq, mütləq ki, bir insan dəvəsinin südünü sağacaq, onu içmədən Qiyamət qopacaq, mütləq ki, bir insan hovuzunu suvağlayacaq, onu su ilə doldurmadan Qiyamət qopacaq, mütləq ki, sizlərdən biri yeməyini ağzına aparacaq, onu yemədən Qiyamət qopacaq.</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه وسلم أن من علامات الساعة الكبرى أن تطلع الشمس من المغرب بدلًا من المشرق، وعندما يراها الناس يؤمنون جميعًا، 
 فعند ذلك لا ينفع الكافرَ إيمانُه، ولا ينفع العمل الصالح ولا التوبة. 
 ثم أخبر صلى الله عليه وسلم أن الساعة تأتي بغتة؛ حتى إنها تقوم والناس في أحوالهم وشؤون حياتهم؛ 
 فتقوم الساعة والبائع والمشتري قد نشرا ثوبهما بينهما فلا يتبايعانه، ولا يطويانه، 
 وتقوم الساعة والرجل قد أخذ لبن ناقته الحلوب فلا يشربه، 
 وتقوم الساعة والرجل يصلح حوضه ويُطيِّنُه فلا يسقي فيه، 
 وتقوم الساعة والرجل قد رفع لقمته إلى فمه ليأكل فلا يأكلها.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Qiyamət gününün böyük əlamətlərindən  biri günəşin şərqdən yox batdığ yerdən-məğribdən çıxmasıdır, bunu gördükdə insanlar hamısı iman gətirəcəklər. Bu zaman kafirə imanı, saleh əməli, tövbəsi fayda verməyəcək. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Qiyamət qəflətən, insanların öz gündəlik işləri ilə məşğul olduğu zaman gələcək. Satıcı paltarı alıcıya təqdim etmək üçün önünə  sərəcək, onlar alış-veriş etmədən və paltarı bükmədən Qiyamət qopacaq. İnsan dəvəsinin südünü sağacaq, onu içmədən Qiyamət qopacaq, İnsan hovuzunu düzəldib, suvağlayacaq, onu su ilə doldurmadan Qiyamət qopacaq, İnsan yeməyini ağzına aparacaq, onu yemədən Qiyamət qopacaq.</t>
   </si>
   <si>
     <t>الإسلام والتوبة مقبولة ما لم تطلع الشمس من مغربها.
 الحث على الاستعداد للساعة بالإيمان والعمل الصالح؛ لأن الساعة تأتي بغتة.</t>
   </si>
   <si>
     <t>İslam və tövbə günəş məğribdən çıxmadıqca qəbuldur.
 Qiyamətin qəflətən qopacağı səbəbindən, ona  iman və saleh əməllərlə hazırlaşmağa təşviq edilməsi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65026</t>
   </si>
   <si>
-    <t>لَا تَقُومُ السَّاعَةُ حَتَّى يَتَقَارَبَ الزَّمَانُ</t>
+    <t>لا تقوم الساعة حتى يتقارب الزمان</t>
   </si>
   <si>
     <t>Zaman qısalmayınca Qiyamət qopmaz</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَقُومُ السَّاعَةُ حَتَّى يَتَقَارَبَ الزَّمَانُ، فَتَكُونَ السَّنَةُ كَالشَّهْرِ، وَيَكُونَ الشَّهْرُ كَالْجُمُعَةِ، وَتَكُونَ الْجُمُعَةُ كَالْيَوْمِ، وَيَكُونَ الْيَوْمُ كَالسَّاعَةِ، وَتَكُونَ السَّاعَةُ كَاحْتِرَاقِ السَّعَفَةِ الْخُوصَةُ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Zaman qısalmayınca Qiyamət qopmaz, il ay kimi, ay həftə kimi, həftə bir gün kimi, gün saat kimi və saat xurma yarpağının yanma müddəti kimi olacaq."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مِن علامات الساعة تَقَارُبَ الزمان، 
 فتَمُرُّ السَّنَة كما يَمُرُّ الشهر، 
 ويمر الشهر كما يمر الأسبوع، 
 وتمر الجمعة كما يمر اليوم، 
 ويمر اليوم كما تمر الساعة الواحدة، 
 وتمر الساعة بسرعة شديدة كما تُحْرَقُ السَّعَفَة وهي ورقة النخل.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Qiyamət gününün əlamətlərindən biri olaraq zamanın qısalmağını, və ilin ay kimi keçəcəyini, ayın həftə kimi keçəcəyini, həftənin bir gün kimi keçəcəyini, günün bir saat kimi keçəcəyini, saatın da xurma yarpağınin yanıb külə döndüyü zaman kimi tez keçəcəyindən xəbər vermişdir.</t>
   </si>
   <si>
     <t>من علامات الساعة نزع البركة من الزمان أو سرعته.</t>
   </si>
   <si>
     <t>Qiyamətin əlamətlərindən biri də vaxtda bərəkətin olmaması  və sürətlə keçməsidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65027</t>
   </si>
   <si>
-    <t>يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ</t>
+    <t>يقبض الله الأرض، ويطوي السموات بيمينه، ثم يقول: أنا الملك، أين ملوك الأرض</t>
   </si>
   <si>
     <t>Allah Qiyamət günü yeri ovucuna alar, göyləri isə sağ əlində bükər, sonra deyər: Mənəm hökmdar, yer üzünün hökmdarları haradadır?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ».</t>
   </si>
   <si>
     <t>Əbu Hureyra (Allah ondan razı olsun) demişdir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim:
 ​ Allah Qiyamət günü yeri ovucuna alar, göyləri isə sağ əlində bükər, sonra deyər: Mənəm hökmdar, yer üzünün hökmdarları haradadır?</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يوم القيامة يقبض الأرضَ ويجمعُها، ويَطوي السماءَ بيمينه ويلفّ بعضَها فوق بعض ويذهب بها ويفنيها، ثم يقول: أنا المَلك، أين ملوك الأرض؟!</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurmuşdur ki, Qiyamət günü uca Allah yeri ovucuna alaraq toplayacaq, göyləri sağ əli ilə bükəcək, bir hissəsini digərinin üzərinə qatlayacaq və onları uzaqlaşdırıb yox edəcək, sonra deyəcək: Mənəm hökmdar, yer üzünün hökmdarları haradadır?!</t>
   </si>
   <si>
     <t>التذكير بأنَّ مُلْكَ الله هو الباقي ومُلْكُ غيرِه زائل.
 جلال الله وعظمة قدرته وسلطانه وتمام ملكه.</t>
   </si>
   <si>
     <t>Allahın mülkünün əbədi, digərlərin mülkünün isə fani olmasının xatırlanması.
 Allahın böyüklüyü, qüdrətinin və hökmranlığının əzəməti və mülkünün kamilliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65028</t>
   </si>
   <si>
-    <t>حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ</t>
+    <t>حوضي مسيرة شهر، ماؤه أبيض من اللبن، وريحه أطيب من المسك</t>
   </si>
   <si>
     <t>Mənim hovuzum bir aylıq yol məsafəsi qədər böyükdür, suyu süddən daha ağdır, qoxusu miskdən daha gözəldir</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قَالَ: قالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ، وَكِيزَانُهُ كَنُجُومِ السَّمَاءِ، مَنْ شَرِبَ مِنْهَا فَلاَ يَظْمَأُ أَبَدًا».</t>
   </si>
   <si>
     <t>Abdullah bin Amrdan (Allah onların ikisindən də razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: Mənim hovuzum bir aylıq yol məsafəsi qədər böyükdür, suyu süddən daha ağdır, qoxusu miskdən daha gözəldir, qədəhləri göyün ulduzları qədər çoxdur, ondan içən kəs heç zaman susamaz.</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنّ له حوضًا يوم القيامة، طوله مسيرة شهر وعرضه كذلك، 
 وأنّ ماءَه أشدّ بياضًا مِن اللَّبن، 
 وأنّ رائِحتَه زكيَّة أطيب من ريح المسك، 
 وأباريقه مثل نجوم السماء في كثرتها، 
 مَن شرب مِن الحوض بتلك الأباريق لا يعطش أبدًا.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Qiyamət günü öz hovuzundan bəhs edərək, onun uzunluğu və genişliyinin bir ay gedəcək qədər böyüklükdə olduğu barədə xəbər vermişdir. Həmçinin suyunun süddən daha bəyaz, ondan gələn qoxunun  miskdən daha gözəl, qədəhlərinin səma ulduzları qədər çox olması və bu qədəhlərdən içənin isə heç zaman susuzlamaycağını xəbər vermişdir.</t>
   </si>
   <si>
     <t>حوض النبي صلى الله عليه وسلم مجمع ماء عظيم يرده المؤمنون من أمته يوم القيامة.
 حصول النعيم لمن يشرب من الحوض فلا يظمأ أبدا.</t>
   </si>
   <si>
     <t>Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) hovuzu, onun ətrafında Qiyamət günü ümmətinin möminlərinin toplaşacağı böyük su hövzəsidir.
 Hovuzdan içən kəs böyük nemətə nail olur, o heç zaman susamayacaq</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65030</t>
   </si>
   <si>
-    <t>إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي</t>
+    <t>إني على الحوض حتى أنظر من يرد علي منكم، وسيؤخذ ناس دوني، فأقول: يا رب مني ومن أمتي</t>
   </si>
   <si>
     <t>Mən hovuzun başında ikən sizlərdən yanıma gələni gözləyəcəyəm, lakin bəzi insanlar məndən uzaqlaşdırılacaqlar və mən :"Ya Rəbbi, onlar məndən, mənim ümmətimdəndirlər</t>
   </si>
   <si>
     <t>عَنْ أَسْمَاءَ بِنْتِ أَبِي بَكْرٍ رَضِيَ اللَّهُ عَنْهُمَا، قَالَتْ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي، فَيُقَالُ: هَلْ شَعَرْتَ مَا عَمِلُوا بَعْدَكَ، وَاللَّهِ مَا بَرِحُوا يَرْجِعُونَ عَلَى أَعْقَابِهِمْ».</t>
   </si>
   <si>
     <t>Əsma bint Əbu Bəkrdən (Allah onların ikisindən də razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Mən hovuzun başında ikən sizlərdən yanıma gələni gözləyəcəyəm, lakin bəzi insanlar məndən uzaqlaşdırılacaqlar və mən :"Ya Rəbbi, onlar məndən, mənim ümmətimdəndirlər"- deyəcəm, "Səndən sonra onların nə etdiyini bilirsənmi? -deyiləcək. Allaha and olsun ki,  onlar haqdan dönüb geriyə üz tutdular". -deyiləcək.</t>
   </si>
   <si>
     <t>يُبيِّن النبي صلى الله عليه وسلم بأنَّه سيكون يوم القيامة على حوضه لينظُرَ مَن يأتي مِن أمَّته إلى الحوض، 
 وسَيُؤخَذ ناسٌ بالقرب منه عليه الصَّلاة والسلام فيقول: يا رب منّي ومِن أُمَّتي، 
 فيُقال: هل عَلِمْت ما عملوا بعد مفارقتهم إيّاك، والله ما زالوا يرجعون على أدبارِهم ويرتَدُّون عن دينِهم، فلا هم مِنك، ولا مِن أمَّتِك.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Qiyamət günü ümmətindən hovuza gələnləri görmək üçün hovuzun başında olacaq. Bəzi kəslərə ona (Allahın salavatı və salamı onun üzərinə olsun) yaxınlaşmağa mane olunacaq və Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) deyəcək:" Ey Rəbbim, onlar məndəndir, ümmətimdəndir." Ona deyiləcək: Onların arasından ayrıldıqdan sonra  nələr etdiklərini bilirsənmi? Allaha and olsun ki, onlar haqdan dönüb geriyə üz tutdular, dinlərindən döndülər, onlar nə səndən, nə də ümmətindəndirlər.</t>
   </si>
   <si>
     <t>رحمة النبي صلى الله عليه وسلم بأمته وحرصه عليهم.
 خطورة مخالفة ما كان عليه النبي صلى الله عليه وسلم.
 الحث على التمسك بسنة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ümmətinə olan rəhməti və onlara qarşı şəfqəti.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yoluna qarşı çıxmağın təhlükəsi.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) sünnəsinə sarılmağa təşviq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65031</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا</t>
+    <t>والذي نفس محمد بيده لآنيته أكثر من عدد نجوم السماء وكواكبها</t>
   </si>
   <si>
     <t>Muhəmmədin nəfsi əlində olan Allaha and olsun ki, hovuzun qabları buludsuz zülmət gecədə, səmada görünən ulduz və səma cisimlərindən çoxdur</t>
   </si>
   <si>
     <t>عَنْ أَبِي ذَرٍّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا آنِيَةُ الْحَوْضِ؟ قَالَ: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا، أَلَا فِي اللَّيْلَةِ الْمُظْلِمَةِ الْمُصْحِيَةِ، آنِيَةُ الْجَنَّةِ مَنْ شَرِبَ مِنْهَا لَمْ يَظْمَأْ آخِرَ مَا عَلَيْهِ، يَشْخَبُ فِيهِ مِيزَابَانِ مِنَ الْجَنَّةِ، مَنْ شَرِبَ مِنْهُ لَمْ يَظْمَأْ، عَرْضُهُ مِثْلُ طُولِهِ، مَا بَيْنَ عَمَّانَ إِلَى أَيْلَةَ، مَاؤُهُ أَشَدُّ بَيَاضًا مِنَ اللَّبَنِ، وَأَحْلَى مِنَ الْعَسَلِ».</t>
   </si>
   <si>
     <t>Əbu Zərdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Dedim: Ey Allahın Rəsulu, hovuzunun qabları necədir? Dedi:" Muhəmmədin nəfsi əlində olan Allaha and olsun ki, hovuzun qabları buludsuz zülmət gecədə, səmada görünən ulduz və səma cisimlərindən çoxdur, cənnətdəki qabdan içən kəs ömrünün sonuna qədər bir daha susamaz. Cənnətdən hovuza axın var, oradan içən bir daha susamaz. Eni ilə uzunluğu eyni olub, Amman ilə Əylə arasındakı məsafə qədərdir, suyu süddən daha ağ, baldan daha dadlıdır.</t>
   </si>
   <si>
     <t>أقسم النبي صلى الله عليه وسلم بأن آنية حوضه يوم القيامة أكثر من عدد نجوم وكواكب السماء، 
 وذلك يظهر في الليلة المظلمة التي لا قمر فيها؛ لأن الليلة المقمرة لا تكون فيها النجوم واضحة لاستتارها بضوء القمر، والتي لا غيم فيها؛ لأن وجود الغيم يمنع من رؤية النجوم، 
 وأن آنية الجنة، مَن شرب من الشراب الذي فيها لا يعطش أبدًا، ويكون ذلك آخر ما يصيب الشارب من العطش، 
 وأن حوضه يسيل فيه ميزابان من الجنة، وعرضه مثل طوله؛ 
 فالحوض متساوي الأركان، طوله يكون بمقدار المسافة التي بين عَمّان وهي بلدة بالبلقاء من الشام، إلى أَيْلَةَ وهي مدينة معروفة في طرف الشام، 
 وماء الحوض أكثر بياضًا من اللبن، وطعمه أحلى من طعم العسل.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) and içərək bildirir ki, hovuzun qabları Qiyamət günü səma cisimləri və uduzlarından sayca çox olacaq. Bu, ayın və buludların olmadığı zülmət gecədə aydın görünür, çünki aylı gecədə ulduzlar ayın işığının təsirindən aydın görünmür, buludlar da həmçinin ulduzların aydın görünməsinə mane olur. Cənnətdəki içkilərdən bu qablarla içənlər bir daha susamazlar və bu içənin ən son hiss etdiyi susuzluq olacaq. Hovuza cənnətdən axan iki kanal vardır və  hovuzun eni ilə uzunluğu eynidir. Hovuzun sütunları bərabər məsafədədir, uzunluğu Şamın Bəlqə bölgəsindəki Amman şəhəri ilə, Şamın kənarında olan Eylə şəhərinin arasındakı məsafə qədərdir. Hovuzun suyu süddən daha ağ, baldan daha dadlıdır.</t>
   </si>
   <si>
     <t>إثبات الحوض وما فيه من أنواع النعيم.
 عِظم الحوض وطوله وعرضه وكثرة آنيته.</t>
   </si>
   <si>
     <t>Hovuz və orada olan nemətlərin sübutu.
 Hovuzun möhtəşəmliyi- onun uzunluğu, eni, və qablarının çoxluğu  ilə ifadə olunması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65032</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن الله سيخلص رجلا من أمتي على رءوس الخلائق يوم القيامة</t>
   </si>
   <si>
     <t>Həqiqətən Allah qiyamət günü ümmətimdən bir adamı məxluqatın önünə çıxaracaq</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ العَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ، فَيَنْشُرُ عَلَيْهِ تِسْعَةً وَتِسْعِينَ سِجِلًّا، كُلُّ سِجِلٍّ مِثْلُ مَدِّ الْبَصَرِ، ثُمَّ يَقُولُ: أَتُنْكِرُ مِنْ هَذَا شَيْئًا؟ أَظَلَمَكَ كَتَبَتِي الْحَافِظُونَ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: أَفَلَكَ عُذْرٌ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: بَلَى إِنَّ لَكَ عِنْدَنَا حَسَنَةً، فَإِنَّهُ لَا ظُلْمَ عَلَيْكَ الْيَوْمَ، فَتُخْرَجُ بِطَاقَةٌ فِيهَا: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، فَيَقُولُ: احْضُرْ وَزْنَكَ، فَيَقُولُ: يَا رَبِّ مَا هَذِهِ الْبِطَاقَةُ مَعَ هَذِهِ السِّجِلَّاتِ؟ فَقَالَ: إِنَّكَ لَا تُظْلَمُ، قَالَ: فَتُوضَعُ السِّجِلَّاتُ فِي كِفَّةٍ، وَالْبِطَاقَةُ فِي كِفَّةٍ، فَطَاشَتِ السِّجِلَّاتُ، وَثَقُلَتِ الْبِطَاقَةُ، فَلَا يَثْقُلُ مَعَ اسْمِ اللهِ شَيْءٌ».</t>
   </si>
   <si>
     <t>Abdullah bin Amr bin Asdan (Allah ondan və atasından razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: Həqiqətən Allah qiyamət günü ümmətimdən bir adamı məxluqatın önünə çıxaracaq və onun üçün qarşısına doxsan doqquz kitab sərəcək. Hər kitab gözün gördüyü son həddə qədər olan məsafədə olacaq. Allah buyuracaq: "Bunlardan hər hansı bir şeyi inkar edirsənmi? Əməlləri yazan nəzarətçi mələklərim sənə zülm etdilərmi? Adam deyəcək: Xeyr, ey Rəbbim! Allah buyuracaq: Sənin üzrlü səbəbin varmı? Adam: Xeyr, ey Rəbbim!- deyə cavab verəcək. Allah buyuracaq: Əksinə, sənin üçün dərgahımızda bir savab vardır. Buna görə də bu gün sənə zülm edilməyəcək." Bu zaman, içində "əşhədu əllə iləhə illallah və əşhədu ənnə Muhəmmədən abduhu və rəsuluhu" olan kağız parçası gətiriləcək. Allah buyuracaq: Bunların tərəzidə çəkildiyi yerdə hazır ol. Adam deyəcək: Ey Rəbbim, bu kağız parçasının doxsan doqquz kitabın yanında nə dəyəri var? Allah buyuracaq: "Bu gün sənə zülm edilməz". Kitablar tərəzinin bir gözünə, kağız parçası isə digər gözünə qoyulacaq və kitablar tərəzidə yüngül, kağız parçası isə ağır gələcək. Uca Allahın adıyla yanaşı heç bir şey ağır gəlməz.</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم إن الله يختار رجلًا من أمته على رؤوس الخلائق يوم القيامة يُنادَى به ليُحاسَب، فيَعرِضُ عليه تسعةً وتسعين سِجِلًّا وهي صحائف أعماله السيئة التي كان يعمل بها في الدنيا، وطول كل سجل مثل مد البصر، 
 ثم يقول الله عز وجل لهذا الرجل: أتنكر شيئًا من المكتوب في هذه السِّجِلّات؟ 
 أظلمك ملائكتي الحفظة الكتبة؟ 
 فيقول الرجل: لا يا رب. 
 فيقول الله عز وجل: ألك عُذرٌ تُعذَر به مما قدمت من أعمال في الدنيا؟ من كونه سهوًا أو خطأً أو جهلًا، 
 فيقول الرجل: لا يا رب ليس لي عذر. 
 فيقول الله عز وجل: بلى، إن لك عندنا حسنة، وإنه لا ظلم عليك اليوم. 
 قال: فيخرج بطاقة مكتوب فيها: أشهد أن لا إله إلا الله، وأشهد أن محمدًا عبده ورسوله. 
 فيقول الله عز وجل: لهذا الرجل، أحضر ميزانك. 
 فيقول الرجل متعجِّبًا: يا رب! ما وزن هذه البطاقة مع هذه السجلات؟! 
 فقال الله عز وجل: لن يقع عليك ظلم. 
 قال: فتوضع السجلات في كفة، والبطاقة في كفة؛ فخَفَّت الكفة التي بها السجلات، ورَجَحَت وثَقُلت الكفة التي بها البطاقة، فغفر الله له.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Allah Qiyamət günü ümmətindən bir adamı seçərək məxluqatın önünə çıxaracaq və hesaba çəkəcək. Sonra bu insanın qarşısına, dünyada etdiyi pis əməllərin səhifələrindən ibarət olan doxsan doqquz kitab təqdim ediləcək. Hər kitab da, gözün gördüyü son həddə qədər olan məsafədə olacaq. Sonra izzət və cəlal sahibi Allah bu kişiyə deyəcək: Bu kitablarda yazılanlardan hər hansı bir şeyi inkar edirsənmi? Əməlləri yazan nəzarətçi mələklərim sənə zülm etdilərmi? Kişi deyəcək: Xeyr, ey Rəbbim İzzət və Cəlal sahibi olan Allah deyəcək: Dünyada etdiyin əməlləri səhv və ya xəta və ya cəhalət kimi üzrlü edəcək səbəbin varmı? Kişi deyəcək: Xeyr, ey Rəbbim, mənim heç bir üzrlü səbəbim yoxdur. İzzət və Cəlal sahibi olan Allah buyuracaq: "Əksinə, sənin üçün dərgahımızda bir savab vardır. Buna görə də bu gün sənə zülm edilməyəcək." Bu zaman, içində "əşhədu əllə iləhə illallah və əşhədu ənnə Muhəmmədən abduhu və rəsuluhu" yazılmış kağız parçası çıxarılacaq. İzzət və Cəlal sahibi olan Allah buyuracaq: Bunların tərəzidə çəkildiyi yerdə hazır ol. Adam təəccüblə deyəcək: Ey Rəbbim, bu kağız parçasının bu qədər kitabın yanında nə dəyəri var? Allah buyuracaq: "Bu gün sənə zülm edilməyəcək." Kitablar tərəzinin bir gözünə, kağız parçası isə digər gözünə qoyulacaq. Kitablar tərəzidə yüngül, kağız parçası isə ağır gələcək və Allah onu bağışlayacaq.</t>
   </si>
   <si>
     <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
 لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
 الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
 الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
   </si>
   <si>
     <t>Tövhid kəliməsinin əzəməti: Allahdan başqa ibadətə layiq haqq məbud yoxdur" kəliməsinin əzəməti və tərəzidə ağırlığı
 Dil ilə "Ləə iləhə illallah" söyləmək kifayət deyil, bununla yanaşı onun mənasını bilmək , bu kəliməyə uyğun və ondan  qaynaqlanan əməlləri etmək vacibdir.
 İxlas və tövhidin qüvvəti günahları silməyə səbəbidir.
 İman, qəlbdəki ixlasın dərəcəsinə görə fərqlənir, bəzi insanlar bu kəliməni söyləyə bilərlər, lakin, günahları qədərində əzab ediləcəklər.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[Ət-Tirmizi və İbnu Məcə rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65033</t>
   </si>
   <si>
-    <t>لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ</t>
+    <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
     <t>Allah cənnət və cəhənnəmi yaradanda Cəbrayılı (Allahın salamı onun üzərinə olsun)</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
     <t>Əbu Hureyradan(Allah ondan razı olsun) rəvayət edildiyinə görə Allah rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə dedi: Allah cənnət və cəhənnəmi yaradanda Cəbrayılı (Allahın salamı onun üzərinə olsun) cənnətə göndərdi və dedi: Ona və onun əhli üçün orada nə hazırladığıma bax.Cəbrayıl ona baxdı və qayıdaraq dedi: İzzətinə and olsun ki, onu eşidən ora daxil olmaq istəyəcək. Sonra Allah cənnəti nəfsin sevmədiyi şeylərlə əhatə edilməsini əmr etdi və dedi: Get, ona və onun əhli üçün orada nə hazırladıqlarıma bax. O gedib baxdı və cənnətin nəfsə ağır və çətin gələn əməllərlə əhatələndiyinü gördü və : İzzətinə and olsun ki, ora kimsənin daxil olmayacağından qorxuram- dedi. Allah buyurdu: "Get, cəhənnəmə və orada onun əhli üçün hazırladıqlarıma bax".Gedib cəhənnəmə baxanda onun bir hissəsinin digər  hissəsinin üstünə çıxdığını gördü.Geri döndü və dedi: "İzzətinə and olsun ki, heç kəs ora girməyəcək." Sonra Allah cəhənnəmin şəhvətlərlə əhatələnməsini əmr etdi və dedi: "Qayıt və ona bax." Cəbrayıl cəhənnəmin şəhvətlərlə əhatələndiyini gördü və qayıdıb dedi: İzzətinə and olsun ki, bir nəfər belə qalmayıb hər kəsin ora girəcəyindən qorxuram.</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
 ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
 ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
 فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
 ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
 ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
 ثم حَفَّ الله عز وجل النار وجعل السبيل إليها بالشهوات والملذات، ثم قال: يا جبريل، اذهب فانظر إليها، 
 فذهب جبريل فنظر إليها، ثم جاء فقال: أي رب، وعزتك لقد خشيت وخفت وأشفقت ألا ينجو منها أحد؛ لما حولها من الشهوات والملذات.</t>
   </si>
   <si>
     <t>Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Allah cənnəti yaradan zaman Cəbrayıla (Allahın salamı onun üzərinə olsun) deyir ki:"Cənnətə get və ona bax." Cəbrayıl cənnətə baxır sonra qayıdır. Cəbrayıl deyir: Ey Rəbbim, İzzətinə and olsun ki, cənnəti və onda olan neməti, ikram və xeyirləri eşidən hər kəs ora daxil olmaq istəyəcək və onun üçün əməl edəcək. Sonra Allah cənnəti nəfsin sevmədiyi şeylər və həmçinin əmrləri yerinə yetirmək, qadağalardan çəkinmək kimi çətinliklər ilə əhatələdi və ora daxil olmaq istəyənin, nəfsin sevmədiyi bu çətin yollardan keçməsini  istədi. Cənnət sevilməyən şeylərlə əhatələndikdən sonra  izzət və cəlal sahibi olan Allah dedi: Ey Cəbrayıl, get,cənnətə bax (Cəbrayıl) getdi, ona baxdı, sonra qayıdaraq dedi: Ey Rəbbim, İzzətinə and olsun ki, onun yolundakı çətinliklər və şiddətlər səbəbiylə heç kimsənin ora daxil olmamasından qorxuram. Allah cəhənnəmi yaratdıqda dedi: Ey Cəbrayıl, Get ona da bax. (O da) gedib baxdı. Sonra qayıdaraq dedi: Ey Rəbbim, izzətinə and olsun, cəhənnəmdəki əzabı, sıxıntı və cəzanı eşidən heç bir kəs ora daxil olmaq istəməz və ona aparan yollardan uzaq durar. Sonra Allah cəhənnəmi şəhvətlərlə əhatələyib, ona aparan yolları şəhvət və ləzzətlərlə etdi. Sonra dedi: "Ey Cəbrayıl, get ona bax". Cəbrayıl gedib cəhənnəmə baxdı və gəlib dedi: İzzətinə and olsun ki, o şəhvətlər və ləzzətlərlə əhatələndiyindən bir nəfərin belə ondan xilas olmayacağından qorxuram.</t>
   </si>
   <si>
     <t>الإيمان بأن الجنة والنار موجودتان الآن.
 وجوب الإيمان بالغيب وبكل ما جاء عن الله ورسوله صلى الله عليه وسلم.
 أهمية الصبر على المكاره لأنها السبيل المُوْصِل إلى الجنة.
 أهمية اجتناب المحرمات؛ لأنها السبيل الموصل إلى النار.
 جعل الجنة محفوفة بالمكاره، والنار بالشهوات، هو مقتضى الابتلاء والامتحان في الحياة الدنيا.
 طريق الجنة صعب وشاق، ويحتاج إلى الصبر والمعاناة مع الإيمان، وطريق النار مملوء بالملذات والشهوات في الدنيا.</t>
   </si>
   <si>
     <t>Cənnət və cəhənnəmin hazırda mövcud olmalarına iman etmək.
 Qeybə, izzət və cəlal sahibi olan Allah və Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) gələn hər bir şeyə iman gətirməyin vacibliyi.
 Nəfsin sevmədiyi şeylərə qarşı səbr etməyin əhəmiyyəti, çünki o cənnətə aparacaq səbəbdir.
 Haramlardan uzaq durmağın əhəmiyyəti, çünki, onlar cəhənnəmə aparacaq yollardır.
 Cənnətin sevilməyən şeylərlə, cəhənnəmin şəhvətlərlə əhatələnməsi dünya həyatında imtahan və sınağın labüdlüyüdür.
 Cənnət yolu çətin və məşəqqətlidir, imanla bərabər səbr və çətinliklərə sinə gərmək gərəklidir, cəhənnəm yolu isə dünyada şəhvət və ləzzətlərlə doludur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65034</t>
   </si>
   <si>
-    <t>يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ</t>
+    <t>يؤتى بالموت كهيئة كبش أملح</t>
   </si>
   <si>
     <t>Ölüm, ağ-qara qoç şəklində gətiriləcək</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ، فَيُنَادِي مُنَادٍ: يَا أَهْلَ الجَنَّةِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: هَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، ثُمَّ يُنَادِي: يَا أَهْلَ النَّارِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: وهَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، فَيُذْبَحُ ثُمَّ يَقُولُ: يَا أَهْلَ الجَنَّةِ خُلُودٌ فَلاَ مَوْتَ، وَيَا أَهْلَ النَّارِ خُلُودٌ فَلاَ مَوْتَ، ثُمَّ قَرَأَ: {وَأَنْذِرْهُمْ يَوْمَ الحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ} [مريم: 39]، وَهَؤُلاَءِ فِي غَفْلَةٍ أَهْلُ الدُّنْيَا {وَهُمْ لاَ يُؤْمِنُونَ} [مريم: 39]».</t>
   </si>
   <si>
     <t>Əbu Səid Əl Xudridən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Ölüm, ağ-qara qoç şəklində gətiriləcək və mələk səslənəcək: " Ey Cənnət əhli!" və onlar başlarını qaldırıraq baxacaqlar, mələk deyəcək: "Bunu tanıyırsınızmı? Onlar - Bəli, bu ölümdür - deyəcəklər, hamı onu artıq dadmışdır. Sonra mələk səslənəcək: - "Ey cəhənnəm əhli"- və onlar başlarını qaldırıb baxacaqlar, sonra isə mələk onlara deyəcək: "Bunu tanıyırsınızmı?" Onlar - Bəli, bu ölümdür - deyəcəklər, hamı onu artıq dadmışdır. Sonra bu qoç kəsiləcək və mələk deyəcək: Ey cənnət əhli, artıq ölüm yox, əbədilik var. Ey cəhənnəm əhli, artıq ölüm yox, əbədilik var." 
 Ardınca Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bu ayəni oxudu: "Sən onları işin bitmiş olacağı peşmançılıq günü ilə qorxut! İndi onlar hələ qəflətdədirlər" [Məryəm ,39] dünyada olanlar hələ qəflətdədirlər "və onlar iman gətirmirlər." [Məryəm ,39].</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم أن الموت يؤتى به يوم القيامة، كهيئة ذَكَر الضأن وفيه بياض وسواد، 
 فيٌنَادى: يا أهل الجنة! فيمدُّون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول لهم: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه وعرفه، 
 ثم ينادي المنادي: يا أهل النار، فيمدون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه؛ 
 فيُذبَح، ثم يقول المنادي: يا أهل الجنة بقاء أبد الآبدين فلا موت، ويا أهل النار بقاء أبد الآبدين فلا موت. 
 وذلك ليكون زيادة في نعيم المؤمنين، ونكاية في عذاب الكافرين.
 ثم قرأ النبي صلى الله عليه وسلم: 
 {وَأَنْذِرْهُمْ يَوْمَ الْحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ وَهُمْ لا يُؤْمِنُونَ} 
 فيوم القيامة يفصل بين أهل الجنة والنار، ودخل كل إلى ما صار إليه مخلدًا فيه، 
 فيتحسر المسيء ويندم إذ لم يحسن، والمقصر إذ لم يزدد من الخير.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, Qiyamət günü ölüm erkək ağ-qara rəngində olan qoç şəklində gətriləcək, Və " Ey Cənnət əhli!" -deyə çağrılırlar və onlar  boyunlarını uzadıb, başlarını qaldırıb baxırlar. Və mələk onlara deyir: Bunu tanıyırsınızmı?! Onlar - Bəli, bu ölümdür - deyəcəklər, hamısı onu görüb dadmışdır. Sonra mələk: - "Ey cəhənnəm əhli"-  deyə çağırır və onlar boyunlarını uzadıb, başlarını qaldırıb baxırlar və onlara deyir: "Bunu tanıyırsınızmı?!" Onlar - Bəli, bu ölümdür - deyəcəklər, hamısı onu görüb dadmışdır. Sonra bu qoç kəsilir və mələk deyir: Ey cənnət əhli, artıq ölüm yox, əbədilik var. Ey cəhənnəm əhli, artıq ölüm yox, əbədilik var. Bu, möminlərin nemətini, kafirlərin isə əzabını artırmaq üçündür. Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bu ayəni oxudu: "Sən onları işin bitmiş olacağı peşmançılıq günü ilə qorxut! İndi onlar hələ qəflətdədirlər və onlar iman gətirmirlər." [Məryəm ,39] Və Qiyamət günü cənnət əhli ilə cəhənnəm əhli bir-birindən ayrılacaq. Hər biri əbədi qalacaqları yerə daxil olacaq. Pis əməl sahibi xeyir əməllər etmədiyinə görə, səhlənkar davranan isə əməllərini artırmadığına görə peşman olacaq.</t>
   </si>
   <si>
     <t>مصير الإنسان في الآخرة هو الخلود في الجنة أو النار.
 التحذير الشديد من هول يوم القيامة وأنه يوم الحسرة والندم.
 بيان دوام سرور أهل الجنة، ودوام حزن أهل النّار.</t>
   </si>
   <si>
     <t>İnsanın axirətdəki aqibəti, Cənnət və ya Cəhənnəmdə əbədi qalmasıdır.
 Qiyamət gününün dəhşətindən şiddətli çəkindirmək. O gün peşmançılıq və kədər günüdür.
 Cənnət əhlinin sevincinin, cəhənnəm əhlinin hüznünün davamlı olması</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65035</t>
   </si>
   <si>
-    <t>نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ</t>
+    <t>ناركم جزء من سبعين جزءا من نار جهنم</t>
   </si>
   <si>
     <t>Yandırdığınız alov, cəhənnəm alovunun yetmiş qatından bir qatıdır</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ»، قِيلَ: يَا رَسُولَ اللَّهِ، إِنْ كَانَتْ لَكَافِيَةً. قَالَ: «فُضِّلَتْ عَلَيْهِنَّ بِتِسْعَةٍ وَسِتِّينَ جُزْءًا كُلُّهُنَّ مِثْلُ حَرِّهَا».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Yandırdığınız alov, cəhənnəm alovunun yetmiş qatından bir qatıdır Deyildi ki, Ey Allahın Rəsulu, hətta bu alov belə (zalımları cəzalandırmağa) yetərli idi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Cəhənnəm alovu dünya alovundan  altmış doqquz qat üstün edildi. Hər bir qatın istiliyi, dünya alovunun istiliyi qədərdir".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن نار الدنيا جزء من سبعين جزءًا من نار جهنم، 
 فنار الآخرة تزيد قوة حرارتها على حرارة نار الدنيا بتسعة وستين جزءًا، كل جزء منها يعادل حرارة نار الدنيا. 
 فقيل: يا رسول الله إن نار الدنيا كانت كافية لتعذيب داخليها، 
 فقال: فضلت نار جهنم على نار الدنيا بتسعةٍ وستين جزءًا وكلها مثلها في شدة الحر.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dünya alovunun, cəhənnəm odundan yetmişdə bir qatı qədər olduğunu bəyan etmişdir. Axirət alovu  dünya alovundan altmış doqquz qat istidir. Hər bir qatın istiliyi dünya alovunun istiliyinə bərabərdir. Deyilir: Ey Allahın Rəsulu, dünya alovu ora daxil olanların əzab edilməsi üçün kifayət idi. Və Allah rəsulunun (Allahın salavatı və salamı onun üzərinə olsun): Cəhənnəm odu  dünya alovundan  altmış doqquz qat üstün edildi. Hər bir qatın istiliyi, dünya alovunun istiliyi qədərdir.</t>
   </si>
   <si>
     <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
 عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
   </si>
   <si>
     <t>Cəhənəmmə aparacaq əməllərdən uzaq durmaları üçün insanların cəhənnəmdən çəkindirilmələri.
 Cəhənnəm odunun və əzabının əzəməti və istiliyinin şiddəti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65036</t>
   </si>
   <si>
-    <t>حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً</t>
+    <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
   </si>
   <si>
     <t>Doğru söz sahibi və doğruluğu Allah tərəfindən təsdiqlənən  Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bizə belə buyurdu: "Sizlərdən birinizin yaradılışının başlanğıcı (embrion) anasının bətnində qırx gün və qırx gecədə toplanır</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
     <t>Abdullah bin Məsuddan (Allah ondan razı olsun)  belə dediyi rəvayət edilir: Doğru söz sahibi və doğruluğu Allah tərəfindən təsdiqlənən  Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bizə belə buyurdu: "Sizlərdən birinizin yaradılışının başlanğıcı (embrion) anasının bətnində qırx gün və qırx gecədə toplanır, sonra həmin müddətdə laxtalanmış qana çevrilir, sonra növbəti qırx gündə ət parçasına çevrilir, sonra ona mələk göndərilir və dörd şeyi yazmağı əmr edilir: ruzisini, əcəlini, əməlini, bədbəxt, yoxsa xoşbəxt olacağını. Sonra ona ruh üfürülür. Sizlərdən biriniz cənnət əhlinin əməlini edir,  onun cənnətə daxil olmasına bir arşın qalmış, ana bətnində yazılmış qədəri onu qabaqlayır və o cəhənnəm əhlinin əməlini edərək cəhənnəmə daxil olur və sizlərdən biriniz cəhənnəm əhlinin əməlini edir,  onun cəhənnəmə düşməsinə bir arşın qalmış, ana bətnində yazılmış qədəri onu qabaqlayır və o cənnət əhlinin əməlini edərək cənnətə daxil olur."</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، 
 قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، 
 ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، 
 ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، 
 ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، 
 ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، 
 وأجله، وهو مدة بقائه في الدنيا، 
 وعمله، ما هو؟ وشقيٌ أو سعيد. 
 ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ 
 لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
     <t>Abdullah bin Məsud (Allah ondan razı olsun) dedi ki, sözlərində düzgün olan və doğruluğu uca Allah tərəfindən təsdiqlənən Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bizə belə buyurdu: Sizlərdən birinizin yaradılışının mərhələləri bu şəkildədir: Kişi ilə qadın cinsi əlaqədə olduqda kişidən gələn sperma qadının rəhmində qırx gün nütfə (embrion) olaraq qalır, Sonra laxtalanmış qana çevrilir və bu ikinci qırx gündə baş verir. Sonra növbəti qırx gündə bir parça çeynənmiş ətə çevrilir. Sonra Allah üçüncü qırx günün sonunda  mələk göndərir və mələk ona ruh üfürür. Bu mələyə dörd şeyi yazmaq əmr edilmişdir: 
 İnsanın ömrü boyu əldə edəcək ruzisi, əcəli, yəni bu dünyada qalacaq müddət və əməlinin nəticəsi :  Xoşbəxt yaxud bədbəxt olacağı. Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) and içərək bildirir ki, bir kəs cənnət əhlinin əməlini görür, insanların gözündə əməlisaleh olur, onun cənnətə girməsinə bir arşın qalmış, ana bətnində yazılmış qədəri onu qabaqlayır və o cəhənnəm əhlinin əməlini görərək əməli bitmiş olur və cəhənnəmə daxil olur; Çünki əməlin qəbul olma şərti, onun üzərində sabit olmaq və dəyişdirməməkdir, başqa bir qrup insan isə cəhənnəm əhlinin əməllərini edir, cəhənnəmə düşməyinə bir arşın qalmış, yazılmış qədəri onu qabaqlayır və o cənnət əhlinin əməlini görərək cənnətə daxil olur.</t>
   </si>
   <si>
     <t>الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصا وإيمانا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصا وإيمانا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى : ( يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ ).</t>
   </si>
   <si>
     <t>Hər bir məsələ sonda qədərdə yazıldığı kimi olur və təqdir edilən reallaşır.
 "Əməllərə güvənib aldanmamaq"-xəbərdarlığı, çünki əməllər sonuna görə dəyərləndirilir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65037</t>
   </si>
   <si>
-    <t>كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ</t>
+    <t>كتب الله مقادير الخلائق قبل أن يخلق السماوات والأرض بخمسين ألف سنة</t>
   </si>
   <si>
     <t>Allah məxluqatın qədərini, yeri və göyləri yaratmazdan əlli min il öncə yazmışdır</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ، قَالَ: وَعَرْشُهُ عَلَى الْمَاءِ».</t>
   </si>
   <si>
     <t>Abdullah bin Amr bin Asdan (Allah onlardan razı olsun) rəvayət edildiyinə görə belə dedi: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: Allah məxluqatın qədərini, yeri və göyləri yaratmazdan əlli min il öncə yazmışdır və (o zaman) Ərşi suyun üzərində idi.</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أنّ اللهَ كتب ما سيقع من أقدار الخلائق بالتفصيل من حياة وموت ورزق وغير ذلك في اللوح المحفوظ قبل أن يخلق السَّموات والأرض بخمسين ألف سنة، وهي واقعة وفق ما قضى الله عز وجل، 
 فكل شيء كائن فهو بقضاء الله وقدره، 
 فما أصاب العبد لم يكن ليخطئه، وما أخطأه لم يكن ليصيبه.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Allah yeri və göyləri yaratmazdan əlli min öncə  məxluqatın qədəriylə əlaqəli olan; həyat, ölüm, ruzi və digər baş verəcəkləri lövhu məhfuzda təfsilatı ilə yazmışdır və bütün bunlar, izzət və cəlal sahibi olan Allahın yazdığı kimi baş verir. Hər baş verən və olan  Allahın qəza və təqdiriylədir. Qul üçün təqdir edilən şey ondan yan keçməz, ona yazılmayan şey isə onun başına gəlməz.</t>
   </si>
   <si>
     <t>وجوب الإيمان بالقضاء والقدر.
 القدر هو: علم الله بالأشياء وكتابته ومشيئته وخلقه لها.
 الإيمان بأن الأقدار مكتوبة قبل خلق السماوات والأرض يُثمِر الرضا والتسليم.
  أنّ عرش الرحمن كان على الماء قبل خلق السموات والأرض.</t>
   </si>
   <si>
     <t>Qəza və qədərə imanın vacibliyi
 Qədər: Allahın olacaq hər şeyi bilməsi, yazması, istəməsi və bunları yaratmasıdır.
 Yerin və göylərin yaradılmasından öncə hər şeyin qədərinin yazıldığına iman etmək, qədərə razılıq və təslimiyyət doğurur.
 Yerin və göylərin yaradılmasından öncə Rəhmanın ərşi suyun üzərində idi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65038</t>
   </si>
   <si>
-    <t>كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ</t>
+    <t>كل شيء بقدر، حتى العجز والكيس، أو الكيس والعجز</t>
   </si>
   <si>
     <t>Hər şey qədərdəndir. Hətta acizlik və çalışqanlıq da yaxud çalışqanlıq və acizlik də</t>
   </si>
   <si>
     <t>عَنْ طَاوُسٍ أَنَّهُ قَالَ: أَدْرَكْتُ نَاسًا مِنْ أَصْحَابِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُونَ كُلُّ شَيْءٍ بِقَدَرٍ، قَالَ: وَسَمِعْتُ عَبْدَ اللهِ بْنَ عُمَرَ رضي الله عنهما يَقُولُ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ».</t>
   </si>
   <si>
     <t>Tavusdan belə dediyi rəvayət edilir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) sahabələrindən bir çox insana yetişdim ki, onlar -"Hər şey qədərdəndir" -deyirdilər. Dedi: Abdullah bin Ömər (Allah onların hər ikisindən razı olsun) belə dediyini eşitdim: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Hər şey qədərdəndir. Hətta acizlik və çalışqanlıq da yaxud çalışqanlıq və acizlik də".</t>
   </si>
   <si>
     <t>بيَّن النبي صلى الله عليه وسلم أن كل شيء بقدر؛ 
 حتى العجز وهو: ترك ما يجب فعله والتسويف به وتأخيره عن وقته، بأمور الدنيا والآخرة. 
 وحتى الْكَيْسُ وهو: النشاط والحِذْق بأمور الدنيا والآخرة. 
 وإن الله عز وجل قد قدَّر العجز والكيس وكل شيء، لا يقع في الوجود إلا وقد سبق به علم الله ومشيئته.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etdi ki, hər şey qədərdəndir. Hətta acizlik qədərdəndir, və bu - dünya və axirət məsələlərində, vacib olan əməlləri tərk edib, bu əməllərin tətbiqini gecikdirmək, vaxtını uzatmaqdır. Eyni zamanda çalışqanlıq da qədərdəndir və bu- dünya və axirət işlərində mahir və aktiv olmaqdır. İzzət və Cəlal sahibi olan Allah , acizliyi, aktivliyi və hər şeyin qədərini təsbit etmişdir. Yaradılışda olan hər şey Allahın  öncədən bildiyi elminə və istəyinə görə gerçəkləşir</t>
   </si>
   <si>
     <t>بيان اعتقاد الصحابة رضوان الله عليهم في القدر.
 كل شيء يحصل بقدر الله حتى العجز والنشاط.
 تثبت وحذر الصحابة رضوان الله عليهم في نقل حديث رسول الله صلى الله عليه وسلم.
 الإيمان بالقدر كله خيره وشره.</t>
   </si>
   <si>
     <t>Sahabələrin (Allah hamısından razı olsun) qədər məsələsində etiqadlarının bəyanı.
 Hər şey, hətta acizlik və çalışqanlıq da Allahın qədəriylə  hasil olur.
 Sahabələrin (Allah hamısından razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) hədisinin nəqlində  dəqiqləşdirmək xisləti və ehtiyatlı davranmaları.
 Qədərin bütün xeyir və şərrinə iman gətirmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65039</t>
   </si>
   <si>
-    <t>إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً</t>
+    <t>إذا قضى الله لعبد أن يموت بأرض جعل له إليها حاجة</t>
   </si>
   <si>
     <t>Allah qulun hansı bir yerdə ölməsini istərsə, onun ora getməsinə səbəb olacaq bir ehtiyac yaradar</t>
   </si>
   <si>
     <t>عَنْ مَطَرِ بْنِ عُكَامِسٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً».</t>
   </si>
   <si>
     <t>Matar bin Ukamisdən (Allah ondan razı olsun)  rəvayət edildiyinə görə  Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Allah qulun hansı bir yerdə ölməsini istərsə, onun ora getməsinə səbəb olacaq bir ehtiyac yaradar."</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله إذا قضى وقدَّر لعبد أن يموت بأرض وهو غير موجود فيها؛ جعل له إليها حاجة فيأتي إليها، فتقبض روحه فيها.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Allah qulun  olmadığı müəyyən bir yerdə ölməsini  təqdir etdikdə, onun ora getməsinə səbəb olacaq bir ehtiyac  yaradar və orada ruhunu alar.</t>
   </si>
   <si>
     <t>الحديث مصداق لقول الله عز وجل: {وما تدري نفس بأي أرض تموت}.</t>
   </si>
   <si>
     <t>Bu hədis izzət və cəlal sahibi olan Allahın bu sözünün -{Heç kəs harada öləcəyini bilməz } təsdiqidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65040</t>
   </si>
   <si>
-    <t>مَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>من كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>Kim mənim adımdan qəsdən yalan danışarsa, cəhənnəmdə öz yerini təmin edər</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: "Kim mənim adımdan qəsdən yalan danışarsa, cəhənnəmdə öz yerini təmin edər".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن كَذَبَ عليه مُتعمدًا بنِسبةِ قولٍ أو فعلٍ له كَذبًا، فإنّ له في الآخرة مَجلسًا في النار؛ جزاء له على كذبه عليه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) açıq-aydın bildirmişdir ki, kim onun adından qəsdən yalanı onun bir sözünə və ya əməlinə nisbət edərsə, cəza olaraq axirətdə cəhənnəm yerini təmin etmiş olar.</t>
   </si>
   <si>
     <t>الكَذب على النبيِّ صلى الله عليه وسلم بالقصد والعَمْد سببٌ لدخول النار.
 الكذب على النبي عليه الصلاة والسلام ليس كالكذب على سائر الناس، لِمَا يَترتَّب على ذلك من مفاسد عظيمة في الدين والدنيا.
 التحذير من نشر الأحاديث قبل التثبُّت والتأكد من صحة نسبتها إلى النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) adından  qəsdən və bilərəkdən yalan danışmaq cəhənnəmə daxil olma səbəbidir.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) adından yalan danşmaq digər insanların adından yalan danışmaq kimi deyil, çünki onun adından yalan dünyəvi işlərdə və dində böyük fəsadlara gətirib çıxarır.
 Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) istinad edilən hədislərin düzgünlüyünü yoxlamadan və dəqiqləşdirmədən yaymaq təhlükəlidir və bundan çəkinmək vacibdir.</t>
@@ -13615,528 +14434,522 @@
 فأسلم ضمام، وأخبر النبي صلى الله عليه وسلم أنه سيدعو قومه للإسلام. ثم عرف نفسه وأنه ضمام بن ثعلبة من بني سعد بن بكر.</t>
   </si>
   <si>
     <t>Ənəs bin Məlik (Allah ondan razı olsun) xəbər verir ki, sahabələr Allah Rəsulu ilə (Allahın dua və salamı onun  üzərinə olsun) məsciddə oturduqları əsnada, dəvə üzərində bir kişi gəlib məscidin qapısında dəvəsini çökdürdü, sonra onu bağladı. Sonra soruşdu: Hansınız Muhəmməddir? Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) qövmünün arasında söykənmiş halda oturmuşdu. Buna görə dedik: Bu söykənmiş ağ adamdır. Kişi ona dedi: Ey AbdulMuttalibin oğlu. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)- Səni dinləyirəm, buyur söylə - deyə cavab verdi. Kişi Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Səndən, bir az sərt  məsələlər soruşacam, amma qəlbində məndən incimə". Yəni, mənə qəzəblənmə və sıxılma Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: Nə istəyirsən soruş. Kişi dedi: Sənin və səndən öncəkilərin Rəbbi adına, səni bütün insanlara Allahmı göndərdi? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) da doğru söylədiyini  vurğulamaq üçün dedi: Allaha and olsun ki, bəli. Kişi dedi: Səni Allaha and verirəm söylə, Allahmı sənə  gün və  gecə ərzində beş vacib namazı qılmağımızı əmr etdi? Bunlar gündəlik fərz namazlarıdır Dedi: Allaha and olsun ki, bəli. Kişi dedi: Allah üçün söylə, ilin bu ayında- Ramazan ayında oruc tutmağımızı sənə Allahmı əmr etdi? Dedi: Allaha and olsun ki, bəli. Kişi dedi: Allah üçün söylə, bu sədəqəni- zəkatı varlılardan alıb kasıblara paylamağı sənə Allahmı əmr etdi? Dedi: Allaha and olsun ki, bəli. Bundan sonra  Dımam müsəlman odu. Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) öz qövmünü İslama dəvət edəcəyini xəbər verdi. Sonra o özünü tanıdıraq Sad bin Bəkr qəbiləsindən olan Dımam bin Sələbə olduğunu bildirdi.</t>
   </si>
   <si>
     <t>تواضع النبي عليه الصَّلاة والسّلام؛ إذ لم يستطع الرَّجل أن يُفرِّق بينه وبين أصحابه.
 حسن خلق النبي عليه السلام، وتلطفه في الرد على السائل، وأن حسن الرد من أسباب قبول الدعوة.
 جواز تعريف الرجل بصفة من البياض والحمرة، والطول والقصر، ونحو ذلك مما لا يقصد به العيب، إن لم يَكره ذلك.
 جواز دخول الكافر المسجد للحاجة.
 لم يذكر الحج في الحديث لأنه قد يكون لم يفرض وقت مجيئه.
 حرص الصحابة على دعوة الناس؛ فبمجرد إسلامه حرص على دعوة قومه.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) təvazökarlığı, çünki kişi onu səhabələrindən ayırd edə bilmədi.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) gözəl əxlaqı, sual verənə şəfqətlə cavab verməsi. Suala gözəl cavab vermək İslamın qəbul edilməsi üçün bir səbəbdir.
 İnsanın acığına gəlmədiyi halda, onu ağ, qırmızı, uzun, qısa və bu kimi eyb nəzərdə tutulmayan xüsusiyyətlərlə vəsfinin icazəli olması.
 Kafirin ehtiyac olduğu halda məscidə daxil olmasının icazəli olması.
 Hədisdə həcc qeyd edilmir, ehtimal ki,  kişinin gəldiyi zaman həcc ibədəti hələ fərz edilməmişdir.
 Sahabələrin insanları dəvət etməyə hərisliyi. Buna görə də bu sahabə müsəlman olan kimi qövmünü İslama dəvət etmək istədi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65044</t>
   </si>
   <si>
-    <t>ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ</t>
+    <t>ذكر النبي صلى الله عليه وسلم شيئا، فقال: ذاك عند أوان ذهاب العلم</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bir məsələni qeyd edib dedi: "Bu, elmin yoxa çıxacağı zaman baş verəcək</t>
   </si>
   <si>
     <t>عَنْ زِيَادِ بْنِ لَبِيدٍ رضي الله عنه قَالَ: ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ» قُلْتُ: يَا رَسُولَ اللَّهِ، وَكَيْفَ يَذْهَبُ الْعِلْمُ، وَنَحْنُ نَقْرَأُ الْقُرْآنَ وَنُقْرِئُهُ أَبْنَاءَنَا وَيُقْرِئُهُ أَبْنَاؤُنَا أَبْنَاءَهُمْ إِلَى يَوْمِ الْقِيَامَةِ؟ قَالَ: «ثَكِلَتْكَ أُمُّكَ زِيَادُ، إِنْ كُنْتُ لَأُرَاكَ مِنْ أَفْقَهِ رَجُلٍ بِالْمَدِينَةِ، أَوَلَيْسَ هَذِهِ الْيَهُودُ وَالنَّصَارَى يَقْرَؤونَ التَّوْرَاةَ وَالْإِنْجِيلَ، لَا يَعْمَلُونَ بِشَيْءٍ مِمَّا فِيهِمَا؟!».</t>
   </si>
   <si>
     <t>Ziyad bin Ləbid (Allah ondan razı olsun) demişdir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bir məsələni qeyd edib dedi: "Bu, elmin yoxa çıxacağı zaman baş verəcək". Mən dedim: "Ey Allahın Rəsulu! Biz Quranı oxuduğumuz və övladlarımıza oxutdurduğumuz halda, onlar da Qiyamətə qədər özlərinin və  övladlarının oxuduqları halda elm necə yoxa çıxa bilər?" O (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Anan səni itirsin ey Ziyad, mən səni Mədinədə ən fəqih şəxslərdən hesab edirdim, məgər yəhudi və xristianlar tövrat və incili oxumurlarmı?! Lakin, bu iki kitabda olan elmdən qafildirlər".</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم جالسًا بين أصحابه، فقال: هذا الوقت الذي يُرفَع ويُسلَب فيه العلم من الناس، 
 فتعجب زياد بن لبيد الأنصاري رضي الله عنه وسأل النبي صلى الله عليه وسلم، 
 فقال: كيف يرفع العلم ويضيع منا؟! وقد قرأنا القرآن وحفظناه؛ فوالله لنَقرأنَّه، ولنُقرِئنَّه نساءنا وأبناءنا، وأبناء أبنائنا، 
 فقال النبي صلى الله عليه وسلم متعجبًا: فقدتْك أمك يا زياد! إن كنت لأعدك من علماء أهل المدينة! 
 ثم بين له صلى الله عليه وسلم: أنَّ فقد العلم ليس بفقد القرآن؛ ولكن فقد العلم بفقد العمل به،
 فهذه التوراة والإنجيل عند اليهود والنصارى؛ ومع ذلك ما نفعتهم، وما استفادوا من مقصودهما؛ وهو العمل بما علموا.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) sahabələri ararsında ikən onlara belə deyir : Bu dövr, elmin  insannlardan uzaqlaşdığı və qaldırıldığı zamandır. Ziyad bin Ləbid (Allah ondan razı olsun) təəccüblənərək Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) sual verdi: Dedi: Elm bizdən necə çəkilib  qaldırıla bilər?!  Halbuki Quranı oxuduq və onu əzbərlədik; Allaha and olsun ki, onu oxumağa, qadınlarımıza və uşaqlarlarımıza və onların övladlarına oxutdurmağa davam edəcəyik. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) təəccüblə dedi: Anan səni itirsin Ey Ziyad! Səni Mədinənin alimlərindən hesab edirdim. Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan etdi ki, elmi itirmək Quranı itirmək demək deyil, elmi itirmək - Quranda olan əmrlərə əməl etməmək deməkdir. Yəhudi və xristianların əllərində tövrat və incilin mövcud olmasına baxmayaraq, onlara fayda vermədi, bu iki kitabın məramından xeyirli nəticə çıxarmadılar, məram və məqsəd isə bildiklərinə əməl emələri idi.</t>
   </si>
   <si>
     <t>وجود المصاحف والكتب بأيدي النّاس لا تنفع بدون العمل بها.
 رفع العلم يكون بأمور، منها: موت النبي صلى الله عليه وسلم، وموت العلماء، وترك العمل بالعلم.
 من علامات الساعة ذهاب العلم وترك العمل به.
 الحث على العمل بالعلم فإنه هو المقصود.</t>
   </si>
   <si>
     <t>İnsanların əlində Quran və digər kitaların olması əməlsiz onlara fayda vermir.
 Elmin itməsi bir sıra səbəblərlə baş verir ki, bunlardan da: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) ölümü, alimlərin ölümü və elmə əməl etməyin tərkidir.
 Qiyamətin əlamətlərindən biri də, elmin itməsi və elmə əməl etməyin tərk olunmasıdır.
 Elmlə əməl etməyə təşviq, çünki bu əsas məqsəddir.</t>
   </si>
   <si>
     <t>رواه ابن ماجه</t>
   </si>
   <si>
     <t>[İbnu Məcə rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65045</t>
   </si>
   <si>
-    <t>لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا}</t>
+    <t>لا تصدقوا أهل الكتاب ولا تكذبوهم، وقولوا: آمنا بالله وما أنزل إلينا</t>
   </si>
   <si>
     <t>Kitab əhlinin sözlərini nə doğru qəbul edin, nə də yalanlayın və deyin : {Biz Allaha və  bizə nazil olana  iman gətirdik.}</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: كَانَ أَهْلُ الْكِتَابِ يَقْرَؤُونَ التَّوْرَاةَ بِالْعِبْرَانِيَّةِ، وَيُفَسِّرُونَهَا بِالْعَرَبِيَّةِ لِأَهْلِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا} [البقرة: 136] الْآيَةَ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) belə dediyi rəvayət edilir: Əhli-kitab tövratı ivrit dilində oxuyur və  ərəb dilində müsəlmanlara təfsir edərdilər. Bunun üzərindən Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə  dedi: Kitab əhlinin sözlərini nə doğru qəbul edin, nə də yalanlayın və deyin : {Biz Allaha və  bizə nazil olana  iman gətirdik.} [Əl bəqərə: 136].</t>
   </si>
   <si>
     <t>حذًّر النبي صلى الله عليه وسلم أمته من الاغترار بما يرويه أهل الكتاب من كتبهم، 
 حيث كان اليهود على عهد النبي صلى الله عليه وسلم يقرؤون التوراة باللغة العبرية؛ وهي لغة اليهود، ويفسرونها بالعربية، 
 فقال صلى الله عليه وسلم: لا تصدِّقوا أهل الكتاب ولا تكذِّبوهم، وهذا فيما لا يُعرف صدقُه من كذِبِه؛ 
 وذلك لأن الله تعالى أمرنا أن نؤمن بما أنزل إلينا من القرآن، وما أنزل إليهم من الكتاب، إلا أنه لا سبيل لنا إلى أن نعلم صحيح ما يحكونه عن تلك الكتب من سقيمه إذا لم يَرِد في شريعتنا ما يوضِّح صدقَه من كذبه، 
 فنتوقف، فلا نصدقهم؛ لئلا نكون شركاء معهم فيما حرَّفوه منه، ولا نكذبهم؛ فلعله يكون صحيحًا، فنكون منكرين لما أمرنا أن نؤمن به، 
 وأمر النبي صلى الله عليه وسلم أن نقول: 
 {آمنا بالله وما أنزل إلينا وما أنزل إلى إبراهيم وإسماعيل وإسحاق ويعقوب والأسباط وما أوتي موسى وعيسى وما أوتي النبيون من ربهم لا نفرق بين أحد منهم ونحن له مسلمون} 
 [البقرة: 136].</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ümmətini, kitab əhlinin kitablarındakı rəvayətlərə aldanmaqdan çəkindirmişdir. Belə ki, yəhudilər Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) zamanında tövratı öz dilləri olan ivritlə oxuyub, ərəbcə təfsir edərdilər. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: Əhli kitabdan nə doğrunu qəbul edin, nə də onları yalanlayın.
 Onun bu sözləri, kitab əhlindən gələn rəvayətlərdə doğrunun yalandan ayırd olmamasına görədir. Çünki uca Allah bizə, Qurana və onlara endirilən kitaba iman gətirməyimizi əmr edib. Lakin, onların öz kitablarından rəvayət etdiklərindən hansının doğru və hansının yalnış olmasını bildirən bir sübut-dəlil şəriətimizdə gəlməyibsə, bu xəbərlərin doğrusunu yalnışından ayırmağın yolu yoxdur. Ona görə də, bu mövqedə qalırıq, onların təhrif etdikləri məsələlərdə  ortaq olmamaq üçün həmin şeyləri təsdiq etmirik və ya bu şeylərin doğru ola biləcək ehtimalını yalanlamırıq ki, səhvən, iman gətirməyimizə əmr olunan şeyi inkar etməyək. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə deməyimizi əmr edib: ( Biz Allaha, bizə nazil olana, İbrahimə, İsmailə, İshaqa, Yəquba və onun nəslinə nazil olana, Musa və İsaya verilənlərə, özlərinin Rəbbi tərəfindən peyğəmbərlərə verilənlərə iman gətirdik. Biz onların arasında  fərq qoymuruq. Biz yalnız Ona təslim olanlarıq!) (Əl-bəqərə 136)</t>
   </si>
   <si>
     <t>ما أخبر به أهل الكتاب ثلاثة أقسام: قسم يوافق القرآن والسنة فيُصدَّق، وقسم يخالف القرآن والسنة فهذا باطل ويكذَّب، وقسم ثالث ليس في القرآن والسنة ما يدل على صدقه ولا كذبه؛ فهذا يُروى، ولا يُصدَّق ولا يُكذَّب.</t>
   </si>
   <si>
     <t>Kitab əhlindən olan  xəbərlər  üç qismə bölünür:
 1. Quran və sünnəyə müvafiq olduğu üçün təsdiqlənən.
 2.Quran və sünnəyə müxalif olduğu üçün batil olan və yalanlanan.
 3. Quran və sünnədə doğruluğuna və ya yalan olmasına dair dəlil olmayan qismdir ki, bu  rəvayət edilir, lakin nə doğru, nə də yalan sayılar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65046</t>
   </si>
   <si>
-    <t>لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ</t>
+    <t>لا تعلموا العلم لتباهوا به العلماء، ولا لتماروا به السفهاء</t>
   </si>
   <si>
     <t>Alimlərin qarşısında lovğalanmaq, səfehlərlə mübahisə etmək</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ، وَلَا تَخَيَّرُوا بِهِ الْمَجَالِسَ، فَمَنْ فَعَلَ ذَلِكَ، فَالنَّارُ النَّارُ».</t>
   </si>
   <si>
     <t>Cabir bin Abdullahdan (Allah onların hər ikisindən razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: Alimlərin qarşısında lovğalanmaq, səfehlərlə mübahisə etmək, məclislərdə seçilmək üçün elm öyrənməyin. Kim belə edərsə, o oddadır, oddadır.</t>
   </si>
   <si>
     <t>حذَّّر النبي صلى الله عليه وسلم من طلب العلم لمفاخرة ومباهاة العلماء، وإظهار أني عالم مثلكم، أو لتخاطبوا وتجادلوا به السفهاء وخِفاف العقول، أو يتعلم لأن يتصدَّر في المجالس، ويُقدَّم على غيره فيها. 
 فمن فعل ذلك؛ فإنه يستحقّ النار بريائه وعدم الإخلاص في طلب العلم لله.</t>
   </si>
   <si>
     <t>Burada Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) elm tələbəsini alimlərin iştirak etdiyi məclislərdə özü ilə fəxr edib öyünməsindən, "mən də sizin kimi elmə sahibəm" düşüncəsini izhar etməkdən, səfehlərlə, dar düşüncəli insanlarla mübahisə etməkdən, məclislərdə öndə olmaq və digərlərindən önə çıxmaq məqsədilə elm öyrənilməsindən çəkindirmişdir. Kim bunu edərsə, riyakarlığına görə və elm tələbində ixlaslı olmadığı üçün Cəhənnəmə girməyə layiq olar.</t>
   </si>
   <si>
     <t>الوعيد بالنار لمن تعلَّم العلم ليفاخر به أو يجادل به أو يتصدَّر به المجالس، ونحو ذلك.
 أهمية إخلاص النية لمن تعلَّم العلم وعلَّمه.
 النية أساس الأعمال وعليها يكون الجزاء.</t>
   </si>
   <si>
     <t>Elmi,  fəxr etmək, mubahisə etmək və məclislərdə baş tərəfdə oturmaq və bənzər məqsədlərlə öyrənənlər üçün cəhənnəm vəd edilmişdir.
 Elmi ixlasla öyrənməyin və bu elmi başqlarına öyrətməyin əhəmiyyəti.
 Niyyət əməllərin əsasıdır və mükafat ona görə olur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65047</t>
   </si>
   <si>
-    <t>ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا</t>
+    <t>ضرب الله مثلا صراطا مستقيما</t>
   </si>
   <si>
     <t>Allah doğru yola misal çəkir. Yolun iki tərəfində iki divar, divarlarda  açılmış qapılar, qapıların üzərinə isə endirilmiş qeyri şəffaf pərdələr vardır. Yolun qapısında  bir bələdçi çağırış edir: Ey insanlar, hamınız doğru yola yönəlin, ondan dönməyin</t>
   </si>
   <si>
     <t>عَنْ النَّوَّاسِ بْنِ سَمْعَانَ الْأَنْصَارِيِّ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا، وَعَلَى جَنْبَتَيْ الصِّرَاطِ سُورَانِ، فِيهِمَا أَبْوَابٌ مُفَتَّحَةٌ، وَعَلَى الْأَبْوَابِ سُتُورٌ مُرْخَاةٌ، وَعَلَى بَابِ الصِّرَاطِ دَاعٍ يَقُولُ: أَيُّهَا النَّاسُ، ادْخُلُوا الصِّرَاطَ جَمِيعًا، وَلَا تَتَعَرَّجُوا، وَدَاعٍ يَدْعُو مِنْ فَوْقِ الصِّرَاطِ، فَإِذَا أَرَادَ يَفْتَحُ شَيْئًا مِنْ تِلْكَ الْأَبْوَابِ، قَالَ: وَيْحَكَ لَا تَفْتَحْهُ، فَإِنَّكَ إِنْ تَفْتَحْهُ تَلِجْهُ، وَالصِّرَاطُ الْإِسْلَامُ، وَالسُّورَانِ: حُدُودُ اللهِ، وَالْأَبْوَابُ الْمُفَتَّحَةُ: مَحَارِمُ اللهِ، وَذَلِكَ الدَّاعِي عَلَى رَأْسِ الصِّرَاطِ: كِتَابُ اللهِ، وَالدَّاعِي مِنِ فَوْقَ الصِّرَاطِ: وَاعِظُ اللهِ فِي قَلْبِ كُلِّ مُسْلِمٍ».</t>
   </si>
   <si>
     <t>Nəvvas bin Səman Əl Ənsaridən (Allah ondan razı olsun) rəvayət olunan hədisdə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: Allah doğru yola misal çəkir. Yolun iki tərəfində iki divar, divarlarda  açılmış qapılar, qapıların üzərinə isə endirilmiş qeyri şəffaf pərdələr vardır. Yolun qapısında  bir bələdçi çağırış edir: Ey insanlar, hamınız doğru yola yönəlin, ondan dönməyin. Kimsə bu qapılardan birini açmaq istədikdə, yolun yuxarısından başqa bir bələdçı səslənir: Vay olsun sənə, qəti o qapını açma, çünki açsan ora girəcəksən. 
 Yol-İslamdır, divarlar isə -Allahın qoyduğu hüdudlardır, açılmış qapılar- haramlardır. Yolun başında duran bələdçi- Allahın kitabıdır. Yolun yuxarısındakı bələdçi isə hər bir müsəlmanın qəlbindəki nəsihətçidir.</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم: أن الله ضرب مثلًا للإسلام بالطريق المستقيم المُمتد لا اعوجاج فيه، وعلى جانبي هذا الطريق، سوران أو جداران يحيطان به من جهتيه وهما حدود الله، يتخلل هذين الجدارين أبواب مفتَّحة هي محارم الله، 
 وعلى تلك الأبواب ستائر لا تُظهِر للمارِّ على الطريق مَن بداخلها، 
 وفي أول الطريق داعٍ يوجِّه الناسَ ويرشدهم ويقول لهم: سيروا عليه دون أن تميلوا إلى الأطراف والجوانب، وهذا الداعي هو كتاب الله، 
 وهناك داع آخر من فوق الطريق؛ وهذا الداعي كلما همّ الماشي على الصراط أن يفتح قدرًا يسيرًا من ستور تلك الأبواب زجره وقال له: ويلك لا تفتحْه! فإنك إن تفتحْه تَلِجْه ولن تستطيع أن تمسك نفسك عن الدخول، وهذا الداعي هو واعظ الله في قلب كل مسلم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, uca Allah İslamı doğru və onda əyrilik olmayan yol ilə misal gətirmişdir. Bu yolun iki tərəfində onu əhatə edən iki divar vardır ki, bunlar Allahın hüdudlarıdır. Bu iki divarın daxilinə qapılar açılır ki, bunlar da haramlardır. Bu qapılarda pərdələr vardır ki, yoldan keçən kəs içəridə kim olduğunu görə bilməz.Yolun əvvəlində insanları yönləndirən və onları istiqamətləndirən carçı var ki, onlara belə söyləyər: "Yolun kənarlarına çıxmadan üzərində düz gedin" Bu carçı Allahın kitabıdır. Yolun yuxarısında başqa bir carçı var ki, hər dəfə yol ilə gedən kəs bu qapıların pərdələrini azacıq açmaq istəyəndə onu danlayaraq deyir: "Vay olsun sənə, qətiyyən o pərdəni açma! Əgər açsan, oradan girəcəksən və girməmək üçün özünü saxlaya bilməyəcəksən "Bu isə hər bir müsəlmanın qəlbində olan nəsihətçidir."</t>
   </si>
   <si>
     <t>الإسلام هو الدين الحق، وأنه الصراط المستقيم الذي يوصلنا إلى الجنة.
 وجوب الالتزام بحدود الله وبما أحلَّ وحرَّم، وأنّ التَّساهل فيها يُورِث الهلاك.
 فضل القرآن العظيم والحث على العمل به، ففيه الهدى والنور والفلاح.
 رحمة الله بعباده وبما أودعه في قلوب المؤمنين ما يمنعهم ويعظهم عن الوقوع في المهالك.
 الله برحمته جعل للعباد حواجز تمنعهم من الوقوع في المعاصي.
 من وسائل التعليم ضرب المثل للتقريب والتوضيح.</t>
   </si>
   <si>
     <t>İslam haqq dindir və o bizi cənnətə götürəcək doğru yoldur.
 Allahın qoyduğu qayda-qanunlara, Onun halal və haram etdiklərinə riayət etməyin vacibliyi. Bu məsələdə səhlənkarlıq həlak doğurur.
 Əzəmətli Quranın fəziləti  və onda olan əhkamlara  əməl etməyə təşviq. Quranda hidayət, nur və qurtuluş vardır.
 Allahın qullarına olan rəhməti və möminləri təlimatlandırıb onları həlakdan qorumağı.
 Uca Allahın rəhmətindəndir ki, O, qulların günahlara düşmələrinə mane olan əngəllər qoymuşdur.
 Təlim vasitələrindən biri də, mənanın daha aydın olması üçün misal çəkməkdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65049</t>
   </si>
   <si>
-    <t>أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ</t>
+    <t>أنزل على رسول الله صلى الله عليه وسلم وهو ابن أربعين</t>
   </si>
   <si>
     <t>Allah Rəsulununa (Allahın salavatı və salamı onun üzərinə olsun) qırx yaşında ikən vəhy endirildi</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ، فَمَكَثَ بِمَكَّةَ ثَلَاثَ عَشْرَةَ سَنَةً، ثُمَّ أُمِرَ بِالْهِجْرَةِ، فَهَاجَرَ إِلَى الْمَدِينَةِ، فَمَكَثَ بِهَا عَشْرَ سِنِينَ، ثُمَّ تُوُفِّيَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ.</t>
   </si>
   <si>
     <t>İbn Abbasdan (Allah onların hər ikisindən razı olsun) belə dediyi rəvayət edilir: Allah Rəsulununa (Allahın salavatı və salamı onun üzərinə olsun) qırx yaşında ikən vəhy endirildi və o Məkkədə on üç il qaldı, daha sonra ona hicrət etmək əmr edildi və Mədinəyə hicrət etdi. Və orada on il qaldı, sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) vəfat etdi.</t>
   </si>
   <si>
     <t>يخبر ابن عباس رضي الله عنهما: أن الوحي أنزل على رسول الله صلى الله عليه وسلم وبُعث وعمره أربعون سنة، 
 فأقام بمكة ثلاث عشرة سنة بعد الوحي، 
 ثم أُمِرَ بالهجرة إلى المدينة وأقام بها عشر سنين، 
 ثم توفي صلى الله عليه وسلم وعمره ثلاثٌ وستون سنة.</t>
   </si>
   <si>
     <t>İbn Abbas (Allah hər ikisindən razı olsun)  xəbər verir ki, vəhy Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun)  qırx yaşında ikən  endirildi və peyğmbərlik vəzifəsi verildi. İlk vəhydən sonra Məkkədə on üç il yaşadı, sonra Allahın Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) Mədinəyə hicrət etmək əmr edildi, orada on il yaşadı, daha sonra altmış üç yaşında vəfat etdi.</t>
   </si>
   <si>
     <t>اهتمام الصحابة بسيرة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Sahabələrin Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) həyatına önəm vermələri.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65050</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}</t>
+    <t>كان النبي صلى الله عليه وسلم لا يعرف فصل السورة حتى تنزل عليه بسم الله الرحمن الرحيم</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ona  "bismilləhir-rahmənir-rahim" enməyincə bir surəni digərindən ayrıldığını bilməzdi</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}.</t>
   </si>
   <si>
     <t>İbn Abbasdan (Allah onların hər ikisindən razı olsun) belə dediyi rəvayət edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ona  "bismilləhir-rahmənir-rahim" enməyincə bir surəni digərindən ayrıldığını bilməzdi.</t>
   </si>
   <si>
     <t>يُبَيِّن ابن عباس رضي الله عنهما أن سور القرآن الكريم كانت تنزل على النبي صلى الله عليه وسلم ولا يَعرف انفصالَها وانتهاءها، حتى تنزل عليه: "بسم الله الرحمن الرحيم"، فيَعلم أن السورة السابقة قد خُتمت، وأنها بداية لسورة جديدة.</t>
   </si>
   <si>
     <t>İbn Abbas (Allah onların hər ikisindən razı olsun) bildirir ki, Quranın surələri Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) nazil olarkən  "bismilləhir-rahmənir-rahim" ayəsi enməyincə, o, bu surələrin bir-birindən ayrılmasını, surənin bitdiyini bilməzdi. Bununla da Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) öncəki surənin bitdiyini və yeni surənin başlanğıcını bilirdi.</t>
   </si>
   <si>
     <t>البسملة يُفصَل بها بين السُّور، إلا بين سورة الأنفال وسورة التوبة.</t>
   </si>
   <si>
     <t>Bəsmələ, Ənfal və Tövbə surələrinin arası istisna olmaqla qalan surələri bir- birindən ayırır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65051</t>
   </si>
   <si>
-    <t>أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟</t>
+    <t>أيحب أحدكم إذا رجع إلى أهله أن يجد فيه ثلاث خلفات عظام سمان؟</t>
   </si>
   <si>
     <t>Sizlərdən biriniz ailəsinin yanına döndüyündə orada üç kök böyük hamilə dəvə görmək istəyərmi?</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟» قُلْنَا: نَعَمْ. قَالَ: «فَثَلَاثُ آيَاتٍ يَقْرَأُ بِهِنَّ أَحَدُكُمْ فِي صَلَاتِهِ خَيْرٌ لَهُ مِنْ ثَلَاثِ خَلِفَاتٍ عِظَامٍ سِمَانٍ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Sizlərdən biriniz ailəsinin yanına döndüyündə orada üç kök böyük hamilə dəvə görmək istəyərmi?" Biz: "Bəli" dedik. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun): "Sizlərdən birinizin namazda oxuduğu üç ayə, üç  böyük, kök, hamilə dəvəyə sahib olmaqdan daha xeyirlidir" deyə buyurdu.</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن أجر قراءة ثلاثة آيات في الصلاة؛ خير من أن يجد الإنسان في بيته ثلاث نُوْقٍ حوامل عظام سمان.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, namazda üç ayə oxumağın savabı, insanın evindəki üç kök, böyük, hamilə dəvədən daha xeyirlidir.</t>
   </si>
   <si>
     <t>بيان فضل قراءة القرآن في الصلاة.
 الأعمال الصالحة خير وأبقى من متاع الدنيا الفاني.
 هذا الفضل ليس مُقيَّدًا بقراءة ثلاث آيات فقط؛ فكلما زاد المصلي من قراءة الآيات في صلاته كان ثوابها خيرًا له من عددهن من الخَلِفات.</t>
   </si>
   <si>
     <t>Namazda Quran oxumağın fəziləti
 Saleh əməllər fani dünya ləzzətlərindən daha xeyirli və davamlıdır.
 Bu fəzilət sadəcə üç ayə oxunmaqla kifayətlənmir. Namaz qılan kəs namazında oxuduğu Quran ayələrini artırarsa, əldə edəcəyi savab, ayələrin sayı qədər kök böyük hamilə dəvələrdən daha xeyirli olar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65053</t>
   </si>
   <si>
-    <t>يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها</t>
+    <t>يقال لصاحب القرآن: اقرأ وارتق، ورتل كما كنت ترتل في الدنيا، فإن منزلك عند آخر آية تقرؤها</t>
   </si>
   <si>
     <t>Quran sahibinə deyiləcək: Oxu və yüksəl, dünyada tərtil ilə oxuduğun kimi burada da tərtillə oxu, şübhəsiz ki, sənin dərəcən, oxuduğun son ayəyə qədərdir</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>Abdullah bin Amrdan (Allah onların hər ikisindən razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Quran sahibinə deyiləcək: Oxu və yüksəl, dünyada tərtil ilə oxuduğun kimi burada da tərtillə oxu, şübhəsiz ki, sənin dərəcən, oxuduğun son ayəyə qədərdir."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Quranı oxuyana, əhkamlarına əməl edənə, oxuyaraq əzbərləyənə, cənnətə daxil olarkən deyiləcək: Quranı oxu və cənnətin dərəcələrinə bununla yüksəl, dünyada tələsmədən rahatlıqla aramla oxuduğun kimi burada da elə oxu. Şübhəsiz ki, sənin son yerin, oxuduğun son ayəyə qədərdir.</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Mukafat əməllərin keyfiyyət və kəmiyyətinə uyğun verilir.
 Quranı oxumağa, əzbərləməyə, onu düşünüb anlamağa çalışmağa və əhkamlarına əməl etməyə təşviq.
 Cənnətdə bir çox məqamlar və dərəcələr vardır. Quran sahibləri orada ən üstün dərəcələrə nail olur.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/az/browse/hadith/65054</t>
   </si>
   <si>
-    <t>الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة</t>
+    <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>Quranı aşkardan oxuyan aşkardan sədəqə verən kimidir, Quranı gizli oxuyan isə gizli sədəqə verən kimidir</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>Uqbə bin Amir Əl Cuhənidən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Quranı aşkardan oxuyan aşkardan sədəqə verən kimidir, Quranı gizli oxuyan isə gizli sədəqə verən kimidir.</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, Quranı aşkarda oxuyan, sədəqəni aşkar halda verən  kimidir, Quranı gizli şəkildə oxuyan isə sədəqəni gizli şəkildə verən kimidir.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>Sədəqəni gizli vermək daha üstün olduğu kimi, Quranı da gizli və tək oxumaq daha üstündür, çünki bu halda həmin əməllər ixlasla olub, riya və nəfslə öyünməkdən uzaq olur. Lakin, Quranı aşkar və səslə oxumaq təlim məqsədi daşıyırsa, bu zaman o istisna hal ola bilər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65055</t>
   </si>
   <si>
-    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدا حبشيا، وسترون من بعدي اختلافا شديدا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
   </si>
   <si>
     <t>Sizə Allahdan qorxmağı tövsiyyə edirəm, (rəhbəriniz) həbəşi bir kölə olsa belə, ona tabe olub, itaət edin. Məndən sonra şiddətli ixtilaflar görəcəksiniz, mənim və doğru yolda olan raşidi xəlifələrin yoluna tabe olun</t>
   </si>
   <si>
     <t>عن العِرْباضِ بن ساريةَ رضي الله عنه قال: قام فينا رسول الله صلى الله عليه وسلم ذات يوم، فوَعَظَنا مَوعظةً بليغةً وَجِلتْ منها القلوبُ، وذَرَفتْ منها العيونُ، فقيل: يا رسول الله، وعظتَنَا موعظةَ مُودِّعٍ فاعهد إلينا بعهد. فقال: «عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين، عَضُّوا عليها بالنواجِذ، وإياكم والأمور المحدثات، فإن كل بدعة ضلالة».</t>
   </si>
   <si>
     <t>İrbad bin Səriyənin (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bir gün aramızda ikən ayağa qalxıb bizə, qəlblərimizi titrədən, gözlərimizi yaşardan  bəlağətli bir xütbə söylədi. Ona dedilər ki: Ey Allahın Rəsulu, bizə sanki vida xütbəsi verdin, ona görə bizə vəsiyyət et. O dedi: “ Sizə Allahdan qorxmağı tövsiyyə edirəm, (rəhbəriniz) həbəşi bir kölə olsa belə, ona tabe olub, itaət edin. Məndən sonra şiddətli ixtilaflar görəcəksiniz, mənim və doğru yolda olan raşidi xəlifələrin yoluna tabe olun və ondan azı dişlərinizlə yapışın. Dinə artırılmış yeniliklərdən çəkinin, çünki hər bir yenilik zəlalətdir.”</t>
   </si>
   <si>
     <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، 
 فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، 
 قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، 
 والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، 
 ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، 
 وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
   </si>
   <si>
     <t>Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) qəlbləri qorxuya salan, gözləri yaşardan bəlağətli bir xütbə söylədi. Onlar Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) təsirli çıxışını görüb dedilər: "Ey Allahın Rəsulu, bu sanki vida xütbəsi idi". Onlar Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) sonra gələn dövrlərdə sarıla biləcəkləri məsləhətlər barədə ondan tövsiyələrini istədilər. Buyurdu: Sizə fərzləri yerinə yetirməklə və haramları tərk etməklə izzət və cəlal sahibi olan Allahdan qorxmağı tövsiyə edirəm. Rəhbərlərə tabe olub, itaət etmək. Əgər bir kölə sizin üzərinizdə rəhbər  və ya hakimiyyət sahibi olarsa, yəni cəmiyyətin ən aşağı təbəqəsindən olan bir kəs sizə hökmdar olarsa, bundan boyun qaçırmayın və fitnələrin oyanmaması üçün ona itaət edin, çünki sizdən kimə ömür vəfa etsə, çoxlu ixtilaflar görəcək. Sonra onlara bu ixtilafdan çıxış yolunu izah etdi ki, bu da onun yoluna və özündən sonra gələn raşidi xəlifələrin - Əbu Bəkr əs-Siddiq, Ömər bin Əl-Xəttab, Osman bin Əffan və Əli ibn Əbi Talibin (Allah onların hamısından razı olsun) yolundan bərk yapışmaqdır və azı dişləri ilə bu yola sarılmaqdır. Bu misalla sünnəyə əməl etməyin və ondan bərk yapışmağın əhəmiyyətini nəzərdə tuturdu. Onları dindəki bidətlərdən (yeniliklərdən) çəkindirdi, çünki hər bir bidət zəlalətdir.</t>
   </si>
   <si>
     <t>أهمية التَّمَسُّكِ بالسُّنّة واتباعها.
 العناية بالمواعظ وترقيق القلوب.
 الأمر باتباع الخُلَفاء الراشدين المهديين الأربعة مِن بعده، وهم أبو بكر وعمر وعثمان وعلي رضي الله عنهم.
 النهيُ عن الابتداع في الدِّين، وأنّ كل البدع ضلالة.
 السمع والطاعة لمَن تولَّى أمر المؤمنين في غير معصية.
 أهمية تقوى الله عز وجل في كل الأوقات والأحوال.
 الاختلاف واقع في هذه الأمة، وعند حدوثِهِ يلزم الرجوعُ إلى سُنّة رسول الله صلى الله عليه وسلم والخلفاء الراشدين.</t>
   </si>
   <si>
     <t>Sünnəyə sarılmaq və ona tabe olmağın əhəmiyyəti.
 Moizələrə və qəlblərin yumşalmasına verilən önəm.
 Ondan sonra gələn raşidi xəlifələrinə- Əbu Bəkr əs-Siddiq, Ömər bin Əl-Xəttab, Osman bin Əffan və Əli bin Əbi Talibə (Allah onların hamısından razı olsun) tabe olmağın əmr edilməsi.
 Dində yeniliyin qadağan edilməsi və dindəki hər yeniliyin zəlalət olması.
 Möminlərə rəhbərlik edən şəxsə -günahlardan başqa- digər məsələlərdə tabe olub, itaət etməyin əmr edilməsi.
 Bütün zaman və hallarda izzət və cəlal sahibi olan Allahdan qorxmağın əhəmiyyəti.
 Bu ümmətdə ixtilaflar baş verəcək, bu baş verdikdə Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) və raşidi xəlifələrinin yoluna müraciət etməyin vacibliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65057</t>
   </si>
   <si>
-    <t>كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ</t>
+    <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
     <t>onlar Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) on ayə öyrənərdilər və bu ayələrdəki elm və əməli həyatlarında tətbiq etməyincə digər ayələrə keçməzdilər</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
     <t>Əbu AbdurRahmən Əs-Suləmidən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) sahabələrindən bizə Quran öyrədənlər danışırdılar ki, onlar Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) on ayə öyrənərdilər və bu ayələrdəki elm və əməli həyatlarında tətbiq etməyincə digər ayələrə keçməzdilər. Onlar- Bu sayədə elm və əməli öyrəndik-deyərdilər.</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
   </si>
   <si>
     <t>Sahabələr (Allah onlardan razı olsun) Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) Quranın on ayəsini öyrənərdilər. Bu on ayədəki elmi öyrənib, həmin ayələrə əməl etmədən başqasına  keçməzdilər. Ona görə də, elmi və əməli birikdə öyrənərdilər.</t>
   </si>
   <si>
     <t>فضل الصحابة رضي الله عنهم وحرصهم على تعلم القرآن.
 تعلم القرآن يكون بالعلم والعمل بما فيه، وليس بقراءته وحفظه فقط.
 العلم يكون قبل القول والعمل.</t>
   </si>
   <si>
     <t>Sahabələrin (Allah onlardan razı olsun) fəziləti və onların Quran öyrənməyə hərislikləri.
 Quranı öyrənmək, elm və ayələrə əməl etməklə olur, sadəcə oxumaq və əzbərləməklə deyil.
 Elm,  sözdən və əməldən öncədir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65058</t>
   </si>
   <si>
-    <t>يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ</t>
+    <t>يا أبا المنذر، أتدري أي آية من كتاب الله معك أعظم؟ قال: قلت: الله لا إله إلا هو الحي القيوم البقرة: . قال: فضرب في صدري، وقال: والله ليهنك العلم، أبا المنذر</t>
   </si>
   <si>
     <t>Ey Əbul Munzir, bilirsənmi, Allahın kitabındakı hansı ayə daha əzəmətlidir?" Dedi: Mən cavab verdim :{Allah, Ondan başqa ibadətə layiq məbud yoxdur, əbədi Yaşayandır, bütün yaratdıqlarının Qəyyumudur.} [Əl bəqərə:255]  O sinəmə vurub dedi: "Ey Əbul Munzir, vallahi elm sənə mübarək olsun</t>
   </si>
   <si>
     <t>عَنْ ‌أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ. قَالَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ».</t>
   </si>
   <si>
     <t>Ubey bin Kəbdan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Ey Əbul Munzir, bilirsənmi ki, Allahın kitabındakı hansı ayə daha əzəmətlidir?" Dedi: Mən cavab verdim: Allah və Rəsulu ən doğrusunu bilir! Dedi: "Ey Əbul Munzir, bilirsənmi, Allahın kitabındakı hansı ayə daha əzəmətlidir?" Dedi: Mən cavab verdim :{Allah, Ondan başqa ibadətə layiq məbud yoxdur, əbədi Yaşayandır, bütün yaratdıqlarının Qəyyumudur.} [Əl bəqərə:255]  O sinəmə vurub dedi: "Ey Əbul Munzir, vallahi elm sənə mübarək olsun."</t>
   </si>
   <si>
     <t>سأل النبيُّ صلى الله عليه وسلم أبيَّ بن كعب عن أعظم آية في كتاب الله، 
 فتردد في الإجابة، ثم قال: هي آية الكرسي: {الله لا إله إلا هو الحي القيوم}، 
 فأيَّده النبي صلى الله عليه وسلم، وضرب النبي على صدره إشارة إلى امتلائه علمًا وحكمة، ودعا له بأن يَسعدَ بهذا العلم وأن يُيَسَّر له.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Ubey bin Kabdən Allahın kitabında olan ən əzəmətli ayə haqqında soruşur. O isə tərəddüd edir, sonra deyir: Bu kürsi ayəsidir: {Allah, Ondan başqa ibadətə layiq məbud yoxdur, əbədi Yaşayandır, bütün yaratdıqlarının Qəyyumudur.}  Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onu dəstəkləyib, sinəsinə vuraraq qəlbinin elm və hikmətlə dolu olduğuna işarə edir. Bu elmlə xoşbəxt olması üçün və elmin ona  asanlaşdırılması üçün  Allaha dua edir.</t>
   </si>
   <si>
     <t>منقبة عظيمة لأبي بن كعب رضي الله عنه.
 آية الكرسي أعظم آية في كتاب الله تعالى، فينبغي حفظها وتدبر معانيها والعمل بها.</t>
   </si>
   <si>
     <t>Bu, Ubey bin Kabın (Allah ondan razı olsun) fəzilətinə dair önəmli qissədir.
 Kürsi ayəsi uca Allahın kitabında ən əzəmətli ayədir, onu əzbərləmək, mənaları haqda düşünmək  və ona əməl etmək lazımdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65059</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا أوى إلى فراشه كل ليلة جمع كفيه، ثم نفث فيهما فقرأ فيهما: قل هو الله أحد، وقل أعوذ برب الفلق، وقل أعوذ برب الناس</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) hər gecə çarpayısına uzandıqda, ovuclarını birləşdirərək onlara üfləyər və onlara İxlas, Fələq, Nəs sürələrini oxuyar</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}، ثُمَّ يَمْسَحُ بِهِمَا مَا اسْتَطَاعَ مِنْ جَسَدِهِ، يَبْدَأُ بِهِمَا عَلَى رَأْسِهِ وَوَجْهِهِ وَمَا أَقْبَلَ مِنْ جَسَدِهِ، يَفْعَلُ ذَلِكَ ثَلَاثَ مَرَّاتٍ.</t>
   </si>
   <si>
     <t>Aişədən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) hər gecə çarpayısına uzandıqda, ovuclarını birləşdirərək onlara üfləyər və onlara İxlas, Fələq, Nəs sürələrini oxuyar, sonra isə əllərini bədənin bacardığı qədər hər yerinə sürtərdi. Başından, üzündən, bədənin ön hissəsindən başlayardı. Bunu üç  dəfə edərdi.</t>
   </si>
   <si>
     <t>كان من هديه صلى الله عليه وسلم إذا أوى إلى فراشه لينام جَمَعَ كفـيه ورفعهما -كما يفعل الداعي- ونَفَخَ فيهما من فمِه نفخًا لطيفًا مع رِيْق يسير ويقرأ السور الثلاث: 
 {قل هو الله أحد} 
 و{قل أعوذ برب الفلق} 
 و{قل أعوذ برب الناس}، 
 ثم يمسح بكفيه ما استطاع من جسده؛ بادئًا برأسه ووجهه وبالجزء الأمامي من بدنه، يكرر هذا الفعل ثلاث مرات.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yatmaq üçün yatağına girərkən etdiyi şeylərdən biri də, ovuclarını birləşdirərək, dua edən insan kimi  əllərini qaldırar, xəfif tüpürərək ovuclarına üfürər , İxlas, Fələq, Nəs sürələrini  oxuyar, sonra isə başından, üzündən, bədənin ön qismindən başlayaraq, əllərini bədənin bacardığı qədər hər yerinə sürtərdi. Bunu üç dəfə edərdi.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين قبل النوم والنفث بهنَّ، ومسح ما استطاع من جسده.</t>
   </si>
   <si>
     <t>Yatmazdan öncə əllərin içinə üfürməklə İxlas, Fələq, Nəs surələrini oxuyub, sonra bədənin bacarıldığı qədər hər yerinə sürtməyin müstəhəb olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65060</t>
   </si>
   <si>
-    <t>الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ</t>
+    <t>اليهود مغضوب عليهم، والنصارى ضلال</t>
   </si>
   <si>
     <t>Yəhudilər qəzəbə düçar olmuş, xristianlar isə zəlalətə düşmüşlər</t>
   </si>
   <si>
     <t>عَنْ ‌عَدِيِّ بْنِ حَاتِمٍ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ».</t>
   </si>
   <si>
     <t>Adiy bin Hətimdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Yəhudilər qəzəbə düçar olmuş, xristianlar isə zəlalətə düşmüşlər".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اليهودَ قومٌ غَضِبَ اللهُ عليهم؛ لأنهم عرفوا الحقَّ ولم يعملوا به. 
 والنصارى قومٌ ضلال؛ لأنهم عَمِلوا بغير علم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurmuşdur ki, yəhudilər Allahın qəzəbinə gəlmiş bir qövmdür. Çünki onlar həqiqəti bildilər və ona əməl etmədilər. Xristianlar isə azmış qövmdür, çünki onlar elmsiz əməl etdilər.</t>
   </si>
   <si>
     <t>الجَمْعُ بين العلم والعمل نجاةٌ من سبيل المغضوب عليهم والضالين.
 التحذير من سبيل اليهود والنصارى، ولزوم الصراط المستقيم الذي هو الإسلام.
 كل من اليهود والنصارى ضال مغضوب عليه، لكن أَخَصُّ أوصافِ اليهود الغضبُ، وأَخَصُّ أوصاف النصارى الضلال.</t>
   </si>
   <si>
     <t>Elmlə əməli cəm etmək, qəzəbə düçar olmaqdan və zəlalətə düşməkdən qurtuluşdur.
 Yəhudi və xristianların yolundan çəkindirmək, düz yola-İslama bağlı olmaq.
 Yəhudi və xristianlardan hər biri zəlalətə və qəzəbə düçar olmuşdur, lakin yəhudilərin xüsusi sifəti qəzəbə uğramaları, xristianların xüsusi sifətləri isə zəlalətə düçar olmalarıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65061</t>
   </si>
   <si>
-    <t>فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ</t>
+    <t>فإذا رأيت الذين يتبعون ما تشابه منه فأولئك الذين سمى الله، فاحذروهم</t>
   </si>
   <si>
     <t>Əgər mütəşabihlərdən yapışanları görsən, bil ki, onları Allah bu cür adlandırdı və onlardan uzaq durun</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رَضِيَ اللهُ عَنْهَا قَالَتْ: تَلَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ هَذِهِ الْآيَةَ: {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ، وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ، وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ} [آل عمران: 7]. قَالَتْ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ».</t>
   </si>
   <si>
     <t>Aişədən(Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bu ayəni oxudu: 
 {Kitabı sənə nazil edən Odur. O Kitabın bir qismi mənası aydın ayələrdir ki, bunlar da Kitabın anasıdır. Digərləri isə mənası aydın olmayan mütəşabih ayələrdir. Qəlblərində əyrilik olanlar fitnə-fəsad törətmək və istədikləri kimi yozmaq məqsədilə mənası aydın olmayanın ardınca düşərlər. Onun yozumunu isə Allahdan başqa heç kəs bilməz. Elmdə qüvvətli olanlar isə deyərlər: “Biz onlara iman gətirdik, hamısı bizim Rəbbimizdəndir”. Bunu isə ancaq ağıl sahibləri dərk edərlər}.[Əli İmran: 7]  (Aişə) dedi: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dedi: " Əgər mütəşabihlərdən yapışanları görsən, bil ki, onları Allah bu cür adlandırdı və onlardan uzaq durun.</t>
   </si>
   <si>
     <t>قرأ رسول الله صلى الله عليه وسلم هذه الآية: 
 {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ}، 
 وفيها أخبر الله سبحانه أنه هو الذي أنزل على نبيه القرآن، الذي منه آيات واضحة الدلالة، معلومة الأحكام لا لبس فيها، هي أصل الكتاب ومرجعه، وهي المرجع عند الاختلاف، 
 ومنه آيات أُخر محتملة لأكثر من معنى، يلتبس معناها على بعض الناس، أو يظن أن بينها وبين الآية الأخرى تعارض، 
 ثم بين الله تعامل الناس مع هذا الآيات، 
 فالذين في قلوبهم مَيْلٌ عن الحق فيتركون المُحْكم، ويأخذون بالمتشابه المُحْتمل، يبتغون بذلك إثارة الشبهة وإضلال الناس، ويبتغون بذلك تأويلها على ما يوافق أهواءهم، 
 وأما الثابتون في العلم فإنهم يعلمون هذا المتشابه، ويردُّونه للمحكم، ويؤمنون به وأنه من عند الله سبحانه وتعالى، ولا يمكن أن يلتبس أو يتعارض، ولكن ما يتذكر بذلك ولا يتعظ إلا أصحاب العقول السليمة. 
 ثم قال النبي صلى الله عليه وسلم لأم المؤمنين عائشة رضي الله عنها أنها إذا رأت الذين يتبعون المتشابه فإنهم هم الذين سمَّى الله في قوله: 
 {فأما الذين في قلوبهم زيغ} 
 فاحذروهم ولا تصغوا إليهم.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bu ayəni oxudu: {Kitabı sənə nazil edən Odur. O Kitabın bir qismi mənası aydın ayələrdir ki, bunlar da Kitabın anasıdır. Digərləri isə mənası aydın olmayan mütəşabih ayələrdir. Qəlblərində əyrilik olanlar fitnə-fəsad törətmək və istədikləri kimi yozmaq məqsədilə mənası aydın olmayanın ardınca düşərlər. Onun yozumunu isə Allahdan başqa heç kəs bilməz. Elmdə qüvvətli olanlar isə deyərlər: “Biz onlara iman gətirdik, hamısı bizim Rəbbimizdəndir”. Bunu isə ancaq ağıl sahibləri dərk edərlər}.
@@ -14146,1431 +14959,2425 @@
     <t>المحكم من آيات القرآن: ما اتضحت دلالته وظهر معناه، والمتشابه: ما احتمل أكثر من معنى واحتاج إلى نظر وفهم.
 التحذير مِن مخالطة أهل الزيغ وأصحاب البدع ومَن يطرح المشكلات لإضلال الناس وتشكيكهم. 
 في ختم الآية بقوله تعالى: {وما يذكر إلا أولو الألباب} تعريض بالزائغين، ومدح للراسخين، يعني: مَن لم يتذكَّر ويتَّعظ، واتَّبع هواه ليس مِن أولي الألباب.
 اتباع المتشابه سبب لزيغ القلب.
 وجوب رد الآيات المتشابهة التي قد لا يُفهم معناها إلى الآيات المحكمة.
 جعل الله سبحانه بعضَ القرآن محكمًا وبعضَه متشابهًا؛ ابتلاءً للناس ليتميز أهل الإيمان من أهل الضلال.
 في وقوع المتشابه في القرآن: إظهار فضل العلماء على غيرهم، وإعلام للعقول بقصورها؛ لتستسلم لبارئها وتعترف بعجزها.
 فضيلة الرسوخ في العلم وضرورة الثبات فيه.
 للمفسرين في الوقوف على {الله} من قوله: { وما يعلم تأويله إلا الله والراسخون في العلم } قولان، فمن وقف على {الله}، فيكون المراد بالتأويل علم حقيقة الشيء وكنهه وما لا سبيل إلى إدراكه كأمر الروح والساعة مما استأثر الله بعلمه، والراسخون في العلم يؤمنون به ويكلون حقائقه إلى الله فيسلمون ويسلمون، ومن وصل ولم يقف على {الله} ، فيكون المراد بالتأويل التفسير والكشف والإيضاح، فيكون الله يعلمه والراسخون في العلم يعلمونه أيضا، فيؤمنون بها ويردونها للمحكم.</t>
   </si>
   <si>
     <t>Quranın ayələrindən muhkəm olan : ayənin məğzinə işarə edən mənanın aydın və zahir olanıdır, mütəşabih isə bir və ya çox məna daşıyan və analiz və fəhmə ehtiyac olan ayələrdir.
 Qəlblərində əyrilik olanlar, bidət əhli, insanları şübhəyə salmaq üçün ortaya azdırıcı suallar çıxaranlarla bir yerdə oturmaqdan çəkindirmək.
 Ayənin sonunda uca Allahın: {Bunu isə yalnız ağıl sahibləri dərk edərlər} deməsi, qəlbləri əyri olanların ifşasına bir işarədir,  elmdə sabit və qüvvətli olanlara isə  tərifdir. Yəni: Kim düşünüb müsbət nəticə çıxarmazsa  və öz nəfsinin istəklərinə uyarsa, o ağıl sahiblərindən olmaz.
 Qəlbin əyriliyinin səbəbi mütəşabehə tabe olmaqdır.
 Mənaları hər kəs tərəfindən anlaşılmayan mütəşabeh ayələrin mənasını, muhkəm ayələrə müraciət edərək təhlil etməyin  vacibiyi.
 Pak olan Allah, insanları sınağa çəkərək  iman əhlini zəlalət  əhlindən  fərqləndirmək üçün Quranın bəzi ayələrini muhkəm, bəzilərini isə mənası aydın olmayan mütəşabih etmişdir.
 Quranda mütəşabihin olması: alimlərin digərləri üzərində üstünlüyünün, insanların ağıllarının naqisliyinin, Yaradana  acizliklərini etiraf edərək təslim olmalarının göstəricisidir.
 Elmdə qüvvətli olmağın fəziləti və sabit olmağın zəruriliyi.
 Uca Allahın { Halbuki onun yozumunu Allahdan başqa heç kəs bilməz. Emdə qüvvətli olanlar } ayəsi ilə əlaqədar təfsirçilərin iki rəyi vardır: "Allah" sözündə dayananlara görə, "onun yozumunu" ifadəsində müəyyən bir şeyin həqiqi bilgisindən və mahiyyətindən bəhs olunur. Buna misal, ruhla bağlı və ya Qiyamət gününün vaxtı kimi məsələlər barədə açıqlama və ya bilgi yalnız Allaha məxsusdur və onu bilmək mümkün deyil. Ona görə elmdə qüvvətli olanlar adı keçən qeybi məsələlərə iman gətirər, həqiqətlərini Allaha həvalə edər, təslim olaraq salamat qalarlar. Amma kim "Allah" sözündə dayanmayıb, cümləyə davam edərsə, bu zaman təfsirçilərin rəyinə görə  "yozum" sözündən qəsd edilən məna təfsir, açıqlama və izahdır. Beləliklə mənası- onun yozumunu Allah bilir, elmdə qüvvətli, sabit  olanlar bilir, ona iman gətirirlər və mənasını muhkəm ayələrə müraciət etməklə təsbit edirlər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65062</t>
   </si>
   <si>
-    <t>مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ</t>
+    <t>ما من رجل يذنب ذنبا، ثم يقوم فيتطهر، ثم يصلي، ثم يستغفر الله، إلا غفر الله له</t>
   </si>
   <si>
     <t>Əgər bir kəs günah edər, sonra dəstəmaz alaraq namaz qılar, sonra Allahdan bağışlanma diləyərsə, Allah onu bağışlayar</t>
   </si>
   <si>
     <t>‌عن عَلِيٍّ قَالَ: إِنِّي كُنْتُ رَجُلًا إِذَا سَمِعْتُ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ حَدِيثًا نَفَعَنِي اللهُ مِنْهُ بِمَا شَاءَ أَنْ يَنْفَعَنِي بِهِ، وَإِذَا حَدَّثَنِي رَجُلٌ مِنْ أَصْحَابِهِ اسْتَحْلَفْتُهُ، فَإِذَا حَلَفَ لِي صَدَّقْتُهُ، وَإِنَّهُ حَدَّثَنِي ‌أَبُو بَكْرٍ، وَصَدَقَ أَبُو بَكْرٍ، قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ»، ثُمَّ قَرَأَ هَذِهِ الْآيَةَ: {وَالَّذِينَ إِذَا فَعَلُوا فَاحِشَةً أَوْ ظَلَمُوا أَنْفُسَهُمْ ذَكَرُوا اللهَ فَاسْتَغْفَرُوا لِذُنُوبِهِمْ} [آل عمران: 135].</t>
   </si>
   <si>
     <t>Əlidən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Mən elə bir adamam ki, Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) bir hədis eşitdiyim zaman uca Allah məni o hədislə istədiyi tərzdə faydalandırırdı. Əgər mənə Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) səhabələrindən kimsə hədis rəvayət etsəydi ona and içdirərdim, əgər and içsə, mən ona inanardım. Əbu Bəkr mənə hədis rəvayət etdi və dediklərində sadiq idi, dedi ki: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyini eşitdim: "Əgər bir kəs günah edər, sonra dəstəmaz alaraq namaz qılar, sonra Allahdan bağışlanma diləyərsə, Allah onu bağışlayar" Ardınca bu ayəni oxudu: [O kəslər ki, bir pis iş gördükdə, yaxud özlərinə zülm et­dik­də Allahı xatırlayıb günahlarının bağışlanmasını diləyərlər.] [Ali İmran:135]</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن عبدٍ يُذنبُ ذنبًا، فيحسن الوضوء، ثم يقوم فيصلي ركعتين بنية التوبة عن ذنبه هذا، ثم يستغفر الله، إلا غفر الله له. 
 ثم قَرأ النبيُّ صلى الله عليه وسلم قولَه تعالى: 
 {والذين إذا فعلوا فاحشة أو ظلموا أنفسهم ذكروا الله فاستغفروا لذنوبهم ومن يغفر الذنوب إلا الله ولم يصروا على ما فعلوا وهم يعلمون} 
 [آل عمران: 135].</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, əgər  bəndə günah edərsə, sonra gözəl dəstəmaz alarsa, ardınca ayağa qalxıb bu günahdan tövbə niyyəti ilə iki rükət namaz qılarsa və nəhayət Allahdan bağışlanma dilərsə, Allah da onu bağışlayar.
 ​ Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) uca Allahın bu kəlamını oxudu:
 ​ [O kəslər ki, bir pis iş gördükdə, yaxud özlərinə zülm et­dik­də Allahı xatırlayıb günahlarının bağışlanmasını diləyərlər,- günahları Allahdan başqa kim bağışlaya bilər? Onlar bilə-bilə günah əməllərində israr etməzlər.] [Ali imran:135]</t>
   </si>
   <si>
     <t>الحثُّ على الصلاة ثم الاستغفار بعد الذنب.
 سَعَةُ مغفرةِ الله عز وجل وقبوله للتوبة والاستغفار.</t>
   </si>
   <si>
     <t>Namaza təşviq, həmçinin günah etdikdən sonra bağışlanma diləməyə həvəsləndirmək.
 İzzət və cəlal sahibi olan Allahın məğfirətinin genişliyi, tövbə və istiğfarı qəbul etməsi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65063</t>
   </si>
   <si>
-    <t>أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟</t>
+    <t>أليس الذي أمشاه على الرجلين في الدنيا قادرا على أن يمشيه على وجهه يوم القيامة؟</t>
   </si>
   <si>
     <t>Dünyada onu iki ayaq üstə gəzdirən Allah, onu Qiyamət günü üzü üstə gəzdirməyə qadir deyilmi?</t>
   </si>
   <si>
     <t>عَنْ ‌قَتَادَةَ رحمه الله قال: حَدَّثَنَا ‌أَنَسُ بْنُ مَالِكٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَجُلًا قَالَ: يَا نَبِيَّ اللهِ كَيْفَ يُحْشَرُ الْكَافِرُ عَلَى وَجْهِهِ؟ قَالَ: «أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟» قَالَ قَتَادَةُ: بَلَى وَعِزَّةِ رَبِّنَا.</t>
   </si>
   <si>
     <t>Qatadədən (Allah ona rəhmət etsin) belə dediyi rəvayət edilmişdir: Ənəs bin Məlik (Allah ondan razı olsun) bizə danışdı ki, bir kişi  Peyğmbərə (Allahın salavatı və salamı onun üzərinə olsun) dedi: Ey Allahın nəbisi, kafir üzü üstə necə həşr ediləcək? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Dünyada onu iki ayaq üstə gəzdirən Allah, onu Qiyamət günü üzü üstə gəzdirməyə qadir deyilmi?" Qatədə dedi: Rəbbimizin izzətinə and olsun ki, elədir.</t>
   </si>
   <si>
     <t>سُئل النبي صلى الله عليه وسلم: كيف يُحشر الكافر على وجهه يوم القيامة؟! 
 فقال النبي صلى الله عليه وسلم: أليس الله الذي أمشاه على الرجلين في الدنيا قادرًا على أن يُمشيَه على وجهه يوم القيامة؟! فالله على كل شيء قدير.</t>
   </si>
   <si>
     <t>Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşulur ki, kafir Qiyamət günü üzü üstə necə  həşr ediləcək? Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) deyir ki, dünyada onu iki ayaq üstə gəzdirən Allah, onu Qiyamət günü üzü üstə gəzdirməyə qadir deyilmi?! Allah hər şeyə qadirdir.</t>
   </si>
   <si>
     <t>هوان الكافر يوم القيامة وأنه يمشي على وجهه.</t>
   </si>
   <si>
     <t>Kafir Qiyamət günü dəyərsiz olacaq və o, üzü üstə yeriyəcək</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65068</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ</t>
-[...2 lines deleted...]
-    <t>"Lə iləhə illallah" de ki, buna görə Qiyamət günü sənə şahidlik edim</t>
+    <t>قل: لا إله إلا الله، أشهد لك بها يوم القيامة</t>
+  </si>
+  <si>
+    <t>Lə iləhə illallah" de ki, buna görə Qiyamət günü sənə şahidlik edim</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِعَمِّهِ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ»، قَالَ: لَوْلَا أَنْ تُعَيِّرَنِي قُرَيْشٌ، يَقُولُونَ: إِنَّمَا حَمَلَهُ عَلَى ذَلِكَ الْجَزَعُ لَأَقْرَرْتُ بِهَا عَيْنَكَ. فَأَنْزَلَ اللهُ: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ } [القصص: 56].</t>
   </si>
   <si>
     <t>Əbu Hureyrədən (Allah ondan razı olsun) belə söylədiyi rəvayət edilmişdir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) əmisinə belə dedi: " "Lə iləhə illallah" de ki, buna görə Qiyamət günü sənə şahidlik edim" Əmisi dedi: Qureyş məni ələ salıb, "qorxduğu üçün bunu etdi" deməsəydi, sənin istədiyini edərdim. Uca Allah bu ayəni nazil etdi: (Şübhəsiz ki, sən istədiyini doğru yola yönəldə bilməzsən. Amma Allah istədiyini doğru yola yönəldər) (Əl-qasas: 56).</t>
   </si>
   <si>
     <t>طَلَبَ النبيُّ صلى الله عليه وسلم مِن عمِّه أبي طالب وهو في سكرات الموت أن ينطق بلا إله إلا الله ليشْفَع له بها يوم القيامة، ويشهد له بالإسلام، 
 فأبى أن ينطق بالشَّهادة خوفًا مِن أن تَسُبَّه قريش وتقول عنه: إنَّه أسلَم بسبب الخوف مِن الموت والضَّعْف! 
 فقال للنبي صلى الله عليه وسلم: لولا ذلك لَأدخلت السّرور على قلبك بقول الشَّهادة، وأبلغتك أُمنيتك حتى ترضى! 
 فأنزل الله تعالى الآية التي تدل على أن النبي صلى الله عليه وسلم لا يملك هداية التوفيق للإسلام، بل الله عز وجل وحده يُوفِّق من يشاء. 
 وأن النبي عليه الصلاة والسلام يهدي الخلق بالدلالة والبيان والإرشاد والدعوة إلى الصراط المستقيم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) əmisi Əbu Talibdən, ölüm ayağında olarkən "lə iləhə illallah" deməsini istəyir ki, Qiyamət günü ona şəfaət edə bilsin və onun müsəlmanlığına şahidlik etsin. O isə Qureyşin onun haqqında pis sözlər söyləməsindən, "zəiflik və ölümdən qorxduğu üçün müsəlman oldu" demələrindən qorxduğu üçün şəhadət kəliməsini söyləməkdən imtina edir. Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun)  deyir ki: "Əgər bu olmasaydı, şəhadət kəliməsi ilə səni sevindirərdim və sən razı olana qədər istədiyini deyərdim". Uca Allah Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) müsəlman olmaq üçün hidayət verməyə qadir olmadığına dəlalət edən ayə endirdi. Əksinə, yalnız qüdrət və cəlal sahibi olan Allah istədiyinə hidayət verər. Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) insanları hidayətə qovuşdurmağı, yalnız dəlil sübutlara əsaslanaraq istiqamətləndirməkdən, başa salmaqdan, doğru yola dəvət etməkdən ibarətdir.</t>
   </si>
   <si>
     <t>الحق لا يُترك خوفًا من كلام الناس.
 النبي صلى الله عليه وسلم إنما يملك هداية الدلالة والإرشاد لا هداية التوفيق.
 مشروعية زيارة الكافر المريض لدعوته إلى الإسلام.
 حرص النبي صلى الله عليه وسلم على الدعوة إلى الله تعالى في كل الأحوال.</t>
   </si>
   <si>
     <t>Haqq, insanların dedi qodusundan qorxaraq tərk edilməz.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) yalnız haqqa dəlalət edən, doğru yola yönəldən hidayətə sahibdir, hidayətə müvəffəq etmək, qovuşdurmaq isə onun əlində deyil.
 İslama dəvət etmək məqsədi ilə xəstə kafiri ziyarət etməyin icazəli olması.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) hər bir halda uca Allahın dininə dəvət etməsinə hərisliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65069</t>
   </si>
   <si>
-    <t>إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً</t>
+    <t>إن الذي تقول وتدعو إليه لحسن، لو تخبرنا أن لما عملنا كفارة</t>
   </si>
   <si>
     <t>Sənin söylədiklərin və dəvət etdiyin şey gözəldir. Kaş ki bizim etdiyimiz günahların bir kəfarəsi olduğunu bizə xəbər versəydin - dedilər</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا: أَنَّ نَاسًا مِنْ أَهْلِ الشِّرْكِ، كَانُوا قَدْ قَتَلُوا وَأَكْثَرُوا، وَزَنَوْا وَأَكْثَرُوا، فَأَتَوْا مُحَمَّدًا صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالُوا: إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً، فَنَزَلَ {وَالَّذِينَ لا يَدْعُونَ مَعَ اللهِ إِلَهًا آخَرَ وَلا يَقْتُلُونَ النَّفْسَ الَّتِي حَرَّمَ اللهُ إِلا بِالْحَقِّ وَلا يَزْنُونَ}[الفرقان: 68]، وَنَزَلَت: {قُلْ يَا عِبَادِيَ الَّذِينَ أَسْرَفُوا عَلَى أَنْفُسِهِمْ لا تَقْنَطُوا مِنْ رَحْمَةِ اللهِ} [الزمر: 53].</t>
   </si>
   <si>
     <t>Abdullah bin Abbasdan (Allah ondan razı olsun) rəvayət edildiyinə görə (o belə demişdir): Şirk əhlindən olub bir çox insan öldürmüş, çox zina etmiş bir toplum insan Məhəmmədə (Allahın salavatı və salamı onun üzərinə olsun) yanına gəlib: Sənin söylədiklərin və dəvət etdiyin şey gözəldir. Kaş ki bizim etdiyimiz günahların bir kəfarəsi olduğunu bizə xəbər versəydin - dedilər. Bu zaman Uca Allahın: {Onlar Allahla yanaşı başqa məbuda ibadət etməz, Allahın haram etdiyi canı haqsız yerə qətlə yetirməz və zina etməzlər....} [Furqan surəsi: 68] və {(Ey Peyğəmbər!) de: “Ey Mənim özlərinə qarşı həddi aşmış qullarım! Allahın rəhmətindən ümidinizi üzməyin....} [Zümər surəsi: 53] ayəsi nazil oldu.</t>
   </si>
   <si>
     <t>جاء رجالٌ مِن المشركين للنبيِّ صلى الله عليه وسلم وكانوا قد أكثروا مِن القتل والزنا، فقالوا للنبي: إنّ ما تدعو إليه مِن الإسلام وتعاليمِه شيءٌ حسنٌ، ولكن ما حالُنا وما وَقَعنا فيه مِن الشرك والكبائر، هل له كفّارة؟
 فنزلت الآيتان، حيث قَبِل الله من الناس التَّوبة مع كثرة ذنوبهم وعِظمِها، ولولا ذلك لاستمرُّوا على كفرهم وطغيانهم ولَمَا دخلوا في هذا الدِّين.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına bir çox insanı öldürmüş, çox zina etmiş bəzi müşriklər gəldilər və Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) belə dedilər: İslama və onun təlimlərinə dəvət etdiyin şeylər çox gözəldir, lakin bizim halımız, etdiyimiz şirk və böyük günahlar necə olacaq, bunların kəffarəsi varmı?
 Bu zaman Uca Allahın, günahlarının çox və böyük olmasına rəğmən insanlardan tövbəni qəbul etdiyini əgər belə olmasaydı onların küfür və azğınlıqlarında davam edəcəklərini və bu dini qəbul etməyəcəklərini bildirən iki ayəsi nazil oldu.</t>
   </si>
   <si>
     <t>فضلُ الإسلام وعظمتُه وأنه يهدِمُ ما قَبله من الذنوب.
 سعة رحمة الله بعباده ومغفرته وعفوه.
 تحريم الشرك، وتحريم قتل النفس بغير حق، وتحريم الزنا، ووعيد مَن يَقترف هذه الذنوب.
 التوبة الصادقة المقترنة بالإخلاص والعمل الصالح تكفّر جميع الكبائر بما فيها الكفر بالله تعالى.
 تحريم القُنُوْطِ واليأسِ مِن رحمةِ الله سبحانه.</t>
   </si>
   <si>
     <t>İslamın fəzilətli və əzəmətli bir din olması və həmçinin keçmiş günahları bağışlaması ifadə edilmişdir.
 Uca Allahın qullarına olan rəhmətinin genişliyi, məğfirəti və onları bağışlaması.
 Şirkin, haqsız yerə adam öldürməyin və zina etməyin haram olması və bu günahları işləyənlərə əzab olunacağı barədə xəbər verilmişdir.
 Səmimi tövbə, ixlas və saleh əməllərlə birlikdə olarsa, Uca Allaha küfür də daxil olmaqla bütün büyük günahlara kəffarə olur.
 Uca Allahın rəhmətindən ümidini kəsib ümidsizliyə qapılmağın haram olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65071</t>
   </si>
   <si>
-    <t>اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ</t>
-[...2 lines deleted...]
-    <t>«Get onun yanına, ona de ki: “Sən Cəhənnəm əhlindən deyilsən, sən Cənnət əhlindənsən» deyə buyurdu</t>
+    <t>اذهب إليه فقل له: إنك لست من أهل النار، ولكن من أهل الجنة</t>
+  </si>
+  <si>
+    <t>Get onun yanına, ona de ki: “Sən Cəhənnəm əhlindən deyilsən, sən Cənnət əhlindənsən» deyə buyurdu</t>
   </si>
   <si>
     <t>عَنْ ‌أَنَسِ بْنِ مَالِكٍ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ افْتَقَدَ ثَابِتَ بْنَ قَيْسٍ، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَعْلَمُ لَكَ عِلْمَهُ، فَأَتَاهُ فَوَجَدَهُ جَالِسًا فِي بَيْتِهِ، مُنَكِّسًا رَأْسَهُ، فَقَالَ: مَا شَأْنُكَ؟ فَقَالَ شَرٌّ، كَانَ يَرْفَعُ صَوْتَهُ فَوْقَ صَوْتِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَدْ حَبِطَ عَمَلُهُ، وَهُوَ مِنْ أَهْلِ النَّارِ، فَأَتَى الرَّجُلُ فَأَخْبَرَهُ أَنَّهُ قَالَ كَذَا وَكَذَا، فَرَجَعَ الْمَرَّةَ الْآخِرَةَ بِبِشَارَةٍ عَظِيمَةٍ، فَقَالَ: «اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ».</t>
   </si>
   <si>
     <t>Ənəs bin Malikdən (Allah ondan razı olsun) rəvayət edildiyinə görə (o belə demişdir): Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Sabit bin Qeysi bir neçə gün görmədi. Bir kişi: “Ey Allahın Rəsulu! Mən onun xəbərini öyrənib sənə gətirərəm” dedi. Kişi Sabitin evinə gedib baxdığında onu başını aşağı salıb, oturmuş bir halda olduğunu görüncə: “Sənə nə olub?” diyə soruşdu. O da: “Yaxşı deyiləm" dedi. Çünki mən səsimi Peyğəmbərin səsindən yuxarı qaldırırdım. Mənim əməlim batil oldu, Cəhənnəm əhlindən oldum” dedi. Kişi Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəlib, Sabitin dediklərini bir-bir xəbər verərək durumu Ona anlatdı. Kişi ikinci dəfə Sabitin yanına böyük bir müjdə ilə qayıtdı. Çünki Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) «Get onun yanına, ona de ki: “Sən Cəhənnəm əhlindən deyilsən, sən Cənnət əhlindənsən» deyə buyurdu.</t>
   </si>
   <si>
     <t>افتَقَدَ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ ثابتَ بن قيس رضي الله عنه وسَألَ عنه، فقال رَجلٌ: أنا أَجِدُ لك خَبرَه، وسببَ تغيُّبِه، فذهَبَ إليه فوجَدَه حَزينًا مُطرقاً رَأسَه في بَيتِه، فسَأَلَه: ما شأنُكَ؟ فأخبَرَه ثابتٌ ما به مِن الشَّرِّ؛ لأنَّه كان يَرفَعُ صَوْتَه فوقَ صَوتِ النَّبيِّ صلَّى اللهُ عليه وسلَّمَ، وقدْ تَوعَّدَ اللهُ من فعل ذلك ببطلان عمَلِه، وأنه من أهل النار!
 فرجَع الرَّجلُ إلى النَّبيِّ صلَّى اللهُ عليه وسلَّمَ وأخبَرَه بذلك، فأمَرَه النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنْ يَرجِعَ إلى ثابتٍ ويبشِّره بأنَّه ليس مِن أهلِ النَّارِ ولكن من أهلِ الجَنَّةِ، وذلك لأنَّ صَوتَه كان مُرتفِعًا خِلْقةً، ولأنَّه كان خَطيبَ رَسولِ اللهِ صلَّى اللهُ عليه وسلَّمَ، وخَطيبَ الأنْصارِ.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Sabit bin Qeysi (Allah ondan razı olsun) bir neçə gün görməyincə səhabələrindən onu soruşdu. Bu zaman bir kişi: “Ey Allahın Rəsulu! Mən onun nə üçün görünmədiyini və başına nə hadisə gəldiyini öyrənib sənə xəbər verərəm” dedi. Kişi Sabitin evinə gedib onu başını aşağı əyib, hüzünlü bir halda oturduğunu görüncə: “Sənə nə olub?” deyə soruşdu. O da, özünə toxunmuş şər barədə xəbər verdi. Çünki o, səsini Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) səsindən daha yüksək qaldırırdı. Uca Allah bunu edənin aməlinin batil, özünün isə Cəhənnəm əhlindən olacağını xəbər vermişdir.
 Kişi, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gələrək durumu Ona anlatdı. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) də kişiyə bir daha Sabitin yanına getməsini və onun Cəhənnəm əhlindən deyil, Cənnət əhlindən olduğunu xəbər verməsini əmr etdi. Çünki Sabit bin Qeysin səsi yaradılışından etibarən gur idi və həmçinin o, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) və Ənsarın xətibi idi.</t>
   </si>
   <si>
     <t>بيان فضل ثابت بن قيس رضي الله عنه وأنّه مِن أهل الجنة.
 اهتمام النبي صلى الله عليه وسلم بالصحابة وتفقُّده لهم.
 خشية الصحابة رضوان الله عليهم وخوفهم مِن أن تُحْبَطَ أعمالُهم.
 وجوب الأدب في خِطابِه صلى الله عليه وسلم في حياتِه، وخفض الأصوات عند سماع سُنّتِه بعد وفاته.</t>
   </si>
   <si>
     <t>Sabit bin Qeysin (Allah ondan razı olsun) fəziləti və onun Cənnət əhlindən olmasının bəyanı.
 Hədisdə, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) səhabələrini görmədikdə onlar barədə soruşması və onlara önəm verməsi ifadə edilmişdir.
 Səhabələrin (Allah onlardan razı olsun) əməllərinin boşa çıxmasından dolayı qorxmaları.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) həyatda olarkən onunla danışarkən ədəbli olmağın, vəfatından sonra isə sünnəsini dinləyərkən səsin yüksəldilməməsinin vacib olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65073</t>
   </si>
   <si>
-    <t>يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا</t>
-[...2 lines deleted...]
-    <t>«Ey insanlar! Allah sizdən cahiliyətin təkəbbürünü və ata-babalarınızla gürurlanmağı aradan qaldırmışdır</t>
+    <t>يا أيها الناس، إن الله قد أذهب عنكم عبية الجاهلية وتعاظمها بآبائها</t>
+  </si>
+  <si>
+    <t>Ey insanlar! Allah sizdən cahiliyətin təkəbbürünü və ata-babalarınızla gürurlanmağı aradan qaldırmışdır</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَ النَّاسَ يَوْمَ فَتْحِ مَكَّةَ، فَقَالَ: «يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا، فَالنَّاسُ رَجُلَانِ: بَرٌّ تَقِيٌّ كَرِيمٌ عَلَى اللهِ، وَفَاجِرٌ شَقِيٌّ هَيِّنٌ عَلَى اللهِ، وَالنَّاسُ بَنُو آدَمَ، وَخَلَقَ اللهُ آدَمَ مِنْ تُرَابٍ، قَالَ اللهُ: {يَا أَيُّهَا النَّاسُ إِنَّا خَلَقْنَاكُمْ مِنْ ذَكَرٍ وَأُنْثَى وَجَعَلْنَاكُمْ شُعُوبًا وَقَبَائِلَ لِتَعَارَفُوا إِنَّ أَكْرَمَكُمْ عِنْدَ اللهِ أَتْقَاكُمْ إِنَّ اللهَ عَلِيمٌ خَبِيرٌ} [الحجرات: 13]».</t>
   </si>
   <si>
     <t>İbn Ömərdən (Allah ondan və atasından razı olsun) rəvayət edildiyinə görə (o belə demişdir): Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Məkkənin fəthi günü insanlara xitabən belə buyurmuşdur: «Ey insanlar! Allah sizdən cahiliyətin təkəbbürünü və ata-babalarınızla gürurlanmağı aradan qaldırmışdır. İnsanlar iki qisimdir. Birisi: İtaətkar, müttəqi və Allah qatında dəyərlidir. Digəri də facir, bədbəxt və Allah qatında rəzil bir kimsədir. İnsanlar Adəmin övladlarıdır. Allah Adəmi torpaqdan yaratmışdır. Uca Allah belə buyurmuşdur: {Ey insanlar! Biz sizi bir kişi və bir qadından (Adəm və Həvvadan) yaratdıq. Sonra bir-birinizi tanıyasınız deyə, sizi xalqlara və qəbilələrə ayırdıq. Şübhəsiz ki, Allah yanında ən hörmətli olanınız (Ondan) ən çox qorxanınızdır. Həqiqətən, Allah (hər şeyi) biləndir, (hər şeydən) xəbərdardır}. [Hücurat surəsi: 13]».</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم الناس يومَ فتحِ مكة فقال: يا أيها الناس إن الله قد رفع وأزال عنكم كِبْرَ الجاهليةِ ونَخْوَتَها، والفخرَ بالآباء، وإنما الناس على نوعين:
 إما مؤمنٌ بَرٌّ تقيٌّ طائعٌ عابدٌ لله عزوجل، فهذا كريمٌ على الله، وإنْ لم يكن ذا حَسَبٍ أو نَسَبٍ عند الناس.
 وإما كافرٌ فاجرٌ شقيٌّ، وهذا هيِّنٌ ذليل على الله، ولا يساوي شيئًا، وإنْ كان ذا حَسَبٍ وله جاه وسلطان.
 والناس كلُّهم أبناء آدم، وخلقَ اللهُ آدمَ من التراب، فلا يليق بمن أصله من تراب أن يتكبَّرَ ويُعْجَبَ بنفسه، ومصداق ذلك قول الله عز وجل: {يا أيها الناس إنا خلقناكم من ذكر وأنثى وجعلناكم شعوبا وقبائل لتعارفوا إن أكرمكم عند الله أتقاكم إن الله عليم خبير} [الحجرات: 13].</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Məkkənin fəth edildiyi gün insanlara xitab edərək belə buyurmuşdur: Ey insanlar, Allah sizdən cahiliyə təkəbbürünü və qürurunu, ata-babalar ilə fəxr etməyi aradan qaldırmışdır. İnsanlar iki növdür:
 Birinci növ: İzzət və cəlal sahibi olan Allaha ibadət edən saleh, təqva sahibi, itaətkar bir mömindir. Belə kimsə insanlar arasında əsil-nəcabət sahibi olmasa da Allah qatında dəyərli bir kimsədir.
 İkinci növ isə: Kafir, facir və bədbəxt olan kimsədir. Belə kimsə insanlar arasında əsil-nəcabət, hörmət və sayğıya sahib olsa da Allah qatında dəyərsiz, zəlil kimsədir.
 Bütün insanlar Adəmin övladlarıdır, Uca Allah Adəmi toraqdan yaratmışdır. Əsli torapaqdan olan bir kimsənin təkəbbürlük etməsi və özünü bəyənməsi yaraşmaz. Bunun dəlili izzət və cəlal sahibi olan Allahın bu ayəsidir: {Ey insanlar! Biz sizi bir kişi və bir qadından (Adəm və Həvvadan) yaratdıq. Sonra bir-birinizi tanıyasınız deyə, sizi xalqlara və qəbilələrə ayırdıq. Şübhəsiz ki, Allah yanında ən hörmətli olanınız (Ondan) ən çox qorxanınızdır. Həqiqətən, Allah (hər şeyi) biləndir, (hər şeydən) xəbərdardır}. [Hücurat surəsi: 13].</t>
   </si>
   <si>
     <t>النهي عن التفاخر بالأنساب والأحساب.</t>
   </si>
   <si>
     <t>Hədisdə əsil-nəcabətlə öyünüb, fəxr etmək qadağan edilmişdir.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن حبان</t>
   </si>
   <si>
     <t>[Ət-Tirmizi, İbnu Hibbən rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65074</t>
   </si>
   <si>
-    <t>{ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ}</t>
+    <t>ثم لتسألن يومئذ عن النعيم</t>
   </si>
   <si>
     <t>{Sonra da o gün nemətlər barəsində mütləq sorğu-sual olunacaqsınız}</t>
   </si>
   <si>
     <t>عَنْ ‌الزُّبَيْرِ بْنِ الْعَوَّامِ قَالَ: لَمَّا نَزَلَتْ: {ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ} [التكاثر: 8]، قَالَ الزُّبَيْرُ: يَا رَسُولَ اللهِ، وَأَيُّ النَّعِيمِ نُسْأَلُ عَنْهُ، وَإِنَّمَا هُمَا الْأَسْوَدَانِ التَّمْرُ وَالْمَاءُ؟ قَالَ: «أَمَا إِنَّهُ سَيَكُونُ».</t>
   </si>
   <si>
     <t>Zubeyr bin Avvamdan (Allah ondan razı olsun) rəvayət edildiyinə görə o belə demişdir: {Sonra da o gün nemətlər barəsində mütləq sorğu-sual olunacaqsınız}. [Təkəsur surəsi: 8] ayəsi nazil olduqda Zubeyr (Allah ondan razı olsun): Ey Allahın Rəsulu! Hansı nemətlərdən hesaba çəkiləcəyik, xurma və sudanmı?! deyə soruşdu. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun): «Şübhəsiz ki bunlardan hesaba çəkiləcəksiniz» deyə buyurdu.</t>
   </si>
   <si>
     <t>لما نزلت آية: 
 {ثم لتسألن يومئذ عن النعيم} أي: سوف تُسألون عن القيام بِشُكْر ما أنعم الله به عليكم من النعم، قال الزبير بن العوام رضي الله عنه: يا رسول الله، أيّ نعيمٍ سنُسأل عنه؟! إنما هما نِعْمَتان لَيْسَتا ممّا يستَدِعي السؤال وهما التَّمر والماء!
 فقال النبي صلى الله عليه وسلم: أما إنكم ستسألون عن النَّعيم مع هذه الحالة التي أنتم عليها، فإنهما نِعمتان عظيمتان مِن نِعَم الله تعالى.</t>
   </si>
   <si>
     <t>Bu ayə nazil olduqda: {Sonra da o gün nemətlər barəsində mütləq sorğu-sual olunacaqsınız}. Yəni: Allahın sizə bəxş etdiyi nemətlərə şükür edib, etmədiyinizdən dolayı hesaba çəkiləcəksiniz. Zubeyr bin Avvam (Allah ondan razı olsun) bunu eşidincə: Ey Allahın Rəsulu! Hansı nemətlərdən hesaba çəkiləcəyik, xurma və sudanmı?! deyə soruşdu. Bu iki nemət, sorğu-sualı gərəkdirməyən iki nemətdir dedi.
 Bunun eşidən Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: Siz mütləq sizə bəxş edilən nemətlər barədə hesaba çəkiləcəksiniz. Çünki bu iki nemət, Uca Allah nemətlərindən, iki əzəmətli nemətdir.</t>
   </si>
   <si>
     <t>التَّأكيد على شكر الله تعالى على النِّعم.
 النّعيم ممّا سيُسأل عنه العبد يوم القيامة قليلًا كان أو كثيرًا.</t>
   </si>
   <si>
     <t>Nemətlər üçün Uca Allaha şükür etmənin önəmi.
 Qul, qiyamət günü kiçik və ya böyük olmasından aslı olmayaraq ona verilmiş bütün nemətlər barədə hesaba çəkiləcəkdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65075</t>
   </si>
   <si>
-    <t>سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ</t>
+    <t>سيكون في آخر أمتي أناس يحدثونكم ما لم تسمعوا أنتم ولا آباؤكم، فإياكم وإياهم</t>
   </si>
   <si>
     <t>Axır zamanda nə sizin nə də ata-babalarınızın eşitmədiyi şeyləri danışan kimsələr olacaqdır. Onlardan uzaq durun, onları da özünüzdən uzaq tutun</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: «Axır zamanda nə sizin nə də ata-babalarınızın eşitmədiyi şeyləri danışan kimsələr olacaqdır. Onlardan uzaq durun, onları da özünüzdən uzaq tutun».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنه سيَظهر أُناسٌ في آخِر أُمتِه يَفْتَرون الكذب، ويقولون ما لم يقلْه أحدٌ من قبلهم، فيُخبِرون بالأحاديث المكذوبة والمُخْتَلَقة، فأمَرَنا عليه الصلاة والسلام أنْ نَبْتَعِدَ عنهم ولا نجالسهم، ولا نسمع أحاديثهم؛ لئلا يتقرر ذلك الحديث المختلق في النفوس، فنعجز عن التخلُّص منه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) axır zamanda yalan uyduran, özlərindən öncə kimsənin söyləmədiyi şeyləri söyləyən, yalan və uydurma hədis rəvayət edən kimsələrin çıxacağını xəbər vermişdir. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə kimsələrin uydurma sözləri insanların zehninə yerləşib sonra da ondan qurtarmaq çətin olmasın deyə, onlardan uzaq durub, onlarla oturmamağı və onların sözünü dinləməməyi əmr etmişdir.</t>
   </si>
   <si>
     <t>فيه عَلَم من أعلام النبوة، حيث إن النبي صلى الله عليه وسلم أخبر بما سيقع في أمته، فكان كما أخبر.
 الابتعاد عمّن يَكْذِبُ على رسول الله صلى الله عليه وسلم وعلى دين الإسلام، وعدم الاستماع لكذبهم.
 التحذير من قبولِ الأحاديث أو نشرِها إلا بعد التأكُّد من صحتِها وثبوتِها.</t>
   </si>
   <si>
     <t>Hədisdə peyğəmbərlik əlamətlərindən bir əlamət vardır. Belə ki,  Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ümmətinin başına gələcək şeylər barədə xəbər vermiş və Onun xəbər verdiyi kimi də baş vermişdir.
 İslam dini və Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) adından yalan uyduran kimsələrdən uzaq durmaq və yalan danışdıqlarına görə onların sözlərinə qulaq asmamaq.
 Hədislərin sahihliyi və sabit olması isbat edilmədikcə qəbul edilib, yayılması qadağan edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65076</t>
   </si>
   <si>
-    <t>اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ</t>
+    <t>اكتب، فوالذي نفسي بيده، ما يخرج منه إلا حق</t>
   </si>
   <si>
     <t>Yaz, nəfsim əlində olan Allaha and olsun ki, bu ağızdan haqqdan başqa bir şey çıxmaz</t>
   </si>
   <si>
     <t>عن عبدِ الله بن عمرو رضي الله عنهما قال: كنتُ أكتبُ كلَّ شيءٍ أسمعُه من رسولِ الله صلَّى الله عليه وسلم أُريدُ حفْظَه، فنهتْني قريشٌ، وقالوا: أتكْتبُ كلَّ شيءٍ تَسمَعُه من رسول الله صلَّى الله عليه وسلم، ورسولُ الله صلَّى الله عليه وسلم بَشَرٌ يتكلَّمُ في الغضَبِ والرِّضا؟ فأمسَكتُ عن الكتاب، فذكرتُ ذلك لرسول الله صلَّى الله عليه وسلم، فأومأ بإصبَعِه إلى فيه، فقال: «اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ».</t>
   </si>
   <si>
     <t>Abdullah bin Amrdan (Allah ondan və atasından razı olsun) rəvayət edildiyinə görə o belə demişdir: Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) eşitdiyim, yadda saxlamaq istədiyim hər şeyi yazırdım. Qureyş mənə yazmağımı qadağan edib və belə dedi: Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) eşitdiyin hər şeyi yazırsanmı?! Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) də bir bəşərdir, sakit və qəzəbli anında danışır. Mən də yazmağı saxladım. Sonra bunu Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) xəbər verdim. O, barmağı ilə ağzına işarə edərək belə buyurdu: «Yaz, nəfsim əlində olan Allaha and olsun ki, bu ağızdan haqqdan başqa bir şey çıxmaz».</t>
   </si>
   <si>
     <t>قال عبدُ الله بن عَمْرو رضي الله عنه: كنتُ أكتبُ كلَّ شيءٍ أسمعه مِن رسول الله صلى الله عليه وسلم لكي أحفَظَه بالكتابة، فنهاني رجالٌ من قريش، وقالوا: رسولُ الله صلى الله عليه وسلم بشرٌ يتكلَّم في الرِّضا والغضب، وقد يُخطئ، فتوقَّفت عن الكتابة.
 فأخبرتُ النبيَّ صلى الله عليه وسلم بما قالوه، فأشار بإصبعه إلى فَمِهِ فقال: اكتب، فوالذي نفسي بيده ما يَخرجُ منه إلّا حقّ على كل حال، وفي الرِّضا والغضب.
 وقد قال تعالى عن نبيه صلى الله عليه وسلم:
 ﴿وَمَا یَنطِقُ عَنِ ٱلۡهَوَىٰۤ * إِنۡ هُوَ إِلَّا وَحۡیࣱ یُوحَىٰ﴾ [النجم ٣-٤].</t>
   </si>
   <si>
     <t>Abdullah bin Amr (Allah ondan razı olsun) belə demişdir: Mən Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) eşitdiyim hər şeyi yazırdım ki, yazdıqlarımı asan əzbərləyim. Qureyşdən olan bəzi kəslər bunu etməyi mənə qadağan etdi: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bir bəşərdir, sakit olan anında da danışır, qəzəbli olan anında da, bəlkə xəta edə bilər- dedilər. Onların bu sözündən sanra mən də yazmağı tərk edim.
 Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) onların mənə dediklərini xəbər verdiyimdə, o, barmağı ilə ağzına işarə edərək belə dedi: Yaz, nəfsim əlində olan Allaha and olsun ki, hər bir halda, sakit olduğumda da, qəzəbli olduğumda da ağzımdan yalnız haqq söz çıxar.
 Uca Allah, Peyğəmbəri (Allahın salavatı və salamı onun üzərinə olsun) haqqında belə buyurmuşdur: {O, havadan (istədiyini) danışmaz, Bu (Quran), ona nazil edilən bir vəhydir}. [Nəcm surəsi: 3-4].</t>
   </si>
   <si>
     <t>النبي صلى الله عليه وسلم معصوم فيما يُبَلِّغُه عن ربه عز وجل، في الرضا والغضب.
 حرص الصحابة رضي الله عنهم على حفظِ السنة وتبليغِها.
 جواز الحلف ولو بغير تحليفٍ لمصلحة، كتوكيد أمر.
  كتابة العلم من أهم الأسباب التي تحفظ العلم.</t>
   </si>
   <si>
     <t>Peyğəmbəri (Allahın salavatı və salamı onun üzərinə olsun) istər sakit halda olsun, istərsə də ki, qəzəbli halda olsun, Uca Allahdan təbliğ etdiyi şeylərdə məsumdur.
 Səhabələrin (Allah onlardan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) sünnəsini əzbərləməyə və təbliğ etməyə həris olmaları.
 Hər hansı bir işi təkid etmək kimi məsləhət olduğunda and içmək tələb olunmasa belə and içməyin icazəli olması.
 Elmin qorunmasındakı ən böyük səbəblərdən biri də elmin yazılmasıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65077</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ</t>
-[...2 lines deleted...]
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər namaz üçün dəstəmaz alardı.</t>
+    <t>كان النبي صلى الله عليه وسلم يتوضأ عند كل صلاة</t>
+  </si>
+  <si>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər namaz üçün dəstəmaz alardı</t>
   </si>
   <si>
     <t>عن عَمْرُو بْنُ عَامِرٍ عَنْ ‌أَنَس بن مالك قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ، قُلْتُ: كَيْفَ كُنْتُمْ تَصْنَعُونَ؟ قَالَ: يُجْزِئُ أَحَدَنَا الْوُضُوءُ مَا لَمْ يُحْدِثْ.</t>
   </si>
   <si>
     <t>Amr bin Amirdən (Allah ona rəhmət etsin) rəvayət edildiyinə görə Ənəs bin Malik (Allah ondan razı olsun) belə demişdir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər namaz üçün dəstəmaz alardı. Dedim ki: Bəs siz necə edirdiz? O da: Bizdən birisi dəstəmazını pozmadığı müddətcə aldığı dəstəmaz ona kifayət edərdi- deyərək cavab verdi.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يتوضأ لكلِّ صلاةٍ مفروضةٍ وإنْ لم يَنْتَقِضْ وضوؤُه؛ وذلك لتحصيل الأجر والفضل.
 ويجوز أن يُصلِّي أكثرَ مِن صلاةٍ مفروضةٍ بوضوء واحد ما دام على وضوئه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) fəzilət və savaba nail olmaq üçün dəstəmazı pozulmasa da hər namaz üçün dəstəmaz alırdı.
 Bir kimsənin dəstəmazı olduğu müddətcə aldığı dəstəmazla birdən çox fərz namazı qılması caizdir.</t>
   </si>
   <si>
     <t>أكثرُ فِعْلِ النبيِّ صلى الله عليه وسلم هو الوضوء لكل صلاة؛ طلبًا للأكمل.
 استحباب الوضوء عند كل صلاة.
 جواز تأدية أكثر من صلاة بوضوء واحد.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ən çox əməli, mükəmməl olanı əldə etmək üçün hər namaza dəstəmaz alması idi.
 Hər namaz üçün dəstəmaz almaq müstəhədir.
 Bir dəstəmazla birdən çox fəzr namazı qılmaq caizdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65080</t>
   </si>
   <si>
-    <t>تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً</t>
+    <t>توضأ النبي صلى الله عليه وسلم مرة مرة</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) (dəstəmaz azalarının hər birini) bir dəfə yuyaraq dəstəmaz aldı</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً.</t>
   </si>
   <si>
     <t>İbn Abbasdan (Allah ondan və atsından razı olsun) rəvayət edildiyinə görə o belə demişdir. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) (dəstəmaz azalarının hər birini) bir dəfə yuyaraq dəstəmaz aldı.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانه إذا توضأ غَسَلَ كلَّ عُضوٍ من أعضاء الوضوء مرة واحدة، فيَغْسِلُ الوجهَ -ومنه المضمضة والاستنشاق-، واليدين والرجلين مرة واحدة، وهذا هو القَدْرُ الواجب.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəzən dəstəmaz alarkən hər bir dəstəmaz azasını bir dəfə yuyardı. Üzünü -ağıza və buruna su çəkmək də buna daxildir- qollarını və ayaqlarını bir dəfə yuyardı. Bu vacib olan miqdardır.</t>
   </si>
   <si>
     <t>الواجب في غَسْلِ الأعضاء مرة واحدة، وما زاد فهو مستحب.
  مشروعية الوضوء مَرّةً مرةً في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>Dəstəmaz əzalarının bir dəfə yuyulması vacibdir. Bir dəfədən artıq yuyulması isə müstəhəbdir.
 Bəzən dəstəmaz azalarının bir dəfə yuyulması caizdir.
 Dəstəmaz alarkən başa bir dəfə məsh edilir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65081</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ</t>
+    <t>أن النبي صلى الله عليه وسلم توضأ مرتين مرتين</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) (dəstəmaz azalarını) iki dəfə yuyaraq dəstəmaz aldı</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ زَيْدٍ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ.</t>
   </si>
   <si>
     <t>Abdullah bin Zeyddən (Allah ondan razı olsun) rəvayət edildiyinə görə o belə demişdir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) (dəstəmaz azalarını) iki dəfə yuyaraq dəstəmaz aldı.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانِه إذا توضأ غَسَلَ كلَّ عضو من أعضاء الوضوء مرتين، فيَغْسِل الوجهَ -ومنه المضمضة والاستنشاق- واليدين والرجلين مرتين.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəzən dəstəmaz alarkən hər bir dəstəmaz azasını iki dəfə yuyardı. Üzünü -ağıza və buruna su çəkmək də buna daxildir- qollarını və ayaqlarını iki dəfə yuyardı.</t>
   </si>
   <si>
     <t>الواجب في غسل الأعضاء مرة واحدة وما زاد فهو مستحب.
  مشروعية الوضوء مرتين مرتين في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>Dəstəmaz azalarının bir dəfə yuyulması vacibdir. Bir dəfədən artıq yuyulması isə müstəhəbdir.
 Bəzən dəstəmaz azalarının iki dəfə yuyulması caizdir.
 Dəstəmaz alarkən başa bir dəfə məsh edilir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65082</t>
   </si>
   <si>
-    <t>إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا</t>
+    <t>إذا وجد أحدكم في بطنه شيئا، فأشكل عليه أخرج منه شيء أم لا، فلا يخرجن من المسجد حتى يسمع صوتا، أو يجد ريحا</t>
   </si>
   <si>
     <t>Sizdən biri qarnında bir şey hiss edib, ondan bir şey çıxıb və ya çıxmadığını şübhə edərsə, səs eşitmədikcə yaxud iy duymadıqca məsciddən çıxmasın</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: «Sizdən biri qarnında bir şey hiss edib, ondan bir şey çıxıb və ya çıxmadığını şübhə edərsə, səs eşitmədikcə yaxud iy duymadıqca məsciddən çıxmasın».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه إذا تردَّد في بطن المصلي شيءٌ، فالتَبَسَ عليه أَخَرَجَ منه شيءٌ أم لا؟ فلا ينصَرف مِن صلاته ويقطعها لإعادة الوضوء، حتى يتيقَّن وجودَ الحَدَثِ الناقِضِ لوضوئه؛ بأنْ يسمعَ صوتَ الرِّيح، أو يَشمَّ الرائحة؛ لأن المتَيقَّن لا يبطلُه الشَّك، وهو قد تيقَّن الطَّهارةَ، والحَدَثُ مشكوكٌ فيه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) namaz qılan bir kimsənin qarnında bir şey hiss edib, ondan bir şey çıxıb və ya çıxmadığına tərəddüd etdiyi bir durumda, yelin səsini eşidib ya da iyini hiss etmək kimi dəstəmazı pozan amilin varlığına əmin oluncaya qədər yenidən dəstəmaz almaq üçün namazdan çıxmamasını xəbər vermişdir. Çünki yəqin olan bir şey, şübhə ilə batil olmaz. Bu kimsənin dəstəmazlı olması yəqindir, dəstəmazının pozulması isə şübhəlidir.</t>
   </si>
   <si>
     <t>هذا الحديث أصل من أصول الإسلام وقاعدة من قواعد الفقه، وهي: أن اليقين لا يزول بالشك، والأصل بقاء ما كان على ما كان، حتى يتيقن خلاف ذلك.
 الشك غير مؤثر في الطهارة، والمصلي باقٍ على طهارته ما لم يتيقن حَدَثًا.</t>
   </si>
   <si>
     <t>Bu hədis, İslam əsaslarından bir əsas və fiqhi qaydalardan bir fiqhi qaydadır. Bu qayda: Yəqin olan bir şey şübhə ilə aradan qalxmaz. Müxalif olan şey yəqinləşənə qədər, həmin şeyin olduğu hal üzərində qalması əsildir.
 Şübhə, dəstəmaza zərər verməz. Namaz qılan kimsə dəstəmazının pozulduğuna yəqin olmadığı müddətcə dəstəmazlıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65083</t>
   </si>
   <si>
-    <t>حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ</t>
+    <t>حق على كل مسلم أن يغتسل في كل سبعة أيام يوما، يغسل فيه رأسه وجسده</t>
   </si>
   <si>
     <t>Yeddi gündə bir dəfə yuyunmaq, başını və bədənini yumaq hər bir müsəlman üzərində haqqdır</t>
   </si>
   <si>
     <t>عن أبي هريرة قال: قال رسول الله صلى الله عليه وسلم: «حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: «Yeddi gündə bir dəfə yuyunmaq, başını və bədənini yumaq hər bir müsəlman üzərində haqqdır».</t>
   </si>
   <si>
     <t>أَخْبَرَ رسولُ الله صلى الله عليه وسلم: أنه حقٌّ متأكد على كل مسلم بالغ عاقل أنْ يغتسلَ في كل سبعة أيام من الأسبوع يومًا، فيغسل في هذا اليوم رأسَه وجسدَه، طلبًا للطهارة والنظافة، وأَولى هذه الأيام يومُ الجمعة، كما يُفهم من بعض الروايات، والاغتسال يوم الجمعة قبل الصلاة مستحب استحبابًا مؤكدًا، ولو كان اغتسل يوم الخميس مثلًا، والصارف عن الوجوب قول عائشة رضي الله عنها: "كان الناسُ مَهَنَةَ أنفسهم، وكانوا إذا راحوا إلى الجمعة راحوا في هيئتهم: فقيل لهم: لو اغتسلتم"، رواه البخاري، وفي رواية له: "لهم أرواح" أي رائحة العَرَقِ ونحوِه، ومع ذلك قيل لهم "لو اغتسلتم"، فغيرُهم من باب أولى.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) həddi-buluğa çatmış, ağlı başında olan hər bir müsəlmanın həftədə, yəni: yeddi gündə bir dəfə yuyunmasının təkid olunan haqq olduğunu xəbər vermişdir. Müsəlman bu gündə paklanmaq və təmizlənmək üçün başını və bədənini yuyur. Bəzi rəvayətlərdən də anlaşıldığı kimi bunun cümə günü edilməsi daha əfzəldir. Dördüncü günü yuyumuş olsa da belə cümə günü, cümə namazından öncə yuyunmaq təkid olunmuş müstəhəb əməldir. Aişənin (Allah ondan razı olsun): "İnsanlar işləyib və elə o halda da cüməyə gəlirdilər. Onlara: Kaş ki yuyunardız deyildi" sözü bunu vacib olmaqdan çıxartmışdır. Bu əsəri Buxari rəvayət etmişdir. Buxarinın başqa bir rəvayətində isə: "Onların üzərində qoxu var idi." Yəni: Tər və buna bənzəri bir qoxu. Bununla yanaşı onlara sadəcə olaraq: "Kaş ki yuyunardız"- deyilmişdir. Əgər tər və buna bənzəri qoxuya görə yuyunmaq vacib deyilsə, bundan başqa qoxuların aradan qaldırılması üçün də yuyunmaq vacib deyildir.</t>
   </si>
   <si>
     <t>اهتمام وعناية الإسلام بالنظافة والطهارة.
 غسل الجمعة مستحب استحبابًا مُؤكدًا للصلاة.
 ذِكْر الرَّأس وإن كان ذِكْر الجسد يشمله؛ للاهتمام به.
 ﻳﺠﺐ ﺍﻟﻐﺴﻞ ﻋﻠﻰ ﻛﻞ ﻣﻦ ﻭُﺟِﺪﺕْ ﺑﻪ ﺭﺍﺋﺤﺔٌ ﻛﺮﻳﻬﺔٌ ﻳﺘﺄﺫﻯ ﺑﻬﺎ ﺍﻟﻨﺎس.
 آكَدُ يومٍ للاغتسال يوم الجمعة؛ لفضله.</t>
   </si>
   <si>
     <t>İslamın, təmizlik və paklığa önəm verməsi.
 Cüma namazı üçün yuyunmaq təkid olunan müstəhəb bir əməldir.
 Başın, bədənin bir parçası olmasına rəğmən xüsusi olaraq zikr edilməsi, onun önəmini ifadə edir.
 Bədənindən, insanlara əziyyət verən pis qoxu gələn hər bir kimsənin yuyunması vacibdir.
 Yuyunmaq üçün təkid edilmiş ən əfzəl gün, cümə günüdür.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65084</t>
   </si>
   <si>
-    <t>أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ</t>
+    <t>أتيت النبي صلى الله عليه وسلم أريد الإسلام، فأمرني أن أغتسل بماء وسدر</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına müsəlman olmaq üçün gəldim, O mənə: su və sidr ilə yuyunmağımı əmr etdi</t>
   </si>
   <si>
     <t>عن قيس بن عاصم رضي الله عنه قال: أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ.</t>
   </si>
   <si>
     <t>Qeys bin Asimdən (Allah ondan razı olsun) rəvayət edildiyinə görə o belə demişdir: "Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına müsəlman olmaq üçün gəldim, O mənə: su və sidr ilə yuyunmağımı əmr etdi".</t>
   </si>
   <si>
     <t>جاء قيسُ بن عاصم إلى النبيِّ صلى الله عليه وسلم وهو يريد أن يُسْلِم، فأمرَه النبيُّ صلى الله عليه وسلم أن يَغتسِلَ بماء وشَجَرِ السِدْر؛ لكون أوراقِهِِ تُستَعمل في التنظيف؛ ولِمَا له من رائحة طيبة.</t>
   </si>
   <si>
     <t>Qeys bin Asim (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına müsəlman olmaq üçün gəldiyində, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ona su və təmizlik məqsədi ilə istifadə edildiyi və gözəl bir qoxusu olduğu üçün sidir yarpaqları ilə yuyunmasını əmr etmişdir.</t>
   </si>
   <si>
     <t>مشروعيَّة اغتسال الكافر عند دخوله في الإسلام.
 شرف الإسلام واهتمامه بالجسد والرُّوح معًا.
 اختلاط الماء بالأشياء الطّاهرة لا يخرِجه عن الطّهوريَّة.
 يقوم مقام السدر المنظفات الحديثة، كالصابون ونحوه.</t>
   </si>
   <si>
     <t>Kafir bir kimsənin İslama girmək istədiyi vaxt yuyunmasının gərəkli olunması.
 Hədisdə İslam dininin şərəfi və həmçinin İslam dininin həm bədənə, həm də ruha qayğı göstərdiyi ifadə edilmişdir.
 Suyun təmiz olan şeylərlə qarışdırılması onun təmizləyici sifətini ondan almaz.
 Günümüzdə olan sabun və ona bənzər müasir təmizlik maddələri sidiri əvəz edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65085</t>
   </si>
   <si>
-    <t>إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ</t>
+    <t>إذا قال المؤذن: الله أكبر الله أكبر، فقال أحدكم: الله أكبر الله أكبر</t>
   </si>
   <si>
     <t>Müəzzin: "Allahu Əkbər, Allahu Əkbər" dediyi zaman sizlərdən biri ixlasla: "Allahu Əkbər, Allahu Əkbər" desə</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، ثُمَّ قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الصَّلَاةِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الْفَلَاحِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: لَا إِلَهَ إِلَّا اللهُ مِنْ قَلْبِهِ دَخَلَ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Ömər bin əl-Xəttabdan (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: "Müəzzin: "Allahu Əkbər, Allahu Əkbər" dediyi zaman sizlərdən biri ixlasla: "Allahu Əkbər, Allahu Əkbər" desə, sonra: "Əşhədu əllə iləhə illəllah" dediyi zaman: "Əşhədu əllə iləhə illəllah" desə, sonra: "Əşhədu ənnə Muhammədən rasulullah" dediyi zaman: "Əşhədu ənnə Muhammədən rasulullah" desə, sonra: "Həyyə aləs-saləh!" dediyi zaman: "Lə həulə va lə quvvətə illə billəh" desə, sonra: "Həyyə aləl-fələh!" dediyi zaman: "Lə həulə va lə quvvətə illə billəh" desə, sonra: "Allahu Əkbər, Allahu Əkbər" dediyi zaman: "Allahu Əkbər, Allahu Əkbər" desə və sonra da: "Lə İləhə illəllah" dediyi zaman: ürəkdən "Lə İləhə illəllah" desə Cənnətə girər".</t>
   </si>
   <si>
     <t>الأذان هو إعلام الناس بدخول وقت الصلاة، وكلمات الأذان كلمات جامعة لعقيدة الإيمان.
 وفي هذا الحديث بَيَّنَ النبيُّ صلى الله عليه وسلم المشروعَ عند سماع الأذان، وهو أن يقول السامع مثل ما يقول المؤذن، فإذا قال المؤذن " الله أكبر" قال السامع: "الله أكبر"، وهكذا؛ إلا عند قول المؤذن "حي على الصلاة"، "حي على الفلاح"، فيقول السامع: "لا حول ولا قوة إلا بالله".
 وبَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن رَدَّد مع المؤذن خالصًا من قلبه دخل الجنة. 
 ومعاني كلمات الأذان:
 "الله أكبر": أي أنه سبحانه أعظم وأجل وأكبر من كل شيء.
 "أشهد أن لا إله إلا الله": أي لا معبود حق إلا الله.
 "أشهد أن محمّدًا رسول الله": أي أقرُّ وأشهد بلساني وقلبي، بأن محمدًا رسول الله، أرسله الله عز وجل، وتجب طاعته.
 "حيَّ على الصَّلاة"، أي تَعالَوا إلى الصَّلاة، وقول السامع: "لا حول ولا قوَّة إلّا بالله"، أي لا حِيلَة في الخَلاص مِن مَوانع الطاعة، ولا قوَّة على فِعْلِها ولا قدرة على شيءٍ مِن الأشياء إلّا بتوفيق الله تعالى.
 "حيَّ على الفلاح"، أي تعالَوا إلى سبب الفلاح، وهو الفوز بالجنة والنجاة من النار.</t>
   </si>
   <si>
     <t>Azan, insanlara namaz vaxtının girdiyini bildirməkdir. Azanın sözləri islam əqidəsini özündə əhatə edən sözlərdir.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bu hədisdə əzan eşidildiyi zaman deyilməsi lazım olan şeyi açıqlamışdır. Bu da, azanı eşidən kimsənin müəzzinin söylədiyini təkrar etməsidir. Müəzzin: "Allahu Əkbər" dediyi zaman azanı eşidən kimsə: "Allahu Əkbər" deməlidir. Azanı eşidən kimsə müəzzinin: "Həyyə aləs-saləh!" sözünə qədər bu şəkildə müəzzinin söylədiyi sözlərin eynisi ilə təkrar edir. "Həyyə aləs-saləh!", "Həyyə aləl-fələh!" dediyi zaman: "Lə həvlə va lə quvvətə illə billəh" deyir.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) müəzzinlə birlikdə ixlaslı bir şəkildə azanı təkrar edən kimsənin Cənnətə girəcəyini xəbər vermişdir.
 Azanın sözlərinin mənası: "Allahu Əkbər". Yəni: Uca Allah hər şeydən böyük, uca və əzəmətlidir.
 "Əşhədu əllə iləhə illəllah". Yəni: Allahdan başqa ibadətə layiq haqq məbud yoxdur.
 "Əşhədu ənnə Muhammədən rasulullah". Yəni: Dilimlə və qəlbimlə Muhammədin (Allahın salavatı və salamı onun üzərinə olsun) Allahın insanlara göndərdiyi rəsulu olduğunu və ona itaət etməyin vacib olduğunu iqrar edirəm və həmçinin buna şahidlik edirəm.
 "Həyyə aləs-saləh!". Yəni: Namaza gəlin, bunu eşidən kimsənin: "Lə həvlə va lə quvvətə illə billəh" deməsi, Allahın müvəffəq etməsi istisna olmaqla, itaətə mane olan şeylərdən qurtarmağa heç bir gücü və itaətləri edə biləcək heç bir qüvvəsi və qüdrəti yoxdur anlamındadır.
 "Həyyə aləl-fələh!". Yəni: Qurtuluşa səbəb olan şeyə gəlin. Bu da, Cənnəti qazanmaq və Cəhənnəmdən xilas olmaqdır.</t>
   </si>
   <si>
     <t>فضل إجابة المؤذن بمثل ما يقول، إلا في الحَيْعَلَتَيْن، فيقول " لا حول ولا قوة إلا بالله".</t>
   </si>
   <si>
     <t>Müəzzinin söylədiyi sözləri eyni şəkildə təkrarlamağın fəzilətli. Ancaq müəzzin: "Həyyə aləs-saləh!" və "Həyyə aləl-fələh!" dediyi zaman: "Lə həvlə va lə quvvətə illə billəh" deyilməlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65086</t>
   </si>
   <si>
-    <t>إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ</t>
+    <t>إذا سمعتم المؤذن فقولوا مثل ما يقول، ثم صلوا علي</t>
   </si>
   <si>
     <t>Müəzzini eşitdiyinizdə, siz də onun söylədiklərini  təkrar edin. Sonra mənə salavat gətirin</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنها أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ، فَإِنَّهُ مَنْ صَلَّى عَلَيَّ صَلَاةً صَلَّى اللهُ عَلَيْهِ بِهَا عَشْرًا، ثُمَّ سَلُوا اللهَ لِيَ الْوَسِيلَةَ، فَإِنَّهَا مَنْزِلَةٌ فِي الْجَنَّةِ، لَا تَنْبَغِي إِلَّا لِعَبْدٍ مِنْ عِبَادِ اللهِ، وَأَرْجُو أَنْ أَكُونَ أَنَا هُوَ، فَمَنْ سَأَلَ لِيَ الْوَسِيلَةَ حَلَّتْ لَهُ الشَّفَاعَةُ».</t>
   </si>
   <si>
     <t>Abdullah bin Amr bin əl-Asdan (Allah ondan razı olsun) rəvayət edildiyinə görə o, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dedyini eşitmişdir: «Müəzzini eşitdiyinizdə, siz də onun söylədiklərini  təkrar edin. Sonra mənə salavat gətirin. Kim mənə bir salavat gətirirsə, Allah da bunun qarşılığında ona on salavat edər. Sonra da Allahdan mənim üçün ''Vəsiləni" istəyin. O, Cənnətdə elə bir dərəcədir ki, Allahın qullarından yalnız bir quluna yaraşır. Ümid edirəm ki, o qul, mənəm. Kim mənim üçün ''Vəsiləni'' istəyərsə şəfaət ona halal olar».</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم مَن سمع المؤذِّنَ للصلاة أنْ يُردِّدَ خلفه فيقول مثلَ قولِه، ما عدا الحَيْعَلَتَيْن، فإنه يقول بعدهما: لا حول ولا قوة إلا بالله، ثم يصلي على النبي صلى الله عليه وسلم عقب الانتهاء من الأذان، فإنه من صلّى عليه صلاةً واحدة صلى الله عليه بسببِها عشر صلوات، ومعنى صلاة الله على عبدِه: ثناؤه على العبد عند الملائكة.
 ثم أمر بسؤال الله الوسيلةَ له صلى الله عليه وسلم، وهي مَنْزِلَةٌ في الجنة، وهي أعلاها، لا تصلح ولا تتيسر تلك المنزلة إلا لعبد واحد من جميع عباد الله تعالى، وأرجو أن أكون هو أنا، وإنما قال صلى الله عليه وسلم ذلك تواضعًا؛ لأنه إذا كانت تلك المنزلة الرفيعة لا تكون إلا لواحد، فلا يكون ذلك الواحد إلا هو صلى الله عليه وسلم؛ لأنه أفضل الخلق.
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن دعا للنبيِّ صلى الله عليه وسلم بالوسيلةِ حَصَلَتْ له شفاعتُه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) namaz üçün azan verildiyi zaman müəzzini eşidən kimsənin: "Həyyə aləs-saləh, Həyyə aləl-fələh" sözləri müstəsna olmaqla söylədiyinin eynisini təkrar etməsinə yönəltmişdir. Azan eşidən kimsə müəzzinin: "Həyyə aləs-saləh, Həyyə aləl-fələh" sözlərindən sonra: "Lə həulə va lə quvvətə illə billəh" (Qüdrət və güc yalnız Allahdadır) deyir. Azan bitdikdən sonra isə Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) salavat gətirir. Kim Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) bir salavat deyərsə, bu salavat qarşılığında Uca Allah ona on salavat edər. Uca Allahın quluna salavat etməsi, yəni: o qulunu, mələklər qatında tərif etməsi anlamındadır.
 Sonra Uca Allahdan Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) üçün "Vəsiləni" verməsini istəməyi əmr etmişdir. O, Cənnətdəki ən uca məqamdır. O məkan, Uca Allahın bütün qulları arasında yalnız bir qula yaraşar və yalnız onun üçün asanlaşar. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) o kimsənin: "Ümid edirəm ki, o qul, mən olacağam" deyərək təvazökarlıq etmişdir. Çünki bu uca məqam bütün insanlar arasında yalnız bir insana aid olacaqsa, bu zaman bu insan Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) olmalıdır. Çünki o yaradılmışların ən fəzilətlisidir.
 Sonra kim, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) Vəsiləyə nail olması üçün dua edərsə, qiyamət günü o kimsəyə şəfaət edəcəyini bəyan etmişdir.</t>
   </si>
   <si>
     <t>الحث على إجابة المؤذن.
 فضل الصلاة على النبي صلى الله عليه وسلم بعد إجابة المؤذن.
 الحث على سؤال الوسيلة للنبي صلى الله عليه وسلم بعد الصلاة عليه.
 بيان معنى الوسيلة، وعلو شأنها، حيث لا تصلح إلا لعبد واحد.
 بيان فضل النبي صلى الله عليه وسلم حيث اختُص بتلك المنزلة الرفيعة.
 من سأل الله تعالى الوسيلة للنبي صلى الله عليه وسلم حلت له الشفاعة.
 بيان تواضعه صلى الله عليه وسلم حيث طلب من أمته الدعاء له بتلك المنزلة، مع أنها ستكون له.
 سعة فضل الله ورحمته، فالحسنة بعشر أمثالها.</t>
   </si>
   <si>
     <t>Hədisdə azan verilərkən müəzzinin dediklərini təkrar etməyə təşviq edilmişdir.
 Azan verilərkən müəzzinin dediklərini təkrar etdikdən sonra Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) salavat deməyin fəziləti.
 Hədisdə, Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) salavat dedikdən sonra Uca Allahdan onun Vəsiləyə nail olmasını istəməyə təşviq edilmişdir.
 Hədisdə vəsilənin manası, yalnız bir insana layiq olduğu məqamının ucalığı bəyan edilmişdir.
 Hədisdə Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) fəziləti bəyan edilmişdir, belə ki, bu uca məqam məxluqat arasında yalnız ona xasdır.
 Kim, Uca Allahdan, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) Vəsiləyə nail olmasını istəyərsə, qiyamət günü Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) şəfaəti ona halal olacaqdır.
 O uca məqama nail olması üçün ümmətindən dua etməsini istəməsi onun nə qədər təvazökar bir şəxs olduğunu ifadə edir. Baxmayaraq ki, o məqamı sahibi yalnız odur.
 Uca Allahın rəhməti və fəziləti genişdir. Buna görə də Uca Allah hər yaxşı bir əmələ on misli ilə qarşılıq verir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65087</t>
   </si>
   <si>
-    <t>مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ</t>
+    <t>من نسي صلاة فليصل إذا ذكرها، لا كفارة لها إلا ذلك</t>
   </si>
   <si>
     <t>Kim bir namazı unudarsa onu xatırladığı zaman qılsın. Onun kəffarəsi ancaq budur</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ: {وَأَقِمِ الصَّلاةَ لِذِكْرِي} [طه: 14]».</t>
   </si>
   <si>
     <t>Ənəs bin Məlik (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir: "Kim bir namazı unudarsa onu xatırladığı zaman qılsın. Onun kəffarəsi ancaq budur". {Məni xatırlamaq üçün namaz qıl!} [Ta-Ha Surəsi: 14].</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن نَسِيَ أداءَ أيِّ صلاةٍ مفروضةٍ حتى خرج وقتُها، فعليه أن يبادرَ ويُسرع إلى قضائها حال تَذَكُّرِه لها، فلا محو وستر لذنبِ تركِها إلا أنْ يُصليَها المسلمُ عند تذكُّرِها، قال الله في كتابه الكريم: {وأقم الصلاة لذكري} [طه: 14]،  أي: أقم الصلاة المنسية إذا ذكرتَها.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) fərz namazlarından hər hansı birini vaxtı çıxdıqdan sonra xatırlayan kimsənin, xatırladığı zaman o namazı qəza etməyə tələsməsini və bu namazı tərk etmənin günahını, xatırladığı an qılmasından başqa bir şey örtüb, silə bilməyəcəyini bəyan etmişdir. Uca Allah Qurani Kərimdə belə buyurmuşdur: {Məni xatırlamaq üçün namaz qıl!} [Ta-Ha Surəsi: 14]. Bunun mənası, yəni: unutduğun namazı xatırladığın zaman qıl deməkdir.</t>
   </si>
   <si>
     <t>بيان أهمية الصلاة وعدم التهاون في أدائها وقضائها.
 لا يجوز تأخيرُ الصلاة عن وقتِها عَمْدًا بدون عذر.
 وجوب قضاء الصلاة على الناسي إذا ذَكَرَ والنائم إذا استيقظ.
 وجوب قضاء الصلوات على الفور ولو في أوقات النهي.</t>
   </si>
   <si>
     <t>Bu hədisdə namazın əhəmiyyəti, namazı qılmaqda və ya qəza etməkdə səhlənkar yaşmamaq bəyan edilmişdir.
 Heç bir üzür olmadan, qəsdli bir şəkildə namazın vaxtını gecikdirmək caiz deyildir.
 Unudan kimsə xatırladığı, yatan kimsə də oyandığı zaman namazı qəza etməsi vacibdir.
 Namaz qılınması qadağan olan vaxtlar da olsa belə namazların dərhal qəza edilməsi vacibdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65088</t>
   </si>
   <si>
-    <t>مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ</t>
+    <t>من بنى مسجدا لله بنى الله له في الجنة مثله</t>
   </si>
   <si>
     <t>Kim Allah üçün bir məscid bina edərsə, Allah o kimsə üçün Cənnətdə o məscidin bənzərini bina edər» -dedi</t>
   </si>
   <si>
     <t>عَنْ ‌مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه: أَنَّ ‌عُثْمَانَ بْنَ عَفَّانَ أَرَادَ بِنَاءَ الْمَسْجِدِ فَكَرِهَ النَّاسُ ذَلِكَ، وَأَحَبُّوا أَنْ يَدَعَهُ عَلَى هَيْئَتِهِ، فَقَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ».</t>
   </si>
   <si>
     <t>Mahmud bin Ləbiddən (Allah ondan razı olsun) rəvayət edildiyinə görə Osman bin Affan (Allah ondan razı olsun) Məscidun-Nəbəvini yenidən inşa etmək istədikdə, insanlar bunu xoş görməyərək Məscidin olduğu kimi qalmasını istədilər. Bunun üzərinə Osman (Allah ondan razı olsun): mən, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: «Kim Allah üçün bir məscid bina edərsə, Allah o kimsə üçün Cənnətdə o məscidin bənzərini bina edər» -dedi.</t>
   </si>
   <si>
     <t>أراد عثمانُ بن عفان رضي الله عنه إعادةَ بناءِ مسجدِ النبيِّ صلى الله عليه وسلم على وجهٍ أحسن من بنائه الأول، فكَرِه الناسُ ذلك؛ لِمَا فيه من تغيير بناء المسجد عن هيئةِ بُنْيانِه في عهد النبي صلى الله عليه وسلم، فكان المسجد مَبْنِيًّا باللَّبِن، وسَقْفُه كان من الجَرِيْد، ولكن عثمان أراد أن يَبنيَه بالأحجار والجَصّ، فأخبرهم عثمان رضي الله عنه، أنه سمع النبي صلى الله عليه وسلم يقول: مَن بَنى مسجدًا طلبًا لمرضاته تعالى لا رياء ولا سمعة، جزاه الله أفضلَ جزاءٍ مِن جِنسِ عملِه، وهذا الجزاء هو بناءُ الله له مثلَه في الجنة.</t>
   </si>
   <si>
     <t>Osman bin Affan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) məscidinin binasını ilk inşaasından daha yaxşı bir şəkildə yenidən inşa etmək istədi. Məscidun-Nəbəvinin yenidən inşa edilməsi, Məscidin, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) dönəmindəki şəklinin dəyişəcəyi bilən insanlar Osmanın (Allah ondan razı olsun) bu fikrini xoş qarşılamadılar. Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) məscidi kərpicdən, tavanı da xurma liflərindən edilmişdir. Lakin Osman (Allah ondan razı olsun) məscidi daş və kirəcdən yenidən inşa etmək istədi və insanlara Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə deyərkən eşitdiyini xəbər verdi: "Kim, riya və şan-şöhrət olmadan, yalınz Uca Allahın rizasına nail olma üçün bir məscid inşa edərsə, Allah, qulun etdiyi bu əməlin qarşılığını, etdiyi əməldən ən gözəli ilə mükafatlandıracaqdır. Bu mükafat da, Allahın Cənnətdə onun üçün bina etdiyinin bir bənzərini inşa etməsidir.</t>
   </si>
   <si>
     <t>الحث على بناء المساجد وفضل ذلك.
 توسيع المسجد وتجديده داخِلٌ في فضل البناء.
 أهمية الإخلاص لله تعالى في جميع الأعمال.</t>
   </si>
   <si>
     <t>Hədisdə məscid inşa etməyə təşviq edilmiş və bunun fəziləti ifadə edilmişdir.
 Məscidin genişləndirilməsi və binasının yenilənməsi, məscid bina etmək fəzilətinə daxildir.
 Bütün əməllərdə Uca Allah üçün ixlaslı olmanın önəmi bəyan edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65089</t>
   </si>
   <si>
-    <t>صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ</t>
+    <t>صلاة في مسجدي هذا خير من ألف صلاة فيما سواه إلا المسجد الحرام</t>
   </si>
   <si>
     <t>Mənim bu məscidimdə qılınan bir namaz, Məscidul-Haram istisna olmaqla, başqa məscidlərdə qılınan min namazdan daha xeyirlidir</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edildiyinə görə Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: «Mənim bu məscidimdə qılınan bir namaz, Məscidul-Haram istisna olmaqla, başqa məscidlərdə qılınan min namazdan daha xeyirlidir».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فضْلَ الصلاةِ في مسجده، وأنه أفضل ثوابًا من ألف صلاة فيما سواه من مساجد الأرض، إلا المسجد الحرام بمكة، فهي أفضل من الصلاة في مسجده صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) öz məscidində qılınan namazın fəziləti haqqında Məkkədəki Məscidul-Haram xaric, yer üzündəki digər məscidlərdə qılınan min namazdan daha xeyirli olduğunu bəyan etmişdir. Məscidul-Haramda qılınan namaz, Məscidun-Nəbəvidə qılınan namazdan daha fəzilətlidir.</t>
   </si>
   <si>
     <t>مُضاعَفة أجر الصلاة في المسجد الحرام، والمسجد النبوي.
 الصلاةَ في المسجد الحرام خيرٌ مِن مائة ألفِ صلاةٍ في غيره مِن المساجد.</t>
   </si>
   <si>
     <t>Məscidul-Haram və Məscidun-Nəbəvidə qılınan namazın savabının qat-qat olması.
 Məscidul-Haramda qılınan bir namaz, digər məscidlərdə qılınan yüz min namazdan daha xeyirlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65090</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ</t>
+    <t>إذا دخل أحدكم المسجد فليركع ركعتين قبل أن يجلس</t>
   </si>
   <si>
     <t>Sizdən biri məscidə daxil olduqda, oturmazdan əvvəl iki rükət namaz qılsın</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي قَتَادَةَ السَّلَمِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ».</t>
   </si>
   <si>
     <t>Əbu Qatədə əs-Suləmidən (Allah ondan razı olsun) rəvayət edildiyinə görə Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: «Sizdən biri məscidə daxil olduqda, oturmazdan əvvəl iki rükət namaz qılsın».</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن أتى المسجدَ ودَخَلَه في أيِّ وقت، ولأيِّ غَرَضٍ، أنْ يُصليَ ركعتين قبل أنْ يَجلس، وهما ركعتا تحية المسجد.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) günün hər hansı bir vaxtında və həmçinin hər hansı bir məqsəd üçün olmasından aslı olmayaraq məscidə daxil olan hər kəsin oturmadan öncə iki rükət namaz qılmasına təşviq etmişdir. Qılınan bu iki rükət namaz "Təhiyyətul-məscid" namazı adlanır.</t>
   </si>
   <si>
     <t>استحبابُ صلاةِ ركعتين تحيةً للمسجد قبل الجلوس.
 هذا الأمر لمن أراد الجلوس، فمن دخل المسجد وخرج قبل أن يجلس لا يتناوله الأمر.
 إذا دخل المصلي والناس في الصلاة فدخل معهم فيها أغناه عن الركعتين.</t>
   </si>
   <si>
     <t>Məscidə daxil olduqdan sonra oturmadan öncə iki rükət "Təhiyyətul-məscid" namazı qılmaq müstəhəbdir.
 Hədisdə gələn bu əmr, məscidə daxil olub oturmak istəyən kimsəyə aiddir. Məscidə daxil olub, oturmadan öncə çıxan kimsəyə bu əmr aid deyildir.
 Məscidə daxil olduqda insanların camaatla namaza başladığını görərsə, onlarla birlikdə qılınan namaza qoşulmalıdır. Bu zaman camaatla birlikdə qıldığı namaz həmin iki rükəti əvəz edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65091</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ</t>
+    <t>إذا دخل أحدكم المسجد فليقل: اللهم افتح لي أبواب رحمتك، وإذا خرج فليقل: اللهم إني أسألك من فضلك</t>
   </si>
   <si>
     <t>Sizdən biri məscidə daxil olduqda: Allahumməftəh li əbvabə rahmətik [Allahım, Öz mərhəmət qapılarını mənim üçün aç!], məsciddən çıxdığı zaman isə: Allahummə inni əsəlukə min fədlik [Allahım, Sənin lütfündən di­ləyirəm] desin</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي حُمَيْدٍ أَوْ عَنْ ‌أَبِي أُسَيْدٍ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ».</t>
   </si>
   <si>
     <t>Əbu Humeyddən və ya Əbu Useyiddən (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: "Sizdən biri məscidə daxil olduqda: Allahumməftəh li əbvabə rahmətik [Allahım, Öz mərhəmət qapılarını mənim üçün aç!], məsciddən çıxdığı zaman isə: Allahummə inni əsəlukə min fədlik [Allahım, Sənin lütfündən di­ləyirəm] desin".</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم أمَّتَه إلى الدّعاء الذي يقال عند دخول المسجد: (اللَّهُمَّ افْتَحْ لي أَبْوابَ رَحْمَتِكَ)، فيسألُ اللهَ تعالى أن يهيئ له أسباب رحمته، وإذا أراد الخروج فليقل: (اللَّهُمَّ إني أَسْأَلُك مِن فَضْلِكَ)، فيسألُ اللهَ مِن فضلِه ومَزيدِ إحسانِه من الرِّزقِ الحلالِ.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) məscidə daxil olarkən ümmətinə: «Allahım, Öz mərhəmət qapılarını mənim üçün aç!» deməsini, Uca Allahdan onun üçün rəhmət səbəblərini asanlaşdırmasını, məsciddən çıxakən: «Allahım, Sənin lütfündən di­ləyirəm» deməsini, Uca Allahdan lütfünü və halal ruzidən olan ehsanını onun üçün artırmasını istəməyi öyrətmişdir.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند دخول المسجد والخروج منه.
 تخصيص ذكر الرَّحمة بالدّخول، والفضل بالخروج: أنّ الدّاخل اشتغل بما يقرِّبه إلى الله وإلى جنته فناسَب أن يذكُر الرَّحمة، فإذا خرج سعى في الأرض ابتِغاء فضل الله مِن الرِّزق، فناسَب ذكر الفَضْل.
 هذه الأذكار تقال عند إرادة دخول المسجد، وعند إرادة الخروج منه.</t>
   </si>
   <si>
     <t>Məscidə daxil olarkən və oradan çıxarkən bu duanı oxumağın müstəhəb olması.
 Məscidə daxil olarkən Uca Allahdan rəhmət, çıxarkən Uca Allahın lütfünü istəməsinin hikmətlərindən də biri budur ki, məscidə daxil olan kimsə, onu, Allaha və Cənnətə yaxınlaşdıracaq şeylərlə məşğul olacağı üçün rəhmət ibarəsi istifadə edilmişdir. Məsciddən çıxdığında isə Allahın bəxş edəcəyi ruzini eldə etmək üçün yer üzündə səy edəcəyinə görə lütf ibarəsi istifadə edilmişdir.
 Bu zikirlər, məscidə daxil olmaq və məsciddən çıxmaq istənildiyində deyilir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65092</t>
   </si>
   <si>
-    <t>إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ</t>
+    <t>إن بين الرجل وبين الشرك والكفر ترك الصلاة</t>
   </si>
   <si>
     <t>Kişi ilə şirk və küfür arasında namazı tərk etməsi vardır</t>
   </si>
   <si>
     <t>عن جابرٍ رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>Cabirdən (Allah ondan razı olsun) rəvayət edildiyinə görə o belə demişdir: Mən Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Kişi ilə şirk və küfür arasında namazı tərk etməsi vardır".</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تَرْكِ الصلاة المفروضة، وأخبر أنَّ بَين الرجلِ وبين الوقوعِ في الشرك والكفر تركَ الصلاة، فالصلاةُ الركنُ الثاني من أركان الإسلام، وشأنُها عظيمٌ في الإسلام، فمَن تَرَكَها جاحدًا لوجوبها كَفَرَ بإجماع المسلمين، وإنَّ تركها بالكلية تهاونًا وكسلًا فهو كافر، ونُقل إجماع الصحابة على ذلك، وإنَّ كان يترك أحيانًا ويُصلّي أحيانًا فهو مُعَرَّض لهذا الوعيد الشديد.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) fərz namazların tərk edilməsindən çəkindirmiş, kişi ilə şirkə və küfrə düşməsi arasında namazın tərk edilməsi olduğunu xəbər vermişdir. Namaz İslamin ikinci rükunudur. Namazın İslamda yeri əzəmətlidir. Kim namazın vacib olunduğunu inkar edərək tərk edərsə, o, müsəlmanların icması ilə kafir olar. Namazı səhlənkarlıq və tənbəllikdən dolayı bütünlüklə tərk edən kimsə də kafirdir. Bu məsələdə bizə səhabələrin icması nəql edilmişdir. Əgər bir kimsə namazı bəzən qılıb, bəzən də tərk edərsə, o, bu şiddətli təhdidə məruz qalar.</t>
   </si>
   <si>
     <t>أهميَّة الصلاة والمحافظة عليها، فهي الفارق بين الكفر والإيمان.
  التحذير الشديد من ترك الصلاة وإضاعتها.</t>
   </si>
   <si>
     <t>Hədisdə namazın əhəmiyyəti və namazları vaxtı-vaxtında qılmasının vacibliyi ifadə edilmişdir. Namaz, iman ilə küfür arasını ayıran bir özəllikdir.
 Namazı tərk etmək və namaza qarşı səhlənkar yanaşmaq qadağan edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65093</t>
   </si>
   <si>
-    <t>إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ</t>
+    <t>إن العهد الذي بيننا وبينهم الصلاة، فمن تركها فقد كفر</t>
   </si>
   <si>
     <t>Bizimlə onlar arasındakı olan əhd namazdır. Kim namazı tərk etsə, artıq küfr etmişdir</t>
   </si>
   <si>
     <t>عن بريدة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ».</t>
   </si>
   <si>
     <t>Bureydədən (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: "Bizimlə onlar arasındakı olan əhd namazdır. Kim namazı tərk etsə, artıq küfr etmişdir".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العهدَ والميثاقَ بين المسلمين وبين غيرهم من الكفار والمنافقين الصلاةُ، فمَن تَرَكَها فقد كَفَر.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) müsəlmanlarla, kafirlər və münafiqlər arasındaki əhd-peymanın namaz olduğunu və onu tərk edənin kafir olacağını bəyan etmişdir.</t>
   </si>
   <si>
     <t>عِظَم شأن الصلاة، وأنّها الفارق بين المؤمن والكافر.
 ثبوت أحكام الإسلام بالظاهر من حال الرجل دون باطنه.</t>
   </si>
   <si>
     <t>Hədisdə namazın dəyərinin nə qədər əzəmətli olduğu ifadə edilmişdir. Namaz, mömin ilə kafiri bir-birindən ayıran bir özəllikdir.
 İslamın əhkamları, insanın qəlbindəki ilə deyil, zahirdəki halı ilə sabit olur.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Ət-Tirmizi, Ən-Nəsai, İbnu Məcə və Əhməd rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65094</t>
   </si>
   <si>
-    <t>يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها</t>
+    <t>يا بلال، أقم الصلاة، أرحنا بها</t>
   </si>
   <si>
     <t>Ey Bilal! Namaz üçüm iqamə ver. Bizi namazla rahatlat</t>
   </si>
   <si>
     <t>عن سالم بن أبي الجَعْدِ قال: قال رجل: ليتني صَلَّيتُ فاسترحْتُ، فكأنّهم عابُوا ذلك عليه، فقال: سمعتُ رسولَ الله صلى الله عليه وسلم يقول: «يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها».</t>
   </si>
   <si>
     <t>Səlim bin Əbil-Caddan rəvayət edildiyinə görə bir kişi: “Kaş ki namaz qılmış olsaydım, istirahət edərdim” deyincə, orada olanlar sanki onun bu sözündə ayıb gördülər, bu zaman kişi onlara belə dedi mən: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: «Ey Bilal! Namaz üçüm iqamə ver. Bizi namazla rahatlat».</t>
   </si>
   <si>
     <t>قال رجلٌ من الصحابة: ليتني صَليتُ فاستَرحتُ، فكأنَّ مَن حَوله عابُوا ذلك عليه، فقال: سمعتُ النبيَّ صلى الله عليه وسلم يقول: يا بلال! ارفع أذانَ الصلاةِ وأقِمْها؛ لنَستريحَ بها؛ وذلك لِمَا فيها من مناجاة لله تعالى، وراحة للروح والقلب.</t>
   </si>
   <si>
     <t>Səhabələrdən bir kişi; "Kaş ki namaz qılmış olsaydım, istirahət edərdim" dedi. Sanki ətrafında olanlar onun söylədiyi bu sözündən dolayı qınadılar. Bunun üzərinə o, ətrafında olanlara, mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Ey Bilal! Namaz üçün azan oxu və iqamə ver ki, biz namazla rahatlaşaq". Çünki namazda Uca Allahla münacat, qəlbin və ruhun rahatlığı vardır.</t>
   </si>
   <si>
     <t>راحة القلب تكون بالصلاة؛ لما فيها من مناجاة الله تعالى.
 الإنكار على مَن تَثَاقَلَ عن العبادة.
 مَن أدَّى الواجِبَ الذي عليه، وأبرأ ذِمَّتَه منه، حَصَلتْ له بذلك راحةٌ وشعورٌ بالاطمئنان.</t>
   </si>
   <si>
     <t>Namazda Uca Allahı yalvararaq çağırmaq olduğu üçün orada qəlbin rahatlığı olur.
 İbadətdə tənbəllik edən kimsənin qınanması.
 Kim, üzərinə düşən vacibi yerinə yetirərsə, onun məsuliyyətini üzərindən götürər və beləliklə də o, rahatlıq və arxayınlıq hissinə ovuşar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65095</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي</t>
+    <t>أيها الناس، إنما صنعت هذا لتأتموا ولتعلموا صلاتي</t>
   </si>
   <si>
     <t>Ey insanlar! Bu gördüyünüz şeyləri yalnız mənə uymanız və mənim namazımı öyrənəsiniz deyə etdim» deyə buyurdu</t>
   </si>
   <si>
     <t>عن أَبِي حَازِمِ بْن دِينَارٍ: أَنَّ رِجَالًا أَتَوْا سَهْلَ بْنَ سَعْدٍ السَّاعِدِيَّ، وَقَدِ امْتَرَوْا فِي الْمِنْبَرِ مِمَّ عُودُهُ، فَسَأَلُوهُ عَنْ ذَلِكَ، فَقَالَ: وَاللهِ إِنِّي لَأَعْرِفُ مِمَّا هُوَ، وَلَقَدْ رَأَيْتُهُ أَوَّلَ يَوْمٍ وُضِعَ، وَأَوَّلَ يَوْمٍ جَلَسَ عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، أَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِلَى فُلَانَةَ -امْرَأَةٍ من الأنصار قَدْ سَمَّاهَا سَهْلٌ-: «مُرِي غُلَامَكِ النَّجَّارَ أَنْ يَعْمَلَ لِي أَعْوَادًا أَجْلِسُ عَلَيْهِنَّ إِذَا كَلَّمْتُ النَّاسَ»، فَأَمَرَتْهُ فَعَمِلَهَا مِنْ طَرْفَاءِ الْغَابَةِ، ثُمَّ جَاءَ بِهَا، فَأَرْسَلَتْ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَمَرَ بِهَا فَوُضِعَتْ هَاهُنَا، ثُمَّ رَأَيْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَّى عَلَيْهَا وَكَبَّرَ وَهُوَ عَلَيْهَا، ثُمَّ رَكَعَ وَهُوَ عَلَيْهَا، ثُمَّ نَزَلَ الْقَهْقَرَى، فَسَجَدَ فِي أَصْلِ الْمِنْبَرِ ثُمَّ عَادَ، فَلَمَّا فَرَغَ أَقْبَلَ عَلَى النَّاسِ فَقَالَ: «أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي».</t>
   </si>
   <si>
     <t>Əbu Həzim bin Dinardan rəvayət edildiyinə görə Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) Məscidindəki minbərin hansı ağacdan edildiyini münaqişə edən bir dəstə insan, Səhl bin Səad əs-Saidinin yanına gəlib ondan bu məsələyə aydınlıq gətirməsini istədilər. Səhl onlara belə dedi: Allaha and olsun ki, mən onun nədən düzəldiyini bilirəm. Mən onu Məscidə ilk qoyulduğu günü də, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) ilk dəfə onun üzərinə oturduğu günü də bilirəm. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) filan qadına -Səhl, Ənsardan olan bu qadının adını söyləmişdir- bir nəfəri gödərib: "Nəccar, kölənə əmr et, mənim üçün insanlara xitab etdiyim zaman üzərinə otura biləcəyim, taxtalardan bir şey düzəltsin"- deyə buyurdu. O qadın da köləsinə minbər düzəltməsini əmr etdi. Kölə də Tarfə meşəsinin ağaclarından minbəri düzəltdi. Sonra kölə onu qadına gətirdi. Qadın da Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) göndərdi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) minbərin bura qoyulmasını əmr etdi. Sonra Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) onun üzərində namaz qıldığını gördüm: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) minbər üzərində olarkən təkbir etdi, sonra yenə də minbər üzərində ikən rüku etdi. Sonra geriyə gedərək aşağıya endi və minbərin dibində səcdə etdi. Sonra yenə minbərin üzərinə qalxdı. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namazı bitirdikdə üzünü insanlara çevirib və: «Ey insanlar! Bu gördüyünüz şeyləri yalnız mənə uymanız və mənim namazımı öyrənəsiniz deyə etdim» deyə buyurdu.</t>
   </si>
   <si>
     <t>جاء رجالٌ إلى أحدِ الصحابة يسألونه عن المنبرِ النبويِّ الذي اتخذه رسولُ الله صلى الله عليه وسلم: ممَّ صُنع؟ وقد تجادلوا وتنازعوا في ذلك، فَذَكَرَ لهم أنه صلى الله عليه وسلم بَعث إلى امرأةٍ من الأنصار كان لها خادمٌ نجَّار، فقال لها: مُرِيْ غلامَك أنْ يَصنعَ لي منبرًا أَجلِسُ عليه حين أُكَلِّمُ الناسَ، فأجابت المرأةُ، وأمَرتْ غلامَها أن يصنع للنبي صلى الله عليه وسلم منبرًا من شجر الطَّرْفاء، ولَمَّا فَرَغَ أَرسلت المرأةُ به إلى النبي صلى الله عليه وسلم، فأَمََرَ به فوُضع مكانَه من المسجد، ثم صلى النبي صلى الله عليه وسلم عليه وكَبَّرَ وهو عليه، ثم ركع وهو عليه، ثم نزل يمشي إلى خلف من غير أن يَلْفِتَ وجهَه إلى جهة الخلف فسجد في أَصْلِ المنبر ثم عاد، فلما فرغ من الصلاة أقبل على الناس، وقال: أيها الناس، إنما صنعتُ هذا لتأتموا ولِتَعَلَّموا صلاتي.</t>
   </si>
   <si>
     <t>Bəzi insanlar, səhabələrdən birinin yanına gəlib Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) minbərinin nədən düzəldiyini soruşdular. Onlar bu məsələdə bir-birləri ilə mübahisə edib aralarında fikir ayrılığı düşmüşdür. Bu səhəbə onlara, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) nəccar köləsi olan Ənsarlı bir qadına: "Kölənə əmr et, mənim üçün insanlara xitab etdiyim zaman üzərinə otura biləcəyim, taxtalardan bir şey düzəltsin"- diyə buyurduğunu xəbər verdi. Qadın da Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bu tələbini yerinə yetirib, köləsinə Tarfə meşəsinin ağaclarından Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) üçün bir minbəri düzəltməsini əmr etdi. Kölə minbəri düzəltib qutardıqdan sonra qadın onu Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) göndərdi, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) də onu məsciddə oturduğu yerinə qoyulmasını əmr etdi. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onun üzərində belə bir namaz qıldı: minbərin üzərində təkbir etdi sonra yenə minbərin üzərində olarkən rüku etdi. Sonra üzünü arxaya döndərmədən geri addımlayaraq aşağıya endi və minbərin dibində səcdə etdi. Sonra yenə minbərin üzərinə qalxdı. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namazı bitirdikdən sonra üzünü insanlara tərəf çevirib belə dedi: «Ey insanlar! Bu gördüyünüz əməlləri yalnız mənə uymanız və mənim namazımı öyrənəsiniz deyə etdim».</t>
   </si>
   <si>
     <t>استحباب اتخاذ المنبر وارتقاء الخطيب عليه، وفائدته الإبلاغ والإسماع.
 جواز الصلاة على المنبر للتعليم، وجواز ارتفاع الإمام على المأموم لحاجة.
 جواز الاستعانة بأهل الصناعات في حوائج المسلمين.
 جواز الحركة اليسيرة في الصلاة للحاجة.
 جواز نظر المأموم إلى إمامه في الصلاة؛ ليتعلم منه وأن ذلك لا ينافي الخشوع.</t>
   </si>
   <si>
     <t>Məsciddə minbər qoymaq və xətibin onun üzərinə çıxıb xütbə verməsi müstəhəbdir. Minbərin faydası: səsin çatması və daha yaxşı eşidilməsi üçündür.
 Öyrətmək üçün minbərin üzərində namaz qılmaq icazəlidir. Həmçinin ehtiyac anında imamın camaatdan yuxarıda namaz qılması da caizdir.
 Müsəlmanların ehtiyacını ödəmək üçün sənətkarlardan yardım istəməyin icazəli olması.
 Ehtiyac üzündən namazda az bir hərəkət etmənin icazəli olması.
 Öyrənmək məqsədi ilə namazda camaatın imama baxması icazəlidir və bu, xüşuya xələl gətirməz.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65096</t>
   </si>
   <si>
-    <t>إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا</t>
+    <t>إذا صليتم فأقيموا صفوفكم، ثم ليؤمكم أحدكم فإذا كبر فكبروا</t>
   </si>
   <si>
     <t>Namaz qıldığınız zaman səflərinizi düz tutun sonra sizdən biri sizə imam olsun. İmam təkbir etdiyi zaman siz də təkbir edin</t>
   </si>
   <si>
     <t>عَنْ ‌حِطَّانَ بْنِ عَبْدِ اللهِ الرَّقَاشِيِّ قَالَ: صَلَّيْتُ مَعَ ‌أَبِي مُوسَى الْأَشْعَرِيِّ صَلَاةً، فَلَمَّا كَانَ عِنْدَ الْقَعْدَةِ قَالَ رَجُلٌ مِنَ الْقَوْمِ: أُقِرَّتِ الصَّلَاةُ بِالْبِرِّ وَالزَّكَاةِ، قَالَ: فَلَمَّا قَضَى أَبُو مُوسَى الصَّلَاةَ وَسَلَّمَ انْصَرَفَ فَقَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ قَالَ: فَأَرَمَّ الْقَوْمُ، ثُمَّ قَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ فَأَرَمَّ الْقَوْمُ، فَقَالَ: لَعَلَّكَ يَا حِطَّانُ قُلْتَهَا؟ قَالَ: مَا قُلْتُهَا، وَلَقَدْ رَهِبْتُ أَنْ تَبْكَعَنِي بِهَا، فَقَالَ رَجُلٌ مِنَ الْقَوْمِ: أَنَا قُلْتُهَا، وَلَمْ أُرِدْ بِهَا إِلَّا الْخَيْرَ، فَقَالَ أَبُو مُوسَى: أَمَا تَعْلَمُونَ كَيْفَ تَقُولُونَ فِي صَلَاتِكُمْ؟ إِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَنَا فَبَيَّنَ لَنَا سُنَّتَنَا وَعَلَّمَنَا صَلَاتَنَا، فَقَالَ: «إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا، وَإِذْ قَالَ: {غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ} [الفاتحة: 7]، فَقُولُوا: آمِينَ، يُجِبْكُمُ اللهُ، فَإِذَا كَبَّرَ وَرَكَعَ فَكَبِّرُوا وَارْكَعُوا، فَإِنَّ الْإِمَامَ يَرْكَعُ قَبْلَكُمْ، وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا قَالَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، فَقُولُوا: اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، يَسْمَعِ اللهُ لَكُمْ، فَإِنَّ اللهَ تَبَارَكَ وَتَعَالَى قَالَ عَلَى لِسَانِ نَبِيِّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، وَإِذَا كَبَّرَ وَسَجَدَ فَكَبِّرُوا وَاسْجُدُوا، فَإِنَّ الْإِمَامَ يَسْجُدُ قَبْلَكُمْ وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا كَانَ عِنْدَ الْقَعْدَةِ فَلْيَكُنْ مِنْ أَوَّلِ قَوْلِ أَحَدِكُمُ: التَّحِيَّاتُ الطَّيِّبَاتُ الصَّلَوَاتُ لِلهِ، السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>Hittan bin Abdullah ər-Rəqqaşi belə demişdir: Əbu Musa əl-Əşari (Allah ondan razı olsun) ilə birlikdə namaz qıldım. Oturuş əsnasında camaatdan bir kişi: “Namaz, yaxşılıq və zəkatla birlikdə iqrar olundu” dedi. Əbu Musa namazı qılıb qurtardıqdan sonra: “Sizdən bu sözü söyləyən kim idi?” diyə soruşdu. Camaat susdu. O yenədə: “Sizdən bu sözü söyləyən kim idi?” diyə təkrar soruşdu. Camaat yenədə susdu. O da: “Ola bilsin o sözü söyləyən sənsən ey Hittan!” dedi. Hittan da: “Mən söyləmədim" dedi. Hittan deyir ki: bundan dolayı məni danlayacağından qorxdum. Bu zaman camaatdan bir kişi: “Onu mən söylədim, ancaq bunu söylərkən niyyətim xeyirdən başqa bir şey deyildir” dedi. Əbu Musa da: “Məgər siz namazınızda nə söyləyəcəyinizi bilmirsinizmi? dedi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bizə bir xütbə verdi və o xütbədə bizə sünnəmizi  bəyan etdi və namazımızı bizə öyrətdi və belə buyurdu: «Namaz qıldığınız zaman səflərinizi düz tutun sonra sizdən biri sizə imam olsun. İmam təkbir etdiyi zaman siz də təkbir edin» "Ğayril-məğdubi aleyhim valad-dallin” (Bizi doğru yola yönəlt! Nemət bəxş etdiyin kimsələrin yoluna, qəzəbə uğramışların və azmışların (yoluna) yox!) [Fatihə surəsi: 7] dediyi zaman siz: “Əmin” deyin ki, Allah duanıza cavab versin. İmam təkbir edib, rükuya getdiyi zaman siz də təkbir edin və rükuya gedin. Çünki imam sizdən öncə rüku edər və sizdən öncə rükudan qalxar». Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)  belə buyurdu: «O, bu şəkildədir. İmam: “Səmi Allahu limən həmidəh” dediyi zaman: “Allahummə Rabbənə va ləkə-l-həmd” deyin. Allah sizi eşidər. Uca Allah Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) dili ilə “Səmiallahu limən həmidəh” (Allah Ona həmd edəni eşitdi!)» buyurmuşdur. İmam təkbir edib, səcdəyə getdiyi zaman siz də təkbir edib, səcdəyə gedin. Çünki imam sizdən öncə səcdəyə gedir və sizdən öncə səcdədən qalxır.» Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: «O da, bu şəkildədir». İmam oturduğu zaman sizin ilk sözünüz bu olsun: «Ət-Təhiyyatu, ət-Tayyibətu, əs-Saləvatu lilləhi, əs-Sələmu aleykə əyyuhən-nəbiyyu va rahmətullahi va bərakətuhu, əs-Sələmu aleynə va alə ibədil-ləhis-salihin. Əşhədu əllə iləhə illəllahu va əşhədu ənnə Muhammədən abduhu va rasuluhu».</t>
   </si>
   <si>
     <t>صلى الصحابيُّ أبو موسى الأشعري رضي الله عنه صلاةً، فلما كان عند القَعدة التي فيها التشهد، قال رجل من المصلين خلفه: قُرِنَتْ الصلاة في القرآن بالبر والزكاة، فلما انتهى أبو موسى رضي الله عنه من الصلاة توجَّه إلى المأمومين، فسألهم: أيكم القائل كلمة: قرنت الصلاة في القرآن بالبر والزكاة؟! فسكت القوم، ولم يتكلم منهم أحد، فكرر عليهم السؤال مرة أخرى، فلما لم يَرُد عليه أحد، قال أبو موسى رضي الله عنه: لعلك يا حطان قلتها! لجَسَارَتِه وقربِه منه وصِلَتِه به، مما لا يؤذيه اتهامُه، وليدفع الفاعل الحقيقي إلى الاعتراف، فنفى حِطَّانُ ذلك، وقال: لقد خفت أنْ تُوَبِّخَني ظنًا منك أني قلتها؛ وهنا قال رجل من القوم: أنا قلتُها، ولم أقصد بها إلا خيرًا، فقال أبو موسى مُعلِّمًا له: أما تعلمون كيف تقولون في صلاتكم؟! وهذا استنكار منه، ثم أخبر أبو موسى أن النبي صلى الله عليه وسلم خَطَبَهم ذات مرة، فَبَيَّنَ لهم شريْعَتَهم، وعلَّمَهم صلاتَهم، فقال صلى الله عليه وسلم:
 إذا صليتم فأقيموا صفوفكم واعتدلوا فيها، ثم يؤم الناسَ واحدٌ منهم، فإذا كَبّر الإمام تكبيرة الإحرام، فكبروا مثله، وإذا قرأ الفاتحة وبلغ: {غير المغضوب عليهم ولا الضالين} [الفاتحة: 7]، فقولوا: آمين؛ فإذا فعلتم ذلك يستجيب الله دعاءكم، فإذا كبر وركع فكبروا واركعوا؛ فإن الإمام يركع قبلكم ويرفع قبلكم فلا تسبقوه؛ لأن اللحظة التي سبقكم الإمام بها في تقدمه إلى الركوع، تنجبر لكم بتأخيركم في الركوع بعد رفعه لحظة، فتلك اللحظة بتلك اللحظة، وصار قدر ركوعكم كقدر ركوعه، وإذا قال الإمام: سمع الله لمن حمده، فقولوا: اللهم ربنا لك الحمد، فإذا قال المصلون ذلك فإن الله سبحانه يسمع دعاءهم وقولَهم، فإن الله تبارك وتعالى قال على لسان نبيه صلى الله عليه وسلم: سمع الله لمن حمده،ثم إذا كبر الإمام وسجد، فعلى المأمومين أن يكبروا ويسجدوا، فإن الإمام يسجد قبلهم، ويرفع قبلهم، فتلك اللحظة بتلك اللحظة، وصار قدر سجود المأموم كقدر سجود الإمام،وإذا كان عند القعود للتشهد فليكن أول قول المصلي: "التحيات الطيبات الصلوات لله" فالمُلْكُ والبقاءُ والعَظَمةُ كلُّها مُسْتَحَقَّة لله تعالى، وكذا الصلوات الخمس كلُّها لله، "السلام عليك أيها النبي ورحمة الله وبركاته، السلام علينا وعلى عباد الله الصالحين"، فادعوا الله السلامة من كل عيب وآفة ونقص وفساد؛ ونخص نبينا محمد صلى الله عليه وسلم بالتسليم، ثم نسلم على أنفسنا، ثم نسلم على عباد الله الصالحين القائمين بما يجب عليهم من حقوق الله تعالى وحقوق عباده، ثم نشهد أن لا إله إلا الله، ونشهد أن محمدًا عبده ورسوله.</t>
   </si>
   <si>
     <t>Səhabələrdən olan Əbu Musa əl-Əşari (Allah ondan razı olsun) bir namaz qıldı. Təşəhhüdə oturduğları zaman arxasındakı camaatdan bir kişi: “Quranda, namaz, yaxşılıq və zəkatla birlikdə zikir edildi" dedi. Əbu Musa (Allah ondan razı olsun) namazı qılıb qutardıqdan sonra camaata tərəf döndü və kimin: “Quranda, namaz, yaxşılıq və zəkatla birlikdə zikir edildi" dediyini soruşdu. Camaat susdu və kimsə ona cavab vermədi. Bunun üzərinə o: “Bu sözü hansınız söylədi?” diyə təkrarən soruşdu. Camaat yenə də susub kimsə cavab vermədikdə, Əbu Musa (Allah ondan razı olsun): “Ola bilsin bunu söyləyən sənsən ey Hittan!” dedi. Əbu Musa (Allah ondan razı olsun)  Hittanın cəsarəti, özünə yaxın olması və aralarındakı qohumluq bağının olmasından dolayı onu bu şəkildə itham etməsi ilə sözün həqiqi sahibinin ortaya çıxıb etiraf etməsini istəmişdir. Hittan da: “Mən söyləmədim" deyərək bunu inkar etdi. Hittan deyir ki: "Əbu Musanın bundan dolayı məni danlayacağından qorxdum". Bu zaman camaatdan bir kişi: “Onu mən söylədim, ancaq bunu söylərkən niyyətim xeyirdən başqa bir şey deyildir” dedi. Əbu Musa (Allah ondan razı olsun) da ona öyrətmək məqsədi ilə: “Siz namazınızda nə söyləyəcəyinizi bilmirsinizmi?" diyərək kişiyə təəccüb etdi. Sonra Əbu Musa, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bir gün onlara bir xütbə verdiyini, onlara şəriətlərini və namazlarını öyrətdiyini xəbər verərək Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) onlara belə buyurduğunu dedi:
 Namaz qıldığınız zaman səflərinizi düz tutun sonra sizdən biri sizə imam olsun. İmam, Təkbiratul-ehram etdiyi zaman siz də onun kimi təkbiratul-ehram edin. Fatihə surəsini oxuyub: «Ğayril-məğdubi aleyhim valad-dallin” (Bizi doğru yola yönəlt! Nemət bəxş etdiyin kimsələrin yoluna, qəzəbə uğramışların və azmışların (yoluna) yox!) [Fatihə surəsi: 7] ayəsinə çatdığı zaman: “Əmin” deyin. Əgər belə desəniz, Uca Allah duanıza cavab verər. İmam təkbir edib, rükuya getdiyi zaman sizdə təkbir edib rükuya gedin. İmam sizdən öncə rüku edir və sizdən öncə rükudan qalxır. Elə isə onu qabaqlamayın. Çünki rükuya gedərkən imamın sizdən öncə rükuya getməsi, rükudan qalxarkən siz gecikdiyiniz zamanı əvəz edər. Rükuya gedərkən azca gecikməniz, qalxarkən gec qalxmanızı əvəz edər. Beləcə də sizin rüku miqdarınız ilə imamın rüku miqdarı bərabər olur.  İmam: "Səmi Allahu limən həmidəh” dediyi zaman: “Siz: Allahummə Rabbənə va ləkəl-həmd” deyin. Camaat bunu söyləyərsə Allah onların duasını və sözünü eşidər. Uca Allah, Peyğəmbərinin (Allahın salavatı və salamı onun üzərinə olsun) dili ilə Allahın Ona həmd edən qulunu eşitdiyini xəbər vermişdir. Sonra imam təkbir edib səcdəyə getdiyi zaman camaat da təkbir edib səcdəyə gedir. İmam camaatdan öncə səcdəyə gedir və səcdədən qalxır. Beləcə də camaatın səcdə miqdarı ilə imamın səcdə miqdarı bərabər olur. Təşəhhüd duasını oxumaq üçün oturduğu zaman namaz qılan kimsə ilk olaraq: “Ət-Təhiyyatu, ət-Tayyibətu, əs-Saləvatu lillahi" Mülk, əbədilik və əzəmət Uca Allahın haqqıdır. Eyni şəkildə beş vaxt namaz da Uca Allah üçündür. "əs-Sələmu aleykə əyyuhən-nəbiyyu va rahmətullahi va bərakətuhu, əs-Sələmu aleynə va alə ibədil-ləhis-salihin". Hər növ ayıb, naqislik, əksiklikdən və fitnə-fəsaddan salamat olmaq üçün Uca Allaha dua edin. Birinci Peyğəmbərimiz Muhammədə (Allahın salavatı və salamı onun üzərinə olsun) sonra da özümüzə daha sonra isə Uca Allahın və qullarının haqqını yerinə yetirən saleh qullarına salam veririk. Sonra da Uca Allahdan başqa ibadətə haqqı olan haqq məbud olmadığına və Muhammədin (Allahın salavatı və salamı onun üzərinə olsun) Allahın qulu və rəsulu olduğuna şahidlik edirik.</t>
   </si>
   <si>
     <t>بيان صيغة من صيغ التشهد.
 أفعال الصلاة وأقوالها لا بد أن تكون مما ثبت عن النبي صلى الله عليه وسلم، فلا يجوز لأحد أن يبتدع فيها قولًا أو فعلًا لم يثبت في السنة.
 عدم جواز مسابقة الإمام والتأخُّر عنه، والمشروع للمأموم متابعة الإمام في أفعاله.
 ذكر ما كان عليه النبي صلى الله عليه وسلم من الاهتمام في التبليغ، وتعليم أمته أحكام الدين.
 الإمام هو القدوة للمأموم، فلا يجوز له أنْ يُسابِقَه في أفعال الصلاة ولا أن يقارنَه ولا أن يتأخر عنه، بل يكون ابتداء متابعته بعد تأكده من دخوله في الفعل الذي يريد أن يفعله، وأن السنة اتباعه فيها.
 مشروعية إقامة الصفوف في الصلاة.</t>
   </si>
   <si>
     <t>Hədisdə Təşəhhüdün növlərindən bir növü bəyan edilmişdir.
 Namazdakı söz və hərəkətlər Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) sabit olduğu kimi olmalıdır. Hər hansı bir kimsənin namaz içində sünnətdə sabit olmayan söz və ya hərəkətlər uydurması qəbul edilməzdir.
 Namazda imamı qabaqlamaq və ya imamdan geridə qalmaq icazəli deyildir. Əksinə, camaatın, imamın hərəkətlərinin arxasınca hərəkət etməsi lazımdır.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) dini təbliğ etməyə və dinin əhkamlarını ümmətinə öyrətməyə verdiyi önəmin zikr edilməsi.
 İmam, namazda axrasında duran camaat üçün örnəkdir. Namaz qılarkən imamdan öncə keçmək, onunla birlikdə və ya ondan geridə qalarak hərəkət etmək caiz deyildir. Əksinə, camaatın hərəkətləri, imamın etmək istədiyi hərəkətə başladığına əmin olduqdan sonra həmən arxasınca o hərəkətin edilməsi gərəkdir. Sünnə, namazda ona tabe olmaqdır.
 Namazda səflərın düz tutulması buyurulmuşdur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65097</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا</t>
+    <t>والذي نفسي بيده، إني لأقربكم شبها بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه لصلاته حتى فارق الدنيا</t>
   </si>
   <si>
     <t>Nəfsim əlində olana and olsun ki, aranızda namazıAllah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) namazına ən çox oxşayan mənim namazımdır. Bu onun dünyadan ayrılana qədər qıldığı namaz idi" deyirdi</t>
   </si>
   <si>
     <t>عن أَبي هُرَيْرَةَ رضي الله عنه: أنه كَانَ يُكَبِّرُ فِي كُلِّ صَلَاةٍ مِنَ الْمَكْتُوبَةِ وَغَيْرِهَا، فِي رَمَضَانَ وَغَيْرِهِ، فَيُكَبِّرُ حِينَ يَقُومُ، ثُمَّ يُكَبِّرُ حِينَ يَرْكَعُ، ثُمَّ يَقُولُ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، ثُمَّ يَقُولُ: رَبَّنَا وَلَكَ الْحَمْدُ، قَبْلَ أَنْ يَسْجُدَ، ثُمَّ يَقُولُ: اللهُ أَكْبَرُ حِينَ يَهْوِي سَاجِدًا، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَسْجُدُ، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَقُومُ مِنَ الْجُلُوسِ فِي الِاثْنَتَيْنِ، وَيَفْعَلُ ذَلِكَ فِي كُلِّ رَكْعَةٍ، حَتَّى يَفْرُغَ مِنَ الصَّلَاةِ، ثُمَّ يَقُولُ حِينَ يَنْصَرِفُ: وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا.</t>
   </si>
   <si>
     <t>Əbu Hureyrədən (Allah ondan razı olsun) rəvayət edildiyinə görə O, Fərz və digər bütün namazlarda, Ramazan ayında və ramazandan başqa aylarda hər namazda təkbir gətirirdi. Namaza qalxdıqda təkbir gətirərdi, rüku edərkən də təkbir gətirərdi. Sonra: "Səmi Allahu limən həmidəh" deyib rükudan qalxdıqdan sonra səcdə etməzdən əvvəl: "Rabbənə və ləkə-l-həmd" deyərdi. Sonra səcdə etmək üçün əyildiyində təkbir edir, səcdədən başını qaldırınca yenə də təkbir gətirirdi sonra təkrar səcdə etmək üçün təkbir gətirir sonra səcdədən başını qaldırınca yenə də təkbir gətirirdi. İkinci rükəti qılıb qurtardıqdan sonra üçüncü rükətə qalxarkən yenə təkbir gətirirdi. Sonra da bunu namazın hər rükətində namazı biti­rənə qədər edirdi. Namazı bitirib insanlara tərəf dönüb: Nəfsim əlində olana and olsun ki, aranızda namazıAllah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) namazına ən çox oxşayan mənim namazımdır. Bu onun dünyadan ayrılana qədər qıldığı namaz idi" deyirdi.</t>
   </si>
   <si>
     <t>يَروي أبو هريرة رضي الله عنه جزءًا من صفة صلاة النبي صلى الله عليه وسلم، ويخبر أنه كان إذا قام إلى الصلاة يكبر حين يقوم تكبيرة الإحرام، ثم يكبر حين يَنْتَقل إلى الركوع، وحين يسجد، وحين يرفع رأسه من السجود، وحين يسجد السجدة الثانية، وحين يرفع رأسه منها، وحين يقوم من الركعتين الأوليين بعد الجلوس للتشهد الأول في الصلاة الثلاثية أو الرباعية، ثم يفعل ذلك في الصلاة كلها حتى يقضيَها، وكان يقول حين يرفع ظهره من الركوع: سمع الله لمن حمده، ثم يقول وهو قائم: ربنا لك الحمد.
 ثم يقول أبو هريرة حين ينصرف من الصلاة: والذي نفسي بيده، إني لأقربكم شَبَهًا بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه صفة صلاته حتى فارق الدنيا.</t>
   </si>
   <si>
     <t>Əbu Hureyrə (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) necə namaz qılmasının bir qismini rəvayət etmişdir. O Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) namaza qalxdıqda qiyamda olarkən Təkbiratul-ihram edərək namaza başlayar sonra rüku, səcdə, başını səcdədən qaldırarkən, ikinci səcdəni edərkən, başını ikinci səcdədən qaldırarkən, üç və dörd rükətli namazlarda ilk təşəhüddən qalxarkən də təkbir gətirdiyini xəbər vermişdir. Sonra da bunu namazın hər rükətində namazı bitirincəyə qədər etdiyini, başını rükudan qaldırdığında: "Səmi Allahu limən həmidəh" deyib rükudan qalxdıqdan sonra belini düz tutunca: "Rabbənə va ləkəl-həmd" dediyini xəbər vermişdir.
 Əbu Hureyrə (Allah ondan razı olsun) namazı bitirdikdən sonra insanlara tərəf dönüb: "Nəfsim əlində olana and olsun ki, aranızda namazı Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) namazına ən çox oxşayan mənim namazımdır. Bu, onun dünyadan ayrılana qədər qıldığı namazın sifəti idi" dedi.</t>
   </si>
   <si>
     <t>يكون التكبير أثناء كلِّ خَفْضٍ ورَفْعٍ إلا في رفعه من الركوع فيقول سمع الله لمن حمده.
 حرص الصحابة على الاقتداء بالنبي صلى الله عليه وسلم وحفظ سُنَّتِه.</t>
   </si>
   <si>
     <t>Rükudan qalxarkən: "Səmiallahu limən həmidəh" demək istisna olmaqla, namazda bütün əyilmək və qalxmalarda təkbir edilir.
 Səhabələrin, Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) tabe olmalarına və həmçinin onun sünnəsini qorumağa həris olmaları.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65098</t>
   </si>
   <si>
-    <t>قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ</t>
+    <t>قال الله تعالى: قسمت الصلاة بيني وبين عبدي نصفين، ولعبدي ما سأل</t>
   </si>
   <si>
     <t>Uca Allah belə buyurmuşdur: Namazı qulumla Özüm aramda iki yerə böldüm, qulum üçün istədiyi vardır</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عنه سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ الْعَبْدُ: {الْحَمْدُ لِلهِ رَبِّ الْعَالَمِينَ}، قَالَ اللهُ تَعَالَى: حَمِدَنِي عَبْدِي، وَإِذَا قَالَ: {الرَّحْمَنِ الرَّحِيمِ}، قَالَ اللهُ تَعَالَى: أَثْنَى عَلَيَّ عَبْدِي، وَإِذَا قَالَ: {مَالِكِ يَوْمِ الدِّينِ}، قَالَ: مَجَّدَنِي عَبْدِي، -وَقَالَ مَرَّةً: فَوَّضَ إِلَيَّ عَبْدِي-، فَإِذَا قَالَ: {إِيَّاكَ نَعْبُدُ وَإِيَّاكَ نَسْتَعِينُ}، قَالَ: هَذَا بَيْنِي وَبَيْنَ عَبْدِي وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ: {اهْدِنَا الصِّرَاطَ الْمُسْتَقِيمَ، صِرَاطَ الَّذِينَ أَنْعَمْتَ عَلَيْهِمْ غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ}، قَالَ: هَذَا لِعَبْدِي وَلِعَبْدِي مَا سَأَلَ».</t>
   </si>
   <si>
     <t>Əbu Hureyrədən (Allah ondan razı olsun) rəvayət edildiyinə görə o belə demişdir: Mən Peyğəmbərin(Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Uca Allah belə buyurmuşdur: Namazı qulumla Özüm aramda iki yerə böldüm, qulum üçün istədiyi vardır. Qul: (Həmd, aləmlərin Rəbbi olan Allaha məxsusdur) deyincə, Uca Allah: (Qulum Məni həmd etdi) deyə buyurar. Qul: (Mərhəmətli və Rəhmli olana) deyincə, Allah: (Qulum Məni öydü) deyər. Qul: (Din gününün Sahibinə) deyincə, (Qulum Məni ucaltdı) yaxud da: (Qulum işini Mənə həvalə etdi) deyər. Qul: (Biz yalnız Sənə ibadət edir və yalnız Səndən kömək diləyirik) deyincə, (Bu, qulumla Mənim aramda ortaq olan qisimdir və quluma istədiyi olacaqdır) diyə buyurar. Qul: (Bizi doğru yola yönəlt! Nemət bəxş etdiyin kimsələrin yoluna, qəzəbə uğramışların və azmışların (yoluna) yox!) deyincə, Allah: (Bu, quluma aiddir, quluma istədiyi veriləcəkdir) diyə buyurar.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى قال في الحديث القدسي: قسمت سورة الفاتحة في الصلاة بيني وبين عبدي نصفين، لي نصفُها، وله نصفُها.
 فنصفُها الأول: حمدٌ وثناءٌ وتمجيدٌ لله، أجزيه عليه خير الجزاء.
 ونصفُها الثاني: تَضَرُّعٌ ودعاء، أستجيب له وأعطيه ما سأل. 
 فإذا قال المصلي: {الحمد لله رب العالمين}، قال الله: حمدني عبدي، وإذا قال: {الرحمن الرحيم}، قال الله: أثنى عليَّ عبدي فمدحني واعتراف لي بعموم الإنعام على خَلْقي، وإذا قال: {مالك يوم الدين}، قال الله: مَجَّدني عبدي، وهو الشرف الواسع.
 فإذا قال: {إياك نعبد وإياك نستعين}، قال الله: هذا بيني وبين عبدي.
 فالنصف الأول من هذه الآية لله وهو: (إياك نعبد) وهو اعتراف بالألوهية لله، والاستجابة بالعبادة، وبه ينتهي النصف الذي لله. 
 والنصف الثاني من الآية وهو للعبد: (إياك نستعين) طلب العون من الله، ووعده بالإعانة.
 فإذا قال: {اهدنا الصراط المستقيم * صراط الذين أنعمت عليهم غير المغضوب عليهم ولا الضالين}، قال الله: هذا تضرُّع ودعاء من عبدي، ولعبدي ما سأل، وقد أجبتُ دعاءه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Uca Allahın qüdsi bir hədisdə belə buyurduğunu xəbər vermişdir: Namazda Fatihə surəsini qulumla Özüm aramda iki yerə böldüm, Fatihə surəsinin yarısı Mənim, yarısı isə onundur.
 Fatihə surəsinin birinci yarısı: Uca Allaha həmd-səna və Ona tərifdir. Buna görə qulumu ən xeyirli qarşılıqla mükafatlandıracağam.
 Fatihə surəsinin ikinci yarısı: Yalvarmaq və duadır. Qulumun duasını qəbul edəcəm və ona istədiyini verəcəm.
 Namaz qılan kimsə: (Həmd, aləmlərin Rəbbi olan Allaha məxsusdur) deyincə, Uca Allah: (Qulum Məni həmd etdi) deyə buyurar. Qul: (Mərhəmətli və Rəhmli olana) deyincə, Allah: (Qulum Məni təriflədi, Mənə həmd etdi və qullarıma olan nemətimi itiraf etdi) deyər. Qul: (Din gününün Sahibinə) deyincə, Allah:(Qulum Məni ucaltdı, bu böyük şərəfdir) deyər.
 Namaz qılan kimsə: (Biz yalnız Sənə ibadət edir və yalnız Səndən kömək diləyirik) deyincə, Allah: (Bu, qulumla Mənim aramda ortaq olan qisimdir) deyə buyurar.
 Bu ayənin birinci qismi: (Biz yalnız Sənə ibadət edir) Allaha aiddir. Bu, Uca Allahın ibadətə layiq tək haqq ilah olduğunu etiraf etmək və Onun ibadət çağrısına icabət etməkdir və bununla da Uca Allaha aid olan qisim burada bitir.
 Ayənin ikinci qismi: (və yalnız Səndən kömək diləyirik) isə qula aiddir. Bu, Uca Allahdan yardım diləməyi və Ondan yardım diləyənə yardım edəcəyinə dair vədinin gerçəkləşəcəyini ifadə edir.
 Namaz qılan kimsə: (Bizi doğru yola yönəlt! Nemət bəxş etdiyin kimsələrin yoluna, qəzəbə uğramışların və azmışların (yoluna) yox!) deyincə, Allah: (Bu, qulumun yalvarması və dua etməsidir, quluma istədiyi veriləcəkdir, Mən artıq onun duasına icabət etdim) diyə buyurar.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 عظم شأن الفاتحة فقد سماها الله تعالى (الصلاة).
 بيان عناية الله تعالى بعبده، حيث مَدَحَه بسبب حَمْدِه وثنائِه وتمجيدِه، ووَعدَه أنْ يُعطيَه ما سأل.
 اشتملت هذه السورة الكريمة، على حمد الله، وذكر المعاد، ودعاء الله، وإخلاص العبادة له، وسؤال الهداية إلى الصراط المستقيم، والتحذير من مسالك الباطل.
 استشعار المصلي هذا الحديث -اذا قرأ الفاتحة- يَزيدُ مِن خشوعِه في الصلاة.</t>
   </si>
   <si>
     <t>Bu hədisdə Fatihə surəsinin önəminin böyüklüyü ifadə edilmiş və Uca Allah bu surəni namaz olaraq adlandırmışdır.
 Hədisdə Uca Allahın quluna olan qayğısı ifadə edilmiş, həmçinin, qulunun Onu həmd-səna etməsindən dolayı qulunu mədh etməsi xəbər verilmiş və sonda isə qulun Ondan istədiyinin ona verəcəyini vəd etmişdir.
 Bu surə özündə, Uca Allaha həmd-səna etməyi, öldükdən sonra yenidən dirilməyi, Allaha dua etməyi, ixlasla Ona ibadət etməyi, doğru yola yönəltməsini istəməyi və batil yollardan çəkindirməyi əhatə etmişdir.
 Namaz qılan kimsə -Fatihə surəsini oxuduğu zaman- bu hədisi xatırlayarsa bu onun namazdakı xuşusunu artırar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65099</t>
   </si>
   <si>
-    <t>أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا</t>
+    <t>أسوأ الناس سرقة الذي يسرق صلاته قال: وكيف يسرق صلاته؟ قال: لا يتم ركوعها، ولا سجودها</t>
   </si>
   <si>
     <t>Oğruların ən pisi, (tələsik namaz qılıb) namazından oğruyandır". Ondan: Kişi namazından necə oğruya bilər? deyə soruşulunca, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun): "Namazın rükusunu və səcdəsini tam olaraq etməz" deyərək cavab verdi</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا».</t>
   </si>
   <si>
     <t>Əbu Hureyrədən (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: "Oğruların ən pisi, (tələsik namaz qılıb) namazından oğruyandır". Ondan: Kişi namazından necə oğruya bilər? deyə soruşulunca, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun): "Namazın rükusunu və səcdəsini tam olaraq etməz" deyərək cavab verdi.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أشدَّ الناسِ قُبْحًا في السَّرِقَة الذي يَسْرِقُ مِن صلاتِه؛ وذلك لأنَّ أَخْذَ مالِ الغيرِ ربما ينتفع به في الدنيا، بخلاف هذا السارق، فإنه سَرَقَ حقَّ نفسِه مِن الثواب والأجر، قالوا: يا رسول الله، وكيف يسرق من صلاته؟ قال: لا يتم ركوعها ولا سجودها؛ وذلك بأنْ يستعجل في الركوع والسجود، فلا يأتي بهما على الوجه الأكمل.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) oğruluq edənlərin ən pisinin, namazından oğruluq edən kimsənin olduğunu bildirmişdir. Çünki başqasının malını oğrayan kimsə bəlkə bu dünyada o maldan özünə fayda verə bilər. Amma namazından oğrayan kimsə isə özünün namazdan ona çatan savab və əcrdən olan haqqını oğurlamış olur. Səhabələr: "Ey Allahın elçisi! Kişi namazından necə oğraya bilər axı?" diyə soruşunca, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun): "Kişi namazın rükusunu və səcdəsini tələsik etdiyi üçün namazın rükusunu və səcdəsini tam kamil bir şəkildə əda etməz" deyərək cavab verdi.</t>
   </si>
   <si>
     <t>أهمية إحسان الصلاة والإتيان بأركانها بطمأنينة وخشوع.
 وصف مَن لا يتم ركوعه وسجوده بأنه سارقٌ تنفيرٌ عن ذلك، وتنبيهٌ على تحريمِه.
 وجوب إتمام الركوع والسجود في الصلاة والاعتدال منهما.</t>
   </si>
   <si>
     <t>Namazın ərkanlarnı xuşu ilə və tələsmədən, rahat bir halda qılınmasının və namazı ən gözəl bir şəkildə əda edilməsinin önəmi.
 Rüku və səcdəni tam bir şəkildə əda etməyən kimsənin oğru olaraq vəsf edilməsi, həmçinin bu əməlin haram olduğuna  diqqət çəkilməsi.
 Namazda rüku və səcdənin tam bir şəkildə əda etməyin, rüku və səcdə edərkən hər bir əza öz yerini tutana qədər tələsmədən gözləməyin vacib olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65100</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا رفع ظهره من الركوع قال: سمع الله لمن حمده</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) rükudan belini qaldırdığı zaman belə deyərdi: "Səmi Allahu limən həmidəh,</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ أَبِي أَوْفَى رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ، اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ».</t>
   </si>
   <si>
     <t>Əbu Əvfədən (Allah ondan razı olsun) rəvayət edildiyinə görə belə demişdir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) rükudan belini qaldırdığı zaman belə deyərdi: "Səmi Allahu limən həmidəh, Allahummə Rabbənə va ləkəl-həmd, miləs-səməvati va miləl-ardi, va milə mə şitə min şeyin bəd".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم إذا رفع ظهرَه مِن الركوع في الصلاة يقول: "سمع الله لِمَن حمده"، أي: أنّ مَن حَمِدَ الله تعالى استجاب الله تعالى له، وقَبِل حَمْدَه وأثابَه، ثم يحمد الله بقوله: " اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ "، حَمْدًا يملأُ السماوات والأرضين وما بينهما، ويملأ ما شاء الله من شيء.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namazda rükudan belini qaldırdığı zaman belə deyərdi: Səmi Allahu limən həmidəh. Yəni: Kim Uca Allah həmd edərsə Uca Allah ona icabət edər, Onun həmd etməsini qəbul edər və onu mükafatlandırar. Sonra ''Allahummə Rabbənə va ləkəl-həmd, miləs-səməvati va miləl-ardi, va milə mə şitə min şeyin bəd'' sözü ilə Allaha həmd edər. Yəni: Göylər dolusu, yerlər dolusu, onların ara­sında olanlar və bundan sonra dilədiyin şeylər dolusu Uca Allaha həmd sənalar ol­sun).</t>
   </si>
   <si>
     <t>بيان ما يُستَحبُّ أن يقولَه المصلي إذا رفع رأسه من الركوع.
 مشروعية الاعتدال والطمأنينة بعد الرفع من الركوع؛ لأنه لا يمكن أن يقول هذا الذكر إلا إذا اعتدل واطمأن.
 هذا الذكر مشروع في جميع الصلوات سواء كانت فرضًا أو نفلًا.</t>
   </si>
   <si>
     <t>Namaz qılan kimsə rükudan qalxdığı zaman söyləməsi müstəhəb olan duanın bəyanı.
 Rükudan qalxdıqdan sonra hər bir əza öz yerini tutana qədər tələsmədən gözləməyin vacib olması. Çünki rükudan tam qalxıb hər bir əza öz yerini tutana qədər gözləmədən bu zikrin söylənməsi mümkün deyildir.
 Bu zikirin fərz və ya nafilə namazı olmasından aslı olmayaraq bütün namazlarda söylənilməsi buyurulmuşdur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65101</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ</t>
+    <t>أن النبي صلى الله عليه وسلم كان يقول في دبر كل صلاة مكتوبة</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər fərz namazdan sonra bu zikri edərdi</t>
   </si>
   <si>
     <t>عَنْ ‌وَرَّادٍ كَاتِبِ الْمُغِيرَةِ بْنِ شُعْبَةَ قَالَ: أَمْلَى عَلَيَّ الْمُغِيرَةُ بْنُ شُعْبَةَ فِي كِتَابٍ إِلَى مُعَاوِيَةَ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ».</t>
   </si>
   <si>
     <t>Muğirə bin Şöbənin (Allah ondan razı olsun) katibi Ravvaddan rəvayət edildiyinə görə o belə demişdir: Muğirə bin Şöbə (Allah ondan razı olsun), Müaviyəyə (Allah ondan razı olsun) göndərdiyi məktubda mənə bunu imla etdi: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər fərz namazdan sonra bu zikri edərdi: «Lə iləhə illəllahu vahdəhu lə şərikə ləh. Ləhul-mulku va ləhul-həmdu va huvə alə kulli şeyin qadir. Allahummə, lə məniə limə ə'taytə va lə mu'tiyə limə mənə'tə va lə yənfəu zəl-cəddi minkəl-cədd».</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عَقِيب كلِّ صلاةِ فريضة: " لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ".
 أي: أُقِرُّ واعترفُ بكلمة التَّوحيد لا إله إلا الله، فالعبادة الحَقَّة أُثْبِتُها لله، وأَنفيها عمّا سواه، فلا معبود بحق إلا الله، ومُقِرٌّ أنَّ المُلْك الحقيقيّ التام لله، وجميع حمد أهل السموات والأرض مُستَحقٌّ لله تعالى، حيث هو قادر على كل شيء، وما قدَّره الله مِن عطاءٍ أو منعٍ لا رادَّ له، وعنده لا ينفع ذا الغنى غِناه، إنما ينفعه العمل الصالح.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər fərz namazını qılıb qutardıqdan sonra bu zikri edərdi: «Lə iləhə illəl-lahu vahdəhu lə şərikə ləh. Ləhul-mulku va ləhul-həmdu va huvə alə kulli şeyin qadir. Allahummə, lə məniə limə ə'taytə va lə mu'tiyə limə mənə'tə va lə yənfəu zəl-cəddi minkəl-cəddu».
 Yəni: Mən tövhid kəlməsi olan Lə iləhə illallahı qəbul və təsdiq edirəm. Həqiqi ibadətə yalnız Uca Allahın layiq olduğunu təsdiq edir və Ondan başqasına edilməsini isə inkar edirəm. Allahdan başqa ibadətə layiq haqq məbud yoxdur. Mülkün bütünlükə Uca Allaha aid olduğunu, səma və yer əhlinin bütün həmdləri yalnız Uca Allaha xas olduğunu və Onun hər bir şeyə qadir olduğunu, Uca Allahın təqdir edib verdiyinə kiminsə mane olacağını və verməyib mane olduğunu da kiminsə verə bilməyəcəyini iqrar edirəm. Həmçinin zəngin olanın zənginliyi Allah qatında heç bir fayda verməyəcəyini, insana yalnız saleh əməllərin fayda verəcəyini də iqrar edirəm.</t>
   </si>
   <si>
     <t>استحباب هذا الذكر عقيب الصلوات لما اشتمل عليه من ألفاظ التوحيد والحمد.
 المبادرة إلى امتثال السنن، وإشاعتها.</t>
   </si>
   <si>
     <t>Bu zikr özlüyündə tövhid və həmd-səna dolu mənalar əhatə etdiyinə görə fərz namazlardan sonra söylənməsi müstəhəbdir.
 Sünnəni yerinə yetirməyə və onu insanlar arasında yaymağa tələsmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65102</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي</t>
+    <t>أن النبي صلى الله عليه وسلم كان يقول بين السجدتين: رب اغفر لي، رب اغفر لي</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) iki səcdə arasında belə deyərdi: «Rabbiğfir li, Rabbiğfir li</t>
   </si>
   <si>
     <t>عن حُذَيْفَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي».</t>
   </si>
   <si>
     <t>Huzeyfədan (Allah ondan razı olsun) rəvayət edildiğinə görə: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) iki səcdə arasında belə deyərdi: «Rabbiğfir li, Rabbiğfir li».</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عند الجلوس بين السجدتين: رب اغفر لي رب اغفر لي، ويكررها.
 ومعنى رب اغفر لي: طَلَبُ العبدِ مِن ربِّه أنْ يَمْحُوَ ذنوبَه ويَستُرَ عيوبَه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) iki səcdə arasında oturduğu zaman «Rabbiğfir li, Rabbiğfir li» diyərək bunu təkrar edərdi.
 "Rabbiğfir li" zikrinin mənası: Qulun, Rəbbindən günahlarını silməsi və eyiblərini örtməsini istəməsidir.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء بين السجدتين في صلاة الفَرْضِ والنَّفْلِ.
 استحباب تكرار قول: رب اغفر لي، والواجب مرة واحدة.</t>
   </si>
   <si>
     <t>Bu duanın fərz və ya nafilə namazı olmasından aslı olmayaraq bütün namazlarda iki səcdə arasında söylənilməsinin məşru olması.
 "Rabbiğfir li" zikrini təkrar etmək müstəhəbdir. Bir dəfə söyləmək isə vacibdir.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Əbu Davud, Ən-Nəsai,İbnu Məcə və Əhməd rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65104</t>
   </si>
   <si>
-    <t>ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا</t>
-[...2 lines deleted...]
-    <t>"Bu Xinzəb deyilən şey­tandır. Onu hiss etdiyin an ondan Allaha sığın və sol tərəfinə üç dəfə yavaşca tüpür</t>
+    <t>ذاك شيطان يقال له خنزب، فإذا أحسسته فتعوذ بالله منه، واتفل على يسارك ثلاثا</t>
+  </si>
+  <si>
+    <t>Bu Xinzəb deyilən şey­tandır. Onu hiss etdiyin an ondan Allaha sığın və sol tərəfinə üç dəfə yavaşca tüpür</t>
   </si>
   <si>
     <t>عن عُثْمَانَ بْنَ أَبِي الْعَاصِ رضي الله عنه: أنه أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ الشَّيْطَانَ قَدْ حَالَ بَيْنِي وَبَيْنَ صَلَاتِي وَقِرَاءَتِي يَلْبِسُهَا عَلَيَّ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا»، قَالَ: فَفَعَلْتُ ذَلِكَ فَأَذْهَبَهُ اللهُ عَنِّي.</t>
   </si>
   <si>
     <t>Osman bin Əbil-Asdan (Allah ondan razı olsun) rəvayət edildiyinə görə: O, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gələrək: "Ey Al­lahın Rəsulu‎, şeytan mənimlə namazım və qiraətim ara­sına girdi, namazımı və qiraətimi qarışdırdı” dedi. Bunun üzərinə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona belə buyurdu: "Bu Xinzəb deyilən şey­tandır. Onu hiss etdiyin an ondan Allaha sığın və sol tərəfinə üç dəfə yavaşca tüpür". Osman dedi ki: mən elə etdim, Allah da onu məndən uzaqlaşdırdı.</t>
   </si>
   <si>
     <t>أتى عثمانُ بن أبي العاص رضي الله عنه إلى النبيِّ صلى الله عليه وسلم فقال: يا رسول الله إن الشيطان قد حَجَزَ بيني وبين صلاتي، ومَنَعني الخشوعَ فيها، وخَلَطَ عليَّ قراءتي وشَكَّكَني فيها، 
 فقال له رسول الله صلى الله عليه وسلم: ذاك هو شيطان يقال له خِنْزَبٌ، فإذا وَجَدْتَ هذا وشَعَرتَ به فاعتصم بالله، واستعذ بالله منه، وانفخ عن يسارك مع يَسِيْرٍ مِن الرِّيْق ثلاث مرات، قال عثمان: ففعلتُ ما أَمَرَني به النبيُّ صلى الله عليه وسلم فأذْهَبَه الله عني.</t>
   </si>
   <si>
     <t>Osman bin Əbil-As (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gələrək belə dedi: "Ey Al­lahın Rəsulu‎, şeytan mənimlə namazım və qiraətim ara­sına girdi, namazı xuşu ilə qılmağıma mane oldu, qiraətimi qarışdırmağa və namazda şəkk etməyimə səbəb oldu- dedi. Bunun eşidən Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona: «Bu Xinzəb deyilən Şey­tandır. Onu hiss etdiyin zaman Allaha üz tut, ondan Allaha sığın və xəfif bir şəkildə üç dəfə sol tərəfinə tüpür». Osman (Allah ondan razı olsun): Mən, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) mənə əmr etdiyi şeyi etdim. Allah da onu məndən uzaqlaşdırdı. dedi.</t>
   </si>
   <si>
     <t>أهمية الخشوعِ وحضورِ القلب في الصلاة، وأن الشيطان يجتهد في التَّشْوِيْشِ والتَّشْكِيْكِ فيها.
 استحباب التَّعَوُّذِ من الشيطان عند وسوسته في الصلاة، مع التَّفْل عن اليسار ثلاثًا.
 بيان ما كان عليه الصحابة رضي الله عنهم من رجوعِهم إلى النبي صلى الله عليه وسلم فيما يحصل لهم من المشكلات حتى يحلها لهم.
 حياة قلوب الصحابة، وأنّ همَّهم الآخرة.</t>
   </si>
   <si>
     <t>Namazda xuşu və qəlbin hazır olmasının önəmi, şeytanın namaz qılan kimsənin fikrini yayındırıb, namazında şübhəyə düşürməyə çalışdığı ifadə edilmişdir.
 Namazda vəsvəsə gəldiyi zaman sol tərəfə üç dəfə tüpürərək şeytandan Allaha sığınmağın müstəhəb olması.
 Hədisdə, səhabələr (Allah onlardan razı olsun) başlarına gələn problemli məsələləri Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) anlatdıqları zaman onlara həmin məsələnin çözümünü tapması ifadə edilmişdir.
 Səhabələrin qəlblərinin diri və onların bütün dərd-sərlərinin axirəti qazanmaq olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65105</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ لَا يَقْبَلُ مِنَ الْعَمَلِ إِلَّا مَا كَانَ لَهُ خَالِصًا، وَابْتُغِيَ بِهِ وَجْهُهُ</t>
+    <t>إن الله لا يقبل من العمل إلا ما كان له خالصا، وابتغي به وجهه</t>
   </si>
   <si>
     <t>Şüphəsiz Allah xalis olaraq Onun üçün edilən və Onun razılığı axtarılan əməldən başqa heç bir əməli qəbul etməz</t>
   </si>
   <si>
     <t>عَنْ أَبِي أُمَامَةَ الْبَاهِلِيِّ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ رَجُلًا غَزَا يَلْتَمِسُ الْأَجْرَ وَالذِّكْرَ، مَا لَهُ؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» فَأَعَادَهَا ثَلَاثَ مَرَّاتٍ، يَقُولُ لَهُ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» ثُمَّ قَالَ: «إِنَّ اللَّهَ لَا يَقْبَلُ مِنَ الْعَمَلِ إِلَّا مَا كَانَ لَهُ خَالِصًا، وَابْتُغِيَ بِهِ وَجْهُهُ»</t>
   </si>
   <si>
     <t>Əbu Umamə Əl-Bəhilidən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Bir kişi Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəlib dedi: “Savab və ad-san üçün döyüşən bir adam nə qazanar? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: “Onun üçün heç bir şey yoxdur” Kişi sualını üç dəfə təkrar etdi, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) isə hər dəfəsində "Ona heç bir şey yoxdur" deyə cavab verdi. Sonra dedi: "Şüphəsiz Allah xalis olaraq Onun üçün edilən və Onun razılığı axtarılan əməldən başqa heç bir əməli qəbul etməz."</t>
   </si>
   <si>
     <t>جَاءَ رَجُلٌ إلى النبيِّ صلى الله عليه وسلم: لِيسألَه ويَستفتيَه عن حُكْمِ الرَّجُلِ الذي يَخرُجُ للغزو والجهاد يطلب الأجرَ من الله والرغبة في المدح والثناء عند الناس، هل يتحصَّل على الأجر؟ فأجابه رسول الله صلى الله عليه وسلم: بأنه ليس له من الأجر شيء؛ لما أَشْرَكَ في نيته غيرَ الله، فأعاد الرجل سؤاله ثلاث مرات على النبي صلى الله عليه وسلم، ويجيبه عليه الصلاة والسلام ويؤكِّد له نفسَ الجواب؛ بأنه ليس له أجر، ثم أخبره النبيُّ صلى الله عليه وسلم بقاعدة قبول العمل عند الله: وأن الله لا يقبل من العمل إلا أن يكون كلُّه لله دون أن يشرك فيه أحد، ويكون لوجه الله سبحانه.</t>
   </si>
   <si>
     <t>Bir kişi Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldi ki,   Allahdan savab umaraq, insanların səna və tərifinə rəğbət bəsləyərək  döyüşə və cihada gedən şəxsin hökmü barədə soruşsun ki, o adam Allah qatında mükafat əldə edəcəkmi? Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona cavab verdi: Niyyətində Allahdan başqasını şərik qoşduğu üçün onun heç bir mükafat  yoxdur. Kişi sualını üç dəfə  təkrar etdi və Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) də hər dəfə ona eyni cavabı verdi və təkidlə bildirdi ki, ona əcr yoxdur. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ona əməlin Allah   tərəfindən qəbul edilməsi qaydasını xəbər verərək dedi: Allah yalnız  bütünlükdə Allah üçün olub, Ona heç bir şərik qoşulmayan və yalnız pak Allahın rizası üçün edilən əməli qəbul edər.</t>
   </si>
   <si>
     <t>لا يقبل الله من الأعمال إلا ما كان خالصا لله تعالى، وعلى وفق هدي نبيه صلى الله عليه وسلم.
 أنّ من حسن إجابة المفتي أن تكون فتواه وفيَّةً بغرض السائل وزيادة.
 تأكيد الأمر العظيم بتكرار السؤال عنه.
 المجاهد الحق هو من جاهد لتكون كلمة الله العليا، وطلبا للأجر والمثوبة الأخروية مع إخلاص النية، لا أن يكون جهاده لأجل الدنيا.</t>
   </si>
   <si>
     <t>Allah ancaq ixlasla və Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) sünnəsinə uyğun olaraq edilmiş əməlləri qəbul edər.
 Müftinin cavabının gözəlliyindəndir ki, onun fətvası sual verənin məqsədini və daha çoxunu əhatə etsin.
 Bir şey haqqında sualı təkrarlamaqla onun böyüklüyünün təsdiqlənməsi.
 Həqiqi mücahid o kəsdir ki, Allahın kəlamının ən üstün olması üçün çalışır, səmimi niyyətlə axirət savabını və əcrini axtarır və onun mübarizəsi dünya üçün deyildir.</t>
   </si>
   <si>
     <t>رواه النسائي</t>
   </si>
   <si>
+    <t>[رواه النسائي]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/az/browse/hadith/65107</t>
   </si>
   <si>
-    <t>ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا</t>
+    <t>ذاق طعم الإيمان من رضي بالله ربا، وبالإسلام دينا، وبمحمد رسولا</t>
   </si>
   <si>
     <t>Allahdan rəbb olaraq, İslamdan din olaraq, Muhəmməddən rəsul olaraq razı olan kəs imanın şirinliyini dadmışdır</t>
   </si>
   <si>
     <t>عَنِ الْعَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا».</t>
   </si>
   <si>
     <t>Abbas bin Əbdul Muttalibdən (Allah ondan razı olsun) rəvayət edilir ki, o, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitmişdir: Allahdan rəbb olaraq, İslamdan din olaraq, Muhəmməddən rəsul olaraq razı olan kəs imanın şirinliyini dadmışdır.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ المؤمنَ الصادقَ في إيمانِه المُطمئنّ به قلبه سيجِدُ ويُدرِكُ في قلبِه من الانشراحِ والاتساعِ والفرح والحلاوة ولذة القُرْب من الله تعالى إنْ هو رَضِيَ بثلاثة أمور: 
 أولًا: رضي بالله ربًّا، وذلك بأن يَنشرحَ صدرُه بما يَرِدُ عليه من الله بمقتضى الربوبية من قسمة الأرزاق والأحوال، فلا يجد في قلبه اعتراضًا على شيء من ذلك، ولم يطلُب ربًّا غير الله تعالى.
 ثانيًا: رضي بالإسلام دينًا، وذلك بأن ينشرحَ صدرُه بما يتضمنه الإسلام من التكاليف والواجبات، ولم يَسْعَ في غير طريقِ الإسلام.
 ثالثًا: رضي بمحمد صلى الله عليه وسلم رسولًا، وذلك بأن ينشرح صدره ويفرح بجميع ما جاء به من غير تَردُّد ولا شَك، فلم يَسْلُك إلا ما يوافق هَدْيَه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, imanında sadiq olan və qəlbi bununla aram tapan mömin əgər üç şeydən razı olarsa, qəlbində açıqlıq, genişlik, sevinc, şirinlik və Uca Allaha yaxınlığın ləzzətini hiss edər:
 Birincisi: O, Rəbb olaraq Allahdan razı olarsa və bu, rububiyyətin gərəyi olaraq Allahdan gələn ruzi və şərait bölgüsünə qəlbinin açılması(qane olması)və bunlardan heç birinə qəlbində etiraz olmaması və Uca Allahdan başqa bir Rəbb istəməməsi ilə olur.
-İkincisi: İslamdan din olaraq razı olarsa və bu, İslamın əhatə etdiyi vaciblər və mükəlləfiyyətlərə qəlbini açmaqla və İslamdan başqa bir yola can atmamaqla olur.
+İkincisi: İslamı din olaraq razı olmaq. Bu, insanın qəlbinin İslamın ehtiva etdiyi hökmlər və vacibatlara qarşı genişlənməsi, onları məmnuniyyətlə qəbul etməsi və İslamdan başqa bir yola yönəlməməsi ilə olur.
 Üçüncüsü: Rəsul olaraq Muhəmməddən (Allahın salavatı və salamı onun üzərinə olsun) razı olarsa və bu, tərəddüd və şübhə etmədən onun gətirdiyi hər bir şeyə qəlbini açması və buna sevinməsiylə və yalnız onun hidayətinə uyğun olan yolu izləməsi ilə olur.</t>
   </si>
   <si>
     <t>الإيمان له حلاوةٌ وطعْمٌ يُذاق بالقلوب، كما تُذاق حلاوة الطعام والشراب بالفم.
 الجسد لا يجد حلاوة الطعام والشراب إلا عند صحته، فكذلك القلب إذا سَلِم من مرض الأهواء المُضلَّة والشهوات المحرَّمة، وجد حلاوة الإيمان، ومتى مرض وسقم لم يجد حلاوة الإيمان، بل قد يستحلي ما فيه هلاكُه من الأهواء والمعاصي.
 الإنسان إذا رضي أمرًا واستحسنه سَهُل عليه أمره، ولم يشق عليه شيء منه، وفرح بكل ما جاء به، وخالط بشاشته قلبه، فكذلك المؤمن إذا دخل قلبه الإيمان، سهلت عليه طاعة ربه ولذَّت له نفسه، ولم يشق عليه معاناتها.
 قال ابن القيم: هذا الحديث تضمن الرضا بربوبيته سبحانه وألوهيته، والرضا برسوله والانقياد له، والرضا بدينه والتسليم له.</t>
   </si>
   <si>
     <t>Yeməyin və içkinin şirinliyi ağızda hiss olunduğu kimi, imanın da qəlbdə hiss olunan bir şirinliyi və dadı vardır.
-Bədən, yalnız sağlam olduğu halda, yeməyin və içməyin şirinliyini hiss edir, eynilə qəlb əgər azdırıcı arzu və haram istəklər xəstəliyindən qurtularsa, imanın şirinliyini hiss edər,  xəstə olduqda isə imanın şirinliyini hiss etməz, əksinə, onu məhv edəcək istəkləri və günahları şirin hesab edə bilər.
-Əgər insan bir şeydən razı qalar və onu bəyənərsə, onun işi onun üçün asan olar, bundan heç bir şey onun üçün çətin gəlməz və onun gətirdiyi hər bir şey ilə fərəhlənər, qəlbi onunla sevinər. Eləcə də mömin, əgər iman onun qəlbinə daxil olarsa, Rəbbinə itaət onun üçün asanlaşar və nəfsi bundan ləzzət alar və itaətin əziyyəti ona çətin gəlməz.
+Bədən yeməyin və içkinin dadını yalnız sağlam olduqda hiss etdiyi kimi, qəlb də azdırıcı arzulardan və haram istəklərdən sağlam olduqda imanın şirinliyini daddar. Əgər qəlb xəstələnsə və zəifləsə, artıq imanın şirinliyini hiss etməz, əksinə, onu məhv edəcək istəkləri və günahları şirin hesab edə bilər.
+Əgər insan bir şeydən razı qalar və onu bəyənərsə, onu etmək onun üçün asan olar, bundan heç bir şey onun üçün çətin gəlməz və onun gətirdiyi hər bir şey ilə fərəhlənər, qəlbi onunla sevinər. Eləcə də mömin, əgər iman onun qəlbinə daxil olarsa, Rəbbinə itaət onun üçün asanlaşar, nəfsi bundan ləzzət alar və itaətin əziyyəti ona çətin gəlməz.
 İbn əl-Qeyyim demişdir: “Bu hədis, pak və nöqsansız Allahın rububiyyətindən və ilahlığından razılıq, rəsulundan razılıq və ona tabe olmaq, dinindən razılıq və ona təslim olmağı əhatə edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65116</t>
   </si>
   <si>
-    <t>بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ</t>
+    <t>أربع من كن فيه كان منافقا خالصا، ومن كانت فيه خلة منهن كانت فيه خلة من نفاق حتى يدعها: إذا حدث كذب، وإذا عاهد غدر، وإذا وعد أخلف، وإذا خاصم فجر</t>
+  </si>
+  <si>
+    <t>Dörd xislət kimdə olarsa o, xalis münafiq olar, kimdə bunlardan bir xislət olarsa, onu tərk edənə qədər özündə nifaqdan bir xislət qalmış deməkdir: danışdığı zaman yalan danışar, əhd etdiyi zaman sözündə durmaz, vəd verdiyi zaman ona xilaf çıxar, düşmənçilik etdiyi zaman da ədalətsiz olar</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ».</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Amrdan (Allah ondan razı olsun) rəvayət edilir ki, o, belə dedi: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)  dedi: "Dörd xislət kimdə olarsa o, xalis münafiq olar, kimdə bunlardan bir xislət olarsa, onu tərk edənə qədər özündə nifaqdan bir xislət qalmış deməkdir: danışdığı zaman yalan danışar, əhd etdiyi zaman sözündə durmaz, vəd verdiyi zaman ona xilaf çıxar, düşmənçilik etdiyi zaman da ədalətsiz olar."</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي: 
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dörd xüsusiyyət barədə xəbərdarlıq etmişdir ki, əgər müsəlmanda bunlar cəm olarsa, bu xüsusiyyətlərə görə münafiqlərə çox bənzəyər və bu, həmin xüsusiyyətlərin üstünlük təşkil etdiyi şəxslərə aiddir, lakin nadir hallarda (bu xüsusiyyətləri) olanlar, bura daxil deyildir və bu xüsusiyyətlər:
+Birincisi: Danışdıqda bilərəkdən yalan danışar və sözlərində doğru olmaz.
+İkincisi:  Əhd bağlayanda ona əməl etməz və yoldaşına xəyanət edər.
+Üçüncüsü: Vəd verdiyi zaman vədinə xilaf çıxar, onu yerinə yetirməz.
+Dördüncüsü: Bir kəslə ixtilaf və mübahisə etdikdə, mübahisəsi şiddətli olar, haqqdan sapar, mübahisə etdiyi kəsi inkar etmək və batil çıxarmaqda hiyləgərlik edər, batil və yalan söz danışar.
+Münafiqlik,  gizlətdiyi şeyin əksini izhar etməkdir və  bu məna bu xüsusiyyətlərə malik olan şəxsdə   mövcuddur və  onun nifaqı danışdığı kəslərə, söz verdiklərinə, ona güvənənlərə, onunla mübahisə edənlərə, onunla əhd bağlayanlara qarşıdır. Yoxsa o, dində İslamını izhar edib küfrünü gizlədən münafiq deyil. Kimdə bu xüsusiyyətlərdən biri olarsa; onu tərk edənə qədər onda nifaqdan bir sifət qalar.</t>
+  </si>
+  <si>
+    <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
+المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
+قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
+النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
+قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
+قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
+  </si>
+  <si>
+    <t>Onlara düşməkdən çəkindirmək və qorxutmaq üçün münafiqin bəzi əlamətlərinin izahı.
+Hədisdən nəzərdə tutulan: Bu xüsusiyyətlər nifaq xüsusiyyətləridir və onlara malik olan şəxs bu xüsusiyyətlərdə münafiqlərə bənzəyir və onların əxlaqına tabe olur, lakin o küfrü gizlədərək İslamı zahir etdirən münafiq deyil. Həmçinin deyilmişdir ki, bu, həmin xüsusiyyətlərin üstünlük təşkil etdiyi, onlara etinasız yanaşan və onları kiçik görən şəxsə aid edilir; Çünki kim belə olarsa, o, çox vaxt fasid etiqadda olur.
+Əl-Qəzali demişdir: “Dinin əsli üç şeylə məhdudlaşır: söz, əməl və niyyət, yalanla sözün pozulmasına, xəyanətlə əməlin pozulmasına və vədə xilaf çıxmaqla niyyətin pozulmasına işarə etmişdir. Çünki vədə xilaf çıxmaq qəsdi vəd verən zaman olarsa, bu pis sayılır. Lakin əgər o, vədində qərarlı olarsa və sonra qarşısına bir maneə  çıxsa və ya (fərqli) rəyə gəlsə, bunda nifaq xüsusiyyəti olmaz."
+Nifaq iki növdür: sahibini imandan çıxaran, İslamı göstərib, küfrü gizlətmək olan "etiqad" nifaqı və münafiqlərə, onların əxlaqında oxşamaq olan "əməli" nifaqdır ki, bu da sahibini imandan çıxarmaz, lakin bu böyük günahlardan bir günahdır.
+İbn Həcər demişdir: "Alimlər həmrəydirlər ki, kim qəlbi və dili ilə iman gətirib - bu xüsusiyyətləri edərsə, ona kafir hökmü verilməz və o, cəhənnəmdə əbədi qalacaq münafiq deyil".
+Ən-Nəvəvi dedi: "Bir qrup alim demişdir: “Hədisdə nəzərdə tutulan Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) zamanında olan münafiqlərdir ki, iman etdiklərini söyləyib haqqı yalan saydılar, dində olduqlarına güvənildilər, lakin xəyanət etdilər, dinə və ona dəstək verməyə vəd verdilər, lakin vədlərinə xilaf çıxdılar və mübahisələrində ədalətsizlik etdilər".</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/65124</t>
+  </si>
+  <si>
+    <t>من حسن إسلام المرء تركه ما لا يعنيه</t>
+  </si>
+  <si>
+    <t>Kişinin, özünə aid olmayan şeyi tərk etməsi, onun İslamının gözəlliyindəndir</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مِنْ حُسْنِ إِسْلَامِ المَرْءِ تَرْكُهُ مَا لَا يَعْنِيهِ».</t>
+  </si>
+  <si>
+    <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Allah Rəsulu (sallallahu əleyhi va səlləm) belə demişdir: "Kişinin, özünə aid olmayan şeyi tərk etməsi, onun İslamının gözəlliyindəndir".</t>
+  </si>
+  <si>
+    <t>بين النبي صلى الله عليه وسلم: أن من كمال محاسن إسلام المسلم وتمام إيمانه، ابتعاده عما لا يعنيه ولا يخصه ولا يهمه وما لا يفيده من الأقوال والأفعال، أو مما لا يعنيه من أمور الدين والدنيا، فالاشتغال بما ليس للإنسان ربما شغله عما يعنيه، أو أداه إلى ما يلزمه اجتنابه؛ فإن الإنسان مسؤول عن أعماله يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Peyğəmbər (sallallahu əleyhi va səlləm) bu hədisdə bəyan etmişdir ki, müsəlmanın İslamının kamilliyi və imanının tamlığından biri də, din və dünya işlərində ona aidiyyəti olmayan, onu maraqlandırmayan və həmçinin ona fayda verməyən söz və əməllərdən uzaq durmasıdır. Çünki insanın ona aidiyyəti olmayan işlərlə məşğul olması, onu, özünə aid olan işlərdən yayındıra bilər yaxud da onu uzaq durmalı olduğu şeylərə sürükləyə bilər. Çünki insan Qiyamət günü öz əməllərinə görə sorğu-sual olunacaqdır.</t>
+  </si>
+  <si>
+    <t>الناس يتفاوتون في الإسلام، وأنه يزداد حسنًا ببعض الأعمال.
+ترك اللغو والفضول من الأقول والأفعال دليل على كمال إسلام المرء.
+الحث على الاشتغال فيما يعني المرءَ من شؤون دِينه ودنياه، فإذا كان مِن حُسن إسلام المرء تركه ما لا يعنيه، فمِن حُسنه إذًا اشتغالُه فيما يعنيه.
+قال ابن القيم رحمه الله : وقد جمع النبي صلى الله عليه وسلم الورع كله في كلمة واحدة، فقال: «من حسن إسلام المرء: تركُه ما لا يعنيه»، فهذا يعم الترك لما لا يعني: من الكلام، والنظر، والاستماع، والبطش، والمشي، والفكر، وسائر الحركات الظاهرة والباطنة، فهذه كلمة شافية في الورع.
+قال ابن رجب: هذا الحديث أصل من أصول الأدب.
+الحث على طلب العلم؛ لأن به بعرف الإنسان ما يعنيه مما لا يعنيه.
+الأمر بالمعروف والنهي عن المنكر والنصيحة مما تعني الإنسان؛ لأنه مأمور بها.
+يدخل في عموم معنى الحديث: الابتعاد عما لا يعني مما حرم الله عزوجل وما كرهه النبي صلى الله عليه وسلم، وكذلك ما لا يحتاج إليه من أمور أخروية كحقائق الغيب وتفاصيل الحكم في الخلق والأمر، ومنها السؤال والبحث عن مسائل مقدرة ومفترضة لم تقع، أو لا تكاد تقع، أو لا يتصور وقوعها.</t>
+  </si>
+  <si>
+    <t>İnsanlar İslamda fərqli səviyyələrdədirlər və o bəzi əməllərlə daha da gözəlləşir.
+Lağlağı və artıq söz və hərəkətlərdən uzaq durmaq, insanın İslamının kamilliyinin göstəricisidir.
+İnsanı, dininə və dünyasına aid olan işlərlə məşğul olmasına  təşviq etmək. Əgər insanın İslamının gözəlliyindən biri, ona aid olmayan şeyləri tərk etməsidirsə, deməli onun İslamının gözəlliyindən biri də, ona aidiyyəti olan şeylərlə məşğul olmasıdır.
+İbn Qayyim (Allah ona rəhmət etsin) belə demişdir: “Peyğəmbər (sallallahu əleyhi va səlləm) bütün təqva anlayışını bir cümlədə cəmləmişdir və bu cür demişdir: "Kişinin, özünə aid olmayan şeyləri tərk etməsi, onun İslamının gözəlliyindəndir". Bu ifadə, insana aidiyyəti olmayan hər şeyin: istər söz, baxış, dinləmə, toxunma, yerimə, düşüncə, istərsə də digər zahiri və batini hərəkətlərin tərkini əhatə edir. Bu, təqva haqqında kifayət edən bir kəlamdır”.
+İbn Rəcəb belə demişdir: Bu hədis ədəb qaydalarının əsaslarından bir əsasdır.
+Elm öyrənməyə təşviq etmək. Çünki insan məhz elm vasitəsilə, nəyin ona aid olduğunu və nəyin ona aid olmadığını ayırd edə bilir.
+Yaxşılığı əmr etmək, pislikdən çəkindirmək və nəsihət vermək insana aid olan işlərdəndir. Çünki o, bu şeylərlə əmr olunmuşdur.
+Hədisin ümumi mənasına aşağıdakılar da daxildir: Uca Allahın haram buyurduğu və Peyğəmbərin (sallallahu əleyhi va səlləm) bəyənmədiyi — insana aid olmayan — işlərdən uzaq durmaq. Həmçinin insanın ehtiyac duymadığı axirət məsələləri, məsələn: qeyb aləminin həqiqətləri və yaradılışda və ilahi hökmdəki təfərrüatlar kimi şeylər də bu qəbildəndir. Eləcə də hələ baş verməmiş, çox nadir hallarda baş verə biləcək və ya heç vaxt baş verməsi mümkün olmayan ehtimal və fərziyyəvi məsələləri soruşmaq və müzakirə etmək bu hədisin əhatə dairəsinə daxildir.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/65255</t>
+  </si>
+  <si>
+    <t>بين كل أذانين صلاة، بين كل أذانين صلاة ثم قال في الثالثة: لمن شاء</t>
   </si>
   <si>
     <t>Hər iki azan (azan və iqamə) arasında namaz vardır, hər iki azan arasında namaz vardır" Sonra üçüncü dəfədə əlavə etdi: "İstəyən üçün</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مُغَفَّلٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صلى الله عليه وسلم: «بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ».</t>
   </si>
   <si>
     <t>Abdullah bin Muğaffəldən (Allah ondan razı olsun) rəvayət edilir ki, o, dedi: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: "Hər iki azan (azan və iqamə) arasında namaz vardır, hər iki azan arasında namaz vardır" Sonra üçüncü dəfədə əlavə etdi: "İstəyən üçün".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ بَيْنَ كلِّ أذانٍ وإقامةٍ صلاةُ نافلةٍ، وكرَّر ذلك ثلاثًا، وأخبر في الثالثة أن ذلك مُستحبٌّ لِمَن أراد أن يصلي.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər azan və iqamə arasında nafilə namazı olduğunu bəyan edərək bunu üç dəfə təkrar etdi və üçüncü dəfədə bunun namaz qılmaq istəyən kəs üçün müstəhəb olduğunu bildirdi.</t>
   </si>
   <si>
     <t>استحباب الصلاة بين الأذان والإقامة.
 هدي النبي صلى الله عليه وسلم في تكرار القول، وذلك إسماعًا وتأكيدًا لأهمية ما يقول.
 المراد بالأذانين: الأذان والإقامة، وأطلق عليهما (الأذانَين) تغليبًا، كالقمرين (الشمس والقمر) والعُمَرَيْن (أبي بكر وعمر).
 الأذان إعلام بدخول الوقت، والإقامة إعلام بحضور فعل الصلاة.</t>
   </si>
   <si>
     <t>Azan və iqamə arasında namaz qılmağın müstəhəbliyi.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) dediklərini eşitdirmək və əhəmiyyətini təsdiq etmək üçün sözünü təkrarlamaq metodu.
 (Ərəb dilində) İki azan dedikdə: azan və iqamə nəzərdə tutulur və onlar üçün iki azan sözünün işlənməsi (azanın) üstünlük təşkil etdiyinə görədir, necə ki, iki ay (günəş və ay üçün) və iki Ömər (Əbu Bəkr və Ömər üçün) işlədilir.
 Azan namaz vaxtının daxil olmasının xəbərdarlığı, iqamə isə namazın indi yerinə yetirilməsinin   xəbərdarlığdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65479</t>
   </si>
   <si>
-    <t>إِذَا مَاتَ الْإِنْسَانُ انْقَطَعَ عَنْهُ عَمَلُهُ إِلَّا مِنْ ثَلَاثَةٍ: إِلَّا مِنْ صَدَقَةٍ جَارِيَةٍ، أَوْ عِلْمٍ يُنْتَفَعُ بِهِ، أَوْ وَلَدٍ صَالِحٍ يَدْعُو لَهُ</t>
+    <t>إذا مات الإنسان انقطع عنه عمله إلا من ثلاثة: إلا من صدقة جارية، أو علم ينتفع به، أو ولد صالح يدعو له</t>
   </si>
   <si>
     <t>İnsan vəfat etdikdə üç əməldən başqa bütün əməlləri dayanar: bu davamlı sədəqə, fayda verən elm və ya onun üçün dua edən saleh övladdır</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا مَاتَ الْإِنْسَانُ انْقَطَعَ عَنْهُ عَمَلُهُ إِلَّا مِنْ ثَلَاثَةٍ: إِلَّا مِنْ صَدَقَةٍ جَارِيَةٍ، أَوْ عِلْمٍ يُنْتَفَعُ بِهِ، أَوْ وَلَدٍ صَالِحٍ يَدْعُو لَهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "İnsan vəfat etdikdə üç əməldən başqa bütün əməlləri dayanar: bu davamlı sədəqə, fayda verən elm və ya onun üçün dua edən saleh övladdır.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ عملَ الميتِ ينقطع بموته، فلا تحصل له الحسنات بعد موته إلا في هذه الأشياء الثلاثة؛ لكونه كان سببَها: 
 الأول: الصدقة التي يَجْري ثوابُها ويدوم، غير المُنقَطِع كالوقف، وبناء المساجد، وحفر الآبار، وغير ذلك.
 الثاني: العلم الذي يَنتفِعُ به الناس، كتصنيف كتب العلم، أو كأنْ يُعَلِّمَ شخصًا، فيقوم ذلك الشخص بنشر ذلك العلم بعد موته.
 الثالث: الولد الصالح المؤمن يدعو لوالديه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, ölən kəsin əməli onun ölümü ilə sona çatır, ona görə də, ölümündən sonra bu üç şeydən başqa o, savab əldə edə bilmir; Çünki bu üş şeyə onun özü səbəb olub:
-Birincisi: vəqf, məscid tikmək, quyu qazmaq və s. kimi savabı axarlı və davamlı, fasiləsiz olan sədəqə.
-İkincisi: İnsanların faydalandığı  elm, məsələn, elm kitabları yazmaq və ya kimisi öyrədib,   sonra həmin şəxsin bu elmi öyrədənin ölümündən sonra yayması kimi.
+Birincisi: Vəqf, məscid tikmək, quyu qazmaq və s. kimi savabı axarlı və davamlı, fasiləsiz olan sədəqə.
+İkincisi: Elm kitabları yazmaq və ya kiməsə elm öyrədib, öldükdən sonra həmin şəxsin bu elmi yaması kimi insanların faydalandığı elm.
 Üçüncüsü: Valideynlərinə dua edən saleh mömin övlad.</t>
   </si>
   <si>
     <t>أجمع أهل العلم على أنّ مما يَلْحَقُ الإنسانَ بعد موته من الثواب: الصدقة الجارية، والعلم الذي ينتفع به، والدعاء، وورد في الأحاديث الأخرى: الحج أيضًا.
 خص هذه الثلاثة بالذكر في هذا الحديث؛ لأنها أصول الخير، وأغلب ما يقصد أهل الفضل بقاءَه بعدهم.
 كل علم يُنتَفَع به فإنه يحصل له الأجر، لكن على رأسها وقمَّتِها العلمُ الشرعي والعلوم المساندة له.
 العلم أنفع هذه الثلاث؛ لأن العلم ينتفع به الإنسان الذي يتعلمه، العلم فيه حفظ الشريعة، فيه نفع الخلق عمومًا، وهو أشمل وأعم لأنه يتعلم من علمك الموجود في حياتك والموجود بعد وفاتك.
 الحث على تربية الأولاد الصالحين؛ فهم الذين ينفعون والديهم في الآخرة، ومِن نَفْعِهم أنهم يدعون لهم.
 الحث على الإحسان إلى الوالدين بعد موتهما، وهو أيضا من البر الذي يستفيد الولد منه.
 الدعاء ينفع الميت ولو كان من غير الولد، ولكن خص الولد بالذكر لأنه الذي يستمر في الدعاء للشخص غالبًا إلى أن يموت هو.</t>
   </si>
   <si>
-    <t>Alimlər icma etmişdirlər ki, insanın ölümündən sonra aldığı savablar arasında davamlı sədəqə, faydalı elm və dua vardır  və digər hədislərdə həmçinin həcc də qeyd olunub.
-Hədisdə bu üç əməl xüsusi olaraq qeyd edilmişdir; çünki onlar xeyirin əsaslarıdır və adətən fəzilət sahiblərinin özlərindən sonra qalmağını qəsd etdikləri şeylərdir.
+    <t>Alimlər icma etmişdirlər ki, insanın ölümündən sonra aldığı savablar arasında davamlı sədəqə, faydalı elm və dua vardır. Digər hədislərdə həmçinin həcc də qeyd olunmuşdur.
+Hədisdə bu üç əməl xüsusi olaraq qeyd edilmişdir. Çünki onlar xeyirin əsaslarıdır və adətən fəzilət sahiblərinin özlərindən sonra qalmağını qəsd etdikləri şeylərdir.
 Faydalı olan hər bir elm üçün savab əldə edilir, lakin onun başında və zirvəsində şəriət elmi və onu dəstəkləyən elmlər dayanır.
-Elm bu üçünün ən faydalısıdır: Çünki elm onu ​​öyrənənə fayda verir, onda şəriətin qorunması və ümumən insanlara fayda vardır və sənin sağlığında ikən də mövcud olanlar, ölümündən sonra da mövcud olanlar sənin elmindən öyrəndiyi üçün, elm daha əhatəli və ümumidir.
-[...2 lines deleted...]
-Dua, övlad tərəfindən olmasa da, ölüyə fayda verir, lakin övladın hədisdə xüsusi qeyd edilmə səbəbi, valideynləri üçün ölənə qədər  dua edən kəsin məhz onlar olmasıdır.</t>
+Bu üç şeyin ən faydalısı elmdir. Çünki elm həm onu öyrənən insana fayda verir, həm də şəriətin qorunmasına xidmət edir, ümumilikdə bütün insanlara xeyir gətirir. O, daha geniş və əhatəlidir. Çünki insan sənin elminlə həm həyatında, həm də ölümündən sonra faydalana bilər.
+Saleh övladlar yetişdirməyə təşviq etmək. Çünki məhz onlar axirətdə valideynlərinə fayda verəcəklər. Onların faydalarından biri də valideynləri üçün dua etmələridir.
+Valideynlər öldükdən sonra onlara yaxşılıq etməyə təşviq etmək. Bu həmçinin övladın özünə fayda verən xeyirxahlığın bir növüdür.
+Dua, övlad tərəfindən edilməsə belə, ölüyə fayda verir. Lakin hədisdə övladın xüsusilə qeyd olunmasının səbəbi budur ki, valideynləri üçün ölümündən sonra da davamlı şəkildə dua edənlər əsasən məhz övladlardır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65566</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللَّهِ، إِنَّ أُمَّ سَعْدٍ مَاتَتْ، فَأَيُّ الصَّدَقَةِ أَفْضَلُ؟، قَالَ: «الْمَاءُ»، قَالَ: فَحَفَرَ بِئْرًا، وَقَالَ: هَذِهِ لِأُمِّ سَعْدٍ</t>
+    <t>يا رسول الله، إن أم سعد ماتت، فأي الصدقة أفضل؟، قال: الماء، قال: فحفر بئرا، وقال: هذه لأم سعد</t>
   </si>
   <si>
     <t>Ey Allahın elçisi, Sədin anası vəfat etdi, hansı sədəqə daha fəzilətlidir? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Su sədəqəsi". Dedi: Bir quyu qazdı və "bu Sədin anası üçündür" dedi</t>
   </si>
   <si>
     <t>عن سعد بن عبادة رضي الله عنه أنه قال: يَا رَسُولَ اللَّهِ، إِنَّ أُمَّ سَعْدٍ مَاتَتْ، فَأَيُّ الصَّدَقَةِ أَفْضَلُ؟، قَالَ: «الْمَاءُ»، قَالَ: فَحَفَرَ بِئْرًا، وَقَالَ: هَذِهِ لِأُمِّ سَعْدٍ.</t>
   </si>
   <si>
     <t>Səd bin Ubədədən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Ey Allahın elçisi, Sədin anası vəfat etdi, hansı sədəqə daha fəzilətlidir? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Su sədəqəsi". Dedi: Bir quyu qazdı və "bu Sədin anası üçündür" dedi.</t>
   </si>
   <si>
     <t>تُوُفِّيَتْ أُمُّ سَعْدِ بن عبادة رضي الله عنه، فسألَ النبيَّ صلى الله عليه وسلم عن أفضل أنواع الصدقة لِيتصدَّقَ به عن أُمِّه؟ فأخبره صلى الله عليه وسلم: أنّ أفضلَ الصدقة هي الماء، فَحَفَرَ بئرًا وجَعَلَها صدقةً لأمِّهِ.</t>
   </si>
   <si>
     <t>Səd ibn Ubədənin(Allah ondan razı olsun) anası vəfat etdi və o, Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) anasının adından sədəqə verməsi üçün ən yaxşı sədəqə növü haqqında soruşdu? O (Allahın salavatı və salamı onun üzərinə olsun) ona xəbər verdi ki, ən xeyirli sədəqə sudur. Ona görə də bir quyu qazıb onu anasının adından sədəqə olaraq verdi.</t>
   </si>
   <si>
     <t>بيان أنَّ الماء من أفضل أنواع الصدقة.
 أرشد النبيُّ صلى الله عليه وسلم سعدًا إلى صدقة الماء؛ لأنه أعم نفعًا في الأمور الدينية والدنيوية، ولِشدّة الحَرّ والحاجة وقلة الماء.
 الدلالة على أنّ أجورَ الصدقات تصل إلى الأموات.
 بر سعد بن عبادة رضي الله عنه بوالدته رضي الله عنهما.</t>
   </si>
   <si>
-    <t>Suyun sədəqənin ən yaxşı növü olduğunun bəyanı.
+    <t>Suyun sədəqənin ən yaxşı növlərindən biri olduğunun bəyanı.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Sədi su sədəqəsinə yönəltdi; çünki o həm dini, həm dünyəvi işlərdə, şiddətli isti, ehtiyac və su çatışmamazlığı səbəbindən daha faydalıdır.
 Sədəqələrin savablarının ölülərə çatmasına dəlil.
 Səd bin Ubədənin (Allah ondan razı olsun) anasına (Allah ondan razı olsun) olan yaxşılığı.</t>
   </si>
   <si>
     <t>حسن بمجموع طرقه</t>
   </si>
   <si>
+    <t>[حسن بمجموع طرقه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/az/browse/hadith/65613</t>
   </si>
   <si>
-    <t>وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ</t>
+    <t>ليس المؤمن بالطعان ولا اللعان ولا الفاحش ولا البذيء</t>
+  </si>
+  <si>
+    <t>“Mömin tənə edən, lənət edən, pis söz danışan və ədəbsiz davranan deyildir”</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ».</t>
+  </si>
+  <si>
+    <t>Abdullah bin Məsuddan (Allah ondan razı olsun) rəvayət edilir ki, o, belə demişdir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: “Mömin tənə edən, lənət edən, pis söz danışan və ədəbsiz davranan deyildir”.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ليس مِن شَأنِ المؤمنِ الكامِلِ الإيمانِ أنْ يكونَ عيّابًا للناس في أنسابهم، ولا كثير الشتائم واللعن، ولا الفاحش بالفعل ولا بالقول الذي لا حياء له.</t>
+  </si>
+  <si>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, insanları nəsillərinə görə ayıblamaq, tez-tez söyüş söymək və lənət etmək,  ədəbsiz, çirkin söz danışmaq və hərəkət etmək möminin sifəti deyil.</t>
+  </si>
+  <si>
+    <t>نفيُ الإيمانِ في النصوص الشرعية لا يكون إلا لِفعل مُحرّم أو ترك واجب.
+الحث على حفظِ الجوارح وصونِها عن المساوئ، خاصة اللسان.
+قال السندي: وفي صيغة المبالغة في (الطعّان، واللعّان) دلالة على أن صدور الطعن واللعن على قِلَّة فيمن يستحق ذلك لا يضر في الاتصاف بصفات أهل الإيمان.</t>
+  </si>
+  <si>
+    <t>Şəriət mətnlərində imanın inkar edilməsi yalnız haramın işlənməsi və ya vacibin tərki səbəbi ilə olur.
+Əzaları, xüsusən də dili pisliklərdən qorumağa təşviq etmək.
+Sindi demişdir: “(ət-Taan, əl-Ləən) Tənə edən və lənət edən” kəlmələrinin mübaliğə formasında gəlməsi onun göstəricisidir ki, az halda bu ifadələrin layiq olan şəxsə söylənməsi iman əhlinin bu sifətlə vəsf olunmasına xələl gətirmir.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/65869</t>
+  </si>
+  <si>
+    <t>ويل للأعقاب من النار أسبغوا الوضوء</t>
   </si>
   <si>
     <t>Cəhənnəm odunda (yanan) dabanlara vay olsun, dəstəmazı tam alın</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرٍو رَضيَ اللهُ عنهما قَالَ: رَجَعْنَا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ مَكَّةَ إِلَى الْمَدِينَةِ حَتَّى إِذَا كُنَّا بِمَاءٍ بِالطَّرِيقِ تَعَجَّلَ قَوْمٌ عِنْدَ الْعَصْرِ، فَتَوَضَّؤُوا وَهُمْ عِجَالٌ، فَانْتَهَيْنَا إِلَيْهِمْ وَأَعْقَابُهُمْ تَلُوحُ لَمْ يَمَسَّهَا الْمَاءُ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ».</t>
   </si>
   <si>
-    <t>Abdullah ibn Amr (Allah onların hər ikisindən razı olsun) demişdir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ilə Məkkədən Mədinəyə qayıdarkən yolda su tapdıq və insanlar əsr namazı üçün tələsdi və tələsik formada dəstəmaz aldılar. Biz onların yanına gəldikdə, dabanlarına su dəymədiyi görünürdü. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: " Cəhənnəm odunda (yanan) dabanlara vay olsun, dəstəmazı tam alın."</t>
+    <t>Abdullah bin Amr (Allah onların hər ikisindən razı olsun) demişdir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ilə Məkkədən Mədinəyə qayıdarkən yolda su tapdıq və insanlar əsr namazı üçün tələsdi və tələsik formada dəstəmaz aldılar. Biz onların yanına gəldikdə, dabanlarına su dəymədiyi görünürdü. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: " Cəhənnəm odunda (yanan) dabanlara vay olsun, dəstəmazı tam alın."</t>
   </si>
   <si>
     <t>سافَرَ النبيُّ صلى الله عليه وسلم من مكةَ إلى المدينةِ ومعه أصحابه، وفي طريقهم وَجَدوا ماءً، فأسرع بالوضوء لصلاة العصر بعضُ الصحابة حتى إنّ مؤخَّرَ أقدامِهم يظهر للناظِر يَبُوستُها من الماء، فقال النبي صلى الله عليه وسلم: عَذابٌ وهلاكٌ في النار للمقصِّرين في غسل مؤخَّرِ القدمِ حين الوضوء، وأمرهم أن يُبالِغوا في إكمال الوضوء.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) səhabələri ilə birlikdə Məkkədən Mədinəyə səfər etdi və yolda su tapdılar. Bəzi sahabələr əsr namazı üçün dəstəmaz almağa o qədər tələsdilər ki, ayaqlarının arxalarının quru olduğu baxan kəsə aşkar göründü. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: Dəstəmaz alarkən ayaqlarının arxasını yumaqda səhlənkarlıq edənlərə cəhənnəmdə əzab və həlak vardır və onlara dəstəmazı tamamlağı əmr etdi.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) səhabələri ilə birlikdə Məkkədən Mədinəyə səfər etdi və yolda su tapdılar. Bəzi sahabələr əsr namazı üçün dəstəmaz almağa o qədər tələsdilər ki, ayaqlarının arxalarının quru olduğu baxan kəsə aşkar göründü. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: Dəstəmaz alarkən ayaqlarının arxasını yumaqda səhlənkarlıq edənlərə cəhənnəmdə əzab və həlak vardır və onlara dəstəmazı kamil almağı əmr etdi.</t>
   </si>
   <si>
     <t>وجوب غسل الرجلين في الوضوء؛ لأنه لو جاز المسح لما توعّد بالنار مَن ترك غسل العقب.
 وجوب تعميم الأعضاء المغسولة بالغسل، وأن من ترك جزءًا يسيرًا مما يجب تطهيره عمدًا وتساهلًا لا تصح صلاته.
 أهمية تعليم الجاهل وإرشاده.
 العالم ينكر ما يراه من تضييع الفرائض والسنن بالأسلوب المناسب.
 قال محمد إسحاق الدهلوي: الإسباغ على ثلاثة أنواع: فرض وهو استيعاب المحل مرة، وسنة وهو الغسل ثلاثًا، ومستحب وهو الإطالة مع التثليث.</t>
   </si>
   <si>
     <t>Dəstəmaz alarkən ayaqları yumaq vacibdir. Çünki məsh çəkmək icazəli olsaydı, dabanını yumayan kəsi atəşlə hədələməzdi.
-Yuyulan bədən üzvlərinin (fərz olan yerlərin) hər tərəfini yumaq vacibdir və hər kim təmizlənməsi vacib olan yerdən qəsdən və səhlənkarlıqla az bir hissəsini tərk edərsə, namazı səhih olmaz.
+Yuyulması fərz olan bədən üzvlərinin hər tərəfini tam şəkildə yumaq vacibdir. Əgər bir kəs yuyulması vacib olan yerdən az bir hissəni bilərəkdən və ya səhlənkarlıqla tərk edərsə, onun namazı səhih sayılmaz.
 Cahilləri öyrətməyin və yönəltməyin əhəmiyyəti
 Alim vacib və sünnələrdə yol verilən nöqsanlardan gördüklərini münasib üslubda inkar edir.
 Muhəmməd İshaq Əd-Dəhləvi  demişdir: “İsbağ üç növdür: 1.Vacib olan, bu (yuyulması gərəkən) yerləri bir dəfə yumaqdır.
 2.Sünnət olan - üç dəfə yumaq 
 3. Müstəhəb olan- üç dəfə olmaqla uzun müddət yumaq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/66392</t>
+  </si>
+  <si>
+    <t>إن الله فرض فرائض فلا تضيعوها، وحد حدودا فلا تعتدوها، وحرم أشياء فلا تنتهكوها، وسكت عن أشياء رحمة لكم غير نسيان فلا تبحثوا عنها</t>
+  </si>
+  <si>
+    <t>Uca Allah bəzi əməlləri fərz etmişdir, onları zay etməyin. Bəzi hüdudlar qoymuşdur, onları aşmayın. Bəzi şeyləri isə haram buyurmuşdur, onları etməyin. Bəzi işlər barədə unutqanlıqdan deyil də, lakin sizə mərhəmət olaraq susmuşdur, elə isə onları araşdırmayın</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ثَعْلَبَةَ الخُشَنِيِّ جُرْثُومِ بن نَاشِرٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَال: «إِنَّ اللَّهَ فَرَضَ فَرَائِضَ فَلَا تُضَيِّعُوهَا، وَحَدَّ حُدُودًا فَلَا تَعْتَدُوهَا، وَحَرَّمَ أَشْيَاءَ فَلَا تَنْتَهِكُوهَا، وَسَكَتَ عَنْ أَشْيَاءَ رَحْمَةً لَكُمْ غَيْرَ نِسْيَانٍ فَلَا تَبْحَثُوا عَنْهَا».</t>
+  </si>
+  <si>
+    <t>Əbu Sələbə əl-Xuşəni Cursum bin Nəşir (Allah ondan razı olsun)  Rəsulullahın (sallallahu aleyhi və səlləm) belə dediyini rəvayət edir: "Uca Allah bəzi əməlləri fərz etmişdir, onları zay etməyin. Bəzi hüdudlar qoymuşdur, onları aşmayın. Bəzi şeyləri isə haram buyurmuşdur, onları etməyin. Bəzi işlər barədə unutqanlıqdan deyil də, lakin sizə mərhəmət olaraq susmuşdur, elə isə onları araşdırmayın".</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم أن الله أوجب أشياء وفرض فرائض فالتزموها ولا تفرطوا فيها بالترك أو التهاون فيها، وجعل لكم حواجز وزواجر مقدرةً تحجزكم وتزجركم عما لا يرضاه، فلا تزيدوا عليها عمَّا أمر به الشرع، وحرم محرمات فلا تتناولوها ولا تقربوها، وما عدا ذلك تركها وسكت عنها رحمة بعباده، فتبقى على أصل إباحتها فلا تبحثوا عنها.</t>
+  </si>
+  <si>
+    <t>Peyğəmbər (sallallahu əleyhi va səlləm) xəbər verir ki, Allah bəzi şeyləri vacib və bəzi şeyləri isə fərz etmişdir. Onlara riayət edin və onları tərk etməklə və ya onlara səhlənkar yanaşmaqla onları zay etməyin. Allah sizə, Özünün razı qalmadığı şeylərdən çəkindirmək və saxlamaq üçün bəzi maneələr və qadağalar da qoymuşdur. Buna görə də şəriətin buyurduğundan artıq bir şey etməyin. Allah bəzi şeyləri haram etmişdir, onları işləməyin və onlara yaxınlaşmayın. Bunlardan başqa şeyləri isə qullarına mərhəmət olaraq tərk etmişdir və onlar barəsində susmuşdur. Ona görə də bu şeylər, əsli hökmündə halal olaraq qalır, bu səbəbdən onların hökmünü araşdırmayın.</t>
+  </si>
+  <si>
+    <t>الحديث دليل على أن الله هو المشرع فالأمر بيده سبحانه.
+تضمن الحديث قواعد الشرع حكمًا وإباحةً؛ إذ الحكم الشرعي إمَّا مسكوتٌ عنه أو متكلَّم به، وهو إما: مأمورٌ به وجوبًا أو ندبًا، أو منهيٌّ عنه تحريمًا أو كراهةً، أو مباحٌ.
+أن ما سكت الله عنه فلم يفرضه، ولم يحده، ولم ينه عنه فهو الحلال.
+حسن بيان النبي صلى الله عليه وسلم حيث ساق الحديث بهذا التقسيم الواضح البين .
+وجوب المحافظة على فرائض الله تعالى.
+تحريم التعدي على حدود الله تعالى.</t>
+  </si>
+  <si>
+    <t>Bu hədis, Allahın hökm verən (şəriət qoyan) olduğuna dəlildir. Əmr yalnız Onun Əlindədir.
+Bu hədis şəri qaydaları – hökm və icazəni – əhatə etmişdir. Çünki şəri hökmlər ya haqqında susulmuş, ya da barəsində bir açıqlama verilmişdir. Bu (şəri hökm) ya vacib və ya da müstəhəb olaraq əmr olunmuşdur, yaxud haram və ya məkruh olaraq qadağan edilmişdir yaxud da mübah (icazə verilmiş) sayılır.
+Allahın, barəsində susduğu, nə vacib etmədiyi, nə sərhədlər təyin etmədiyi, nə də qadağan etmədiyi şey, halaldır.
+Peyğəmbərin (sallallahu aleyhi va səlləm) gözəl bəyanı ondadır ki, hədisi çox aydın və başa düşülən şəkildə bölərək izah etmişdir.
+Uca Allahın fərz buyurduğu şeyləri qorumağın (yerinə yetirməyin) vacib olması.
+Uca Allahın qoyduğu hədləri aşmaq haramdır.</t>
+  </si>
+  <si>
+    <t>رواه الدارقطني في سننه، وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الدارقطني في سننه وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66510</t>
+  </si>
+  <si>
+    <t>Əməllər niyyətlərə görədir. Hər kəsə yalnız niyyət etdiyi şey vardır</t>
+  </si>
+  <si>
+    <t>عَنْ أَمِيرِ المُؤْمِنِينَ أَبِي حَفْصٍ عُمَرَ بْنِ الخَطَّابِ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إنَّمَا الأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ فَهِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوْ امْرَأَةٍ يَنْكِحُهَا فَهِجْرَتُهُ إلَى مَا هَاجَرَ إلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Möminlərin əmiri Əbu Hafs Ömər bin Xattab (Allah ondan razı olsun) demişdir: Mən Allah Rəsulunun (salləllahu aleyhi va səlləm) belə dediyini eşitdim: "Əməllər niyyətlərə görədir. Hər kəsə yalnız niyyət etdiyi şey vardır. Kimin hicrəti Allah və Onun Rəsulu üçün olarsa, onun hicrəti, Allah və Onun Rəsulu üçün olar. Kimin də hicrəti, əldə edəcəyi dünya malına və ya evlənəcəyi qadına görə olarsa, onun hicrəti hicrət etdiyi şey üçün olar".</t>
+  </si>
+  <si>
+    <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
+الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.
+النية يفرق بها بين العبادات بعضها عن بعض وأيضًا العبادات عن العادات.</t>
+  </si>
+  <si>
+    <t>İxlasa təşviq , çünki Allah yalnız Onun razılığı üçün edilmiş əməli qəbul edir.
+İzzət və cəlal sahibi olan Allaha yaxınlaşdıran əməlləri mükəlləf olan insan adət olaraq edərsə, bunları Allah üçün etmədikcə, savab əldə etməz.
+Niyyət ibadətləri bir-birindən, həmçinin ibadətlərlə adətləri bir-birindən ayırır.</t>
+  </si>
+  <si>
+    <t>رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري،  وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة</t>
+  </si>
+  <si>
+    <t>[رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66511</t>
+  </si>
+  <si>
+    <t>Əbu Abdurrahman Abdullah bin Ömər bin Xattab (Allah ondan razı olsun) demişdir: Mən Allah Rəsulunun (salləllahu aleyhi va səlləm) belə dediyini eşitdim:||İslam beş təməl üzərində qurulub: Allahdan başqa ibadətə layiq məbud olmadığına, Muhəmmədin Onun qulu və rəsulu olduğuna şəhadət etmək, namaz qılmaq, zəkat vermək, Allahın evini həcc etmək və Ramazan orucunu tutmaq</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>Əbu Abdurrahman Abdullah bin Ömər bin Xattab (Allah ondan razı olsun) demişdir: Mən Allah Rəsulunun (salləllahu aleyhi va səlləm) belə dediyini eşitdim: İslam beş təməl üzərində qurulub: Allahdan başqa ibadətə layiq məbud olmadığına, Muhəmmədin Onun qulu və rəsulu olduğuna şəhadət etmək, namaz qılmaq, zəkat vermək, Allahın evini həcc etmək və Ramazan orucunu tutmaq".</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن أحدكم يجمع خلقه في بطن أمه أربعين يوما</t>
+  </si>
+  <si>
+    <t>Sizlərdən birinizin yaradılışı (embrion) anasının bətnində qırx gündə cəm edilir</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «إِنَّ أَحَدَكُمْ يُجْمَعُ خَلْقُهُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا، ثُمَّ يَكُونُ عَلَقَةً مِثْلَ ذَلِكَ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَ ذَلِكَ، ثُمَّ يُرْسَلُ إلَيْهِ المَلَكُ فَيَنْفُخُ فِيهِ الرُّوحَ، وَيُؤْمَرُ بِأَرْبَعِ كَلِمَاتٍ: بِكَتْبِ رِزْقِهِ، وَأَجَلِهِ، وَعَمَلِهِ، وَشَقِيٍّ أَوْ سَعِيدٍ؛ فَوَالَّذِي لَا إلَهَ غَيْرُهُ إنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُهَا، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
+  </si>
+  <si>
+    <t>Əbu Abdurrahman Abdullah bin Məsud (Allah ondan razı olsun) belə demişdir: Doğru söz sahibi və doğruluğu təsdiqlənmiş Allah Rəsulu (salləllahu aleyhi va səlləm) bizə belə buyurdu: "Sizlərdən birinizin yaradılışı (embrion) anasının bətnində qırx gündə cəm edilir, sonra həmin müddətdə laxtalanmış qana çevrilir, sonra növbəti qırx gündə ət parçasına çevrilir, sonra ona mələk göndərilir və mələk ona ruh üfürür. Ona dörd şeyi: ruzisini, əcəlini, əməlini, bədbəxt və ya xoşbəxt olacağını - yazmaq əmr edilir. Özündən başqa heç bir ilah olmayana and olsun ki, sizlərdən biriniz Cənnət əhlinin əməlini edər, onun Cənnətə daxil olmasına bir qarış qalmış, ana bətnində yazılmış qədəri onu qabaqlayar və o, Cəhənnəm əhlinin əməlini edərək Cəhənnəmə daxil olar. Sizlərdən biriniz Cəhənnəm əhlinin əməlini edər, onun Cəhənnəmə düşməsinə bir qarış qalmış, ana bətnində yazılmış qədəri onu qabaqlayar və o, Cənnət əhlinin əməlini edərək cənnətə daxil olar".</t>
+  </si>
+  <si>
+    <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، وأجله، وهو مدة بقائه في الدنيا، وعمله، ما هو؟ وشقيٌ أو سعيد. ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
+  </si>
+  <si>
+    <t>بيان مراحل خلق الإنسان.
+الإيمان بالقضاء والقدر.
+الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
+التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
+هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
+  </si>
+  <si>
+    <t>İnsanın yaradılış mərhələlərinin bəyanı.
+Qəza və qədərə iman.
+Hər bir məsələ sonda qədərdə yazıldığı kimi olur və təqdir edilən reallaşır.
+"Əməllərə güvənib aldanmamaq"-xəbərdarlığı, çünki əməllər sonuna görə dəyərləndirilir.
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66513</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
+  </si>
+  <si>
+    <t>Kim bizim bu işimizdə (dinimizdə) onda olmayan bir yenilik edərsə o, rədd olunar</t>
+  </si>
+  <si>
+    <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
+  </si>
+  <si>
+    <t>Möminlərin anası Ummu Abdullah Aişə (Allah ondan razı olsun) rəvayət edir ki, Allah Rəsulu (salləllahu aleyhi va səlləm) belə buyurmuşdur: "Kim bizim bu işimizdə (dinimizdə) onda olmayan bir yenilik edərsə o, rədd olunar".</t>
+  </si>
+  <si>
+    <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
+الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
+هذا الحديث دليلٌ على كمال الدين.
+البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
+هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
+الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
+المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
+  </si>
+  <si>
+    <t>İbadətlər Quran və sünnədə gələn dəlillərə əsaslanır, ona görə də biz uca Allaha dinə artırılmış yeniliklər və ya sonradan uydurulmuş bidətlərlə deyil, Onun əmr etdiyi qayda-qanunlara tam uyğun olaraq ibadət edirik.
+Din hər hansı bir kəsin fikri və xoşuna gəldiyi tərzdə deyil, Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) tabe olmaqla gerçəkləşir.
+Bu hədis dinin kamilliyinə dəlildir.
+Bidət, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) və onun səhabələrinin dövründə öz əksini və təsdiqini tapmayan,  əqidədə , eləcə də söz və əməldə sonradan əlavə edilən yeniliklərdir.
+Bu hədis İslamın əsaslarından biridir və əməllər üçün tərəzi misalındadır. Necə ki, uca Allahın razılığı umulmayan hər bir işin savabı olmadığı kimi,Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) buyurduğu şəriətə uyğun olmayan əməl də onu edən üçün faydasız olar.
+Hədis, sonradan yaranan bidətləri və ortaya çıxan münkərləri rədd edən bir qaydadır.
+Qadağan olunan yeniliklər dini məsələləri əhatə edir, dünya işlərindəki yeniliklərə aid deyildir.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66514</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>Əbu Abdullah Numən bin Bəşir (Allah ondan razı olsun) demişdir: Mən Allah Rəsulunun (salləllahu aleyhi va səlləm) belə dediyini eşitdim:||"Şübhəsiz ki, halal olan şeylər bəllidir, haram olan şeylər bəllidir, onların arasında əksər insanların bilmədiyi şübhəli məsələr var. Kim şübhələrdən çəkinərsə, dinini və şərəfini qorumuş olar. Lakin kim şübhələrə uyarsa , harama düşmüş olar. (Onun misalı) Qoruğun ətrafında sürüsünü otaran çobanın misalı kimidir, onun sürüsü sanki qadağan edilən qoruğa daxil olmaq istəyir. Bilin ki, hər hökmdarın öz qoruğu vardır. Allahın qoruğu da, onun haramlarıdır. Agah olun ki, bədəndə bir ət parçası vardır ki, o sağlam olarsa bütün bədən sağlam olar, o pozularsa, bədənin bütün əzaları pozular. Bilin ki, bu qəlbdir</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t>Əbu Abdullah Numən bin Bəşir (Allah ondan razı olsun) demişdir: Mən Allah Rəsulunun (salləllahu aleyhi va səlləm) belə dediyini eşitdim: "Şübhəsiz ki, halal olan şeylər bəllidir, haram olan şeylər bəllidir, onların arasında əksər insanların bilmədiyi şübhəli məsələr var. Kim şübhələrdən çəkinərsə, dinini və şərəfini qorumuş olar. Lakin kim şübhələrə uyarsa , harama düşmüş olar. (Onun misalı) Qoruğun ətrafında sürüsünü otaran çobanın misalı kimidir, onun sürüsü sanki qadağan edilən qoruğa daxil olmaq istəyir. Bilin ki, hər hökmdarın öz qoruğu vardır. Allahın qoruğu da, onun haramlarıdır. Agah olun ki, bədəndə bir ət parçası vardır ki, o sağlam olarsa bütün bədən sağlam olar, o pozularsa, bədənin bütün əzaları pozular. Bilin ki, bu qəlbdir.</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>Bu hədis şübhəli şeylərdən uzaq durmaqda qaydadır.
+Hökmü bəlli olmayan şübhəli məsələni tərk etməyə rəğbətləndirmək.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>Əbu Ruqayya Təmim bin Ovs əd-Dəri (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (sallallahu aleyhi va səlləm) belə demişdir:||"Din nəsihətdir". Biz dedik: Kimə? Peyğəmərimiz (Allahın salavatı və salamı onun üzərinə olsun): "Allaha, kitabına, rəsuluna, müsəlmanların rəhbərlərinə və bütün müsəmanlara" -deyə buyurdu</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
+  </si>
+  <si>
+    <t>Əbu Ruqayya Təmim bin Ovs əd-Dəri (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (sallallahu aleyhi va səlləm) belə demişdir: "Din nəsihətdir". Biz dedik: Kimə? Peyğəmərimiz (Allahın salavatı və salamı onun üzərinə olsun): "Allaha, kitabına, rəsuluna, müsəlmanların rəhbərlərinə və bütün müsəmanlara" -deyə buyurdu.</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
+فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
+أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
+ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
+ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
+رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
+خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
+  </si>
+  <si>
+    <t>Peyğəmbər (sallallahu aleyhi va səlləm) Dinin ixlas və səmimiyyət üzərində qurulduğunu xəbər vermişdir. Beləliklə bu din, Uca Allahın vacib buyurduğu kimi qüsursuz və aldatma olmadan kamil şəkildə yerinə yetirilməlidir. Peyğəmbərdən (sallallahu aleyhi va səlləm) soruşdular: Səmimiyyət kimin üçün olmalıdır? O, belə cavab verdi: Birincisi: Səmimiyyət Uca və Pak olan Allah üçün olmalıdır.
+Bu, əməllərdə ixlaslı olmaq, Ona heç bir şərik qoşmamaq, Onun aləmlərin Rəbbi olduğuna, bütün ibadətlərin yalnız Ona məxsus olduğuna və ad və sifətlərinə iman gətirmək, Onun şanını ucaltmaq və insanları Ona iman etməyə dəvət etməklə olur. İkincisi: Səmimiyyət Uca Allahın Kitabı, Qurani-Kərim üçün olmalıdır. Bu, Quranın, Allahın kəlamı və kitabların sonuncusu olduğuna və Qurani-Kərimin özündən əvvəlki bütün şəriətlərin hökmünü ləğv etdiyinə etiqad etməklə, ona böyük hörmətlə yanaşmaqla, Qurani-Kərimi layiqincə oxumaqla, mühkəm (aydın və qəti olan) ayələrinə əməl etməklə, mütəşabih ayələrinə təslim olmaqla, Onun ayələrini təhrif edənlərin öz istəklərinə uyğun yozmalarını rədd etməklə, Quranın öyüdlərindən ibrət almaqla, Quran elmini təbliğ etməklə və insanları ona dəvət etməklə olur. Üçüncüsü: Səmimiyyət Allahın Rəsulu Muhəmməd (sallallahu aleyhi va səlləm) üçün olmalıdır. Bunun üçün Onun elçilərin sonuncusu olduğuna etiqad edirik, dediklərini təsdiq edirik, əmrlərinə tabe olub, qadağalarından çəkinirik, Uca Allaha yalnız onun gətirdiyi şəriətlə ibadət edirik, onun haqqını uca tutub, ona hörmət edirik, dəvətini yayır, şəriətini insanlara çatdırırıq, ona qarşı atılan ittihamları rədd edirik. Dördüncüsü: Səmimiyyət müsəlmanların rəhbərləri üçün olmalıdır. Bunun üçün haqq yolda onlara yardım göstərir, idarəçilik məsələsində onların işinə qarışmırıq, Allaha itaət çərçivəsində onları eşidib itaət edirik. Beşincisi: Səmimiyyət müsəlmanlar üçün olmalıdır. Bunun üçün onlara yaxşılıq edib, haqqa dəvət edirik, onlara əziyyət verməkdən çəkinirik, onlar üçün xeyir istəyib, yaxşılıq və təqvada onlarla yardımlaşırıq.</t>
+  </si>
+  <si>
+    <t>الأمر بالنصيحة للجميع. 
+عِظَم منزلة النصيحة من الدين. 
+اشتمال الدين على الاعتقادات والأقوال والأعمال. 
+من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
+حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
+البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66516</t>
+  </si>
+  <si>
+    <t>ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فافعلوا منه ما استطعتم</t>
+  </si>
+  <si>
+    <t>Mən sizə nəyi qadağan edirəmsə, ondan çəkinin, nəyi də sizə əmr edirəmsə, onu bacardığınız qədər yerinə yetirin</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ عَبْدِ الرَّحْمَنِ بْنِ صَخْرٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْت رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «مَا نَهَيْتُكُمْ عَنْهُ فَاجْتَنِبُوهُ، وَمَا أَمَرْتُكُمْ بِهِ فَافْعَلُوا مِنْهُ مَا اسْتَطَعْتُمْ، فَإِنَّمَا أَهْلَكَ الَّذِينَ مِنْ قَبْلِكُمْ كَثْرَةُ مَسَائِلِهِمْ، وَاخْتِلَافُهُمْ عَلَى أَنْبِيَائِهِمْ».</t>
+  </si>
+  <si>
+    <t>Əbu Hureyra Abdurrahmən bin Saxr (Allah ondan razı olsun) demişdir: Mən Allah Rəsulunun (salləllahu aleyhi va səlləm) belə dediyini eşitdim: "Mən sizə nəyi qadağan edirəmsə, ondan çəkinin, nəyi də sizə əmr edirəmsə, onu bacardığınız qədər yerinə yetirin. Həqiqətən, sizdən əvvəlki ümmətləri, çoxlu sual verməkləri və öz peyğəmbərlərinə müxalif olmaqları həlak etmişdir".</t>
+  </si>
+  <si>
+    <t>بين لنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
+ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
+  </si>
+  <si>
+    <t>Rəsulullah (sallallahu əleyhi va səlləm) bizə bildirmişdir ki, əgər o, bir şeyi bizə qadağan edərsə, onu istisnasız olaraq tərk etməyimiz bizə vacib olar və əgər bizə bir şeyi əmr edərsə, onu gücümüz çatdığı qədər yerinə yetirməliyik . Sonra Rəsulullah (sallallahu əleyhi va səlləm) bizi, bizdən əvvəlki bəzi ümmətlər kimi olmaqdan çəkindirmişdir. Onlar peyğəmbərlərinə çoxlu suallar verir, onlara qarşı çıxırdılar. Buna görə də Allah onları müxtəlif növ həlak və fəlakətlərlə cəzalandırdı. Onların həlak olduqları kimi biz də həlak olmayaq deyə, onlar kimi olmamalıyıq.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في بيان الواجب في إتيان المأمور واجتناب المحظور.
+النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
+النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
+تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
+المنهي عنه يشمل القليل والكثير؛ لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلًا: نهانا عن الرِّبا فيشمل قليله وكثيره.
+ترك الأسباب المفضية إلى المحرم؛ لأن ذلك من معنى الاجتناب.
+لا ينبغي للإنسان إذا سمع أمر الرسول صلى الله عليه وسلم أن يقول: هل هو واجب أم مستحبّ، بل عليه بالمبادرة إلى الفعل؛ لقوله: «فَأْتُوا مِنْهُ مَا استَطَعْتُمْ».
+كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل المسائل الغيبية، وكيفية أحوال يوم القيامة، لا تكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.</t>
+  </si>
+  <si>
+    <t>Bu hədis, əmr edilənləri yerinə yetirmək və qadağan olunanlardan çəkinməkdə vacib olanı izah edən bir qaydadır.
+Qadağalardan heç birini işləmək icazəli deyil, əmr edilənlər isə insanın gücü çatan qədər yerinə yetirilməlidir. Çünki bir şeyi tərk etmək daima mümkündür, lakin əmr olunan bir işi yerinə yetirmək üçün isə güc və qüdrət lazımdır.
+Çox sual verməyin qadağan edilməsi.
+Alimlər sualı iki qismə bölmüşdür: Onlardan biri: Din məsələsində ehtiyac duyulan şeyləri öyrənmək üçün  olandır ki, bunun özü əmr edilmişdir. Səhabələrin sualları da bu növdəndir. 
+Qadağan olunan şey azı da, çoxu da əhatə edir. Çünki qadağan olunan şeydən çəkinmək yalnız onun azından və çoxundan çəkinməklə mümkündür. Məsələn: Allah bizə sələmi (faizi) qadağan etmişdir ki, bu sələmin həm azını, həm də çoxunu əhatə edir.
+Haram olan şeyə aparan səbəbləri tərk etmək lazımdır. Çünki bu da "çəkinmək" anlayışına daxildir.
+İnsan, Peyğəmbərin (sallallahu əleyhi va səlləm) əmrini eşitdikdə, "Bu vacibdirmi yoxsa müstəhəbdirmi?" – deməməlidir. Əksinə, o, dərhal buna əməl etməyə tələsməlidir. Çünki Peyğəmbər (sallallahu əleyhi va səlləm) belə buyurmuşdur: "Onu bacardığınız qədər yerinə yetirin".
+Çoxlu sual vermək — xüsusilə də qeybə aid məsələlər və Qiyamət gününün necə baş verəcəyi kimi bilinməsi mümkün olmayan mövzularda — insanı həlaka aparan bir səbəbdir. Bu kimi mövzularda çoxlu sual vermə, yoxsa həlak olar, həddi aşan və ifrata varan kimsələrdən olarsan.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66517</t>
+  </si>
+  <si>
+    <t>إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, Allahın Rəsulu (sallallahu aleyhi və səlləm) belə demişdir:||"Həqiqətən, Uca Allah Pakdır və yalnız Pak olanları qəbul edər. Həqiqətən, Allah peyğəmbərlərə əmr etdiyini möminlərə də əmr etmişdir. Uca Allah buyurur: (Ey Peyğəmbərlər, təmiz və halal nemətlərdən yeyin və yaxşı işlər görün!). O, həmçinin, buyurur: (Ey iman gətirənlər! Sizə ruzi olaraq verdiyimiz təmiz və halal nemətlərdən yeyin). Sonra Peyğəmbər (sallallahu əleyhi va səlləm) uzun müddətli səfərə çıxmış, saçları dağınıq, üst-başı da toz-torpaq içində olan və bu halda əllərini göyə qaldırıb: “Ya Rəbb, ya Rəbb!” – deyə yalvaran birisini xatırlatdı. Peyğəmbər (sallallahu əleyhi va səlləm) davam edib belə dedi: Onun yediyi, haram, içdiyi haram, geydiyi haram və haramla qidalanmışdır. Beləsinin duası necə qəbul ola bilər?!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ طَيِّبٌ لَا يَقْبَلُ إلَّا طَيِّبًا، وَإِنَّ اللَّهَ أَمَرَ المُؤْمِنِينَ بِمَا أَمَرَ بِهِ المُرْسَلِينَ، فَقَالَ تَعَالَى: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنْ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا}، وَقَالَ تَعَالَى: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} ثُمَّ ذَكَرَ الرَّجُلَ، يُطِيلُ السَّفَرَ، أَشْعَثَ، أَغْبَرَ، يَمُدُّ يَدَيْهِ إلَى السَّمَاءِ: يَا رَبِّ! يَا رَبِّ! وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالحَرَامِ، فَأَنَّى يُسْتَجَابُ لَذلك».</t>
+  </si>
+  <si>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, Allahın Rəsulu (sallallahu aleyhi və səlləm) belə demişdir: "Həqiqətən, Uca Allah Pakdır və yalnız Pak olanları qəbul edər. Həqiqətən, Allah peyğəmbərlərə əmr etdiyini möminlərə də əmr etmişdir. Uca Allah buyurur: (Ey Peyğəmbərlər, təmiz və halal nemətlərdən yeyin və yaxşı işlər görün!). O, həmçinin, buyurur: (Ey iman gətirənlər! Sizə ruzi olaraq verdiyimiz təmiz və halal nemətlərdən yeyin). Sonra Peyğəmbər (sallallahu əleyhi va səlləm) uzun müddətli səfərə çıxmış, saçları dağınıq, üst-başı da toz-torpaq içində olan və bu halda əllərini göyə qaldırıb: “Ya Rəbb, ya Rəbb!” – deyə yalvaran birisini xatırlatdı. Peyğəmbər (sallallahu əleyhi va səlləm) davam edib belə dedi: Onun yediyi, haram, içdiyi haram, geydiyi haram və haramla qidalanmışdır. Beləsinin duası necə qəbul ola bilər?!".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها:
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك.
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر.
+ثالثًا: يرفع يديه إلى السماء بالدعاء.
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب!
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصف به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>Uca Allahın zatında, sifətlərində, feillərində və hökmlərində kamilliyi.
+Əməlin ixlasla, yalnız Allah üçün və Peyğəmbərin (sallallahu aleyhi və səlləm) sünnəsinə müvafiq şəkildə edilməsinin əmr olunması.
+Dəvət edərkən Peyğəmbərin (sallallahu aleyhi və səlləm) hədisdə: "Allah peyğəmbərlərə əmr etdiyini möminlərə də əmr etmişdir" buyurduğu kimi, əmələ təşviq edən üslubdan istifadə etmək. Əgər mömin bunun peyğəmbərlərə əmr edilmiş şeylərdən biri olduğunu bilərsə, bu zaman o, əməl etməyə özündə qüvvət toplayar və tabe olmağa həvəslənər.
+Duanın qəbul olunmasına mane olan səbəblərdən biri də haram yeməkdir.
+Duanın qəbul olunması səbəbləri arasında beş şey vardır ki, onlardan birincisi: uzun müddətli məşəqqətli bir səfər səbəbi ilə yaranan, duanın qəbul edilməsinin ən əzəmətli səbəblərindən biri olan nəfsin sınmağı. İkincisi: zərurət halı. Üçüncüsü: İki əli səmaya qaldırmaq. Dördüncüsü: Uca Allahın rübubiyyətini təkrar-təkrar zikr edərək Ona israrla dua etmək. Bu, duaya cavab verilməsinin ən əzəmətli səbəblərindən biridir. Beşincisi: Halal olan şeylərdən yemək və içmək.
+Yemək-içməyin halal, təmiz olması saleh əməl işləməyə yardım edən səbəblərdən biridir.
+Qadi belə demişdir: Yaxşı sözü xəbis sözünün ziddidir. Əgər Uca Allah "Yaxşı" sözü ilə vəsf edilərsə bu, Onun nöqsanlardan və eyib sifətlərdən pak və uzaq olduğu anlamındadır. Əgər bir qul ümumilikdə "Yaxşı" sözü ilə vəsf olunarsa, bu, onun pis əxlaqlardan və çirkin əməllərdən uzaq olduğunu və bu xüsusiyyətlərin əksinə, gözəl əxlaq və yaxşı əməllərə sahib olduğu anlamındadır. Əgər mal-dövlət "Yaxşı" sözü ilə vəsf edilərsə bu, o mal-dövlətin halal və ən xeyirli mal-dövlət olduğu anlamındadır.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66518</t>
+  </si>
+  <si>
+    <t>دع ما يريبك إلى ما لا يريبك</t>
+  </si>
+  <si>
+    <t>Sənə şübhə verən şeyi, şübhə verməyən şeylə dəyiş</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُـحَمَّدٍ الحَسَنِ بْنِ عَلِيِّ بْنِ أَبِي طَالِبٍ - سِبْطِ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَرَيْحَانَتِهِ-، قَالَ: حَفِظْتُ مِنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُك إلَى مَا لَا يَرِيبُكَ».</t>
+  </si>
+  <si>
+    <t>Rəsulullahın (sallallahu aleyhi və səlləm) reyhan qoxulu nəvəsi Əbu Muhəmməd Həsən ibn Əli ibn Əbu Talib (Allah onların hər ikisindən razı olsun) demişdir: Mən Rəsulullahın (sallallahu aleyhi və səlləm) belə buyurduğunu yadda saxlamışam: "Sənə şübhə verən şeyi, şübhə verməyən şeylə dəyiş".</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه.</t>
+  </si>
+  <si>
+    <t>Peyğəmbər (sallallahu aleyhi və səlləm) bu hədisdə qadağan olub-olmamasında, haram və ya halal olub-olmamasında şəkk etdiyin söz və əməlləri, şəkk etmədiyin, yaxşı və halal olduğuna əmin olduğum şeylərlə dəyişməyi əmr etmişdir.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66519</t>
+  </si>
+  <si>
+    <t>Rəsulullahın (salləllahu aleyhi va səlləm) xidmətçisi olan Əbu Həmzə Ənəs ibn Malik (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (salləllahu aleyhi va səlləm) belə buyurmuşdur:||"Sizlərdən biriniz özü üçün istədiyini qardaşına istəmədikcə (kamil) iman gətirmiş olmaz</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>Rəsulullahın (salləllahu aleyhi va səlləm) xidmətçisi olan Əbu Həmzə Ənəs ibn Malik (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (salləllahu aleyhi va səlləm) belə buyurmuşdur: "Sizlərdən biriniz özü üçün istədiyini qardaşına istəmədikcə (kamil) iman gətirmiş olmaz."</t>
+  </si>
+  <si>
+    <t>İnsanın özü üçün sevdiyini qardaşı üçün də sevməsinin vacibliyi. Çünki özü üçün sevdiyini qardaşı üçün sevməyən bir kəsdən imanın inkar olunması bunun vacibliyinə dəlalət edir.
+Allah üçün olan qardaşlıq nəsil (qan) qardaşlığından üstündür, ona görə də onun haqqı daha vacibdir.
+Aldatma, qeybət, həsəd, müsəlmanın özünə, malına və namusuna təcavüz kimi sevgiyə zidd olan bütün söz və hərəkətlərin haram olması.
+(İnsanı) həvəsləndirəcək- "Qardaşına” sözü kimi bəzi sözlərdən istifadə etmək “
+Əl-Kirmani-rahiməhullah-demişdir: “Özünün sevmədiyi şərri qardaşı üçün də sevməməyi imandandır və o, bunu qeyd etməmişdir. Çünki bir şeyi sevmək onun əksinə nifrət etməyi zəruri edir, ona görə də (qeyd olunanlarla)</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>Allah hər bir şeylə gözəl davranmağı əmr etmişdir</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي يَعْلَى شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا القِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذِّبْحَةَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، وَلْيُرِحْ ذَبِيحَتَهُ».</t>
+  </si>
+  <si>
+    <t>Əbu Yə'lə Şəddəd bin Ovs (Allah ondan razı olsun) rəvayət edir ki, Rəsulullah (sallallahu aleyhi va səlləm) belə buyurmuşdur: "Allah hər bir şeylə gözəl davranmağı əmr etmişdir. Elə isə (haqlı olaraq) birisini öldürdükdə, onu gözəl tərzdə öldürün. Habelə, heyvan kəsdikdə, onu gözəl tərzdə kəsin. Sizdən biriniz bıçağını itiləsin və kəsəcəyi heyvanı rahatlasın".</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
+فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
+والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
+  </si>
+  <si>
+    <t>رحمة الله عزّ وجل ولطفه بالخلق.
+إحسان القتل والذبح بأن يكون على الوجه المشروع.
+كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
+النهي عن المُثْلة بالإنسان بعد قتله.
+تحريم كل ما فيه تعذيب للحيوان.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66521</t>
+  </si>
+  <si>
+    <t>يا غلام إني أعلمك كلمات: احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
+  </si>
+  <si>
+    <t>“Ey oğul! Mən sənə bir neçə kəlmə öyrədəcəm: Allahı qoru ki, (yəni günahlardan çəkin, yalnız ona ibadət et) Allah da səni qorusun. Allahı qoru ki, Onu öz qarşında görəsən. Bir şey istədikdə, Allahdan istə. Kömək istədikdə, yenə də Allahdan kömək istə</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ، عَبْدِ الله بْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: كُنْت خَلْفَ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامِ! إنِّي أُعَلِّمُك كَلِمَاتٍ: احْفَظِ اللَّهَ يَحْفَظْكَ، احْفَظِ الله تَجِدْهُ تُجَاهَكَ، إذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاَللهِ، وَاعْلَمْ أَنَّ الأُمَّةَ لَوْ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ لَمْ يَنْفَعُوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ لَكَ، وَإِنِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ لَمْ يَضُرُّوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ عَلَيْكَ؛ رُفِعَتِ الأَقْلَامُ، وَجَفَّتِ الصُّحُفُ».
+وَفِي رِوَايَةِ غَيْرِ التِّرْمِذِيِّ: «احْفَظِ اللهَ تَجِدْهُ أَمَامَكَ، تَعَرَّفْ إلَى اللهِ فِي الرَّخَاءِ يَعْرِفْكَ فِي الشِّدَّةِ، وَاعْلَمْ أَنَّ مَا أَخْطَأَكَ لَمْ يَكُنْ لِيُصِيبَكَ، وَمَا أَصَابَك لَمْ يَكُنْ لِيُخْطِئَكَ، وَاعْلَمْ أَنَّ النَّصْرَ مَعَ الصَّبْرِ، وَأَنْ الفَرَجَ مَعَ الكَرْبِ، وَأَنَّ مَعَ العُسْرِ يُسْرًا».</t>
+  </si>
+  <si>
+    <t>Əbul-Abbas Abdullah bin Abbas (Allah onların hər ikisindən razı olsun) demişdir: Bir gün mən minik üzərində Rəsulullahın (sallallahu aleyhi və səlləm) arxa tərəfində idim, o, belə buyurdu: “Ey oğul! Mən sənə bir neçə kəlmə öyrədəcəm: Allahı qoru ki, (yəni günahlardan çəkin, yalnız ona ibadət et) Allah da səni qorusun. Allahı qoru ki, Onu öz qarşında görəsən. Bir şey istədikdə, Allahdan istə. Kömək istədikdə, yenə də Allahdan kömək istə. Bil ki, əgər bütün insanlar sənə xeyir vermək üçün bir yerə yığışsalar belə, Allahın (sənin qədərinə) yazdığından başqa sənə heç bir xeyir verə bilməzlər. Əgər sənə zərər vermək üçün bir yerə yığışsalar, yenə də Allahın (sənin qədərinə) yazdığından başqa sənə heç bir zərər verə bilməzlər. (Artıq) qələmlər qaldırılmış, səhifələr qurumuşdur”.</t>
+  </si>
+  <si>
+    <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
+احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
+وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
+وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
+ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
+وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
+وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
+  </si>
+  <si>
+    <t>İbn Abbas (Allah ondan və atasından razı olsun) xəbər verir ki, o azyaşlı olarkən Allah Rəsulu (sallallahu aleyhi va səlləm) ilə birlikdə minik üzərində idi. Allah Rəsulu (sallallahu aleyhi va səlləm) ona belə buyurdu: Sənə bəzi işlər və sözlər öyrədəcəyəm ki, Allah onların vasitəsilə sənə fayda verəcəkdir: Uca Allahı, əmrlərini yerinə yetirməklə və qadağalarından çəkinməklə qoru. Elə et ki, Allah səni daima itaət və ibadət olan əməllərdə görsün, günah və haramlar içində görməsin. Əgər sən belə etsən, Allah da bunun qarşılığında səni bu dünyanın bəlalarından, axirətin əzablarından qoruyar və hansı işə yönəlsən, orada sənə yardım edər. Əgər bir şey istəsən, yalnız Allahdan istə. Çünki istəyənlərin dualarına yalnız O, cavab verir. Əgər kömək istəsən, yalnız Allahdan kömək istə. Əmin ol ki, əgər yer üzündə olan bütün insanlar sənə fayda vermək üçün bir yerə toplaşsalar belə, onlar Allahın sənə yazdığından başqa fayda verə bilməzlər. Eyni şəkildə, əgər yer üzündə olan bütün insanlar sənə zərər vermək üçün bir yerə toplaşsalar belə, yenə də onlar Allahın sənə təqdir etdiyindən başqa zərər verə bilməzlər. Bil ki, bütün bunlar, Uca Allahın hikməti və elmi əsasında əvvəlcədən yazılıb və təqdir olunmuşdur. Allahın yazdığına heç bir dəyişiklik ola bilməz. Kim Allahın əmrlərini qoruyub, qadağalarından çəkinərsə, Uca Allah o qulun qarşısında olar, onun halını bilər, ona yardım edər və dəstək verər. Əgər insan rahatlıq vaxtında Allaha itaət edərsə, Allah da onun üçün çətinlik zamanı rahatlıq və çıxış yolu bəxş edər. Hər bir qul, Uca Allahın onun haqqında yazdığı və təqdir etdiyi xeyir və şərrə razı qalmalıdır. İnsan, müsibət və çətinliklər qarşısında səbrli olmalıdır. Çünki səbr qurtuluşun açarıdır. Əgər çətinlik şiddətlənərsə, bu zaman Allahdan bir çıxış yolu gələr. Əgər bir çətinlik meydana gələrsə, Allah onun ardınca mütləq bir asanlıq verər.</t>
+  </si>
+  <si>
+    <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
+الجزاء من جنس العمل.
+الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
+الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
+من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
+البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
+تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
+  </si>
+  <si>
+    <t>Azyaşlılara və uşaqlara tövhid (Allahın təkliyi), ədəb və digər dini məsələlərinin öyrədilməsinin əhəmiyyəti.
+Əməlin mükafatı yaxud cəzası, onun növündəndir
+Yalnız Allaha təvəkkül edib, ona etimad etmək əmr edilmişdir. O nə gözəl qoruyandır.
+Qəza və qədərə iman edib, ondan razı qalmaq, 
+(bilmək lazımdır ki) həqiqətən Allah hər şeyi təqdir etmişdir
+Ən böyük sevindirici xəbər budur ki, insan çətinliyə düşərsə, ardından gələcək rahatlığı gözləməlidir.
+Qula müsibət baş verdikdə və sevdiyi bir şeyi itirdikdə təsəlli verici söz, Peyğəmbərin (sallallahu aleyhi va səlləm) bu kəlamındadır: "Bil ki, sənin başına gələn şey - heç vaxt səndən yan keçə bilməzdi. Və səndən yan keçən bir şey isə, heç vaxt sənin başına gələ bilməzdi". Birinci cümlə xoşagəlməz bir hadisə baş verdikdə təsəllidir.
+İkinci cümlə isə sevilən bir şey əldən çıxdıqda təsəllidir.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66522</t>
+  </si>
+  <si>
+    <t>Əbu Məs'ud 'Uqbə bin 'Amr əl-Ənsari əl-Bədri (Allah ondan razı olsun) rəvayət edir ki, Rəsulullah (sallallahu aleyhi va səlləm) belə demişdir:||"İnsanların ilkin peyğəmbəlik kəlamından bildikləri sözlərdən biri: Utanmırsansa, istədiyini et" - sözüdür</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>Əbu Məs'ud 'Uqbə bin 'Amr əl-Ənsari əl-Bədri (Allah ondan razı olsun) rəvayət edir ki, Rəsulullah (sallallahu aleyhi va səlləm) belə demişdir: "İnsanların ilkin peyğəmbəlik kəlamından bildikləri sözlərdən biri: Utanmırsansa, istədiyini et" - sözüdür.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>Əbu Amr – yaxud Əbu Amra – Sufyan bin Abdullah (Allah ondan razı olsun) belə demişdir:||Dedim: “Ey Allahın Rəsulu, mənə İslamda elə bir şey söylə ki, onu səndən başqa heç kimdən soruşmayım. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: De ki: "Allaha iman gətirdim, ardınca da doğru yolu tut</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>Əbu Amr – yaxud Əbu Amra – Sufyan bin Abdullah (Allah ondan razı olsun) belə demişdir: Dedim: “Ey Allahın Rəsulu, mənə İslamda elə bir şey söylə ki, onu səndən başqa heç kimdən soruşmayım. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: De ki: "Allaha iman gətirdim, ardınca da doğru yolu tut".</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66524</t>
+  </si>
+  <si>
+    <t>أرأيت إذا صليت المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
+  </si>
+  <si>
+    <t>Əgər mən gündəlik fərz namazlarını qılıb, Ramazan orucunu tutsam, Allahın halalını halal, haramını haram saysam</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ جَابِرِ بْنِ عَبْدِ اللَّهِ الْأَنْصَارِيِّ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ المَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الحَلَالَ، وَحَرَّمْتُ الحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الجَنَّةَ؟ قَالَ: «نَعَمْ».</t>
+  </si>
+  <si>
+    <t>Əbu Abdullah Cabir bin Abdullah əl-Ənsari (Allah onların hər ikisindən razı olsun) belə demişdir: Bir kişi Allah Rəsulundan (sallallahu aleyhi va səlləm) soruşaraq belə dedi: Əgər mən gündəlik fərz namazlarını qılıb, Ramazan orucunu tutsam, Allahın halalını halal, haramını haram saysam və bunlara başqa heç bir əməl əlavə etməsəm, Cənnətə daxil olarammı? Allah Rəsulu (sallallahu aleyhi va səlləm) ona: "Bəli" – deyərək cavab verdi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66525</t>
+  </si>
+  <si>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماء والأرض</t>
+  </si>
+  <si>
+    <t>Təmizlik imanın yarısıdır. Əlhəmdulilləh zikri tərəzini doldurur. Subhənallah və Əlhəmdulilləh sözləri isə göylə yer arasını doldurur</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَالِكٍ الحَارِثِ بْنِ عَاصِمٍ الأَشْعَرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاءِ وَالأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا»</t>
+  </si>
+  <si>
+    <t>Əbu Malik əl-Həris bin Asim əl-Əşari (Allah ondan razı olsun) rəvayət edir ki, Allah Rəsulu (sallallahu aleyhi va səlləm) belə demişdir: "Təmizlik imanın yarısıdır. Əlhəmdulilləh zikri tərəzini doldurur. Subhənallah və Əlhəmdulilləh sözləri isə göylə yer arasını doldurur. Namaz nurdur. Sədəqə burhandır (dəlildir). Səbr işıqdır (parıltıdır). Quran isə sənin ya lehinə ya da əleyhinə hüccətdir. Hər kəs sabahlayaraq öz nəfsini satar, kimisi (Allaha itaət etməklə Cəhənnəm əzabından) onu azad edər, kimisi isə (şeytana tabe olmaqla) onu həlak edər".</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Təmizlik iki növdür:  Zahiri təmizlik və bu, dəstəmaz və qüslla baş verir. 
+ Daxili təmizlik- bu isə iman, tövhid və saleh əməllərlə hasil olur.
+Namazlara diqqət edib, vaxtında qılmağın əhəmiyyəti və onun bu dünyada da, qiyamət günündə də, insan üçün nur olması.
+Sədəqə imanın səmimiliyinə dəlildir.
+Quranın hökmlərinə əməl etməyin əhəmiyyəti və onun sənin əleyhinə yox, leyhinə dəlil olması üçün təsdiq etməyin önəmi.
+Nəfsi itaətlə məşğul etməsən, səni günahlarla məşğul edər.
+Hər bir insanın müəyyən əməllər etməsi qaçılmazdır,  o ya itaətlə özünü cəhənnəmdən xilas edər, ya da asiliklə özünü cəhənnəmə atar.
+</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66526</t>
+  </si>
+  <si>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir:||"İnsanın oynaqlarından hər biri üçün bir sədəqə vardır. Günəşin doğduğu hər gün iki insanın arasında ədalətlə hökm verməyin sədəqədir. Bir kişiyə öz miniyinə minməkdə yardım etməyin və ya onun əşyasını qaldırıb miniyinin üzərinə qoymağın sədəqədir. Gözəl söz sədəqədir. Namaz qılmağa getdikdə atdığın hər bir addım sədəqədir. Yoldan insanlara əziyyət verən şeyi kənarlaşdırmağın sədəqədir</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلَامَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ تَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَتُعِينُ الرَّجُلَ فِي دَابَّتِهِ فَتَحْمِلُهُ عَلَيْهَا أَوْ تَرْفَعُ لَهُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ تَمْشِيهَا إِلَى الصَّلَاةِ صَدَقَةٌ، وَتُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: "İnsanın oynaqlarından hər biri üçün bir sədəqə vardır. Günəşin doğduğu hər gün iki insanın arasında ədalətlə hökm verməyin sədəqədir. Bir kişiyə öz miniyinə minməkdə yardım etməyin və ya onun əşyasını qaldırıb miniyinin üzərinə qoymağın sədəqədir. Gözəl söz sədəqədir. Namaz qılmağa getdikdə atdığın hər bir addım sədəqədir. Yoldan insanlara əziyyət verən şeyi kənarlaşdırmağın sədəqədir".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: عدلك وإصلاحك بيـن متخاصمين صدقةٌ، وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ، وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66527</t>
+  </si>
+  <si>
+    <t>أوصيكم بتقوى الله، والسمع والطاعة، وإن تأمر عليكم عبد، فإنه من يعش منكم بعدي فسيرى اختلافا كثيرا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+  </si>
+  <si>
+    <t>“Sizə Allahdan qorxmağı, əmiriniz bir kölə olsa belə, ona tabe olub, itaət etməyi tövsiyyə edirəm. Məndən sonra sizdən kim yaşasa çoxlu ixtilaflar görəcəkdir. Belə olduğu təqdirdə siz mənim və doğru yolda olan raşidi xəlifələrin yoluna tabe olun</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي نَجِيحٍ العِرْبَاضِ بْنِ سَارِيَةَ رضي الله عنه قَالَ: وَعَظَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ مَوْعِظَةً وَجِلَتْ مِنْهَا القُلُوبُ، وَذَرَفَتْ مِنْهَا العُيُونُ، فَقُلْنَا: يَا رَسُولَ اللهِ! كَأَنَّهَا مَوْعِظَةُ مُوَدِّعٍ؛ فَأَوْصِنَا، قَالَ: «أُوصِيكُمْ بِتَقْوَى اللَّهِ، وَالسَّمْعِ وَالطَّاعَةِ، وَإِنْ تَأَمَّرَ عَلَيْكُمْ عَبْدٌ، فَإِنَّهُ مَنْ يَعِشْ مِنْكُمْ بَعْدِي فَسَيَرَى اخْتِلَافًا كَثِيرًا، فَعَلَيْكُمْ بِسُنَّتِي وَسُنَّةِ الخُلَفَاءِ الرَّاشِدِينَ المَهْدِيينَ، عَضُّوا عَلَيْهَا بِالنَّوَاجِذِ، وَإِيَّاكُمْ وَمُحْدَثَاتِ الأُمُورِ؛ فَإِنَّ كُلَّ بِدْعَةٍ ضَلَالَةٌ».</t>
+  </si>
+  <si>
+    <t>Əbu Nəcih İrbəd bin Səriyə (Allah ondan razı olsun) demişdir: Rəsulullah (sallallahu aleyhi va səlləm) bizə elə təsirli bir moizə etdi ki, bundan qəlblər titrədi və gözlər yaşla doldu. Biz: “Ey Allahın elçisi, sanki bu, vidalaşan birinin moizəsidir. Elə isə bizə tövsiyə et!” – dedik. Rəsulullah (sallallahu aleyhi va səlləm) belə dedi: “Sizə Allahdan qorxmağı, əmiriniz bir kölə olsa belə, ona tabe olub, itaət etməyi tövsiyyə edirəm. Məndən sonra sizdən kim yaşasa çoxlu ixtilaflar görəcəkdir. Belə olduğu təqdirdə siz mənim və doğru yolda olan raşidi xəlifələrin yoluna tabe olun. Bundan azı dişlərinizlə yapışın. Dinə əlavə edilmiş yeniliklərdən çəkinin, çünki hər bir yenilik zəlalətdir”.</t>
+  </si>
+  <si>
+    <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66529</t>
+  </si>
+  <si>
+    <t>لقد سألت عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>Sən məndən əzəmətli bir şey barədə soruşdun. Həqiqətən o Allahın asanlaşdırdığı kimsələr üçün asandır</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللهُ عَنْهُ قَالَ: قُلْت يَا رَسُولَ اللَّهِ! أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدْنِي مِنْ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَ عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ: تَعْبُدُ اللَّهَ لَا تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلَاةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ، ثُمَّ قَالَ: أَلَا أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ، الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الْخَطِيئَةَ كَمَا يُطْفِئُ المَاءُ النَّارَ، وَصَلَاةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ، ثُمَّ تَلَا: {تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ} حَتَّى {بَلَغَ يَعْمَلُونَ}، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِرَأْسِ الأَمْرِ وَعَمُودِهِ وَذِرْوَةِ سَنَامِهِ، فَقُلْتُ: بَلَى يَا رَسُولَ اللَّهِ، قَالَ: رَأْسُ الأَمْرِ الإِسْلَامُ، وَعَمُودُهُ الصَّلَاةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِمِلَاكِ ذَلِكَ كُلِّهِ، فقُلْت: بَلَى يَا رَسُولَ اللَّه! فَأَخَذَ بِلِسَانِهِ وَقَالَ: كُفَّ عَلَيْك هَذَا، قُلْت: يَا نَبِيَّ اللَّهِ! وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ، فَقَالَ: ثَكِلَتْكَ أُمُّكَ وَهَلْ يَكُبُّ النَّاسَ عَلَى وُجُوهِهِمْ أَوْ قَالَ عَلَى مَنَاخِرِهِمْ إلَّا حَصَائِدُ أَلسِنَتِهِمْ»!</t>
+  </si>
+  <si>
+    <t>Muaz bin Cəbəl (Allah ondan razı olsun) demişdir: Mən Peyğəmbərə (sallallahu aleyhi və səlləm) dedim: “Ey Allahın elçisi, məni Cənnətə daxil edəcək və Cəhənnəmdən uzaqlaşdıracaq əməl barədə mənə xəbər ver!”. Peyğəmbər (sallallahu aleyhi və səlləm) belə buyurdu: "Sən məndən əzəmətli bir şey barədə soruşdun. Həqiqətən o Allahın asanlaşdırdığı kimsələr üçün asandır: Allaha ibadət et və Ona heç bir şeyi şərik qoşma, namaz qıl, zəkat ver, Ramazan orucunu tut və Beytullahı (Kəbəni) həcc et”. Sonra Peyğəmbər (sallallahu aleyhi va səlləm) dedi: “Səni xeyir qapılarına yönəldimmi? Oruc qalxandır. Sədəqə, suyun odu söndürdüyü kimi günahları söndürür (silir). Kişinin gecənin ortasında qıldığı namazı da, habelə”. Sonra Peyğəmbər (sallallahu aleyhi va səlləm) bu ayəni oxudu: “Onlar gecə namazını qılmaq üçün böyürlərini yataqdan qaldırır, qorxu və ümid içində öz Rəbbinə yalvarır və onlara verdiyimiz ruzilərdən Allah yolunda xərcləyirlər. Etdikləri əməllərin mükafatı olaraq onlar üçün gözlərinə sevinc gətirəcək nələr saxlandığını heç kəs bilmir”. Sonra Peyğəmbər (sallallahu aleyhi va səlləm) dedi: “Sənə dinin başı, onun dirəyi və ən uca zirvəsi barədə xəbər verimmi?”. Mən: “Bəli, Ey Allahın Rəsulu!” – dedim. O, buyurdu: “Dinin başı İslam, dirəyi namaz, ən uca zirvəsi isə cihaddır”. Sonra Peyğəmbər (sallallahu aleyhi va səlləm) dedi: “Sənə bunların hamısını özündə cəm edən xislət barədə xəbər verimmi?”. Mən: “Əlbəttə, Ey Allahın Rəsulu” – dedim. O, əli ilə öz dilini tutub dedi: “Bunu, saxla!”. Mən: “Ey Allahın Peyğəmbəri! Məgər biz, danışdığımız sözlərə görə hesaba çəkiləcəyik?!” – dedim. Peyğəmbər (sallallahu aleyhi va səlləm) dedi: “Anan səni itirsin ey Muaz! Məgər insanları üzüstə yaxud burunları üzərində Cəhənnəmə sürükləyən yalnız dilləri ilə biçdikləri (dilləri ilə etdikləri) günahlar deyilmi?!”.</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام:
+الأول: تعبد الله وحده ولا تشرك به شيئًا.
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها.
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها.
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس.
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل:
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟
+قال معاذ رضي الله عنه: بلى يا رسول الله.
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله.
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟!
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66530</t>
+  </si>
+  <si>
+    <t>لا ضرر ولا ضرار</t>
+  </si>
+  <si>
+    <t>Dində (başqasına) zərər vermək və zərəri zərər ilə qarşılamaq da olmaz</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ سَعْدِ بْنِ مَالِكِ بْنِ سِنَانٍ الخُدْرِيّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا ضَرَرَ وَلَا ضِرَارَ».</t>
+  </si>
+  <si>
+    <t>Əbu Səid Səd bin Malik bin Sinan əl-Xudri (Allah ondan razı olsun) rəvayət edir ki, Rəsulullah (sallallahu aleyhi və səlləm) belə demişdir: "Dində (başqasına) zərər vermək və zərəri zərər ilə qarşılamaq da olmaz".</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
+ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.</t>
+  </si>
+  <si>
+    <t>Peyğəmbər (sallallahu aleyhi va səlləm) bu hədisdə zərərin növündən və şəklindən asılı olmayaraq, onu istər özündən, istərsə də başqalarından uzaqlaşdırmağın vacib olduğunu bəyan etmişdir. Heç kəsin nə özünə, nə də başqalarına zərər verməsi halal deyildir. Həmçinin onun zərərə zərərlə cavab verməsi halal deyildir. Çünki həddi aşmadan qisas almaq istisna olmaqla, heç bir halda zərər, ona müqabil zərər verməklə aradan qaldırılmaz.</t>
+  </si>
+  <si>
+    <t>النهي عن المجازاة بأكثر من المِثْل.
+لم يأمر اللهُ عبادَه بشيء يضرُّهم.
+الحديث قاعدة في تحريم الضرر، والضرار بالقول أو بالفعل أو بالترك.
+من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
+  </si>
+  <si>
+    <t>Günahın  mislindən artıq cəza verilməsinin qadağan edilməsi.
+Allah qullarına, onlara zərər verəcək şeyi əmr etməz.
+Bu hədis sözlə, əməllə və ya səhlənkarlıqla (tərk etməklə) zərər verməyin haram olduğunu bildirən fiqhi qaydadır.
+Şəriətin qaydalarından biri də: "Zərər aradan qalxmalıdır" qaydasıdır və şəriət zərəri qəbul etmir və başqalarına zərər verməyi də inkar edir.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه، والدارقطني، وغيرهما مسندًا</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والدارقطني وغيرهما مسندًا]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66531</t>
+  </si>
+  <si>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، لكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>İbn Abbasdan  (Allah ondan və atasından razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu  rəvayət edilir:||“Əgər insanların istədikləri onlara iddialarına görə verilmiş olsaydı, o zaman onların bir qismi digərlərinin qanını və malını iddia etmiş olardı. Lakin iddia edən şəxs dəlil-sübut gətirməli, bu iddianı inkar edən şəxs isə and içməlidir”</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، لَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>İbn Abbasdan  (Allah ondan və atasından razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu  rəvayət edilir: “Əgər insanların istədikləri onlara iddialarına görə verilmiş olsaydı, o zaman onların bir qismi digərlərinin qanını və malını iddia etmiş olardı. Lakin iddia edən şəxs dəlil-sübut gətirməli, bu iddianı inkar edən şəxs isə and içməlidir”.</t>
+  </si>
+  <si>
+    <t>رواه البيهقي، وغيره هكذا، وبعضه في الصحيحين</t>
+  </si>
+  <si>
+    <t>[رواه البيهقي وغيره هكذا وبعضه في الصحيحين]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66532</t>
+  </si>
+  <si>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك</t>
+  </si>
+  <si>
+    <t>“Allah yaxşı və pis əməlləri yazmış, sonra da bunları bəyan etmişdir</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ تَبَارَكَ وَتَعَالَى، قَالَ: «إنَّ اللهَ كَتَبَ الحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إلَى سَبْعِمِائَةِ ضِعْفٍ إلَى أَضْعَافٍ كَثِيرَةٍ، وَإِنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ سَيِّئَةً وَاحِدَةً».</t>
+  </si>
+  <si>
+    <t>İbn Abbas (Allah onların hər ikisindən razı olsun) rəvayət edir ki, Rəsulullah (sallallahu aleyhi va səlləm) Mübarək və Uca olan Rəbbindən belə rəvayət etmişdir: “Allah yaxşı və pis əməlləri yazmış, sonra da bunları bəyan etmişdir. Kim bir yaxşı iş görməyə niyyət edərsə, sonra bunu etməzsə, Allah onu Öz dərgahında tam bir savab olaraq yazar. Əgər o yaxşı iş görməyə niyyət edərsə, sonra bunu edərsə, Allah onu Öz dərgahında on savabdan yeddi yüzədək, hətta bundan qat-qat artıq savab olaraq yazar. Kim bir pis iş görməyə niyyət edərsə, sonra bunu etməzsə, Allah onu Öz dərgahında tam bir savab olaraq yazar. Əgər o, pis iş görməyə niyyət edərsə və bunu edərsə, Allah onu yalnız bir günah olaraq yazar”.</t>
+  </si>
+  <si>
+    <t>Xeyir əməlin savabının qat-qat artması, bunun Allah dərgahında yazılması və pis əməllərin sadəcə misliylə əvəzinin verilməsi, Allahın bu ümmətə olan böyük lütfüdür.
+Əməllərdə niyyətin əhəmiyyəti və onlara təsiri.
+İzzət və cəlal sahibi olan Allahın lütfü, şəfqəti və rəhmətidir ki, kim bir xeyir əmələ niyyət edərsə, lakin ona müvəffəq olmazsa, Allah həmin niyyəti xeyir əməl olaraq yazar.
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم في صحيحيهما بهذه الحروف</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم في صحيحيهما بهذه الحروف]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66533</t>
+  </si>
+  <si>
+    <t>إن الله تعالى قال: من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
+  </si>
+  <si>
+    <t>Uca Allah belə demişdir: Kim mənim bir vəlimə (dostuma, yaxın quluma) düşmənçilik edərsə, mən ona müharibə elan edərəm. Qulum Mənə, ona fərz etdiyim ibadətlərdən daha sevimli başqa bir şeylə yaxınlaşa bilməz</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَة رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُول اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ تَعَالَى قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقْد آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وما يَزَالُ عَبْدِي يَتَقَرَّبُ إلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنْ اسْتَعَاذَنِي لَأُعِيذَنَّهُ».</t>
+  </si>
+  <si>
+    <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Rəsulullah (sallallahu aleyhi va səlləm) belə buyurmuşdur: "Uca Allah belə demişdir: Kim mənim bir vəlimə (dostuma, yaxın quluma) düşmənçilik edərsə, mən ona müharibə elan edərəm. Qulum Mənə, ona fərz etdiyim ibadətlərdən daha sevimli başqa bir şeylə yaxınlaşa bilməz. Qulum mənə nafilə ibadətlərlə o qədər yaxınlaşar ki, Mən onu sevərəm. Mən onu sevdikdə, onun eşidən qulağı, görən gözü, tutan əli və yeriyən ayağı olaram. Məndən bir şey istəsə, ona verərəm, Mənə sığınsa, onu qoruyaram".</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة.
+والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
+يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله.
+ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
+ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله.
+ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير.
+ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف.</t>
+  </si>
+  <si>
+    <t>Peyğəmbər (sallallahu aleyhi va səlləm) bu qüdsi hədisdə xəbər verir ki, İzzət və Cəlal sahibi Uca Allah belə demişdir: "Kim Mənim dostlarımdan (övliyalarımdan) birinə əziyyət verər, onu qəzəbləndirər və ona qarşı nifrət bəsləyərsə, Mən ona qarşı müharibə elan etmiş olaram (ona düşmən olduğumu bildirərəm)". Vəli (Allahın dostu): imanlı və təqvalı mömindir. Qulun Allah dostluğundan nəsibi onun imanı və təqvası qədərində olar. Bir müsəlman, Rəbbinə Ona fərz və vacib buyurduğu itaətləri yerinə yetirməkdən və haramları tərk etməkdən daha sevimli başqa bir şeylə yaxınlaşa bilməz. Müsəlman fərzlərlə birlikdə nafilə ibadətləri edərək Allaha o qədər yaxınlaşar ki, nəhayət Allahın məhəbbətinə nail olar. Əgər Allah onu sevərsə, onun bu dörd əzasını doğru yola yönəldər: Allah onun eşitməsini doğruya yönəldər və beləliklə yalnız Allahı razı salan şeyləri eşidər. Allah onun gözünü doğruya yönəldər və beləliklə yalnız Allahın sevdiyi və razı qaldığı şeylərə baxar. Allah onun əlini doğruya yönəldər və beləliklə əli ilə yalnız Allahı razı salan işlər görər. Allah onun ayağını doğruya yönəldər və beləliklə yalnız Allahın razı qaldığı yerə gedər və yalnız xeyir olan yerə getməyə səy göstərər. Bununla belə, əgər o, Allahdan bir şey istəyərsə, Allah ona istədiyini verər, duasına cavab verilən kəs olar. Əgər qorunmaq üçün Allaha sığınıb, ona yönələrsə, Pak olan Allah onu qorxduğu şeydən qoruyar və himayə edər.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66534</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم حتى يكون هواه تبعا لما جئت به</t>
+  </si>
+  <si>
+    <t>“Sizin heç biriniz nəfsi istəkləri mənim gətirdiyimə tabe olmadıqca, iman etmiş olmaz”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُحَمَّدٍ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ العَاصِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى يَكُونَ هَوَاهُ تَبَعًا لِمَا جِئْتُ بِهِ».</t>
+  </si>
+  <si>
+    <t>Əbu Muhəmməd Abdullah bin Amr bin əl-As (Allah onların hər ikisindən razı olsun) rəvayət edir ki, Rəsulullah (sallallahu aleyhi va səlləm) belə demişdir: “Sizin heç biriniz nəfsi istəkləri mənim gətirdiyimə tabe olmadıqca, iman etmiş olmaz”.</t>
+  </si>
+  <si>
+    <t>بين النبي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أن الإنسان لا يكونا مؤمنًا كامل الإيمان الواجب حتى تكون محبته تابعة لما جاء به الرسول صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ من الأوامر والنواهي وغيرها، فيحب ما أمر به، ويكْرَهُ ما نَهَى عنه.</t>
+  </si>
+  <si>
+    <t>Peyğəmbər (sallallahu əleyhi va səlləm) bu hədisdə bəyan etmişdir ki, insanın sevgisi Peyğəmbərin (sallallahu əleyhi va səlləm) gətirdiyi əmr, qadağa və digər dini hökmlərə tabe olmadıqca, əmr etdiklərini sevib, qadağan etdiklərinə isə nifrət etmədikcə, o, vacib olan kamil imana sahib bir mömin ola bilməz.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في التسليم للشرع والانقياد له.
+تحذير الإنسان من أن من يحكم العقل أو العادة ويقدمه على ما جاء به الرسول صلى الله عليه وسلم، ففاعل ذلك قد نُفي الإيمان عنه.
+وجوب تحكيم الشريعة في كل شيء، لقوله: «لِمَا جِئتُ به».
+أن الإيمان يزيد بالطاعة وينقص بالمعصية.</t>
+  </si>
+  <si>
+    <t>Bu hədis, şəriətə təslim olmaq və ona boyun əymək mövzusunda bir qaydadır.
+İnsan, ağıla və ya adət-ənənəyə üstünlük verərək bunu Peyğəmbərin (sallallahu əleyhi va səlləm) gətirdiklərindən üstün tutmasından çəkindirilmişdir. Çünki şəriət bunu edən şəxsdən imanı inkar etmişdir.
+Peyğəmbərin (sallallahu əleyhi va səlləm) "Mənim gətirdiyimə tabe olmadıqca" sözünə əsasən şəriətin hər sahədə hakim tutulması vacibdir.
+İman itaətlə artır və asiliklə azalır.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث صحيح</t>
+  </si>
+  <si>
+    <t>رويناه في كتاب الحجة بإسناد صحيح</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث صحيح]</t>
+  </si>
+  <si>
+    <t>[رويناه في كتاب الحجة بإسناد صحيح]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66535</t>
+  </si>
+  <si>
+    <t>كل مسكر حرام</t>
+  </si>
+  <si>
+    <t>Hər bir sərxoşedici içki haramdır.</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي بُرْدَةَ، عَنْ أَبِيهِ أَبِي مُوسَى الأَشْعَريِّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ بَعَثَهُ إِلَى اليَمَنِ، فَسَأَلَهُ عَنْ أَشْرِبَةٍ تُصْنَعُ بِهَا، فَقَالَ: وَمَا هِيَ؟، قَالَ: «البِتْعُ وَالمِزْرُ»، فَقِيلَ لِأَبِي بُرْدَةَ: مَا البِتْعُ؟ قَالَ: نَبِيذُ العَسَلِ، وَالمِزْرُ: نَبِيذُ الشَّعِيرِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ» خرجه البخاري.
+وَخَرَّجَهُ مُسْلِمٌ وَلَفْظُهُ: قَالَ: بَعَثَنِي رَسُولُ اَلله أَنَا وَمُعَاذٌ إِلَى اَليَمَنِ، فَقُلْتُ: يَا رَسُولُ اَللَّهِ! إِنَّ شَرَابًا يُصْنَعُ بِأَرْضِنَا يُقَال لَهُ: المِزَرُ مِنَ الشَّعِيرِ، وَشَرَابٌ يُقَالُ لَهُ: البِتْعُ مِنَ العَسَلِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ». 
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «فَقَالَ: كُلُّ مَا أَسْكَرَ عَنِ الصَّلَاةِ فَهُوَ حَرَامٌ». 
+وَفِي رِوَايَةٍ لَهُ: «وَكَانَ رَسُولُ الله قَدْ أُعْطِيَ جَوَامِعَ الكَلِمِ بِخَوَاتِمِهِ، فَقَالَ: أَنْهَى عَنْ كُلِّ مُسْكِرٍ أَسْكَرَ عَنْ الصَّلَاةِ».</t>
+  </si>
+  <si>
+    <t>Əbu Burdə, atası Əbu Musa əl-Əşaridən (Allah ondan razı olsun) belə rəvayət edir: Peyğəmbər (sallallahu əleyhi va səlləm) onu (Əbu Musanı) Yəmənə göndərdi. Əbu Musa Peyğəmbərdən (sallallahu əleyhi va səlləm) orada hazırlanan içkilər barədə soruşdu. Peyğəmbər (sallallahu əleyhi va səlləm) dedi: "O nədir?". Əbu Musa dedi: "əl-Bit və əl-Mizr". Əbu Burdədən soruşdular: "əl-Bit nədir?". O dedi: "Baldan hazırlanmış şərabdır, Mizr isə arpadan hazırlanmış şərabdır". Peyğəmbər (sallallahu əleyhi va səlləm) buyurdu: "Hər bir sərxoşedici (içki) haramdır". Hədisi Buxari rəvayət etmişdir.</t>
+  </si>
+  <si>
+    <t>يخبر أبو موسى الأشعري رضي الله عنه أن النبي صلى الله عليه وسلم أرسله إلى اليمن، فسأله عن أشربة تصنع بها هل هي حرام، فاستفسر النبي صلى الله عليه وسلم عنها. 
+فقال أبو موسى رضي الله عنه: هي البتع: نبيذ العسل، والمزر: نبيذ الشعير. 
+فقال النبي صلى الله عليه وسلم وكان قد أوتي جوامع الكلم: «كل مسكر حرام».</t>
+  </si>
+  <si>
+    <t>Əbu Musa əl-Əşari (Allah ondan razı olsun) Peyğəmbərin (sallallahu əleyhi va səlləm) onu Yəmənə göndərdiyi zaman onun Peyğəmbərdən (sallallahu əleyhi va səlləm) orada hazırlanan bəzi içkilərin haram olub-olmadığını soruşduğunu xəbər verir. Əbu Musa (Allah ondan razı olsun) dedi: Bunlardan biri Bitdir. O, baldan hazırlanan şərabdır. Digəri isə Mizrdir. O isə arpadan hazırlanan şərabdır. Peyğəmbərə (sallallahu əleyhi va səlləm) qısa və geniş mənaları əhatə edən kəlimələr bəxş edilmişdir. O, (sallallahu əleyhi va səlləm) belə buyurdu: "Hər bir sərxoşedici (içki) haramdır".</t>
+  </si>
+  <si>
+    <t>النبيذ: هو الماء الذي يلقى فيه التمر أو العسل أو الشعير ونحوها؛ فيكتسب منها طعمًا ومذاقًا حلوًا، وقد يتخمر بعد ذلك ويصبح مسكرًا.
+الحديث قاعدة في تحريم جميع أنواع المسكرات كالخمر والحشيشة وغيرها.
+أهمية السؤال عن ما يحتاج إليه المسلم.
+كان أول ما حرمت الخمر عند حضور وقت الصلاة لما صلى بعض المهاجرين وقرأ في صلاته فخلط في قراءته؛ فنزل قوله تعالى: {يَا أَيُّهَا الَّذِينَ آمَنُوا لَا تَقْرَبُوا الصَّلَاةَ وَأَنْتُمْ سُكَارَى حَتَّى تَعْلَمُوا مَا تَقُولُونَ} [النساء: 43].  وكان منادي رسول الله صلى الله عليه وسلم ينادي: لا يقرب الصلاةَ سكران. ثم إن الله حرمها على الإطلاق بقوله: {يَا أَيُّهَا الَّذِينَ آمَنُوا إِنَّمَا الْخَمْرُ وَالْمَيْسِرُ وَالْأَنْصَابُ وَالْأَزْلَامُ رِجْسٌ مِنْ عَمَلِ الشَّيْطَانِ فَاجْتَنِبُوهُ لَعَلَّكُمْ تُفْلِحُونَ 90 إِنَّمَا يُرِيدُ الشَّيْطَانُ أَنْ يُوقِعَ بَيْنَكُمُ الْعَدَاوَةَ وَالْبَغْضَاءَ فِي الْخَمْرِ وَالْمَيْسِرِ وَيَصُدَّكُمْ عَنْ ذِكْرِ اللَّهِ وَعَنِ الصَّلَاةِ فَهَلْ أَنْتُمْ مُنْتَهُونَ} [المائدة: 90، 91].
+أن الله تعالى حرَّم الخمر لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+العبرة في التحريم وجود صفة الإسكار؛ فإذا اتصف النبيذ بالإسكار فهو محرم، وإذا لم يتصف بالإسكار فهو مباح.</t>
+  </si>
+  <si>
+    <t>Nəbiz: Bu, içinə xurma, bal, arpa və ya bu kimi təbii məhsullar atılmış sudur. Su həmin maddələrlə qarışdıqdan sonra onların dadını və şirinliyini alır. (Əgər bu qarışım bir müddət saxlanılarsa), mayalanaraq sərxoşedici içki ola bilər.
+Bu hədis, şərab, həşiş və digər bu kimi bütün sərxoşedici maddələrin haram olduğunu bildirən ümumi bir şəriət qaydasıdır.
+Müsəlmanın ehtiyac duyduğu məsələlər barəsində sual verməsinin əhəmiyyəti.
+Şərabın ilk dəfə haram edilməsi namaz vaxtının girməsi ilə əlaqadar idi. Belə ki, bəzi mühacirlər namaz qılarkən Quran oxudular və oxuduğu ayələri bir-birinə qarışdıraraq səhv oxudular. Bu zaman Uca Allah bu ayəni nazil etdi: (Ey iman gətirənlər! Sərxoş ikən nə dediyinizi anlayana qədər namaza yaxınlaşmayın). (Nisa: 43). Allah Rəsulunun (sallallahu əleyhi va səlləm) carçısı səslənərək belə dedi: “Sərxoş insan namaza yaxınlaşmasın!”. Daha sonra Uca Allah şərabı tamamilə haram edərək belə buyurdu: (Ey iman gətirənlər! Şübhəsiz ki, şərab da, qumar da, (ibadət üçün) dik qoyulmuş daşlar da, fal oxları da şeytan əməlindən olan murdar şeylərdir. Bunlardan çəkinin ki, bəlkə nicat tapasınız. Həqiqətən, şeytan şərab və qumar vasitəsilə sizin aranıza ədavət və kin salmaq, sizi Allahı anmaqdan və namazdan ayırmaq istər. Bunlara son qoyacaqsınızmı?). (Maidə: 90, 91).
+Uca Allah şərabı, onun böyük zərərləri və fəsadları səbəbilə haram etmişdir.
+Bir şeyin haram sayılmasında əsas meyar onun sərxoşedici xüsusiyyətə malik olmasıdır. Əgər nəbiz sərxoş edirsə, haramdır. Əgər sərxoş etmirsə, icazəlidir.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66536</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا، وإن كانت خصلة منهن فيه كانت فيه خصلة من النفاق حتى يدعها: من إذا حدث كذب، وإذا وعد أخلف، وإذا خاصم فجر، وإذا عاهد غدر</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Amrdan (Allah ondan razı olsun) rəvayət edilir ki, o, belə dedi: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)  dedi:||"Dörd xislət vardır ki, bunlar kimdə olarsa o, xalis münafiq sayılar. Hər kimdə bunlardan biri olarsa, onu tərk edənə qədər özündə nifaqdan bir xislət qalmış olar. Bu xislətlər bunlardır: Danışdığı zaman yalan danışar. Vəd verdikdə vədinə xilaf çıxar. Mübahisə etdikdə haqsızlıq edər. Əhd bağladıqda əhdini pozar</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا، وَإِنْ كَانَتْ خَصْلَةٌ مِنْهُنَّ فِيهِ كَانَتْ فِيهِ خَصْلَةٌ مِنَ النِّفَاقِ حَتَّى يَدَعَهَا: مَنْ إِذَا حَدَّثَ كَذَبَ، وإِذَا وَعَدَ أَخْلَفَ، وإذَا خَاصَمَ فَجَرَ، وَإِذَا عَاهَدَ غَدَرَ».</t>
+  </si>
+  <si>
+    <t>Abdullah ibn Amrdan (Allah ondan razı olsun) rəvayət edilir ki, o, belə dedi: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)  dedi: "Dörd xislət vardır ki, bunlar kimdə olarsa o, xalis münafiq sayılar. Hər kimdə bunlardan biri olarsa, onu tərk edənə qədər özündə nifaqdan bir xislət qalmış olar. Bu xislətlər bunlardır: Danışdığı zaman yalan danışar. Vəd verdikdə vədinə xilaf çıxar. Mübahisə etdikdə haqsızlıq edər. Əhd bağladıqda əhdini pozar".</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي:
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66537</t>
+  </si>
+  <si>
+    <t>لو أنكم كنتم توكلون على الله حق توكله لرزقكم كما يرزق الطير تغدو خماصا وتروح بطانا</t>
+  </si>
+  <si>
+    <t>Əgər siz Allaha layiqincə təvəkkül etsəydiniz, O, səhər yuvasından ac çıxıb, axşam tox qayıdan quşu ruziləndirdiyi kimi, sizi də ruziləndirərdi</t>
+  </si>
+  <si>
+    <t>عَنْ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْ أَنَّكُمْ كُنْتُمْ تَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ لَرَزَقَكُمْ كَمَا يَرْزَقُ الطَّيْرَ تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
+  </si>
+  <si>
+    <t>Ömər bin Xattab (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (salləllahu aleyhi va səlləm) belə buyurmuşdur: "Əgər siz Allaha layiqincə təvəkkül etsəydiniz, O, səhər yuvasından ac çıxıb, axşam tox qayıdan quşu ruziləndirdiyi kimi, sizi də ruziləndirərdi".</t>
+  </si>
+  <si>
+    <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد، والترمذي، والنسائي، وابن ماجه، وابن حبان في صحيحه، والحاكم</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه وابن حبان في صحيحه والحاكم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66538</t>
+  </si>
+  <si>
+    <t>البر: حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>Yaxşılıq: gözəl əxlaqdır. Günah isə qəlbini narahat edən və insanların bilməsini istəmədiyin şeydir</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ رَضِيَ اللهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «البِرُّ: حُسْنُ الخُلُقِ، وَالإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».   
+وَعَنْ وَابِصَةَ بْنِ مَعْبَدٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «جِئْتَ تَسْأَلُ عَنِ البِرِّ وَالإِثْمِ»، قُلْتُ: نَعَمْ، قَالَ: «اسْتَفْتِ قَلْبَكَ، البِرُّ: مَا اطْمَأَنَّتْ إلَيْهِ النَّفْسُ، وَاطْمَأَنَّ إلَيْهِ القَلْبُ، وَالإِثْمُ: مَا حَاكَ فِي نَفْسِكَ وَتَرَدَّدَ فِي الصَّدْرِ، وَإِنْ أَفْتَاكَ النَّاسُ وَأَفْتَوْكَ».</t>
+  </si>
+  <si>
+    <t>Nəvvas bin Siman (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (salləllahu aleyhi va səlləm) belə demişdir: "Yaxşılıq: gözəl əxlaqdır. Günah isə qəlbini narahat edən və insanların bilməsini istəmədiyin şeydir".</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم عن البر والإثم، فقال: إن أعظم خصال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقلة الغضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمبرة وحسن العشرة والصحبة. وأن البر ما سكن إليه القلب والنفس.
+وأما الإثم فما تحرك في النفس من المشتبهات وتردد دون أن ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرد أن تظهره لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه؛ وإن أفتاك الناس فلا تأخذ بفتواهم ما دامت علامة الشبهة تتردد في نفسك  فإن الفتوى لا تزيل الشبهة ما دامت الشبهة صحيحة وكان المفتي يفتي بغير علم؛ أما إذا كانت الفتوى بناء على دليل شرعي فالواجب على المستفتي الرُّجوعُ إليه، وإنْ لم ينشرح له صدرُه.</t>
+  </si>
+  <si>
+    <t>Peyğəmbər (salləllahu aleyhi va səlləm) bu hədisdə yaxşılıq və günah barəsində xəbər vermiş və belə buyurmuşdur: Yaxşılığın ən böyük xüsusiyyəti gözəl əxlaqa sahibi olmaqdır. Bu Allahla münasibətdə təqva ilə və insanlarla münasibətdə isə onların əziyyətlərinə səbr etmək, az qəzəblənmək, gülərüz olmaq, gözəl sözlər söyləmək, qohumluq əlaqələrini saxlamaq, Uca Allaha itaət etmək, nəzakətli olmaq, insanlara yaxşılıq etmək, ailə və dostlarla gözəl münasibətdə olmaqla baş verir. Həmçinin Peyğəmbər (salləllahu aleyhi va səlləm) əlavə etdi ki, yaxşılıq qəlbin və nəfsin rahatlıq tapdığı şeydir.‏ Amma günah isə şübhəli şeylərdən qəlbi narahat edən, insanın köksündə tərəddüd və qəlbdə şəkk yaradan, həmçinin onun günah olması ehtimalı ilə insanı qorxuya salan və onun görkəmli, nümunəvi və yüksək əxlaqa sahib olan insanların gözündə çirkin görünəcəyindən dolayı üzə çıxmasını istəmədiyi şeydir. Çünki insan nəfsi, təbiət etibarı ilə başqalarının onun yaxşı əməllərini bilməsini istəyir. Əgər insan nəfsi bəzi əməllərinin başqaları tərəfindən bilinməsini istəmirsə, bu, həmin əməlin günah olduğunu göstərir və o əməldə heç bir xeyir yoxdur. İnsanlar sənə (bir işin icazəli olduğuna) fətva versələr belə, əgər qəlbində şübhə əlamətləri dolaşmağa davam edirsə, onların fətvasını qəbul etmə. Çünki şübhə əsaslı və doğru, fətva verən isə elmsiz olarsa, verilən fətva şübhəni aradan qaldıra bilməz. Əgər verilən fətva şəri dəlilə əsaslanırsa, o zaman fətva alan şəxsin, hətta qəlbi rahat olmasa belə, bu fətvaya tabe olması vacibdir.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي.</t>
+  </si>
+  <si>
+    <t>[الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66540</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ بُسْرٍ رَضِيَ اللَّهِ عَنْهُ قَالَ: أَتَى النَّبِيَّ رَجُلٌ، فَقَالَ: يَا رَسُولَ اللَّهِ! إِنَّ شَرَائِعَ الإِسْلَامِ قَدْ كَثُرَتْ عَلَيْنَا، فَبَابٌ نَتَمَسَّكُ بِهِ جَامِعٌ؟ قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ». 
+وفي رواية: مِنْ حَدِيثِ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُ: آخِرُ مَا فَارَقْتُ عَلَيْهِ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ أَنْ قُلْتُ: أَيُّ الأَعْمَالِ خَيْرٌ وَأَقْرَبُ إِلَى اللَّهِ؟ قَالَ: «أَنْ تَمُوتَ وَلِسَانُكَ رَطْبٌ مِنْ ذِكْرِ اللَّهِ عَزَّ وَجَلَّ».</t>
+  </si>
+  <si>
+    <t>Abdullah bin Busr (Allah ondan razı olsun) rəvayət edir ki, bir kişi Peyğəmbərin (sallallahu aleyhi va səlləm) yanına gəlib belə dedi: “Ey Allahın elçisi! İslam ayinlərinin çoxluğu bizə ağır gəldi. Bütün xeyirli əməlləri əhatə edən bir qapı varmı, biz ondan möhkəm yapışaq?”. Peyğəmbər (sallallahu aleyhi vasəlləm) ona belə dedi: "Dilin daima Allahı zikr etməklə yaş qalsın".</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك.
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>رواه أحمد والترمذي وابن ماجه وابن حبان</t>
+  </si>
+  <si>
+    <t>[رواه أحمد والترمذي وابن ماجه وابن حبان]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/az/browse/hadith/66541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -15873,51 +17680,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O426"/>
+  <dimension ref="A1:O477"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -17189,18690 +18996,21117 @@
       </c>
       <c r="D29" t="s">
         <v>267</v>
       </c>
       <c r="E29" t="s">
         <v>268</v>
       </c>
       <c r="F29" t="s">
         <v>269</v>
       </c>
       <c r="G29" t="s">
         <v>270</v>
       </c>
       <c r="H29" t="s">
         <v>271</v>
       </c>
       <c r="I29" t="s">
         <v>272</v>
       </c>
       <c r="J29" t="s">
         <v>273</v>
       </c>
       <c r="K29" t="s">
         <v>274</v>
       </c>
+      <c r="L29" t="s">
+        <v>275</v>
+      </c>
       <c r="M29" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
         <v>3053</v>
       </c>
       <c r="B30" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C30" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D30" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E30" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F30" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="G30" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H30" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="I30" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
         <v>170</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
         <v>171</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
         <v>3061</v>
       </c>
       <c r="B31" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C31" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D31" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E31" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F31" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G31" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H31" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="I31" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
         <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
         <v>3062</v>
       </c>
       <c r="B32" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C32" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D32" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E32" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F32" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G32" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="H32" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="I32" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
         <v>3063</v>
       </c>
       <c r="B33" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C33" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D33" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E33" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F33" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="G33" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="H33" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="I33" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
         <v>25</v>
       </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
         <v>27</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
         <v>3071</v>
       </c>
       <c r="B34" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C34" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D34" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E34" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F34" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="G34" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="H34" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="I34" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
         <v>170</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
         <v>171</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
         <v>3075</v>
       </c>
       <c r="B35" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C35" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D35" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E35" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="F35" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="G35" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="H35" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="I35" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
         <v>25</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
         <v>27</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
         <v>3078</v>
       </c>
       <c r="B36" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C36" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D36" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="E36" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F36" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="G36" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H36" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="I36" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>25</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
         <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
         <v>3079</v>
       </c>
       <c r="B37" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C37" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D37" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E37" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F37" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="G37" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="H37" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="I37" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>25</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
         <v>3086</v>
       </c>
       <c r="B38" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C38" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D38" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E38" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F38" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="G38" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="H38" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="I38" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>25</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>27</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
         <v>3087</v>
       </c>
       <c r="B39" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C39" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D39" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E39" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F39" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="G39" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="H39" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="I39" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
         <v>25</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
         <v>27</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
         <v>3088</v>
       </c>
       <c r="B40" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C40" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D40" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="E40" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="F40" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="G40" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="H40" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="I40" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
         <v>170</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
         <v>171</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
         <v>3095</v>
       </c>
       <c r="B41" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C41" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D41" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E41" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="F41" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="G41" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="H41" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="I41" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
         <v>25</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
         <v>27</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
         <v>3096</v>
       </c>
       <c r="B42" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C42" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D42" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E42" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F42" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="G42" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="H42" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="I42" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>25</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
         <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
         <v>3103</v>
       </c>
       <c r="B43" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C43" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D43" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E43" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F43" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="G43" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="H43" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="I43" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
         <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
         <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
         <v>3104</v>
       </c>
       <c r="B44" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C44" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D44" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="E44" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F44" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="G44" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="H44" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="I44" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
         <v>25</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
         <v>27</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
         <v>3107</v>
       </c>
       <c r="B45" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C45" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D45" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="E45" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="F45" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="G45" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H45" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="I45" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
         <v>25</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
         <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
         <v>3110</v>
       </c>
       <c r="B46" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C46" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D46" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E46" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="F46" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="G46" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H46" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="I46" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
         <v>3122</v>
       </c>
       <c r="B47" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C47" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D47" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="E47" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="F47" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="G47" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="H47" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I47" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="J47" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K47" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="L47" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M47" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
         <v>3127</v>
       </c>
       <c r="B48" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C48" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D48" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="E48" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="F48" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="G48" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="H48" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="I48" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
         <v>25</v>
       </c>
       <c r="L48" t="s">
         <v>26</v>
       </c>
       <c r="M48" t="s">
         <v>27</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
         <v>3135</v>
       </c>
       <c r="B49" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C49" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D49" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="E49" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F49" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G49" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="H49" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="I49" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
         <v>25</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
         <v>27</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
         <v>3138</v>
       </c>
       <c r="B50" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C50" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D50" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="E50" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="F50" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="G50" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="H50" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="I50" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
         <v>170</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
         <v>171</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
         <v>3142</v>
       </c>
       <c r="B51" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C51" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D51" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="E51" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="F51" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="G51" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="H51" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="I51" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
         <v>59</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
         <v>61</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
         <v>3143</v>
       </c>
       <c r="B52" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C52" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D52" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="E52" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="F52" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="G52" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="H52" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="I52" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
         <v>25</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
         <v>27</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
         <v>3144</v>
       </c>
       <c r="B53" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C53" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D53" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="E53" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="F53" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="G53" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="H53" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="I53" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>25</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>27</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
         <v>3145</v>
       </c>
       <c r="B54" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C54" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D54" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="E54" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="F54" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="G54" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="H54" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="I54" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
         <v>25</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
         <v>27</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
         <v>3150</v>
       </c>
       <c r="B55" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C55" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D55" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="E55" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="F55" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G55" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="H55" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="I55" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
         <v>25</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
         <v>27</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
         <v>3153</v>
       </c>
       <c r="B56" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C56" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D56" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="E56" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="F56" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="G56" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="H56" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="I56" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
         <v>25</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
         <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
         <v>3156</v>
       </c>
       <c r="B57" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C57" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D57" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="F57" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="G57" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="H57" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="I57" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
         <v>25</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
         <v>27</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
         <v>3157</v>
       </c>
       <c r="B58" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C58" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D58" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="E58" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F58" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="G58" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="H58" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I58" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
         <v>170</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
         <v>171</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
         <v>3159</v>
       </c>
       <c r="B59" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C59" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D59" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="E59" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="F59" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="G59" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="H59" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="I59" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="J59" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K59" t="s">
         <v>59</v>
       </c>
       <c r="L59" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M59" t="s">
         <v>61</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
         <v>3220</v>
       </c>
       <c r="B60" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C60" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D60" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E60" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="F60" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="G60" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="H60" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="I60" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
         <v>25</v>
       </c>
       <c r="L60" t="s">
         <v>26</v>
       </c>
       <c r="M60" t="s">
         <v>27</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
         <v>3236</v>
       </c>
       <c r="B61" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C61" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D61" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="E61" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="F61" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="G61" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="H61" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="I61" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
         <v>3267</v>
       </c>
       <c r="B62" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C62" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D62" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="E62" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="F62" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="G62" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="H62" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="I62" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
         <v>170</v>
       </c>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
         <v>171</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
         <v>3272</v>
       </c>
       <c r="B63" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C63" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D63" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="E63" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="F63" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="G63" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="H63" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="I63" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
         <v>170</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
         <v>171</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
         <v>3279</v>
       </c>
       <c r="B64" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C64" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D64" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E64" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F64" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="G64" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="H64" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="I64" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
         <v>25</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
         <v>27</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
         <v>3298</v>
       </c>
       <c r="B65" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C65" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D65" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="E65" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="F65" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G65" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="H65" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="I65" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
         <v>170</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
         <v>171</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
         <v>3310</v>
       </c>
       <c r="B66" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C66" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D66" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="E66" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="F66" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="G66" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="H66" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="I66" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
         <v>25</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
         <v>27</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
         <v>3313</v>
       </c>
       <c r="B67" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C67" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D67" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="E67" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="F67" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="G67" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="H67" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="I67" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
         <v>25</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
         <v>27</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
         <v>3316</v>
       </c>
       <c r="B68" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C68" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D68" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="E68" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="F68" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="G68" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="H68" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="I68" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
         <v>47</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
         <v>48</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
         <v>3317</v>
       </c>
       <c r="B69" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C69" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D69" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="E69" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="F69" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="G69" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="H69" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="I69" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
         <v>3330</v>
       </c>
       <c r="B70" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C70" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D70" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="E70" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="F70" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="G70" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="H70" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="I70" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
         <v>25</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
         <v>27</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
         <v>3331</v>
       </c>
       <c r="B71" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C71" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D71" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="E71" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="F71" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="G71" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="H71" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="I71" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
         <v>25</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
         <v>27</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
         <v>3336</v>
       </c>
       <c r="B72" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C72" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D72" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="E72" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="F72" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="G72" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="H72" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="I72" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
         <v>3341</v>
       </c>
       <c r="B73" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C73" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D73" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="E73" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="F73" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="G73" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="H73" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="I73" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
         <v>47</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
         <v>48</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
         <v>3342</v>
       </c>
       <c r="B74" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C74" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D74" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="E74" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="F74" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="G74" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="H74" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="I74" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
         <v>170</v>
       </c>
       <c r="L74" t="s">
         <v>26</v>
       </c>
       <c r="M74" t="s">
         <v>171</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
         <v>3345</v>
       </c>
       <c r="B75" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C75" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D75" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="E75" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="F75" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="G75" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="H75" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="I75" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
         <v>25</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
         <v>27</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
         <v>3347</v>
       </c>
       <c r="B76" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C76" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D76" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="E76" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="F76" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="G76" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="H76" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="I76" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
         <v>170</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
         <v>171</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
         <v>3348</v>
       </c>
       <c r="B77" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C77" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D77" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="E77" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="F77" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="G77" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="H77" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="I77" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
         <v>25</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77" t="s">
         <v>27</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
         <v>3350</v>
       </c>
       <c r="B78" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C78" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D78" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="E78" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="F78" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="G78" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="H78" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="I78" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="J78" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K78" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="L78" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M78" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
         <v>3352</v>
       </c>
       <c r="B79" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="C79" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D79" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="E79" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="F79" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="G79" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="H79" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="I79" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="J79" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="K79" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="L79" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="M79" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="N79" t="s">
         <v>28</v>
       </c>
       <c r="O79" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
         <v>3354</v>
       </c>
       <c r="B80" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C80" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="D80" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="E80" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="F80" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="G80" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="H80" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="I80" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
         <v>25</v>
       </c>
       <c r="L80" t="s">
         <v>26</v>
       </c>
       <c r="M80" t="s">
         <v>27</v>
       </c>
       <c r="N80" t="s">
         <v>28</v>
       </c>
       <c r="O80" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
         <v>3355</v>
       </c>
       <c r="B81" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C81" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="D81" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="E81" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="F81" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="G81" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="H81" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="I81" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
         <v>25</v>
       </c>
       <c r="L81" t="s">
         <v>26</v>
       </c>
       <c r="M81" t="s">
         <v>27</v>
       </c>
       <c r="N81" t="s">
         <v>28</v>
       </c>
       <c r="O81" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
         <v>3359</v>
       </c>
       <c r="B82" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="C82" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D82" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="E82" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="F82" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="G82" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="H82" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="I82" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
         <v>3361</v>
       </c>
       <c r="B83" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C83" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D83" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="E83" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="F83" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="G83" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="H83" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="I83" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
         <v>170</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
         <v>171</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
         <v>3365</v>
       </c>
       <c r="B84" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C84" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="D84" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="E84" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="F84" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="G84" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="H84" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="I84" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
         <v>25</v>
       </c>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84" t="s">
         <v>27</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
         <v>3366</v>
       </c>
       <c r="B85" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C85" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D85" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="E85" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="F85" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="G85" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="H85" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="I85" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
         <v>25</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
         <v>27</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
         <v>3370</v>
       </c>
       <c r="B86" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C86" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D86" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="E86" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="F86" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="G86" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="H86" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="I86" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
         <v>170</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
         <v>171</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
         <v>3372</v>
       </c>
       <c r="B87" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C87" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D87" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="E87" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="F87" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="G87" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="H87" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="I87" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
         <v>170</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
         <v>171</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
         <v>3373</v>
       </c>
       <c r="B88" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="C88" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D88" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="E88" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="F88" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="G88" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="H88" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="I88" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
         <v>170</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
         <v>171</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
         <v>3375</v>
       </c>
       <c r="B89" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C89" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="D89" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="E89" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="F89" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="G89" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="H89" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="I89" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="J89" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K89" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="L89" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M89" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
         <v>3381</v>
       </c>
       <c r="B90" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="C90" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="D90" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="E90" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="F90" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="G90" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="H90" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="I90" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="J90" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K90" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="L90" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M90" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
         <v>3383</v>
       </c>
       <c r="B91" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C91" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="D91" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="E91" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="F91" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="G91" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="H91" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="I91" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
         <v>274</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
         <v>3389</v>
       </c>
       <c r="B92" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C92" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D92" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="E92" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="F92" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="G92" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="H92" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="I92" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="L92" t="s">
         <v>26</v>
       </c>
       <c r="M92" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
         <v>3390</v>
       </c>
       <c r="B93" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="C93" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="D93" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="E93" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="F93" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="G93" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="H93" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="I93" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
         <v>25</v>
       </c>
       <c r="L93" t="s">
         <v>26</v>
       </c>
       <c r="M93" t="s">
         <v>27</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
         <v>3395</v>
       </c>
       <c r="B94" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="C94" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="D94" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="E94" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="F94" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="G94" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="H94" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="I94" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="L94" t="s">
         <v>26</v>
       </c>
       <c r="M94" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
         <v>3406</v>
       </c>
       <c r="B95" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="C95" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="D95" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="E95" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="F95" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="G95" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="H95" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="I95" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
         <v>47</v>
       </c>
       <c r="L95" t="s">
         <v>26</v>
       </c>
       <c r="M95" t="s">
         <v>48</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
         <v>3407</v>
       </c>
       <c r="B96" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="C96" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="D96" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="E96" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="F96" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="G96" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="H96" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="I96" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
         <v>25</v>
       </c>
       <c r="L96" t="s">
         <v>26</v>
       </c>
       <c r="M96" t="s">
         <v>27</v>
       </c>
       <c r="N96" t="s">
         <v>28</v>
       </c>
       <c r="O96" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
         <v>3409</v>
       </c>
       <c r="B97" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="C97" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="D97" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="E97" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="F97" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="G97" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="H97" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="I97" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
         <v>25</v>
       </c>
       <c r="L97" t="s">
         <v>26</v>
       </c>
       <c r="M97" t="s">
         <v>27</v>
       </c>
       <c r="N97" t="s">
         <v>28</v>
       </c>
       <c r="O97" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
         <v>3410</v>
       </c>
       <c r="B98" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C98" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="D98" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="E98" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="F98" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="G98" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="H98" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="I98" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
         <v>25</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
         <v>27</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
         <v>3414</v>
       </c>
       <c r="B99" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C99" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D99" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="E99" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="F99" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="G99" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="H99" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="I99" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
         <v>47</v>
       </c>
       <c r="L99" t="s">
         <v>26</v>
       </c>
       <c r="M99" t="s">
         <v>48</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
         <v>3417</v>
       </c>
       <c r="B100" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="C100" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="D100" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="E100" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="F100" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="G100" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="H100" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="I100" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
         <v>25</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
         <v>27</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
         <v>3418</v>
       </c>
       <c r="B101" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C101" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="D101" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="E101" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="F101" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="G101" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="H101" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="I101" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
         <v>170</v>
       </c>
       <c r="L101" t="s">
         <v>26</v>
       </c>
       <c r="M101" t="s">
         <v>171</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
         <v>3419</v>
       </c>
       <c r="B102" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="C102" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="D102" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="E102" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="F102" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="G102" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="H102" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="I102" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
         <v>25</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
         <v>27</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
         <v>3420</v>
       </c>
       <c r="B103" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C103" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D103" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="E103" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="F103" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="G103" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="H103" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="I103" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
         <v>170</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
         <v>171</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
         <v>3422</v>
       </c>
       <c r="B104" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="C104" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="D104" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="E104" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="F104" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="G104" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="H104" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="I104" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
         <v>25</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
         <v>27</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
         <v>3437</v>
       </c>
       <c r="B105" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="C105" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="D105" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="E105" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="F105" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="G105" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="H105" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="I105" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
         <v>25</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
         <v>27</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
         <v>3438</v>
       </c>
       <c r="B106" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C106" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="D106" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="E106" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="F106" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="G106" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="H106" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="I106" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
         <v>25</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
         <v>27</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
         <v>3444</v>
       </c>
       <c r="B107" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C107" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D107" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="E107" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="F107" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="G107" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="H107" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="I107" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
         <v>25</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>27</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
         <v>3461</v>
       </c>
       <c r="B108" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="C108" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="D108" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="E108" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="F108" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="G108" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="H108" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="I108" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
         <v>25</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
         <v>27</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
         <v>3470</v>
       </c>
       <c r="B109" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C109" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D109" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="E109" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="F109" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="G109" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="H109" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="I109" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
         <v>3475</v>
       </c>
       <c r="B110" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="C110" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="D110" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="E110" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="F110" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="G110" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="H110" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="I110" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
         <v>47</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
         <v>48</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
         <v>3476</v>
       </c>
       <c r="B111" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C111" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="D111" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="E111" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="F111" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="G111" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="H111" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="I111" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
         <v>25</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
         <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
         <v>3481</v>
       </c>
       <c r="B112" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="C112" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="D112" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="E112" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="F112" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="G112" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="H112" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="I112" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
         <v>170</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
       <c r="M112" t="s">
         <v>171</v>
       </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
         <v>3512</v>
       </c>
       <c r="B113" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="C113" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="D113" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="E113" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="F113" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="G113" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="H113" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="I113" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
         <v>25</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
         <v>27</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
         <v>3520</v>
       </c>
       <c r="B114" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="C114" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="D114" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="E114" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="F114" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="G114" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="H114" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="I114" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
         <v>59</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>61</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
         <v>3534</v>
       </c>
       <c r="B115" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="C115" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="D115" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="E115" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="F115" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="G115" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="H115" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="I115" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
         <v>25</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
         <v>27</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
         <v>3553</v>
       </c>
       <c r="B116" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="C116" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="D116" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="E116" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="F116" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="G116" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="H116" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="I116" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
         <v>47</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
         <v>48</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
         <v>3567</v>
       </c>
       <c r="B117" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="C117" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="D117" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="E117" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="F117" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="G117" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="H117" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="I117" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="J117" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K117" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="L117" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M117" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
         <v>3574</v>
       </c>
       <c r="B118" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="C118" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="D118" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="E118" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="F118" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="G118" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="H118" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="I118" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
         <v>170</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
         <v>171</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
         <v>3575</v>
       </c>
       <c r="B119" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="C119" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="D119" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="E119" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="F119" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="G119" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="H119" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="I119" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
         <v>3581</v>
       </c>
       <c r="B120" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="C120" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="D120" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="E120" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="F120" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="G120" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="H120" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="I120" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
         <v>47</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
         <v>48</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
         <v>3588</v>
       </c>
       <c r="B121" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="C121" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="D121" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="E121" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="F121" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="G121" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="H121" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="I121" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
         <v>3591</v>
       </c>
       <c r="B122" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="C122" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="D122" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="E122" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="F122" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="G122" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="H122" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="I122" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
         <v>170</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
       </c>
       <c r="M122" t="s">
         <v>171</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
         <v>3686</v>
       </c>
       <c r="B123" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="C123" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="D123" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="E123" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="F123" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="G123" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="H123" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="I123" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
         <v>47</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
         <v>48</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
         <v>3689</v>
       </c>
       <c r="B124" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="C124" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="D124" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="E124" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="F124" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="G124" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="H124" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="I124" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
         <v>25</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
         <v>27</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
         <v>3700</v>
       </c>
       <c r="B125" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="C125" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="D125" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="E125" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="F125" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="G125" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="H125" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="I125" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
         <v>25</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
         <v>27</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
         <v>3701</v>
       </c>
       <c r="B126" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="C126" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="D126" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="E126" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="F126" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="G126" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="H126" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="I126" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
         <v>25</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
         <v>27</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
         <v>3702</v>
       </c>
       <c r="B127" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="C127" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="D127" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="E127" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="F127" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="G127" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="H127" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="I127" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
         <v>47</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
         <v>48</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
         <v>3706</v>
       </c>
       <c r="B128" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="C128" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="D128" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="E128" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="F128" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="G128" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="H128" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="I128" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
         <v>25</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
         <v>27</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
         <v>3711</v>
       </c>
       <c r="B129" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="C129" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="D129" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="E129" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="F129" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="G129" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="H129" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="I129" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
         <v>170</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129" t="s">
         <v>171</v>
       </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
         <v>3716</v>
       </c>
       <c r="B130" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="C130" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="D130" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="E130" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="F130" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="G130" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="H130" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="I130" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
         <v>47</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
         <v>48</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
         <v>3718</v>
       </c>
       <c r="B131" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="C131" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="D131" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="E131" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="F131" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="G131" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="H131" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="I131" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
         <v>170</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
         <v>171</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
         <v>3719</v>
       </c>
       <c r="B132" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="C132" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="D132" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="E132" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="F132" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="G132" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="H132" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="I132" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
         <v>170</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
         <v>171</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
         <v>3732</v>
       </c>
       <c r="B133" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="C133" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="D133" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="E133" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="F133" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="G133" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="H133" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="I133" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
         <v>170</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
         <v>171</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
         <v>3753</v>
       </c>
       <c r="B134" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="C134" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="D134" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="E134" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="F134" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="G134" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="H134" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="I134" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
         <v>25</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
         <v>27</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
         <v>3756</v>
       </c>
       <c r="B135" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="C135" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="D135" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="E135" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="F135" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="G135" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="H135" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="I135" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
         <v>25</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
         <v>27</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
         <v>3854</v>
       </c>
       <c r="B136" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="C136" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="D136" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="E136" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="F136" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="G136" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="H136" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="I136" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
         <v>47</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
         <v>48</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
         <v>4176</v>
       </c>
       <c r="B137" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="C137" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="D137" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="E137" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="F137" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="G137" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="H137" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="I137" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
         <v>170</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
         <v>171</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
         <v>4186</v>
       </c>
       <c r="B138" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="C138" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="D138" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="E138" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="F138" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="G138" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="H138" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="I138" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
         <v>59</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
         <v>61</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
         <v>4196</v>
       </c>
       <c r="B139" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="C139" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="D139" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="E139" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="F139" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="G139" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="H139" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="I139" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
         <v>25</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
         <v>27</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
         <v>4198</v>
       </c>
       <c r="B140" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="C140" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="D140" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="E140" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="F140" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="G140" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="H140" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="I140" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
         <v>25</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
         <v>27</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
         <v>4202</v>
       </c>
       <c r="B141" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="C141" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="D141" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="E141" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="F141" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="G141" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="H141" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="I141" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
         <v>25</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
         <v>27</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
         <v>4204</v>
       </c>
       <c r="B142" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="C142" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="D142" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="E142" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="F142" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="G142" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="H142" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="I142" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
         <v>47</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
         <v>48</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
         <v>4206</v>
       </c>
       <c r="B143" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="C143" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="D143" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="E143" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="F143" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="G143" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="H143" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="I143" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
         <v>25</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
         <v>27</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
         <v>4211</v>
       </c>
       <c r="B144" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="C144" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="D144" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="E144" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="F144" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="G144" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="H144" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="I144" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
         <v>25</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
         <v>27</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>4243</v>
+        <v>4216</v>
       </c>
       <c r="B145" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="C145" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="D145" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="E145" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="F145" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="G145" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="H145" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="I145" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="J145" t="s">
-        <v>24</v>
+        <v>1349</v>
       </c>
       <c r="K145" t="s">
-        <v>25</v>
+        <v>1350</v>
       </c>
       <c r="L145" t="s">
-        <v>26</v>
+        <v>1351</v>
       </c>
       <c r="M145" t="s">
-        <v>27</v>
+        <v>1352</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>4292</v>
+        <v>4243</v>
       </c>
       <c r="B146" t="s">
-        <v>1349</v>
+        <v>1354</v>
       </c>
       <c r="C146" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
       <c r="D146" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
       <c r="E146" t="s">
-        <v>1352</v>
+        <v>1357</v>
       </c>
       <c r="F146" t="s">
-        <v>1353</v>
+        <v>1358</v>
       </c>
       <c r="G146" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="H146" t="s">
-        <v>1355</v>
+        <v>1360</v>
       </c>
       <c r="I146" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
-        <v>1357</v>
+        <v>25</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
+      <c r="M146" t="s">
+        <v>27</v>
+      </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>4295</v>
+        <v>4292</v>
       </c>
       <c r="B147" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
       <c r="C147" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
       <c r="D147" t="s">
-        <v>1361</v>
+        <v>1365</v>
       </c>
       <c r="E147" t="s">
-        <v>1362</v>
+        <v>1366</v>
       </c>
       <c r="F147" t="s">
-        <v>1363</v>
+        <v>1367</v>
       </c>
       <c r="G147" t="s">
-        <v>1364</v>
+        <v>1368</v>
       </c>
       <c r="H147" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="I147" t="s">
-        <v>1366</v>
+        <v>1370</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
-        <v>25</v>
+        <v>1371</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
-        <v>27</v>
+        <v>1372</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1367</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>4304</v>
+        <v>4295</v>
       </c>
       <c r="B148" t="s">
-        <v>1368</v>
+        <v>1374</v>
       </c>
       <c r="C148" t="s">
-        <v>1369</v>
+        <v>1375</v>
       </c>
       <c r="D148" t="s">
-        <v>1370</v>
+        <v>1376</v>
       </c>
       <c r="E148" t="s">
-        <v>1371</v>
+        <v>1377</v>
       </c>
       <c r="F148" t="s">
-        <v>1372</v>
+        <v>1378</v>
       </c>
       <c r="G148" t="s">
-        <v>1373</v>
+        <v>1379</v>
       </c>
       <c r="H148" t="s">
-        <v>1374</v>
+        <v>1380</v>
       </c>
       <c r="I148" t="s">
-        <v>1375</v>
+        <v>1381</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
         <v>25</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
         <v>27</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1376</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>4309</v>
+        <v>4303</v>
       </c>
       <c r="B149" t="s">
-        <v>1377</v>
+        <v>1383</v>
       </c>
       <c r="C149" t="s">
-        <v>1378</v>
+        <v>1384</v>
       </c>
       <c r="D149" t="s">
-        <v>1379</v>
+        <v>1385</v>
       </c>
       <c r="E149" t="s">
-        <v>1380</v>
+        <v>1386</v>
       </c>
       <c r="F149" t="s">
-        <v>1381</v>
+        <v>1387</v>
       </c>
       <c r="G149" t="s">
-        <v>1382</v>
+        <v>1388</v>
       </c>
       <c r="H149" t="s">
-        <v>1383</v>
+        <v>1389</v>
       </c>
       <c r="I149" t="s">
-        <v>1384</v>
+        <v>1390</v>
       </c>
       <c r="J149" t="s">
-        <v>24</v>
+        <v>739</v>
       </c>
       <c r="K149" t="s">
-        <v>170</v>
+        <v>1111</v>
       </c>
       <c r="L149" t="s">
-        <v>26</v>
+        <v>741</v>
       </c>
       <c r="M149" t="s">
-        <v>171</v>
+        <v>1112</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1385</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>4314</v>
+        <v>4304</v>
       </c>
       <c r="B150" t="s">
-        <v>1386</v>
+        <v>1392</v>
       </c>
       <c r="C150" t="s">
-        <v>1387</v>
+        <v>1393</v>
       </c>
       <c r="D150" t="s">
-        <v>1388</v>
+        <v>1394</v>
       </c>
       <c r="E150" t="s">
-        <v>1389</v>
+        <v>1395</v>
       </c>
       <c r="F150" t="s">
-        <v>1390</v>
+        <v>1396</v>
       </c>
       <c r="G150" t="s">
-        <v>1391</v>
+        <v>1397</v>
       </c>
       <c r="H150" t="s">
-        <v>1392</v>
+        <v>1398</v>
       </c>
       <c r="I150" t="s">
-        <v>1393</v>
+        <v>1399</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
         <v>25</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
         <v>27</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1394</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>4318</v>
+        <v>4307</v>
       </c>
       <c r="B151" t="s">
-        <v>1395</v>
+        <v>1401</v>
       </c>
       <c r="C151" t="s">
-        <v>1396</v>
+        <v>1402</v>
       </c>
       <c r="D151" t="s">
-        <v>1397</v>
+        <v>1403</v>
       </c>
       <c r="E151" t="s">
-        <v>1398</v>
+        <v>1404</v>
       </c>
       <c r="F151" t="s">
-        <v>1399</v>
+        <v>1405</v>
       </c>
       <c r="G151" t="s">
-        <v>1400</v>
+        <v>1406</v>
       </c>
       <c r="H151" t="s">
-        <v>1401</v>
+        <v>1407</v>
       </c>
       <c r="I151" t="s">
-        <v>1402</v>
+        <v>1408</v>
       </c>
       <c r="J151" t="s">
-        <v>24</v>
+        <v>1349</v>
       </c>
       <c r="K151" t="s">
-        <v>170</v>
+        <v>1409</v>
       </c>
       <c r="L151" t="s">
-        <v>26</v>
+        <v>1351</v>
       </c>
       <c r="M151" t="s">
-        <v>171</v>
+        <v>1410</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1403</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>4319</v>
+        <v>4308</v>
       </c>
       <c r="B152" t="s">
-        <v>1404</v>
+        <v>1412</v>
       </c>
       <c r="C152" t="s">
-        <v>1405</v>
+        <v>1413</v>
       </c>
       <c r="D152" t="s">
-        <v>1406</v>
+        <v>1414</v>
       </c>
       <c r="E152" t="s">
-        <v>1407</v>
+        <v>1415</v>
       </c>
       <c r="F152" t="s">
-        <v>1408</v>
+        <v>1416</v>
       </c>
       <c r="G152" t="s">
-        <v>1409</v>
+        <v>1417</v>
       </c>
       <c r="H152" t="s">
-        <v>1410</v>
+        <v>1418</v>
       </c>
       <c r="I152" t="s">
-        <v>1411</v>
+        <v>1419</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
         <v>170</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
         <v>171</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1412</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>4322</v>
+        <v>4309</v>
       </c>
       <c r="B153" t="s">
-        <v>1413</v>
+        <v>1421</v>
       </c>
       <c r="C153" t="s">
-        <v>1414</v>
+        <v>1422</v>
       </c>
       <c r="D153" t="s">
-        <v>1415</v>
+        <v>1423</v>
       </c>
       <c r="E153" t="s">
-        <v>1416</v>
+        <v>1424</v>
       </c>
       <c r="F153" t="s">
-        <v>1417</v>
+        <v>1425</v>
       </c>
       <c r="G153" t="s">
-        <v>1418</v>
+        <v>1426</v>
       </c>
       <c r="H153" t="s">
-        <v>1419</v>
+        <v>1427</v>
       </c>
       <c r="I153" t="s">
-        <v>1420</v>
+        <v>1428</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1421</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>4555</v>
+        <v>4311</v>
       </c>
       <c r="B154" t="s">
-        <v>1422</v>
+        <v>1430</v>
       </c>
       <c r="C154" t="s">
-        <v>1423</v>
+        <v>1431</v>
       </c>
       <c r="D154" t="s">
-        <v>1424</v>
+        <v>1432</v>
       </c>
       <c r="E154" t="s">
-        <v>1425</v>
+        <v>1433</v>
       </c>
       <c r="F154" t="s">
-        <v>1426</v>
+        <v>1434</v>
       </c>
       <c r="G154" t="s">
-        <v>1427</v>
+        <v>1435</v>
       </c>
       <c r="H154" t="s">
-        <v>1428</v>
+        <v>1436</v>
       </c>
       <c r="I154" t="s">
-        <v>1429</v>
+        <v>1437</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1430</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>4556</v>
+        <v>4314</v>
       </c>
       <c r="B155" t="s">
-        <v>1431</v>
+        <v>1439</v>
       </c>
       <c r="C155" t="s">
-        <v>1432</v>
+        <v>1440</v>
       </c>
       <c r="D155" t="s">
-        <v>1433</v>
+        <v>1441</v>
       </c>
       <c r="E155" t="s">
-        <v>1434</v>
+        <v>1442</v>
       </c>
       <c r="F155" t="s">
-        <v>1435</v>
+        <v>1443</v>
       </c>
       <c r="G155" t="s">
-        <v>1436</v>
+        <v>1444</v>
       </c>
       <c r="H155" t="s">
-        <v>1437</v>
+        <v>1445</v>
       </c>
       <c r="I155" t="s">
-        <v>1438</v>
+        <v>1446</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
         <v>25</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
         <v>27</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1439</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>4560</v>
+        <v>4316</v>
       </c>
       <c r="B156" t="s">
-        <v>1440</v>
+        <v>1448</v>
       </c>
       <c r="C156" t="s">
-        <v>1441</v>
+        <v>1449</v>
       </c>
       <c r="D156" t="s">
-        <v>1442</v>
+        <v>1450</v>
       </c>
       <c r="E156" t="s">
-        <v>1443</v>
+        <v>1451</v>
       </c>
       <c r="F156" t="s">
-        <v>1444</v>
+        <v>1452</v>
       </c>
       <c r="G156" t="s">
-        <v>1445</v>
+        <v>1453</v>
       </c>
       <c r="H156" t="s">
-        <v>1446</v>
+        <v>1454</v>
       </c>
       <c r="I156" t="s">
-        <v>1447</v>
+        <v>1455</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1448</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>4563</v>
+        <v>4318</v>
       </c>
       <c r="B157" t="s">
-        <v>1449</v>
+        <v>1457</v>
       </c>
       <c r="C157" t="s">
-        <v>1450</v>
+        <v>1458</v>
       </c>
       <c r="D157" t="s">
-        <v>1451</v>
+        <v>1459</v>
       </c>
       <c r="E157" t="s">
-        <v>1452</v>
+        <v>1460</v>
       </c>
       <c r="F157" t="s">
-        <v>1453</v>
+        <v>1461</v>
       </c>
       <c r="G157" t="s">
-        <v>1454</v>
+        <v>1462</v>
       </c>
       <c r="H157" t="s">
-        <v>1455</v>
+        <v>1463</v>
       </c>
       <c r="I157" t="s">
-        <v>1456</v>
+        <v>1464</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
         <v>170</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
         <v>171</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1457</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>4566</v>
+        <v>4319</v>
       </c>
       <c r="B158" t="s">
-        <v>1458</v>
+        <v>1466</v>
       </c>
       <c r="C158" t="s">
-        <v>1459</v>
+        <v>1467</v>
       </c>
       <c r="D158" t="s">
-        <v>1460</v>
+        <v>1468</v>
       </c>
       <c r="E158" t="s">
-        <v>1461</v>
+        <v>1469</v>
       </c>
       <c r="F158" t="s">
-        <v>1462</v>
+        <v>1470</v>
       </c>
       <c r="G158" t="s">
-        <v>1463</v>
+        <v>1471</v>
       </c>
       <c r="H158" t="s">
-        <v>1464</v>
+        <v>1472</v>
       </c>
       <c r="I158" t="s">
-        <v>1465</v>
+        <v>1473</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1466</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>4568</v>
+        <v>4322</v>
       </c>
       <c r="B159" t="s">
-        <v>1467</v>
+        <v>1475</v>
       </c>
       <c r="C159" t="s">
-        <v>1468</v>
+        <v>1476</v>
       </c>
       <c r="D159" t="s">
-        <v>1469</v>
+        <v>1477</v>
       </c>
       <c r="E159" t="s">
-        <v>1470</v>
+        <v>1478</v>
       </c>
       <c r="F159" t="s">
-        <v>1471</v>
+        <v>1479</v>
       </c>
       <c r="G159" t="s">
-        <v>1472</v>
+        <v>1480</v>
       </c>
       <c r="H159" t="s">
-        <v>1473</v>
+        <v>1481</v>
       </c>
       <c r="I159" t="s">
-        <v>1474</v>
+        <v>1482</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
         <v>25</v>
       </c>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159" t="s">
         <v>27</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1475</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>4709</v>
+        <v>4555</v>
       </c>
       <c r="B160" t="s">
-        <v>1476</v>
+        <v>1484</v>
       </c>
       <c r="C160" t="s">
-        <v>1477</v>
+        <v>1485</v>
       </c>
       <c r="D160" t="s">
-        <v>1478</v>
+        <v>1486</v>
       </c>
       <c r="E160" t="s">
-        <v>1479</v>
+        <v>1487</v>
       </c>
       <c r="F160" t="s">
-        <v>1480</v>
+        <v>1488</v>
       </c>
       <c r="G160" t="s">
-        <v>1481</v>
+        <v>1489</v>
       </c>
       <c r="H160" t="s">
-        <v>1482</v>
+        <v>1490</v>
       </c>
       <c r="I160" t="s">
-        <v>1483</v>
+        <v>1491</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1484</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>4711</v>
+        <v>4556</v>
       </c>
       <c r="B161" t="s">
-        <v>1485</v>
+        <v>1493</v>
       </c>
       <c r="C161" t="s">
-        <v>1486</v>
+        <v>1494</v>
       </c>
       <c r="D161" t="s">
-        <v>1487</v>
+        <v>1495</v>
       </c>
       <c r="E161" t="s">
-        <v>1488</v>
+        <v>1496</v>
       </c>
       <c r="F161" t="s">
-        <v>1489</v>
+        <v>1497</v>
       </c>
       <c r="G161" t="s">
-        <v>1490</v>
+        <v>1498</v>
       </c>
       <c r="H161" t="s">
-        <v>1491</v>
+        <v>1499</v>
       </c>
       <c r="I161" t="s">
-        <v>1492</v>
+        <v>1500</v>
       </c>
       <c r="J161" t="s">
-        <v>1493</v>
+        <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>1494</v>
+        <v>25</v>
       </c>
       <c r="L161" t="s">
-        <v>1495</v>
+        <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>1496</v>
+        <v>27</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1497</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>4717</v>
+        <v>4558</v>
       </c>
       <c r="B162" t="s">
-        <v>1498</v>
+        <v>1502</v>
       </c>
       <c r="C162" t="s">
-        <v>1499</v>
+        <v>1503</v>
       </c>
       <c r="D162" t="s">
-        <v>1500</v>
+        <v>1504</v>
       </c>
       <c r="E162" t="s">
-        <v>1501</v>
+        <v>1505</v>
       </c>
       <c r="F162" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
       <c r="G162" t="s">
-        <v>1503</v>
+        <v>1507</v>
       </c>
       <c r="H162" t="s">
-        <v>1504</v>
+        <v>1508</v>
       </c>
       <c r="I162" t="s">
-        <v>1505</v>
+        <v>1509</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>4721</v>
+        <v>4559</v>
       </c>
       <c r="B163" t="s">
-        <v>1507</v>
+        <v>1511</v>
       </c>
       <c r="C163" t="s">
-        <v>1508</v>
+        <v>1512</v>
       </c>
       <c r="D163" t="s">
-        <v>1509</v>
+        <v>1513</v>
       </c>
       <c r="E163" t="s">
-        <v>1510</v>
+        <v>1514</v>
       </c>
       <c r="F163" t="s">
-        <v>1511</v>
+        <v>1515</v>
       </c>
       <c r="G163" t="s">
-        <v>1512</v>
+        <v>1516</v>
       </c>
       <c r="H163" t="s">
-        <v>1513</v>
+        <v>1517</v>
       </c>
       <c r="I163" t="s">
-        <v>1514</v>
+        <v>1518</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>1110</v>
+        <v>47</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>1111</v>
+        <v>48</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1515</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4722</v>
+        <v>4560</v>
       </c>
       <c r="B164" t="s">
-        <v>1516</v>
+        <v>1520</v>
       </c>
       <c r="C164" t="s">
-        <v>1517</v>
+        <v>1521</v>
       </c>
       <c r="D164" t="s">
-        <v>1518</v>
+        <v>1522</v>
       </c>
       <c r="E164" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
       <c r="F164" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="G164" t="s">
-        <v>1521</v>
+        <v>1525</v>
       </c>
       <c r="H164" t="s">
-        <v>1522</v>
+        <v>1526</v>
       </c>
       <c r="I164" t="s">
-        <v>1523</v>
+        <v>1527</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>1524</v>
+        <v>25</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
+      <c r="M164" t="s">
+        <v>27</v>
+      </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1525</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4792</v>
+        <v>4563</v>
       </c>
       <c r="B165" t="s">
-        <v>1526</v>
+        <v>1529</v>
       </c>
       <c r="C165" t="s">
-        <v>1527</v>
+        <v>1530</v>
       </c>
       <c r="D165" t="s">
-        <v>1528</v>
+        <v>1531</v>
       </c>
       <c r="E165" t="s">
-        <v>1529</v>
+        <v>1532</v>
       </c>
       <c r="F165" t="s">
-        <v>1530</v>
+        <v>1533</v>
       </c>
       <c r="G165" t="s">
-        <v>1531</v>
+        <v>1534</v>
       </c>
       <c r="H165" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
       <c r="I165" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1534</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4810</v>
+        <v>4564</v>
       </c>
       <c r="B166" t="s">
-        <v>1535</v>
+        <v>1538</v>
       </c>
       <c r="C166" t="s">
-        <v>1536</v>
+        <v>1539</v>
       </c>
       <c r="D166" t="s">
-        <v>1537</v>
+        <v>1540</v>
       </c>
       <c r="E166" t="s">
-        <v>1538</v>
+        <v>1541</v>
       </c>
       <c r="F166" t="s">
-        <v>1539</v>
+        <v>1542</v>
       </c>
       <c r="G166" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="H166" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="I166" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>170</v>
+        <v>1546</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
-        <v>171</v>
+        <v>1547</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1543</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4811</v>
+        <v>4566</v>
       </c>
       <c r="B167" t="s">
-        <v>1544</v>
+        <v>1549</v>
       </c>
       <c r="C167" t="s">
-        <v>1545</v>
+        <v>1550</v>
       </c>
       <c r="D167" t="s">
-        <v>1546</v>
+        <v>1551</v>
       </c>
       <c r="E167" t="s">
-        <v>1547</v>
+        <v>1552</v>
       </c>
       <c r="F167" t="s">
-        <v>1548</v>
+        <v>1553</v>
       </c>
       <c r="G167" t="s">
-        <v>1549</v>
+        <v>1554</v>
       </c>
       <c r="H167" t="s">
-        <v>1550</v>
+        <v>1555</v>
       </c>
       <c r="I167" t="s">
-        <v>1551</v>
+        <v>1556</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>1552</v>
+        <v>25</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
-        <v>1553</v>
+        <v>27</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4817</v>
+        <v>4568</v>
       </c>
       <c r="B168" t="s">
-        <v>1555</v>
+        <v>1558</v>
       </c>
       <c r="C168" t="s">
-        <v>1556</v>
+        <v>1559</v>
       </c>
       <c r="D168" t="s">
-        <v>1557</v>
+        <v>1560</v>
       </c>
       <c r="E168" t="s">
-        <v>1558</v>
+        <v>1561</v>
       </c>
       <c r="F168" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
       <c r="G168" t="s">
-        <v>1560</v>
+        <v>1563</v>
       </c>
       <c r="H168" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="I168" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
         <v>25</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
         <v>27</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4935</v>
+        <v>4704</v>
       </c>
       <c r="B169" t="s">
-        <v>1564</v>
+        <v>1567</v>
       </c>
       <c r="C169" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="D169" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
       <c r="E169" t="s">
-        <v>1567</v>
+        <v>1570</v>
       </c>
       <c r="F169" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
       <c r="G169" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="H169" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="I169" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4939</v>
+        <v>4706</v>
       </c>
       <c r="B170" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="C170" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="D170" t="s">
-        <v>1575</v>
+        <v>1578</v>
       </c>
       <c r="E170" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="F170" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="G170" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
       <c r="H170" t="s">
-        <v>1579</v>
+        <v>1582</v>
       </c>
       <c r="I170" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
         <v>170</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
         <v>171</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4947</v>
+        <v>4709</v>
       </c>
       <c r="B171" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="C171" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="D171" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
       <c r="E171" t="s">
-        <v>1585</v>
+        <v>1588</v>
       </c>
       <c r="F171" t="s">
-        <v>1586</v>
+        <v>1589</v>
       </c>
       <c r="G171" t="s">
-        <v>1587</v>
+        <v>1590</v>
       </c>
       <c r="H171" t="s">
-        <v>1588</v>
+        <v>1591</v>
       </c>
       <c r="I171" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
         <v>47</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
         <v>48</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4950</v>
+        <v>4711</v>
       </c>
       <c r="B172" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="C172" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
       <c r="D172" t="s">
-        <v>1593</v>
+        <v>1596</v>
       </c>
       <c r="E172" t="s">
-        <v>1594</v>
+        <v>1597</v>
       </c>
       <c r="F172" t="s">
-        <v>1595</v>
+        <v>1598</v>
       </c>
       <c r="G172" t="s">
-        <v>1596</v>
+        <v>1599</v>
       </c>
       <c r="H172" t="s">
-        <v>1597</v>
+        <v>1600</v>
       </c>
       <c r="I172" t="s">
-        <v>1598</v>
+        <v>1601</v>
       </c>
       <c r="J172" t="s">
-        <v>24</v>
+        <v>1602</v>
       </c>
       <c r="K172" t="s">
-        <v>1552</v>
+        <v>1603</v>
       </c>
       <c r="L172" t="s">
-        <v>26</v>
+        <v>1604</v>
       </c>
       <c r="M172" t="s">
-        <v>1553</v>
+        <v>1605</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1599</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>4965</v>
+        <v>4716</v>
       </c>
       <c r="B173" t="s">
-        <v>1600</v>
+        <v>1607</v>
       </c>
       <c r="C173" t="s">
-        <v>1601</v>
+        <v>1608</v>
       </c>
       <c r="D173" t="s">
-        <v>1602</v>
+        <v>1609</v>
       </c>
       <c r="E173" t="s">
-        <v>1603</v>
+        <v>1610</v>
       </c>
       <c r="F173" t="s">
-        <v>1604</v>
+        <v>1611</v>
       </c>
       <c r="G173" t="s">
-        <v>1605</v>
+        <v>1612</v>
       </c>
       <c r="H173" t="s">
-        <v>1606</v>
+        <v>1613</v>
       </c>
       <c r="I173" t="s">
-        <v>1607</v>
+        <v>1614</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>25</v>
+        <v>1111</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
-        <v>27</v>
+        <v>1112</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1608</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>4968</v>
+        <v>4717</v>
       </c>
       <c r="B174" t="s">
-        <v>1609</v>
+        <v>1616</v>
       </c>
       <c r="C174" t="s">
-        <v>1610</v>
+        <v>1617</v>
       </c>
       <c r="D174" t="s">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="E174" t="s">
-        <v>1612</v>
+        <v>1619</v>
       </c>
       <c r="F174" t="s">
-        <v>1613</v>
+        <v>1620</v>
       </c>
       <c r="G174" t="s">
-        <v>1614</v>
+        <v>1621</v>
       </c>
       <c r="H174" t="s">
-        <v>1615</v>
+        <v>1622</v>
       </c>
       <c r="I174" t="s">
-        <v>1616</v>
+        <v>1623</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
         <v>25</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
         <v>27</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1617</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4969</v>
+        <v>4721</v>
       </c>
       <c r="B175" t="s">
-        <v>1618</v>
+        <v>1625</v>
       </c>
       <c r="C175" t="s">
-        <v>1619</v>
+        <v>1626</v>
       </c>
       <c r="D175" t="s">
-        <v>1620</v>
+        <v>1627</v>
       </c>
       <c r="E175" t="s">
-        <v>1621</v>
+        <v>1628</v>
       </c>
       <c r="F175" t="s">
-        <v>1622</v>
+        <v>1629</v>
       </c>
       <c r="G175" t="s">
-        <v>1623</v>
+        <v>1630</v>
       </c>
       <c r="H175" t="s">
-        <v>1624</v>
+        <v>1631</v>
       </c>
       <c r="I175" t="s">
-        <v>1625</v>
+        <v>1632</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
-        <v>25</v>
+        <v>1111</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
-        <v>27</v>
+        <v>1112</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1626</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>5272</v>
+        <v>4722</v>
       </c>
       <c r="B176" t="s">
-        <v>1627</v>
+        <v>1634</v>
       </c>
       <c r="C176" t="s">
-        <v>1628</v>
+        <v>1635</v>
       </c>
       <c r="D176" t="s">
-        <v>1629</v>
+        <v>1636</v>
       </c>
       <c r="E176" t="s">
-        <v>1630</v>
+        <v>1637</v>
       </c>
       <c r="F176" t="s">
-        <v>1631</v>
+        <v>1638</v>
       </c>
       <c r="G176" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="H176" t="s">
-        <v>1633</v>
+        <v>1640</v>
       </c>
       <c r="I176" t="s">
-        <v>1634</v>
+        <v>1641</v>
       </c>
       <c r="J176" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>727</v>
+        <v>1642</v>
       </c>
       <c r="L176" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M176" t="s">
-        <v>728</v>
+        <v>1643</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1635</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>5273</v>
+        <v>4723</v>
       </c>
       <c r="B177" t="s">
-        <v>1636</v>
+        <v>1645</v>
       </c>
       <c r="C177" t="s">
-        <v>1637</v>
+        <v>1646</v>
       </c>
       <c r="D177" t="s">
-        <v>1638</v>
+        <v>1647</v>
       </c>
       <c r="E177" t="s">
-        <v>1639</v>
+        <v>1648</v>
       </c>
       <c r="F177" t="s">
-        <v>1640</v>
+        <v>1649</v>
       </c>
       <c r="G177" t="s">
-        <v>1641</v>
+        <v>1650</v>
       </c>
       <c r="H177" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="I177" t="s">
-        <v>1643</v>
+        <v>1652</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
-        <v>1644</v>
+        <v>1653</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1646</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>5326</v>
+        <v>4792</v>
       </c>
       <c r="B178" t="s">
-        <v>1647</v>
+        <v>1656</v>
       </c>
       <c r="C178" t="s">
-        <v>1648</v>
+        <v>1657</v>
       </c>
       <c r="D178" t="s">
-        <v>1649</v>
+        <v>1658</v>
       </c>
       <c r="E178" t="s">
-        <v>1650</v>
+        <v>1659</v>
       </c>
       <c r="F178" t="s">
-        <v>1651</v>
+        <v>1660</v>
       </c>
       <c r="G178" t="s">
-        <v>1652</v>
+        <v>1661</v>
       </c>
       <c r="H178" t="s">
-        <v>1653</v>
+        <v>1662</v>
       </c>
       <c r="I178" t="s">
-        <v>1654</v>
+        <v>1663</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1655</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>5330</v>
+        <v>4801</v>
       </c>
       <c r="B179" t="s">
-        <v>1656</v>
+        <v>1665</v>
       </c>
       <c r="C179" t="s">
-        <v>1657</v>
+        <v>1666</v>
       </c>
       <c r="D179" t="s">
-        <v>1658</v>
+        <v>1667</v>
       </c>
       <c r="E179" t="s">
-        <v>1659</v>
+        <v>1668</v>
       </c>
       <c r="F179" t="s">
-        <v>1660</v>
+        <v>1669</v>
       </c>
       <c r="G179" t="s">
-        <v>1661</v>
+        <v>1670</v>
       </c>
       <c r="H179" t="s">
-        <v>1662</v>
+        <v>1671</v>
       </c>
       <c r="I179" t="s">
-        <v>1663</v>
+        <v>1672</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
         <v>170</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
         <v>171</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1664</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>5331</v>
+        <v>4810</v>
       </c>
       <c r="B180" t="s">
-        <v>1665</v>
+        <v>1674</v>
       </c>
       <c r="C180" t="s">
-        <v>1666</v>
+        <v>1675</v>
       </c>
       <c r="D180" t="s">
-        <v>1667</v>
+        <v>1676</v>
       </c>
       <c r="E180" t="s">
-        <v>1668</v>
+        <v>1677</v>
       </c>
       <c r="F180" t="s">
-        <v>1669</v>
+        <v>1678</v>
       </c>
       <c r="G180" t="s">
-        <v>1670</v>
+        <v>1679</v>
       </c>
       <c r="H180" t="s">
-        <v>1671</v>
+        <v>1680</v>
       </c>
       <c r="I180" t="s">
-        <v>1672</v>
+        <v>1681</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1673</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>5332</v>
+        <v>4811</v>
       </c>
       <c r="B181" t="s">
-        <v>1674</v>
+        <v>1683</v>
       </c>
       <c r="C181" t="s">
-        <v>1675</v>
+        <v>1684</v>
       </c>
       <c r="D181" t="s">
-        <v>1676</v>
+        <v>1685</v>
       </c>
       <c r="E181" t="s">
-        <v>1677</v>
+        <v>1686</v>
       </c>
       <c r="F181" t="s">
-        <v>1678</v>
+        <v>1687</v>
       </c>
       <c r="G181" t="s">
-        <v>1679</v>
+        <v>1688</v>
       </c>
       <c r="H181" t="s">
-        <v>1680</v>
+        <v>1689</v>
       </c>
       <c r="I181" t="s">
-        <v>1681</v>
+        <v>1690</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>25</v>
+        <v>1691</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
-        <v>27</v>
+        <v>1692</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1682</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>5335</v>
+        <v>4817</v>
       </c>
       <c r="B182" t="s">
-        <v>1683</v>
+        <v>1694</v>
       </c>
       <c r="C182" t="s">
-        <v>1684</v>
+        <v>1695</v>
       </c>
       <c r="D182" t="s">
-        <v>1685</v>
+        <v>1696</v>
       </c>
       <c r="E182" t="s">
-        <v>1686</v>
+        <v>1697</v>
       </c>
       <c r="F182" t="s">
-        <v>1687</v>
+        <v>1698</v>
       </c>
       <c r="G182" t="s">
-        <v>1688</v>
+        <v>1699</v>
       </c>
       <c r="H182" t="s">
-        <v>1689</v>
+        <v>1700</v>
       </c>
       <c r="I182" t="s">
-        <v>1690</v>
+        <v>1701</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
         <v>25</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
         <v>27</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1691</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>5346</v>
+        <v>4935</v>
       </c>
       <c r="B183" t="s">
-        <v>1692</v>
+        <v>1703</v>
       </c>
       <c r="C183" t="s">
-        <v>1693</v>
+        <v>1704</v>
       </c>
       <c r="D183" t="s">
-        <v>1694</v>
+        <v>1705</v>
       </c>
       <c r="E183" t="s">
-        <v>1695</v>
+        <v>1706</v>
       </c>
       <c r="F183" t="s">
-        <v>1696</v>
+        <v>1707</v>
       </c>
       <c r="G183" t="s">
-        <v>1697</v>
+        <v>1708</v>
       </c>
       <c r="H183" t="s">
-        <v>1698</v>
+        <v>1709</v>
       </c>
       <c r="I183" t="s">
-        <v>1699</v>
+        <v>1710</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
-        <v>1700</v>
+        <v>170</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
-        <v>1701</v>
+        <v>171</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1702</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>5348</v>
+        <v>4939</v>
       </c>
       <c r="B184" t="s">
-        <v>1703</v>
+        <v>1712</v>
       </c>
       <c r="C184" t="s">
-        <v>1704</v>
+        <v>1713</v>
       </c>
       <c r="D184" t="s">
-        <v>1705</v>
+        <v>1714</v>
       </c>
       <c r="E184" t="s">
-        <v>1706</v>
+        <v>1715</v>
       </c>
       <c r="F184" t="s">
-        <v>1707</v>
+        <v>1716</v>
       </c>
       <c r="G184" t="s">
-        <v>1708</v>
+        <v>1717</v>
       </c>
       <c r="H184" t="s">
-        <v>1709</v>
+        <v>1718</v>
       </c>
       <c r="I184" t="s">
-        <v>1710</v>
+        <v>1719</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
         <v>170</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
         <v>171</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1711</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>5351</v>
+        <v>4947</v>
       </c>
       <c r="B185" t="s">
-        <v>1712</v>
+        <v>1721</v>
       </c>
       <c r="C185" t="s">
-        <v>1713</v>
+        <v>1722</v>
       </c>
       <c r="D185" t="s">
-        <v>1714</v>
+        <v>1723</v>
       </c>
       <c r="E185" t="s">
-        <v>1715</v>
+        <v>1724</v>
       </c>
       <c r="F185" t="s">
-        <v>1716</v>
+        <v>1725</v>
       </c>
       <c r="G185" t="s">
-        <v>1717</v>
+        <v>1726</v>
       </c>
       <c r="H185" t="s">
-        <v>1718</v>
+        <v>1727</v>
       </c>
       <c r="I185" t="s">
-        <v>1719</v>
+        <v>1728</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1720</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>5353</v>
+        <v>4950</v>
       </c>
       <c r="B186" t="s">
-        <v>1721</v>
+        <v>1730</v>
       </c>
       <c r="C186" t="s">
-        <v>1722</v>
+        <v>1731</v>
       </c>
       <c r="D186" t="s">
-        <v>1723</v>
+        <v>1732</v>
       </c>
       <c r="E186" t="s">
-        <v>1724</v>
+        <v>1733</v>
       </c>
       <c r="F186" t="s">
-        <v>1725</v>
+        <v>1734</v>
       </c>
       <c r="G186" t="s">
-        <v>1726</v>
+        <v>1735</v>
       </c>
       <c r="H186" t="s">
-        <v>1727</v>
+        <v>1736</v>
       </c>
       <c r="I186" t="s">
-        <v>1728</v>
+        <v>1737</v>
       </c>
       <c r="J186" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>859</v>
+        <v>1691</v>
       </c>
       <c r="L186" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M186" t="s">
-        <v>860</v>
+        <v>1692</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1729</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>5354</v>
+        <v>4965</v>
       </c>
       <c r="B187" t="s">
-        <v>1730</v>
+        <v>1739</v>
       </c>
       <c r="C187" t="s">
-        <v>1731</v>
+        <v>1740</v>
       </c>
       <c r="D187" t="s">
-        <v>1732</v>
+        <v>1741</v>
       </c>
       <c r="E187" t="s">
-        <v>1733</v>
+        <v>1742</v>
       </c>
       <c r="F187" t="s">
-        <v>1734</v>
+        <v>1743</v>
       </c>
       <c r="G187" t="s">
-        <v>1735</v>
+        <v>1744</v>
       </c>
       <c r="H187" t="s">
-        <v>1736</v>
+        <v>1745</v>
       </c>
       <c r="I187" t="s">
-        <v>1737</v>
+        <v>1746</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1738</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>5359</v>
+        <v>4968</v>
       </c>
       <c r="B188" t="s">
-        <v>1739</v>
+        <v>1748</v>
       </c>
       <c r="C188" t="s">
-        <v>1740</v>
+        <v>1749</v>
       </c>
       <c r="D188" t="s">
-        <v>1741</v>
+        <v>1750</v>
       </c>
       <c r="E188" t="s">
-        <v>1742</v>
+        <v>1751</v>
       </c>
       <c r="F188" t="s">
-        <v>1743</v>
+        <v>1752</v>
       </c>
       <c r="G188" t="s">
-        <v>1744</v>
+        <v>1753</v>
       </c>
       <c r="H188" t="s">
-        <v>1745</v>
+        <v>1754</v>
       </c>
       <c r="I188" t="s">
-        <v>1746</v>
+        <v>1755</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
         <v>25</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
         <v>27</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1747</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>5364</v>
+        <v>4969</v>
       </c>
       <c r="B189" t="s">
-        <v>1748</v>
+        <v>1757</v>
       </c>
       <c r="C189" t="s">
-        <v>1749</v>
+        <v>1758</v>
       </c>
       <c r="D189" t="s">
-        <v>1750</v>
+        <v>1759</v>
       </c>
       <c r="E189" t="s">
-        <v>1751</v>
+        <v>1760</v>
       </c>
       <c r="F189" t="s">
-        <v>1752</v>
+        <v>1761</v>
       </c>
       <c r="G189" t="s">
-        <v>1753</v>
+        <v>1762</v>
       </c>
       <c r="H189" t="s">
-        <v>1754</v>
+        <v>1763</v>
       </c>
       <c r="I189" t="s">
-        <v>1755</v>
+        <v>1764</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1756</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>5365</v>
+        <v>5272</v>
       </c>
       <c r="B190" t="s">
-        <v>1757</v>
+        <v>1766</v>
       </c>
       <c r="C190" t="s">
-        <v>1758</v>
+        <v>1767</v>
       </c>
       <c r="D190" t="s">
-        <v>1759</v>
+        <v>1768</v>
       </c>
       <c r="E190" t="s">
-        <v>1760</v>
+        <v>1769</v>
       </c>
       <c r="F190" t="s">
-        <v>1761</v>
+        <v>1770</v>
       </c>
       <c r="G190" t="s">
-        <v>1762</v>
+        <v>1771</v>
       </c>
       <c r="H190" t="s">
-        <v>1763</v>
+        <v>1772</v>
       </c>
       <c r="I190" t="s">
-        <v>1764</v>
+        <v>1773</v>
       </c>
       <c r="J190" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K190" t="s">
-        <v>25</v>
+        <v>728</v>
       </c>
       <c r="L190" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M190" t="s">
-        <v>27</v>
+        <v>729</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1765</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>5367</v>
+        <v>5273</v>
       </c>
       <c r="B191" t="s">
-        <v>1766</v>
+        <v>1775</v>
       </c>
       <c r="C191" t="s">
-        <v>1767</v>
+        <v>1776</v>
       </c>
       <c r="D191" t="s">
-        <v>1768</v>
+        <v>1777</v>
       </c>
       <c r="E191" t="s">
-        <v>1769</v>
+        <v>1778</v>
       </c>
       <c r="F191" t="s">
-        <v>1770</v>
+        <v>1779</v>
       </c>
       <c r="G191" t="s">
-        <v>1771</v>
+        <v>1780</v>
       </c>
       <c r="H191" t="s">
-        <v>1772</v>
+        <v>1781</v>
       </c>
       <c r="I191" t="s">
-        <v>1773</v>
+        <v>1782</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
-        <v>25</v>
+        <v>1783</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
-        <v>27</v>
+        <v>1784</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1774</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>5368</v>
+        <v>5326</v>
       </c>
       <c r="B192" t="s">
-        <v>1775</v>
+        <v>1786</v>
       </c>
       <c r="C192" t="s">
-        <v>1776</v>
+        <v>1787</v>
       </c>
       <c r="D192" t="s">
-        <v>1777</v>
+        <v>1788</v>
       </c>
       <c r="E192" t="s">
-        <v>1778</v>
+        <v>1789</v>
       </c>
       <c r="F192" t="s">
-        <v>1779</v>
+        <v>1790</v>
       </c>
       <c r="G192" t="s">
-        <v>1780</v>
+        <v>1791</v>
       </c>
       <c r="H192" t="s">
-        <v>1781</v>
+        <v>1792</v>
       </c>
       <c r="I192" t="s">
-        <v>1782</v>
+        <v>1793</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1783</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>5371</v>
+        <v>5330</v>
       </c>
       <c r="B193" t="s">
-        <v>1784</v>
+        <v>1795</v>
       </c>
       <c r="C193" t="s">
-        <v>1785</v>
+        <v>1796</v>
       </c>
       <c r="D193" t="s">
-        <v>1786</v>
+        <v>1797</v>
       </c>
       <c r="E193" t="s">
-        <v>1787</v>
+        <v>1798</v>
       </c>
       <c r="F193" t="s">
-        <v>1788</v>
+        <v>1799</v>
       </c>
       <c r="G193" t="s">
-        <v>1789</v>
+        <v>1800</v>
       </c>
       <c r="H193" t="s">
-        <v>1790</v>
+        <v>1801</v>
       </c>
       <c r="I193" t="s">
-        <v>1791</v>
+        <v>1802</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>1792</v>
+        <v>170</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
-        <v>1793</v>
+        <v>171</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1794</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>5372</v>
+        <v>5331</v>
       </c>
       <c r="B194" t="s">
-        <v>1795</v>
+        <v>1804</v>
       </c>
       <c r="C194" t="s">
-        <v>1796</v>
+        <v>1805</v>
       </c>
       <c r="D194" t="s">
-        <v>1797</v>
+        <v>1806</v>
       </c>
       <c r="E194" t="s">
-        <v>1798</v>
+        <v>1807</v>
       </c>
       <c r="F194" t="s">
-        <v>1799</v>
+        <v>1808</v>
       </c>
       <c r="G194" t="s">
-        <v>1800</v>
+        <v>1809</v>
       </c>
       <c r="H194" t="s">
-        <v>1801</v>
+        <v>1810</v>
       </c>
       <c r="I194" t="s">
-        <v>1802</v>
+        <v>1811</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
-        <v>1803</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>5375</v>
+        <v>5332</v>
       </c>
       <c r="B195" t="s">
-        <v>1804</v>
+        <v>1813</v>
       </c>
       <c r="C195" t="s">
-        <v>1805</v>
+        <v>1814</v>
       </c>
       <c r="D195" t="s">
-        <v>1806</v>
+        <v>1815</v>
       </c>
       <c r="E195" t="s">
-        <v>1807</v>
+        <v>1816</v>
       </c>
       <c r="F195" t="s">
-        <v>1808</v>
+        <v>1817</v>
       </c>
       <c r="G195" t="s">
-        <v>1809</v>
+        <v>1818</v>
       </c>
       <c r="H195" t="s">
-        <v>1810</v>
+        <v>1819</v>
       </c>
       <c r="I195" t="s">
-        <v>1811</v>
+        <v>1820</v>
       </c>
       <c r="J195" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L195" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M195" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1812</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>5377</v>
+        <v>5335</v>
       </c>
       <c r="B196" t="s">
-        <v>1813</v>
+        <v>1822</v>
       </c>
       <c r="C196" t="s">
-        <v>1814</v>
+        <v>1823</v>
       </c>
       <c r="D196" t="s">
-        <v>1815</v>
+        <v>1824</v>
       </c>
       <c r="E196" t="s">
-        <v>1816</v>
+        <v>1825</v>
       </c>
       <c r="F196" t="s">
-        <v>1817</v>
+        <v>1826</v>
       </c>
       <c r="G196" t="s">
-        <v>1818</v>
+        <v>1827</v>
       </c>
       <c r="H196" t="s">
-        <v>1819</v>
+        <v>1828</v>
       </c>
       <c r="I196" t="s">
-        <v>1820</v>
+        <v>1829</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
         <v>25</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
         <v>27</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1821</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>5378</v>
+        <v>5346</v>
       </c>
       <c r="B197" t="s">
-        <v>1822</v>
+        <v>1831</v>
       </c>
       <c r="C197" t="s">
-        <v>1823</v>
+        <v>1832</v>
       </c>
       <c r="D197" t="s">
-        <v>1824</v>
+        <v>1833</v>
       </c>
       <c r="E197" t="s">
-        <v>1825</v>
+        <v>1834</v>
       </c>
       <c r="F197" t="s">
-        <v>1826</v>
+        <v>1835</v>
       </c>
       <c r="G197" t="s">
-        <v>1827</v>
+        <v>1836</v>
       </c>
       <c r="H197" t="s">
-        <v>1828</v>
+        <v>1837</v>
       </c>
       <c r="I197" t="s">
-        <v>1829</v>
+        <v>1838</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>25</v>
+        <v>1839</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
-        <v>27</v>
+        <v>1840</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1830</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>5382</v>
+        <v>5348</v>
       </c>
       <c r="B198" t="s">
-        <v>1831</v>
+        <v>1842</v>
       </c>
       <c r="C198" t="s">
-        <v>1832</v>
+        <v>1843</v>
       </c>
       <c r="D198" t="s">
-        <v>1833</v>
+        <v>1844</v>
       </c>
       <c r="E198" t="s">
-        <v>1834</v>
+        <v>1845</v>
       </c>
       <c r="F198" t="s">
-        <v>1835</v>
+        <v>1846</v>
       </c>
       <c r="G198" t="s">
-        <v>1836</v>
+        <v>1847</v>
       </c>
       <c r="H198" t="s">
-        <v>1837</v>
+        <v>1848</v>
       </c>
       <c r="I198" t="s">
-        <v>1838</v>
+        <v>1849</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
         <v>170</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
         <v>171</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1839</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>5393</v>
+        <v>5351</v>
       </c>
       <c r="B199" t="s">
-        <v>1840</v>
+        <v>1851</v>
       </c>
       <c r="C199" t="s">
-        <v>1841</v>
+        <v>1852</v>
       </c>
       <c r="D199" t="s">
-        <v>1842</v>
+        <v>1853</v>
       </c>
       <c r="E199" t="s">
-        <v>1843</v>
+        <v>1854</v>
       </c>
       <c r="F199" t="s">
-        <v>1844</v>
+        <v>1855</v>
       </c>
       <c r="G199" t="s">
-        <v>1845</v>
+        <v>1856</v>
       </c>
       <c r="H199" t="s">
-        <v>1846</v>
+        <v>1857</v>
       </c>
       <c r="I199" t="s">
-        <v>1847</v>
+        <v>1858</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
         <v>25</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
         <v>27</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
-        <v>1848</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>5431</v>
+        <v>5353</v>
       </c>
       <c r="B200" t="s">
-        <v>1849</v>
+        <v>1860</v>
       </c>
       <c r="C200" t="s">
-        <v>1850</v>
+        <v>1861</v>
       </c>
       <c r="D200" t="s">
-        <v>1851</v>
+        <v>1862</v>
       </c>
       <c r="E200" t="s">
-        <v>1852</v>
+        <v>1863</v>
       </c>
       <c r="F200" t="s">
-        <v>1853</v>
+        <v>1864</v>
       </c>
       <c r="G200" t="s">
-        <v>1854</v>
+        <v>1865</v>
       </c>
       <c r="H200" t="s">
-        <v>1855</v>
+        <v>1866</v>
       </c>
       <c r="I200" t="s">
-        <v>1856</v>
+        <v>1867</v>
       </c>
       <c r="J200" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K200" t="s">
-        <v>274</v>
+        <v>860</v>
       </c>
       <c r="L200" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M200" t="s">
-        <v>275</v>
+        <v>861</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1857</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>5433</v>
+        <v>5354</v>
       </c>
       <c r="B201" t="s">
-        <v>1858</v>
+        <v>1869</v>
       </c>
       <c r="C201" t="s">
-        <v>1859</v>
+        <v>1870</v>
       </c>
       <c r="D201" t="s">
-        <v>1860</v>
+        <v>1871</v>
       </c>
       <c r="E201" t="s">
-        <v>1861</v>
+        <v>1872</v>
       </c>
       <c r="F201" t="s">
-        <v>1862</v>
+        <v>1873</v>
       </c>
       <c r="G201" t="s">
-        <v>1863</v>
+        <v>1874</v>
       </c>
       <c r="H201" t="s">
-        <v>1864</v>
+        <v>1875</v>
       </c>
       <c r="I201" t="s">
-        <v>1865</v>
+        <v>1876</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
         <v>170</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
         <v>171</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1866</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>5435</v>
+        <v>5359</v>
       </c>
       <c r="B202" t="s">
-        <v>1867</v>
+        <v>1878</v>
       </c>
       <c r="C202" t="s">
-        <v>1868</v>
+        <v>1879</v>
       </c>
       <c r="D202" t="s">
-        <v>1869</v>
+        <v>1880</v>
       </c>
       <c r="E202" t="s">
-        <v>1870</v>
+        <v>1881</v>
       </c>
       <c r="F202" t="s">
-        <v>1871</v>
+        <v>1882</v>
       </c>
       <c r="G202" t="s">
-        <v>1872</v>
+        <v>1883</v>
       </c>
       <c r="H202" t="s">
-        <v>1873</v>
+        <v>1884</v>
       </c>
       <c r="I202" t="s">
-        <v>1874</v>
+        <v>1885</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1875</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>5437</v>
+        <v>5364</v>
       </c>
       <c r="B203" t="s">
-        <v>1876</v>
+        <v>1887</v>
       </c>
       <c r="C203" t="s">
-        <v>1877</v>
+        <v>1888</v>
       </c>
       <c r="D203" t="s">
-        <v>1878</v>
+        <v>1889</v>
       </c>
       <c r="E203" t="s">
-        <v>1879</v>
+        <v>1890</v>
       </c>
       <c r="F203" t="s">
-        <v>1880</v>
+        <v>1891</v>
       </c>
       <c r="G203" t="s">
-        <v>1881</v>
+        <v>1892</v>
       </c>
       <c r="H203" t="s">
-        <v>1882</v>
+        <v>1893</v>
       </c>
       <c r="I203" t="s">
-        <v>1883</v>
+        <v>1894</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1884</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>5439</v>
+        <v>5365</v>
       </c>
       <c r="B204" t="s">
-        <v>1885</v>
+        <v>1896</v>
       </c>
       <c r="C204" t="s">
-        <v>1886</v>
+        <v>1897</v>
       </c>
       <c r="D204" t="s">
-        <v>1887</v>
+        <v>1898</v>
       </c>
       <c r="E204" t="s">
-        <v>1888</v>
+        <v>1899</v>
       </c>
       <c r="F204" t="s">
-        <v>1889</v>
+        <v>1900</v>
       </c>
       <c r="G204" t="s">
-        <v>1890</v>
+        <v>1901</v>
       </c>
       <c r="H204" t="s">
-        <v>1891</v>
+        <v>1902</v>
       </c>
       <c r="I204" t="s">
-        <v>1892</v>
+        <v>1903</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
         <v>25</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
         <v>27</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1893</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>5456</v>
+        <v>5367</v>
       </c>
       <c r="B205" t="s">
-        <v>1894</v>
+        <v>1905</v>
       </c>
       <c r="C205" t="s">
-        <v>1895</v>
+        <v>1906</v>
       </c>
       <c r="D205" t="s">
-        <v>1896</v>
+        <v>1907</v>
       </c>
       <c r="E205" t="s">
-        <v>1897</v>
+        <v>1908</v>
       </c>
       <c r="F205" t="s">
-        <v>1898</v>
+        <v>1909</v>
       </c>
       <c r="G205" t="s">
-        <v>1899</v>
+        <v>1910</v>
       </c>
       <c r="H205" t="s">
-        <v>1900</v>
+        <v>1911</v>
       </c>
       <c r="I205" t="s">
-        <v>1901</v>
+        <v>1912</v>
       </c>
       <c r="J205" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K205" t="s">
-        <v>1552</v>
+        <v>25</v>
       </c>
       <c r="L205" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M205" t="s">
-        <v>1553</v>
+        <v>27</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1902</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>5474</v>
+        <v>5368</v>
       </c>
       <c r="B206" t="s">
-        <v>1903</v>
+        <v>1914</v>
       </c>
       <c r="C206" t="s">
-        <v>1904</v>
+        <v>1915</v>
       </c>
       <c r="D206" t="s">
-        <v>1905</v>
+        <v>1916</v>
       </c>
       <c r="E206" t="s">
-        <v>1906</v>
+        <v>1917</v>
       </c>
       <c r="F206" t="s">
-        <v>1907</v>
+        <v>1918</v>
       </c>
       <c r="G206" t="s">
-        <v>1908</v>
+        <v>1919</v>
       </c>
       <c r="H206" t="s">
-        <v>1909</v>
+        <v>1920</v>
       </c>
       <c r="I206" t="s">
-        <v>1910</v>
+        <v>1921</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
         <v>25</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
         <v>27</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1911</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>5475</v>
+        <v>5371</v>
       </c>
       <c r="B207" t="s">
-        <v>1912</v>
+        <v>1923</v>
       </c>
       <c r="C207" t="s">
-        <v>1913</v>
+        <v>1924</v>
       </c>
       <c r="D207" t="s">
-        <v>1914</v>
+        <v>1925</v>
       </c>
       <c r="E207" t="s">
-        <v>1915</v>
+        <v>1926</v>
       </c>
       <c r="F207" t="s">
-        <v>1916</v>
+        <v>1927</v>
       </c>
       <c r="G207" t="s">
-        <v>1917</v>
+        <v>1928</v>
       </c>
       <c r="H207" t="s">
-        <v>1918</v>
+        <v>1929</v>
       </c>
       <c r="I207" t="s">
-        <v>1919</v>
+        <v>1930</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>170</v>
+        <v>1931</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
-        <v>171</v>
+        <v>1932</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1920</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>5476</v>
+        <v>5372</v>
       </c>
       <c r="B208" t="s">
-        <v>1921</v>
+        <v>1934</v>
       </c>
       <c r="C208" t="s">
-        <v>1922</v>
+        <v>1935</v>
       </c>
       <c r="D208" t="s">
-        <v>1923</v>
+        <v>1936</v>
       </c>
       <c r="E208" t="s">
-        <v>1924</v>
+        <v>1937</v>
       </c>
       <c r="F208" t="s">
-        <v>1925</v>
+        <v>1938</v>
       </c>
       <c r="G208" t="s">
-        <v>1926</v>
+        <v>1939</v>
       </c>
       <c r="H208" t="s">
-        <v>1927</v>
+        <v>1940</v>
       </c>
       <c r="I208" t="s">
-        <v>1928</v>
+        <v>1941</v>
       </c>
       <c r="J208" t="s">
-        <v>1929</v>
+        <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>1110</v>
+        <v>25</v>
       </c>
       <c r="L208" t="s">
-        <v>1930</v>
+        <v>26</v>
       </c>
       <c r="M208" t="s">
-        <v>1111</v>
+        <v>27</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1931</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>5478</v>
+        <v>5375</v>
       </c>
       <c r="B209" t="s">
-        <v>1932</v>
+        <v>1943</v>
       </c>
       <c r="C209" t="s">
-        <v>1933</v>
+        <v>1944</v>
       </c>
       <c r="D209" t="s">
-        <v>1934</v>
+        <v>1945</v>
       </c>
       <c r="E209" t="s">
-        <v>1935</v>
+        <v>1946</v>
       </c>
       <c r="F209" t="s">
-        <v>1936</v>
+        <v>1947</v>
       </c>
       <c r="G209" t="s">
-        <v>1937</v>
+        <v>1948</v>
       </c>
       <c r="H209" t="s">
-        <v>1938</v>
+        <v>1949</v>
       </c>
       <c r="I209" t="s">
-        <v>1939</v>
+        <v>1950</v>
       </c>
       <c r="J209" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K209" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L209" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M209" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1940</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>5493</v>
+        <v>5377</v>
       </c>
       <c r="B210" t="s">
-        <v>1941</v>
+        <v>1952</v>
       </c>
       <c r="C210" t="s">
-        <v>1942</v>
+        <v>1953</v>
       </c>
       <c r="D210" t="s">
-        <v>1943</v>
+        <v>1954</v>
       </c>
       <c r="E210" t="s">
-        <v>1944</v>
+        <v>1955</v>
       </c>
       <c r="F210" t="s">
-        <v>1945</v>
+        <v>1956</v>
       </c>
       <c r="G210" t="s">
-        <v>1946</v>
+        <v>1957</v>
       </c>
       <c r="H210" t="s">
-        <v>1947</v>
+        <v>1958</v>
       </c>
       <c r="I210" t="s">
-        <v>1948</v>
+        <v>1959</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1949</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5496</v>
+        <v>5378</v>
       </c>
       <c r="B211" t="s">
-        <v>1950</v>
+        <v>1961</v>
       </c>
       <c r="C211" t="s">
-        <v>1951</v>
+        <v>1962</v>
       </c>
       <c r="D211" t="s">
-        <v>1952</v>
+        <v>1963</v>
       </c>
       <c r="E211" t="s">
-        <v>1953</v>
+        <v>1964</v>
       </c>
       <c r="F211" t="s">
-        <v>1954</v>
+        <v>1965</v>
       </c>
       <c r="G211" t="s">
-        <v>1955</v>
+        <v>1966</v>
       </c>
       <c r="H211" t="s">
-        <v>1956</v>
+        <v>1967</v>
       </c>
       <c r="I211" t="s">
-        <v>1957</v>
+        <v>1968</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
-        <v>1958</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5502</v>
+        <v>5382</v>
       </c>
       <c r="B212" t="s">
-        <v>1959</v>
+        <v>1970</v>
       </c>
       <c r="C212" t="s">
-        <v>1960</v>
+        <v>1971</v>
       </c>
       <c r="D212" t="s">
-        <v>1961</v>
+        <v>1972</v>
       </c>
       <c r="E212" t="s">
-        <v>1962</v>
+        <v>1973</v>
       </c>
       <c r="F212" t="s">
-        <v>1963</v>
+        <v>1974</v>
       </c>
       <c r="G212" t="s">
-        <v>1964</v>
+        <v>1975</v>
       </c>
       <c r="H212" t="s">
-        <v>1965</v>
+        <v>1976</v>
       </c>
       <c r="I212" t="s">
-        <v>1966</v>
+        <v>1977</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1967</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5503</v>
+        <v>5393</v>
       </c>
       <c r="B213" t="s">
-        <v>1968</v>
+        <v>1979</v>
       </c>
       <c r="C213" t="s">
-        <v>1969</v>
+        <v>1980</v>
       </c>
       <c r="D213" t="s">
-        <v>1970</v>
+        <v>1981</v>
       </c>
       <c r="E213" t="s">
-        <v>1971</v>
+        <v>1982</v>
       </c>
       <c r="F213" t="s">
-        <v>1972</v>
+        <v>1983</v>
       </c>
       <c r="G213" t="s">
-        <v>1973</v>
+        <v>1984</v>
       </c>
       <c r="H213" t="s">
-        <v>1974</v>
+        <v>1985</v>
       </c>
       <c r="I213" t="s">
-        <v>1975</v>
+        <v>1986</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1976</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5504</v>
+        <v>5431</v>
       </c>
       <c r="B214" t="s">
-        <v>1977</v>
+        <v>1988</v>
       </c>
       <c r="C214" t="s">
-        <v>1978</v>
+        <v>1989</v>
       </c>
       <c r="D214" t="s">
-        <v>1979</v>
+        <v>1990</v>
       </c>
       <c r="E214" t="s">
-        <v>1980</v>
+        <v>1991</v>
       </c>
       <c r="F214" t="s">
-        <v>1981</v>
+        <v>1992</v>
       </c>
       <c r="G214" t="s">
-        <v>1982</v>
+        <v>1993</v>
       </c>
       <c r="H214" t="s">
-        <v>1983</v>
+        <v>1994</v>
       </c>
       <c r="I214" t="s">
-        <v>1984</v>
+        <v>1995</v>
       </c>
       <c r="J214" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K214" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L214" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M214" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1985</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5507</v>
+        <v>5433</v>
       </c>
       <c r="B215" t="s">
-        <v>1986</v>
+        <v>1997</v>
       </c>
       <c r="C215" t="s">
-        <v>1987</v>
+        <v>1998</v>
       </c>
       <c r="D215" t="s">
-        <v>1988</v>
+        <v>1999</v>
       </c>
       <c r="E215" t="s">
-        <v>1989</v>
+        <v>2000</v>
       </c>
       <c r="F215" t="s">
-        <v>1990</v>
+        <v>2001</v>
       </c>
       <c r="G215" t="s">
-        <v>1991</v>
+        <v>2002</v>
       </c>
       <c r="H215" t="s">
-        <v>1992</v>
+        <v>2003</v>
       </c>
       <c r="I215" t="s">
-        <v>1993</v>
+        <v>2004</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>1994</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5509</v>
+        <v>5435</v>
       </c>
       <c r="B216" t="s">
-        <v>1995</v>
+        <v>2006</v>
       </c>
       <c r="C216" t="s">
-        <v>1996</v>
+        <v>2007</v>
       </c>
       <c r="D216" t="s">
-        <v>1997</v>
+        <v>2008</v>
       </c>
       <c r="E216" t="s">
-        <v>1998</v>
+        <v>2009</v>
       </c>
       <c r="F216" t="s">
-        <v>1999</v>
+        <v>2010</v>
       </c>
       <c r="G216" t="s">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="H216" t="s">
-        <v>2001</v>
+        <v>2012</v>
       </c>
       <c r="I216" t="s">
-        <v>2002</v>
+        <v>2013</v>
       </c>
       <c r="J216" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>1110</v>
+        <v>170</v>
       </c>
       <c r="L216" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>1111</v>
+        <v>171</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>2003</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>5512</v>
+        <v>5437</v>
       </c>
       <c r="B217" t="s">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="C217" t="s">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="D217" t="s">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="E217" t="s">
-        <v>2007</v>
+        <v>2018</v>
       </c>
       <c r="F217" t="s">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="G217" t="s">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="H217" t="s">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="I217" t="s">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2012</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>5514</v>
+        <v>5439</v>
       </c>
       <c r="B218" t="s">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="C218" t="s">
-        <v>2014</v>
+        <v>2025</v>
       </c>
       <c r="D218" t="s">
-        <v>2015</v>
+        <v>2026</v>
       </c>
       <c r="E218" t="s">
-        <v>2016</v>
+        <v>2027</v>
       </c>
       <c r="F218" t="s">
-        <v>2017</v>
+        <v>2028</v>
       </c>
       <c r="G218" t="s">
-        <v>2018</v>
+        <v>2029</v>
       </c>
       <c r="H218" t="s">
-        <v>2019</v>
+        <v>2030</v>
       </c>
       <c r="I218" t="s">
-        <v>2020</v>
+        <v>2031</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
-        <v>2021</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>5516</v>
+        <v>5456</v>
       </c>
       <c r="B219" t="s">
-        <v>2022</v>
+        <v>2033</v>
       </c>
       <c r="C219" t="s">
-        <v>2023</v>
+        <v>2034</v>
       </c>
       <c r="D219" t="s">
-        <v>2024</v>
+        <v>2035</v>
       </c>
       <c r="E219" t="s">
-        <v>2025</v>
+        <v>2036</v>
       </c>
       <c r="F219" t="s">
-        <v>2026</v>
+        <v>2037</v>
       </c>
       <c r="G219" t="s">
-        <v>2027</v>
+        <v>2038</v>
       </c>
       <c r="H219" t="s">
-        <v>2028</v>
+        <v>2039</v>
       </c>
       <c r="I219" t="s">
-        <v>2029</v>
+        <v>2040</v>
       </c>
       <c r="J219" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K219" t="s">
-        <v>25</v>
+        <v>1691</v>
       </c>
       <c r="L219" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M219" t="s">
-        <v>27</v>
+        <v>1692</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2030</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5517</v>
+        <v>5474</v>
       </c>
       <c r="B220" t="s">
-        <v>2031</v>
+        <v>2042</v>
       </c>
       <c r="C220" t="s">
-        <v>2032</v>
+        <v>2043</v>
       </c>
       <c r="D220" t="s">
-        <v>2033</v>
+        <v>2044</v>
       </c>
       <c r="E220" t="s">
-        <v>2034</v>
+        <v>2045</v>
       </c>
       <c r="F220" t="s">
-        <v>2035</v>
+        <v>2046</v>
       </c>
       <c r="G220" t="s">
-        <v>2036</v>
+        <v>2047</v>
       </c>
       <c r="H220" t="s">
-        <v>2037</v>
+        <v>2048</v>
       </c>
       <c r="I220" t="s">
-        <v>2038</v>
+        <v>2049</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
         <v>25</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
         <v>27</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
-        <v>2039</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5518</v>
+        <v>5475</v>
       </c>
       <c r="B221" t="s">
-        <v>2040</v>
+        <v>2051</v>
       </c>
       <c r="C221" t="s">
-        <v>2041</v>
+        <v>2052</v>
       </c>
       <c r="D221" t="s">
-        <v>2042</v>
+        <v>2053</v>
       </c>
       <c r="E221" t="s">
-        <v>2043</v>
+        <v>2054</v>
       </c>
       <c r="F221" t="s">
-        <v>2044</v>
+        <v>2055</v>
       </c>
       <c r="G221" t="s">
-        <v>2045</v>
+        <v>2056</v>
       </c>
       <c r="H221" t="s">
-        <v>2046</v>
+        <v>2057</v>
       </c>
       <c r="I221" t="s">
-        <v>2047</v>
+        <v>2058</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
-        <v>2048</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5520</v>
+        <v>5476</v>
       </c>
       <c r="B222" t="s">
-        <v>2049</v>
+        <v>2060</v>
       </c>
       <c r="C222" t="s">
-        <v>2050</v>
+        <v>2061</v>
       </c>
       <c r="D222" t="s">
-        <v>2051</v>
+        <v>2062</v>
       </c>
       <c r="E222" t="s">
-        <v>2052</v>
+        <v>2063</v>
       </c>
       <c r="F222" t="s">
-        <v>2053</v>
+        <v>2064</v>
       </c>
       <c r="G222" t="s">
-        <v>2054</v>
+        <v>2065</v>
       </c>
       <c r="H222" t="s">
-        <v>2055</v>
+        <v>2066</v>
       </c>
       <c r="I222" t="s">
-        <v>2056</v>
+        <v>2067</v>
       </c>
       <c r="J222" t="s">
-        <v>24</v>
+        <v>2068</v>
       </c>
       <c r="K222" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="L222" t="s">
-        <v>26</v>
+        <v>2069</v>
       </c>
       <c r="M222" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2057</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5545</v>
+        <v>5478</v>
       </c>
       <c r="B223" t="s">
-        <v>2058</v>
+        <v>2071</v>
       </c>
       <c r="C223" t="s">
-        <v>2059</v>
+        <v>2072</v>
       </c>
       <c r="D223" t="s">
-        <v>2060</v>
+        <v>2073</v>
       </c>
       <c r="E223" t="s">
-        <v>2061</v>
+        <v>2074</v>
       </c>
       <c r="F223" t="s">
-        <v>2062</v>
+        <v>2075</v>
       </c>
       <c r="G223" t="s">
-        <v>2063</v>
+        <v>2076</v>
       </c>
       <c r="H223" t="s">
-        <v>2064</v>
+        <v>2077</v>
       </c>
       <c r="I223" t="s">
-        <v>2065</v>
+        <v>2078</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2066</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5657</v>
+        <v>5493</v>
       </c>
       <c r="B224" t="s">
-        <v>2067</v>
+        <v>2080</v>
       </c>
       <c r="C224" t="s">
-        <v>2068</v>
+        <v>2081</v>
       </c>
       <c r="D224" t="s">
-        <v>2069</v>
+        <v>2082</v>
       </c>
       <c r="E224" t="s">
-        <v>2070</v>
+        <v>2083</v>
       </c>
       <c r="F224" t="s">
-        <v>2071</v>
+        <v>2084</v>
       </c>
       <c r="G224" t="s">
-        <v>2072</v>
+        <v>2085</v>
       </c>
       <c r="H224" t="s">
-        <v>2073</v>
+        <v>2086</v>
       </c>
       <c r="I224" t="s">
-        <v>2074</v>
+        <v>2087</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2075</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5733</v>
+        <v>5496</v>
       </c>
       <c r="B225" t="s">
-        <v>2076</v>
+        <v>2089</v>
       </c>
       <c r="C225" t="s">
-        <v>2077</v>
+        <v>2090</v>
       </c>
       <c r="D225" t="s">
-        <v>2078</v>
+        <v>2091</v>
       </c>
       <c r="E225" t="s">
-        <v>2079</v>
+        <v>2092</v>
       </c>
       <c r="F225" t="s">
-        <v>2080</v>
+        <v>2093</v>
       </c>
       <c r="G225" t="s">
-        <v>2081</v>
+        <v>2094</v>
       </c>
       <c r="H225" t="s">
-        <v>2082</v>
+        <v>2095</v>
       </c>
       <c r="I225" t="s">
-        <v>2083</v>
+        <v>2096</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>47</v>
+        <v>274</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>48</v>
+        <v>276</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2084</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5787</v>
+        <v>5502</v>
       </c>
       <c r="B226" t="s">
-        <v>2085</v>
+        <v>2098</v>
       </c>
       <c r="C226" t="s">
-        <v>2086</v>
+        <v>2099</v>
       </c>
       <c r="D226" t="s">
-        <v>2087</v>
+        <v>2100</v>
       </c>
       <c r="E226" t="s">
-        <v>2088</v>
+        <v>2101</v>
       </c>
       <c r="F226" t="s">
-        <v>2089</v>
+        <v>2102</v>
       </c>
       <c r="G226" t="s">
-        <v>2090</v>
+        <v>2103</v>
       </c>
       <c r="H226" t="s">
-        <v>2091</v>
+        <v>2104</v>
       </c>
       <c r="I226" t="s">
-        <v>2092</v>
+        <v>2105</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2093</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5792</v>
+        <v>5503</v>
       </c>
       <c r="B227" t="s">
-        <v>2094</v>
+        <v>2107</v>
       </c>
       <c r="C227" t="s">
-        <v>2095</v>
+        <v>2108</v>
       </c>
       <c r="D227" t="s">
-        <v>2096</v>
+        <v>2109</v>
       </c>
       <c r="E227" t="s">
-        <v>2097</v>
+        <v>2110</v>
       </c>
       <c r="F227" t="s">
-        <v>2098</v>
+        <v>2111</v>
       </c>
       <c r="G227" t="s">
-        <v>2099</v>
+        <v>2112</v>
       </c>
       <c r="H227" t="s">
-        <v>2100</v>
+        <v>2113</v>
       </c>
       <c r="I227" t="s">
-        <v>2101</v>
+        <v>2114</v>
       </c>
       <c r="J227" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K227" t="s">
-        <v>441</v>
+        <v>47</v>
       </c>
       <c r="L227" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M227" t="s">
-        <v>443</v>
+        <v>48</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2102</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5794</v>
+        <v>5504</v>
       </c>
       <c r="B228" t="s">
-        <v>2103</v>
+        <v>2116</v>
       </c>
       <c r="C228" t="s">
-        <v>2104</v>
+        <v>2117</v>
       </c>
       <c r="D228" t="s">
-        <v>2105</v>
+        <v>2118</v>
       </c>
       <c r="E228" t="s">
-        <v>2106</v>
+        <v>2119</v>
       </c>
       <c r="F228" t="s">
-        <v>2107</v>
+        <v>2120</v>
       </c>
       <c r="G228" t="s">
-        <v>2108</v>
+        <v>2121</v>
       </c>
       <c r="H228" t="s">
-        <v>2109</v>
+        <v>2122</v>
       </c>
       <c r="I228" t="s">
-        <v>2110</v>
+        <v>2123</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2111</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5795</v>
+        <v>5507</v>
       </c>
       <c r="B229" t="s">
-        <v>2112</v>
+        <v>2125</v>
       </c>
       <c r="C229" t="s">
-        <v>2113</v>
+        <v>2126</v>
       </c>
       <c r="D229" t="s">
-        <v>2114</v>
+        <v>2127</v>
       </c>
       <c r="E229" t="s">
-        <v>2115</v>
+        <v>2128</v>
       </c>
       <c r="F229" t="s">
-        <v>2116</v>
+        <v>2129</v>
       </c>
       <c r="G229" t="s">
-        <v>2117</v>
+        <v>2130</v>
       </c>
       <c r="H229" t="s">
-        <v>2118</v>
+        <v>2131</v>
       </c>
       <c r="I229" t="s">
-        <v>2119</v>
+        <v>2132</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2120</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5796</v>
+        <v>5509</v>
       </c>
       <c r="B230" t="s">
-        <v>2121</v>
+        <v>2134</v>
       </c>
       <c r="C230" t="s">
-        <v>2122</v>
+        <v>2135</v>
       </c>
       <c r="D230" t="s">
-        <v>2123</v>
+        <v>2136</v>
       </c>
       <c r="E230" t="s">
-        <v>2124</v>
+        <v>2137</v>
       </c>
       <c r="F230" t="s">
-        <v>2125</v>
+        <v>2138</v>
       </c>
       <c r="G230" t="s">
-        <v>2126</v>
+        <v>2139</v>
       </c>
       <c r="H230" t="s">
-        <v>2127</v>
+        <v>2140</v>
       </c>
       <c r="I230" t="s">
-        <v>2128</v>
+        <v>2141</v>
       </c>
       <c r="J230" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K230" t="s">
-        <v>170</v>
+        <v>1111</v>
       </c>
       <c r="L230" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M230" t="s">
-        <v>171</v>
+        <v>1112</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2129</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5798</v>
+        <v>5512</v>
       </c>
       <c r="B231" t="s">
-        <v>2130</v>
+        <v>2143</v>
       </c>
       <c r="C231" t="s">
-        <v>2131</v>
+        <v>2144</v>
       </c>
       <c r="D231" t="s">
-        <v>2132</v>
+        <v>2145</v>
       </c>
       <c r="E231" t="s">
-        <v>2133</v>
+        <v>2146</v>
       </c>
       <c r="F231" t="s">
-        <v>2134</v>
+        <v>2147</v>
       </c>
       <c r="G231" t="s">
-        <v>2135</v>
+        <v>2148</v>
       </c>
       <c r="H231" t="s">
-        <v>2136</v>
+        <v>2149</v>
       </c>
       <c r="I231" t="s">
-        <v>2137</v>
+        <v>2150</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
         <v>170</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
         <v>171</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2138</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5799</v>
+        <v>5514</v>
       </c>
       <c r="B232" t="s">
-        <v>2139</v>
+        <v>2152</v>
       </c>
       <c r="C232" t="s">
-        <v>2140</v>
+        <v>2153</v>
       </c>
       <c r="D232" t="s">
-        <v>2141</v>
+        <v>2154</v>
       </c>
       <c r="E232" t="s">
-        <v>2142</v>
+        <v>2155</v>
       </c>
       <c r="F232" t="s">
-        <v>2143</v>
+        <v>2156</v>
       </c>
       <c r="G232" t="s">
-        <v>2144</v>
+        <v>2157</v>
       </c>
       <c r="H232" t="s">
-        <v>2145</v>
+        <v>2158</v>
       </c>
       <c r="I232" t="s">
-        <v>2146</v>
+        <v>2159</v>
       </c>
       <c r="J232" t="s">
-        <v>1493</v>
+        <v>24</v>
       </c>
       <c r="K232" t="s">
-        <v>859</v>
+        <v>59</v>
       </c>
       <c r="L232" t="s">
-        <v>1495</v>
+        <v>26</v>
       </c>
       <c r="M232" t="s">
-        <v>860</v>
+        <v>61</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2147</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5803</v>
+        <v>5516</v>
       </c>
       <c r="B233" t="s">
-        <v>2148</v>
+        <v>2161</v>
       </c>
       <c r="C233" t="s">
-        <v>2149</v>
+        <v>2162</v>
       </c>
       <c r="D233" t="s">
-        <v>2150</v>
+        <v>2163</v>
       </c>
       <c r="E233" t="s">
-        <v>2151</v>
+        <v>2164</v>
       </c>
       <c r="F233" t="s">
-        <v>2152</v>
+        <v>2165</v>
       </c>
       <c r="G233" t="s">
-        <v>2153</v>
+        <v>2166</v>
       </c>
       <c r="H233" t="s">
-        <v>2154</v>
+        <v>2167</v>
       </c>
       <c r="I233" t="s">
-        <v>2155</v>
+        <v>2168</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
         <v>25</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
         <v>27</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2156</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5805</v>
+        <v>5517</v>
       </c>
       <c r="B234" t="s">
-        <v>2157</v>
+        <v>2170</v>
       </c>
       <c r="C234" t="s">
-        <v>2158</v>
+        <v>2171</v>
       </c>
       <c r="D234" t="s">
-        <v>2159</v>
+        <v>2172</v>
       </c>
       <c r="E234" t="s">
-        <v>2160</v>
+        <v>2173</v>
       </c>
       <c r="F234" t="s">
-        <v>2161</v>
+        <v>2174</v>
       </c>
       <c r="G234" t="s">
-        <v>2162</v>
+        <v>2175</v>
       </c>
       <c r="H234" t="s">
-        <v>2163</v>
+        <v>2176</v>
       </c>
       <c r="I234" t="s">
-        <v>2164</v>
+        <v>2177</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
         <v>25</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
         <v>27</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2165</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5808</v>
+        <v>5518</v>
       </c>
       <c r="B235" t="s">
-        <v>2166</v>
+        <v>2179</v>
       </c>
       <c r="C235" t="s">
-        <v>2167</v>
+        <v>2180</v>
       </c>
       <c r="D235" t="s">
-        <v>2168</v>
+        <v>2181</v>
       </c>
       <c r="E235" t="s">
-        <v>2169</v>
+        <v>2182</v>
       </c>
       <c r="F235" t="s">
-        <v>2170</v>
+        <v>2183</v>
       </c>
       <c r="G235" t="s">
-        <v>2171</v>
+        <v>2184</v>
       </c>
       <c r="H235" t="s">
-        <v>2172</v>
+        <v>2185</v>
       </c>
       <c r="I235" t="s">
-        <v>2173</v>
+        <v>2186</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
         <v>25</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
         <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2174</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5811</v>
+        <v>5520</v>
       </c>
       <c r="B236" t="s">
-        <v>2175</v>
+        <v>2188</v>
       </c>
       <c r="C236" t="s">
-        <v>2176</v>
+        <v>2189</v>
       </c>
       <c r="D236" t="s">
-        <v>2177</v>
+        <v>2190</v>
       </c>
       <c r="E236" t="s">
-        <v>2178</v>
+        <v>2191</v>
       </c>
       <c r="F236" t="s">
-        <v>2179</v>
+        <v>2192</v>
       </c>
       <c r="G236" t="s">
-        <v>2180</v>
+        <v>2193</v>
       </c>
       <c r="H236" t="s">
-        <v>2181</v>
+        <v>2194</v>
       </c>
       <c r="I236" t="s">
-        <v>2182</v>
+        <v>2195</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
-        <v>25</v>
+        <v>1111</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
-        <v>27</v>
+        <v>1112</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2183</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5819</v>
+        <v>5545</v>
       </c>
       <c r="B237" t="s">
-        <v>2184</v>
+        <v>2197</v>
       </c>
       <c r="C237" t="s">
-        <v>2185</v>
+        <v>2198</v>
       </c>
       <c r="D237" t="s">
-        <v>2186</v>
+        <v>2199</v>
       </c>
       <c r="E237" t="s">
-        <v>2187</v>
+        <v>2200</v>
       </c>
       <c r="F237" t="s">
-        <v>2188</v>
+        <v>2201</v>
       </c>
       <c r="G237" t="s">
-        <v>2189</v>
+        <v>2202</v>
       </c>
       <c r="H237" t="s">
-        <v>2190</v>
+        <v>2203</v>
       </c>
       <c r="I237" t="s">
-        <v>2191</v>
+        <v>2204</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2192</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5830</v>
+        <v>5657</v>
       </c>
       <c r="B238" t="s">
-        <v>2193</v>
+        <v>2206</v>
       </c>
       <c r="C238" t="s">
-        <v>2194</v>
+        <v>2207</v>
       </c>
       <c r="D238" t="s">
-        <v>2195</v>
+        <v>2208</v>
       </c>
       <c r="E238" t="s">
-        <v>2196</v>
+        <v>2209</v>
       </c>
       <c r="F238" t="s">
-        <v>2197</v>
+        <v>2210</v>
       </c>
       <c r="G238" t="s">
-        <v>2198</v>
+        <v>2211</v>
       </c>
       <c r="H238" t="s">
-        <v>2199</v>
+        <v>2212</v>
       </c>
       <c r="I238" t="s">
-        <v>2200</v>
+        <v>2213</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
         <v>25</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
         <v>27</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2201</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5863</v>
+        <v>5733</v>
       </c>
       <c r="B239" t="s">
-        <v>2202</v>
+        <v>2215</v>
       </c>
       <c r="C239" t="s">
-        <v>2203</v>
+        <v>2216</v>
       </c>
       <c r="D239" t="s">
-        <v>2204</v>
+        <v>2217</v>
       </c>
       <c r="E239" t="s">
-        <v>2205</v>
+        <v>2218</v>
       </c>
       <c r="F239" t="s">
-        <v>2206</v>
+        <v>2219</v>
       </c>
       <c r="G239" t="s">
-        <v>2207</v>
+        <v>2220</v>
       </c>
       <c r="H239" t="s">
-        <v>2208</v>
+        <v>2221</v>
       </c>
       <c r="I239" t="s">
-        <v>2209</v>
+        <v>2222</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2210</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5866</v>
+        <v>5787</v>
       </c>
       <c r="B240" t="s">
-        <v>2211</v>
+        <v>2224</v>
       </c>
       <c r="C240" t="s">
-        <v>2212</v>
+        <v>2225</v>
       </c>
       <c r="D240" t="s">
-        <v>2213</v>
+        <v>2226</v>
       </c>
       <c r="E240" t="s">
-        <v>2214</v>
+        <v>2227</v>
       </c>
       <c r="F240" t="s">
-        <v>2215</v>
+        <v>2228</v>
       </c>
       <c r="G240" t="s">
-        <v>2216</v>
+        <v>2229</v>
       </c>
       <c r="H240" t="s">
-        <v>2217</v>
+        <v>2230</v>
       </c>
       <c r="I240" t="s">
-        <v>2218</v>
+        <v>2231</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2219</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5907</v>
+        <v>5792</v>
       </c>
       <c r="B241" t="s">
-        <v>2220</v>
+        <v>2233</v>
       </c>
       <c r="C241" t="s">
-        <v>2221</v>
+        <v>2234</v>
       </c>
       <c r="D241" t="s">
-        <v>2222</v>
+        <v>2235</v>
       </c>
       <c r="E241" t="s">
-        <v>2223</v>
+        <v>2236</v>
       </c>
       <c r="F241" t="s">
-        <v>2224</v>
+        <v>2237</v>
       </c>
       <c r="G241" t="s">
-        <v>2225</v>
+        <v>2238</v>
       </c>
       <c r="H241" t="s">
-        <v>2226</v>
+        <v>2239</v>
       </c>
       <c r="I241" t="s">
-        <v>2227</v>
+        <v>2240</v>
       </c>
       <c r="J241" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K241" t="s">
-        <v>25</v>
+        <v>442</v>
       </c>
       <c r="L241" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M241" t="s">
-        <v>27</v>
+        <v>444</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2228</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5913</v>
+        <v>5794</v>
       </c>
       <c r="B242" t="s">
-        <v>2229</v>
+        <v>2242</v>
       </c>
       <c r="C242" t="s">
-        <v>2230</v>
+        <v>2243</v>
       </c>
       <c r="D242" t="s">
-        <v>2231</v>
+        <v>2244</v>
       </c>
       <c r="E242" t="s">
-        <v>2232</v>
+        <v>2245</v>
       </c>
       <c r="F242" t="s">
-        <v>2233</v>
+        <v>2246</v>
       </c>
       <c r="G242" t="s">
-        <v>2234</v>
+        <v>2247</v>
       </c>
       <c r="H242" t="s">
-        <v>2235</v>
+        <v>2248</v>
       </c>
       <c r="I242" t="s">
-        <v>2236</v>
+        <v>2249</v>
       </c>
       <c r="J242" t="s">
         <v>24</v>
       </c>
       <c r="K242" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L242" t="s">
         <v>26</v>
       </c>
       <c r="M242" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
-        <v>2237</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5927</v>
+        <v>5795</v>
       </c>
       <c r="B243" t="s">
-        <v>2238</v>
+        <v>2251</v>
       </c>
       <c r="C243" t="s">
-        <v>2239</v>
+        <v>2252</v>
       </c>
       <c r="D243" t="s">
-        <v>2240</v>
+        <v>2253</v>
       </c>
       <c r="E243" t="s">
-        <v>2241</v>
+        <v>2254</v>
       </c>
       <c r="F243" t="s">
-        <v>2242</v>
+        <v>2255</v>
       </c>
       <c r="G243" t="s">
-        <v>2243</v>
+        <v>2256</v>
       </c>
       <c r="H243" t="s">
-        <v>2244</v>
+        <v>2257</v>
       </c>
       <c r="I243" t="s">
-        <v>2245</v>
+        <v>2258</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
       <c r="M243" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2246</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5928</v>
+        <v>5796</v>
       </c>
       <c r="B244" t="s">
-        <v>2247</v>
+        <v>2260</v>
       </c>
       <c r="C244" t="s">
-        <v>2248</v>
+        <v>2261</v>
       </c>
       <c r="D244" t="s">
-        <v>2249</v>
+        <v>2262</v>
       </c>
       <c r="E244" t="s">
-        <v>2250</v>
+        <v>2263</v>
       </c>
       <c r="F244" t="s">
-        <v>2251</v>
+        <v>2264</v>
       </c>
       <c r="G244" t="s">
-        <v>2252</v>
+        <v>2265</v>
       </c>
       <c r="H244" t="s">
-        <v>2253</v>
+        <v>2266</v>
       </c>
       <c r="I244" t="s">
-        <v>2254</v>
+        <v>2267</v>
       </c>
       <c r="J244" t="s">
-        <v>2255</v>
+        <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>2256</v>
+        <v>170</v>
       </c>
       <c r="L244" t="s">
-        <v>2257</v>
+        <v>26</v>
       </c>
       <c r="M244" t="s">
-        <v>2258</v>
+        <v>171</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2259</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5931</v>
+        <v>5798</v>
       </c>
       <c r="B245" t="s">
-        <v>2260</v>
+        <v>2269</v>
       </c>
       <c r="C245" t="s">
-        <v>2261</v>
+        <v>2270</v>
       </c>
       <c r="D245" t="s">
-        <v>2262</v>
+        <v>2271</v>
       </c>
       <c r="E245" t="s">
-        <v>2263</v>
+        <v>2272</v>
       </c>
       <c r="F245" t="s">
-        <v>2264</v>
+        <v>2273</v>
       </c>
       <c r="G245" t="s">
-        <v>2265</v>
+        <v>2274</v>
       </c>
       <c r="H245" t="s">
-        <v>2266</v>
+        <v>2275</v>
       </c>
       <c r="I245" t="s">
-        <v>2267</v>
+        <v>2276</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
       <c r="M245" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2268</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5932</v>
+        <v>5799</v>
       </c>
       <c r="B246" t="s">
-        <v>2269</v>
+        <v>2278</v>
       </c>
       <c r="C246" t="s">
-        <v>2270</v>
+        <v>2279</v>
       </c>
       <c r="D246" t="s">
-        <v>2271</v>
+        <v>2280</v>
       </c>
       <c r="E246" t="s">
-        <v>2272</v>
+        <v>2281</v>
       </c>
       <c r="F246" t="s">
-        <v>2273</v>
+        <v>2282</v>
       </c>
       <c r="G246" t="s">
-        <v>2274</v>
+        <v>2283</v>
       </c>
       <c r="H246" t="s">
-        <v>2275</v>
+        <v>2284</v>
       </c>
       <c r="I246" t="s">
-        <v>2276</v>
+        <v>2285</v>
       </c>
       <c r="J246" t="s">
-        <v>24</v>
+        <v>1602</v>
       </c>
       <c r="K246" t="s">
-        <v>170</v>
+        <v>860</v>
       </c>
       <c r="L246" t="s">
-        <v>26</v>
+        <v>1604</v>
       </c>
       <c r="M246" t="s">
-        <v>171</v>
+        <v>861</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
-        <v>2277</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5934</v>
+        <v>5803</v>
       </c>
       <c r="B247" t="s">
-        <v>2278</v>
+        <v>2287</v>
       </c>
       <c r="C247" t="s">
-        <v>2279</v>
+        <v>2288</v>
       </c>
       <c r="D247" t="s">
-        <v>2280</v>
+        <v>2289</v>
       </c>
       <c r="E247" t="s">
-        <v>2281</v>
+        <v>2290</v>
       </c>
       <c r="F247" t="s">
-        <v>2282</v>
+        <v>2291</v>
       </c>
       <c r="G247" t="s">
-        <v>2283</v>
+        <v>2292</v>
       </c>
       <c r="H247" t="s">
-        <v>2284</v>
+        <v>2293</v>
       </c>
       <c r="I247" t="s">
-        <v>2285</v>
+        <v>2294</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2286</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5953</v>
+        <v>5805</v>
       </c>
       <c r="B248" t="s">
-        <v>2287</v>
+        <v>2296</v>
       </c>
       <c r="C248" t="s">
-        <v>2288</v>
+        <v>2297</v>
       </c>
       <c r="D248" t="s">
-        <v>2289</v>
+        <v>2298</v>
       </c>
       <c r="E248" t="s">
-        <v>2290</v>
+        <v>2299</v>
       </c>
       <c r="F248" t="s">
-        <v>2291</v>
+        <v>2300</v>
       </c>
       <c r="G248" t="s">
-        <v>2292</v>
+        <v>2301</v>
       </c>
       <c r="H248" t="s">
-        <v>2293</v>
+        <v>2302</v>
       </c>
       <c r="I248" t="s">
-        <v>2294</v>
+        <v>2303</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
         <v>25</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
         <v>27</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
-        <v>2295</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5981</v>
+        <v>5808</v>
       </c>
       <c r="B249" t="s">
-        <v>2296</v>
+        <v>2305</v>
       </c>
       <c r="C249" t="s">
-        <v>2297</v>
+        <v>2306</v>
       </c>
       <c r="D249" t="s">
-        <v>2298</v>
+        <v>2307</v>
       </c>
       <c r="E249" t="s">
-        <v>2299</v>
+        <v>2308</v>
       </c>
       <c r="F249" t="s">
-        <v>2300</v>
+        <v>2309</v>
       </c>
       <c r="G249" t="s">
-        <v>2301</v>
+        <v>2310</v>
       </c>
       <c r="H249" t="s">
-        <v>2302</v>
+        <v>2311</v>
       </c>
       <c r="I249" t="s">
-        <v>2303</v>
+        <v>2312</v>
       </c>
       <c r="J249" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K249" t="s">
-        <v>2304</v>
+        <v>25</v>
       </c>
       <c r="L249" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M249" t="s">
-        <v>2305</v>
+        <v>27</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2306</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5986</v>
+        <v>5811</v>
       </c>
       <c r="B250" t="s">
-        <v>2307</v>
+        <v>2314</v>
       </c>
       <c r="C250" t="s">
-        <v>2308</v>
+        <v>2315</v>
       </c>
       <c r="D250" t="s">
-        <v>2309</v>
+        <v>2316</v>
       </c>
       <c r="E250" t="s">
-        <v>2310</v>
+        <v>2317</v>
       </c>
       <c r="F250" t="s">
-        <v>2311</v>
+        <v>2318</v>
       </c>
       <c r="G250" t="s">
-        <v>2312</v>
+        <v>2319</v>
       </c>
       <c r="H250" t="s">
-        <v>2313</v>
+        <v>2320</v>
       </c>
       <c r="I250" t="s">
-        <v>2314</v>
+        <v>2321</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2315</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5989</v>
+        <v>5819</v>
       </c>
       <c r="B251" t="s">
-        <v>2316</v>
+        <v>2323</v>
       </c>
       <c r="C251" t="s">
-        <v>2317</v>
+        <v>2324</v>
       </c>
       <c r="D251" t="s">
-        <v>2318</v>
+        <v>2325</v>
       </c>
       <c r="E251" t="s">
-        <v>2319</v>
+        <v>2326</v>
       </c>
       <c r="F251" t="s">
-        <v>2320</v>
+        <v>2327</v>
       </c>
       <c r="G251" t="s">
-        <v>2321</v>
+        <v>2328</v>
       </c>
       <c r="H251" t="s">
-        <v>2322</v>
+        <v>2329</v>
       </c>
       <c r="I251" t="s">
-        <v>2323</v>
+        <v>2330</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>1644</v>
+        <v>25</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
-        <v>1645</v>
+        <v>27</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2324</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>6021</v>
+        <v>5830</v>
       </c>
       <c r="B252" t="s">
-        <v>2325</v>
+        <v>2332</v>
       </c>
       <c r="C252" t="s">
-        <v>2326</v>
+        <v>2333</v>
       </c>
       <c r="D252" t="s">
-        <v>2327</v>
+        <v>2334</v>
       </c>
       <c r="E252" t="s">
-        <v>2328</v>
+        <v>2335</v>
       </c>
       <c r="F252" t="s">
-        <v>2329</v>
+        <v>2336</v>
       </c>
       <c r="G252" t="s">
-        <v>2330</v>
+        <v>2337</v>
       </c>
       <c r="H252" t="s">
-        <v>2331</v>
+        <v>2338</v>
       </c>
       <c r="I252" t="s">
-        <v>2332</v>
+        <v>2339</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
         <v>25</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
         <v>27</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2333</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>6076</v>
+        <v>5863</v>
       </c>
       <c r="B253" t="s">
-        <v>2334</v>
+        <v>2341</v>
       </c>
       <c r="C253" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
       <c r="D253" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="E253" t="s">
-        <v>2337</v>
+        <v>2344</v>
       </c>
       <c r="F253" t="s">
-        <v>2338</v>
+        <v>2345</v>
       </c>
       <c r="G253" t="s">
-        <v>2339</v>
+        <v>2346</v>
       </c>
       <c r="H253" t="s">
-        <v>2340</v>
+        <v>2347</v>
       </c>
       <c r="I253" t="s">
-        <v>2341</v>
+        <v>2348</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
         <v>25</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
         <v>27</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2342</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>6082</v>
+        <v>5866</v>
       </c>
       <c r="B254" t="s">
-        <v>2343</v>
+        <v>2350</v>
       </c>
       <c r="C254" t="s">
-        <v>2344</v>
+        <v>2351</v>
       </c>
       <c r="D254" t="s">
-        <v>2345</v>
+        <v>2352</v>
       </c>
       <c r="E254" t="s">
-        <v>2346</v>
+        <v>2353</v>
       </c>
       <c r="F254" t="s">
-        <v>2347</v>
+        <v>2354</v>
       </c>
       <c r="G254" t="s">
-        <v>2348</v>
+        <v>2355</v>
       </c>
       <c r="H254" t="s">
-        <v>2349</v>
+        <v>2356</v>
       </c>
       <c r="I254" t="s">
-        <v>2350</v>
+        <v>2357</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
-        <v>570</v>
+        <v>25</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
-        <v>571</v>
+        <v>27</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2351</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>6112</v>
+        <v>5907</v>
       </c>
       <c r="B255" t="s">
-        <v>2352</v>
+        <v>2359</v>
       </c>
       <c r="C255" t="s">
-        <v>2353</v>
+        <v>2360</v>
       </c>
       <c r="D255" t="s">
-        <v>2354</v>
+        <v>2361</v>
       </c>
       <c r="E255" t="s">
-        <v>2355</v>
+        <v>2362</v>
       </c>
       <c r="F255" t="s">
-        <v>2356</v>
+        <v>2363</v>
       </c>
       <c r="G255" t="s">
-        <v>2357</v>
+        <v>2364</v>
       </c>
       <c r="H255" t="s">
-        <v>2358</v>
+        <v>2365</v>
       </c>
       <c r="I255" t="s">
-        <v>2359</v>
+        <v>2366</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2360</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>6179</v>
+        <v>5913</v>
       </c>
       <c r="B256" t="s">
-        <v>2361</v>
+        <v>2368</v>
       </c>
       <c r="C256" t="s">
-        <v>2362</v>
+        <v>2369</v>
       </c>
       <c r="D256" t="s">
-        <v>2363</v>
+        <v>2370</v>
       </c>
       <c r="E256" t="s">
-        <v>2364</v>
+        <v>2371</v>
       </c>
       <c r="F256" t="s">
-        <v>2365</v>
+        <v>2372</v>
       </c>
       <c r="G256" t="s">
-        <v>2366</v>
+        <v>2373</v>
       </c>
       <c r="H256" t="s">
-        <v>2367</v>
+        <v>2374</v>
       </c>
       <c r="I256" t="s">
-        <v>2368</v>
+        <v>2375</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2369</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>6180</v>
+        <v>5927</v>
       </c>
       <c r="B257" t="s">
-        <v>2370</v>
+        <v>2377</v>
       </c>
       <c r="C257" t="s">
-        <v>2371</v>
+        <v>2378</v>
       </c>
       <c r="D257" t="s">
-        <v>2372</v>
+        <v>2379</v>
       </c>
       <c r="E257" t="s">
-        <v>2373</v>
+        <v>2380</v>
       </c>
       <c r="F257" t="s">
-        <v>2374</v>
+        <v>2381</v>
       </c>
       <c r="G257" t="s">
-        <v>2375</v>
+        <v>2382</v>
       </c>
       <c r="H257" t="s">
-        <v>2376</v>
+        <v>2383</v>
       </c>
       <c r="I257" t="s">
-        <v>2377</v>
+        <v>2384</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2378</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>6203</v>
+        <v>5928</v>
       </c>
       <c r="B258" t="s">
-        <v>2379</v>
+        <v>2386</v>
       </c>
       <c r="C258" t="s">
-        <v>2380</v>
+        <v>2387</v>
       </c>
       <c r="D258" t="s">
-        <v>2381</v>
+        <v>2388</v>
       </c>
       <c r="E258" t="s">
-        <v>2382</v>
+        <v>2389</v>
       </c>
       <c r="F258" t="s">
-        <v>2383</v>
+        <v>2390</v>
       </c>
       <c r="G258" t="s">
-        <v>2384</v>
+        <v>2391</v>
       </c>
       <c r="H258" t="s">
-        <v>2385</v>
+        <v>2392</v>
       </c>
       <c r="I258" t="s">
-        <v>2386</v>
+        <v>2393</v>
       </c>
       <c r="J258" t="s">
-        <v>24</v>
+        <v>2394</v>
       </c>
       <c r="K258" t="s">
-        <v>170</v>
+        <v>2395</v>
       </c>
       <c r="L258" t="s">
-        <v>26</v>
+        <v>2396</v>
       </c>
       <c r="M258" t="s">
-        <v>171</v>
+        <v>2397</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2387</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>6208</v>
+        <v>5931</v>
       </c>
       <c r="B259" t="s">
-        <v>2388</v>
+        <v>2399</v>
       </c>
       <c r="C259" t="s">
-        <v>2389</v>
+        <v>2400</v>
       </c>
       <c r="D259" t="s">
-        <v>2390</v>
+        <v>2401</v>
       </c>
       <c r="E259" t="s">
-        <v>2391</v>
+        <v>2402</v>
       </c>
       <c r="F259" t="s">
-        <v>2392</v>
+        <v>2403</v>
       </c>
       <c r="G259" t="s">
-        <v>2393</v>
+        <v>2404</v>
       </c>
       <c r="H259" t="s">
-        <v>2394</v>
+        <v>2405</v>
       </c>
       <c r="I259" t="s">
-        <v>2395</v>
+        <v>2406</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L259" t="s">
         <v>26</v>
       </c>
       <c r="M259" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2396</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>6211</v>
+        <v>5932</v>
       </c>
       <c r="B260" t="s">
-        <v>2397</v>
+        <v>2408</v>
       </c>
       <c r="C260" t="s">
-        <v>2398</v>
+        <v>2409</v>
       </c>
       <c r="D260" t="s">
-        <v>2399</v>
+        <v>2410</v>
       </c>
       <c r="E260" t="s">
-        <v>2400</v>
+        <v>2411</v>
       </c>
       <c r="F260" t="s">
-        <v>2401</v>
+        <v>2412</v>
       </c>
       <c r="G260" t="s">
-        <v>2402</v>
+        <v>2413</v>
       </c>
       <c r="H260" t="s">
-        <v>2403</v>
+        <v>2414</v>
       </c>
       <c r="I260" t="s">
-        <v>2404</v>
+        <v>2415</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
         <v>170</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
         <v>171</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2405</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>6254</v>
+        <v>5934</v>
       </c>
       <c r="B261" t="s">
-        <v>2406</v>
+        <v>2417</v>
       </c>
       <c r="C261" t="s">
-        <v>2407</v>
+        <v>2418</v>
       </c>
       <c r="D261" t="s">
-        <v>2408</v>
+        <v>2419</v>
       </c>
       <c r="E261" t="s">
-        <v>2409</v>
+        <v>2420</v>
       </c>
       <c r="F261" t="s">
-        <v>2410</v>
+        <v>2421</v>
       </c>
       <c r="G261" t="s">
-        <v>2411</v>
+        <v>2422</v>
       </c>
       <c r="H261" t="s">
-        <v>2412</v>
+        <v>2423</v>
       </c>
       <c r="I261" t="s">
-        <v>2413</v>
+        <v>2424</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
         <v>170</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
         <v>171</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2414</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>6255</v>
+        <v>5953</v>
       </c>
       <c r="B262" t="s">
-        <v>2415</v>
+        <v>2426</v>
       </c>
       <c r="C262" t="s">
-        <v>2416</v>
+        <v>2427</v>
       </c>
       <c r="D262" t="s">
-        <v>2417</v>
+        <v>2428</v>
       </c>
       <c r="E262" t="s">
-        <v>2418</v>
+        <v>2429</v>
       </c>
       <c r="F262" t="s">
-        <v>2419</v>
+        <v>2430</v>
       </c>
       <c r="G262" t="s">
-        <v>2420</v>
+        <v>2431</v>
       </c>
       <c r="H262" t="s">
-        <v>2421</v>
+        <v>2432</v>
       </c>
       <c r="I262" t="s">
-        <v>2422</v>
+        <v>2433</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>2423</v>
+        <v>25</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>2424</v>
+        <v>27</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2425</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>6258</v>
+        <v>5981</v>
       </c>
       <c r="B263" t="s">
-        <v>2426</v>
+        <v>2435</v>
       </c>
       <c r="C263" t="s">
-        <v>2427</v>
+        <v>2436</v>
       </c>
       <c r="D263" t="s">
-        <v>2428</v>
+        <v>2437</v>
       </c>
       <c r="E263" t="s">
-        <v>2429</v>
+        <v>2438</v>
       </c>
       <c r="F263" t="s">
-        <v>2430</v>
+        <v>2439</v>
       </c>
       <c r="G263" t="s">
-        <v>2431</v>
+        <v>2440</v>
       </c>
       <c r="H263" t="s">
-        <v>2432</v>
+        <v>2441</v>
       </c>
       <c r="I263" t="s">
-        <v>2433</v>
+        <v>2442</v>
       </c>
       <c r="J263" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K263" t="s">
-        <v>25</v>
+        <v>2443</v>
       </c>
       <c r="L263" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M263" t="s">
-        <v>27</v>
+        <v>2444</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2434</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>6259</v>
+        <v>5986</v>
       </c>
       <c r="B264" t="s">
-        <v>2435</v>
+        <v>2446</v>
       </c>
       <c r="C264" t="s">
-        <v>2436</v>
+        <v>2447</v>
       </c>
       <c r="D264" t="s">
-        <v>2437</v>
+        <v>2448</v>
       </c>
       <c r="E264" t="s">
-        <v>2438</v>
+        <v>2449</v>
       </c>
       <c r="F264" t="s">
-        <v>2439</v>
+        <v>2450</v>
       </c>
       <c r="G264" t="s">
-        <v>2440</v>
+        <v>2451</v>
       </c>
       <c r="H264" t="s">
-        <v>2441</v>
+        <v>2452</v>
       </c>
       <c r="I264" t="s">
-        <v>2442</v>
+        <v>2453</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
         <v>170</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
         <v>171</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2443</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>6261</v>
+        <v>5989</v>
       </c>
       <c r="B265" t="s">
-        <v>2444</v>
+        <v>2455</v>
       </c>
       <c r="C265" t="s">
-        <v>2445</v>
+        <v>2456</v>
       </c>
       <c r="D265" t="s">
-        <v>2446</v>
+        <v>2457</v>
       </c>
       <c r="E265" t="s">
-        <v>2447</v>
+        <v>2458</v>
       </c>
       <c r="F265" t="s">
-        <v>2448</v>
+        <v>2459</v>
       </c>
       <c r="G265" t="s">
-        <v>2449</v>
+        <v>2460</v>
       </c>
       <c r="H265" t="s">
-        <v>2450</v>
+        <v>2461</v>
       </c>
       <c r="I265" t="s">
-        <v>2451</v>
+        <v>2462</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>47</v>
+        <v>1783</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
-        <v>48</v>
+        <v>1784</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2452</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>6263</v>
+        <v>6021</v>
       </c>
       <c r="B266" t="s">
-        <v>2453</v>
+        <v>2464</v>
       </c>
       <c r="C266" t="s">
-        <v>2454</v>
+        <v>2465</v>
       </c>
       <c r="D266" t="s">
-        <v>2455</v>
+        <v>2466</v>
       </c>
       <c r="E266" t="s">
-        <v>2456</v>
+        <v>2467</v>
       </c>
       <c r="F266" t="s">
-        <v>2457</v>
+        <v>2468</v>
       </c>
       <c r="G266" t="s">
-        <v>2458</v>
+        <v>2469</v>
       </c>
       <c r="H266" t="s">
-        <v>2459</v>
+        <v>2470</v>
       </c>
       <c r="I266" t="s">
-        <v>2460</v>
+        <v>2471</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2461</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>6272</v>
+        <v>6076</v>
       </c>
       <c r="B267" t="s">
-        <v>2462</v>
+        <v>2473</v>
       </c>
       <c r="C267" t="s">
-        <v>2463</v>
+        <v>2474</v>
       </c>
       <c r="D267" t="s">
-        <v>2464</v>
+        <v>2475</v>
       </c>
       <c r="E267" t="s">
-        <v>2465</v>
+        <v>2476</v>
       </c>
       <c r="F267" t="s">
-        <v>2466</v>
+        <v>2477</v>
       </c>
       <c r="G267" t="s">
-        <v>2467</v>
+        <v>2478</v>
       </c>
       <c r="H267" t="s">
-        <v>2468</v>
+        <v>2479</v>
       </c>
       <c r="I267" t="s">
-        <v>2469</v>
+        <v>2480</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2470</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>6274</v>
+        <v>6082</v>
       </c>
       <c r="B268" t="s">
-        <v>2471</v>
+        <v>2482</v>
       </c>
       <c r="C268" t="s">
-        <v>2472</v>
+        <v>2483</v>
       </c>
       <c r="D268" t="s">
-        <v>2473</v>
+        <v>2484</v>
       </c>
       <c r="E268" t="s">
-        <v>2474</v>
+        <v>2485</v>
       </c>
       <c r="F268" t="s">
-        <v>2475</v>
+        <v>2486</v>
       </c>
       <c r="G268" t="s">
-        <v>2476</v>
+        <v>2487</v>
       </c>
       <c r="H268" t="s">
-        <v>2477</v>
+        <v>2488</v>
       </c>
       <c r="I268" t="s">
-        <v>2478</v>
+        <v>2489</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
-        <v>25</v>
+        <v>571</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
-        <v>27</v>
+        <v>572</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2479</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>6275</v>
+        <v>6112</v>
       </c>
       <c r="B269" t="s">
-        <v>2480</v>
+        <v>2491</v>
       </c>
       <c r="C269" t="s">
-        <v>2481</v>
+        <v>2492</v>
       </c>
       <c r="D269" t="s">
-        <v>2482</v>
+        <v>2493</v>
       </c>
       <c r="E269" t="s">
-        <v>2483</v>
+        <v>2494</v>
       </c>
       <c r="F269" t="s">
-        <v>2484</v>
+        <v>2495</v>
       </c>
       <c r="G269" t="s">
-        <v>2485</v>
+        <v>2496</v>
       </c>
       <c r="H269" t="s">
-        <v>2486</v>
+        <v>2497</v>
       </c>
       <c r="I269" t="s">
-        <v>2487</v>
+        <v>2498</v>
       </c>
       <c r="J269" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>1552</v>
+        <v>170</v>
       </c>
       <c r="L269" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M269" t="s">
-        <v>1553</v>
+        <v>171</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2488</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>6327</v>
+        <v>6179</v>
       </c>
       <c r="B270" t="s">
-        <v>2489</v>
+        <v>2500</v>
       </c>
       <c r="C270" t="s">
-        <v>2490</v>
+        <v>2501</v>
       </c>
       <c r="D270" t="s">
-        <v>2491</v>
+        <v>2502</v>
       </c>
       <c r="E270" t="s">
-        <v>2492</v>
+        <v>2503</v>
       </c>
       <c r="F270" t="s">
-        <v>2493</v>
+        <v>2504</v>
       </c>
       <c r="G270" t="s">
-        <v>2494</v>
+        <v>2505</v>
       </c>
       <c r="H270" t="s">
-        <v>2495</v>
+        <v>2506</v>
       </c>
       <c r="I270" t="s">
-        <v>2496</v>
+        <v>2507</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2497</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>6337</v>
+        <v>6180</v>
       </c>
       <c r="B271" t="s">
-        <v>2498</v>
+        <v>2509</v>
       </c>
       <c r="C271" t="s">
-        <v>2499</v>
+        <v>2510</v>
       </c>
       <c r="D271" t="s">
-        <v>2500</v>
+        <v>2511</v>
       </c>
       <c r="E271" t="s">
-        <v>2501</v>
+        <v>2512</v>
       </c>
       <c r="F271" t="s">
-        <v>2502</v>
+        <v>2513</v>
       </c>
       <c r="G271" t="s">
-        <v>2503</v>
+        <v>2514</v>
       </c>
       <c r="H271" t="s">
-        <v>2504</v>
+        <v>2515</v>
       </c>
       <c r="I271" t="s">
-        <v>2505</v>
+        <v>2516</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2506</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>6379</v>
+        <v>6203</v>
       </c>
       <c r="B272" t="s">
-        <v>2507</v>
+        <v>2518</v>
       </c>
       <c r="C272" t="s">
-        <v>2508</v>
+        <v>2519</v>
       </c>
       <c r="D272" t="s">
-        <v>2509</v>
+        <v>2520</v>
       </c>
       <c r="E272" t="s">
-        <v>2510</v>
+        <v>2521</v>
       </c>
       <c r="F272" t="s">
-        <v>2511</v>
+        <v>2522</v>
       </c>
       <c r="G272" t="s">
-        <v>2512</v>
+        <v>2523</v>
       </c>
       <c r="H272" t="s">
-        <v>2513</v>
+        <v>2524</v>
       </c>
       <c r="I272" t="s">
-        <v>2514</v>
+        <v>2525</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>2515</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>6454</v>
+        <v>6208</v>
       </c>
       <c r="B273" t="s">
-        <v>2516</v>
+        <v>2527</v>
       </c>
       <c r="C273" t="s">
-        <v>2517</v>
+        <v>2528</v>
       </c>
       <c r="D273" t="s">
-        <v>2518</v>
+        <v>2529</v>
       </c>
       <c r="E273" t="s">
-        <v>2519</v>
+        <v>2530</v>
       </c>
       <c r="F273" t="s">
-        <v>2520</v>
+        <v>2531</v>
       </c>
       <c r="G273" t="s">
-        <v>2521</v>
+        <v>2532</v>
       </c>
       <c r="H273" t="s">
-        <v>2522</v>
+        <v>2533</v>
       </c>
       <c r="I273" t="s">
-        <v>2523</v>
+        <v>2534</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
         <v>170</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273" t="s">
         <v>171</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
-        <v>2524</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>6460</v>
+        <v>6211</v>
       </c>
       <c r="B274" t="s">
-        <v>2525</v>
+        <v>2536</v>
       </c>
       <c r="C274" t="s">
-        <v>2526</v>
+        <v>2537</v>
       </c>
       <c r="D274" t="s">
-        <v>2527</v>
+        <v>2538</v>
       </c>
       <c r="E274" t="s">
-        <v>2528</v>
+        <v>2539</v>
       </c>
       <c r="F274" t="s">
-        <v>2529</v>
+        <v>2540</v>
       </c>
       <c r="G274" t="s">
-        <v>2530</v>
+        <v>2541</v>
       </c>
       <c r="H274" t="s">
-        <v>2531</v>
+        <v>2542</v>
       </c>
       <c r="I274" t="s">
-        <v>2532</v>
+        <v>2543</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2533</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>6468</v>
+        <v>6254</v>
       </c>
       <c r="B275" t="s">
-        <v>2534</v>
+        <v>2545</v>
       </c>
       <c r="C275" t="s">
-        <v>2535</v>
+        <v>2546</v>
       </c>
       <c r="D275" t="s">
-        <v>2536</v>
+        <v>2547</v>
       </c>
       <c r="E275" t="s">
-        <v>2537</v>
+        <v>2548</v>
       </c>
       <c r="F275" t="s">
-        <v>2538</v>
+        <v>2549</v>
       </c>
       <c r="G275" t="s">
-        <v>2539</v>
+        <v>2550</v>
       </c>
       <c r="H275" t="s">
-        <v>2540</v>
+        <v>2551</v>
       </c>
       <c r="I275" t="s">
-        <v>2541</v>
+        <v>2552</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2542</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>6615</v>
+        <v>6255</v>
       </c>
       <c r="B276" t="s">
-        <v>2543</v>
+        <v>2554</v>
       </c>
       <c r="C276" t="s">
-        <v>2544</v>
+        <v>2555</v>
       </c>
       <c r="D276" t="s">
-        <v>2545</v>
+        <v>2556</v>
       </c>
       <c r="E276" t="s">
-        <v>2546</v>
+        <v>2557</v>
       </c>
       <c r="F276" t="s">
-        <v>2547</v>
+        <v>2558</v>
       </c>
       <c r="G276" t="s">
-        <v>2548</v>
+        <v>2559</v>
       </c>
       <c r="H276" t="s">
-        <v>2549</v>
+        <v>2560</v>
       </c>
       <c r="I276" t="s">
-        <v>2550</v>
+        <v>2561</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
-        <v>25</v>
+        <v>2562</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
-        <v>27</v>
+        <v>2563</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2551</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>6761</v>
+        <v>6258</v>
       </c>
       <c r="B277" t="s">
-        <v>2552</v>
+        <v>2565</v>
       </c>
       <c r="C277" t="s">
-        <v>2553</v>
+        <v>2566</v>
       </c>
       <c r="D277" t="s">
-        <v>2554</v>
+        <v>2567</v>
       </c>
       <c r="E277" t="s">
-        <v>2555</v>
+        <v>2568</v>
       </c>
       <c r="F277" t="s">
-        <v>2556</v>
+        <v>2569</v>
       </c>
       <c r="G277" t="s">
-        <v>2557</v>
+        <v>2570</v>
       </c>
       <c r="H277" t="s">
-        <v>2558</v>
+        <v>2571</v>
       </c>
       <c r="I277" t="s">
-        <v>2559</v>
+        <v>2572</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
         <v>25</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
         <v>27</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2560</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>6762</v>
+        <v>6259</v>
       </c>
       <c r="B278" t="s">
-        <v>2561</v>
+        <v>2574</v>
       </c>
       <c r="C278" t="s">
-        <v>2562</v>
+        <v>2575</v>
       </c>
       <c r="D278" t="s">
-        <v>2563</v>
+        <v>2576</v>
       </c>
       <c r="E278" t="s">
-        <v>2564</v>
+        <v>2577</v>
       </c>
       <c r="F278" t="s">
-        <v>2565</v>
+        <v>2578</v>
       </c>
       <c r="G278" t="s">
-        <v>2566</v>
+        <v>2579</v>
       </c>
       <c r="H278" t="s">
-        <v>2567</v>
+        <v>2580</v>
       </c>
       <c r="I278" t="s">
-        <v>2568</v>
+        <v>2581</v>
       </c>
       <c r="J278" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K278" t="s">
-        <v>671</v>
+        <v>170</v>
       </c>
       <c r="L278" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M278" t="s">
-        <v>672</v>
+        <v>171</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2569</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>6765</v>
+        <v>6261</v>
       </c>
       <c r="B279" t="s">
-        <v>2570</v>
+        <v>2583</v>
       </c>
       <c r="C279" t="s">
-        <v>2571</v>
+        <v>2584</v>
       </c>
       <c r="D279" t="s">
-        <v>2572</v>
+        <v>2585</v>
       </c>
       <c r="E279" t="s">
-        <v>2573</v>
+        <v>2586</v>
       </c>
       <c r="F279" t="s">
-        <v>2574</v>
+        <v>2587</v>
       </c>
       <c r="G279" t="s">
-        <v>2575</v>
+        <v>2588</v>
       </c>
       <c r="H279" t="s">
-        <v>2576</v>
+        <v>2589</v>
       </c>
       <c r="I279" t="s">
-        <v>2577</v>
+        <v>2590</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
-        <v>2578</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>6982</v>
+        <v>6263</v>
       </c>
       <c r="B280" t="s">
-        <v>2579</v>
+        <v>2592</v>
       </c>
       <c r="C280" t="s">
-        <v>2580</v>
+        <v>2593</v>
       </c>
       <c r="D280" t="s">
-        <v>2581</v>
+        <v>2594</v>
       </c>
       <c r="E280" t="s">
-        <v>2582</v>
+        <v>2595</v>
       </c>
       <c r="F280" t="s">
-        <v>2583</v>
+        <v>2596</v>
       </c>
       <c r="G280" t="s">
-        <v>2584</v>
+        <v>2597</v>
       </c>
       <c r="H280" t="s">
-        <v>2585</v>
+        <v>2598</v>
       </c>
       <c r="I280" t="s">
-        <v>2586</v>
+        <v>2599</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>2587</v>
+        <v>170</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
+      <c r="M280" t="s">
+        <v>171</v>
+      </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2588</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>8265</v>
+        <v>6272</v>
       </c>
       <c r="B281" t="s">
-        <v>2589</v>
+        <v>2601</v>
       </c>
       <c r="C281" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
       <c r="D281" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="E281" t="s">
-        <v>2592</v>
+        <v>2604</v>
       </c>
       <c r="F281" t="s">
-        <v>2593</v>
+        <v>2605</v>
       </c>
       <c r="G281" t="s">
-        <v>2594</v>
+        <v>2606</v>
       </c>
       <c r="H281" t="s">
-        <v>2595</v>
+        <v>2607</v>
       </c>
       <c r="I281" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
-        <v>2597</v>
+        <v>170</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
-        <v>2598</v>
+        <v>171</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
-        <v>2599</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>8289</v>
+        <v>6274</v>
       </c>
       <c r="B282" t="s">
-        <v>2600</v>
+        <v>2610</v>
       </c>
       <c r="C282" t="s">
-        <v>2601</v>
+        <v>2611</v>
       </c>
       <c r="D282" t="s">
-        <v>2602</v>
+        <v>2612</v>
       </c>
       <c r="E282" t="s">
-        <v>2603</v>
+        <v>2613</v>
       </c>
       <c r="F282" t="s">
-        <v>2604</v>
+        <v>2614</v>
       </c>
       <c r="G282" t="s">
-        <v>2605</v>
+        <v>2615</v>
       </c>
       <c r="H282" t="s">
-        <v>2606</v>
+        <v>2616</v>
       </c>
       <c r="I282" t="s">
-        <v>2607</v>
+        <v>2617</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
-        <v>441</v>
+        <v>25</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
-        <v>443</v>
+        <v>27</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
-        <v>2608</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>8294</v>
+        <v>6275</v>
       </c>
       <c r="B283" t="s">
-        <v>2609</v>
+        <v>2619</v>
       </c>
       <c r="C283" t="s">
-        <v>2610</v>
+        <v>2620</v>
       </c>
       <c r="D283" t="s">
-        <v>2611</v>
+        <v>2621</v>
       </c>
       <c r="E283" t="s">
-        <v>2612</v>
+        <v>2622</v>
       </c>
       <c r="F283" t="s">
-        <v>2613</v>
+        <v>2623</v>
       </c>
       <c r="G283" t="s">
-        <v>2614</v>
+        <v>2624</v>
       </c>
       <c r="H283" t="s">
-        <v>2615</v>
+        <v>2625</v>
       </c>
       <c r="I283" t="s">
-        <v>2616</v>
+        <v>2626</v>
       </c>
       <c r="J283" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K283" t="s">
-        <v>727</v>
+        <v>1691</v>
       </c>
       <c r="L283" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M283" t="s">
-        <v>728</v>
+        <v>1692</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2617</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>8315</v>
+        <v>6327</v>
       </c>
       <c r="B284" t="s">
-        <v>2618</v>
+        <v>2628</v>
       </c>
       <c r="C284" t="s">
-        <v>2619</v>
+        <v>2629</v>
       </c>
       <c r="D284" t="s">
-        <v>2620</v>
+        <v>2630</v>
       </c>
       <c r="E284" t="s">
-        <v>2621</v>
+        <v>2631</v>
       </c>
       <c r="F284" t="s">
-        <v>2622</v>
+        <v>2632</v>
       </c>
       <c r="G284" t="s">
-        <v>2623</v>
+        <v>2633</v>
       </c>
       <c r="H284" t="s">
-        <v>2624</v>
+        <v>2634</v>
       </c>
       <c r="I284" t="s">
-        <v>2625</v>
+        <v>2635</v>
       </c>
       <c r="J284" t="s">
         <v>24</v>
       </c>
       <c r="K284" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2626</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>8343</v>
+        <v>6337</v>
       </c>
       <c r="B285" t="s">
-        <v>2627</v>
+        <v>2637</v>
       </c>
       <c r="C285" t="s">
-        <v>2628</v>
+        <v>2638</v>
       </c>
       <c r="D285" t="s">
-        <v>2629</v>
+        <v>2639</v>
       </c>
       <c r="E285" t="s">
-        <v>2630</v>
+        <v>2640</v>
       </c>
       <c r="F285" t="s">
-        <v>2631</v>
+        <v>2641</v>
       </c>
       <c r="G285" t="s">
-        <v>2632</v>
+        <v>2642</v>
       </c>
       <c r="H285" t="s">
-        <v>2633</v>
+        <v>2643</v>
       </c>
       <c r="I285" t="s">
-        <v>2634</v>
+        <v>2644</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2635</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>8386</v>
+        <v>6379</v>
       </c>
       <c r="B286" t="s">
-        <v>2636</v>
+        <v>2646</v>
       </c>
       <c r="C286" t="s">
-        <v>2637</v>
+        <v>2647</v>
       </c>
       <c r="D286" t="s">
-        <v>2638</v>
+        <v>2648</v>
       </c>
       <c r="E286" t="s">
-        <v>2639</v>
+        <v>2649</v>
       </c>
       <c r="F286" t="s">
-        <v>2640</v>
+        <v>2650</v>
       </c>
       <c r="G286" t="s">
-        <v>2641</v>
+        <v>2651</v>
       </c>
       <c r="H286" t="s">
-        <v>2642</v>
+        <v>2652</v>
       </c>
       <c r="I286" t="s">
-        <v>2643</v>
+        <v>2653</v>
       </c>
       <c r="J286" t="s">
-        <v>1493</v>
+        <v>24</v>
       </c>
       <c r="K286" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L286" t="s">
-        <v>1495</v>
+        <v>26</v>
       </c>
       <c r="M286" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2644</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>8387</v>
+        <v>6454</v>
       </c>
       <c r="B287" t="s">
-        <v>2645</v>
+        <v>2655</v>
       </c>
       <c r="C287" t="s">
-        <v>2646</v>
+        <v>2656</v>
       </c>
       <c r="D287" t="s">
-        <v>2647</v>
+        <v>2657</v>
       </c>
       <c r="E287" t="s">
-        <v>2648</v>
+        <v>2658</v>
       </c>
       <c r="F287" t="s">
-        <v>2649</v>
+        <v>2659</v>
       </c>
       <c r="G287" t="s">
-        <v>2650</v>
+        <v>2660</v>
       </c>
       <c r="H287" t="s">
-        <v>2651</v>
+        <v>2661</v>
       </c>
       <c r="I287" t="s">
-        <v>2652</v>
+        <v>2662</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2653</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>8402</v>
+        <v>6460</v>
       </c>
       <c r="B288" t="s">
-        <v>2654</v>
+        <v>2664</v>
       </c>
       <c r="C288" t="s">
-        <v>2655</v>
+        <v>2665</v>
       </c>
       <c r="D288" t="s">
-        <v>2656</v>
+        <v>2666</v>
       </c>
       <c r="E288" t="s">
-        <v>2657</v>
+        <v>2667</v>
       </c>
       <c r="F288" t="s">
-        <v>2658</v>
+        <v>2668</v>
       </c>
       <c r="G288" t="s">
-        <v>2659</v>
+        <v>2669</v>
       </c>
       <c r="H288" t="s">
-        <v>2660</v>
+        <v>2670</v>
       </c>
       <c r="I288" t="s">
-        <v>2661</v>
+        <v>2671</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
-        <v>2662</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>8902</v>
+        <v>6468</v>
       </c>
       <c r="B289" t="s">
-        <v>2663</v>
+        <v>2673</v>
       </c>
       <c r="C289" t="s">
-        <v>2664</v>
+        <v>2674</v>
       </c>
       <c r="D289" t="s">
-        <v>2665</v>
+        <v>2675</v>
       </c>
       <c r="E289" t="s">
-        <v>2666</v>
+        <v>2676</v>
       </c>
       <c r="F289" t="s">
-        <v>2667</v>
+        <v>2677</v>
       </c>
       <c r="G289" t="s">
-        <v>2668</v>
+        <v>2678</v>
       </c>
       <c r="H289" t="s">
-        <v>2669</v>
+        <v>2679</v>
       </c>
       <c r="I289" t="s">
-        <v>2670</v>
+        <v>2680</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
-        <v>2671</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>8903</v>
+        <v>6615</v>
       </c>
       <c r="B290" t="s">
-        <v>2672</v>
+        <v>2682</v>
       </c>
       <c r="C290" t="s">
-        <v>2673</v>
+        <v>2683</v>
       </c>
       <c r="D290" t="s">
-        <v>2674</v>
+        <v>2684</v>
       </c>
       <c r="E290" t="s">
-        <v>2675</v>
+        <v>2685</v>
       </c>
       <c r="F290" t="s">
-        <v>2676</v>
+        <v>2686</v>
       </c>
       <c r="G290" t="s">
-        <v>2677</v>
+        <v>2687</v>
       </c>
       <c r="H290" t="s">
-        <v>2678</v>
+        <v>2688</v>
       </c>
       <c r="I290" t="s">
-        <v>2679</v>
+        <v>2689</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2680</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>8904</v>
+        <v>6761</v>
       </c>
       <c r="B291" t="s">
-        <v>2681</v>
+        <v>2691</v>
       </c>
       <c r="C291" t="s">
-        <v>2682</v>
+        <v>2692</v>
       </c>
       <c r="D291" t="s">
-        <v>2683</v>
+        <v>2693</v>
       </c>
       <c r="E291" t="s">
-        <v>2684</v>
+        <v>2694</v>
       </c>
       <c r="F291" t="s">
-        <v>2685</v>
+        <v>2695</v>
       </c>
       <c r="G291" t="s">
-        <v>2686</v>
+        <v>2696</v>
       </c>
       <c r="H291" t="s">
-        <v>2687</v>
+        <v>2697</v>
       </c>
       <c r="I291" t="s">
-        <v>2688</v>
+        <v>2698</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
-        <v>2689</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>8914</v>
+        <v>6762</v>
       </c>
       <c r="B292" t="s">
-        <v>2690</v>
+        <v>2700</v>
       </c>
       <c r="C292" t="s">
-        <v>2691</v>
+        <v>2701</v>
       </c>
       <c r="D292" t="s">
-        <v>2692</v>
+        <v>2702</v>
       </c>
       <c r="E292" t="s">
-        <v>2693</v>
+        <v>2703</v>
       </c>
       <c r="F292" t="s">
-        <v>2694</v>
+        <v>2704</v>
       </c>
       <c r="G292" t="s">
-        <v>2695</v>
+        <v>2705</v>
       </c>
       <c r="H292" t="s">
-        <v>2696</v>
+        <v>2706</v>
       </c>
       <c r="I292" t="s">
-        <v>2697</v>
+        <v>2707</v>
       </c>
       <c r="J292" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K292" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L292" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M292" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
-        <v>2698</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>8918</v>
+        <v>6765</v>
       </c>
       <c r="B293" t="s">
-        <v>2699</v>
+        <v>2709</v>
       </c>
       <c r="C293" t="s">
-        <v>2700</v>
+        <v>2710</v>
       </c>
       <c r="D293" t="s">
-        <v>2701</v>
+        <v>2711</v>
       </c>
       <c r="E293" t="s">
-        <v>2702</v>
+        <v>2712</v>
       </c>
       <c r="F293" t="s">
-        <v>2703</v>
+        <v>2713</v>
       </c>
       <c r="G293" t="s">
-        <v>2704</v>
+        <v>2714</v>
       </c>
       <c r="H293" t="s">
-        <v>2705</v>
+        <v>2715</v>
       </c>
       <c r="I293" t="s">
-        <v>2706</v>
+        <v>2716</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
-        <v>2707</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>8945</v>
+        <v>6982</v>
       </c>
       <c r="B294" t="s">
-        <v>2708</v>
+        <v>2718</v>
       </c>
       <c r="C294" t="s">
-        <v>2709</v>
+        <v>2719</v>
       </c>
       <c r="D294" t="s">
-        <v>2710</v>
+        <v>2720</v>
       </c>
       <c r="E294" t="s">
-        <v>2711</v>
+        <v>2721</v>
       </c>
       <c r="F294" t="s">
-        <v>2712</v>
+        <v>2722</v>
       </c>
       <c r="G294" t="s">
-        <v>2713</v>
+        <v>2723</v>
       </c>
       <c r="H294" t="s">
-        <v>2714</v>
+        <v>2724</v>
       </c>
       <c r="I294" t="s">
-        <v>2715</v>
+        <v>2725</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
-        <v>47</v>
+        <v>2726</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
-        <v>48</v>
+        <v>2727</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
-        <v>2716</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>8950</v>
+        <v>8265</v>
       </c>
       <c r="B295" t="s">
-        <v>2717</v>
+        <v>2729</v>
       </c>
       <c r="C295" t="s">
-        <v>2718</v>
+        <v>2730</v>
       </c>
       <c r="D295" t="s">
-        <v>2719</v>
+        <v>2731</v>
       </c>
       <c r="E295" t="s">
-        <v>2720</v>
+        <v>2732</v>
       </c>
       <c r="F295" t="s">
-        <v>2721</v>
+        <v>2733</v>
       </c>
       <c r="G295" t="s">
-        <v>2722</v>
+        <v>2734</v>
       </c>
       <c r="H295" t="s">
-        <v>2723</v>
+        <v>2735</v>
       </c>
       <c r="I295" t="s">
-        <v>2724</v>
+        <v>2736</v>
       </c>
       <c r="J295" t="s">
         <v>24</v>
       </c>
       <c r="K295" t="s">
-        <v>25</v>
+        <v>2737</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
-        <v>27</v>
+        <v>2738</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
-        <v>2725</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>8951</v>
+        <v>8289</v>
       </c>
       <c r="B296" t="s">
-        <v>2726</v>
+        <v>2740</v>
       </c>
       <c r="C296" t="s">
-        <v>2727</v>
+        <v>2741</v>
       </c>
       <c r="D296" t="s">
-        <v>2728</v>
+        <v>2742</v>
       </c>
       <c r="E296" t="s">
-        <v>2729</v>
+        <v>2743</v>
       </c>
       <c r="F296" t="s">
-        <v>2730</v>
+        <v>2744</v>
       </c>
       <c r="G296" t="s">
-        <v>2731</v>
+        <v>2745</v>
       </c>
       <c r="H296" t="s">
-        <v>2732</v>
+        <v>2746</v>
       </c>
       <c r="I296" t="s">
-        <v>2733</v>
+        <v>2747</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
-        <v>170</v>
+        <v>442</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
-        <v>171</v>
+        <v>444</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2734</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>8959</v>
+        <v>8294</v>
       </c>
       <c r="B297" t="s">
-        <v>2735</v>
+        <v>2749</v>
       </c>
       <c r="C297" t="s">
-        <v>2736</v>
+        <v>2750</v>
       </c>
       <c r="D297" t="s">
-        <v>2737</v>
+        <v>2751</v>
       </c>
       <c r="E297" t="s">
-        <v>2738</v>
+        <v>2752</v>
       </c>
       <c r="F297" t="s">
-        <v>2739</v>
+        <v>2753</v>
       </c>
       <c r="G297" t="s">
-        <v>2740</v>
+        <v>2754</v>
       </c>
       <c r="H297" t="s">
-        <v>2741</v>
+        <v>2755</v>
       </c>
       <c r="I297" t="s">
-        <v>2742</v>
+        <v>2756</v>
       </c>
       <c r="J297" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K297" t="s">
-        <v>170</v>
+        <v>728</v>
       </c>
       <c r="L297" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M297" t="s">
-        <v>171</v>
+        <v>729</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2743</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>10014</v>
+        <v>8315</v>
       </c>
       <c r="B298" t="s">
-        <v>2744</v>
+        <v>2758</v>
       </c>
       <c r="C298" t="s">
-        <v>2745</v>
+        <v>2759</v>
       </c>
       <c r="D298" t="s">
-        <v>2746</v>
+        <v>2760</v>
       </c>
       <c r="E298" t="s">
-        <v>2747</v>
+        <v>2761</v>
       </c>
       <c r="F298" t="s">
-        <v>2748</v>
+        <v>2762</v>
       </c>
       <c r="G298" t="s">
-        <v>2749</v>
+        <v>2763</v>
       </c>
       <c r="H298" t="s">
-        <v>2750</v>
+        <v>2764</v>
       </c>
       <c r="I298" t="s">
-        <v>2751</v>
+        <v>2765</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
-        <v>2752</v>
+        <v>25</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
-        <v>2753</v>
+        <v>27</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2754</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>10015</v>
+        <v>8343</v>
       </c>
       <c r="B299" t="s">
-        <v>2755</v>
+        <v>2767</v>
       </c>
       <c r="C299" t="s">
-        <v>2756</v>
+        <v>2768</v>
       </c>
       <c r="D299" t="s">
-        <v>2757</v>
+        <v>2769</v>
       </c>
       <c r="E299" t="s">
-        <v>2758</v>
+        <v>2770</v>
       </c>
       <c r="F299" t="s">
-        <v>2759</v>
+        <v>2771</v>
       </c>
       <c r="G299" t="s">
-        <v>2760</v>
+        <v>2772</v>
       </c>
       <c r="H299" t="s">
-        <v>2761</v>
+        <v>2773</v>
       </c>
       <c r="I299" t="s">
-        <v>2762</v>
+        <v>2774</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2763</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>10036</v>
+        <v>8386</v>
       </c>
       <c r="B300" t="s">
-        <v>2764</v>
+        <v>2776</v>
       </c>
       <c r="C300" t="s">
-        <v>2765</v>
+        <v>2777</v>
       </c>
       <c r="D300" t="s">
-        <v>2766</v>
+        <v>2778</v>
       </c>
       <c r="E300" t="s">
-        <v>2767</v>
+        <v>2779</v>
       </c>
       <c r="F300" t="s">
-        <v>2768</v>
+        <v>2780</v>
       </c>
       <c r="G300" t="s">
-        <v>2769</v>
+        <v>2781</v>
       </c>
       <c r="H300" t="s">
-        <v>2770</v>
+        <v>2782</v>
       </c>
       <c r="I300" t="s">
-        <v>2771</v>
+        <v>2783</v>
       </c>
       <c r="J300" t="s">
-        <v>24</v>
+        <v>1602</v>
       </c>
       <c r="K300" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L300" t="s">
-        <v>26</v>
+        <v>1604</v>
       </c>
       <c r="M300" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2772</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>10046</v>
+        <v>8387</v>
       </c>
       <c r="B301" t="s">
-        <v>2773</v>
+        <v>2785</v>
       </c>
       <c r="C301" t="s">
-        <v>2774</v>
+        <v>2786</v>
       </c>
       <c r="D301" t="s">
-        <v>2775</v>
+        <v>2787</v>
       </c>
       <c r="E301" t="s">
-        <v>2776</v>
+        <v>2788</v>
       </c>
       <c r="F301" t="s">
-        <v>2777</v>
+        <v>2789</v>
       </c>
       <c r="G301" t="s">
-        <v>2778</v>
+        <v>2790</v>
       </c>
       <c r="H301" t="s">
-        <v>2779</v>
+        <v>2791</v>
       </c>
       <c r="I301" t="s">
-        <v>2780</v>
+        <v>2792</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2781</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>10098</v>
+        <v>8388</v>
       </c>
       <c r="B302" t="s">
-        <v>2782</v>
+        <v>2794</v>
       </c>
       <c r="C302" t="s">
-        <v>2783</v>
+        <v>2795</v>
       </c>
       <c r="D302" t="s">
-        <v>2784</v>
+        <v>2796</v>
       </c>
       <c r="E302" t="s">
-        <v>2785</v>
+        <v>2797</v>
       </c>
       <c r="F302" t="s">
-        <v>2786</v>
+        <v>2798</v>
       </c>
       <c r="G302" t="s">
-        <v>2787</v>
+        <v>2799</v>
       </c>
       <c r="H302" t="s">
-        <v>2788</v>
+        <v>2800</v>
       </c>
       <c r="I302" t="s">
-        <v>2789</v>
+        <v>2801</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2790</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>10101</v>
+        <v>8402</v>
       </c>
       <c r="B303" t="s">
-        <v>2791</v>
+        <v>2803</v>
       </c>
       <c r="C303" t="s">
-        <v>2792</v>
+        <v>2804</v>
       </c>
       <c r="D303" t="s">
-        <v>2793</v>
+        <v>2805</v>
       </c>
       <c r="E303" t="s">
-        <v>2794</v>
+        <v>2806</v>
       </c>
       <c r="F303" t="s">
-        <v>2795</v>
+        <v>2807</v>
       </c>
       <c r="G303" t="s">
-        <v>2796</v>
+        <v>2808</v>
       </c>
       <c r="H303" t="s">
-        <v>2797</v>
+        <v>2809</v>
       </c>
       <c r="I303" t="s">
-        <v>2798</v>
+        <v>2810</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2799</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>10412</v>
+        <v>8902</v>
       </c>
       <c r="B304" t="s">
-        <v>2800</v>
+        <v>2812</v>
       </c>
       <c r="C304" t="s">
-        <v>2801</v>
+        <v>2813</v>
       </c>
       <c r="D304" t="s">
-        <v>2802</v>
+        <v>2814</v>
       </c>
       <c r="E304" t="s">
-        <v>2803</v>
+        <v>2815</v>
       </c>
       <c r="F304" t="s">
-        <v>2804</v>
+        <v>2816</v>
       </c>
       <c r="G304" t="s">
-        <v>2805</v>
+        <v>2817</v>
       </c>
       <c r="H304" t="s">
-        <v>2806</v>
+        <v>2818</v>
       </c>
       <c r="I304" t="s">
-        <v>2807</v>
+        <v>2819</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2808</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>10603</v>
+        <v>8903</v>
       </c>
       <c r="B305" t="s">
-        <v>2809</v>
+        <v>2821</v>
       </c>
       <c r="C305" t="s">
-        <v>2810</v>
+        <v>2822</v>
       </c>
       <c r="D305" t="s">
-        <v>2811</v>
+        <v>2823</v>
       </c>
       <c r="E305" t="s">
-        <v>2812</v>
+        <v>2824</v>
       </c>
       <c r="F305" t="s">
-        <v>2813</v>
+        <v>2825</v>
       </c>
       <c r="G305" t="s">
-        <v>2814</v>
+        <v>2826</v>
       </c>
       <c r="H305" t="s">
-        <v>2815</v>
+        <v>2827</v>
       </c>
       <c r="I305" t="s">
-        <v>2816</v>
+        <v>2828</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2817</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>10647</v>
+        <v>8904</v>
       </c>
       <c r="B306" t="s">
-        <v>2818</v>
+        <v>2830</v>
       </c>
       <c r="C306" t="s">
-        <v>2819</v>
+        <v>2831</v>
       </c>
       <c r="D306" t="s">
-        <v>2820</v>
+        <v>2832</v>
       </c>
       <c r="E306" t="s">
-        <v>2821</v>
+        <v>2833</v>
       </c>
       <c r="F306" t="s">
-        <v>2822</v>
+        <v>2834</v>
       </c>
       <c r="G306" t="s">
-        <v>2823</v>
+        <v>2835</v>
       </c>
       <c r="H306" t="s">
-        <v>2824</v>
+        <v>2836</v>
       </c>
       <c r="I306" t="s">
-        <v>2825</v>
+        <v>2837</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
         <v>170</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
         <v>171</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
-        <v>2826</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>10887</v>
+        <v>8914</v>
       </c>
       <c r="B307" t="s">
-        <v>2827</v>
+        <v>2839</v>
       </c>
       <c r="C307" t="s">
-        <v>2828</v>
+        <v>2840</v>
       </c>
       <c r="D307" t="s">
-        <v>2829</v>
+        <v>2841</v>
       </c>
       <c r="E307" t="s">
-        <v>2830</v>
+        <v>2842</v>
       </c>
       <c r="F307" t="s">
-        <v>2831</v>
+        <v>2843</v>
       </c>
       <c r="G307" t="s">
-        <v>2832</v>
+        <v>2844</v>
       </c>
       <c r="H307" t="s">
-        <v>2833</v>
+        <v>2845</v>
       </c>
       <c r="I307" t="s">
-        <v>2834</v>
+        <v>2846</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
         <v>25</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
         <v>27</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2835</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>10925</v>
+        <v>8918</v>
       </c>
       <c r="B308" t="s">
-        <v>2836</v>
+        <v>2848</v>
       </c>
       <c r="C308" t="s">
-        <v>2837</v>
+        <v>2849</v>
       </c>
       <c r="D308" t="s">
-        <v>2838</v>
+        <v>2850</v>
       </c>
       <c r="E308" t="s">
-        <v>2839</v>
+        <v>2851</v>
       </c>
       <c r="F308" t="s">
-        <v>2840</v>
+        <v>2852</v>
       </c>
       <c r="G308" t="s">
-        <v>2841</v>
+        <v>2853</v>
       </c>
       <c r="H308" t="s">
-        <v>2842</v>
+        <v>2854</v>
       </c>
       <c r="I308" t="s">
-        <v>2843</v>
+        <v>2855</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
         <v>25</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
         <v>27</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2844</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>10927</v>
+        <v>8945</v>
       </c>
       <c r="B309" t="s">
-        <v>2845</v>
+        <v>2857</v>
       </c>
       <c r="C309" t="s">
-        <v>2846</v>
+        <v>2858</v>
       </c>
       <c r="D309" t="s">
-        <v>2847</v>
+        <v>2859</v>
       </c>
       <c r="E309" t="s">
-        <v>2848</v>
+        <v>2860</v>
       </c>
       <c r="F309" t="s">
-        <v>2849</v>
+        <v>2861</v>
       </c>
       <c r="G309" t="s">
-        <v>2850</v>
+        <v>2862</v>
       </c>
       <c r="H309" t="s">
-        <v>2851</v>
+        <v>2863</v>
       </c>
       <c r="I309" t="s">
-        <v>2852</v>
+        <v>2864</v>
       </c>
       <c r="J309" t="s">
         <v>24</v>
       </c>
       <c r="K309" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2853</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>10930</v>
+        <v>8950</v>
       </c>
       <c r="B310" t="s">
-        <v>2854</v>
+        <v>2866</v>
       </c>
       <c r="C310" t="s">
-        <v>2855</v>
+        <v>2867</v>
       </c>
       <c r="D310" t="s">
-        <v>2856</v>
+        <v>2868</v>
       </c>
       <c r="E310" t="s">
-        <v>2857</v>
+        <v>2869</v>
       </c>
       <c r="F310" t="s">
-        <v>2858</v>
+        <v>2870</v>
       </c>
       <c r="G310" t="s">
-        <v>2859</v>
+        <v>2871</v>
       </c>
       <c r="H310" t="s">
-        <v>2860</v>
+        <v>2872</v>
       </c>
       <c r="I310" t="s">
-        <v>2861</v>
+        <v>2873</v>
       </c>
       <c r="J310" t="s">
-        <v>2862</v>
+        <v>24</v>
       </c>
       <c r="K310" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L310" t="s">
-        <v>2863</v>
+        <v>26</v>
       </c>
       <c r="M310" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2864</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>10947</v>
+        <v>8951</v>
       </c>
       <c r="B311" t="s">
-        <v>2865</v>
+        <v>2875</v>
       </c>
       <c r="C311" t="s">
-        <v>2866</v>
+        <v>2876</v>
       </c>
       <c r="D311" t="s">
-        <v>2867</v>
+        <v>2877</v>
       </c>
       <c r="E311" t="s">
-        <v>2868</v>
+        <v>2878</v>
       </c>
       <c r="F311" t="s">
-        <v>2869</v>
+        <v>2879</v>
       </c>
       <c r="G311" t="s">
-        <v>2870</v>
+        <v>2880</v>
       </c>
       <c r="H311" t="s">
-        <v>2871</v>
+        <v>2881</v>
       </c>
       <c r="I311" t="s">
-        <v>2872</v>
+        <v>2882</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
         <v>170</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
         <v>171</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2873</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>10948</v>
+        <v>8959</v>
       </c>
       <c r="B312" t="s">
-        <v>2874</v>
+        <v>2884</v>
       </c>
       <c r="C312" t="s">
-        <v>2875</v>
+        <v>2885</v>
       </c>
       <c r="D312" t="s">
-        <v>2876</v>
+        <v>2886</v>
       </c>
       <c r="E312" t="s">
-        <v>2877</v>
+        <v>2887</v>
       </c>
       <c r="F312" t="s">
-        <v>2878</v>
+        <v>2888</v>
       </c>
       <c r="G312" t="s">
-        <v>2879</v>
+        <v>2889</v>
       </c>
       <c r="H312" t="s">
-        <v>2880</v>
+        <v>2890</v>
       </c>
       <c r="I312" t="s">
-        <v>2881</v>
+        <v>2891</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
         <v>170</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
         <v>171</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2882</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>10950</v>
+        <v>10014</v>
       </c>
       <c r="B313" t="s">
-        <v>2883</v>
+        <v>2893</v>
       </c>
       <c r="C313" t="s">
-        <v>2884</v>
+        <v>2894</v>
       </c>
       <c r="D313" t="s">
-        <v>2885</v>
+        <v>2895</v>
       </c>
       <c r="E313" t="s">
-        <v>2886</v>
+        <v>2896</v>
       </c>
       <c r="F313" t="s">
-        <v>2887</v>
+        <v>2897</v>
       </c>
       <c r="G313" t="s">
-        <v>2888</v>
+        <v>2898</v>
       </c>
       <c r="H313" t="s">
-        <v>2889</v>
+        <v>2899</v>
       </c>
       <c r="I313" t="s">
-        <v>2890</v>
+        <v>2900</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
-        <v>2891</v>
+        <v>2901</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
+      <c r="M313" t="s">
+        <v>2902</v>
+      </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2892</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>10951</v>
+        <v>10015</v>
       </c>
       <c r="B314" t="s">
-        <v>2893</v>
+        <v>2904</v>
       </c>
       <c r="C314" t="s">
-        <v>2894</v>
+        <v>2905</v>
       </c>
       <c r="D314" t="s">
-        <v>2895</v>
+        <v>2906</v>
       </c>
       <c r="E314" t="s">
-        <v>2896</v>
+        <v>2907</v>
       </c>
       <c r="F314" t="s">
-        <v>2897</v>
+        <v>2908</v>
       </c>
       <c r="G314" t="s">
-        <v>2898</v>
+        <v>2909</v>
       </c>
       <c r="H314" t="s">
-        <v>2899</v>
+        <v>2910</v>
       </c>
       <c r="I314" t="s">
-        <v>2900</v>
+        <v>2911</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2901</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>11220</v>
+        <v>10036</v>
       </c>
       <c r="B315" t="s">
-        <v>2902</v>
+        <v>2913</v>
       </c>
       <c r="C315" t="s">
-        <v>2903</v>
+        <v>2914</v>
       </c>
       <c r="D315" t="s">
-        <v>2904</v>
+        <v>2915</v>
       </c>
       <c r="E315" t="s">
-        <v>2905</v>
+        <v>2916</v>
       </c>
       <c r="F315" t="s">
-        <v>2906</v>
+        <v>2917</v>
       </c>
       <c r="G315" t="s">
-        <v>2907</v>
+        <v>2918</v>
       </c>
       <c r="H315" t="s">
-        <v>2908</v>
+        <v>2919</v>
       </c>
       <c r="I315" t="s">
-        <v>2909</v>
+        <v>2920</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
-        <v>671</v>
+        <v>25</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
-        <v>672</v>
+        <v>27</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2910</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>11231</v>
+        <v>10046</v>
       </c>
       <c r="B316" t="s">
-        <v>2911</v>
+        <v>2922</v>
       </c>
       <c r="C316" t="s">
-        <v>2912</v>
+        <v>2923</v>
       </c>
       <c r="D316" t="s">
-        <v>2913</v>
+        <v>2924</v>
       </c>
       <c r="E316" t="s">
-        <v>2914</v>
+        <v>2925</v>
       </c>
       <c r="F316" t="s">
-        <v>2915</v>
+        <v>2926</v>
       </c>
       <c r="G316" t="s">
-        <v>2916</v>
+        <v>2927</v>
       </c>
       <c r="H316" t="s">
-        <v>2917</v>
+        <v>2928</v>
       </c>
       <c r="I316" t="s">
-        <v>2918</v>
+        <v>2929</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2919</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>11287</v>
+        <v>10098</v>
       </c>
       <c r="B317" t="s">
-        <v>2920</v>
+        <v>2931</v>
       </c>
       <c r="C317" t="s">
-        <v>2921</v>
+        <v>2932</v>
       </c>
       <c r="D317" t="s">
-        <v>2922</v>
+        <v>2933</v>
       </c>
       <c r="E317" t="s">
-        <v>2923</v>
+        <v>2934</v>
       </c>
       <c r="F317" t="s">
-        <v>2924</v>
+        <v>2935</v>
       </c>
       <c r="G317" t="s">
-        <v>2925</v>
+        <v>2936</v>
       </c>
       <c r="H317" t="s">
-        <v>2926</v>
+        <v>2937</v>
       </c>
       <c r="I317" t="s">
-        <v>2927</v>
+        <v>2938</v>
       </c>
       <c r="J317" t="s">
         <v>24</v>
       </c>
       <c r="K317" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L317" t="s">
         <v>26</v>
       </c>
       <c r="M317" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
-        <v>2928</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>11299</v>
+        <v>10101</v>
       </c>
       <c r="B318" t="s">
-        <v>2929</v>
+        <v>2940</v>
       </c>
       <c r="C318" t="s">
-        <v>2930</v>
+        <v>2941</v>
       </c>
       <c r="D318" t="s">
-        <v>2931</v>
+        <v>2942</v>
       </c>
       <c r="E318" t="s">
-        <v>2932</v>
+        <v>2943</v>
       </c>
       <c r="F318" t="s">
-        <v>2933</v>
+        <v>2944</v>
       </c>
       <c r="G318" t="s">
-        <v>2934</v>
+        <v>2945</v>
       </c>
       <c r="H318" t="s">
-        <v>2935</v>
+        <v>2946</v>
       </c>
       <c r="I318" t="s">
-        <v>2936</v>
+        <v>2947</v>
       </c>
       <c r="J318" t="s">
         <v>24</v>
       </c>
       <c r="K318" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L318" t="s">
         <v>26</v>
       </c>
       <c r="M318" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2937</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>11306</v>
+        <v>10412</v>
       </c>
       <c r="B319" t="s">
-        <v>2938</v>
+        <v>2949</v>
       </c>
       <c r="C319" t="s">
-        <v>2939</v>
+        <v>2950</v>
       </c>
       <c r="D319" t="s">
-        <v>2940</v>
+        <v>2951</v>
       </c>
       <c r="E319" t="s">
-        <v>2941</v>
+        <v>2952</v>
       </c>
       <c r="F319" t="s">
-        <v>2942</v>
+        <v>2953</v>
       </c>
       <c r="G319" t="s">
-        <v>2943</v>
+        <v>2954</v>
       </c>
       <c r="H319" t="s">
-        <v>2944</v>
+        <v>2955</v>
       </c>
       <c r="I319" t="s">
-        <v>2945</v>
+        <v>2956</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
-        <v>2946</v>
+        <v>25</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
+      <c r="M319" t="s">
+        <v>27</v>
+      </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2947</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>58060</v>
+        <v>10603</v>
       </c>
       <c r="B320" t="s">
-        <v>2948</v>
+        <v>2958</v>
       </c>
       <c r="C320" t="s">
-        <v>2949</v>
+        <v>2959</v>
       </c>
       <c r="D320" t="s">
-        <v>2950</v>
+        <v>2960</v>
       </c>
       <c r="E320" t="s">
-        <v>2951</v>
+        <v>2961</v>
       </c>
       <c r="F320" t="s">
-        <v>2952</v>
+        <v>2962</v>
       </c>
       <c r="G320" t="s">
-        <v>2953</v>
+        <v>2963</v>
       </c>
       <c r="H320" t="s">
-        <v>2954</v>
+        <v>2964</v>
       </c>
       <c r="I320" t="s">
-        <v>2955</v>
+        <v>2965</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
-        <v>2956</v>
+        <v>25</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
       <c r="M320" t="s">
-        <v>2957</v>
+        <v>27</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2958</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>58066</v>
+        <v>10647</v>
       </c>
       <c r="B321" t="s">
-        <v>2959</v>
+        <v>2967</v>
       </c>
       <c r="C321" t="s">
-        <v>2960</v>
+        <v>2968</v>
       </c>
       <c r="D321" t="s">
-        <v>2961</v>
+        <v>2969</v>
       </c>
       <c r="E321" t="s">
-        <v>2962</v>
+        <v>2970</v>
       </c>
       <c r="F321" t="s">
-        <v>2963</v>
+        <v>2971</v>
       </c>
       <c r="G321" t="s">
-        <v>2964</v>
+        <v>2972</v>
       </c>
       <c r="H321" t="s">
-        <v>2965</v>
+        <v>2973</v>
       </c>
       <c r="I321" t="s">
-        <v>2966</v>
+        <v>2974</v>
       </c>
       <c r="J321" t="s">
         <v>24</v>
       </c>
       <c r="K321" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L321" t="s">
         <v>26</v>
       </c>
       <c r="M321" t="s">
-        <v>275</v>
+        <v>171</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2967</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>58120</v>
+        <v>10887</v>
       </c>
       <c r="B322" t="s">
-        <v>2968</v>
+        <v>2976</v>
       </c>
       <c r="C322" t="s">
-        <v>2969</v>
+        <v>2977</v>
       </c>
       <c r="D322" t="s">
-        <v>2970</v>
+        <v>2978</v>
       </c>
       <c r="E322" t="s">
-        <v>2971</v>
+        <v>2979</v>
       </c>
       <c r="F322" t="s">
-        <v>2972</v>
+        <v>2980</v>
       </c>
       <c r="G322" t="s">
-        <v>2973</v>
+        <v>2981</v>
       </c>
       <c r="H322" t="s">
-        <v>2974</v>
+        <v>2982</v>
       </c>
       <c r="I322" t="s">
-        <v>2975</v>
+        <v>2983</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
         <v>25</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
         <v>27</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2976</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>58122</v>
+        <v>10925</v>
       </c>
       <c r="B323" t="s">
-        <v>2977</v>
+        <v>2985</v>
       </c>
       <c r="C323" t="s">
-        <v>2978</v>
+        <v>2986</v>
       </c>
       <c r="D323" t="s">
-        <v>2979</v>
+        <v>2987</v>
       </c>
       <c r="E323" t="s">
-        <v>2980</v>
+        <v>2988</v>
       </c>
       <c r="F323" t="s">
-        <v>2981</v>
+        <v>2989</v>
       </c>
       <c r="G323" t="s">
-        <v>2982</v>
+        <v>2990</v>
       </c>
       <c r="H323" t="s">
-        <v>2983</v>
+        <v>2991</v>
       </c>
       <c r="I323" t="s">
-        <v>2984</v>
+        <v>2992</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>2985</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>58144</v>
+        <v>10927</v>
       </c>
       <c r="B324" t="s">
-        <v>2986</v>
+        <v>2994</v>
       </c>
       <c r="C324" t="s">
-        <v>2987</v>
+        <v>2995</v>
       </c>
       <c r="D324" t="s">
-        <v>2988</v>
+        <v>2996</v>
       </c>
       <c r="E324" t="s">
-        <v>2989</v>
+        <v>2997</v>
       </c>
       <c r="F324" t="s">
-        <v>2990</v>
+        <v>2998</v>
       </c>
       <c r="G324" t="s">
-        <v>2991</v>
+        <v>2999</v>
       </c>
       <c r="H324" t="s">
-        <v>2992</v>
+        <v>3000</v>
       </c>
       <c r="I324" t="s">
-        <v>2993</v>
+        <v>3001</v>
       </c>
       <c r="J324" t="s">
         <v>24</v>
       </c>
       <c r="K324" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>2994</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>58218</v>
+        <v>10930</v>
       </c>
       <c r="B325" t="s">
-        <v>2995</v>
+        <v>3003</v>
       </c>
       <c r="C325" t="s">
-        <v>2996</v>
+        <v>3004</v>
       </c>
       <c r="D325" t="s">
-        <v>2997</v>
+        <v>3005</v>
       </c>
       <c r="E325" t="s">
-        <v>2998</v>
+        <v>3006</v>
       </c>
       <c r="F325" t="s">
-        <v>2999</v>
+        <v>3007</v>
       </c>
       <c r="G325" t="s">
-        <v>3000</v>
+        <v>3008</v>
       </c>
       <c r="H325" t="s">
-        <v>3001</v>
+        <v>3009</v>
       </c>
       <c r="I325" t="s">
-        <v>3002</v>
+        <v>3010</v>
       </c>
       <c r="J325" t="s">
-        <v>24</v>
+        <v>3011</v>
       </c>
       <c r="K325" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L325" t="s">
-        <v>26</v>
+        <v>3012</v>
       </c>
       <c r="M325" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>3003</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>58223</v>
+        <v>10947</v>
       </c>
       <c r="B326" t="s">
-        <v>3004</v>
+        <v>3014</v>
       </c>
       <c r="C326" t="s">
-        <v>3005</v>
+        <v>3015</v>
       </c>
       <c r="D326" t="s">
-        <v>3006</v>
+        <v>3016</v>
       </c>
       <c r="E326" t="s">
-        <v>3007</v>
+        <v>3017</v>
       </c>
       <c r="F326" t="s">
-        <v>3008</v>
+        <v>3018</v>
       </c>
       <c r="G326" t="s">
-        <v>3009</v>
+        <v>3019</v>
       </c>
       <c r="H326" t="s">
-        <v>3010</v>
+        <v>3020</v>
       </c>
       <c r="I326" t="s">
-        <v>3011</v>
+        <v>3021</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
         <v>170</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
       <c r="M326" t="s">
         <v>171</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3012</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>58259</v>
+        <v>10948</v>
       </c>
       <c r="B327" t="s">
-        <v>3013</v>
+        <v>3023</v>
       </c>
       <c r="C327" t="s">
-        <v>3014</v>
+        <v>3024</v>
       </c>
       <c r="D327" t="s">
-        <v>3015</v>
+        <v>3025</v>
       </c>
       <c r="E327" t="s">
-        <v>3016</v>
+        <v>3026</v>
       </c>
       <c r="F327" t="s">
-        <v>3017</v>
+        <v>3027</v>
       </c>
       <c r="G327" t="s">
-        <v>3018</v>
+        <v>3028</v>
       </c>
       <c r="H327" t="s">
-        <v>3019</v>
+        <v>3029</v>
       </c>
       <c r="I327" t="s">
-        <v>3020</v>
+        <v>3030</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
-        <v>3021</v>
+        <v>170</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
+      <c r="M327" t="s">
+        <v>171</v>
+      </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3022</v>
+        <v>3031</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>64637</v>
+        <v>10950</v>
       </c>
       <c r="B328" t="s">
-        <v>3023</v>
+        <v>3032</v>
       </c>
       <c r="C328" t="s">
-        <v>3024</v>
+        <v>3033</v>
       </c>
       <c r="D328" t="s">
-        <v>3025</v>
+        <v>3034</v>
       </c>
       <c r="E328" t="s">
-        <v>3026</v>
+        <v>3035</v>
       </c>
       <c r="F328" t="s">
-        <v>3027</v>
+        <v>3036</v>
       </c>
       <c r="G328" t="s">
-        <v>3028</v>
+        <v>3037</v>
       </c>
       <c r="H328" t="s">
-        <v>3029</v>
+        <v>3038</v>
       </c>
       <c r="I328" t="s">
-        <v>3030</v>
+        <v>3039</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
-        <v>47</v>
+        <v>3040</v>
       </c>
       <c r="L328" t="s">
         <v>26</v>
       </c>
       <c r="M328" t="s">
-        <v>48</v>
+        <v>3041</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3031</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>64643</v>
+        <v>10951</v>
       </c>
       <c r="B329" t="s">
-        <v>3032</v>
+        <v>3043</v>
       </c>
       <c r="C329" t="s">
-        <v>3033</v>
+        <v>3044</v>
       </c>
       <c r="D329" t="s">
-        <v>3034</v>
+        <v>3045</v>
       </c>
       <c r="E329" t="s">
-        <v>3035</v>
+        <v>3046</v>
       </c>
       <c r="F329" t="s">
-        <v>3036</v>
+        <v>3047</v>
       </c>
       <c r="G329" t="s">
-        <v>3037</v>
+        <v>3048</v>
       </c>
       <c r="H329" t="s">
-        <v>3038</v>
+        <v>3049</v>
       </c>
       <c r="I329" t="s">
-        <v>3039</v>
+        <v>3050</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3040</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>64689</v>
+        <v>11000</v>
       </c>
       <c r="B330" t="s">
-        <v>3041</v>
+        <v>3052</v>
       </c>
       <c r="C330" t="s">
-        <v>3042</v>
+        <v>3053</v>
       </c>
       <c r="D330" t="s">
-        <v>3043</v>
+        <v>3054</v>
       </c>
       <c r="E330" t="s">
-        <v>3044</v>
+        <v>3055</v>
       </c>
       <c r="F330" t="s">
-        <v>3045</v>
+        <v>3056</v>
       </c>
       <c r="G330" t="s">
-        <v>3046</v>
+        <v>3057</v>
       </c>
       <c r="H330" t="s">
-        <v>3047</v>
+        <v>3058</v>
       </c>
       <c r="I330" t="s">
-        <v>3048</v>
+        <v>3059</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3049</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>65000</v>
+        <v>11220</v>
       </c>
       <c r="B331" t="s">
-        <v>3050</v>
+        <v>3061</v>
       </c>
       <c r="C331" t="s">
-        <v>3051</v>
+        <v>3062</v>
       </c>
       <c r="D331" t="s">
-        <v>3052</v>
+        <v>3063</v>
       </c>
       <c r="E331" t="s">
-        <v>3053</v>
+        <v>3064</v>
       </c>
       <c r="F331" t="s">
-        <v>3054</v>
+        <v>3065</v>
       </c>
       <c r="G331" t="s">
-        <v>3055</v>
+        <v>3066</v>
       </c>
       <c r="H331" t="s">
-        <v>3056</v>
+        <v>3067</v>
       </c>
       <c r="I331" t="s">
-        <v>3057</v>
+        <v>3068</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3058</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>65001</v>
+        <v>11231</v>
       </c>
       <c r="B332" t="s">
-        <v>3059</v>
+        <v>3070</v>
       </c>
       <c r="C332" t="s">
-        <v>3060</v>
+        <v>3071</v>
       </c>
       <c r="D332" t="s">
-        <v>3061</v>
+        <v>3072</v>
       </c>
       <c r="E332" t="s">
-        <v>3062</v>
+        <v>3073</v>
       </c>
       <c r="F332" t="s">
-        <v>3063</v>
+        <v>3074</v>
       </c>
       <c r="G332" t="s">
-        <v>3064</v>
+        <v>3075</v>
       </c>
       <c r="H332" t="s">
-        <v>3065</v>
+        <v>3076</v>
       </c>
       <c r="I332" t="s">
-        <v>3066</v>
+        <v>3077</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
         <v>170</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
         <v>171</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3067</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>65002</v>
+        <v>11287</v>
       </c>
       <c r="B333" t="s">
-        <v>3068</v>
+        <v>3079</v>
       </c>
       <c r="C333" t="s">
-        <v>3069</v>
+        <v>3080</v>
       </c>
       <c r="D333" t="s">
-        <v>3070</v>
+        <v>3081</v>
       </c>
       <c r="E333" t="s">
-        <v>3071</v>
+        <v>3082</v>
       </c>
       <c r="F333" t="s">
-        <v>3072</v>
+        <v>3083</v>
       </c>
       <c r="G333" t="s">
-        <v>3073</v>
+        <v>3084</v>
       </c>
       <c r="H333" t="s">
-        <v>3074</v>
+        <v>3085</v>
       </c>
       <c r="I333" t="s">
-        <v>3075</v>
+        <v>3086</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3076</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>65003</v>
+        <v>11299</v>
       </c>
       <c r="B334" t="s">
-        <v>3077</v>
+        <v>3088</v>
       </c>
       <c r="C334" t="s">
-        <v>3078</v>
+        <v>3089</v>
       </c>
       <c r="D334" t="s">
-        <v>3079</v>
+        <v>3090</v>
       </c>
       <c r="E334" t="s">
-        <v>3080</v>
+        <v>3091</v>
       </c>
       <c r="F334" t="s">
-        <v>3081</v>
+        <v>3092</v>
       </c>
       <c r="G334" t="s">
-        <v>3082</v>
+        <v>3093</v>
       </c>
       <c r="H334" t="s">
-        <v>3083</v>
+        <v>3094</v>
       </c>
       <c r="I334" t="s">
-        <v>3084</v>
+        <v>3095</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
         <v>170</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
         <v>171</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3085</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>65004</v>
+        <v>11306</v>
       </c>
       <c r="B335" t="s">
-        <v>3086</v>
+        <v>3097</v>
       </c>
       <c r="C335" t="s">
-        <v>3087</v>
+        <v>3098</v>
       </c>
       <c r="D335" t="s">
-        <v>3088</v>
+        <v>3099</v>
       </c>
       <c r="E335" t="s">
-        <v>3089</v>
+        <v>3100</v>
       </c>
       <c r="F335" t="s">
-        <v>3090</v>
+        <v>3101</v>
       </c>
       <c r="G335" t="s">
-        <v>3091</v>
+        <v>3102</v>
       </c>
       <c r="H335" t="s">
-        <v>3092</v>
+        <v>3103</v>
       </c>
       <c r="I335" t="s">
-        <v>3093</v>
+        <v>3104</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
-        <v>170</v>
+        <v>3105</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
-        <v>171</v>
+        <v>3106</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3094</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>65005</v>
+        <v>58060</v>
       </c>
       <c r="B336" t="s">
-        <v>3095</v>
+        <v>3108</v>
       </c>
       <c r="C336" t="s">
-        <v>3096</v>
+        <v>3109</v>
       </c>
       <c r="D336" t="s">
-        <v>3097</v>
+        <v>3110</v>
       </c>
       <c r="E336" t="s">
-        <v>3098</v>
+        <v>3111</v>
       </c>
       <c r="F336" t="s">
-        <v>3099</v>
+        <v>3112</v>
       </c>
       <c r="G336" t="s">
-        <v>3100</v>
+        <v>3113</v>
       </c>
       <c r="H336" t="s">
-        <v>3101</v>
+        <v>3114</v>
       </c>
       <c r="I336" t="s">
-        <v>3102</v>
+        <v>3115</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
-        <v>3103</v>
+        <v>3116</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
-        <v>3104</v>
+        <v>3117</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>3105</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>65006</v>
+        <v>58066</v>
       </c>
       <c r="B337" t="s">
-        <v>3106</v>
+        <v>3119</v>
       </c>
       <c r="C337" t="s">
-        <v>3107</v>
+        <v>3120</v>
       </c>
       <c r="D337" t="s">
-        <v>3108</v>
+        <v>3121</v>
       </c>
       <c r="E337" t="s">
-        <v>3109</v>
+        <v>3122</v>
       </c>
       <c r="F337" t="s">
-        <v>3110</v>
+        <v>3123</v>
       </c>
       <c r="G337" t="s">
-        <v>3111</v>
+        <v>3124</v>
       </c>
       <c r="H337" t="s">
-        <v>3112</v>
+        <v>3125</v>
       </c>
       <c r="I337" t="s">
-        <v>3113</v>
+        <v>3126</v>
       </c>
       <c r="J337" t="s">
         <v>24</v>
       </c>
       <c r="K337" t="s">
-        <v>3114</v>
+        <v>274</v>
       </c>
       <c r="L337" t="s">
         <v>26</v>
       </c>
       <c r="M337" t="s">
-        <v>3115</v>
+        <v>276</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>3116</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>65007</v>
+        <v>58120</v>
       </c>
       <c r="B338" t="s">
-        <v>3117</v>
+        <v>3128</v>
       </c>
       <c r="C338" t="s">
-        <v>3118</v>
+        <v>3129</v>
       </c>
       <c r="D338" t="s">
-        <v>3119</v>
+        <v>3130</v>
       </c>
       <c r="E338" t="s">
-        <v>3120</v>
+        <v>3131</v>
       </c>
       <c r="F338" t="s">
-        <v>3121</v>
+        <v>3132</v>
       </c>
       <c r="G338" t="s">
-        <v>3122</v>
+        <v>3133</v>
       </c>
       <c r="H338" t="s">
-        <v>3123</v>
+        <v>3134</v>
       </c>
       <c r="I338" t="s">
-        <v>3124</v>
+        <v>3135</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
         <v>25</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
         <v>27</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3125</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>65008</v>
+        <v>58122</v>
       </c>
       <c r="B339" t="s">
-        <v>3126</v>
+        <v>3137</v>
       </c>
       <c r="C339" t="s">
-        <v>3127</v>
+        <v>3138</v>
       </c>
       <c r="D339" t="s">
-        <v>3128</v>
+        <v>3139</v>
       </c>
       <c r="E339" t="s">
-        <v>3129</v>
+        <v>3140</v>
       </c>
       <c r="F339" t="s">
-        <v>3130</v>
+        <v>3141</v>
       </c>
       <c r="G339" t="s">
-        <v>3131</v>
+        <v>3142</v>
       </c>
       <c r="H339" t="s">
-        <v>3132</v>
+        <v>3143</v>
       </c>
       <c r="I339" t="s">
-        <v>3133</v>
+        <v>3144</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
         <v>170</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
         <v>171</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3134</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>65009</v>
+        <v>58144</v>
       </c>
       <c r="B340" t="s">
-        <v>3135</v>
+        <v>3146</v>
       </c>
       <c r="C340" t="s">
-        <v>3136</v>
+        <v>3147</v>
       </c>
       <c r="D340" t="s">
-        <v>3137</v>
+        <v>3148</v>
       </c>
       <c r="E340" t="s">
-        <v>3138</v>
+        <v>3149</v>
       </c>
       <c r="F340" t="s">
-        <v>3139</v>
+        <v>3150</v>
       </c>
       <c r="G340" t="s">
-        <v>3140</v>
+        <v>3151</v>
       </c>
       <c r="H340" t="s">
-        <v>3141</v>
+        <v>3152</v>
       </c>
       <c r="I340" t="s">
-        <v>3142</v>
+        <v>3153</v>
       </c>
       <c r="J340" t="s">
         <v>24</v>
       </c>
       <c r="K340" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L340" t="s">
         <v>26</v>
       </c>
       <c r="M340" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>3143</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>65010</v>
+        <v>58148</v>
       </c>
       <c r="B341" t="s">
-        <v>3144</v>
+        <v>3155</v>
       </c>
       <c r="C341" t="s">
-        <v>3145</v>
+        <v>3156</v>
       </c>
       <c r="D341" t="s">
-        <v>3146</v>
+        <v>3157</v>
       </c>
       <c r="E341" t="s">
-        <v>3147</v>
+        <v>3158</v>
       </c>
       <c r="F341" t="s">
-        <v>3148</v>
+        <v>3159</v>
       </c>
       <c r="G341" t="s">
-        <v>3149</v>
+        <v>3160</v>
       </c>
       <c r="H341" t="s">
-        <v>3150</v>
+        <v>3161</v>
       </c>
       <c r="I341" t="s">
-        <v>3151</v>
+        <v>3162</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
-        <v>25</v>
+        <v>1017</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
-        <v>27</v>
+        <v>1018</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3152</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>65011</v>
+        <v>58218</v>
       </c>
       <c r="B342" t="s">
-        <v>3153</v>
+        <v>3164</v>
       </c>
       <c r="C342" t="s">
-        <v>3154</v>
+        <v>3165</v>
       </c>
       <c r="D342" t="s">
-        <v>3155</v>
+        <v>3166</v>
       </c>
       <c r="E342" t="s">
-        <v>3156</v>
+        <v>3167</v>
       </c>
       <c r="F342" t="s">
-        <v>3157</v>
+        <v>3168</v>
       </c>
       <c r="G342" t="s">
-        <v>3158</v>
+        <v>3169</v>
       </c>
       <c r="H342" t="s">
-        <v>3159</v>
+        <v>3170</v>
       </c>
       <c r="I342" t="s">
-        <v>3160</v>
+        <v>3171</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
         <v>170</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
         <v>171</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3161</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>65012</v>
+        <v>58223</v>
       </c>
       <c r="B343" t="s">
-        <v>3162</v>
+        <v>3173</v>
       </c>
       <c r="C343" t="s">
-        <v>3163</v>
+        <v>3174</v>
       </c>
       <c r="D343" t="s">
-        <v>3164</v>
+        <v>3175</v>
       </c>
       <c r="E343" t="s">
-        <v>3165</v>
+        <v>3176</v>
       </c>
       <c r="F343" t="s">
-        <v>3166</v>
+        <v>3177</v>
       </c>
       <c r="G343" t="s">
-        <v>3167</v>
+        <v>3178</v>
       </c>
       <c r="H343" t="s">
-        <v>3168</v>
+        <v>3179</v>
       </c>
       <c r="I343" t="s">
-        <v>3169</v>
+        <v>3180</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
-        <v>3170</v>
+        <v>170</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
-        <v>3171</v>
+        <v>171</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>3172</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>65013</v>
+        <v>58240</v>
       </c>
       <c r="B344" t="s">
-        <v>3173</v>
+        <v>3182</v>
       </c>
       <c r="C344" t="s">
-        <v>3174</v>
+        <v>3183</v>
       </c>
       <c r="D344" t="s">
-        <v>3175</v>
+        <v>3184</v>
       </c>
       <c r="E344" t="s">
-        <v>3176</v>
+        <v>3185</v>
       </c>
       <c r="F344" t="s">
-        <v>3177</v>
+        <v>3186</v>
       </c>
       <c r="G344" t="s">
-        <v>3178</v>
+        <v>3187</v>
       </c>
       <c r="H344" t="s">
-        <v>3179</v>
+        <v>3188</v>
       </c>
       <c r="I344" t="s">
-        <v>3180</v>
+        <v>3189</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
-        <v>25</v>
+        <v>3190</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
-        <v>27</v>
+        <v>3191</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3181</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>65014</v>
+        <v>58259</v>
       </c>
       <c r="B345" t="s">
-        <v>3182</v>
+        <v>3193</v>
       </c>
       <c r="C345" t="s">
-        <v>3183</v>
+        <v>3194</v>
       </c>
       <c r="D345" t="s">
-        <v>3184</v>
+        <v>3195</v>
       </c>
       <c r="E345" t="s">
-        <v>3185</v>
+        <v>3196</v>
       </c>
       <c r="F345" t="s">
-        <v>3186</v>
+        <v>3197</v>
       </c>
       <c r="G345" t="s">
-        <v>3187</v>
+        <v>3198</v>
       </c>
       <c r="H345" t="s">
-        <v>3188</v>
+        <v>3199</v>
       </c>
       <c r="I345" t="s">
-        <v>3189</v>
+        <v>3200</v>
       </c>
       <c r="J345" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K345" t="s">
-        <v>671</v>
+        <v>3201</v>
       </c>
       <c r="L345" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M345" t="s">
-        <v>672</v>
+        <v>3202</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3190</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>65015</v>
+        <v>64637</v>
       </c>
       <c r="B346" t="s">
-        <v>3191</v>
+        <v>3204</v>
       </c>
       <c r="C346" t="s">
-        <v>3192</v>
+        <v>3205</v>
       </c>
       <c r="D346" t="s">
-        <v>3193</v>
+        <v>3206</v>
       </c>
       <c r="E346" t="s">
-        <v>3194</v>
+        <v>3207</v>
       </c>
       <c r="F346" t="s">
-        <v>3195</v>
+        <v>3208</v>
       </c>
       <c r="G346" t="s">
-        <v>3196</v>
+        <v>3209</v>
       </c>
       <c r="H346" t="s">
-        <v>3197</v>
+        <v>3210</v>
       </c>
       <c r="I346" t="s">
-        <v>3198</v>
+        <v>3211</v>
       </c>
       <c r="J346" t="s">
         <v>24</v>
       </c>
       <c r="K346" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>3199</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>65016</v>
+        <v>64643</v>
       </c>
       <c r="B347" t="s">
-        <v>3200</v>
+        <v>3213</v>
       </c>
       <c r="C347" t="s">
-        <v>3201</v>
+        <v>3214</v>
       </c>
       <c r="D347" t="s">
-        <v>3202</v>
+        <v>3215</v>
       </c>
       <c r="E347" t="s">
-        <v>3203</v>
+        <v>3216</v>
       </c>
       <c r="F347" t="s">
-        <v>3204</v>
+        <v>3217</v>
       </c>
       <c r="G347" t="s">
-        <v>3205</v>
+        <v>3218</v>
       </c>
       <c r="H347" t="s">
-        <v>3206</v>
+        <v>3219</v>
       </c>
       <c r="I347" t="s">
-        <v>3207</v>
+        <v>3220</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3208</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>65017</v>
+        <v>64689</v>
       </c>
       <c r="B348" t="s">
-        <v>3209</v>
+        <v>3222</v>
       </c>
       <c r="C348" t="s">
-        <v>3210</v>
+        <v>3223</v>
       </c>
       <c r="D348" t="s">
-        <v>3211</v>
+        <v>3224</v>
       </c>
       <c r="E348" t="s">
-        <v>3212</v>
+        <v>3225</v>
       </c>
       <c r="F348" t="s">
-        <v>3213</v>
+        <v>3226</v>
       </c>
       <c r="G348" t="s">
-        <v>3214</v>
+        <v>3227</v>
       </c>
       <c r="H348" t="s">
-        <v>3215</v>
+        <v>3228</v>
       </c>
       <c r="I348" t="s">
-        <v>3216</v>
+        <v>3229</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
-        <v>3217</v>
+        <v>59</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
-        <v>3218</v>
+        <v>61</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>3219</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>65018</v>
+        <v>65000</v>
       </c>
       <c r="B349" t="s">
-        <v>3220</v>
+        <v>3231</v>
       </c>
       <c r="C349" t="s">
-        <v>3221</v>
+        <v>3232</v>
       </c>
       <c r="D349" t="s">
-        <v>3222</v>
+        <v>3233</v>
       </c>
       <c r="E349" t="s">
-        <v>3223</v>
+        <v>3234</v>
       </c>
       <c r="F349" t="s">
-        <v>3224</v>
+        <v>3235</v>
       </c>
       <c r="G349" t="s">
-        <v>3225</v>
+        <v>3236</v>
       </c>
       <c r="H349" t="s">
-        <v>3226</v>
+        <v>3237</v>
       </c>
       <c r="I349" t="s">
-        <v>3227</v>
+        <v>3238</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
-        <v>3228</v>
+        <v>25</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
-        <v>3229</v>
+        <v>27</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>3230</v>
+        <v>3239</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>65019</v>
+        <v>65001</v>
       </c>
       <c r="B350" t="s">
-        <v>3231</v>
+        <v>3240</v>
       </c>
       <c r="C350" t="s">
-        <v>3232</v>
+        <v>3241</v>
       </c>
       <c r="D350" t="s">
-        <v>3233</v>
+        <v>3242</v>
       </c>
       <c r="E350" t="s">
-        <v>3234</v>
+        <v>3243</v>
       </c>
       <c r="F350" t="s">
-        <v>3235</v>
+        <v>3244</v>
       </c>
       <c r="G350" t="s">
-        <v>3236</v>
+        <v>3245</v>
       </c>
       <c r="H350" t="s">
-        <v>3237</v>
+        <v>3246</v>
       </c>
       <c r="I350" t="s">
-        <v>3238</v>
+        <v>3247</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
         <v>170</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
         <v>171</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
-        <v>3239</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>65020</v>
+        <v>65002</v>
       </c>
       <c r="B351" t="s">
-        <v>3240</v>
+        <v>3249</v>
       </c>
       <c r="C351" t="s">
-        <v>3241</v>
+        <v>3250</v>
       </c>
       <c r="D351" t="s">
-        <v>3242</v>
+        <v>3251</v>
       </c>
       <c r="E351" t="s">
-        <v>3243</v>
+        <v>3252</v>
       </c>
       <c r="F351" t="s">
-        <v>3244</v>
+        <v>3253</v>
       </c>
       <c r="G351" t="s">
-        <v>3245</v>
+        <v>3254</v>
       </c>
       <c r="H351" t="s">
-        <v>3246</v>
+        <v>3255</v>
       </c>
       <c r="I351" t="s">
-        <v>3247</v>
+        <v>3256</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>3248</v>
+        <v>25</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
-        <v>3249</v>
+        <v>27</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
-        <v>3250</v>
+        <v>3257</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>65021</v>
+        <v>65003</v>
       </c>
       <c r="B352" t="s">
-        <v>3251</v>
+        <v>3258</v>
       </c>
       <c r="C352" t="s">
-        <v>3252</v>
+        <v>3259</v>
       </c>
       <c r="D352" t="s">
-        <v>3253</v>
+        <v>3260</v>
       </c>
       <c r="E352" t="s">
-        <v>3254</v>
+        <v>3261</v>
       </c>
       <c r="F352" t="s">
-        <v>3255</v>
+        <v>3262</v>
       </c>
       <c r="G352" t="s">
-        <v>3256</v>
+        <v>3263</v>
       </c>
       <c r="H352" t="s">
-        <v>3257</v>
+        <v>3264</v>
       </c>
       <c r="I352" t="s">
-        <v>3258</v>
+        <v>3265</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3259</v>
+        <v>3266</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>65022</v>
+        <v>65004</v>
       </c>
       <c r="B353" t="s">
-        <v>3260</v>
+        <v>3267</v>
       </c>
       <c r="C353" t="s">
-        <v>3261</v>
+        <v>3268</v>
       </c>
       <c r="D353" t="s">
-        <v>3262</v>
+        <v>3269</v>
       </c>
       <c r="E353" t="s">
-        <v>3263</v>
+        <v>3270</v>
       </c>
       <c r="F353" t="s">
-        <v>3264</v>
+        <v>3271</v>
       </c>
       <c r="G353" t="s">
-        <v>3265</v>
+        <v>3272</v>
       </c>
       <c r="H353" t="s">
-        <v>3266</v>
+        <v>3273</v>
       </c>
       <c r="I353" t="s">
-        <v>3267</v>
+        <v>3274</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3268</v>
+        <v>3275</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>65023</v>
+        <v>65005</v>
       </c>
       <c r="B354" t="s">
-        <v>3269</v>
+        <v>3276</v>
       </c>
       <c r="C354" t="s">
-        <v>3270</v>
+        <v>3277</v>
       </c>
       <c r="D354" t="s">
-        <v>3271</v>
+        <v>3278</v>
       </c>
       <c r="E354" t="s">
-        <v>3272</v>
+        <v>3279</v>
       </c>
       <c r="F354" t="s">
-        <v>3273</v>
+        <v>3280</v>
       </c>
       <c r="G354" t="s">
-        <v>3274</v>
+        <v>3281</v>
       </c>
       <c r="H354" t="s">
-        <v>3275</v>
+        <v>3282</v>
       </c>
       <c r="I354" t="s">
-        <v>3276</v>
+        <v>3283</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
-        <v>25</v>
+        <v>3284</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
-        <v>27</v>
+        <v>3285</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
-        <v>3277</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>65025</v>
+        <v>65006</v>
       </c>
       <c r="B355" t="s">
-        <v>3278</v>
+        <v>3287</v>
       </c>
       <c r="C355" t="s">
-        <v>3279</v>
+        <v>3288</v>
       </c>
       <c r="D355" t="s">
-        <v>3280</v>
+        <v>3289</v>
       </c>
       <c r="E355" t="s">
-        <v>3281</v>
+        <v>3290</v>
       </c>
       <c r="F355" t="s">
-        <v>3282</v>
+        <v>3291</v>
       </c>
       <c r="G355" t="s">
-        <v>3283</v>
+        <v>3292</v>
       </c>
       <c r="H355" t="s">
-        <v>3284</v>
+        <v>3293</v>
       </c>
       <c r="I355" t="s">
-        <v>3285</v>
+        <v>3294</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
-        <v>25</v>
+        <v>3295</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
-        <v>27</v>
+        <v>3296</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
-        <v>3286</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>65026</v>
+        <v>65007</v>
       </c>
       <c r="B356" t="s">
-        <v>3287</v>
+        <v>3298</v>
       </c>
       <c r="C356" t="s">
-        <v>3288</v>
+        <v>3299</v>
       </c>
       <c r="D356" t="s">
-        <v>3289</v>
+        <v>3300</v>
       </c>
       <c r="E356" t="s">
-        <v>3290</v>
+        <v>3301</v>
       </c>
       <c r="F356" t="s">
-        <v>3291</v>
+        <v>3302</v>
       </c>
       <c r="G356" t="s">
-        <v>3292</v>
+        <v>3303</v>
       </c>
       <c r="H356" t="s">
-        <v>3293</v>
+        <v>3304</v>
       </c>
       <c r="I356" t="s">
-        <v>3294</v>
+        <v>3305</v>
       </c>
       <c r="J356" t="s">
         <v>24</v>
       </c>
       <c r="K356" t="s">
         <v>25</v>
       </c>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356" t="s">
         <v>27</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
-        <v>3295</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>65027</v>
+        <v>65008</v>
       </c>
       <c r="B357" t="s">
-        <v>3296</v>
+        <v>3307</v>
       </c>
       <c r="C357" t="s">
-        <v>3297</v>
+        <v>3308</v>
       </c>
       <c r="D357" t="s">
-        <v>3298</v>
+        <v>3309</v>
       </c>
       <c r="E357" t="s">
-        <v>3299</v>
+        <v>3310</v>
       </c>
       <c r="F357" t="s">
-        <v>3300</v>
+        <v>3311</v>
       </c>
       <c r="G357" t="s">
-        <v>3301</v>
+        <v>3312</v>
       </c>
       <c r="H357" t="s">
-        <v>3302</v>
+        <v>3313</v>
       </c>
       <c r="I357" t="s">
-        <v>3303</v>
+        <v>3314</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
-        <v>671</v>
+        <v>170</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
-        <v>672</v>
+        <v>171</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
-        <v>3304</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>65028</v>
+        <v>65009</v>
       </c>
       <c r="B358" t="s">
-        <v>3305</v>
+        <v>3316</v>
       </c>
       <c r="C358" t="s">
-        <v>3306</v>
+        <v>3317</v>
       </c>
       <c r="D358" t="s">
-        <v>3307</v>
+        <v>3318</v>
       </c>
       <c r="E358" t="s">
-        <v>3308</v>
+        <v>3319</v>
       </c>
       <c r="F358" t="s">
-        <v>3309</v>
+        <v>3320</v>
       </c>
       <c r="G358" t="s">
-        <v>3310</v>
+        <v>3321</v>
       </c>
       <c r="H358" t="s">
-        <v>3311</v>
+        <v>3322</v>
       </c>
       <c r="I358" t="s">
-        <v>3312</v>
+        <v>3323</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
       <c r="M358" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
-        <v>3313</v>
+        <v>3324</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>65030</v>
+        <v>65010</v>
       </c>
       <c r="B359" t="s">
-        <v>3314</v>
+        <v>3325</v>
       </c>
       <c r="C359" t="s">
-        <v>3315</v>
+        <v>3326</v>
       </c>
       <c r="D359" t="s">
-        <v>3316</v>
+        <v>3327</v>
       </c>
       <c r="E359" t="s">
-        <v>3317</v>
+        <v>3328</v>
       </c>
       <c r="F359" t="s">
-        <v>3318</v>
+        <v>3329</v>
       </c>
       <c r="G359" t="s">
-        <v>3319</v>
+        <v>3330</v>
       </c>
       <c r="H359" t="s">
-        <v>3320</v>
+        <v>3331</v>
       </c>
       <c r="I359" t="s">
-        <v>3321</v>
+        <v>3332</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
         <v>25</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
         <v>27</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>3322</v>
+        <v>3333</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>65031</v>
+        <v>65011</v>
       </c>
       <c r="B360" t="s">
-        <v>3323</v>
+        <v>3334</v>
       </c>
       <c r="C360" t="s">
-        <v>3324</v>
+        <v>3335</v>
       </c>
       <c r="D360" t="s">
-        <v>3325</v>
+        <v>3336</v>
       </c>
       <c r="E360" t="s">
-        <v>3326</v>
+        <v>3337</v>
       </c>
       <c r="F360" t="s">
-        <v>3327</v>
+        <v>3338</v>
       </c>
       <c r="G360" t="s">
-        <v>3328</v>
+        <v>3339</v>
       </c>
       <c r="H360" t="s">
-        <v>3329</v>
+        <v>3340</v>
       </c>
       <c r="I360" t="s">
-        <v>3330</v>
+        <v>3341</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>3331</v>
+        <v>3342</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>65032</v>
+        <v>65012</v>
       </c>
       <c r="B361" t="s">
-        <v>3332</v>
+        <v>3343</v>
       </c>
       <c r="C361" t="s">
-        <v>3333</v>
+        <v>3344</v>
       </c>
       <c r="D361" t="s">
-        <v>3334</v>
+        <v>3345</v>
       </c>
       <c r="E361" t="s">
-        <v>3335</v>
+        <v>3346</v>
       </c>
       <c r="F361" t="s">
-        <v>3336</v>
+        <v>3347</v>
       </c>
       <c r="G361" t="s">
-        <v>3337</v>
+        <v>3348</v>
       </c>
       <c r="H361" t="s">
-        <v>3338</v>
+        <v>3349</v>
       </c>
       <c r="I361" t="s">
-        <v>3339</v>
+        <v>3350</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
-        <v>170</v>
+        <v>3351</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
       <c r="M361" t="s">
-        <v>171</v>
+        <v>3352</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
-        <v>3340</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>65033</v>
+        <v>65013</v>
       </c>
       <c r="B362" t="s">
-        <v>3341</v>
+        <v>3354</v>
       </c>
       <c r="C362" t="s">
-        <v>3342</v>
+        <v>3355</v>
       </c>
       <c r="D362" t="s">
-        <v>3343</v>
+        <v>3356</v>
       </c>
       <c r="E362" t="s">
-        <v>3344</v>
+        <v>3357</v>
       </c>
       <c r="F362" t="s">
-        <v>3345</v>
+        <v>3358</v>
       </c>
       <c r="G362" t="s">
-        <v>3346</v>
+        <v>3359</v>
       </c>
       <c r="H362" t="s">
-        <v>3347</v>
+        <v>3360</v>
       </c>
       <c r="I362" t="s">
-        <v>3348</v>
+        <v>3361</v>
       </c>
       <c r="J362" t="s">
         <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>3349</v>
+        <v>25</v>
       </c>
       <c r="L362" t="s">
         <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>3350</v>
+        <v>27</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
-        <v>3351</v>
+        <v>3362</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>65034</v>
+        <v>65014</v>
       </c>
       <c r="B363" t="s">
-        <v>3352</v>
+        <v>3363</v>
       </c>
       <c r="C363" t="s">
-        <v>3353</v>
+        <v>3364</v>
       </c>
       <c r="D363" t="s">
-        <v>3354</v>
+        <v>3365</v>
       </c>
       <c r="E363" t="s">
-        <v>3355</v>
+        <v>3366</v>
       </c>
       <c r="F363" t="s">
-        <v>3356</v>
+        <v>3367</v>
       </c>
       <c r="G363" t="s">
-        <v>3357</v>
+        <v>3368</v>
       </c>
       <c r="H363" t="s">
-        <v>3358</v>
+        <v>3369</v>
       </c>
       <c r="I363" t="s">
-        <v>3359</v>
+        <v>3370</v>
       </c>
       <c r="J363" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K363" t="s">
-        <v>570</v>
+        <v>672</v>
       </c>
       <c r="L363" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M363" t="s">
-        <v>571</v>
+        <v>673</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
-        <v>3360</v>
+        <v>3371</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>65035</v>
+        <v>65015</v>
       </c>
       <c r="B364" t="s">
-        <v>3361</v>
+        <v>3372</v>
       </c>
       <c r="C364" t="s">
-        <v>3362</v>
+        <v>3373</v>
       </c>
       <c r="D364" t="s">
-        <v>3363</v>
+        <v>3374</v>
       </c>
       <c r="E364" t="s">
-        <v>3364</v>
+        <v>3375</v>
       </c>
       <c r="F364" t="s">
-        <v>3365</v>
+        <v>3376</v>
       </c>
       <c r="G364" t="s">
-        <v>3366</v>
+        <v>3377</v>
       </c>
       <c r="H364" t="s">
-        <v>3367</v>
+        <v>3378</v>
       </c>
       <c r="I364" t="s">
-        <v>3368</v>
+        <v>3379</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
-        <v>3369</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>65036</v>
+        <v>65016</v>
       </c>
       <c r="B365" t="s">
-        <v>3370</v>
+        <v>3381</v>
       </c>
       <c r="C365" t="s">
-        <v>3371</v>
+        <v>3382</v>
       </c>
       <c r="D365" t="s">
-        <v>3372</v>
+        <v>3383</v>
       </c>
       <c r="E365" t="s">
-        <v>3373</v>
+        <v>3384</v>
       </c>
       <c r="F365" t="s">
-        <v>3374</v>
+        <v>3385</v>
       </c>
       <c r="G365" t="s">
-        <v>3375</v>
+        <v>3386</v>
       </c>
       <c r="H365" t="s">
-        <v>3376</v>
+        <v>3387</v>
       </c>
       <c r="I365" t="s">
-        <v>3377</v>
+        <v>3388</v>
       </c>
       <c r="J365" t="s">
         <v>24</v>
       </c>
       <c r="K365" t="s">
         <v>25</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
       <c r="M365" t="s">
         <v>27</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
-        <v>3378</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>65037</v>
+        <v>65017</v>
       </c>
       <c r="B366" t="s">
-        <v>3379</v>
+        <v>3390</v>
       </c>
       <c r="C366" t="s">
-        <v>3380</v>
+        <v>3391</v>
       </c>
       <c r="D366" t="s">
-        <v>3381</v>
+        <v>3392</v>
       </c>
       <c r="E366" t="s">
-        <v>3382</v>
+        <v>3393</v>
       </c>
       <c r="F366" t="s">
-        <v>3383</v>
+        <v>3394</v>
       </c>
       <c r="G366" t="s">
-        <v>3384</v>
+        <v>3395</v>
       </c>
       <c r="H366" t="s">
-        <v>3385</v>
+        <v>3396</v>
       </c>
       <c r="I366" t="s">
-        <v>3386</v>
+        <v>3397</v>
       </c>
       <c r="J366" t="s">
         <v>24</v>
       </c>
       <c r="K366" t="s">
-        <v>25</v>
+        <v>3398</v>
       </c>
       <c r="L366" t="s">
         <v>26</v>
       </c>
       <c r="M366" t="s">
-        <v>27</v>
+        <v>3399</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
-        <v>3387</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>65038</v>
+        <v>65018</v>
       </c>
       <c r="B367" t="s">
-        <v>3388</v>
+        <v>3401</v>
       </c>
       <c r="C367" t="s">
-        <v>3389</v>
+        <v>3402</v>
       </c>
       <c r="D367" t="s">
-        <v>3390</v>
+        <v>3403</v>
       </c>
       <c r="E367" t="s">
-        <v>3391</v>
+        <v>3404</v>
       </c>
       <c r="F367" t="s">
-        <v>3392</v>
+        <v>3405</v>
       </c>
       <c r="G367" t="s">
-        <v>3393</v>
+        <v>3406</v>
       </c>
       <c r="H367" t="s">
-        <v>3394</v>
+        <v>3407</v>
       </c>
       <c r="I367" t="s">
-        <v>3395</v>
+        <v>3408</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
-        <v>170</v>
+        <v>3409</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
-        <v>171</v>
+        <v>3410</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
-        <v>3396</v>
+        <v>3411</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>65039</v>
+        <v>65019</v>
       </c>
       <c r="B368" t="s">
-        <v>3397</v>
+        <v>3412</v>
       </c>
       <c r="C368" t="s">
-        <v>3398</v>
+        <v>3413</v>
       </c>
       <c r="D368" t="s">
-        <v>3399</v>
+        <v>3414</v>
       </c>
       <c r="E368" t="s">
-        <v>3400</v>
+        <v>3415</v>
       </c>
       <c r="F368" t="s">
-        <v>3401</v>
+        <v>3416</v>
       </c>
       <c r="G368" t="s">
-        <v>3402</v>
+        <v>3417</v>
       </c>
       <c r="H368" t="s">
-        <v>3403</v>
+        <v>3418</v>
       </c>
       <c r="I368" t="s">
-        <v>3404</v>
+        <v>3419</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
         <v>170</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
         <v>171</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
-        <v>3405</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>65040</v>
+        <v>65020</v>
       </c>
       <c r="B369" t="s">
-        <v>3406</v>
+        <v>3421</v>
       </c>
       <c r="C369" t="s">
-        <v>3407</v>
+        <v>3422</v>
       </c>
       <c r="D369" t="s">
-        <v>3408</v>
+        <v>3423</v>
       </c>
       <c r="E369" t="s">
-        <v>3409</v>
+        <v>3424</v>
       </c>
       <c r="F369" t="s">
-        <v>3410</v>
+        <v>3425</v>
       </c>
       <c r="G369" t="s">
-        <v>3411</v>
+        <v>3426</v>
       </c>
       <c r="H369" t="s">
-        <v>3412</v>
+        <v>3427</v>
       </c>
       <c r="I369" t="s">
-        <v>3413</v>
+        <v>3428</v>
       </c>
       <c r="J369" t="s">
         <v>24</v>
       </c>
       <c r="K369" t="s">
-        <v>1552</v>
+        <v>3429</v>
       </c>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369" t="s">
-        <v>1553</v>
+        <v>3430</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>3414</v>
+        <v>3431</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>65043</v>
+        <v>65021</v>
       </c>
       <c r="B370" t="s">
-        <v>3415</v>
+        <v>3432</v>
       </c>
       <c r="C370" t="s">
-        <v>3416</v>
+        <v>3433</v>
       </c>
       <c r="D370" t="s">
-        <v>3417</v>
+        <v>3434</v>
       </c>
       <c r="E370" t="s">
-        <v>3418</v>
+        <v>3435</v>
       </c>
       <c r="F370" t="s">
-        <v>3419</v>
+        <v>3436</v>
       </c>
       <c r="G370" t="s">
-        <v>3420</v>
+        <v>3437</v>
       </c>
       <c r="H370" t="s">
-        <v>3421</v>
+        <v>3438</v>
       </c>
       <c r="I370" t="s">
-        <v>3422</v>
+        <v>3439</v>
       </c>
       <c r="J370" t="s">
         <v>24</v>
       </c>
       <c r="K370" t="s">
         <v>25</v>
       </c>
       <c r="L370" t="s">
         <v>26</v>
       </c>
       <c r="M370" t="s">
         <v>27</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
-        <v>3423</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>65044</v>
+        <v>65022</v>
       </c>
       <c r="B371" t="s">
-        <v>3424</v>
+        <v>3441</v>
       </c>
       <c r="C371" t="s">
-        <v>3425</v>
+        <v>3442</v>
       </c>
       <c r="D371" t="s">
-        <v>3426</v>
+        <v>3443</v>
       </c>
       <c r="E371" t="s">
-        <v>3427</v>
+        <v>3444</v>
       </c>
       <c r="F371" t="s">
-        <v>3428</v>
+        <v>3445</v>
       </c>
       <c r="G371" t="s">
-        <v>3429</v>
+        <v>3446</v>
       </c>
       <c r="H371" t="s">
-        <v>3430</v>
+        <v>3447</v>
       </c>
       <c r="I371" t="s">
-        <v>3431</v>
+        <v>3448</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
         <v>25</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
         <v>27</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
-        <v>3432</v>
+        <v>3449</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>65045</v>
+        <v>65023</v>
       </c>
       <c r="B372" t="s">
-        <v>3433</v>
+        <v>3450</v>
       </c>
       <c r="C372" t="s">
-        <v>3434</v>
+        <v>3451</v>
       </c>
       <c r="D372" t="s">
-        <v>3435</v>
+        <v>3452</v>
       </c>
       <c r="E372" t="s">
-        <v>3436</v>
+        <v>3453</v>
       </c>
       <c r="F372" t="s">
-        <v>3437</v>
+        <v>3454</v>
       </c>
       <c r="G372" t="s">
-        <v>3438</v>
+        <v>3455</v>
       </c>
       <c r="H372" t="s">
-        <v>3439</v>
+        <v>3456</v>
       </c>
       <c r="I372" t="s">
-        <v>3440</v>
+        <v>3457</v>
       </c>
       <c r="J372" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="K372" t="s">
-        <v>3441</v>
+        <v>25</v>
       </c>
       <c r="L372" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="M372" t="s">
-        <v>3442</v>
+        <v>27</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
-        <v>3443</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>65046</v>
+        <v>65025</v>
       </c>
       <c r="B373" t="s">
-        <v>3444</v>
+        <v>3459</v>
       </c>
       <c r="C373" t="s">
-        <v>3445</v>
+        <v>3460</v>
       </c>
       <c r="D373" t="s">
-        <v>3446</v>
+        <v>3461</v>
       </c>
       <c r="E373" t="s">
-        <v>3447</v>
+        <v>3462</v>
       </c>
       <c r="F373" t="s">
-        <v>3448</v>
+        <v>3463</v>
       </c>
       <c r="G373" t="s">
-        <v>3449</v>
+        <v>3464</v>
       </c>
       <c r="H373" t="s">
-        <v>3450</v>
+        <v>3465</v>
       </c>
       <c r="I373" t="s">
-        <v>3451</v>
+        <v>3466</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L373" t="s">
         <v>26</v>
       </c>
       <c r="M373" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
-        <v>3452</v>
+        <v>3467</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>65047</v>
+        <v>65026</v>
       </c>
       <c r="B374" t="s">
-        <v>3453</v>
+        <v>3468</v>
       </c>
       <c r="C374" t="s">
-        <v>3454</v>
+        <v>3469</v>
       </c>
       <c r="D374" t="s">
-        <v>3455</v>
+        <v>3470</v>
       </c>
       <c r="E374" t="s">
-        <v>3456</v>
+        <v>3471</v>
       </c>
       <c r="F374" t="s">
-        <v>3457</v>
+        <v>3472</v>
       </c>
       <c r="G374" t="s">
-        <v>3458</v>
+        <v>3473</v>
       </c>
       <c r="H374" t="s">
-        <v>3459</v>
+        <v>3474</v>
       </c>
       <c r="I374" t="s">
-        <v>3460</v>
+        <v>3475</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
-        <v>3441</v>
+        <v>25</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
-        <v>3442</v>
+        <v>27</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3461</v>
+        <v>3476</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>65049</v>
+        <v>65027</v>
       </c>
       <c r="B375" t="s">
-        <v>3462</v>
+        <v>3477</v>
       </c>
       <c r="C375" t="s">
-        <v>3463</v>
+        <v>3478</v>
       </c>
       <c r="D375" t="s">
-        <v>3464</v>
+        <v>3479</v>
       </c>
       <c r="E375" t="s">
-        <v>3465</v>
+        <v>3480</v>
       </c>
       <c r="F375" t="s">
-        <v>3466</v>
+        <v>3481</v>
       </c>
       <c r="G375" t="s">
-        <v>3467</v>
+        <v>3482</v>
       </c>
       <c r="H375" t="s">
-        <v>3468</v>
+        <v>3483</v>
       </c>
       <c r="I375" t="s">
-        <v>3469</v>
+        <v>3484</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
-        <v>59</v>
+        <v>672</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
-        <v>61</v>
+        <v>673</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
-        <v>3470</v>
+        <v>3485</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>65050</v>
+        <v>65028</v>
       </c>
       <c r="B376" t="s">
-        <v>3471</v>
+        <v>3486</v>
       </c>
       <c r="C376" t="s">
-        <v>3472</v>
+        <v>3487</v>
       </c>
       <c r="D376" t="s">
-        <v>3473</v>
+        <v>3488</v>
       </c>
       <c r="E376" t="s">
-        <v>3474</v>
+        <v>3489</v>
       </c>
       <c r="F376" t="s">
-        <v>3475</v>
+        <v>3490</v>
       </c>
       <c r="G376" t="s">
-        <v>3476</v>
+        <v>3491</v>
       </c>
       <c r="H376" t="s">
-        <v>3477</v>
+        <v>3492</v>
       </c>
       <c r="I376" t="s">
-        <v>3478</v>
+        <v>3493</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
         <v>25</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
         <v>27</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
-        <v>3479</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>65051</v>
+        <v>65030</v>
       </c>
       <c r="B377" t="s">
-        <v>3480</v>
+        <v>3495</v>
       </c>
       <c r="C377" t="s">
-        <v>3481</v>
+        <v>3496</v>
       </c>
       <c r="D377" t="s">
-        <v>3482</v>
+        <v>3497</v>
       </c>
       <c r="E377" t="s">
-        <v>3483</v>
+        <v>3498</v>
       </c>
       <c r="F377" t="s">
-        <v>3484</v>
+        <v>3499</v>
       </c>
       <c r="G377" t="s">
-        <v>3485</v>
+        <v>3500</v>
       </c>
       <c r="H377" t="s">
-        <v>3486</v>
+        <v>3501</v>
       </c>
       <c r="I377" t="s">
-        <v>3487</v>
+        <v>3502</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
-        <v>727</v>
+        <v>25</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
       <c r="M377" t="s">
-        <v>728</v>
+        <v>27</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
-        <v>3488</v>
+        <v>3503</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>65053</v>
+        <v>65031</v>
       </c>
       <c r="B378" t="s">
-        <v>3489</v>
+        <v>3504</v>
       </c>
       <c r="C378" t="s">
-        <v>3490</v>
+        <v>3505</v>
       </c>
       <c r="D378" t="s">
-        <v>3491</v>
+        <v>3506</v>
       </c>
       <c r="E378" t="s">
-        <v>3492</v>
+        <v>3507</v>
       </c>
       <c r="F378" t="s">
-        <v>3493</v>
+        <v>3508</v>
       </c>
       <c r="G378" t="s">
-        <v>3494</v>
+        <v>3509</v>
       </c>
       <c r="H378" t="s">
-        <v>3495</v>
+        <v>3510</v>
       </c>
       <c r="I378" t="s">
-        <v>3496</v>
+        <v>3511</v>
       </c>
       <c r="J378" t="s">
         <v>24</v>
       </c>
       <c r="K378" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L378" t="s">
         <v>26</v>
       </c>
       <c r="M378" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
-        <v>3497</v>
+        <v>3512</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>65054</v>
+        <v>65032</v>
       </c>
       <c r="B379" t="s">
-        <v>3498</v>
+        <v>3513</v>
       </c>
       <c r="C379" t="s">
-        <v>3499</v>
+        <v>3514</v>
       </c>
       <c r="D379" t="s">
-        <v>3500</v>
+        <v>3515</v>
       </c>
       <c r="E379" t="s">
-        <v>3501</v>
+        <v>3516</v>
       </c>
       <c r="F379" t="s">
-        <v>3502</v>
+        <v>3517</v>
       </c>
       <c r="G379" t="s">
-        <v>3503</v>
+        <v>3518</v>
       </c>
       <c r="H379" t="s">
-        <v>3504</v>
+        <v>3519</v>
       </c>
       <c r="I379" t="s">
-        <v>3505</v>
+        <v>3520</v>
       </c>
       <c r="J379" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K379" t="s">
-        <v>3506</v>
+        <v>170</v>
       </c>
       <c r="L379" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M379" t="s">
-        <v>3507</v>
+        <v>171</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3508</v>
+        <v>3521</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>65055</v>
+        <v>65033</v>
       </c>
       <c r="B380" t="s">
-        <v>3509</v>
+        <v>3522</v>
       </c>
       <c r="C380" t="s">
-        <v>3510</v>
+        <v>3523</v>
       </c>
       <c r="D380" t="s">
-        <v>3511</v>
+        <v>3524</v>
       </c>
       <c r="E380" t="s">
-        <v>3512</v>
+        <v>3525</v>
       </c>
       <c r="F380" t="s">
-        <v>3513</v>
+        <v>3526</v>
       </c>
       <c r="G380" t="s">
-        <v>3514</v>
+        <v>3527</v>
       </c>
       <c r="H380" t="s">
-        <v>3515</v>
+        <v>3528</v>
       </c>
       <c r="I380" t="s">
-        <v>3516</v>
+        <v>3529</v>
       </c>
       <c r="J380" t="s">
         <v>24</v>
       </c>
       <c r="K380" t="s">
-        <v>570</v>
+        <v>3530</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
       <c r="M380" t="s">
-        <v>571</v>
+        <v>3531</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
-        <v>3517</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>65057</v>
+        <v>65034</v>
       </c>
       <c r="B381" t="s">
-        <v>3518</v>
+        <v>3533</v>
       </c>
       <c r="C381" t="s">
-        <v>3519</v>
+        <v>3534</v>
       </c>
       <c r="D381" t="s">
-        <v>3520</v>
+        <v>3535</v>
       </c>
       <c r="E381" t="s">
-        <v>3521</v>
+        <v>3536</v>
       </c>
       <c r="F381" t="s">
-        <v>3522</v>
+        <v>3537</v>
       </c>
       <c r="G381" t="s">
-        <v>3523</v>
+        <v>3538</v>
       </c>
       <c r="H381" t="s">
-        <v>3524</v>
+        <v>3539</v>
       </c>
       <c r="I381" t="s">
-        <v>3525</v>
+        <v>3540</v>
       </c>
       <c r="J381" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K381" t="s">
-        <v>274</v>
+        <v>571</v>
       </c>
       <c r="L381" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M381" t="s">
-        <v>275</v>
+        <v>572</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
-        <v>3526</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>65058</v>
+        <v>65035</v>
       </c>
       <c r="B382" t="s">
-        <v>3527</v>
+        <v>3542</v>
       </c>
       <c r="C382" t="s">
-        <v>3528</v>
+        <v>3543</v>
       </c>
       <c r="D382" t="s">
-        <v>3529</v>
+        <v>3544</v>
       </c>
       <c r="E382" t="s">
-        <v>3530</v>
+        <v>3545</v>
       </c>
       <c r="F382" t="s">
-        <v>3531</v>
+        <v>3546</v>
       </c>
       <c r="G382" t="s">
-        <v>3532</v>
+        <v>3547</v>
       </c>
       <c r="H382" t="s">
-        <v>3533</v>
+        <v>3548</v>
       </c>
       <c r="I382" t="s">
-        <v>3534</v>
+        <v>3549</v>
       </c>
       <c r="J382" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K382" t="s">
-        <v>671</v>
+        <v>25</v>
       </c>
       <c r="L382" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M382" t="s">
-        <v>672</v>
+        <v>27</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
-        <v>3535</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>65059</v>
+        <v>65036</v>
       </c>
       <c r="B383" t="s">
-        <v>3536</v>
+        <v>3551</v>
       </c>
       <c r="C383" t="s">
-        <v>3537</v>
+        <v>3552</v>
       </c>
       <c r="D383" t="s">
-        <v>3538</v>
+        <v>3553</v>
       </c>
       <c r="E383" t="s">
-        <v>3539</v>
+        <v>3554</v>
       </c>
       <c r="F383" t="s">
-        <v>3540</v>
+        <v>3555</v>
       </c>
       <c r="G383" t="s">
-        <v>3541</v>
+        <v>3556</v>
       </c>
       <c r="H383" t="s">
-        <v>3542</v>
+        <v>3557</v>
       </c>
       <c r="I383" t="s">
-        <v>3543</v>
+        <v>3558</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L383" t="s">
         <v>26</v>
       </c>
       <c r="M383" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
-        <v>3544</v>
+        <v>3559</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>65060</v>
+        <v>65037</v>
       </c>
       <c r="B384" t="s">
-        <v>3545</v>
+        <v>3560</v>
       </c>
       <c r="C384" t="s">
-        <v>3546</v>
+        <v>3561</v>
       </c>
       <c r="D384" t="s">
-        <v>3547</v>
+        <v>3562</v>
       </c>
       <c r="E384" t="s">
-        <v>3548</v>
+        <v>3563</v>
       </c>
       <c r="F384" t="s">
-        <v>3549</v>
+        <v>3564</v>
       </c>
       <c r="G384" t="s">
-        <v>3550</v>
+        <v>3565</v>
       </c>
       <c r="H384" t="s">
-        <v>3551</v>
+        <v>3566</v>
       </c>
       <c r="I384" t="s">
-        <v>3552</v>
+        <v>3567</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
-        <v>3553</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>65061</v>
+        <v>65038</v>
       </c>
       <c r="B385" t="s">
-        <v>3554</v>
+        <v>3569</v>
       </c>
       <c r="C385" t="s">
-        <v>3555</v>
+        <v>3570</v>
       </c>
       <c r="D385" t="s">
-        <v>3556</v>
+        <v>3571</v>
       </c>
       <c r="E385" t="s">
-        <v>3557</v>
+        <v>3572</v>
       </c>
       <c r="F385" t="s">
-        <v>3558</v>
+        <v>3573</v>
       </c>
       <c r="G385" t="s">
-        <v>3559</v>
+        <v>3574</v>
       </c>
       <c r="H385" t="s">
-        <v>3560</v>
+        <v>3575</v>
       </c>
       <c r="I385" t="s">
-        <v>3561</v>
+        <v>3576</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
-        <v>1552</v>
+        <v>170</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
-        <v>1553</v>
+        <v>171</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
-        <v>3562</v>
+        <v>3577</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>65062</v>
+        <v>65039</v>
       </c>
       <c r="B386" t="s">
-        <v>3563</v>
+        <v>3578</v>
       </c>
       <c r="C386" t="s">
-        <v>3564</v>
+        <v>3579</v>
       </c>
       <c r="D386" t="s">
-        <v>3565</v>
+        <v>3580</v>
       </c>
       <c r="E386" t="s">
-        <v>3566</v>
+        <v>3581</v>
       </c>
       <c r="F386" t="s">
-        <v>3567</v>
+        <v>3582</v>
       </c>
       <c r="G386" t="s">
-        <v>3568</v>
+        <v>3583</v>
       </c>
       <c r="H386" t="s">
-        <v>3569</v>
+        <v>3584</v>
       </c>
       <c r="I386" t="s">
-        <v>3570</v>
+        <v>3585</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
       <c r="M386" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
-        <v>3571</v>
+        <v>3586</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>65063</v>
+        <v>65040</v>
       </c>
       <c r="B387" t="s">
-        <v>3572</v>
+        <v>3587</v>
       </c>
       <c r="C387" t="s">
-        <v>3573</v>
+        <v>3588</v>
       </c>
       <c r="D387" t="s">
-        <v>3574</v>
+        <v>3589</v>
       </c>
       <c r="E387" t="s">
-        <v>3575</v>
+        <v>3590</v>
       </c>
       <c r="F387" t="s">
-        <v>3576</v>
+        <v>3591</v>
       </c>
       <c r="G387" t="s">
-        <v>3577</v>
+        <v>3592</v>
       </c>
       <c r="H387" t="s">
-        <v>3578</v>
+        <v>3593</v>
       </c>
       <c r="I387" t="s">
-        <v>3579</v>
+        <v>3594</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
-        <v>1016</v>
+        <v>1691</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
-        <v>1017</v>
+        <v>1692</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
-        <v>3580</v>
+        <v>3595</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>65068</v>
+        <v>65043</v>
       </c>
       <c r="B388" t="s">
-        <v>3581</v>
+        <v>3596</v>
       </c>
       <c r="C388" t="s">
-        <v>3582</v>
+        <v>3597</v>
       </c>
       <c r="D388" t="s">
-        <v>3583</v>
+        <v>3598</v>
       </c>
       <c r="E388" t="s">
-        <v>3584</v>
+        <v>3599</v>
       </c>
       <c r="F388" t="s">
-        <v>3585</v>
+        <v>3600</v>
       </c>
       <c r="G388" t="s">
-        <v>3586</v>
+        <v>3601</v>
       </c>
       <c r="H388" t="s">
-        <v>3587</v>
+        <v>3602</v>
       </c>
       <c r="I388" t="s">
-        <v>3588</v>
+        <v>3603</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
         <v>25</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
         <v>27</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
-        <v>3589</v>
+        <v>3604</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>65069</v>
+        <v>65044</v>
       </c>
       <c r="B389" t="s">
-        <v>3590</v>
+        <v>3605</v>
       </c>
       <c r="C389" t="s">
-        <v>3591</v>
+        <v>3606</v>
       </c>
       <c r="D389" t="s">
-        <v>3592</v>
+        <v>3607</v>
       </c>
       <c r="E389" t="s">
-        <v>3593</v>
+        <v>3608</v>
       </c>
       <c r="F389" t="s">
-        <v>3594</v>
+        <v>3609</v>
       </c>
       <c r="G389" t="s">
-        <v>3595</v>
+        <v>3610</v>
       </c>
       <c r="H389" t="s">
-        <v>3596</v>
+        <v>3611</v>
       </c>
       <c r="I389" t="s">
-        <v>3597</v>
+        <v>3612</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
-        <v>3598</v>
+        <v>3613</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>65071</v>
+        <v>65045</v>
       </c>
       <c r="B390" t="s">
-        <v>3599</v>
+        <v>3614</v>
       </c>
       <c r="C390" t="s">
-        <v>3600</v>
+        <v>3615</v>
       </c>
       <c r="D390" t="s">
-        <v>3601</v>
+        <v>3616</v>
       </c>
       <c r="E390" t="s">
-        <v>3602</v>
+        <v>3617</v>
       </c>
       <c r="F390" t="s">
-        <v>3603</v>
+        <v>3618</v>
       </c>
       <c r="G390" t="s">
-        <v>3604</v>
+        <v>3619</v>
       </c>
       <c r="H390" t="s">
-        <v>3605</v>
+        <v>3620</v>
       </c>
       <c r="I390" t="s">
-        <v>3606</v>
+        <v>3621</v>
       </c>
       <c r="J390" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="K390" t="s">
-        <v>25</v>
+        <v>3622</v>
       </c>
       <c r="L390" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="M390" t="s">
-        <v>27</v>
+        <v>3623</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
-        <v>3607</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>65073</v>
+        <v>65046</v>
       </c>
       <c r="B391" t="s">
-        <v>3608</v>
+        <v>3625</v>
       </c>
       <c r="C391" t="s">
-        <v>3609</v>
+        <v>3626</v>
       </c>
       <c r="D391" t="s">
-        <v>3610</v>
+        <v>3627</v>
       </c>
       <c r="E391" t="s">
-        <v>3611</v>
+        <v>3628</v>
       </c>
       <c r="F391" t="s">
-        <v>3612</v>
+        <v>3629</v>
       </c>
       <c r="G391" t="s">
-        <v>3613</v>
+        <v>3630</v>
       </c>
       <c r="H391" t="s">
-        <v>3614</v>
+        <v>3631</v>
       </c>
       <c r="I391" t="s">
-        <v>3615</v>
+        <v>3632</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
-        <v>3616</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>65074</v>
+        <v>65047</v>
       </c>
       <c r="B392" t="s">
-        <v>3617</v>
+        <v>3634</v>
       </c>
       <c r="C392" t="s">
-        <v>3618</v>
+        <v>3635</v>
       </c>
       <c r="D392" t="s">
-        <v>3619</v>
+        <v>3636</v>
       </c>
       <c r="E392" t="s">
-        <v>3620</v>
+        <v>3637</v>
       </c>
       <c r="F392" t="s">
-        <v>3621</v>
+        <v>3638</v>
       </c>
       <c r="G392" t="s">
+        <v>3639</v>
+      </c>
+      <c r="H392" t="s">
+        <v>3640</v>
+      </c>
+      <c r="I392" t="s">
+        <v>3641</v>
+      </c>
+      <c r="J392" t="s">
+        <v>24</v>
+      </c>
+      <c r="K392" t="s">
         <v>3622</v>
       </c>
-      <c r="H392" t="s">
+      <c r="L392" t="s">
+        <v>26</v>
+      </c>
+      <c r="M392" t="s">
         <v>3623</v>
       </c>
-      <c r="I392" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
-        <v>3627</v>
+        <v>3642</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>65075</v>
+        <v>65049</v>
       </c>
       <c r="B393" t="s">
-        <v>3628</v>
+        <v>3643</v>
       </c>
       <c r="C393" t="s">
-        <v>3629</v>
+        <v>3644</v>
       </c>
       <c r="D393" t="s">
-        <v>3630</v>
+        <v>3645</v>
       </c>
       <c r="E393" t="s">
-        <v>3631</v>
+        <v>3646</v>
       </c>
       <c r="F393" t="s">
-        <v>3632</v>
+        <v>3647</v>
       </c>
       <c r="G393" t="s">
-        <v>3633</v>
+        <v>3648</v>
       </c>
       <c r="H393" t="s">
-        <v>3634</v>
+        <v>3649</v>
       </c>
       <c r="I393" t="s">
-        <v>3635</v>
+        <v>3650</v>
       </c>
       <c r="J393" t="s">
-        <v>440</v>
+        <v>24</v>
       </c>
       <c r="K393" t="s">
-        <v>3349</v>
+        <v>59</v>
       </c>
       <c r="L393" t="s">
-        <v>442</v>
+        <v>26</v>
       </c>
       <c r="M393" t="s">
-        <v>3350</v>
+        <v>61</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
-        <v>3636</v>
+        <v>3651</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>65076</v>
+        <v>65050</v>
       </c>
       <c r="B394" t="s">
-        <v>3637</v>
+        <v>3652</v>
       </c>
       <c r="C394" t="s">
-        <v>3638</v>
+        <v>3653</v>
       </c>
       <c r="D394" t="s">
-        <v>3639</v>
+        <v>3654</v>
       </c>
       <c r="E394" t="s">
-        <v>3640</v>
+        <v>3655</v>
       </c>
       <c r="F394" t="s">
-        <v>3641</v>
+        <v>3656</v>
       </c>
       <c r="G394" t="s">
-        <v>3642</v>
+        <v>3657</v>
       </c>
       <c r="H394" t="s">
-        <v>3643</v>
+        <v>3658</v>
       </c>
       <c r="I394" t="s">
-        <v>3644</v>
+        <v>3659</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
       <c r="M394" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
-        <v>3645</v>
+        <v>3660</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>65077</v>
+        <v>65051</v>
       </c>
       <c r="B395" t="s">
-        <v>3646</v>
+        <v>3661</v>
       </c>
       <c r="C395" t="s">
-        <v>3647</v>
+        <v>3662</v>
       </c>
       <c r="D395" t="s">
-        <v>3648</v>
+        <v>3663</v>
       </c>
       <c r="E395" t="s">
-        <v>3649</v>
+        <v>3664</v>
       </c>
       <c r="F395" t="s">
-        <v>3650</v>
+        <v>3665</v>
       </c>
       <c r="G395" t="s">
-        <v>3651</v>
+        <v>3666</v>
       </c>
       <c r="H395" t="s">
-        <v>3652</v>
+        <v>3667</v>
       </c>
       <c r="I395" t="s">
-        <v>3653</v>
+        <v>3668</v>
       </c>
       <c r="J395" t="s">
         <v>24</v>
       </c>
       <c r="K395" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="L395" t="s">
         <v>26</v>
       </c>
       <c r="M395" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
-        <v>3654</v>
+        <v>3669</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>65080</v>
+        <v>65053</v>
       </c>
       <c r="B396" t="s">
-        <v>3655</v>
+        <v>3670</v>
       </c>
       <c r="C396" t="s">
-        <v>3656</v>
+        <v>3671</v>
       </c>
       <c r="D396" t="s">
-        <v>3657</v>
+        <v>3672</v>
       </c>
       <c r="E396" t="s">
-        <v>3658</v>
+        <v>3673</v>
       </c>
       <c r="F396" t="s">
-        <v>3659</v>
+        <v>3674</v>
       </c>
       <c r="G396" t="s">
-        <v>3660</v>
+        <v>3675</v>
       </c>
       <c r="H396" t="s">
-        <v>3661</v>
+        <v>3676</v>
       </c>
       <c r="I396" t="s">
-        <v>3662</v>
+        <v>3677</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
-        <v>3663</v>
+        <v>3678</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>65081</v>
+        <v>65054</v>
       </c>
       <c r="B397" t="s">
-        <v>3664</v>
+        <v>3679</v>
       </c>
       <c r="C397" t="s">
-        <v>3665</v>
+        <v>3680</v>
       </c>
       <c r="D397" t="s">
-        <v>3666</v>
+        <v>3681</v>
       </c>
       <c r="E397" t="s">
-        <v>3667</v>
+        <v>3682</v>
       </c>
       <c r="F397" t="s">
-        <v>3668</v>
+        <v>3683</v>
       </c>
       <c r="G397" t="s">
-        <v>3669</v>
+        <v>3684</v>
       </c>
       <c r="H397" t="s">
-        <v>3670</v>
+        <v>3685</v>
       </c>
       <c r="I397" t="s">
-        <v>3671</v>
+        <v>3686</v>
       </c>
       <c r="J397" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K397" t="s">
-        <v>47</v>
+        <v>208</v>
       </c>
       <c r="L397" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M397" t="s">
-        <v>48</v>
+        <v>209</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
-        <v>3672</v>
+        <v>3687</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>65082</v>
+        <v>65055</v>
       </c>
       <c r="B398" t="s">
-        <v>3673</v>
+        <v>3688</v>
       </c>
       <c r="C398" t="s">
-        <v>3674</v>
+        <v>3689</v>
       </c>
       <c r="D398" t="s">
-        <v>3675</v>
+        <v>3690</v>
       </c>
       <c r="E398" t="s">
-        <v>3676</v>
+        <v>3691</v>
       </c>
       <c r="F398" t="s">
-        <v>3677</v>
+        <v>3692</v>
       </c>
       <c r="G398" t="s">
-        <v>3678</v>
+        <v>3693</v>
       </c>
       <c r="H398" t="s">
-        <v>3679</v>
+        <v>3694</v>
       </c>
       <c r="I398" t="s">
-        <v>3680</v>
+        <v>3695</v>
       </c>
       <c r="J398" t="s">
         <v>24</v>
       </c>
       <c r="K398" t="s">
-        <v>47</v>
+        <v>571</v>
       </c>
       <c r="L398" t="s">
         <v>26</v>
       </c>
       <c r="M398" t="s">
-        <v>48</v>
+        <v>572</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
-        <v>3681</v>
+        <v>3696</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>65083</v>
+        <v>65057</v>
       </c>
       <c r="B399" t="s">
-        <v>3682</v>
+        <v>3697</v>
       </c>
       <c r="C399" t="s">
-        <v>3683</v>
+        <v>3698</v>
       </c>
       <c r="D399" t="s">
-        <v>3684</v>
+        <v>3699</v>
       </c>
       <c r="E399" t="s">
-        <v>3685</v>
+        <v>3700</v>
       </c>
       <c r="F399" t="s">
-        <v>3686</v>
+        <v>3701</v>
       </c>
       <c r="G399" t="s">
-        <v>3687</v>
+        <v>3702</v>
       </c>
       <c r="H399" t="s">
-        <v>3688</v>
+        <v>3703</v>
       </c>
       <c r="I399" t="s">
-        <v>3689</v>
+        <v>3704</v>
       </c>
       <c r="J399" t="s">
         <v>24</v>
       </c>
       <c r="K399" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L399" t="s">
         <v>26</v>
       </c>
       <c r="M399" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
-        <v>3690</v>
+        <v>3705</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>65084</v>
+        <v>65058</v>
       </c>
       <c r="B400" t="s">
-        <v>3691</v>
+        <v>3706</v>
       </c>
       <c r="C400" t="s">
-        <v>3692</v>
+        <v>3707</v>
       </c>
       <c r="D400" t="s">
-        <v>3693</v>
+        <v>3708</v>
       </c>
       <c r="E400" t="s">
-        <v>3694</v>
+        <v>3709</v>
       </c>
       <c r="F400" t="s">
-        <v>3695</v>
+        <v>3710</v>
       </c>
       <c r="G400" t="s">
-        <v>3696</v>
+        <v>3711</v>
       </c>
       <c r="H400" t="s">
-        <v>3697</v>
+        <v>3712</v>
       </c>
       <c r="I400" t="s">
-        <v>3698</v>
+        <v>3713</v>
       </c>
       <c r="J400" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K400" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L400" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M400" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
-        <v>3699</v>
+        <v>3714</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>65085</v>
+        <v>65059</v>
       </c>
       <c r="B401" t="s">
-        <v>3700</v>
+        <v>3715</v>
       </c>
       <c r="C401" t="s">
-        <v>3701</v>
+        <v>3716</v>
       </c>
       <c r="D401" t="s">
-        <v>3702</v>
+        <v>3717</v>
       </c>
       <c r="E401" t="s">
-        <v>3703</v>
+        <v>3718</v>
       </c>
       <c r="F401" t="s">
-        <v>3704</v>
+        <v>3719</v>
       </c>
       <c r="G401" t="s">
-        <v>3705</v>
+        <v>3720</v>
       </c>
       <c r="H401" t="s">
-        <v>3706</v>
+        <v>3721</v>
       </c>
       <c r="I401" t="s">
-        <v>3707</v>
+        <v>3722</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
-        <v>570</v>
+        <v>170</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
-        <v>571</v>
+        <v>171</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
-        <v>3708</v>
+        <v>3723</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>65086</v>
+        <v>65060</v>
       </c>
       <c r="B402" t="s">
-        <v>3709</v>
+        <v>3724</v>
       </c>
       <c r="C402" t="s">
-        <v>3710</v>
+        <v>3725</v>
       </c>
       <c r="D402" t="s">
-        <v>3711</v>
+        <v>3726</v>
       </c>
       <c r="E402" t="s">
-        <v>3712</v>
+        <v>3727</v>
       </c>
       <c r="F402" t="s">
-        <v>3713</v>
+        <v>3728</v>
       </c>
       <c r="G402" t="s">
-        <v>3714</v>
+        <v>3729</v>
       </c>
       <c r="H402" t="s">
-        <v>3715</v>
+        <v>3730</v>
       </c>
       <c r="I402" t="s">
-        <v>3716</v>
+        <v>3731</v>
       </c>
       <c r="J402" t="s">
         <v>24</v>
       </c>
       <c r="K402" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L402" t="s">
         <v>26</v>
       </c>
       <c r="M402" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
-        <v>3717</v>
+        <v>3732</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>65087</v>
+        <v>65061</v>
       </c>
       <c r="B403" t="s">
-        <v>3718</v>
+        <v>3733</v>
       </c>
       <c r="C403" t="s">
-        <v>3719</v>
+        <v>3734</v>
       </c>
       <c r="D403" t="s">
-        <v>3720</v>
+        <v>3735</v>
       </c>
       <c r="E403" t="s">
-        <v>3721</v>
+        <v>3736</v>
       </c>
       <c r="F403" t="s">
-        <v>3722</v>
+        <v>3737</v>
       </c>
       <c r="G403" t="s">
-        <v>3723</v>
+        <v>3738</v>
       </c>
       <c r="H403" t="s">
-        <v>3724</v>
+        <v>3739</v>
       </c>
       <c r="I403" t="s">
-        <v>3725</v>
+        <v>3740</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
-        <v>170</v>
+        <v>1691</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
-        <v>171</v>
+        <v>1692</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
-        <v>3726</v>
+        <v>3741</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>65088</v>
+        <v>65062</v>
       </c>
       <c r="B404" t="s">
-        <v>3727</v>
+        <v>3742</v>
       </c>
       <c r="C404" t="s">
-        <v>3728</v>
+        <v>3743</v>
       </c>
       <c r="D404" t="s">
-        <v>3729</v>
+        <v>3744</v>
       </c>
       <c r="E404" t="s">
-        <v>3730</v>
+        <v>3745</v>
       </c>
       <c r="F404" t="s">
-        <v>3731</v>
+        <v>3746</v>
       </c>
       <c r="G404" t="s">
-        <v>3732</v>
+        <v>3747</v>
       </c>
       <c r="H404" t="s">
-        <v>3733</v>
+        <v>3748</v>
       </c>
       <c r="I404" t="s">
-        <v>3734</v>
+        <v>3749</v>
       </c>
       <c r="J404" t="s">
         <v>24</v>
       </c>
       <c r="K404" t="s">
         <v>25</v>
       </c>
       <c r="L404" t="s">
         <v>26</v>
       </c>
       <c r="M404" t="s">
         <v>27</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
-        <v>3735</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>65089</v>
+        <v>65063</v>
       </c>
       <c r="B405" t="s">
-        <v>3736</v>
+        <v>3751</v>
       </c>
       <c r="C405" t="s">
-        <v>3737</v>
+        <v>3752</v>
       </c>
       <c r="D405" t="s">
-        <v>3738</v>
+        <v>3753</v>
       </c>
       <c r="E405" t="s">
-        <v>3739</v>
+        <v>3754</v>
       </c>
       <c r="F405" t="s">
-        <v>3740</v>
+        <v>3755</v>
       </c>
       <c r="G405" t="s">
-        <v>3741</v>
+        <v>3756</v>
       </c>
       <c r="H405" t="s">
-        <v>3742</v>
+        <v>3757</v>
       </c>
       <c r="I405" t="s">
-        <v>3743</v>
+        <v>3758</v>
       </c>
       <c r="J405" t="s">
         <v>24</v>
       </c>
       <c r="K405" t="s">
-        <v>25</v>
+        <v>1017</v>
       </c>
       <c r="L405" t="s">
         <v>26</v>
       </c>
       <c r="M405" t="s">
-        <v>27</v>
+        <v>1018</v>
       </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
-        <v>3744</v>
+        <v>3759</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>65090</v>
+        <v>65068</v>
       </c>
       <c r="B406" t="s">
-        <v>3745</v>
+        <v>3760</v>
       </c>
       <c r="C406" t="s">
-        <v>3746</v>
+        <v>3761</v>
       </c>
       <c r="D406" t="s">
-        <v>3747</v>
+        <v>3762</v>
       </c>
       <c r="E406" t="s">
-        <v>3748</v>
+        <v>3763</v>
       </c>
       <c r="F406" t="s">
-        <v>3749</v>
+        <v>3764</v>
       </c>
       <c r="G406" t="s">
-        <v>3750</v>
+        <v>3765</v>
       </c>
       <c r="H406" t="s">
-        <v>3751</v>
+        <v>3766</v>
       </c>
       <c r="I406" t="s">
-        <v>3752</v>
+        <v>3767</v>
       </c>
       <c r="J406" t="s">
         <v>24</v>
       </c>
       <c r="K406" t="s">
         <v>25</v>
       </c>
       <c r="L406" t="s">
         <v>26</v>
       </c>
       <c r="M406" t="s">
         <v>27</v>
       </c>
       <c r="N406" t="s">
         <v>28</v>
       </c>
       <c r="O406" t="s">
-        <v>3753</v>
+        <v>3768</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>65091</v>
+        <v>65069</v>
       </c>
       <c r="B407" t="s">
-        <v>3754</v>
+        <v>3769</v>
       </c>
       <c r="C407" t="s">
-        <v>3755</v>
+        <v>3770</v>
       </c>
       <c r="D407" t="s">
-        <v>3756</v>
+        <v>3771</v>
       </c>
       <c r="E407" t="s">
-        <v>3757</v>
+        <v>3772</v>
       </c>
       <c r="F407" t="s">
-        <v>3758</v>
+        <v>3773</v>
       </c>
       <c r="G407" t="s">
-        <v>3759</v>
+        <v>3774</v>
       </c>
       <c r="H407" t="s">
-        <v>3760</v>
+        <v>3775</v>
       </c>
       <c r="I407" t="s">
-        <v>3761</v>
+        <v>3776</v>
       </c>
       <c r="J407" t="s">
         <v>24</v>
       </c>
       <c r="K407" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L407" t="s">
         <v>26</v>
       </c>
       <c r="M407" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N407" t="s">
         <v>28</v>
       </c>
       <c r="O407" t="s">
-        <v>3762</v>
+        <v>3777</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>65092</v>
+        <v>65071</v>
       </c>
       <c r="B408" t="s">
-        <v>3763</v>
+        <v>3778</v>
       </c>
       <c r="C408" t="s">
-        <v>3764</v>
+        <v>3779</v>
       </c>
       <c r="D408" t="s">
-        <v>3765</v>
+        <v>3780</v>
       </c>
       <c r="E408" t="s">
-        <v>3766</v>
+        <v>3781</v>
       </c>
       <c r="F408" t="s">
-        <v>3767</v>
+        <v>3782</v>
       </c>
       <c r="G408" t="s">
-        <v>3768</v>
+        <v>3783</v>
       </c>
       <c r="H408" t="s">
-        <v>3769</v>
+        <v>3784</v>
       </c>
       <c r="I408" t="s">
-        <v>3770</v>
+        <v>3785</v>
       </c>
       <c r="J408" t="s">
         <v>24</v>
       </c>
       <c r="K408" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L408" t="s">
         <v>26</v>
       </c>
       <c r="M408" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N408" t="s">
         <v>28</v>
       </c>
       <c r="O408" t="s">
-        <v>3771</v>
+        <v>3786</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>65093</v>
+        <v>65073</v>
       </c>
       <c r="B409" t="s">
-        <v>3772</v>
+        <v>3787</v>
       </c>
       <c r="C409" t="s">
-        <v>3773</v>
+        <v>3788</v>
       </c>
       <c r="D409" t="s">
-        <v>3774</v>
+        <v>3789</v>
       </c>
       <c r="E409" t="s">
-        <v>3775</v>
+        <v>3790</v>
       </c>
       <c r="F409" t="s">
-        <v>3776</v>
+        <v>3791</v>
       </c>
       <c r="G409" t="s">
-        <v>3777</v>
+        <v>3792</v>
       </c>
       <c r="H409" t="s">
-        <v>3778</v>
+        <v>3793</v>
       </c>
       <c r="I409" t="s">
-        <v>3779</v>
+        <v>3794</v>
       </c>
       <c r="J409" t="s">
         <v>24</v>
       </c>
       <c r="K409" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L409" t="s">
         <v>26</v>
       </c>
       <c r="M409" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
-        <v>3780</v>
+        <v>3795</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>65094</v>
+        <v>65074</v>
       </c>
       <c r="B410" t="s">
-        <v>3781</v>
+        <v>3796</v>
       </c>
       <c r="C410" t="s">
-        <v>3782</v>
+        <v>3797</v>
       </c>
       <c r="D410" t="s">
-        <v>3783</v>
+        <v>3798</v>
       </c>
       <c r="E410" t="s">
-        <v>3784</v>
+        <v>3799</v>
       </c>
       <c r="F410" t="s">
-        <v>3785</v>
+        <v>3800</v>
       </c>
       <c r="G410" t="s">
-        <v>3786</v>
+        <v>3801</v>
       </c>
       <c r="H410" t="s">
-        <v>3787</v>
+        <v>3802</v>
       </c>
       <c r="I410" t="s">
-        <v>3788</v>
+        <v>3803</v>
       </c>
       <c r="J410" t="s">
         <v>24</v>
       </c>
       <c r="K410" t="s">
-        <v>3789</v>
+        <v>3804</v>
       </c>
       <c r="L410" t="s">
         <v>26</v>
       </c>
       <c r="M410" t="s">
-        <v>3790</v>
+        <v>3805</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
-        <v>3791</v>
+        <v>3806</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>65095</v>
+        <v>65075</v>
       </c>
       <c r="B411" t="s">
-        <v>3792</v>
+        <v>3807</v>
       </c>
       <c r="C411" t="s">
-        <v>3793</v>
+        <v>3808</v>
       </c>
       <c r="D411" t="s">
-        <v>3794</v>
+        <v>3809</v>
       </c>
       <c r="E411" t="s">
-        <v>3795</v>
+        <v>3810</v>
       </c>
       <c r="F411" t="s">
-        <v>3796</v>
+        <v>3811</v>
       </c>
       <c r="G411" t="s">
-        <v>3797</v>
+        <v>3812</v>
       </c>
       <c r="H411" t="s">
-        <v>3798</v>
+        <v>3813</v>
       </c>
       <c r="I411" t="s">
-        <v>3799</v>
+        <v>3814</v>
       </c>
       <c r="J411" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K411" t="s">
-        <v>727</v>
+        <v>3530</v>
       </c>
       <c r="L411" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M411" t="s">
-        <v>728</v>
+        <v>3531</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
-        <v>3800</v>
+        <v>3815</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>65096</v>
+        <v>65076</v>
       </c>
       <c r="B412" t="s">
-        <v>3801</v>
+        <v>3816</v>
       </c>
       <c r="C412" t="s">
-        <v>3802</v>
+        <v>3817</v>
       </c>
       <c r="D412" t="s">
-        <v>3803</v>
+        <v>3818</v>
       </c>
       <c r="E412" t="s">
-        <v>3804</v>
+        <v>3819</v>
       </c>
       <c r="F412" t="s">
-        <v>3805</v>
+        <v>3820</v>
       </c>
       <c r="G412" t="s">
-        <v>3806</v>
+        <v>3821</v>
       </c>
       <c r="H412" t="s">
-        <v>3807</v>
+        <v>3822</v>
       </c>
       <c r="I412" t="s">
-        <v>3808</v>
+        <v>3823</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
-        <v>3809</v>
+        <v>3824</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>65097</v>
+        <v>65077</v>
       </c>
       <c r="B413" t="s">
-        <v>3810</v>
+        <v>3825</v>
       </c>
       <c r="C413" t="s">
-        <v>3811</v>
+        <v>3826</v>
       </c>
       <c r="D413" t="s">
-        <v>3812</v>
+        <v>3827</v>
       </c>
       <c r="E413" t="s">
-        <v>3813</v>
+        <v>3828</v>
       </c>
       <c r="F413" t="s">
-        <v>3814</v>
+        <v>3829</v>
       </c>
       <c r="G413" t="s">
-        <v>3815</v>
+        <v>3830</v>
       </c>
       <c r="H413" t="s">
-        <v>3816</v>
+        <v>3831</v>
       </c>
       <c r="I413" t="s">
-        <v>3817</v>
+        <v>3832</v>
       </c>
       <c r="J413" t="s">
         <v>24</v>
       </c>
       <c r="K413" t="s">
-        <v>170</v>
+        <v>728</v>
       </c>
       <c r="L413" t="s">
         <v>26</v>
       </c>
       <c r="M413" t="s">
-        <v>171</v>
+        <v>729</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
-        <v>3818</v>
+        <v>3833</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>65098</v>
+        <v>65080</v>
       </c>
       <c r="B414" t="s">
-        <v>3819</v>
+        <v>3834</v>
       </c>
       <c r="C414" t="s">
-        <v>3820</v>
+        <v>3835</v>
       </c>
       <c r="D414" t="s">
-        <v>3821</v>
+        <v>3836</v>
       </c>
       <c r="E414" t="s">
-        <v>3822</v>
+        <v>3837</v>
       </c>
       <c r="F414" t="s">
-        <v>3823</v>
+        <v>3838</v>
       </c>
       <c r="G414" t="s">
-        <v>3824</v>
+        <v>3839</v>
       </c>
       <c r="H414" t="s">
-        <v>3825</v>
+        <v>3840</v>
       </c>
       <c r="I414" t="s">
-        <v>3826</v>
+        <v>3841</v>
       </c>
       <c r="J414" t="s">
         <v>24</v>
       </c>
       <c r="K414" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L414" t="s">
         <v>26</v>
       </c>
       <c r="M414" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N414" t="s">
         <v>28</v>
       </c>
       <c r="O414" t="s">
-        <v>3827</v>
+        <v>3842</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>65099</v>
+        <v>65081</v>
       </c>
       <c r="B415" t="s">
-        <v>3828</v>
+        <v>3843</v>
       </c>
       <c r="C415" t="s">
-        <v>3829</v>
+        <v>3844</v>
       </c>
       <c r="D415" t="s">
-        <v>3830</v>
+        <v>3845</v>
       </c>
       <c r="E415" t="s">
-        <v>3831</v>
+        <v>3846</v>
       </c>
       <c r="F415" t="s">
-        <v>3832</v>
+        <v>3847</v>
       </c>
       <c r="G415" t="s">
-        <v>3833</v>
+        <v>3848</v>
       </c>
       <c r="H415" t="s">
-        <v>3834</v>
+        <v>3849</v>
       </c>
       <c r="I415" t="s">
-        <v>3835</v>
+        <v>3850</v>
       </c>
       <c r="J415" t="s">
         <v>24</v>
       </c>
       <c r="K415" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L415" t="s">
         <v>26</v>
       </c>
       <c r="M415" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N415" t="s">
         <v>28</v>
       </c>
       <c r="O415" t="s">
-        <v>3836</v>
+        <v>3851</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>65100</v>
+        <v>65082</v>
       </c>
       <c r="B416" t="s">
-        <v>3837</v>
+        <v>3852</v>
       </c>
       <c r="C416" t="s">
-        <v>3838</v>
+        <v>3853</v>
       </c>
       <c r="D416" t="s">
-        <v>3839</v>
+        <v>3854</v>
       </c>
       <c r="E416" t="s">
-        <v>3840</v>
+        <v>3855</v>
       </c>
       <c r="F416" t="s">
-        <v>3841</v>
+        <v>3856</v>
       </c>
       <c r="G416" t="s">
-        <v>3842</v>
+        <v>3857</v>
       </c>
       <c r="H416" t="s">
-        <v>3843</v>
+        <v>3858</v>
       </c>
       <c r="I416" t="s">
-        <v>3844</v>
+        <v>3859</v>
       </c>
       <c r="J416" t="s">
         <v>24</v>
       </c>
       <c r="K416" t="s">
-        <v>3217</v>
+        <v>47</v>
       </c>
       <c r="L416" t="s">
         <v>26</v>
       </c>
       <c r="M416" t="s">
-        <v>3218</v>
+        <v>48</v>
       </c>
       <c r="N416" t="s">
         <v>28</v>
       </c>
       <c r="O416" t="s">
-        <v>3845</v>
+        <v>3860</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>65101</v>
+        <v>65083</v>
       </c>
       <c r="B417" t="s">
-        <v>3846</v>
+        <v>3861</v>
       </c>
       <c r="C417" t="s">
-        <v>3847</v>
+        <v>3862</v>
       </c>
       <c r="D417" t="s">
-        <v>3848</v>
+        <v>3863</v>
       </c>
       <c r="E417" t="s">
-        <v>3849</v>
+        <v>3864</v>
       </c>
       <c r="F417" t="s">
-        <v>3850</v>
+        <v>3865</v>
       </c>
       <c r="G417" t="s">
-        <v>3851</v>
+        <v>3866</v>
       </c>
       <c r="H417" t="s">
-        <v>3852</v>
+        <v>3867</v>
       </c>
       <c r="I417" t="s">
-        <v>3853</v>
+        <v>3868</v>
       </c>
       <c r="J417" t="s">
         <v>24</v>
       </c>
       <c r="K417" t="s">
         <v>170</v>
       </c>
       <c r="L417" t="s">
         <v>26</v>
       </c>
       <c r="M417" t="s">
         <v>171</v>
       </c>
       <c r="N417" t="s">
         <v>28</v>
       </c>
       <c r="O417" t="s">
-        <v>3854</v>
+        <v>3869</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>65102</v>
+        <v>65084</v>
       </c>
       <c r="B418" t="s">
-        <v>3855</v>
+        <v>3870</v>
       </c>
       <c r="C418" t="s">
-        <v>3856</v>
+        <v>3871</v>
       </c>
       <c r="D418" t="s">
-        <v>3857</v>
+        <v>3872</v>
       </c>
       <c r="E418" t="s">
-        <v>3858</v>
+        <v>3873</v>
       </c>
       <c r="F418" t="s">
-        <v>3859</v>
+        <v>3874</v>
       </c>
       <c r="G418" t="s">
-        <v>3860</v>
+        <v>3875</v>
       </c>
       <c r="H418" t="s">
-        <v>3861</v>
+        <v>3876</v>
       </c>
       <c r="I418" t="s">
-        <v>3862</v>
+        <v>3877</v>
       </c>
       <c r="J418" t="s">
         <v>24</v>
       </c>
       <c r="K418" t="s">
         <v>25</v>
       </c>
       <c r="L418" t="s">
         <v>26</v>
       </c>
       <c r="M418" t="s">
         <v>27</v>
       </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
-        <v>3863</v>
+        <v>3878</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>65104</v>
+        <v>65085</v>
       </c>
       <c r="B419" t="s">
-        <v>3864</v>
+        <v>3879</v>
       </c>
       <c r="C419" t="s">
-        <v>3865</v>
+        <v>3880</v>
       </c>
       <c r="D419" t="s">
-        <v>3866</v>
+        <v>3881</v>
       </c>
       <c r="E419" t="s">
-        <v>3867</v>
+        <v>3882</v>
       </c>
       <c r="F419" t="s">
-        <v>3868</v>
+        <v>3883</v>
       </c>
       <c r="G419" t="s">
-        <v>3869</v>
+        <v>3884</v>
       </c>
       <c r="H419" t="s">
-        <v>3870</v>
+        <v>3885</v>
       </c>
       <c r="I419" t="s">
-        <v>3871</v>
+        <v>3886</v>
       </c>
       <c r="J419" t="s">
         <v>24</v>
       </c>
       <c r="K419" t="s">
-        <v>3872</v>
+        <v>571</v>
       </c>
       <c r="L419" t="s">
         <v>26</v>
       </c>
       <c r="M419" t="s">
-        <v>3873</v>
+        <v>572</v>
       </c>
       <c r="N419" t="s">
         <v>28</v>
       </c>
       <c r="O419" t="s">
-        <v>3874</v>
+        <v>3887</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>65105</v>
+        <v>65086</v>
       </c>
       <c r="B420" t="s">
-        <v>3875</v>
+        <v>3888</v>
       </c>
       <c r="C420" t="s">
-        <v>3876</v>
+        <v>3889</v>
       </c>
       <c r="D420" t="s">
-        <v>3877</v>
+        <v>3890</v>
       </c>
       <c r="E420" t="s">
-        <v>3878</v>
+        <v>3891</v>
       </c>
       <c r="F420" t="s">
-        <v>3879</v>
+        <v>3892</v>
       </c>
       <c r="G420" t="s">
-        <v>3880</v>
+        <v>3893</v>
       </c>
       <c r="H420" t="s">
-        <v>3881</v>
+        <v>3894</v>
       </c>
       <c r="I420" t="s">
-        <v>3882</v>
+        <v>3895</v>
       </c>
       <c r="J420" t="s">
         <v>24</v>
       </c>
       <c r="K420" t="s">
         <v>170</v>
       </c>
       <c r="L420" t="s">
         <v>26</v>
       </c>
       <c r="M420" t="s">
         <v>171</v>
       </c>
       <c r="N420" t="s">
         <v>28</v>
       </c>
       <c r="O420" t="s">
-        <v>3883</v>
+        <v>3896</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>65107</v>
+        <v>65087</v>
       </c>
       <c r="B421" t="s">
-        <v>3884</v>
+        <v>3897</v>
       </c>
       <c r="C421" t="s">
-        <v>3885</v>
+        <v>3898</v>
       </c>
       <c r="D421" t="s">
-        <v>3886</v>
+        <v>3899</v>
       </c>
       <c r="E421" t="s">
-        <v>3887</v>
+        <v>3900</v>
       </c>
       <c r="F421" t="s">
-        <v>3888</v>
+        <v>3901</v>
       </c>
       <c r="G421" t="s">
-        <v>3889</v>
+        <v>3902</v>
       </c>
       <c r="H421" t="s">
-        <v>3890</v>
+        <v>3903</v>
       </c>
       <c r="I421" t="s">
-        <v>3891</v>
+        <v>3904</v>
       </c>
       <c r="J421" t="s">
         <v>24</v>
       </c>
       <c r="K421" t="s">
-        <v>3892</v>
+        <v>170</v>
       </c>
       <c r="L421" t="s">
         <v>26</v>
       </c>
+      <c r="M421" t="s">
+        <v>171</v>
+      </c>
       <c r="N421" t="s">
         <v>28</v>
       </c>
       <c r="O421" t="s">
-        <v>3893</v>
+        <v>3905</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>65116</v>
+        <v>65088</v>
       </c>
       <c r="B422" t="s">
-        <v>3894</v>
+        <v>3906</v>
       </c>
       <c r="C422" t="s">
-        <v>3895</v>
+        <v>3907</v>
       </c>
       <c r="D422" t="s">
-        <v>3896</v>
+        <v>3908</v>
       </c>
       <c r="E422" t="s">
-        <v>3897</v>
+        <v>3909</v>
       </c>
       <c r="F422" t="s">
-        <v>3898</v>
+        <v>3910</v>
       </c>
       <c r="G422" t="s">
-        <v>3899</v>
+        <v>3911</v>
       </c>
       <c r="H422" t="s">
-        <v>3900</v>
+        <v>3912</v>
       </c>
       <c r="I422" t="s">
-        <v>3901</v>
+        <v>3913</v>
       </c>
       <c r="J422" t="s">
         <v>24</v>
       </c>
       <c r="K422" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L422" t="s">
         <v>26</v>
       </c>
       <c r="M422" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N422" t="s">
         <v>28</v>
       </c>
       <c r="O422" t="s">
-        <v>3902</v>
+        <v>3914</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>65479</v>
+        <v>65089</v>
       </c>
       <c r="B423" t="s">
-        <v>3903</v>
+        <v>3915</v>
       </c>
       <c r="C423" t="s">
-        <v>3904</v>
+        <v>3916</v>
       </c>
       <c r="D423" t="s">
-        <v>3905</v>
+        <v>3917</v>
       </c>
       <c r="E423" t="s">
-        <v>3906</v>
+        <v>3918</v>
       </c>
       <c r="F423" t="s">
-        <v>3907</v>
+        <v>3919</v>
       </c>
       <c r="G423" t="s">
-        <v>3908</v>
+        <v>3920</v>
       </c>
       <c r="H423" t="s">
-        <v>3909</v>
+        <v>3921</v>
       </c>
       <c r="I423" t="s">
-        <v>3910</v>
+        <v>3922</v>
       </c>
       <c r="J423" t="s">
         <v>24</v>
       </c>
       <c r="K423" t="s">
         <v>25</v>
       </c>
       <c r="L423" t="s">
         <v>26</v>
       </c>
       <c r="M423" t="s">
         <v>27</v>
       </c>
       <c r="N423" t="s">
         <v>28</v>
       </c>
       <c r="O423" t="s">
-        <v>3911</v>
+        <v>3923</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>65566</v>
+        <v>65090</v>
       </c>
       <c r="B424" t="s">
-        <v>3912</v>
+        <v>3924</v>
       </c>
       <c r="C424" t="s">
-        <v>3913</v>
+        <v>3925</v>
       </c>
       <c r="D424" t="s">
-        <v>3914</v>
+        <v>3926</v>
       </c>
       <c r="E424" t="s">
-        <v>3915</v>
+        <v>3927</v>
       </c>
       <c r="F424" t="s">
-        <v>3916</v>
+        <v>3928</v>
       </c>
       <c r="G424" t="s">
-        <v>3917</v>
+        <v>3929</v>
       </c>
       <c r="H424" t="s">
-        <v>3918</v>
+        <v>3930</v>
       </c>
       <c r="I424" t="s">
-        <v>3919</v>
+        <v>3931</v>
       </c>
       <c r="J424" t="s">
         <v>24</v>
       </c>
       <c r="K424" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L424" t="s">
         <v>26</v>
       </c>
       <c r="M424" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N424" t="s">
         <v>28</v>
       </c>
       <c r="O424" t="s">
-        <v>3920</v>
+        <v>3932</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>65613</v>
+        <v>65091</v>
       </c>
       <c r="B425" t="s">
-        <v>3921</v>
+        <v>3933</v>
       </c>
       <c r="C425" t="s">
-        <v>3922</v>
+        <v>3934</v>
       </c>
       <c r="D425" t="s">
-        <v>3923</v>
+        <v>3935</v>
       </c>
       <c r="E425" t="s">
-        <v>3924</v>
+        <v>3936</v>
       </c>
       <c r="F425" t="s">
-        <v>3925</v>
+        <v>3937</v>
       </c>
       <c r="G425" t="s">
-        <v>3926</v>
+        <v>3938</v>
       </c>
       <c r="H425" t="s">
-        <v>3927</v>
+        <v>3939</v>
       </c>
       <c r="I425" t="s">
-        <v>3928</v>
+        <v>3940</v>
       </c>
       <c r="J425" t="s">
-        <v>3929</v>
+        <v>24</v>
       </c>
       <c r="K425" t="s">
-        <v>1357</v>
+        <v>25</v>
+      </c>
+      <c r="L425" t="s">
+        <v>26</v>
+      </c>
+      <c r="M425" t="s">
+        <v>27</v>
       </c>
       <c r="N425" t="s">
         <v>28</v>
       </c>
       <c r="O425" t="s">
-        <v>3930</v>
+        <v>3941</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
+        <v>65092</v>
+      </c>
+      <c r="B426" t="s">
+        <v>3942</v>
+      </c>
+      <c r="C426" t="s">
+        <v>3943</v>
+      </c>
+      <c r="D426" t="s">
+        <v>3944</v>
+      </c>
+      <c r="E426" t="s">
+        <v>3945</v>
+      </c>
+      <c r="F426" t="s">
+        <v>3946</v>
+      </c>
+      <c r="G426" t="s">
+        <v>3947</v>
+      </c>
+      <c r="H426" t="s">
+        <v>3948</v>
+      </c>
+      <c r="I426" t="s">
+        <v>3949</v>
+      </c>
+      <c r="J426" t="s">
+        <v>24</v>
+      </c>
+      <c r="K426" t="s">
+        <v>170</v>
+      </c>
+      <c r="L426" t="s">
+        <v>26</v>
+      </c>
+      <c r="M426" t="s">
+        <v>171</v>
+      </c>
+      <c r="N426" t="s">
+        <v>28</v>
+      </c>
+      <c r="O426" t="s">
+        <v>3950</v>
+      </c>
+    </row>
+    <row r="427" spans="1:15">
+      <c r="A427">
+        <v>65093</v>
+      </c>
+      <c r="B427" t="s">
+        <v>3951</v>
+      </c>
+      <c r="C427" t="s">
+        <v>3952</v>
+      </c>
+      <c r="D427" t="s">
+        <v>3953</v>
+      </c>
+      <c r="E427" t="s">
+        <v>3954</v>
+      </c>
+      <c r="F427" t="s">
+        <v>3955</v>
+      </c>
+      <c r="G427" t="s">
+        <v>3956</v>
+      </c>
+      <c r="H427" t="s">
+        <v>3957</v>
+      </c>
+      <c r="I427" t="s">
+        <v>3958</v>
+      </c>
+      <c r="J427" t="s">
+        <v>24</v>
+      </c>
+      <c r="K427" t="s">
+        <v>170</v>
+      </c>
+      <c r="L427" t="s">
+        <v>26</v>
+      </c>
+      <c r="M427" t="s">
+        <v>171</v>
+      </c>
+      <c r="N427" t="s">
+        <v>28</v>
+      </c>
+      <c r="O427" t="s">
+        <v>3959</v>
+      </c>
+    </row>
+    <row r="428" spans="1:15">
+      <c r="A428">
+        <v>65094</v>
+      </c>
+      <c r="B428" t="s">
+        <v>3960</v>
+      </c>
+      <c r="C428" t="s">
+        <v>3961</v>
+      </c>
+      <c r="D428" t="s">
+        <v>3962</v>
+      </c>
+      <c r="E428" t="s">
+        <v>3963</v>
+      </c>
+      <c r="F428" t="s">
+        <v>3964</v>
+      </c>
+      <c r="G428" t="s">
+        <v>3965</v>
+      </c>
+      <c r="H428" t="s">
+        <v>3966</v>
+      </c>
+      <c r="I428" t="s">
+        <v>3967</v>
+      </c>
+      <c r="J428" t="s">
+        <v>24</v>
+      </c>
+      <c r="K428" t="s">
+        <v>3968</v>
+      </c>
+      <c r="L428" t="s">
+        <v>26</v>
+      </c>
+      <c r="M428" t="s">
+        <v>3969</v>
+      </c>
+      <c r="N428" t="s">
+        <v>28</v>
+      </c>
+      <c r="O428" t="s">
+        <v>3970</v>
+      </c>
+    </row>
+    <row r="429" spans="1:15">
+      <c r="A429">
+        <v>65095</v>
+      </c>
+      <c r="B429" t="s">
+        <v>3971</v>
+      </c>
+      <c r="C429" t="s">
+        <v>3972</v>
+      </c>
+      <c r="D429" t="s">
+        <v>3973</v>
+      </c>
+      <c r="E429" t="s">
+        <v>3974</v>
+      </c>
+      <c r="F429" t="s">
+        <v>3975</v>
+      </c>
+      <c r="G429" t="s">
+        <v>3976</v>
+      </c>
+      <c r="H429" t="s">
+        <v>3977</v>
+      </c>
+      <c r="I429" t="s">
+        <v>3978</v>
+      </c>
+      <c r="J429" t="s">
+        <v>24</v>
+      </c>
+      <c r="K429" t="s">
+        <v>728</v>
+      </c>
+      <c r="L429" t="s">
+        <v>26</v>
+      </c>
+      <c r="M429" t="s">
+        <v>729</v>
+      </c>
+      <c r="N429" t="s">
+        <v>28</v>
+      </c>
+      <c r="O429" t="s">
+        <v>3979</v>
+      </c>
+    </row>
+    <row r="430" spans="1:15">
+      <c r="A430">
+        <v>65096</v>
+      </c>
+      <c r="B430" t="s">
+        <v>3980</v>
+      </c>
+      <c r="C430" t="s">
+        <v>3981</v>
+      </c>
+      <c r="D430" t="s">
+        <v>3982</v>
+      </c>
+      <c r="E430" t="s">
+        <v>3983</v>
+      </c>
+      <c r="F430" t="s">
+        <v>3984</v>
+      </c>
+      <c r="G430" t="s">
+        <v>3985</v>
+      </c>
+      <c r="H430" t="s">
+        <v>3986</v>
+      </c>
+      <c r="I430" t="s">
+        <v>3987</v>
+      </c>
+      <c r="J430" t="s">
+        <v>24</v>
+      </c>
+      <c r="K430" t="s">
+        <v>25</v>
+      </c>
+      <c r="L430" t="s">
+        <v>26</v>
+      </c>
+      <c r="M430" t="s">
+        <v>27</v>
+      </c>
+      <c r="N430" t="s">
+        <v>28</v>
+      </c>
+      <c r="O430" t="s">
+        <v>3988</v>
+      </c>
+    </row>
+    <row r="431" spans="1:15">
+      <c r="A431">
+        <v>65097</v>
+      </c>
+      <c r="B431" t="s">
+        <v>3989</v>
+      </c>
+      <c r="C431" t="s">
+        <v>3990</v>
+      </c>
+      <c r="D431" t="s">
+        <v>3991</v>
+      </c>
+      <c r="E431" t="s">
+        <v>3992</v>
+      </c>
+      <c r="F431" t="s">
+        <v>3993</v>
+      </c>
+      <c r="G431" t="s">
+        <v>3994</v>
+      </c>
+      <c r="H431" t="s">
+        <v>3995</v>
+      </c>
+      <c r="I431" t="s">
+        <v>3996</v>
+      </c>
+      <c r="J431" t="s">
+        <v>24</v>
+      </c>
+      <c r="K431" t="s">
+        <v>170</v>
+      </c>
+      <c r="L431" t="s">
+        <v>26</v>
+      </c>
+      <c r="M431" t="s">
+        <v>171</v>
+      </c>
+      <c r="N431" t="s">
+        <v>28</v>
+      </c>
+      <c r="O431" t="s">
+        <v>3997</v>
+      </c>
+    </row>
+    <row r="432" spans="1:15">
+      <c r="A432">
+        <v>65098</v>
+      </c>
+      <c r="B432" t="s">
+        <v>3998</v>
+      </c>
+      <c r="C432" t="s">
+        <v>3999</v>
+      </c>
+      <c r="D432" t="s">
+        <v>4000</v>
+      </c>
+      <c r="E432" t="s">
+        <v>4001</v>
+      </c>
+      <c r="F432" t="s">
+        <v>4002</v>
+      </c>
+      <c r="G432" t="s">
+        <v>4003</v>
+      </c>
+      <c r="H432" t="s">
+        <v>4004</v>
+      </c>
+      <c r="I432" t="s">
+        <v>4005</v>
+      </c>
+      <c r="J432" t="s">
+        <v>24</v>
+      </c>
+      <c r="K432" t="s">
+        <v>25</v>
+      </c>
+      <c r="L432" t="s">
+        <v>26</v>
+      </c>
+      <c r="M432" t="s">
+        <v>27</v>
+      </c>
+      <c r="N432" t="s">
+        <v>28</v>
+      </c>
+      <c r="O432" t="s">
+        <v>4006</v>
+      </c>
+    </row>
+    <row r="433" spans="1:15">
+      <c r="A433">
+        <v>65099</v>
+      </c>
+      <c r="B433" t="s">
+        <v>4007</v>
+      </c>
+      <c r="C433" t="s">
+        <v>4008</v>
+      </c>
+      <c r="D433" t="s">
+        <v>4009</v>
+      </c>
+      <c r="E433" t="s">
+        <v>4010</v>
+      </c>
+      <c r="F433" t="s">
+        <v>4011</v>
+      </c>
+      <c r="G433" t="s">
+        <v>4012</v>
+      </c>
+      <c r="H433" t="s">
+        <v>4013</v>
+      </c>
+      <c r="I433" t="s">
+        <v>4014</v>
+      </c>
+      <c r="J433" t="s">
+        <v>24</v>
+      </c>
+      <c r="K433" t="s">
+        <v>170</v>
+      </c>
+      <c r="L433" t="s">
+        <v>26</v>
+      </c>
+      <c r="M433" t="s">
+        <v>171</v>
+      </c>
+      <c r="N433" t="s">
+        <v>28</v>
+      </c>
+      <c r="O433" t="s">
+        <v>4015</v>
+      </c>
+    </row>
+    <row r="434" spans="1:15">
+      <c r="A434">
+        <v>65100</v>
+      </c>
+      <c r="B434" t="s">
+        <v>4016</v>
+      </c>
+      <c r="C434" t="s">
+        <v>4017</v>
+      </c>
+      <c r="D434" t="s">
+        <v>4018</v>
+      </c>
+      <c r="E434" t="s">
+        <v>4019</v>
+      </c>
+      <c r="F434" t="s">
+        <v>4020</v>
+      </c>
+      <c r="G434" t="s">
+        <v>4021</v>
+      </c>
+      <c r="H434" t="s">
+        <v>4022</v>
+      </c>
+      <c r="I434" t="s">
+        <v>4023</v>
+      </c>
+      <c r="J434" t="s">
+        <v>24</v>
+      </c>
+      <c r="K434" t="s">
+        <v>3398</v>
+      </c>
+      <c r="L434" t="s">
+        <v>26</v>
+      </c>
+      <c r="M434" t="s">
+        <v>3399</v>
+      </c>
+      <c r="N434" t="s">
+        <v>28</v>
+      </c>
+      <c r="O434" t="s">
+        <v>4024</v>
+      </c>
+    </row>
+    <row r="435" spans="1:15">
+      <c r="A435">
+        <v>65101</v>
+      </c>
+      <c r="B435" t="s">
+        <v>4025</v>
+      </c>
+      <c r="C435" t="s">
+        <v>4026</v>
+      </c>
+      <c r="D435" t="s">
+        <v>4027</v>
+      </c>
+      <c r="E435" t="s">
+        <v>4028</v>
+      </c>
+      <c r="F435" t="s">
+        <v>4029</v>
+      </c>
+      <c r="G435" t="s">
+        <v>4030</v>
+      </c>
+      <c r="H435" t="s">
+        <v>4031</v>
+      </c>
+      <c r="I435" t="s">
+        <v>4032</v>
+      </c>
+      <c r="J435" t="s">
+        <v>24</v>
+      </c>
+      <c r="K435" t="s">
+        <v>170</v>
+      </c>
+      <c r="L435" t="s">
+        <v>26</v>
+      </c>
+      <c r="M435" t="s">
+        <v>171</v>
+      </c>
+      <c r="N435" t="s">
+        <v>28</v>
+      </c>
+      <c r="O435" t="s">
+        <v>4033</v>
+      </c>
+    </row>
+    <row r="436" spans="1:15">
+      <c r="A436">
+        <v>65102</v>
+      </c>
+      <c r="B436" t="s">
+        <v>4034</v>
+      </c>
+      <c r="C436" t="s">
+        <v>4035</v>
+      </c>
+      <c r="D436" t="s">
+        <v>4036</v>
+      </c>
+      <c r="E436" t="s">
+        <v>4037</v>
+      </c>
+      <c r="F436" t="s">
+        <v>4038</v>
+      </c>
+      <c r="G436" t="s">
+        <v>4039</v>
+      </c>
+      <c r="H436" t="s">
+        <v>4040</v>
+      </c>
+      <c r="I436" t="s">
+        <v>4041</v>
+      </c>
+      <c r="J436" t="s">
+        <v>24</v>
+      </c>
+      <c r="K436" t="s">
+        <v>25</v>
+      </c>
+      <c r="L436" t="s">
+        <v>26</v>
+      </c>
+      <c r="M436" t="s">
+        <v>27</v>
+      </c>
+      <c r="N436" t="s">
+        <v>28</v>
+      </c>
+      <c r="O436" t="s">
+        <v>4042</v>
+      </c>
+    </row>
+    <row r="437" spans="1:15">
+      <c r="A437">
+        <v>65104</v>
+      </c>
+      <c r="B437" t="s">
+        <v>4043</v>
+      </c>
+      <c r="C437" t="s">
+        <v>4044</v>
+      </c>
+      <c r="D437" t="s">
+        <v>4045</v>
+      </c>
+      <c r="E437" t="s">
+        <v>4046</v>
+      </c>
+      <c r="F437" t="s">
+        <v>4047</v>
+      </c>
+      <c r="G437" t="s">
+        <v>4048</v>
+      </c>
+      <c r="H437" t="s">
+        <v>4049</v>
+      </c>
+      <c r="I437" t="s">
+        <v>4050</v>
+      </c>
+      <c r="J437" t="s">
+        <v>24</v>
+      </c>
+      <c r="K437" t="s">
+        <v>4051</v>
+      </c>
+      <c r="L437" t="s">
+        <v>26</v>
+      </c>
+      <c r="M437" t="s">
+        <v>4052</v>
+      </c>
+      <c r="N437" t="s">
+        <v>28</v>
+      </c>
+      <c r="O437" t="s">
+        <v>4053</v>
+      </c>
+    </row>
+    <row r="438" spans="1:15">
+      <c r="A438">
+        <v>65105</v>
+      </c>
+      <c r="B438" t="s">
+        <v>4054</v>
+      </c>
+      <c r="C438" t="s">
+        <v>4055</v>
+      </c>
+      <c r="D438" t="s">
+        <v>4056</v>
+      </c>
+      <c r="E438" t="s">
+        <v>4057</v>
+      </c>
+      <c r="F438" t="s">
+        <v>4058</v>
+      </c>
+      <c r="G438" t="s">
+        <v>4059</v>
+      </c>
+      <c r="H438" t="s">
+        <v>4060</v>
+      </c>
+      <c r="I438" t="s">
+        <v>4061</v>
+      </c>
+      <c r="J438" t="s">
+        <v>24</v>
+      </c>
+      <c r="K438" t="s">
+        <v>170</v>
+      </c>
+      <c r="L438" t="s">
+        <v>26</v>
+      </c>
+      <c r="M438" t="s">
+        <v>171</v>
+      </c>
+      <c r="N438" t="s">
+        <v>28</v>
+      </c>
+      <c r="O438" t="s">
+        <v>4062</v>
+      </c>
+    </row>
+    <row r="439" spans="1:15">
+      <c r="A439">
+        <v>65107</v>
+      </c>
+      <c r="B439" t="s">
+        <v>4063</v>
+      </c>
+      <c r="C439" t="s">
+        <v>4064</v>
+      </c>
+      <c r="D439" t="s">
+        <v>4065</v>
+      </c>
+      <c r="E439" t="s">
+        <v>4066</v>
+      </c>
+      <c r="F439" t="s">
+        <v>4067</v>
+      </c>
+      <c r="G439" t="s">
+        <v>4068</v>
+      </c>
+      <c r="H439" t="s">
+        <v>4069</v>
+      </c>
+      <c r="I439" t="s">
+        <v>4070</v>
+      </c>
+      <c r="J439" t="s">
+        <v>24</v>
+      </c>
+      <c r="K439" t="s">
+        <v>4071</v>
+      </c>
+      <c r="L439" t="s">
+        <v>26</v>
+      </c>
+      <c r="M439" t="s">
+        <v>4072</v>
+      </c>
+      <c r="N439" t="s">
+        <v>28</v>
+      </c>
+      <c r="O439" t="s">
+        <v>4073</v>
+      </c>
+    </row>
+    <row r="440" spans="1:15">
+      <c r="A440">
+        <v>65116</v>
+      </c>
+      <c r="B440" t="s">
+        <v>4074</v>
+      </c>
+      <c r="C440" t="s">
+        <v>4075</v>
+      </c>
+      <c r="D440" t="s">
+        <v>4076</v>
+      </c>
+      <c r="E440" t="s">
+        <v>4077</v>
+      </c>
+      <c r="F440" t="s">
+        <v>4078</v>
+      </c>
+      <c r="G440" t="s">
+        <v>4079</v>
+      </c>
+      <c r="H440" t="s">
+        <v>4080</v>
+      </c>
+      <c r="I440" t="s">
+        <v>4081</v>
+      </c>
+      <c r="J440" t="s">
+        <v>24</v>
+      </c>
+      <c r="K440" t="s">
+        <v>170</v>
+      </c>
+      <c r="L440" t="s">
+        <v>26</v>
+      </c>
+      <c r="M440" t="s">
+        <v>171</v>
+      </c>
+      <c r="N440" t="s">
+        <v>28</v>
+      </c>
+      <c r="O440" t="s">
+        <v>4082</v>
+      </c>
+    </row>
+    <row r="441" spans="1:15">
+      <c r="A441">
+        <v>65124</v>
+      </c>
+      <c r="B441" t="s">
+        <v>4083</v>
+      </c>
+      <c r="C441" t="s">
+        <v>4084</v>
+      </c>
+      <c r="D441" t="s">
+        <v>4085</v>
+      </c>
+      <c r="E441" t="s">
+        <v>4086</v>
+      </c>
+      <c r="F441" t="s">
+        <v>4087</v>
+      </c>
+      <c r="G441" t="s">
+        <v>4088</v>
+      </c>
+      <c r="H441" t="s">
+        <v>4089</v>
+      </c>
+      <c r="I441" t="s">
+        <v>4090</v>
+      </c>
+      <c r="J441" t="s">
+        <v>24</v>
+      </c>
+      <c r="K441" t="s">
+        <v>25</v>
+      </c>
+      <c r="L441" t="s">
+        <v>26</v>
+      </c>
+      <c r="M441" t="s">
+        <v>27</v>
+      </c>
+      <c r="N441" t="s">
+        <v>28</v>
+      </c>
+      <c r="O441" t="s">
+        <v>4091</v>
+      </c>
+    </row>
+    <row r="442" spans="1:15">
+      <c r="A442">
+        <v>65255</v>
+      </c>
+      <c r="B442" t="s">
+        <v>4092</v>
+      </c>
+      <c r="C442" t="s">
+        <v>4093</v>
+      </c>
+      <c r="D442" t="s">
+        <v>4094</v>
+      </c>
+      <c r="E442" t="s">
+        <v>4095</v>
+      </c>
+      <c r="F442" t="s">
+        <v>4096</v>
+      </c>
+      <c r="G442" t="s">
+        <v>4097</v>
+      </c>
+      <c r="H442" t="s">
+        <v>4098</v>
+      </c>
+      <c r="I442" t="s">
+        <v>4099</v>
+      </c>
+      <c r="J442" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K442" t="s">
+        <v>4100</v>
+      </c>
+      <c r="L442" t="s">
+        <v>1351</v>
+      </c>
+      <c r="M442" t="s">
+        <v>4101</v>
+      </c>
+      <c r="N442" t="s">
+        <v>28</v>
+      </c>
+      <c r="O442" t="s">
+        <v>4102</v>
+      </c>
+    </row>
+    <row r="443" spans="1:15">
+      <c r="A443">
+        <v>65479</v>
+      </c>
+      <c r="B443" t="s">
+        <v>4103</v>
+      </c>
+      <c r="C443" t="s">
+        <v>4104</v>
+      </c>
+      <c r="D443" t="s">
+        <v>4105</v>
+      </c>
+      <c r="E443" t="s">
+        <v>4106</v>
+      </c>
+      <c r="F443" t="s">
+        <v>4107</v>
+      </c>
+      <c r="G443" t="s">
+        <v>4108</v>
+      </c>
+      <c r="H443" t="s">
+        <v>4109</v>
+      </c>
+      <c r="I443" t="s">
+        <v>4110</v>
+      </c>
+      <c r="J443" t="s">
+        <v>24</v>
+      </c>
+      <c r="K443" t="s">
+        <v>25</v>
+      </c>
+      <c r="L443" t="s">
+        <v>26</v>
+      </c>
+      <c r="M443" t="s">
+        <v>27</v>
+      </c>
+      <c r="N443" t="s">
+        <v>28</v>
+      </c>
+      <c r="O443" t="s">
+        <v>4111</v>
+      </c>
+    </row>
+    <row r="444" spans="1:15">
+      <c r="A444">
+        <v>65566</v>
+      </c>
+      <c r="B444" t="s">
+        <v>4112</v>
+      </c>
+      <c r="C444" t="s">
+        <v>4113</v>
+      </c>
+      <c r="D444" t="s">
+        <v>4114</v>
+      </c>
+      <c r="E444" t="s">
+        <v>4115</v>
+      </c>
+      <c r="F444" t="s">
+        <v>4116</v>
+      </c>
+      <c r="G444" t="s">
+        <v>4117</v>
+      </c>
+      <c r="H444" t="s">
+        <v>4118</v>
+      </c>
+      <c r="I444" t="s">
+        <v>4119</v>
+      </c>
+      <c r="J444" t="s">
+        <v>24</v>
+      </c>
+      <c r="K444" t="s">
+        <v>170</v>
+      </c>
+      <c r="L444" t="s">
+        <v>26</v>
+      </c>
+      <c r="M444" t="s">
+        <v>171</v>
+      </c>
+      <c r="N444" t="s">
+        <v>28</v>
+      </c>
+      <c r="O444" t="s">
+        <v>4120</v>
+      </c>
+    </row>
+    <row r="445" spans="1:15">
+      <c r="A445">
+        <v>65613</v>
+      </c>
+      <c r="B445" t="s">
+        <v>4121</v>
+      </c>
+      <c r="C445" t="s">
+        <v>4122</v>
+      </c>
+      <c r="D445" t="s">
+        <v>4123</v>
+      </c>
+      <c r="E445" t="s">
+        <v>4124</v>
+      </c>
+      <c r="F445" t="s">
+        <v>4125</v>
+      </c>
+      <c r="G445" t="s">
+        <v>4126</v>
+      </c>
+      <c r="H445" t="s">
+        <v>4127</v>
+      </c>
+      <c r="I445" t="s">
+        <v>4128</v>
+      </c>
+      <c r="J445" t="s">
+        <v>4129</v>
+      </c>
+      <c r="K445" t="s">
+        <v>1371</v>
+      </c>
+      <c r="L445" t="s">
+        <v>4130</v>
+      </c>
+      <c r="M445" t="s">
+        <v>1372</v>
+      </c>
+      <c r="N445" t="s">
+        <v>28</v>
+      </c>
+      <c r="O445" t="s">
+        <v>4131</v>
+      </c>
+    </row>
+    <row r="446" spans="1:15">
+      <c r="A446">
+        <v>65869</v>
+      </c>
+      <c r="B446" t="s">
+        <v>4132</v>
+      </c>
+      <c r="C446" t="s">
+        <v>4133</v>
+      </c>
+      <c r="D446" t="s">
+        <v>4134</v>
+      </c>
+      <c r="E446" t="s">
+        <v>4135</v>
+      </c>
+      <c r="F446" t="s">
+        <v>4136</v>
+      </c>
+      <c r="G446" t="s">
+        <v>4137</v>
+      </c>
+      <c r="H446" t="s">
+        <v>4138</v>
+      </c>
+      <c r="I446" t="s">
+        <v>4139</v>
+      </c>
+      <c r="J446" t="s">
+        <v>24</v>
+      </c>
+      <c r="K446" t="s">
+        <v>1691</v>
+      </c>
+      <c r="L446" t="s">
+        <v>26</v>
+      </c>
+      <c r="M446" t="s">
+        <v>1692</v>
+      </c>
+      <c r="N446" t="s">
+        <v>28</v>
+      </c>
+      <c r="O446" t="s">
+        <v>4140</v>
+      </c>
+    </row>
+    <row r="447" spans="1:15">
+      <c r="A447">
         <v>66392</v>
       </c>
-      <c r="B426" t="s">
-[...26 lines deleted...]
-      <c r="K426" t="s">
+      <c r="B447" t="s">
+        <v>4141</v>
+      </c>
+      <c r="C447" t="s">
+        <v>4142</v>
+      </c>
+      <c r="D447" t="s">
+        <v>4143</v>
+      </c>
+      <c r="E447" t="s">
+        <v>4144</v>
+      </c>
+      <c r="F447" t="s">
+        <v>4145</v>
+      </c>
+      <c r="G447" t="s">
+        <v>4146</v>
+      </c>
+      <c r="H447" t="s">
+        <v>4147</v>
+      </c>
+      <c r="I447" t="s">
+        <v>4148</v>
+      </c>
+      <c r="J447" t="s">
+        <v>24</v>
+      </c>
+      <c r="K447" t="s">
         <v>25</v>
       </c>
-      <c r="L426" t="s">
-[...2 lines deleted...]
-      <c r="M426" t="s">
+      <c r="L447" t="s">
+        <v>26</v>
+      </c>
+      <c r="M447" t="s">
         <v>27</v>
       </c>
-      <c r="N426" t="s">
-[...3 lines deleted...]
-        <v>3939</v>
+      <c r="N447" t="s">
+        <v>28</v>
+      </c>
+      <c r="O447" t="s">
+        <v>4149</v>
+      </c>
+    </row>
+    <row r="448" spans="1:15">
+      <c r="A448">
+        <v>66510</v>
+      </c>
+      <c r="B448" t="s">
+        <v>4150</v>
+      </c>
+      <c r="C448" t="s">
+        <v>4151</v>
+      </c>
+      <c r="D448" t="s">
+        <v>4152</v>
+      </c>
+      <c r="E448" t="s">
+        <v>4153</v>
+      </c>
+      <c r="F448" t="s">
+        <v>4154</v>
+      </c>
+      <c r="G448" t="s">
+        <v>4155</v>
+      </c>
+      <c r="H448" t="s">
+        <v>4156</v>
+      </c>
+      <c r="I448" t="s">
+        <v>4157</v>
+      </c>
+      <c r="J448" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K448" t="s">
+        <v>4158</v>
+      </c>
+      <c r="L448" t="s">
+        <v>1351</v>
+      </c>
+      <c r="M448" t="s">
+        <v>4159</v>
+      </c>
+      <c r="N448" t="s">
+        <v>28</v>
+      </c>
+      <c r="O448" t="s">
+        <v>4160</v>
+      </c>
+    </row>
+    <row r="449" spans="1:15">
+      <c r="A449">
+        <v>66511</v>
+      </c>
+      <c r="B449" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C449" t="s">
+        <v>4161</v>
+      </c>
+      <c r="D449" t="s">
+        <v>4162</v>
+      </c>
+      <c r="E449" t="s">
+        <v>4163</v>
+      </c>
+      <c r="F449" t="s">
+        <v>1524</v>
+      </c>
+      <c r="G449" t="s">
+        <v>1525</v>
+      </c>
+      <c r="H449" t="s">
+        <v>4164</v>
+      </c>
+      <c r="I449" t="s">
+        <v>4165</v>
+      </c>
+      <c r="J449" t="s">
+        <v>24</v>
+      </c>
+      <c r="K449" t="s">
+        <v>4166</v>
+      </c>
+      <c r="L449" t="s">
+        <v>26</v>
+      </c>
+      <c r="M449" t="s">
+        <v>4167</v>
+      </c>
+      <c r="N449" t="s">
+        <v>28</v>
+      </c>
+      <c r="O449" t="s">
+        <v>4168</v>
+      </c>
+    </row>
+    <row r="450" spans="1:15">
+      <c r="A450">
+        <v>66512</v>
+      </c>
+      <c r="B450" t="s">
+        <v>3231</v>
+      </c>
+      <c r="C450" t="s">
+        <v>4169</v>
+      </c>
+      <c r="D450" t="s">
+        <v>4170</v>
+      </c>
+      <c r="E450" t="s">
+        <v>4171</v>
+      </c>
+      <c r="F450" t="s">
+        <v>4172</v>
+      </c>
+      <c r="G450" t="s">
+        <v>3236</v>
+      </c>
+      <c r="H450" t="s">
+        <v>3237</v>
+      </c>
+      <c r="I450" t="s">
+        <v>3238</v>
+      </c>
+      <c r="J450" t="s">
+        <v>24</v>
+      </c>
+      <c r="K450" t="s">
+        <v>4173</v>
+      </c>
+      <c r="L450" t="s">
+        <v>26</v>
+      </c>
+      <c r="M450" t="s">
+        <v>4174</v>
+      </c>
+      <c r="N450" t="s">
+        <v>28</v>
+      </c>
+      <c r="O450" t="s">
+        <v>4175</v>
+      </c>
+    </row>
+    <row r="451" spans="1:15">
+      <c r="A451">
+        <v>66513</v>
+      </c>
+      <c r="B451" t="s">
+        <v>4176</v>
+      </c>
+      <c r="C451" t="s">
+        <v>4177</v>
+      </c>
+      <c r="D451" t="s">
+        <v>4178</v>
+      </c>
+      <c r="E451" t="s">
+        <v>4179</v>
+      </c>
+      <c r="F451" t="s">
+        <v>4180</v>
+      </c>
+      <c r="G451" t="s">
+        <v>3565</v>
+      </c>
+      <c r="H451" t="s">
+        <v>4181</v>
+      </c>
+      <c r="I451" t="s">
+        <v>4182</v>
+      </c>
+      <c r="J451" t="s">
+        <v>24</v>
+      </c>
+      <c r="K451" t="s">
+        <v>4173</v>
+      </c>
+      <c r="L451" t="s">
+        <v>26</v>
+      </c>
+      <c r="M451" t="s">
+        <v>4174</v>
+      </c>
+      <c r="N451" t="s">
+        <v>28</v>
+      </c>
+      <c r="O451" t="s">
+        <v>4183</v>
+      </c>
+    </row>
+    <row r="452" spans="1:15">
+      <c r="A452">
+        <v>66514</v>
+      </c>
+      <c r="B452" t="s">
+        <v>4184</v>
+      </c>
+      <c r="C452" t="s">
+        <v>4185</v>
+      </c>
+      <c r="D452" t="s">
+        <v>4186</v>
+      </c>
+      <c r="E452" t="s">
+        <v>4187</v>
+      </c>
+      <c r="F452" t="s">
+        <v>1660</v>
+      </c>
+      <c r="G452" t="s">
+        <v>1661</v>
+      </c>
+      <c r="H452" t="s">
+        <v>4188</v>
+      </c>
+      <c r="I452" t="s">
+        <v>4189</v>
+      </c>
+      <c r="J452" t="s">
+        <v>24</v>
+      </c>
+      <c r="K452" t="s">
+        <v>4173</v>
+      </c>
+      <c r="L452" t="s">
+        <v>26</v>
+      </c>
+      <c r="M452" t="s">
+        <v>4174</v>
+      </c>
+      <c r="N452" t="s">
+        <v>28</v>
+      </c>
+      <c r="O452" t="s">
+        <v>4190</v>
+      </c>
+    </row>
+    <row r="453" spans="1:15">
+      <c r="A453">
+        <v>66515</v>
+      </c>
+      <c r="B453" t="s">
+        <v>4191</v>
+      </c>
+      <c r="C453" t="s">
+        <v>4192</v>
+      </c>
+      <c r="D453" t="s">
+        <v>4193</v>
+      </c>
+      <c r="E453" t="s">
+        <v>4194</v>
+      </c>
+      <c r="F453" t="s">
+        <v>4195</v>
+      </c>
+      <c r="G453" t="s">
+        <v>1444</v>
+      </c>
+      <c r="H453" t="s">
+        <v>4196</v>
+      </c>
+      <c r="I453" t="s">
+        <v>4197</v>
+      </c>
+      <c r="J453" t="s">
+        <v>24</v>
+      </c>
+      <c r="K453" t="s">
+        <v>4173</v>
+      </c>
+      <c r="L453" t="s">
+        <v>26</v>
+      </c>
+      <c r="M453" t="s">
+        <v>4174</v>
+      </c>
+      <c r="N453" t="s">
+        <v>28</v>
+      </c>
+      <c r="O453" t="s">
+        <v>4198</v>
+      </c>
+    </row>
+    <row r="454" spans="1:15">
+      <c r="A454">
+        <v>66516</v>
+      </c>
+      <c r="B454" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C454" t="s">
+        <v>4199</v>
+      </c>
+      <c r="D454" t="s">
+        <v>4200</v>
+      </c>
+      <c r="E454" t="s">
+        <v>4201</v>
+      </c>
+      <c r="F454" t="s">
+        <v>4202</v>
+      </c>
+      <c r="G454" t="s">
+        <v>4203</v>
+      </c>
+      <c r="H454" t="s">
+        <v>4204</v>
+      </c>
+      <c r="I454" t="s">
+        <v>1428</v>
+      </c>
+      <c r="J454" t="s">
+        <v>24</v>
+      </c>
+      <c r="K454" t="s">
+        <v>170</v>
+      </c>
+      <c r="L454" t="s">
+        <v>26</v>
+      </c>
+      <c r="M454" t="s">
+        <v>171</v>
+      </c>
+      <c r="N454" t="s">
+        <v>28</v>
+      </c>
+      <c r="O454" t="s">
+        <v>4205</v>
+      </c>
+    </row>
+    <row r="455" spans="1:15">
+      <c r="A455">
+        <v>66517</v>
+      </c>
+      <c r="B455" t="s">
+        <v>4206</v>
+      </c>
+      <c r="C455" t="s">
+        <v>4207</v>
+      </c>
+      <c r="D455" t="s">
+        <v>4208</v>
+      </c>
+      <c r="E455" t="s">
+        <v>4209</v>
+      </c>
+      <c r="F455" t="s">
+        <v>4210</v>
+      </c>
+      <c r="G455" t="s">
+        <v>4211</v>
+      </c>
+      <c r="H455" t="s">
+        <v>4212</v>
+      </c>
+      <c r="I455" t="s">
+        <v>4213</v>
+      </c>
+      <c r="J455" t="s">
+        <v>24</v>
+      </c>
+      <c r="K455" t="s">
+        <v>4173</v>
+      </c>
+      <c r="L455" t="s">
+        <v>26</v>
+      </c>
+      <c r="M455" t="s">
+        <v>4174</v>
+      </c>
+      <c r="N455" t="s">
+        <v>28</v>
+      </c>
+      <c r="O455" t="s">
+        <v>4214</v>
+      </c>
+    </row>
+    <row r="456" spans="1:15">
+      <c r="A456">
+        <v>66518</v>
+      </c>
+      <c r="B456" t="s">
+        <v>4215</v>
+      </c>
+      <c r="C456" t="s">
+        <v>4216</v>
+      </c>
+      <c r="D456" t="s">
+        <v>4217</v>
+      </c>
+      <c r="E456" t="s">
+        <v>4218</v>
+      </c>
+      <c r="F456" t="s">
+        <v>4219</v>
+      </c>
+      <c r="G456" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H456" t="s">
+        <v>4220</v>
+      </c>
+      <c r="I456" t="s">
+        <v>4221</v>
+      </c>
+      <c r="J456" t="s">
+        <v>24</v>
+      </c>
+      <c r="K456" t="s">
+        <v>170</v>
+      </c>
+      <c r="L456" t="s">
+        <v>26</v>
+      </c>
+      <c r="M456" t="s">
+        <v>171</v>
+      </c>
+      <c r="N456" t="s">
+        <v>28</v>
+      </c>
+      <c r="O456" t="s">
+        <v>4222</v>
+      </c>
+    </row>
+    <row r="457" spans="1:15">
+      <c r="A457">
+        <v>66519</v>
+      </c>
+      <c r="B457" t="s">
+        <v>4223</v>
+      </c>
+      <c r="C457" t="s">
+        <v>4224</v>
+      </c>
+      <c r="D457" t="s">
+        <v>4225</v>
+      </c>
+      <c r="E457" t="s">
+        <v>4226</v>
+      </c>
+      <c r="F457" t="s">
+        <v>4227</v>
+      </c>
+      <c r="G457" t="s">
+        <v>4228</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1544</v>
+      </c>
+      <c r="I457" t="s">
+        <v>1545</v>
+      </c>
+      <c r="J457" t="s">
+        <v>24</v>
+      </c>
+      <c r="K457" t="s">
+        <v>4229</v>
+      </c>
+      <c r="L457" t="s">
+        <v>26</v>
+      </c>
+      <c r="M457" t="s">
+        <v>4230</v>
+      </c>
+      <c r="N457" t="s">
+        <v>28</v>
+      </c>
+      <c r="O457" t="s">
+        <v>4231</v>
+      </c>
+    </row>
+    <row r="458" spans="1:15">
+      <c r="A458">
+        <v>66520</v>
+      </c>
+      <c r="B458" t="s">
+        <v>1616</v>
+      </c>
+      <c r="C458" t="s">
+        <v>4232</v>
+      </c>
+      <c r="D458" t="s">
+        <v>4233</v>
+      </c>
+      <c r="E458" t="s">
+        <v>4234</v>
+      </c>
+      <c r="F458" t="s">
+        <v>1620</v>
+      </c>
+      <c r="G458" t="s">
+        <v>1621</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1622</v>
+      </c>
+      <c r="I458" t="s">
+        <v>4235</v>
+      </c>
+      <c r="J458" t="s">
+        <v>24</v>
+      </c>
+      <c r="K458" t="s">
+        <v>25</v>
+      </c>
+      <c r="L458" t="s">
+        <v>26</v>
+      </c>
+      <c r="M458" t="s">
+        <v>27</v>
+      </c>
+      <c r="N458" t="s">
+        <v>28</v>
+      </c>
+      <c r="O458" t="s">
+        <v>4236</v>
+      </c>
+    </row>
+    <row r="459" spans="1:15">
+      <c r="A459">
+        <v>66521</v>
+      </c>
+      <c r="B459" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C459" t="s">
+        <v>4237</v>
+      </c>
+      <c r="D459" t="s">
+        <v>4238</v>
+      </c>
+      <c r="E459" t="s">
+        <v>4239</v>
+      </c>
+      <c r="F459" t="s">
+        <v>4240</v>
+      </c>
+      <c r="G459" t="s">
+        <v>1471</v>
+      </c>
+      <c r="H459" t="s">
+        <v>4241</v>
+      </c>
+      <c r="I459" t="s">
+        <v>1473</v>
+      </c>
+      <c r="J459" t="s">
+        <v>24</v>
+      </c>
+      <c r="K459" t="s">
+        <v>170</v>
+      </c>
+      <c r="L459" t="s">
+        <v>26</v>
+      </c>
+      <c r="M459" t="s">
+        <v>171</v>
+      </c>
+      <c r="N459" t="s">
+        <v>28</v>
+      </c>
+      <c r="O459" t="s">
+        <v>4242</v>
+      </c>
+    </row>
+    <row r="460" spans="1:15">
+      <c r="A460">
+        <v>66522</v>
+      </c>
+      <c r="B460" t="s">
+        <v>4243</v>
+      </c>
+      <c r="C460" t="s">
+        <v>4244</v>
+      </c>
+      <c r="D460" t="s">
+        <v>4245</v>
+      </c>
+      <c r="E460" t="s">
+        <v>4246</v>
+      </c>
+      <c r="F460" t="s">
+        <v>4247</v>
+      </c>
+      <c r="G460" t="s">
+        <v>4248</v>
+      </c>
+      <c r="H460" t="s">
+        <v>4249</v>
+      </c>
+      <c r="I460" t="s">
+        <v>4250</v>
+      </c>
+      <c r="J460" t="s">
+        <v>24</v>
+      </c>
+      <c r="K460" t="s">
+        <v>4100</v>
+      </c>
+      <c r="L460" t="s">
+        <v>26</v>
+      </c>
+      <c r="M460" t="s">
+        <v>4101</v>
+      </c>
+      <c r="N460" t="s">
+        <v>28</v>
+      </c>
+      <c r="O460" t="s">
+        <v>4251</v>
+      </c>
+    </row>
+    <row r="461" spans="1:15">
+      <c r="A461">
+        <v>66523</v>
+      </c>
+      <c r="B461" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C461" t="s">
+        <v>4252</v>
+      </c>
+      <c r="D461" t="s">
+        <v>4253</v>
+      </c>
+      <c r="E461" t="s">
+        <v>4254</v>
+      </c>
+      <c r="F461" t="s">
+        <v>1515</v>
+      </c>
+      <c r="G461" t="s">
+        <v>1516</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1517</v>
+      </c>
+      <c r="I461" t="s">
+        <v>1518</v>
+      </c>
+      <c r="J461" t="s">
+        <v>24</v>
+      </c>
+      <c r="K461" t="s">
+        <v>47</v>
+      </c>
+      <c r="L461" t="s">
+        <v>26</v>
+      </c>
+      <c r="M461" t="s">
+        <v>48</v>
+      </c>
+      <c r="N461" t="s">
+        <v>28</v>
+      </c>
+      <c r="O461" t="s">
+        <v>4255</v>
+      </c>
+    </row>
+    <row r="462" spans="1:15">
+      <c r="A462">
+        <v>66524</v>
+      </c>
+      <c r="B462" t="s">
+        <v>3401</v>
+      </c>
+      <c r="C462" t="s">
+        <v>4256</v>
+      </c>
+      <c r="D462" t="s">
+        <v>4257</v>
+      </c>
+      <c r="E462" t="s">
+        <v>4258</v>
+      </c>
+      <c r="F462" t="s">
+        <v>4259</v>
+      </c>
+      <c r="G462" t="s">
+        <v>3406</v>
+      </c>
+      <c r="H462" t="s">
+        <v>3407</v>
+      </c>
+      <c r="I462" t="s">
+        <v>3408</v>
+      </c>
+      <c r="J462" t="s">
+        <v>24</v>
+      </c>
+      <c r="K462" t="s">
+        <v>170</v>
+      </c>
+      <c r="L462" t="s">
+        <v>26</v>
+      </c>
+      <c r="M462" t="s">
+        <v>171</v>
+      </c>
+      <c r="N462" t="s">
+        <v>28</v>
+      </c>
+      <c r="O462" t="s">
+        <v>4260</v>
+      </c>
+    </row>
+    <row r="463" spans="1:15">
+      <c r="A463">
+        <v>66525</v>
+      </c>
+      <c r="B463" t="s">
+        <v>4261</v>
+      </c>
+      <c r="C463" t="s">
+        <v>4262</v>
+      </c>
+      <c r="D463" t="s">
+        <v>4263</v>
+      </c>
+      <c r="E463" t="s">
+        <v>4264</v>
+      </c>
+      <c r="F463" t="s">
+        <v>3262</v>
+      </c>
+      <c r="G463" t="s">
+        <v>3263</v>
+      </c>
+      <c r="H463" t="s">
+        <v>3264</v>
+      </c>
+      <c r="I463" t="s">
+        <v>3265</v>
+      </c>
+      <c r="J463" t="s">
+        <v>24</v>
+      </c>
+      <c r="K463" t="s">
+        <v>170</v>
+      </c>
+      <c r="L463" t="s">
+        <v>26</v>
+      </c>
+      <c r="M463" t="s">
+        <v>171</v>
+      </c>
+      <c r="N463" t="s">
+        <v>28</v>
+      </c>
+      <c r="O463" t="s">
+        <v>4265</v>
+      </c>
+    </row>
+    <row r="464" spans="1:15">
+      <c r="A464">
+        <v>66526</v>
+      </c>
+      <c r="B464" t="s">
+        <v>4266</v>
+      </c>
+      <c r="C464" t="s">
+        <v>4267</v>
+      </c>
+      <c r="D464" t="s">
+        <v>4268</v>
+      </c>
+      <c r="E464" t="s">
+        <v>4269</v>
+      </c>
+      <c r="F464" t="s">
+        <v>4270</v>
+      </c>
+      <c r="G464" t="s">
+        <v>3272</v>
+      </c>
+      <c r="H464" t="s">
+        <v>3273</v>
+      </c>
+      <c r="I464" t="s">
+        <v>4271</v>
+      </c>
+      <c r="J464" t="s">
+        <v>24</v>
+      </c>
+      <c r="K464" t="s">
+        <v>170</v>
+      </c>
+      <c r="L464" t="s">
+        <v>26</v>
+      </c>
+      <c r="M464" t="s">
+        <v>171</v>
+      </c>
+      <c r="N464" t="s">
+        <v>28</v>
+      </c>
+      <c r="O464" t="s">
+        <v>4272</v>
+      </c>
+    </row>
+    <row r="465" spans="1:15">
+      <c r="A465">
+        <v>66527</v>
+      </c>
+      <c r="B465" t="s">
+        <v>1558</v>
+      </c>
+      <c r="C465" t="s">
+        <v>4273</v>
+      </c>
+      <c r="D465" t="s">
+        <v>4274</v>
+      </c>
+      <c r="E465" t="s">
+        <v>4275</v>
+      </c>
+      <c r="F465" t="s">
+        <v>4276</v>
+      </c>
+      <c r="G465" t="s">
+        <v>1563</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1564</v>
+      </c>
+      <c r="I465" t="s">
+        <v>1565</v>
+      </c>
+      <c r="J465" t="s">
+        <v>24</v>
+      </c>
+      <c r="K465" t="s">
+        <v>4173</v>
+      </c>
+      <c r="L465" t="s">
+        <v>26</v>
+      </c>
+      <c r="M465" t="s">
+        <v>4174</v>
+      </c>
+      <c r="N465" t="s">
+        <v>28</v>
+      </c>
+      <c r="O465" t="s">
+        <v>4277</v>
+      </c>
+    </row>
+    <row r="466" spans="1:15">
+      <c r="A466">
+        <v>66529</v>
+      </c>
+      <c r="B466" t="s">
+        <v>4278</v>
+      </c>
+      <c r="C466" t="s">
+        <v>4279</v>
+      </c>
+      <c r="D466" t="s">
+        <v>4280</v>
+      </c>
+      <c r="E466" t="s">
+        <v>4281</v>
+      </c>
+      <c r="F466" t="s">
+        <v>4282</v>
+      </c>
+      <c r="G466" t="s">
+        <v>3702</v>
+      </c>
+      <c r="H466" t="s">
+        <v>3703</v>
+      </c>
+      <c r="I466" t="s">
+        <v>3704</v>
+      </c>
+      <c r="J466" t="s">
+        <v>24</v>
+      </c>
+      <c r="K466" t="s">
+        <v>1931</v>
+      </c>
+      <c r="L466" t="s">
+        <v>26</v>
+      </c>
+      <c r="M466" t="s">
+        <v>1932</v>
+      </c>
+      <c r="N466" t="s">
+        <v>28</v>
+      </c>
+      <c r="O466" t="s">
+        <v>4283</v>
+      </c>
+    </row>
+    <row r="467" spans="1:15">
+      <c r="A467">
+        <v>66530</v>
+      </c>
+      <c r="B467" t="s">
+        <v>4284</v>
+      </c>
+      <c r="C467" t="s">
+        <v>4285</v>
+      </c>
+      <c r="D467" t="s">
+        <v>4286</v>
+      </c>
+      <c r="E467" t="s">
+        <v>4287</v>
+      </c>
+      <c r="F467" t="s">
+        <v>4288</v>
+      </c>
+      <c r="G467" t="s">
+        <v>1388</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1389</v>
+      </c>
+      <c r="I467" t="s">
+        <v>1390</v>
+      </c>
+      <c r="J467" t="s">
+        <v>24</v>
+      </c>
+      <c r="K467" t="s">
+        <v>1691</v>
+      </c>
+      <c r="L467" t="s">
+        <v>26</v>
+      </c>
+      <c r="M467" t="s">
+        <v>1692</v>
+      </c>
+      <c r="N467" t="s">
+        <v>28</v>
+      </c>
+      <c r="O467" t="s">
+        <v>4289</v>
+      </c>
+    </row>
+    <row r="468" spans="1:15">
+      <c r="A468">
+        <v>66531</v>
+      </c>
+      <c r="B468" t="s">
+        <v>4290</v>
+      </c>
+      <c r="C468" t="s">
+        <v>4291</v>
+      </c>
+      <c r="D468" t="s">
+        <v>4292</v>
+      </c>
+      <c r="E468" t="s">
+        <v>4293</v>
+      </c>
+      <c r="F468" t="s">
+        <v>4294</v>
+      </c>
+      <c r="G468" t="s">
+        <v>4295</v>
+      </c>
+      <c r="H468" t="s">
+        <v>4296</v>
+      </c>
+      <c r="I468" t="s">
+        <v>4297</v>
+      </c>
+      <c r="J468" t="s">
+        <v>441</v>
+      </c>
+      <c r="K468" t="s">
+        <v>4298</v>
+      </c>
+      <c r="L468" t="s">
+        <v>443</v>
+      </c>
+      <c r="M468" t="s">
+        <v>4299</v>
+      </c>
+      <c r="N468" t="s">
+        <v>28</v>
+      </c>
+      <c r="O468" t="s">
+        <v>4300</v>
+      </c>
+    </row>
+    <row r="469" spans="1:15">
+      <c r="A469">
+        <v>66532</v>
+      </c>
+      <c r="B469" t="s">
+        <v>4301</v>
+      </c>
+      <c r="C469" t="s">
+        <v>4302</v>
+      </c>
+      <c r="D469" t="s">
+        <v>4303</v>
+      </c>
+      <c r="E469" t="s">
+        <v>4304</v>
+      </c>
+      <c r="F469" t="s">
+        <v>1638</v>
+      </c>
+      <c r="G469" t="s">
+        <v>1639</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1640</v>
+      </c>
+      <c r="I469" t="s">
+        <v>1641</v>
+      </c>
+      <c r="J469" t="s">
+        <v>441</v>
+      </c>
+      <c r="K469" t="s">
+        <v>4305</v>
+      </c>
+      <c r="L469" t="s">
+        <v>443</v>
+      </c>
+      <c r="M469" t="s">
+        <v>4306</v>
+      </c>
+      <c r="N469" t="s">
+        <v>28</v>
+      </c>
+      <c r="O469" t="s">
+        <v>4307</v>
+      </c>
+    </row>
+    <row r="470" spans="1:15">
+      <c r="A470">
+        <v>66533</v>
+      </c>
+      <c r="B470" t="s">
+        <v>4308</v>
+      </c>
+      <c r="C470" t="s">
+        <v>4309</v>
+      </c>
+      <c r="D470" t="s">
+        <v>4310</v>
+      </c>
+      <c r="E470" t="s">
+        <v>4311</v>
+      </c>
+      <c r="F470" t="s">
+        <v>1479</v>
+      </c>
+      <c r="G470" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1481</v>
+      </c>
+      <c r="I470" t="s">
+        <v>4312</v>
+      </c>
+      <c r="J470" t="s">
+        <v>24</v>
+      </c>
+      <c r="K470" t="s">
+        <v>4313</v>
+      </c>
+      <c r="L470" t="s">
+        <v>26</v>
+      </c>
+      <c r="M470" t="s">
+        <v>4314</v>
+      </c>
+      <c r="N470" t="s">
+        <v>28</v>
+      </c>
+      <c r="O470" t="s">
+        <v>4315</v>
+      </c>
+    </row>
+    <row r="471" spans="1:15">
+      <c r="A471">
+        <v>66534</v>
+      </c>
+      <c r="B471" t="s">
+        <v>4316</v>
+      </c>
+      <c r="C471" t="s">
+        <v>4317</v>
+      </c>
+      <c r="D471" t="s">
+        <v>4318</v>
+      </c>
+      <c r="E471" t="s">
+        <v>4319</v>
+      </c>
+      <c r="F471" t="s">
+        <v>4320</v>
+      </c>
+      <c r="G471" t="s">
+        <v>4321</v>
+      </c>
+      <c r="H471" t="s">
+        <v>2643</v>
+      </c>
+      <c r="I471" t="s">
+        <v>2644</v>
+      </c>
+      <c r="J471" t="s">
+        <v>24</v>
+      </c>
+      <c r="K471" t="s">
+        <v>47</v>
+      </c>
+      <c r="L471" t="s">
+        <v>26</v>
+      </c>
+      <c r="M471" t="s">
+        <v>48</v>
+      </c>
+      <c r="N471" t="s">
+        <v>28</v>
+      </c>
+      <c r="O471" t="s">
+        <v>4322</v>
+      </c>
+    </row>
+    <row r="472" spans="1:15">
+      <c r="A472">
+        <v>66535</v>
+      </c>
+      <c r="B472" t="s">
+        <v>4323</v>
+      </c>
+      <c r="C472" t="s">
+        <v>4324</v>
+      </c>
+      <c r="D472" t="s">
+        <v>4325</v>
+      </c>
+      <c r="E472" t="s">
+        <v>4326</v>
+      </c>
+      <c r="F472" t="s">
+        <v>4327</v>
+      </c>
+      <c r="G472" t="s">
+        <v>4328</v>
+      </c>
+      <c r="H472" t="s">
+        <v>4329</v>
+      </c>
+      <c r="I472" t="s">
+        <v>4330</v>
+      </c>
+      <c r="J472" t="s">
+        <v>4331</v>
+      </c>
+      <c r="K472" t="s">
+        <v>4332</v>
+      </c>
+      <c r="L472" t="s">
+        <v>4333</v>
+      </c>
+      <c r="M472" t="s">
+        <v>4334</v>
+      </c>
+      <c r="N472" t="s">
+        <v>28</v>
+      </c>
+      <c r="O472" t="s">
+        <v>4335</v>
+      </c>
+    </row>
+    <row r="473" spans="1:15">
+      <c r="A473">
+        <v>66536</v>
+      </c>
+      <c r="B473" t="s">
+        <v>4336</v>
+      </c>
+      <c r="C473" t="s">
+        <v>4337</v>
+      </c>
+      <c r="D473" t="s">
+        <v>4338</v>
+      </c>
+      <c r="E473" t="s">
+        <v>4339</v>
+      </c>
+      <c r="F473" t="s">
+        <v>4340</v>
+      </c>
+      <c r="G473" t="s">
+        <v>4341</v>
+      </c>
+      <c r="H473" t="s">
+        <v>4342</v>
+      </c>
+      <c r="I473" t="s">
+        <v>4343</v>
+      </c>
+      <c r="J473" t="s">
+        <v>24</v>
+      </c>
+      <c r="K473" t="s">
+        <v>4173</v>
+      </c>
+      <c r="L473" t="s">
+        <v>26</v>
+      </c>
+      <c r="M473" t="s">
+        <v>4174</v>
+      </c>
+      <c r="N473" t="s">
+        <v>28</v>
+      </c>
+      <c r="O473" t="s">
+        <v>4344</v>
+      </c>
+    </row>
+    <row r="474" spans="1:15">
+      <c r="A474">
+        <v>66537</v>
+      </c>
+      <c r="B474" t="s">
+        <v>4345</v>
+      </c>
+      <c r="C474" t="s">
+        <v>4346</v>
+      </c>
+      <c r="D474" t="s">
+        <v>4347</v>
+      </c>
+      <c r="E474" t="s">
+        <v>4348</v>
+      </c>
+      <c r="F474" t="s">
+        <v>4349</v>
+      </c>
+      <c r="G474" t="s">
+        <v>4088</v>
+      </c>
+      <c r="H474" t="s">
+        <v>4089</v>
+      </c>
+      <c r="I474" t="s">
+        <v>4090</v>
+      </c>
+      <c r="J474" t="s">
+        <v>24</v>
+      </c>
+      <c r="K474" t="s">
+        <v>4173</v>
+      </c>
+      <c r="L474" t="s">
+        <v>26</v>
+      </c>
+      <c r="M474" t="s">
+        <v>4174</v>
+      </c>
+      <c r="N474" t="s">
+        <v>28</v>
+      </c>
+      <c r="O474" t="s">
+        <v>4350</v>
+      </c>
+    </row>
+    <row r="475" spans="1:15">
+      <c r="A475">
+        <v>66538</v>
+      </c>
+      <c r="B475" t="s">
+        <v>4351</v>
+      </c>
+      <c r="C475" t="s">
+        <v>4352</v>
+      </c>
+      <c r="D475" t="s">
+        <v>4353</v>
+      </c>
+      <c r="E475" t="s">
+        <v>4354</v>
+      </c>
+      <c r="F475" t="s">
+        <v>4355</v>
+      </c>
+      <c r="G475" t="s">
+        <v>1630</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1631</v>
+      </c>
+      <c r="I475" t="s">
+        <v>1632</v>
+      </c>
+      <c r="J475" t="s">
+        <v>24</v>
+      </c>
+      <c r="K475" t="s">
+        <v>4356</v>
+      </c>
+      <c r="L475" t="s">
+        <v>26</v>
+      </c>
+      <c r="M475" t="s">
+        <v>4357</v>
+      </c>
+      <c r="N475" t="s">
+        <v>28</v>
+      </c>
+      <c r="O475" t="s">
+        <v>4358</v>
+      </c>
+    </row>
+    <row r="476" spans="1:15">
+      <c r="A476">
+        <v>66540</v>
+      </c>
+      <c r="B476" t="s">
+        <v>4359</v>
+      </c>
+      <c r="C476" t="s">
+        <v>4360</v>
+      </c>
+      <c r="D476" t="s">
+        <v>4361</v>
+      </c>
+      <c r="E476" t="s">
+        <v>4362</v>
+      </c>
+      <c r="F476" t="s">
+        <v>4363</v>
+      </c>
+      <c r="G476" t="s">
+        <v>4364</v>
+      </c>
+      <c r="H476" t="s">
+        <v>4365</v>
+      </c>
+      <c r="I476" t="s">
+        <v>1419</v>
+      </c>
+      <c r="J476" t="s">
+        <v>24</v>
+      </c>
+      <c r="K476" t="s">
+        <v>4366</v>
+      </c>
+      <c r="L476" t="s">
+        <v>26</v>
+      </c>
+      <c r="M476" t="s">
+        <v>4367</v>
+      </c>
+      <c r="N476" t="s">
+        <v>28</v>
+      </c>
+      <c r="O476" t="s">
+        <v>4368</v>
+      </c>
+    </row>
+    <row r="477" spans="1:15">
+      <c r="A477">
+        <v>66541</v>
+      </c>
+      <c r="B477" t="s">
+        <v>1607</v>
+      </c>
+      <c r="C477" t="s">
+        <v>1608</v>
+      </c>
+      <c r="D477" t="s">
+        <v>4369</v>
+      </c>
+      <c r="E477" t="s">
+        <v>4370</v>
+      </c>
+      <c r="F477" t="s">
+        <v>4371</v>
+      </c>
+      <c r="G477" t="s">
+        <v>1612</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1613</v>
+      </c>
+      <c r="I477" t="s">
+        <v>1614</v>
+      </c>
+      <c r="J477" t="s">
+        <v>24</v>
+      </c>
+      <c r="K477" t="s">
+        <v>4372</v>
+      </c>
+      <c r="L477" t="s">
+        <v>26</v>
+      </c>
+      <c r="M477" t="s">
+        <v>4373</v>
+      </c>
+      <c r="N477" t="s">
+        <v>28</v>
+      </c>
+      <c r="O477" t="s">
+        <v>4374</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">