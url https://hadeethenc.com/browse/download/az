--- v1 (2025-11-12)
+++ v2 (2026-02-01)
@@ -18,52 +18,52 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4375">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Azərbaycan
 # Source: https://hadeethenc.com/az
-# Last update: 2025-11-12 00:01:42 (v1.26.0)
-# Check for updates: https://hadeethenc.com/en/check/az/v1.26.0
+# Last update: 2026-01-29 18:37:07 (v1.29.0)
+# Check for updates: https://hadeethenc.com/en/check/az/v1.29.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -128,58 +128,59 @@
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
     <t>[Səhih]</t>
   </si>
   <si>
     <t>[Müttəfəqun aleyhi(əl-Buxari və Musliminsəhih gördüyü hədislər)]</t>
   </si>
   <si>
     <t>az</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2753</t>
   </si>
   <si>
     <t>من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه</t>
   </si>
   <si>
     <t>Kim Allah üçün həcc edərsə, (həcc əsna­sın­da qadını ilə) yaxınlıq etməsə və söyüş söyüb pis sözlər danışmasa, həccdən anadan doğulduğu kimi (günahsız) qayıdar</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».</t>
   </si>
   <si>
-    <t>Rəvayət edilir ki, Əbu Hureyra -Allah ondan razı olsun- belə demişdir: “Mən Peyğəmbərin -salləllahu aleyhi va səlləm- belə dedi­yi­ni eşitdim: "Kim Allah üçün həcc edərsə, (həcc əsna­sın­da qadını ilə) yaxınlıq etməsə və söyüş söyüb pis sözlər danışmasa, həccdən anadan doğulduğu kimi (günahsız) qayıdar".</t>
+    <t>Rəvayət edilir ki, Əbu Hureyra - Allah ondan razı olsun - belə demişdir: “Mən Peyğəmbərin - salləllahu aleyhi va səlləm - belə dedi­yi­ni eşitdim: "Kim Allah üçün həcc edərsə, (həcc əsna­sın­da qadını ilə) yaxınlıq etməsə və söyüş söyüb pis sözlər danışmasa, həccdən anadan doğulduğu kimi (günahsız) qayıdar".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، 
 ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.</t>
   </si>
   <si>
-    <t>Peyğəmbər -salləllahu aleyhi va səlləm- bu hədisdə, kim Allah üçün həcc edərsə, həcc ibadətlərini yerinə yetirərkən xanımı ilə cinsi əlaqədə olmaq və buna  təhrik edən öpmək, qucaqlamaq və s. bu kimi əməllərdən uzaq olarsa, həccindən yeni doğulan uşaq kimi günahsız olaraq döndüyünü bəyan etmişdir. Hədisdə ərəb dilində keçən: "rafəs" sözü, cinsi əlaqə mənasını bildirməklə yanaşı, söyüş söyüb pis sözlər danışmaq mənasını da bildirir. Yəni: Həcc edərkən fasiqlik (asiliklər və pis əməllər) etməz. Eh­ram­da olarkən  qadağan olan əməlləri etmək fasiqliyin növlərindən biridir. Kim həcc ibadətlərini yerinə yetirərkən özünü günahlardan qoruyarsa, həccindən bir uşağın günahsız şəkildə anadan olduğu  kimi bağışlanmış olaraq geri dönər.</t>
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - bu hədisdə, kim Allah üçün həcc edərsə, həcc ibadətlərini yerinə yetirərkən xanımı ilə cinsi əlaqədə olmaq və buna təhrik edən öpmək, qucaqlamaq və s. bu kimi əməllərdən uzaq olarsa, həccindən yeni doğulan uşaq kimi günahsız olaraq döndüyünü bəyan etmişdir. Hədisdə ərəb dilində keçən: "rafəs" sözü, cinsi əlaqə mənasını bildirməklə yanaşı, söyüş söyüb pis sözlər danışmaq mənasını da bildirir. 
+Yəni: Həcc edərkən fasiqlik (asiliklər və pis əməllər) etməz. Eh­ram­da olarkən qadağan olan əməlləri etmək fasiqliyin növlərindən biridir. Kim həcc ibadətlərini yerinə yetirərkən özünü günahlardan qoruyarsa, həccindən bir uşağın günahsız şəkildə anadan olduğu kimi bağışlanmış olaraq geri dönər.</t>
   </si>
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>Fasiqlik, zaman və məkandan asılı olmayaraq, hər bir halda qadağan edilsə də, həcc ayinlərinin əzəmətinə görə belə əməllərin həcc mərasimində edilməsi daha şiddətli bir şəkildə qadağan edilmişdir.
 İnsan, xətasız və günahlardan uzaq olaraq dünyaya gəlir. O, başqasının günahını daşımaz.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2758</t>
   </si>
   <si>
     <t>يا رسول الله، نرى الجهاد أفضل العمل، أفلا نجاهد؟ قال: لا، لكن أفضل الجهاد: حج مبرور</t>
   </si>
   <si>
     <t>Ey Allaın elçisi, biz cihadı ən üstün əməl görürük, elə isə vuruşmayaqmı? O, dedi: “Xeyr, lakin (siz qadınlar üçün) ən üstün cihad qəbul olunmuş həccdir”</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنِينَ رَضِيَ اللَّهُ عَنْهَا أَنَّهَا قَالَتْ: يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ».</t>
   </si>
   <si>
     <t>Möminlərin anası Aişədən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Ey Allaın elçisi, biz cihadı ən üstün əməl görürük, elə isə vuruşmayaqmı? O, dedi: “Xeyr, lakin (siz qadınlar üçün) ən üstün cihad qəbul olunmuş həccdir”.</t>
   </si>
   <si>
@@ -254,62 +255,62 @@
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2932</t>
   </si>
   <si>
     <t>ألا أنبئكم بأكبر الكبائر؟</t>
   </si>
   <si>
     <t>Sizə günahların ən böyüyü barədə xəbər verimmi?</t>
   </si>
   <si>
     <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
   </si>
   <si>
     <t>Əbu Bəkrədən (Allah ondan razı olsun) rəvayət edildiyinə görə o, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir: "Sizə günahların ən böyüyü barədə xəbər verimmi?" – deyə bunu üç dəfə soruşdu. Səhabələr: “Bəli, ey Allahın Rəsulu!” – deyə cavab verdilər. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun): "Allaha şərik qoşmaq və valideynlərin üzünə ağ olmaq" – dedi. (Bunu deyərkən) o söykənmişdi sonra qalxıb oturdu və: "Yalan söz danışmaq" – deyə əlavə etdi. O bunu durmadan o qədər təkrar etdi ki, biz (bir-birimizə): "Kaşki, susaydı!" – dedik”.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
 وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) əshabına ən böyük günahları xəbər vermiş və bu üç günahı zikr etmişdir:
-1- Allaha şərik qoşmaq. Bu, hər hansı bir ibadət növünü Allahdan başqasına sərf etməkdir. Həmçinin, Allahdan başqasını, Allahın uluhiyyəti, rububiyyəti, ad və sifətlərində Uca Allaha bərabər tutmaqdır.
-[...1 lines deleted...]
-3- Yalan danışmaq, yalandan şahidlik etmək: Yalan demək dedikdə bura, başqasının malını mənimsəmək, başqasının namusuna toxunmaq və s. buna bənzər şeylər üçün  yalandan deyilən hər bir söz daxildir.
+1 - Allaha şərik qoşmaq. Bu, hər hansı bir ibadət növünü Allahdan başqasına sərf etməkdir. Həmçinin, Allahdan başqasını, Allahın uluhiyyəti, rububiyyəti, ad və sifətlərində Uca Allaha bərabər tutmaqdır.
+2 - Valideynlərin üzünə ağ olmaq. Bura, söz və ya əməl olmasından asılı olmayaraq ata-anaya qarşı edilən bütün növ əziyyətlər, həmçinin onlara yaxşılıq etməyi tərk etmək də daxildir.
+3 - Yalan danışmaq, yalandan şahidlik etmək: Yalan demək dedikdə bura, başqasının malını mənimsəmək, başqasının namusuna toxunmaq və s. buna bənzər şeylər üçün yalandan deyilən hər bir söz daxildir.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) yalan demənin çirkinliyini və cəmiyyətdə pis nəticələrə səbəb olmasına diqqətə çəkmək üçün bunu dəfələrlə təkrarlamışdır. Hətta sahabələr Peyğəmbərimizə (Allahın salavatı və salamı onun üzərinə olsun) olan şəfqətlərindən  və onu rahatsız edən şeydən xoşlanmadıqlarından dolayı onun susmasını arzu etmişdilər.</t>
   </si>
   <si>
     <t>أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}.
 عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
-    <t>Günahların ən böyüyü Allaha şərik qoşmaqdır. Buna görə də Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onu böyük günahların ən birincisi və ən böyüyü olaraq qeyd etmişdir. Uca Allahın: {Allah Özünə şərik qoşulmasını əsla bağışlamaz, bundan başqa olan günahları isə istədiyi kəsə bağışlayar} ayəsi də bunu təsdiqləyir.
+    <t>Günahların ən böyüyü Allaha şərik qoşmaqdır. Buna görə də Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onu böyük günahların ən birincisi və ən böyüyü olaraq qeyd etmişdir. Uca Allahın: "Allah Özünə şərik qoşulmasını əsla bağışlamaz, bundan başqa olan günahları isə istədiyi kəsə bağışlayar" (Ən-Nisə 4 surəsi, 48, 116) ayəsi də bunu təsdiqləyir.
 Valideyin haqqlarının böyüklüyü. Belə ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onların haqqını Uca Allah haqqı ilə birlikdə zikr etmişdir.
 Günahlar, böyük və kiçik olmaqla iki qismə bölünür. Böyük günahlar: Hədd və lənət kimi dünyada cəzası olan yaxud Cəhənnəmə daxil olmaq kimi axirətdə cəzası olan bütün günahlardır. Böyük günahların bəzisi haramlıq baxımından digərlərindən daha şiddətlidir. Böyük günahlar xaricində qalan günahlar isə kiçik günahlardır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2941</t>
   </si>
   <si>
     <t>إن الله عز وجل ينهاكم أن تحلفوا بآبائكم</t>
   </si>
   <si>
     <t>Həqiqətən izzət və cəlal sahibi olan Allah sizi atalarınızın adına and içməyi qadağan edir</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ»، قَالَ عُمَرُ: فَوَاللهِ مَا حَلَفْتُ بِهَا مُنْذُ سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنْهَا ذَاكِرًا وَلَا آثِرًا.</t>
   </si>
   <si>
     <t>Ömər bin Əl-Xəttabdan (Allah ondan razı olsun) Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Həqiqətən izzət və cəlal sahibi olan Allah sizi atalarınızın adına and içməyi qadağan edir", Ömər dedi: Vallahi, Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) bu qadağanı eşitdikdən bəri nə öz sözüm olaraq, nə də nəql olaraq bu cür and içmədim.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أَنَّ اللهَ تعالى يَنهى عن الحَلِف بالآباء، فمَن أراد الحلف فلا يحلف إلا بالله، ولا يحلف بغيره. 
 ثم ذكر عُمَرُ بن الخطاب رضي الله عنه أنَّه لم يحلِفْ بها منذُ سَمِعَ رسولَ الله صلى الله عليه وسلم ينهى عن ذلك، لا مُتعمِّدًا ولا ناقِلًا عن غيرِِه حَلِفَه بغيرِ الله.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bizə xəbər vermişdir ki, uca Allah ataların adına and içməyi qadağan edir, ona görə də kim and içmək istəyirsə, ancaq Allaha and içsin, Ondan qeyrisinə and içməsin. Sonra Ömər bin Əl-Xəttab (Allah ondan razı olsun) Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) bu qadağanı eşitdiyi andan nə qəsdən, nə də başqasından nəql olaraq Allahdan qeyrisinə and içmədiyini söyləmişdir.</t>
   </si>
@@ -370,92 +371,92 @@
     <t>İbn Ömərdən (Allah hər ikisindən razı olsun) belə rəvayət edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) nəzir etməyi qadağan etdi və dedi: “O, xeyir gətirməz, əksinə, onunla yalnız xəsisdən nə isə əldə edilər”.</t>
   </si>
   <si>
     <t>نَهَى صلى الله عليه وسلم عن النذر، وهو أنْ يُوجِبَ الإنسان على نفسه شيئًا لم يُلزِمْه به الشَّارعُ، وقال: بأنّ النذر لا يقدِّم شيئًا ولا يؤخِّره، وإنما يُستخرج به من البخيل الذي لا يفعل إلا الواجب عليه، وأنَّ النذر لا يأتي بشيء لم يكن قد قدِّر له.</t>
   </si>
   <si>
     <t>O (Allahın salavatı və salamı onun üzərinə olsun) nəzir etməyi qadağan etmişdir ki, bu da insanın, şəriətin ona vacib etmədiyi bir şeyi özünə vacib etməsidir. Buyurmuşdur ki: Nəzir bir şeyi nə tezləşdirər, nə də təxirə salar, onunla, yalnız üzərinə vacib olanı yerinə yetirməklə kifayətlənən xəsisdən bir şey alınar  və nəzir, sahibinə onun üçün təqdir edilməyən bir şey gətirməz.</t>
   </si>
   <si>
     <t>لا يُشرع النذر، لكن إذا نَذَرَ وَجَب عليه الوفاء به إن لم يكن معصية.
 العلة في النهي (أنه لا يأتي بخير)؛ لأنه لا يَردُّ من قضاء الله شيئًا؛ ولئلا يَظن الناذِر أن حصول طلبه كان بسبب النذر، والله تعالى غني عن ذلك.
 قال القرطبي: هذا النهي محلُّه أن يقول مثلًا: إن شفى الله مريضي فعليَّ صدقة كذا، ووجه الكراهة أنه لما وقَف فِعْلَ القُربة المذكور على حصول الغرض المذكور، ظهر أنه لم يَتَمَخَّض له نية التقرُّب إلى الله تعالى لِما صَدَر منه بل سلك فيها مسلك المعاوضة، ويوضِّحه أنه لو لم يشفِ مريضه لم يتصدّق بما علَّقه على شفائه، وهذه حالة البخيل، فإنه لا يُخرج من ماله شيئًا إلا بعوضٍ عاجل يزيد على ما أخرج غالبًا.</t>
   </si>
   <si>
     <t>Nəzir etmək icazəli deyil, lakin bir kəs nəzir etsə, nəzir etdiyi şey günah deyilsə, onu yerinə yetirməsi ona vacib olar.
 Qadağanın səbəbi (onun xeyir gətirməməsidir); Çünki o Allahın hökmündən heç bir şey geri qaytara bilməz və nəzir verən zənn etməsin ki, istəyinin yerinə yetirilməsi nəziri səbəbi ilə olub. Uca Allahın  buna ehtiyacı yoxdur.
 Qurtubi (Allah ona rəhmət etsin) demişdir: “Bu qadağa, məsələn belə söyləmək ola bilir: “Allah mənim xəstəmə şəfa verərsə, mən filan qədər sədəqə verəcəm”. Bunun bəyənilməməsinin səbəbi isə, qeyd edilən xeyir əməl yuxarıda qeyd edilən məqsəddən asılı olduğu üçün, onun etdiyi əməllərə görə Uca Allaha yaxınlaşmaq niyyəti olmadığı, əksinə, əvəzləşmə yolunu tutması üzə çıxır. Əgər Allah onun xəstəsini sağaltmasaydı, onun sağalması üçün şərt bağladığı sədəqəni verməməsi bunu açıq şəkildə izah edir. Bu, isə xəsisin halıdır, çünki,o, öz malından yalnız verdiyindən daha artıq və təcili bir əvəz aldıqda xərcləyir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2960</t>
   </si>
   <si>
     <t>إني والله إن شاء الله لا أحلف على يمين، فأرى غيرها خيرا منها، إلا كفرت عن يميني، وأتيت الذي هو خير</t>
   </si>
   <si>
-    <t>Allaha and olsun ki-Allah istəyərsə-mən and içirəm, sonra bundan (and içdiyimdən) daha xeyirlisini gördüyümdə andımın kəffarəsini verirəm və daha xeyirli olanı edirəm”</t>
+    <t>Allaha and olsun ki - Allah istəyərsə - mən and içirəm, sonra bundan (and içdiyimdən) daha xeyirlisini gördüyümdə andımın kəffarəsini verirəm və daha xeyirli olanı edirəm”</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي رَهْطٍ مِنَ الأَشْعَرِيِّينَ أَسْتَحْمِلُهُ، فَقَالَ: «وَاللَّهِ لاَ أَحْمِلُكُمْ، مَا عِنْدِي مَا أَحْمِلُكُمْ» ثُمَّ لَبِثْنَا مَا شَاءَ اللَّهُ فَأُتِيَ بِإِبِلٍ، فَأَمَرَ لَنَا بِثَلاَثَةِ ذَوْدٍ، فَلَمَّا انْطَلَقْنَا قَالَ بَعْضُنَا لِبَعْضٍ: لاَ يُبَارِكُ اللَّهُ لَنَا، أَتَيْنَا رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَسْتَحْمِلُهُ فَحَلَفَ أَنْ لاَ يَحْمِلَنَا فَحَمَلَنَا، فَقَالَ أَبُو مُوسَى: فَأَتَيْنَا النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَذَكَرْنَا ذَلِكَ لَهُ، فَقَالَ: «مَا أَنَا حَمَلْتُكُمْ، بَلِ اللَّهُ حَمَلَكُمْ، إِنِّي وَاللَّهِ -إِنْ شَاءَ اللَّهُ- لا أَحْلِفُ عَلَى يَمِينٍ، فَأَرَى غَيْرَهَا خَيْرًا مِنْهَا، إِلَّا كَفَّرْتُ عَنْ يَمِينِي، وَأَتَيْتُ الَّذِي هُوَ خَيْرٌ».</t>
   </si>
   <si>
-    <t>Əbu Musa Əl-Əşaridən (Allah ondan razı olsun) belə rəvayət edilir: Əşari qəbiləsindən bir dəstə ilə Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldim ki, ondan (cihad üçün) minik istəyim. Allah  Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Vallahi sizi apara bilmərəm, sizi aparacaq miniyim yoxdur." Biz Allahın istədiyi qədər qaldıqdan sonra ona dəvələr gəldi və bizə üç dəvə göndərdi. Elə ki, getmək istədikdə bəzilərimiz dedilər: Allah bizə bərəkət verməz, çünki, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına minik üçün getdik, o isə bizi aparmayacağına and içdi. Lakin indi aparır. Əbu Musa dedi: Biz Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldik və bunu ona danışdıq. O, isə dedi: "Sizi döyüşə aparan (buna müvvəfəq edən) Allahdır, mən deyiləm, Allaha and olsun ki-Allah istəyərsə-mən and içirəm, sonra bundan (and içdiyimdən) daha xeyirlisini gördüyümdə andımın kəffarəsini verirəm və daha xeyirli olanı edirəm”.</t>
+    <t>Əbu Musa Əl-Əşaridən (Allah ondan razı olsun) belə rəvayət edilir: Əşari qəbiləsindən bir dəstə ilə Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldim ki, ondan (cihad üçün) minik istəyim. Allah  Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Vallahi sizi apara bilmərəm, sizi aparacaq miniyim yoxdur". Biz Allahın istədiyi qədər qaldıqdan sonra ona dəvələr gəldi və bizə üç dəvə göndərdi. Elə ki, getmək istədikdə bəzilərimiz dedilər: Allah bizə bərəkət verməz, çünki, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına minik üçün getdik, o isə bizi aparmayacağına and içdi. Lakin indi aparır. Əbu Musa dedi: Biz Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldik və bunu ona danışdıq. O, isə dedi: "Sizi döyüşə aparan (buna müvvəfəq edən) Allahdır, mən deyiləm, Allaha and olsun ki - Allah istəyərsə - mən and içirəm, sonra bundan (and içdiyimdən) daha xeyirlisini gördüyümdə andımın kəffarəsini verirəm və daha xeyirli olanı edirəm”.</t>
   </si>
   <si>
     <t>يُخبِرُ أبو موسى الأشعري رضي الله عنه أنه أتى رسولَ الله صلى الله عليه وسلم ومعه جماعة من قبيلته، وكان غرضُهم أنْ يُعطيَهم النبيُّ صلى الله عليه وسلم إبلًا يركبونها؛ للتمكُّن من المشاركة في الجهاد، فأقسم عليه الصلاة والسلام ألّا يَحملَهم، وليس عنده ما يحملُهم عليه، 
 فرجعوا ومَكثوا مدةً ثم جاءت للنبي عليه الصلاة والسلام إبلٌ ثلاث، فأرسل بها إليهم، فقال بعضهم لبعض: لا يبارك الله لنا في هذه الإبل؛ لأنَّ النبي صلى الله عليه وسلم حلف ألّا يحملَنا، فأتوه وسألوه، 
 فقال عليه الصلاة والسلام: الذي حَملَكم هو الله تعالى؛ لأنه الذي وفَّق ورزق، وإنما أنا سببٌ جَرى ذلك على يدي، 
 ثم قال صلى الله عليه وسلم: إني والله إن شاء الله لا أحلف على شيء أنْ أفعلَه أو أن أتركَه، وأرى أنّ غير ذلك المحلوف خيرٌ منه وأفضل، إلّا فعلت الأفضل وتركت المحلوف عليه، وكفَّرت عن يميني.</t>
   </si>
   <si>
-    <t>Əbu Musa Əl-Əşari (Allah ondan razı olsun) xəbər verir ki, o, öz qəbiləsindən bir dəstə ilə Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldi və onların məqsədi cihadda iştirak edə bilmələri üçün Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) onlara minmək üçün  dəvə verməsi idi. Lakin Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) onları aparmayacağına və onlar üçün miniyi olmadığına and içdi. Onlar qayıdıb bir müddət qaldılar, sonra Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun)  üç dəvə gəldi və o, bu dəvələri onların yanına göndərdi və onlardan bəziləri bir-birinə dedilər: Allah bu dəvələri bizim üçün bərəkətli etməz, çünki Peyğəmbər (sallallahu aleyhi və səlləm) bizi aparmayacağına and içdi.
-Bunun üçün onun yanına gedib ondan soruşdular. O (Allahın salavatı və salamı onun üzərinə olsun) isə dedi: Sizi döyüşə aparan Uca Allahdır, çünki müvəffəq edən və ruzi verən Odur, mən sadəcə olaraq bir səbəbəm ki, bu şey mənim əlimlə baş vermişdir. Sonra O (Allahın salavatı və salamı onun üzərinə olsun) dedi: Allaha and olsun ki, mən -inşallah- nə isə etməyə və ya nəyisə tərk etməyə and içib, sonra, başqa bir şeyin bu and içilən şeydən daha xeyirli və fəzilətli olduğunu bilsəm, fəzilətli olanı edib, and içiləni tərk edirəm və andımın kəffarəsini ödəyirəm.</t>
+    <t>Əbu Musa Əl-Əşari (Allah ondan razı olsun) xəbər verir ki, o, öz qəbiləsindən bir dəstə ilə Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldi və onların məqsədi cihadda iştirak edə bilmələri üçün Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) onlara minmək üçün dəvə verməsi idi. Lakin Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) onları aparmayacağına və onlar üçün miniyi olmadığına and içdi. Onlar qayıdıb bir müddət qaldılar, sonra Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) üç dəvə gəldi və o, bu dəvələri onların yanına göndərdi və onlardan bəziləri bir-birinə dedilər: Allah bu dəvələri bizim üçün bərəkətli etməz, çünki Peyğəmbər (sallallahu aleyhi və səlləm) bizi aparmayacağına and içdi.
+Bunun üçün onun yanına gedib ondan soruşdular. O (Allahın salavatı və salamı onun üzərinə olsun) isə dedi: Sizi döyüşə aparan Uca Allahdır, çünki müvəffəq edən və ruzi verən Odur, mən sadəcə olaraq bir səbəbəm ki, bu şey mənim əlimlə baş vermişdir. Sonra o (Allahın salavatı və salamı onun üzərinə olsun) dedi: Allaha and olsun ki, mən - inşallah - nə isə etməyə və ya nəyisə tərk etməyə and içib, sonra, başqa bir şeyin bu and içilən şeydən daha xeyirli və fəzilətli olduğunu bilsəm, fəzilətli olanı edib, and içiləni tərk edirəm və andımın kəffarəsini ödəyirəm.</t>
   </si>
   <si>
     <t>جواز الحَلِفِ من غير اسْتحلافٍ؛ لِتَأْكيد الخبر ولو كان مُسْتَقْبَلًا.
 جواز الاستثناء بقولِه "إن شاء الله "بعد اليمين، وأنّ الاستثناء إذا نوي مع اليمين، وكان متصلًا بها فلا يجب على من حنث بيمينه كفارة.
 الترغيب في مخالفة اليمين إذا رأى غيرها خيرًا منها، ويكفِّر عن يمينه.</t>
   </si>
   <si>
     <t>And içmək tələb edilməsə də, hətta gələcəklə əlaqəli olsa da belə, xəbəri dəqiqləşdirmək üçün insanın özünün and içməsi icazəlidir.
 And içdikdən sonra “İnşallah” deməklə istisna etmək icazəlidir. Və əgər istisna and ilə birlikdə niyyət edilibsə və ona bitişik olubsa, andını pozan kəs üçün kəffarə vermək vacib deyil.
-Bir kəs başqa şeyin and içdiyi şeydən daha xeyirli olduğunu bilərsə, andını pozmağı daha yaxşıdır və andını pozduğuna görə də kəffarə verir .</t>
+Bir kəs başqa şeyin and içdiyi şeydən daha xeyirli olduğunu bilərsə, andını pozmağı daha yaxşıdır və andını pozduğuna görə də kəffarə verir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2961</t>
   </si>
   <si>
     <t>أول ما يقضى بين الناس يوم القيامة في الدماء</t>
   </si>
   <si>
     <t>Qiyamət günü insanlar arasında ilk mühakimə olunacaq məsələ qantökmə məsələsi olacaq</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ».</t>
   </si>
   <si>
-    <t>Abdullah bin Məsuddan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: "Qiyamət günü insanlar arasında ilk mühakimə olunacaq məsələ qantökmə məsələsi olacaq."</t>
+    <t>Abdullah bin Məsuddan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: "Qiyamət günü insanlar arasında ilk mühakimə olunacaq məsələ qantökmə məsələsi olacaq".</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنَّ أوَّلَ ما يُحْكَمُ بين الناس في ظُلمِ بعضِهم بعضًا يومَ القيامة: في الدماء، كالقتل والجروح.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) qeyd etdi ki, Qiyamət günü bir-birilərinə zülm edən insanlar arasında ilk veriləcək hökm, qətl və yaralamaq kimi qantökmə məsələsində olacaq.</t>
   </si>
   <si>
     <t>عِظَمُ أمر الدِّماء، فإنَّ البَدَاءةَ تكونُ بالأهم.
 الذنوب تَعْظُمُ بحسب عِظَمِ المَفسدة الواقعة بها، وإزهاق الأنفس البريئة من أعظم المفاسد ولا أعظم منها إلا الكفر والشرك بالله تعالى.</t>
   </si>
   <si>
     <t>Qan axıtmağın əzəmətli iş olması, çünki bir şeyə ən mühüm məsələlərlə başlanılır.
 Günahlar törədilən fəsadın ciddiliyinə görə böyüyür, sözsüz ki, günahsız insanların canını almaq ən böyük fəsadlardan biridir, bundan da ən əzəmətli fəsad isə Allah Təalaya küfr etmək və şərik qoşmaqdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2962</t>
   </si>
   <si>
     <t>من قاتل لتكون كلمة الله هي العليا، فهو في سبيل الله</t>
   </si>
   <si>
     <t>Kim Allahın sözünün ən uca olması üçün vuruşarsa, məhz o, Allah yolundadır</t>
   </si>
   <si>
@@ -490,79 +491,79 @@
     <t>ضحى النبي صلى الله عليه وسلم بكبشين أملحين أقرنين، ذبحهما بيده، وسمى وكبر، ووضع رجله على صفاحهما</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) əli ilə ağ-qara buynuzlu iki qoç qurban kəsdi və "Bismilləh, Allahu Əkbər!" dedi və ayağını onların boynuna qoydu</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضيَ اللهُ عنهُ قَالَ: ضَحَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِكَبْشَيْنِ أَمْلَحَيْنِ أَقْرَنَيْنِ، ذَبَحَهُمَا بِيَدِهِ، وَسَمَّى وَكَبَّرَ، وَوَضَعَ رِجْلَهُ عَلَى صِفَاحِهِمَا.</t>
   </si>
   <si>
     <t>Ənəsdən (Allah ondan razı olsun) rəvayət edildiyinə görə belə dedi: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) əli ilə ağ-qara buynuzlu iki qoç qurban kəsdi və "Bismilləh, Allahu Əkbər!" dedi və ayağını onların boynuna qoydu.</t>
   </si>
   <si>
     <t>أَخْبَرَ أنسٌ رضي الله عنه أن النبي صلى الله عليه وسلم ذَبَحَ بيده يومَ عيدِ الأضحى مِن ذُكور الضَّأْنِ كَبشَيْنِ ذات قرون أبيضين يخالطهما السواد، وقال: باسم الله والله أكبر، ووضع رجلَه على عُنقِها.</t>
   </si>
   <si>
     <t>Ənəs (Allah ondan razı olsun) xəbər verir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) qurban bayramı günündə əli ilə ağ-qara  buynuzlu iki qoç kəsdi və dedi: "Bismilləh, Allahu Əkbər!" və ayağını onun boynuna qoydu.</t>
   </si>
   <si>
     <t>مشروعية الأضحية، وقد أجمع عليها المسلمون.
 الأفضل أن تكون الأضحية من هذا النوع الذي ضحَّى به النبي صلى الله عليه وسلم؛ لِحُسْن منظرِه ولكون شحمه ولحمه أطيب.
 قال النووي: فيه أنه يستحب أن يتولَّى الإنسانُ ذبحَ أضحيتِه بنفسِه، ولا يُوكِّل في ذبحِها إلا لعذر، وحينئذ يُستحب أن يَشْهَدَ ذَبْحَها، وإن استناب فيها مسلمًا جاز بلا خلاف.
 قال ابن حجر: وفيه استحباب التكبير مع التسمية عند الذبح واستحباب وضع الرِّجْل على صَفْحَةِ عُنُقِ الأضحية الأيمن، واتفقوا على أن إضجاعها يكون على الجانب الأيسر فيضع رجله على الجانب الأيمن ليكون أسهل على الذابح في أخذ السكين باليمين وإمساك رأسها بيده اليسار.
 استحباب الأضحية بالأقرن ويجوز بغيره.</t>
   </si>
   <si>
-    <t>Qurban kəsməyin məşru(İslam şəriətindən) olması və müsəlmanlar bunun üzərində ittifaq etmişlər.
+    <t>Qurban kəsməyin məşru (İslam şəriətindən) olması və müsəlmanlar bunun üzərində ittifaq etmişlər.
 Gözəl görkəminə, piyi və əti daha yaxşı olduğuna görə qurbanlığın Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) kəsdiyi cinsdən olması daha yaxşıdır.
-Nəvəvi demişdir: “Bu hədisdə insanın öz qurbanını şəxsən özü kəsməsinin müstəhəb olduğu bildirilir. Üzrlü səbəb olmadan qurbanı başqasına kəsməyə həvalə etməməlidir. Lakin zərurət olduqda başqasına tapşırarsa, bu zaman onun kəsilməsində iştirak etməsi (yəni: orada olması) müstəhəbdir. Əgər bu işi bir müsəlmana həvalə etsə, bu ixtilaf olmadan icazəlidir”.
-İbn Həcər demişdir: “Bu hədisdə qurban kəsərkən: "Bismilləh" və “Allahu Əkbər” deməyin və həmçinin ayağını qurbanın boynunun sağ tərəfinə qoymağın müstəhəbliyinə işarə vardır. Alimlər yekdilliklə bildirmişlər ki, heyvan sol tərəfi üstə uzadılmalıdır, kəsən şəxs isə sağ ayağını heyvanın sağ tərəfinə qoymalıdır ki, sağ əli ilə bıçağı tutmaq, sol əli ilə də başını saxlamaq daha asan olsun”.
+İmam Nəvəvi demişdir: “Bu hədisdə insanın öz qurbanını şəxsən özü kəsməsinin müstəhəb olduğu bildirilir. Üzrlü səbəb olmadan qurbanı başqasına kəsməyə həvalə etməməlidir. Lakin zərurət olduqda başqasına tapşırarsa, bu zaman onun kəsilməsində iştirak etməsi (yəni: orada olması) müstəhəbdir. Əgər bu işi bir müsəlmana həvalə etsə, bu ixtilaf olmadan icazəlidir”.
+İmam İbn Həcər demişdir: “Bu hədisdə qurban kəsərkən: "Bismilləh" və “Allahu Əkbər” deməyin və həmçinin ayağını qurbanın boynunun sağ tərəfinə qoymağın müstəhəbliyinə işarə vardır. Alimlər yekdilliklə bildirmişlər ki, heyvan sol tərəfi üstə uzadılmalıdır, kəsən şəxs isə sağ ayağını heyvanın sağ tərəfinə qoymalıdır ki, sağ əli ilə bıçağı tutmaq, sol əli ilə də başını saxlamaq daha asan olsun”.
 Buynuzlu heyvanın qurban kəsilməsi müstəhəbbdir, lakin başqası da icazəlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2971</t>
   </si>
   <si>
     <t>لا تلبسوا الحرير ولا الديباج، ولا تشربوا في آنية الذهب والفضة، ولا تأكلوا في صحافها، فإنها لهم في الدنيا ولنا في الآخرة</t>
   </si>
   <si>
     <t>İpək və atlaz geyinməyin, qızıl və gümüş qablardan içməyin və onlardan hazırlanmış qablarda yemək yeməyin, çünki bunlar dünyada onlar (kafirlər) üçün, axirətdə isə bizim üçündür”</t>
   </si>
   <si>
     <t>عَن عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى أَنَّهُمْ كَانُوا عِنْدَ حُذَيْفَةَ، فَاسْتَسْقَى فَسَقَاهُ مَجُوسِيٌّ، فَلَمَّا وَضَعَ القَدَحَ فِي يَدِهِ رَمَاهُ بِهِ، وَقَالَ: لَوْلاَ أَنِّي نَهَيْتُهُ غَيْرَ مَرَّةٍ وَلاَ مَرَّتَيْنِ -كَأَنَّهُ يَقُولُ: لَمْ أَفْعَلْ هَذَا-، وَلَكِنِّي سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ».</t>
   </si>
   <si>
-    <t>Abdurrəhman bin Əbi Leylədən rəvayət edildiyinə  görə, onlar Huzeyfənin (Allah ondan razı olsun) yanında idilər və o, su istədi və bir məcusi ona içməyə bir şey verdi və məcusi fincanı onun əlinə qoyduqda, Huzeyfə onu məcusinin üstünə atıb dedi: Əgər onu dəfələrlə qadağan etməsəydim-Sanki demək istəyirdi ki: Mən bu cür etməzdim- lakin mən Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: İpək və atlaz geyinməyin, qızıl və gümüş qablardan içməyin və onlardan hazırlanmış qablarda yemək yeməyin, çünki bunlar dünyada onlar (kafirlər) üçün, axirətdə isə bizim üçündür”.</t>
+    <t>Abdurrəhman bin Əbi Leylədən rəvayət edildiyinə görə, onlar Huzeyfənin (Allah ondan razı olsun) yanında idilər və o, su istədi və bir məcusi ona içməyə bir şey verdi və məcusi fincanı onun əlinə qoyduqda, Huzeyfə onu məcusinin üstünə atıb dedi: əgər onu dəfələrlə qadağan etməsəydim - sanki demək istəyirdi ki: Mən bu cür etməzdim - lakin mən Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "İpək və atlaz geyinməyin, qızıl və gümüş qablardan içməyin və onlardan hazırlanmış qablarda yemək yeməyin, çünki bunlar dünyada onlar (kafirlər) üçün, axirətdə isə bizim üçündür”.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الرجالَ عن لُبس الحرير بأنواعه. 
 ونهى الرجالَ والنساءَ عن الأكل والشرب في آنية وأوعية الذهب والفضة. 
 وأخبر بأنها خالصة للمؤمنين يوم القيامة؛ لأنهم اجتنبوها في الدنيا طاعة لله، 
 وأما الكفار فليست لهم في الآخرة؛ لأنهم تعجَّلوا طيباتِهم في حياتهم الدنيا باتخاذهم لها، ومعصيتهم أمر الله.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) kişilərə ipəyin istənilən növünü geyinməyi qadağan etmişdir. Həmçinin kişilərə və qadınlara qızıl və gümüş qablardan yemək və içməyi qadağan etmişdir. Və xəbər vermişdir ki, bunlar Qiyamət günü yalnız möminlərə aid olacaq. Çünki möminlər dünyada ikən Allaha itaət etdikləri üçün bu şeylərdən uzaq dururdular. Kafirlərə gəlincə, bu şeylər axirətdə onlara aid olmayacaq. Çünki onlar bu gözəlliklərdən  istifadə etməklə və Allahın əmrinə  asi olmaqla dünya həyatında onu əldə etməkdə tələsdilər.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) kişilərə ipəyin istənilən növünü geyinməyi qadağan etmişdir. Həmçinin kişilərə və qadınlara qızıl və gümüş qablardan yemək və içməyi qadağan etmişdir. Və xəbər vermişdir ki, bunlar Qiyamət günü yalnız möminlərə aid olacaq. Çünki möminlər dünyada ikən Allaha itaət etdikləri üçün bu şeylərdən uzaq dururdular. Kafirlərə gəlincə, bu şeylər axirətdə onlara aid olmayacaq. Çünki onlar bu gözəlliklərdən istifadə etməklə və Allahın əmrinə asi olmaqla dünya həyatında onu əldə etməkdə tələsdilər.</t>
   </si>
   <si>
     <t>تحريم لبس الحرير والديباج على الذكور، والوعيد الشديد على مَن لَبِسه.
 يباح للنساء لبسُ الحرير والديباج.
 تحريم الأكل والشرب في صحاف الذهب والفضة وآنيتهما على الذكور والإناث.
 تغليظ حذيفة رضي الله عنه في الإنكار، وعلل ذلك بأنَّه نهاه أكثَرَ مِن مَرَّةٍ عن استعمالِ آنِيَةِ الذَّهَبِ والفِضَّةِ، لكنَّه لَمَّا لم يَنْتَهِ.</t>
   </si>
   <si>
     <t>Kişilərə ipək və atlaz geyinmək qadağan edilmişdir və onları geyinənlərə şiddətli təhdid vardır.
 Qadınlara ipək və atlaz geyinmək icazəlidir.
 Kişi və qadınlara qızıl və gümüş qablarda yemək və içməyin qadağan edilməsi.
 Huzeyfə (Allah ondan razı olsun) inkarında sərt idi və bunu, həmin adamı dəfələrlə qızıl və gümüş qablardan istifadə etməkdən çəkindirməsi, lakin onun hələ də buna son qoymamağı ilə izah etdi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/2985</t>
   </si>
   <si>
     <t>من لبس الحرير في الدنيا لم يلبسه في الآخرة</t>
   </si>
   <si>
     <t>Dünyada ipək geyinən, axirətdə onu geyinməyəcək</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ».</t>
   </si>
@@ -655,51 +656,51 @@
   </si>
   <si>
     <t>Müaviyənin (Allah ondan razı olsun) fəziləti və elmi yaymaqda Allah Rəsulunu (Allahın salavatı və salamı onun üzərinə olsun) örnək almasına olan hərisliyi.
 Yalanda ittiham etmədən, xəbərin əhəmiyyətini vurğulamaq üçün  and içdirməyin icazəli olması.
 Zikr və elm məclislərinin fəziləti və Allahın bu məclisləri sevməsi və mələklər qarşısında onunla (məclisin iştirakçıları ilə) öyünməsi.</t>
   </si>
   <si>
     <t>رواه مسلم</t>
   </si>
   <si>
     <t>[Muslim rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3007</t>
   </si>
   <si>
     <t>إنهما ليعذبان، وما يعذبان في كبير، أما أحدهما فكان لا يستتر من البول، وأما الآخر فكان يمشي بالنميمة</t>
   </si>
   <si>
     <t>“Bu qəbirdəkilər əzab çəkirlər, əzabları isə böyük günahlarına görə deyil. Qəbirdəkilərdən birinə sidikdən qorunmadığına görə, digərinə isə insanlar arasında söz gəzdirdiyinə görə əzab verilir</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: مَرَّ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِقَبْرَيْنِ، فَقَالَ: «إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ» ثُمَّ أَخَذَ جَرِيدَةً رَطْبَةً، فَشَقَّهَا نِصْفَيْنِ، فَغَرَزَ فِي كُلِّ قَبْرٍ وَاحِدَةً، قَالُوا: يَا رَسُولَ اللَّهِ، لِمَ فَعَلْتَ هَذَا؟ قَالَ: «لَعَلَّهُ يُخَفِّفُ عَنْهُمَا مَا لَمْ يَيْبَسَا».</t>
   </si>
   <si>
-    <t>İbn Abbasdan (Allah ondan və atsından razı olsun) belə dediyi rəvayət edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) iki qəbrin yanından keçərkən belə dedi: "“Bu qəbirdəkilər əzab çəkirlər, əzabları isə böyük günahlarına görə deyil. Qəbirdəkilərdən birinə sidikdən qorunmadığına görə, digərinə isə insanlar arasında söz gəzdirdiyinə görə əzab verilir” Sonra yaş bir xurma budağı götürüb, iki yarıya böldü və hər qəbirə birini basdırdı. Soruşdular ki: “Ey Allahın Rəsulu, niyə belə etdin? Buyurdu ki: “Ümid edirəm ki, bu budaqlar yaş qaldıqca onların da əzabı yüngülləşər”.</t>
+    <t>İbn Abbasdan (Allah ondan və atsından razı olsun) belə dediyi rəvayət edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) iki qəbrin yanından keçərkən belə dedi: “Bu qəbirdəkilər əzab çəkirlər, əzabları isə böyük günahlarına görə deyil. Qəbirdəkilərdən birinə sidikdən qorunmadığına görə, digərinə isə insanlar arasında söz gəzdirdiyinə görə əzab verilir. Sonra yaş bir xurma budağı götürüb, iki yarıya böldü və hər qəbirə birini basdırdı. Soruşdular ki: “Ey Allahın Rəsulu, niyə belə etdin? Buyurdu ki: “Ümid edirəm ki, bu budaqlar yaş qaldıqca onların da əzabı yüngülləşər”.</t>
   </si>
   <si>
     <t>مَرَّ النبيُّ صلى الله عليه وسلم بقبرين فقال: 
 إنَّ صاحبَي هذين القبرين لَيُعذّبان؛ وما يعذبان في أمر كبير في نظركم، وإن كان كبيرًا عند الله، 
 أمّا أحدُهما فكان لا يَهتَمُّ بحفظ جَسَدِه وثيابِه مِن البول حين يَقْضي حاجتَه، 
 والآخَرُ كان يمشي بالنميمة بين الناس، فيَنْقُلُ كلامَ غيرِه بقصد الإضرار وإيقاع الخلاف والوقيعة بين الناس.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) iki qəbrin yanından keçərkən belə dedi: Bu iki qəbrin sahibinə əzab verilir; bu əzab onlar üçün sizin nəzərinizə görə böyük bir məsələdə olmasa da , Allah qatında o böyükdür. Onlardan biri, ehtiyacını ödəyərkən bədənini və paltarını sidikdən qorumağa önəm verməzdi. Digəri isə insanlar arasında söz gəzirməklə məşğul idi, zərər vermək və insanlar arasında ixtilaf və çəkişmə salmaq məqsədiylə başqasının sözünü nəql edirdi.</t>
   </si>
   <si>
     <t>النميمةُ وتركُ التنزُّهِ مِن البول مِن كبائر الذنوب ومِن أسباب عذاب القبر.
 كَشف الله سبحانه بعض المغيبات -كعذاب القبر- إظهارًا لعلامة نبوتِهِ صلى الله عليه وسلم.
 هذا الفعلُ مِن شَقِّ الجريدتين ووضعِها على القبر خاصٌّ بالنبي صلى الله عليه وسلم؛ لأن الله أطْلَعَه على حالِ صاحبَي القبر، فلا يقاس غيره به لأنه لا أحد يعلم أحوال أصحاب القبور.</t>
   </si>
   <si>
     <t>Söz gəzdirmək və sidikdən təmizlənməmək böyük günahlardandır və qəbir əzabının səbəblərindəndir.
 Pak olan Allah qəbir əzabı kimi bəzi qeybi məsələləri, Allah Elçisinin (Allahın salavatı və salamı onun üzərinə olsun) peyğəmbərliyinin əlamət olaraq izhar edir.
 İki xurma budağını kəsib qəbrin üstünə qoymaq kimi bu əməl Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) xasdır. Çünki Allah Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) qəbirdəki iki insanın halından xəbər verib, ona görə də heç kəs onunla müqayisə oluna bilməz, çünki qəbirdəki insanların halını heç kim bilmir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3010</t>
   </si>
   <si>
     <t>إذا سمعتم النداء، فقولوا مثل ما يقول المؤذن</t>
@@ -714,251 +715,251 @@
     <t>Əbi Səid Əl-Xudridən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: " Azanı eşitdikdə müəzzinin dediklərini təkrar edin".</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على إجابة المؤذِّن عند سماعه، وذلك بأنْ نقولَ مثل ما يقول، جُملةً بجملة، 
 فحينما يُكَبِّرُ نُكَبِّرُ بعدَه، وحينما يأتي بالشهادتين، نأتي بهما بعده، 
 ويستثنى لفظ: (حي على الصلاة، حي على الفلاح) فإنه يُقال بعدهما: لا حول ولا قوة إلا بالله.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) müəzzini eşidərkən ona cavab verməyə təşviq etmişdir. Bu müəzzinin dediyinin ardınca cümlə cümlə təkrarlamağımızdir. Müəzzin təkbir edib Allahu əkbər dedikdə, biz də onun ardınca Allahu Əkbər deyirik, şəhadət kəliməsini söylədikdə ardınca biz də şəhadət kəliməsini söyləyirik. (Həyyə aləssaləh (Namaza tələsin), həyyə aləlfələh (nicata tələsin)) kəlmələri istisnadır: Bunlardan sonra: Allahdan başqa heç bir qüdrət və güc sahibi yoxdur" deyilməlidir.</t>
   </si>
   <si>
     <t>يتابع المؤذن الثاني بعد انتهاء الأول، وإنْ تعدَّد المؤذنون؛ لعموم الحديث.
 يُجيبُ المُؤذِّنَ في كلِّ أحوالِه، إنْ لم يكن في خَلاءٍ أو على حاجتِهِ.</t>
   </si>
   <si>
     <t>Hədisin ümumi mənasına görə, bir neçə müəzzin olsa, birinci müəzzin bitirdikdən sonra ikinci müəzzinin ardınca təkrarlamaq məqsədə uyğundur.
 Ayaqyolunda və  təbii ehtiyacı ödəmək istisna olmaqla, müəzzinə hər bir halda cavab verir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3013</t>
   </si>
   <si>
     <t>دعهما، فإني أدخلتهما طاهرتين</t>
   </si>
   <si>
-    <t>Onları çıxarma, çünki mən təharətli(dəstəmazlı) olarkən onları geymişəm</t>
+    <t>Onları çıxarma, çünki mən təharətli (dəstəmazlı) olarkən onları geymişəm</t>
   </si>
   <si>
     <t>عَنْ المُغِيرَةِ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَهْوَيْتُ لِأَنْزِعَ خُفَّيْهِ، فَقَالَ: «دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ» فَمَسَحَ عَلَيْهِمَا.</t>
   </si>
   <si>
-    <t>Muğiradan (Allah ondan razı olsun) belə dediyi rəvayət edilir: Peyğəmbərlə (Allahın salavatı və salamı onun üzərinə olsun) səfərlərdən birində idim, (o dəstəmaz alarkən) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) (ayağını yuması üçün onun ayağındakı) xuflarını çıxartmaq üçün əllərimi uzatdım, bu zaman belə dedi:Onları çıxarma, çünki mən təharətli(dəstəmazlı) olarkən onları geymişəm". Sonra onlara məsh çəkdi.</t>
+    <t>Muğiradan (Allah ondan razı olsun) belə dediyi rəvayət edilir: Peyğəmbərlə (Allahın salavatı və salamı onun üzərinə olsun) səfərlərdən birində idim, (o dəstəmaz alarkən) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) (ayağını yuması üçün onun ayağındakı) xuflarını çıxartmaq üçün əllərimi uzatdım, bu zaman belə dedi: "Onları çıxarma, çünki mən təharətli (dəstəmazlı) olarkən onları geymişəm". Sonra onlara məsh çəkdi.</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم في أَحَدِ أسفارِه فتوضأ، 
 فلما بلغ غسل الرجلين مَدَّ المغيرةُ بن شعبة رضي الله عنه يديه لِنَزْعِ ما كان على قَدَمِ النبيِّ صلى الله عليه وسلم مِن خُفٍّ لغسل رجليه! 
 فقال النبي صلى الله عليه وسلم: اتركهما ولا تنزعهما، فإني أدخلت رِجْلَيَّ في الخُفين وأنا على طهارة، 
 فمسح النبي صلى الله عليه وسلم على خفيه بَدل غسل رجليه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) səfərlərdən birində idi və dəstəmaz aldı. Ayaqların yumasına çatdıqda, Muğirə bin Şubə (Allah ondan razı olsun) əllərini uzadaraq,  Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ayağını yumaq üçün onun ayağındakı xufları çıxartmaq istədi. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ona belə buyurdu: Onları çıxarma, çünki, mən təharətli (dəstəmazlı) olarkən onları geymişəm. Beləliklə, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ayaqlarını yumaq əvəzinə xuflarına məsh çəkdi.</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين يكون عند الوضوء من حَدَثٍ أصغر، وأما الاغتسال للحدث الأكبر فلابد من غسل القدمين.
 المسح يكون مرة واحدة بإمرار اليد مبلولة على أعلى الخف دون أسفله.
 يشترط للمسح على الخفين أن يكون لبسهما بعد وضوء تامٍّ غَسَلَ فيه قدميه بالماء، وأن يكون الخف طاهرًا، ساترًا لمحل الفرض من القدم، وأنْ يكون مسحهما في الحَدَث الأصغر لا في الجنابة أو ما يوجب الغُسل، وأنْ يكون المسح في الوقت المحدَّد شرعًا وهو يومٌ وليلةٌ للمُقيم وثلاثة أيام بلياليها للمسافر.
 يقاس على الخفين كل ما يستر الرجلين من الجوارب وغيرها، فيجوز المسح عليها.
 حسن خلق النبي صلى الله عليه وسلم وتعليمه، حيث منع المغيرة من خلعهما، وبيَّن له السبب: أنه أدخلهما طاهرتين؛ لتطمئن نفسه، ويعرف الحكم.</t>
   </si>
   <si>
     <t>Dəstəmazı gərəkdirən amillərdən dəstəmaz alarkən xufların  üzərinə məsh çəkməyə izn verilməsi, lakin qüsl tələb olunan hallarda ayaqları yumaq vacibdir.
 Məsh, yaş əli bir dəfə xufların altına deyil, üstünə sürtməklə olur.
 Xoflar üzərinə məsh çəkmək üçün şərt, ayaqları su ilə yuyub dəstəmazı tam bitirdikdən sonra geyinmək, həmçinin xufların pak olması, ayağdakı yuyulması vacib olan hissələrini örtməsidir. Həmçinin sidik və nəcis ifrazından sonra xuflara məsh etmək icazəlidir, lakin cənabəti və ya qüslü vacib edən halları aradan qaldırmaq üçün bədənin hər yeri yuyulmalıdır. Məsh çəkmək üçün digər bir şərt isə şəriətin müəyyən etdiyi müddətdir - yəni səfərdə olmayan şəxslər üçün bir gün, bir gecə, səfərdə olanlar üçün isə üç gün, üç gecədir.
 Ayaqları örtən corab və ya buna bənzər şeylər də xuflara qiyas edilərək onlara da məsh çəkilir.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) gözəl əxlaqı və təlimi, belə ki, Muğiranı xufları çıxarmağa qoymadı və narahat olmasın deyə və bu əhkamı bilsin deyə bildirdi ki, onları dəstəmaz aldıqdan sonra geyinib.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3014</t>
   </si>
   <si>
     <t>إذا أحب الرجل أخاه فليخبره أنه يحبه</t>
   </si>
   <si>
     <t>Əgər biriniz qardaşını (Allah üçün) sevərsə, ona, sevdiyini söyləsin</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
-    <t>Miqdəm bin Maədi Kəribdən -Allah ondan razı olsun- rəvayət edilir ki, Peyğəmbər -salləllahu aleyhi va səlləm- belə demişdir: "Əgər biriniz qardaşını (Allah üçün) sevərsə, ona, sevdiyini söyləsin".</t>
+    <t>Miqdəm bin Maədi Kəribdən - Allah ondan razı olsun - rəvayət edilir ki, Peyğəmbər - salləllahu aleyhi va səlləm - belə demişdir: "Əgər biriniz qardaşını (Allah üçün) sevərsə, ona, sevdiyini söyləsin".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
-    <t>Peyğəmbər -salləllahu aleyhi va səlləm- bu hədisdə, möminlər arasında əlaqəni gücləndirən və onlar arasında bir-birlərinə qarşı sevgini yayan səbəblərdən birini bəyan etmişdir.Əgər kimsə bir mömin qardaşını (Allah üçün) sevərsə, ona, sevdiyini xəbər verməlidir.</t>
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - bu hədisdə, möminlər arasında əlaqəni gücləndirən və onlar arasında bir-birlərinə qarşı sevgini yayan səbəblərdən birini bəyan etmişdir. Əgər kimsə bir mömin qardaşını (Allah üçün) sevərsə, ona, sevdiyini xəbər verməlidir.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Dünya mənfəəti üçün deyil, Uca Allah üçün olan xalis sevginin fəziləti.
 Möminlər arasında məhəbbət və dostluğun daha da artması üçün sevdiyi insana, onu, Allah üçün sevdiyini xəbər vermənin müstəhəb olması.
 Möminlər arasında bir-birinə qarşı sevginin yayılması iman qardaşlığını gücləndirir və cəmiyyəti parçalanmaq və təfriqəyə düşməkdən qoruyur.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Əbu Davud, Ət-Tirmizi, Ən-Nəsai Əl-Kubrada,Əhməd rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3017</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يعجبه التيمن، في تنعله، وترجله، وطهوره، وفي شأنه كله</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ayaqqabısını geyindiyi, saçlarını daradığı, təmizləndiyi zaman və bütün işlərində sağla başlamağı sevərdi</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ.</t>
   </si>
   <si>
-    <t>Möminlərin anası Aişədən (Allah ondan razı olsun) rəvayət edilir ki, o belə demişdir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ayaqqabısını geyindiyi, saçlarını daradığı, təmizləndiyi zaman və bütün işlərində sağla başlamağı sevərdi.</t>
+    <t>Möminlərin anası Aişədən (Allah ondan razı olsun) rəvayət edilir ki, o belə demişdir: "Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ayaqqabısını geyindiyi, saçlarını daradığı, təmizləndiyi zaman və bütün işlərində sağla başlamağı sevərdi".</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
 أن يبدأ بالرِّجْل اليمين في لبس نعله، ويبدأ باليمين في ترجيل شعر رأسه ولحيته وتسريحِهما ودَهنِهما، وفي وضوئه يقدِّم اليمين على اليسار من اليدين والرجلين.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) şərəfli işlərdə sağla başlamağı xoşlayar və üstün tutardı, o cümlədən: ayaqqabısını geyinməyə sağ ayaqla başlayır, saç və saqqallara baxım, daramaq və yağlamaqda sağla başlayır, dəstəmazda isə sağ əli və ayağı soldan əvvəl yuyardı.</t>
   </si>
   <si>
     <t>قال النووي: هذه قاعدة مستمرة في الشرع، وهي أنَّ ما كان من باب التكريم والتشريف كلبس الثوب والسراويل والخُفِّ ودُخول المسجد والسواك والاكتحال، وتقليم الأظفار، وقص الشارب، وتَرْجِيْل الشَّعَرِ وهو مَشْطُه، ونتف الإبط، وحلق الرأس، والسلام من الصلاة، وغسل أعضاء الطهارة، والخروج من الخلاء، والأكل والشرب، والمصافحة، واستلام الحجر الأسود، وغير ذلك مما هو في معناه يستحب التيامن فيه، وأما ما كان بضده كدخول الخلاء والخروج من المسجد والامتخاط والاستنجاء وخلع الثوب والسراويل والخف وما أشبه ذلك، فيستحب التياسر فيه، وذلك كله بكرامة اليمين وشرفها.
 "يعجبه التيمن"، يشمل: الابتداء في الأفعال باليد اليمنى، والرجل اليمنى، والجانب الأيمن،  وتعاطي الشيء باليمين.
 قال النووي: اعلم أن من أعضاء الوضوء ما لا يستحب فيه التيامن؛ وهو الأذنان والكفان والخدان بل يُطَهَّران دفعة واحدة، فإن تعذَّر ذلك كما في حق الأقطع ونحوه؛ قَدَّمَ اليمين.</t>
   </si>
   <si>
-    <t>Nəvəvi demişdir: Bu  şəriətdə davamlı olan bir qaydadır ki, o da budur: (şəriətdə) hörmətli və şərəfli hesab edilən əməllərdə - paltar, şalvar və xuf geyinmək, məscidə girmək, misvaklanmaq, sürmə sürtmək, dırnaqları kəsmək  və bığları qısaltmaq, saçı daramaq, qoltuqaltı tükləri yolmaq, baş qırxmaq, namazın sonunda salam vermək və təharət əzalarını yumaq və tualetdən çıxmaq, yemək-içmək, əl sıxmaq, qara daşa toxunmaq və bu mənada olan digər  əməllərdə sağla başlamaq müstəhəbdir (bəyənilədir). Lakin bunun əksi olan şeylərə gəlincə, məsələn, tualetə girmək, məsciddən çıxmaq, burnu  təmizləmək,  ayaqyolundan çıxdıqdan sonra təmizlənmək, paltar, şalvar, corabı soyunmaq və buna bənzər şeyləri solla etmək müstəhəbdir. Bütün bunlar isə sağ tərəfin hörməti və şərəfinə görədir.
+    <t>Nəvəvi demişdir: "Bu  şəriətdə davamlı olan bir qaydadır ki, o da budur: (şəriətdə) hörmətli və şərəfli hesab edilən əməllərdə - paltar, şalvar və xuf geyinmək, məscidə girmək, misvaklanmaq, sürmə sürtmək, dırnaqları kəsmək  və bığları qısaltmaq, saçı daramaq, qoltuqaltı tükləri yolmaq, baş qırxmaq, namazın sonunda salam vermək və təharət əzalarını yumaq və tualetdən çıxmaq, yemək-içmək, əl sıxmaq, qara daşa toxunmaq və bu mənada olan digər  əməllərdə sağla başlamaq müstəhəbdir (bəyənilədir). Lakin bunun əksi olan şeylərə gəlincə, məsələn, tualetə girmək, məsciddən çıxmaq, burnu təmizləmək,  ayaqyolundan çıxdıqdan sonra təmizlənmək, paltar, şalvar, corabı soyunmaq və buna bənzər şeyləri solla etmək müstəhəbdir. Bütün bunlar isə sağ tərəfin hörməti və şərəfinə görədir".
 "O, sağla başlamağı sevir" sözü: hərəkətlərə sağ əllə, sağ ayaqla, sağ tərəflə  başlamaq və işləri sağ əllə görmək kimi əməlləri əhatə edir.
-Nəvəvi demişdir: “Bil ki, dəstəmaz əzaları arasında elələri var ki, orada sağla başlamaq müstəhəb deyil; Bunlar qulaqlar, əllər və yanaqlardır ki, onlar bir anda yuyulur. Lakin, bədən üzvlərində kəsikliyi olan və bənzəri şəxslərdə bu çətinlik yaradarsa, sağ tərəfdən başlayır.</t>
+Nəvəvi demişdir: “Bil ki, dəstəmaz əzaları arasında elələri var ki, orada sağla başlamaq müstəhəb deyil; Bunlar qulaqlar, əllər və yanaqlardır ki, onlar bir anda yuyulur. Lakin, bədən üzvlərində kəsikliyi olan və bənzəri şəxslərdə bu çətinlik yaradarsa, sağ tərəfdən başlayır".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3018</t>
   </si>
   <si>
     <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
   </si>
   <si>
     <t>bu qanaxmadır, sadəcə sənin bildiyin heyz günlərinin müddətində namazı tərk et, (bu müddətdən) sonra isə qüsl al və namaz qıl</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها أَنَّ فَاطِمَةَ بِنْتَ أَبِي حُبَيْشٍ سَأَلَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَتْ: إِنِّي أُسْتَحَاضُ فَلاَ أَطْهُرُ، أَفَأَدَعُ الصَّلاَةَ؟ فَقَالَ: «لَا، إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي».</t>
   </si>
   <si>
-    <t>Möminlərin anası Aişədən (Allah ondan razı olsun) rəvayət edilir ki,  Fatimə bint Əbi Hubeyş Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) belə soruşdu: "Mən davamlı olaraq heyz oluram, (həmin müddətdə) namazı tərk edimmi? Cavab verdi: Xeyr, bu qanaxmadır, sadəcə sənin bildiyin heyz günlərinin müddətində namazı tərk et, (bu müddətdən) sonra isə qüsl al və namaz qıl."</t>
+    <t>Möminlərin anası Aişədən (Allah ondan razı olsun) rəvayət edilir ki,  Fatimə bint Əbi Hubeyş Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) belə soruşdu: "Mən davamlı olaraq heyz oluram, (həmin müddətdə) namazı tərk edimmi?". Cavab verdi: "Xeyr, bu qanaxmadır, sadəcə sənin bildiyin heyz günlərinin müddətində namazı tərk et, (bu müddətdən) sonra isə qüsl al və namaz qıl".</t>
   </si>
   <si>
     <t>سَألتْ فاطمةُ بنت حبيش النبيَّ صلى الله عليه وسلم فقالت: إني لا ينقطع عني الدم ويستمر حتى في غير زمن الحيض، فهل يكون حكم ذلك حكم الحيض فأترك الصلاة؟ 
 فقال لها النبي صلى الله عليه وسلم: إنه دم استحاضة، وهو دم مَرَضِيٌّ ينشأ عن انقطاع عرق في الرحم، وليس بدم حيض، 
 فإذا جاء وقت الحيض الذي كنت تحيضين فيه على عادتك الشهرية قبل أن تمرضين بالاستحاضة، فاتركي الصلاة والصوم وغيرَهما مما تُمنَع منه الحائض وقت الحيض. 
 فإذا انتهى مقدار تلك المدة، فتكوني قد طهرتي من الحيض، فاغسلي موضع الدم، ثم اغسلي بدنك اغتسالًا كاملًا لرفع الحدث، ثم صلي.</t>
   </si>
   <si>
     <t>Fatimə bint Hubeyş Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşdu və dedi: Məndən heyz qanı kəsilmir və heyz, ədəti günlərdən başqa dövrdə də davam edir, o zaman bunun hökmü heyzin hökmü kimidirmi və namazı tərk edimmi? Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ona dedi: Bu qanaxmadır və uşaqlıq yolunda qanaxmanın kəsilməsi nəticəsində yaranan patoloji qandır, heyz qanı deyil. Qanaxma xəstələliyindən əvvəl olduğu kimi, aylıq adətinə uyğun heyz müddəti gələrsə, namazı, orucu və qadına heyz zamanı qadağan olan digər işləri tərk et. Həmin müəyyən müddət bitdikdə, heyzdən təmizlənmiş olursan, qan yerini yu və natəmizliyi aradan qaldırmaq üçün kamil qüsl al, sonra  namaz qıl.</t>
   </si>
   <si>
     <t>وجوب الغسل على المرأة عند انتهاء أيام حيضها.
 وجوب الصلاة على المستحاضة.
 الحيض: دمُ طبيعةٍ يُرْخِيْه الرَّحِمُ عَبْرَ فَرْجِ المرأةِ البالغة، يصيبها في أيام معلومة. 
 الاستحاضة: سَيَلانُ الدمِ في غير وقته من أدنى الرحم دون قَعْرِه. 
 الفرق بين دم الحيض ودم الاستحاضة: أنَّ دمَ الحيضِ أسود ثخين مُنْتِن الرائحة، أما دم الاستحاضة فأحمر رقيق ليس له رائحة منتنة.</t>
   </si>
   <si>
     <t>Qadına, heyz günlərini bitirdiyi zaman qüslün vacibliyi.
 Qanaxmadan əziyyət çəksə belə qadına namaz qılmaq vacibdir.
 Heyz: Müəyyən günlərdə yetkin qadının rəhmindən cinsi orqan yolu ilə ayrılan təbii qandır.
-İstihazə: uşaqlığın dibindən axan, vaxtının adəti üzrə olmayan  qanaxmadır.
+İstihazə: uşaqlığın ən aşağı nöqtəsindən, amma dibindən (dərinliklərindən) deyil, səthi hissəsindən axan, vaxtının adəti üzrə olmayan qanaxmadır.
 Heyz qanı ilə istihazə qanının fərqi: Heyz qanı qara, qatı və pis qoxulu, istihazə qanı isə duru, qırmızı və qoxusuzdur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3029</t>
   </si>
   <si>
     <t>سووا صفوفكم، فإن تسوية الصف من تمام الصلاة</t>
   </si>
   <si>
     <t>Səflərinizi düzəldin, çünki, səflərin düzlüyü namazın kamilliyindəndir</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>Ənəs bin Məlikdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Səflərinizi düzəldin, çünki, səflərin düzlüyü namazın kamilliyindəndir"</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم المصلين إلى أن يُسووا صفوفَهم، وأن لا يتقدم بعضهم على بعض ولا يتأخر، وأن تسويتها من تمام الصلاة وكمالها، وأنّ اعوجاج الصف خللٌ ونقص فيها.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) namaz qılanlara səflərini düzəltməyi, bir-birindən qabağa keçməmələrini və geri durmamalarını əmr edir və səfləri düzəltməyin namazın tamamlanması və kamilliyinin bir hissəsi olduğunu, sıranın əyriliyinin isə namazda olan qüsur və ya çatışmazlıq olduğunu xəbər verir.</t>
   </si>
   <si>
     <t>مشروعية العناية بكل ما يُكمل الصلاة ويبعدها عن النقص.
 حكمة النبي صلى الله عليه وسلم في التعليم، حيث قَرَن الحُكم مع عِلَّته؛ لتتبين حكمة التشريع، وتنشط النفوس على الامتثال.</t>
   </si>
   <si>
     <t>Namazı tamamlayan və onu nöqsanlardan uzaqlaşdıran hər bir şeyə diqqət etməyin tələb olunması.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) elmi öyrətməkdə olan hikməti, çünki, şəriətin hikmətini bildirmək və nəfsləri əməl etməyə həvəsləndirmək üçün məsələnin hökmünü səbəbi ilə yanaşı qeyd etdi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3031</t>
   </si>
   <si>
     <t>إذا توضأ أحدكم فليجعل في أنفه ثم لينثر، ومن استجمر فليوتر</t>
   </si>
   <si>
     <t>Sizlərdən biriniz dəstəmaz alarsa, ilk olaraq suyu burnuna çəkib, ardınca nəfəsiylə onu çıxarmalıdır, kim təbii ehtiyacını ödədikdən sonra, daş parçası ilə təmizlənmək istərsə bunu tək sayda etsin</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ، وَإِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلْيَغْسِلْ يَدَهُ قَبْلَ أَنْ يُدْخِلَهَا فِي وَضُوئِهِ، فَإِنَّ أَحَدَكُمْ لاَ يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».
 ولفظ مسلم: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلَا يَغْمِسْ يَدَهُ فِي الْإِنَاءِ حَتَّى يَغْسِلَهَا ثَلَاثًا، فَإِنَّهُ لَا يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Sizlərdən biriniz dəstəmaz alarsa, ilk olaraq suyu burnuna çəkib, ardınca nəfəsiylə onu çıxarmalıdır, kim təbii ehtiyacını ödədikdən sonra, daş parçası ilə təmizlənmək istərsə bunu tək sayda etsin, (gecə) yuxudan oyandıqdan sonra, əlini dəstəmaz almaq üçün qaba  salmadan öncə yusun, çünki o, əlinin harada gecələdiyini  bilmir." İmam Muslimin rəvayət etdiyi ifadə bu cürdür:
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Sizlərdən biriniz dəstəmaz alarsa, ilk olaraq suyu burnuna çəkib, ardınca nəfəsiylə onu çıxarmalıdır, kim təbii ehtiyacını ödədikdən sonra, daş parçası ilə təmizlənmək istərsə bunu tək sayda etsin, (gecə) yuxudan oyandıqdan sonra, əlini dəstəmaz almaq üçün qaba salmadan öncə yusun, çünki o, əlinin harada gecələdiyini  bilmir." İmam Muslimin rəvayət etdiyi ifadə bu cürdür:
 "Sizlərdən biriniz yuxudan oyanarsa, əlini üç dəfə yumadan qaba salmasın, çünki o, əlinin harada gecələdiyini bilmir.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أحكام الطهارة، ومنها: 
 لأول: أنَّ مَن توضأ فعليه أنْ يُدخِلَ الماءَ في أنفِهِ بالنَّفَسِ، ثم يُخرجه بالنَّفَسِ أيضًا. 
 والثاني: أنَّ مَن أراد تنظيفَ الأذى الخارج منه وإزالتَه بغير الماء كالحجارة ونحوها فيكون تنظيفُه على عدد فَرْدِيٍّ أقله ثلاثًا وأعلاه ما ينقطع به الخارج وينظف المحل. 
 والثالث: أن من استيقظ من نوم الليل لا يُدْخِلُ كفَّه في الإناء ليتوضأ حتى يغسلها ثلاث مرات خارج الإناء، فإنه لا يدري أين باتت يده، فلا يأمن النجاسة عليها، وقد يكون عبث بها الشيطان وحمل إليها أشياء مُضِرة للإنسان أو مُفسِدة للماء.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) təmizlənməyin bəzi əhkamlarını açıqlamışdır, bunlardan: Birincisi: Kim dəstəmaz alarsa, suyu burnuna nəfəsiylə çəkməli, sonra nəfəsiylə də çıxarmalıdır. İkincisi: Kim təbii ehtiyacını ödədikdən sonra önünü və ya arxasını  sudan savayı başqa vasitəylə, məsələn, daş parçası və buna bənzər vasitələrlə təmizləmək istəsə, onu tək sayda, ən azı üç, ən çoxu isə nəcasətin çıxışını dayandıracaq və həmin yeri təmizləyəcək miqdarda etməlidir. Üçüncüsü: Gecə yuxusundan oyanan şəxs dəstəmaz almaq üçün üç dəfə əlini qabın xaricində taki yumayınca, onu qaba salmasın, çünki o, əlinin harada gecələdiyini bilmir və nəcasətə bulaşdığından əmin də deyil. Və ola bilər ki, şeytan suyu qarışdıraraq insanlara zərərli və ya suyu korlayan şeyləri ona əlavə etsin.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) təmizlənməyin bəzi əhkamlarını açıqlamışdır, bunlardan: Birincisi: kim dəstəmaz alarsa, suyu burnuna nəfəsiylə çəkməli, sonra nəfəsiylə də çıxarmalıdır. İkincisi: kim təbii ehtiyacını ödədikdən sonra önünü və ya arxasını  sudan savayı başqa vasitəylə, məsələn, daş parçası və buna bənzər vasitələrlə təmizləmək istəsə, onu tək sayda, ən azı üç, ən çoxu isə nəcasətin çıxışını dayandıracaq və həmin yeri təmizləyəcək miqdarda etməlidir. Üçüncüsü: gecə yuxusundan oyanan şəxs dəstəmaz almaq üçün üç dəfə əlini qabın xaricində taki yumayınca, onu qaba salmasın, çünki o, əlinin harada gecələdiyini bilmir və nəcasətə bulaşdığından əmin də deyil. Və ola bilər ki, şeytan suyu qarışdıraraq insanlara zərərli və ya suyu korlayan şeyləri ona əlavə etsin.</t>
   </si>
   <si>
     <t>يجب الاستنشاق في الوضوء، وهو: إدخال الماء في الأنف بواسطة النَّفَس، وكذلك يجب الاستنثار، وهو: إخراج الماء من الأنف بواسطة النَّفَس. 
 استحباب الاستجمار وترًا.
 مشروعية غسل اليدين بعد نوم الليل ثلاثًا.</t>
   </si>
   <si>
-    <t>Dəstəmazda istinşaq vacibdir ki, bu da - nəfəslə buruna su daxil etməkdir. Həmçinin istinsar da vacibdir ki, bu da nəfəslə burundan suyu çıxartmaqdır.
-İfrazatdan sonra sudan başqa digər vasitələrlə təmizlənməyin, isticmarın tək olaraq edilməsinin müstəhəb olması.
+    <t>Dəstəmazda "istinşaq" vacibdir ki, bu da - nəfəslə buruna su daxil etməkdir. Həmçinin "istinsar" da vacibdir ki, bu da nəfəslə burundan suyu çıxartmaqdır.
+İfrazatdan sonra sudan başqa digər vasitələrlə təmizlənməyin, "isticmarın" tək olaraq edilməsinin müstəhəb olması.
 Gecə yuxusundan sonra əlləri üç dəfə yumaq buyurulmuşdur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3033</t>
   </si>
   <si>
     <t>إذا دخل الرجل بيته، فذكر الله عند دخوله وعند طعامه، قال الشيطان: لا مبيت لكم، ولا عشاء</t>
   </si>
   <si>
     <t>İnsan evinə daxil olduğu zaman və yeməyə başlayarkən Allahı zikr edərsə, şeytan köməkçilərinə deyər: Sizə bu evdə gecələmək üçün yer və şam yeməyindən pay yoxdur</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ، وَإِذَا دَخَلَ، فَلَمْ يَذْكُرِ اللهَ عِنْدَ دُخُولِهِ، قَالَ الشَّيْطَانُ: أَدْرَكْتُمُ الْمَبِيتَ، وَإِذَا لَمْ يَذْكُرِ اللهَ عِنْدَ طَعَامِهِ، قَالَ: أَدْرَكْتُمُ الْمَبِيتَ وَالْعَشَاءَ».</t>
   </si>
   <si>
     <t>Cabir bin Abdullahdan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "İnsan evinə daxil olduğu zaman və yeməyə başlayarkən Allahı zikr edərsə, şeytan köməkçilərinə deyər: Sizə bu evdə gecələmək üçün yer və şam yeməyindən pay yoxdur. Lakin insan evinə girərərkən Allahı zikr etməzsə, şeytan öz ardıcıllarına deyər: Gecələməyə yeriniz var. Yemək yediyində Allahı zikr etməzsə şeytan onlara deyər ki, artıq həm gecələməyə yeriniz, həm də yeməkdən payınız vardır.</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِذِكْر الله عند دخول البيت وقبل تَنَاوُلِ الطعام، وأنه إذا ذَكَرَ اللهَ بقوله: (باسم الله) عند دخوله لبيتِه وعند بدء طعامِه، قال الشيطان لأعوانه: لا حَظَّ لكم بالمبيت ولا العشاء في هذا البيت الذي تَحَصَّنَ صاحبُه منكم بذكر الله تعالى. 
 وأما إذا دخل الرجل بيته فلم يذكر الله عند دخوله ولا عند تناوله الطعام، فيخبر الشيطان أعوانه أنهم أدركوا المبيت، والعشاء في هذا البيت.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) evə girərkən və yeməyə başlamazdan əvvəl Allahı zikr etməyi əmr edir və bildirir ki, əgər bir kəs evinə girərkən və yeməyə başlayarkən Allahı "bismilləh"  (Allahın adı ilə) deyərək zikr edərsə: Şeytan köməkçilərinə deyər: Sizə bu evdə gecələmək və şam etmək  üçün pay yoxdur, çünki ev sahibi uca Allahı zikr etməklə öz toxunulmazlığını təmin etdi. Lakin  əgər insan nə evə girdiyi zaman, nə də ki, yemək yeyərkən Allahı zikr etməzsə, şeytan öz köməkçilərinə onların bu evdə gecələyib, şam edəcəklərini xəbər verər.</t>
   </si>
   <si>
@@ -974,63 +975,63 @@
 Hər bir şeytanın, onun sözlərinə sevinən, əmrlərinə əməl edən ardıcılları və dostları vardır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3037</t>
   </si>
   <si>
     <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
   </si>
   <si>
     <t>Ən böyük günahlar: Allaha şərik qoşmaq, valideyinlərin üzünə ağ olmaq, adam öldürmək və yalandan (Allaha) and içməkdir</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».</t>
   </si>
   <si>
     <t>Abdullah bin Amr bin As (Allah ondan və atasından razı olsun) rəvayət edir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Ən böyük günahlar: Allaha şərik qoşmaq, valideyinlərin üzünə ağ olmaq, adam öldürmək və yalandan (Allaha) and içməkdir".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. 
 فأوَّلُها "الإِشرَاكُ بِالله": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. 
 وثانيها "عُقُوقُ الوَالِدَينِ": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 وثالثها "قَتْل النَّفْس": بغير حق، كالقتل ظلمًا وعدوانًا. 
 ورابعها "اليَمِين الغَمُوسُ": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) böyük günahları bəyan etmişdir. bunlar da, bu günahları edən kimsələri dünyada və axirətdə şiddətli bir əzabla təhdid edilən günahlardır.
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) böyük günahları bəyan etmişdir. Bunlar da, bu günahları edən kimsələri dünyada və axirətdə şiddətli bir əzabla təhdid edilən günahlardır.
 Bunların birincisi: Allaha şərik qoşmaqdır. Bu, hər hansı bir ibadət növünü Allahdan başqasına sərf etməkdir. Həmçinin, Uca Allahdan başqasını, Allaha aid olan uluhiyyət, rububiyyət, ad və sifətlərlə bağlı xüsuslarda Allahla bərabər tutmaqdır.
-İkincisi: Valideyinlərin üzünə ağ olmaq. Bura, söz və əməl olmasından aslı olmayaraq, ata anaya qarşı edilən bütün növ əziyyətlər və həmçinin onlara yaxşılıq etməyi tərk etmək də daxildir.
+İkincisi: Valideyinlərin üzünə ağ olmaq. Bura, söz və əməl olmasından aslı olmayaraq, ata-anaya qarşı edilən bütün növ əziyyətlər və həmçinin onlara yaxşılıq etməyi tərk etmək də daxildir.
 Üçüncüsü: Haqsız yerə adam öldürməkdir. Zülüm və düşmənçilik edərək adam öldürmək da bura daxildir.
 Dördüncüsü: Yalan söylədiyini bildiyi halda, yalandan (Allaha) and içməkdir. Andın bu növü, sahibini Cəhənnəmə saldığı yaxud günaha batırdığı üçün ərəb dilində "əl-Yəminul-Ğamus" olaraq adlandırılmışdır.</t>
   </si>
   <si>
     <t>اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة.
 الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
-    <t>Andın "əl-Yəminul-Ğamus" növü yəni yalandan (Allaha) and içməyin, günahının və təhlükəsinin böyüklüyündən dolayı kəfarəsi yoxdur. Buna görə ancaq tövbə edilməsi vacibdir.
+    <t>Andın "əl-Yəminul-Ğamus" növü yəni yalandan (Allaha) and içməyin, günahının və təhlükəsinin böyüklüyündən dolayı kəffarəsi yoxdur. Buna görə ancaq tövbə edilməsi vacibdir.
 Hədisdə sadəcə bu dörd böyük günahın zikr edilməsi, bu günahların nə qədər böyük günah olduğunu göstərir. Çünki böyük günahlar yalnız bu günahlardan ibarət deyildir.
 Günahlar, böyük və kiçik olmaqla iki qismə bölünür. Böyük günahlar: Hədd və lənət kimi dünyada cəzası olan yaxud Cəhənnəmə daxil olmaq kimi axirətdə cəzası olan bütün günahlardır. Böyük günahların bəzisi haramlıq baxımından diğərlərindən daha şiddətlidir. Böyük günahlar xaricində qalan günahlar isə kiçik günahlardır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3044</t>
   </si>
   <si>
     <t>إن من أعظم الجهاد كلمة عدل عند سلطان جائر</t>
   </si>
   <si>
     <t>Ən böyük cihadlardan biri, zalım hökmdar qarşısında ədaləti söyləməkdir”</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ مِنْ أَعْظَمِ الجِهَادِ كَلِمَةَ عَدْلٍ عِنْدَ سُلْطَانٍ جَائِرٍ».</t>
   </si>
   <si>
     <t>Əbu Səid Əl-Xudridən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Ən böyük cihadlardan biri, zalım hökmdar qarşısında ədaləti söyləməkdir”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن أعظم وأنفع أنواع الجهاد في سبيل الله تعالى كلمةُ عدلٍ وحقٍّ عند سلطان أو أمير جائر ظالم؛ لأنه عمل بشعيرة الأمر بالمعروف والنهي عن المنكر، سواء كان بقول أو كتابة أو فعل أو غير ذلك مما تحصل به المصلحة وتندفع المفسدة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki, Uca Allah yolunda cihadın ən böyük və ən faydalı növlərindən biri ədalətsiz və zalım hökmdar və ya rəhbərin qarşısında ədalət və haqq sözünü deməkdir. Çünki o, istər sözlə, istər yazı ilə,  istər əməllə və ya məsləhətin əldə edildiyi, məfsədənin uzaqlaşdırıldığı hər hansı bir şeylə də olsa, yaxşılığı əmr edib pislikdən çəkindirmək şüarının yerinə yetirilməsidir.</t>
   </si>
   <si>
@@ -1046,122 +1047,121 @@
   <si>
     <t>حسن لغيره</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[حسن لغيره]</t>
   </si>
   <si>
     <t>[Əbu Davud, Ət-Tirmizi, İbn Məcə, Əhməd rəvayət ediblər]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3045</t>
   </si>
   <si>
     <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>Dünya şirin və valehedicidir. Həqiqətən, Allah sizi dünyaya varis təyin etmiş və ondan necə istifadə edəcəyinizə nəzarət edir. Dünyadan qorxun! Qadınlardan qorxun!</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
-    <t>Əbu Səid Əl-Xudridən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: " Dünya şirin və valehedicidir. Həqiqətən, Allah sizi dünyaya varis təyin etmiş və ondan necə istifadə edəcəyinizə nəzarət edir. Dünyadan qorxun! Qadınlardan qorxun! Həqiqətən İsrail oğullarının ilk dəfə azmaları (fitnəyə düşmələri) qadınlar səbəbindən olmuşdur”.</t>
+    <t>Əbu Səid Əl-Xudridən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Dünya şirin və valehedicidir. Həqiqətən, Allah sizi dünyaya varis təyin etmiş və ondan necə istifadə edəcəyinizə nəzarət edir. Dünyadan qorxun! Qadınlardan qorxun!. Həqiqətən İsrail oğullarının ilk dəfə azmaları (fitnəyə düşmələri) qadınlar səbəbindən olmuşdur”.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) izah edir ki, dünya, ləzzəti şirin, görkəmi gözəldir, ona görə də insan ona aldanar, ona qərq olar və onu ən böyük marağına çevirər. Uca Allah bu həyatda hər nəslimizdən sonra gələn digər nəsillərimizi varis etdi ki, necə əməl edəcəyimizə baxsın, Ona itaət edəcəyik, yoxsa asi olacağıq? Sonra buyurdu: Ehtiyatlı olun ki, dünya ləzzətləri və zinətləri sizi aldatmasın və bu sizi Allahın sizə əmr etdiklərini tərk edib, haram buyurduqlarına düşməyə vadar etməsin. Ehtiyat edilməli olan ən böyük dünya fitnələrindən biri, qadınların fitnəsidir və bu, İsrail övladlarının düçar olduğu ilk fitnə idi.</t>
   </si>
   <si>
     <t>الحثُّ على مُلازمة التقوى، وعدم الانشغال بظواهر الدنيا وزينتها.
 الحذر من الافتتان بالنساء، مِن نَظَرٍ أو تساهُلٍ باختلاطِهن بالرجال الأجانب، أو غير ذلك.
 فتنة النساء من أعظم الفتن في الدنيا.
 الاتَّعاظ وأخذ العبرة من الأمم السالفة، فالذي حصل لبني إسرائيل قد يحصل لغيرهم.
 فتنة النساء إذا كانت زوجة فإنها قد تُكَلِّفُ الرجلَ مِن النفقة ما لا يطيق، فتشغله عن طلب أمور الدِّين، وتحمله على التهالك على طلب الدنيا، وإن كانت أجنبيةً ففتنتُها بإغراء الرجال وإمالتِهم عن الحق إذا خَرَجْنَ واختلطْنَ بهم، خصوصًا إذا كُنَّ سافراتٍ متبرجاتٍ، وهذا قد يؤدِّي إلى الوقوع في الزنا بدرجاته، فينبغي للمؤمن الاعتصام بالله، والرغبة إليه في النجاة من فتنتهن.</t>
   </si>
   <si>
     <t>Təqvalı olmağa, dünyanın ləzzətləri və zinətləri ilə başı qarışdırmamağa təşviq.
 Qadınların fitnəsindən kişiləri çəkindirmək: onlara baxmaq, onların yad kişilərlə qaynayıb-qarışmağına laqeyid yanaşmaq və sairə bu kimi əməllərin qadağan edilməsi.
 Qadınların fitnəsi dünyanın ən böyük fitnələrindəndir.
 Keçmiş xalqlardan ibrət götürmək, İsrail oğullarının başına gələnlər, başqalarının da başına gələ bilər.
-Həyat yoldaşı misalında qadınların fitnəsi, kişini gücü çatmadığı xərclərə vadar etməsi, onu dinlə əlaqəli əməllərdən yayındırması və onun dünya ləzzətlərinə həris olmağa sövq etməsidir. Naməhrəm qadın fitnəsi isə, qadın evdən kənara çıxıb yad kişilərlə qaynayıb-qarışarsa, xüsusən də açıq-saçıq və bər-bəzəkli geyinərsə, bu halda onun fitnəsi kişiləri yoldan çıxarar, onları haqdan uzaqlaşdıra bilər. Bəzən bu zinaya gətirib çıxara bilər. Buna görə, də mömin Allaha sarılmalı və  onların fitnələrindən xilas olmaq üçün Ona üz tutmalıdır.</t>
+Həyat yoldaşı misalında qadınların fitnəsi, kişini gücü çatmadığı xərclərə vadar etməsi, onu dinlə əlaqəli əməllərdən yayındırması və onun dünya ləzzətlərinə həris olmağa sövq etməsidir. Naməhrəm qadın fitnəsi isə, qadın evdən kənara çıxıb yad kişilərlə qaynayıb-qarışarsa, xüsusən də açıq-saçıq və bər-bəzəkli geyinərsə, bu halda onun fitnəsi kişiləri yoldan çıxarar, onları haqdan uzaqlaşdıra bilər. Bəzən bu zinaya gətirib çıxara bilər (və ya onun müxtəlif formalarına). Buna görə, də mömin Allaha sarılmalı və  onların fitnələrindən xilas olmaq üçün Ona üz tutmalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3053</t>
   </si>
   <si>
     <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا</t>
   </si>
   <si>
     <t>Biz, Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) çətinlikdə və rahatlığda, sevincli və kədərli anlarda, başqaları bizdən üstün tutulduğu zamanlarda əmr sahiblərini dinləyib itaət etməyə</t>
   </si>
   <si>
     <t>عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.</t>
   </si>
   <si>
     <t>Ubadə bin əs-Samitdən (Allah ondan razı olsun) rəvayət edildiyinə görə o belə demişdir: "Biz, Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) çətinlikdə və rahatlığda, sevincli və kədərli anlarda, başqaları bizdən üstün tutulduğu zamanlarda əmr sahiblərini dinləyib itaət etməyə, onların işlərinə qarışmamağa, harada olmağımızdan aslı olmayaraq haqqı deyəcəyimizə və Allah üçün heç bir qınayanın qınağından qorxmayacağımıza dair beyət etdik".</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) səhabələrdən onların: rahatlıq, çətinlik, zənginlik və yoxsulluq zamanlarında əmr sahiblərinə itaət etmələrinə dair əhd almışdır. Əmr sahiblərinə, əmr etdikləri şeylər nəfsə xoş gəlib və ya gəlməməsindən aslı olmayaraq, ümumi malı, vəzifəni və ya buna oxşar başqa hər hansı bir şeyi insanlara verməyib, öz rifahlarını düşünüb, xalqı bundan məhrum etsələr belə, haram olan şeylər istisna olmaqla, onları dinləyib itaət etmək və onlara qarşı çıxmamaq vacibdir. Çünki onlara qarşı çıxmaqda olan fitnə-fəsad, onların etdikləri zülümdəki fitnə-fəsaddan daha böyükdür. Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) səhabələrdən aldığı əhd-peyman arasında, onların harada olursa olsun haqqı söyləyəcəklərinə və Allah üçün heç bir qınayanın qınağından qorxmayacaqları da vardır.</t>
   </si>
   <si>
     <t>ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة.
 وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها.
 وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.</t>
   </si>
   <si>
     <t>Müsləmanların əmr sahiblərini dinləyib onlara itaat etmələrinin səmərəsi, sözlərinin bir olması və özlərini firqələrə bölünməkdən qorumalarıdır.
 Allaha asi olmayan xüsuslarda əmr sahiblərinə: rahatlıqda, çətinlikdə, sevincli və kədərli anlarda, hətta öz rahatlığını düşünüb xalqın qeydinə qalmasalar belə onları dinləyib itaət etməyin vacib olması.
 Allah üçün heç bir qınayının qınağından qorxmadan, harada olmasından aslı olmayaraq haqq sözü söyləməyin vacib olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3061</t>
   </si>
   <si>
     <t>حفظت من النبي صلى الله عليه وسلم عشر ركعات</t>
   </si>
   <si>
     <t>Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) on rükət öyrəndim</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ: رَكْعَتَيْنِ قَبْلَ الظُّهْرِ، وَرَكْعَتَيْنِ بَعْدَهَا، وَرَكْعَتَيْنِ بَعْدَ المَغْرِبِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ بَعْدَ العِشَاءِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ قَبْلَ صَلاَةِ الصُّبْحِ، وَكَانَتْ سَاعَةً لاَ يُدْخَلُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيهَا، حَدَّثَتْنِي حَفْصَةُ أَنَّهُ كَانَ إِذَا أَذَّنَ المُؤَذِّنُ وَطَلَعَ الفَجْرُ صَلَّى رَكْعَتَيْنِ، وَفِي لَفْظٍ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يُصَلِّي بَعْدَ الْجُمُعَةِ رَكْعَتَيْنِ.</t>
   </si>
   <si>
-    <t>İbn Ömər (Allah onların hər ikisindən) razı olsun dedi: "Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) on rükət öyrəndim: Zöhrdən öncə və sonra iki rükət, məğribdən sonra evində iki rükət,  işa namazından sonra evində iki rükət və sübh namazından əvvəl iki rükət.
-[...1 lines deleted...]
-Başqa rəvayətdə: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) cümə namazından sonra iki rükət namaz qılardı."</t>
+    <t>İbn Ömər (Allah onların hər ikisindən) razı olsun dedi: "Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) on rükət öyrəndim: Zöhrdən öncə və sonra iki rükət, məğribdən sonra evində iki rükət, işa namazından sonra evində iki rükət və sübh namazından əvvəl iki rükət. Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına daxil olmaq mümkün olmayan müəyyən bir vaxt var idi. Hafsa mənə dedi ki, müəzzin azan verdikdə, sübh vaxtı Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) iki rükət namaz qılardı. 
+Başqa rəvayətdə: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) cümə namazından sonra iki rükət namaz qılardı".</t>
   </si>
   <si>
     <t>يُبَيِّنُ عبدُ الله بن عمر رضي الله عنهما: أنَّ مِن النوافل التي حفظها عن النبي صلى الله عليه وسلم عشر ركعات وتسمى السنن الرواتب، 
 ركعتين قبل الظهر، وركعتين بعدها، 
 وركعتين بعد المغرب في بيتِه، 
 وركعتين بعد العشاء في بيتِه، 
 وقبل الفجر ركعتين، 
 فتمَّتْ عشر ركعات. 
 وأما صلاة الجمعة فيصلي بعدها ركعتين.</t>
   </si>
   <si>
     <t>Abdullah ibn Ömər (Allah onlardan razı olsun) izah edir ki,  Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) öyrəndiyi on rükət nafilə namaz vardır ki, bunlara ratibə  sünnətləri deyilir. Günorta namazından əvvəl iki rükət, ondan sonra iki rükət. Axşam namazından sonra evində iki rükət. İşa namazından sonra evində iki rükət. Fəcrdən öncə iki rükət. On rükət tamamlandı. Cümə namazından sonra isə iki rükət qılır.</t>
   </si>
   <si>
     <t>استحباب هذه الرواتب، والمواظبة عليها.
 مشروعية أداء السنة في البيت.</t>
   </si>
   <si>
     <t>Ratibə sünnələrinin müstəhəb olması və onlara davamlı olmaq.
 Sünnə namazlarının evdə qılınmasının məqsədə uyğunluğu.</t>
   </si>
   <si>
     <t>متفق عليه بجميع رواياته</t>
   </si>
   <si>
@@ -1256,138 +1256,138 @@
 فتباعد عنه حذيفة، فقال له صلى الله عليه وسلم: اقترب، فاقترب حذيفة منه حتى قام خلفه عند مؤخر قدميه؛ ليكون كالسترة له عن النظر إليه في تلك الحالة. 
 ثم توضأ صلى الله عليه وسلم، وعند غسل الرجلين، اكتفى بالمسح على خفيه -وهما ما يلبس في الرجل من جلد رقيق ونحوه ويكون ساترًا للكعبين- ولم يخلعهما.</t>
   </si>
   <si>
     <t>Huzeyfə bin Əl-Yəmən (Allah hər ikisindən razı olsun) xəbər verir ki, o, Peyğəmbərlə (Allahın salavatı və salamı onun üzərinə olsun) birlikdə idi və o (Allahın salavatı və salamı onun üzərinə olsun) su başına çıxmaq (idrar etmək) istədi və evlərdən süpürülmüş zibil və tullantıların atıldığı bir zibilxanaya  daxil oldu. Ona görə də kiçik ehtiyacını ayaq üstə ödədi, halbuki, adətən oturararaq edirdi.
 Huzeyfə ondan uzaqlaşdı və o, (Allahın salavatı və salamı onun üzərinə olsun) ona dedi: “Yaxın gəl". Huzeyfə, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) bu halda görünməsinə maneə olmaq üçün onun arxasında - ayaqlarının arxasında dayanana qədər ona yaxınlaşdı.
 Sonra o, (Allahın salavatı və salamı onun üzərinə olsun) dəstəmaz aldı və ayaqlarını yuyarkən xuflarına -nazik dəridən və buna bənzər şeylərdən hazırlanmış, ayağa geyinilən və topuqları örtən şey- məsh çəkməklə kifayətləndi və  onları çıxarmadı.</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين.
 جواز البول قائمًا بشرط أن لا يصيبَه منه شيء.
 اختيار النبي صلى الله عليه وسلم السباطة وهي مكان المزبلة والكناسة لأنها في الغالب سهلة لا يرتد فيها البول على البائل.</t>
   </si>
   <si>
     <t>Xufların üzərinə məsh çəkməyin icazəli olması.
 Üzərinə heç bir şey düşməmək şərti ilə  ayaq üstə su başına çıxmağın icazəli olması.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) zibil və tullantılar olan yeri seçdi, çünki bu yer, adətən sidiyin, onu edən şəxsə sıçramayacağı  yumşaq yer olur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3075</t>
   </si>
   <si>
     <t>إذا أتيتم الغائط فلا تستقبلوا القبلة، ولا تستدبروها ولكن شرقوا أو غربوا</t>
   </si>
   <si>
-    <t>Ayaqyoluna getdiyiniz zaman üzünüzü və arxanızı qibləyə tərəf çevirməyin, əksinə, şərqə və ya qərbə tərəf çevirin.”</t>
+    <t>Ayaqyoluna getdiyiniz zaman üzünüzü və arxanızı qibləyə tərəf çevirməyin, əksinə, şərqə və ya qərbə tərəf çevirin”</t>
   </si>
   <si>
     <t>عَنْ أَبِي أَيُّوبَ الأَنْصَارِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا أَتَيْتُمُ الغَائِطَ فَلاَ تَسْتَقْبِلُوا القِبْلَةَ، وَلاَ تَسْتَدْبِرُوهَا وَلَكِنْ شَرِّقُوا أَوْ غَرِّبُوا» قَالَ أَبُو أَيُّوبَ: فَقَدِمْنَا الشَّأْمَ فَوَجَدْنَا مَرَاحِيضَ بُنِيَتْ قِبَلَ القِبْلَةِ فَنَنْحَرِفُ، وَنَسْتَغْفِرُ اللَّهَ تَعَالَى.</t>
   </si>
   <si>
-    <t>Əbu Əyyub Əl-Ənsaridən (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə dedi: Ayaqyoluna getdiyiniz zaman üzünüzü və arxanızı qibləyə tərəf çevirməyin, əksinə, şərqə və ya qərbə tərəf çevirin.” Əbu Əyyub dedi: “Şama gəldik və tualetlərin qibləyə tərəf tikildiyini gördük və buna görə başqa tərəfə çevrilərdik və Uca Allahdan bağışlanma diləyərdik.</t>
+    <t>Əbu Əyyub Əl-Ənsaridən (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə dedi: "Ayaqyoluna getdiyiniz zaman üzünüzü və arxanızı qibləyə tərəf çevirməyin, əksinə, şərqə və ya qərbə tərəf çevirin”. Əbu Əyyub dedi: “Şama gəldik və tualetlərin qibləyə tərəf tikildiyini gördük və buna görə başqa tərəfə çevrilərdik və Uca Allahdan bağışlanma diləyərdik.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أراد قضاء حاجته من بول أو غائط أن يستقبل القبلة وجهة الكعبة، ولا يستدبرها بأن يجعلها خلف ظهره؛ بل عليه أن ينحرف عنها قِبَلَ المشرق أو المغرب إذا كانت قبلته كقبلة أهل المدينة. 
 ثم أخبر أبو أيوب رضي الله عنه أنهم لما قدموا الشام وجدُوا فيها المراحيض المعدة لقضاء الحاجة قد بُنيت متجهة إلى الكعبة، فكانوا ينحرفون بأجسادهم عن القبلة، ومع ذلك يستغفرون الله.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) kiçik və ya böyük ehtiyacını ödəmək istəyən hər kəsə üzünü qibləyə və Kəbəyə tərəf yönəltməyi və həmçinin ona arxa çevirməyi qadağan etmişdir. Əksinə, əgər onun qibləsi Mədinə əhlinin qibləsi kimi olarsa, o, şərqə və ya qərbə tərəf dönməlidir. Sonra Əbu Əyyub (Allah ondan razı olsun) xəbər verdi ki, onlar Şama gəldikdə, ehtiyaclarını ödəmək üçün hazırlanmış tualetlərin Kəbəyə tərəf tikildiyini gördülər. Buna görə onlar bədənlərini qiblədən digər tərəfə çevirərdilər və bununla yanaşı Allahdan bağışlanma da diləyərdilər.</t>
   </si>
   <si>
     <t>الحكمة في ذلك تعظيم الكعبة المشرفة واحترامها.
 الاستغفار بعد الخروج من مكان قضاء الحاجة.
 حسن تعليم النبي صلى الله عليه وسلم؛ لأنه لما ذكر الممنوع أرشد إلى الجائز.</t>
   </si>
   <si>
     <t>Bunda olan hikmət müqəddəs Kəbəyə təzim və ehtiram etməkdir.
 Ayaqyolundan (kiçik və böyük ehtiyac ödənilən məkandan) çıxdıqdan sonra bağışlanma diləmək.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) gözəl təlimi (öyrətmək üslubu). Çünki o, haramları qeyd edərkən, icazəli olana da işarə etmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3078</t>
   </si>
   <si>
     <t>لا يمسكن أحدكم ذكره بيمينه وهو يبول، ولا يتمسح من الخلاء بيمينه، ولا يتنفس في الإناء</t>
   </si>
   <si>
     <t>Sizin heç biriniz kiçik su başına çıxarkən cinsi orqanını sağ əli ilə tutmasın, ayaqyolunda sağ əli ilə təmizlənməsin və qaba üfürməsin</t>
   </si>
   <si>
     <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ».</t>
   </si>
   <si>
-    <t>Əbu Qatədədən (Allah ondan razı olsun) Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Sizin heç biriniz kiçik su başına çıxarkən cinsi orqanını sağ əli ilə tutmasın, ayaqyolunda sağ əli ilə təmizlənməsin və qaba üfürməsin.</t>
+    <t>Əbu Qatədədən (Allah ondan razı olsun) Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Sizin heç biriniz kiçik su başına çıxarkən cinsi orqanını sağ əli ilə tutmasın, ayaqyolunda sağ əli ilə təmizlənməsin və qaba üfürməsin".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعض الآداب؛ حيث نهى أنْ يُمْسِكَ الرجل ذكره حال البول بيده اليمنى، وأن تُزال النجاسة من القُبُلِ أو الدُّبُرِ باليد اليمنى؛ لأن اليمين أعدت للمكارم، 
 كما نهى أن يتنفس الإنسان في الإناء الذي يشرب فيه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəzi ədəbləri açıqlamışdır: O, kişinin su başına çıxarkən cinsiyyət üzvünü sağ əli ilə tutmasını və sağ əli ilə cinsiyyət üzvü və ya arxa nahiyədən nəcasəti təmizləməsini qadağan etmişdir. Çünki sağ əl yaxşı əməllər etmək üçündür. Həmçinin o, insanın içdiyi qaba üfürməsini da qadağan etmişdir.</t>
   </si>
   <si>
     <t>بيان سَبْق الإسلام في الآداب والنظافة.
 اجتناب الأشياء القذرة، فإذا اضطر إلى مباشرتها، فليكن باليسار.
 بيان شرف اليمين وفضلها على اليسار.
 كمال الشريعة الإسلامية وشمول تعاليمها.</t>
   </si>
   <si>
     <t>İslamın ədəb və təmizlikdə öndə olmasının bəyanı.
 Çirkli şeylərdən uzaq durmaq lazımdır. Əgər insan bunları etmək məcburiyyətində qalarsa, sol əllə etsin.
-Sağ əlin şərəfli  və sol əldən üstün olmasının bəyanı.
+Sağ əlin şərəfli və sol əldən üstün olmasının bəyanı.
 İslam şəriətinin kamilliyi və onun təlimlərinin (bir çox məsələləri) əhatə etməsi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3079</t>
   </si>
   <si>
     <t>أما يخشى أحدكم  أو: لا يخشى أحدكم  إذا رفع رأسه قبل الإمام، أن يجعل الله رأسه رأس حمار، أو يجعل الله صورته صورة حمار</t>
   </si>
   <si>
     <t>Sizdən kimsə qorxmurmu ki, başını imamdan öncə qaldırmaqla  Allah onun başını uzunqulaq başı edər, yada ki, Allah onun xarici görkəmini uzunqulaq görkəmində edər</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə  buyurduğu rəvayət edilir: "Sizdən kimsə qorxmurmu ki, başını imamdan öncə qaldırmaqla  Allah onun başını uzunqulaq başı edər, yada ki, Allah onun xarici görkəmini uzunqulaq görkəmində edər."</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə  buyurduğu rəvayət edilir: "Sizdən kimsə qorxmurmu ki, başını imamdan öncə qaldırmaqla  Allah onun başını uzunqulaq başı edər, yada ki, Allah onun xarici görkəmini uzunqulaq görkəmində edər".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على مَن يَرفَعُ رأسَه قبل إمامِهِ، بأنْ يجعلَ اللهُ رأسَه رأسَ حِمار، أو يَجعلَ صورتَه صورةَ حمار.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) imamdan əvvəl başını qaldıran kəsə şiddətli xəbərdarlıq edir ki, Allah onun başını uzunqulaq başı edər, yaxud onun xarici görünüşünü uzunqulaq şəklinə çevirər.</t>
   </si>
   <si>
     <t>للمأموم مع الإمام أربع حالات: ثلاث منهي عنها، وهي: المسابقة والموافقة والتأخر، والمشروع للمأموم: المتابعة للإمام.
 وجوب متابعة المأموم للإمام في الصلاة.
 الوعيدُ بتغيير صورة من يرفع رأسه قبل الإمام إلى صورة حمار أَمْرٌ ممكن، وهو مِن المسخ.</t>
   </si>
   <si>
     <t>İmama tabe olan şəxsin imamla birlikdə dörd halı vardır: onlardan üçü qadağandır, bunlar: İmamdan önə keçmək, onunla eyni anda hərəkət etmək və onun hərəkətlərindən gecikib arxada qalmaq. Dördüncü: İmamın arxasında qılan şəxsin imama tabe olaraq ardıcıl hərəkət etməsi isə buyurulmuş haldır.
-İmamın arxasında qılan şəxsin namazda imama tabe olmasının vacibliyi.
+İmamın arxasında namaz qılan şəxsin namazda imama tabe olmasının vacibliyi.
 İmamdan əvvəl başını qaldıran adamın görkəminin uzunqulağa çevrilmək təhlükəsi mümkündür və bu, Allahın onu çirkin görünüşə salmasıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3086</t>
   </si>
   <si>
     <t>أن رجلا سأل النبي صلى الله عليه وسلم عن الساعة، فقال: متى الساعة؟ قال: وماذا أعددت لها</t>
   </si>
   <si>
     <t>Bir kişi Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) qiyamət haqqında soruşdu və dedi: Qiyamət nə vaxt olacaq? O, dedi: “Onun üçün nə hazırlamısan?”</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ السَّاعَةِ، فَقَالَ: مَتَى السَّاعَةُ؟ قَالَ: «وَمَاذَا أَعْدَدْتَ لَهَا». قَالَ: لاَ شَيْءَ، إِلَّا أَنِّي أُحِبُّ اللَّهَ وَرَسُولَهُ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ». قَالَ أَنَسٌ: فَمَا فَرِحْنَا بِشَيْءٍ، فَرِحْنَا بِقَوْلِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ» قَالَ أَنَسٌ: فَأَنَا أُحِبُّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَأَبَا بَكْرٍ، وَعُمَرَ، وَأَرْجُو أَنْ أَكُونَ مَعَهُمْ بِحُبِّي إِيَّاهُمْ، وَإِنْ لَمْ أَعْمَلْ بِمِثْلِ أَعْمَالِهِمْ.</t>
   </si>
   <si>
     <t>Ənəsdən (Allah ondan razı olsun) belə rəvayət edilir: Bir kişi Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) qiyamət haqqında soruşdu və dedi: Qiyamət nə vaxt olacaq? O, dedi: “Onun üçün nə hazırlamısan?” O, dedi: “Heç bir şey, lakin mən Allahı və Onun Rəsulunu (Allahın salavatı və salamı onun üzərinə olsun) sevirəm. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dedi: “Sən sevdiyin kəslə birlikdəsən”. Ənəs dedi: Biz, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) “Sən sevdiyin kəslə birlikdəsən” sözünə sevindiyimiz qədər heç bir şeyə  sevinməmişdik. (Bunun ardınca) Ənəs dedi: Mən Peyğəmbəri (Allahın salavatı və salamı onun üzərinə olsun), Əbu Bəkri və Öməri sevirəm, onların əməlləri kimi əməl etməsəm də, onlara olan sevgimdən dolayı onlarla birlikdə olacağıma ümid edirəm.</t>
   </si>
   <si>
     <t>سَألَ النبيَّ صلى الله عليه وسلم رجلٌ أعرابيٌّ مِمّن يَسكن الصحراء: عن وقت قيام الساعة؟ 
 فقال له صلى الله عليه وسلم: وما أعددتَ لها من العمل الصالح؟ 
 فقال السائل: ما أعددتُ لها كبيرَ عملٍ إلا أني أحبُّ اللهَ ورسولَه، ولم يذكر غيرَها من العبادات القلبية والبدنية والمالية؛ لأنها كلُّها فروع للمحبة مترتبة عليها، ولأن المحبة الصادقة باعثة للاجتهاد في العمل الصالح.
 فقال له صلى الله عليه وسلم: إنك مع مَن أحببتَ في الجنة. 
 ففرح أصحابُ النبيِّ صلى الله عليه وسلم بهذه البشرى فرحًا شديدًا.
 ثم أَخبرَ أنسٌ رضي الله عنه أنه يحب النبي صلى الله عليه وسلم وأبا بكر، وعمر، ويرجو أن يكون معهم، وإن كان عملُه ليس مثلَ عملِهم.</t>
   </si>
@@ -1433,237 +1433,236 @@
 وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) yemək hazır olarkən, namaz qılan insanın iştahını çəkib, fikri yeməkdə qalacağı hallarda namaz qılmasını qadağan etmişdir.
 Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) eyni şəkildə böyük və kiçik ayaq yoluna olan ehtiyac insanı narahat etdiyi durumlarda da namaz qılmağı qadağan etmişdir.</t>
   </si>
   <si>
     <t>ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.</t>
   </si>
   <si>
     <t>İnsan, namaza başlamazdan əvvəl onu namazda məşğul edəcək hər bir şeydən uzaq durmalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3088</t>
   </si>
   <si>
     <t>أن رسول الله صلى الله عليه وسلم كان يرفع يديه حذو منكبيه إذا افتتح الصلاة،</t>
   </si>
   <si>
     <t>Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namaza başlayanda əllərini çiyinləri səviyyəsində qaldırardı,</t>
   </si>
   <si>
     <t>عَن ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ، وَإِذَا كَبَّرَ لِلرُّكُوعِ، وَإِذَا رَفَعَ رَأْسَهُ مِنَ الرُّكُوعِ، رَفَعَهُمَا كَذَلِكَ أَيْضًا، وَقَالَ: «سَمِعَ اللَّهُ لِمَنْ حَمِدَهُ، رَبَّنَا وَلَكَ الحَمْدُ»، وَكَانَ لاَ يَفْعَلُ ذَلِكَ فِي السُّجُودِ.</t>
   </si>
   <si>
-    <t>İbn Ömərdən (Allah onların hər ikisindən razı olsun) rəvayət edilir ki: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namaza başlayanda əllərini çiyinləri səviyyəsində qaldırardı,  həmçinin rukuya getmək üçün təkbir gətirdikdə və başını rukudan  qaldırdıqda da  əllərini qaldırardı və "Səmiallahu limən həmidəh, Rabbənə və ləkəl-həmd" deyərdi, səcdə edərkən isə bunu etməzdi.</t>
+    <t>İbn Ömərdən (Allah onların hər ikisindən razı olsun) rəvayət edilir ki: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namaza başlayanda əllərini çiyinləri səviyyəsində qaldırardı,  həmçinin rukuya getmək üçün təkbir gətirdikdə və başını rukudan  qaldırdıqda da  əllərini qaldırardı və "Səmia-Llahu limən həmidəh, Rabbənə və ləkəl-həmd" deyərdi, səcdə edərkən isə bunu etməzdi.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم  يرفع يديه في ثلاثةِ مواضع من الصلاة إزاء أو مقابل المنكب الذي هو: مجمع عظم الكتف والعضد. 
 الموضع الأول: إذا افتتح الصلاة عند تكبيرة الإحرام. 
 الثاني: إذا كبّر للركوع. 
 الثالث: إذا رفع رأسه من الركوع وقال: سمع الله لمن حمده ربنا ولك الحمد.
 وكان لا يرفع يديه عند ابتداء السجود، ولا عند الرفع منه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) namaz əsnasında üç yerdə əllərini  çiyin səviyyəsində  qaldırardı ki, bu da çiyin sümüyü ilə qol sümüyünün birləşdiyi yerdir.
 Birinci yer: Namaza ihram (açılış) təkbiri ilə başladıqda.
 İkincisi: Rukuya getmək üçün “Allahu Əkbər” dedikdə.
 Üçüncüsü: Rukudan başını qaldırdıqda və "Səmiəllahu limən həmidəh, Rabbənə və ləkəl-həmd" dedikdə.
 Nə səcdə etməyə başlayanda, nə də səcdədən qalxarkən əllərini qaldırmazdı.</t>
   </si>
   <si>
     <t>من حِكَم رفع اليدين في الصلاة أنها زينة للصلاة وتعظيم لله سبحانه.
 ثبت عنه صلى الله عليه وسلم رفع يديه في موضع رابع كما في رواية أبي حميد الساعدي عند أبي داود وغيره، وهو عند القيام من التشهد الأول في الصلاة الثلاثية والرباعية.
 ثبت عنه صلى الله عليه وسلم أيضًا أنه يرفع يديه حذو أذنيه دون لمس كما في رواية مالك بن الحويرث في الصحيحين: «أن رسول الله صلى الله عليه وسلم كان إذا كبر رفع يديه حتى يحاذي بهما أذنيه».
 الجمع بين التسميع والتحميد خاص بالإمام والمنفرد، أما المأموم فيقول: ربنا ولك الحمد.
 قول: "رَبَّنَا وَلَكَ الحَمْدُ" بعد الركوع صح عن النبي صلى الله عليه وسلم فيه أربع صيغ، وهذه واحدة منها، والأفضل أن يتتبع المرء هذه الصيغ ويأتي بهذا مرة، وهذه مرة.</t>
   </si>
   <si>
     <t>Namazda əlləri qaldırmağın hikmətlərindən biri, onun namazın bəzəyi olması və pak olan Allahın təzim edilməsidir.
 Əbu Davud və başqalarının Əbu Humeyd əs-Səididən nəql etdikləri rəvayətdə, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) əllərini  dördüncü yerdə  də qaldırması sabit olmuşdur. Bu isə üç və dörd rükətli namazlarda, birinci təşəhhüddən ayağa qalxdıqdadır.
-Həmçinin iki “Səhih”də (Buxari və Muslimin səhihləri) Malik bin Əl-Hüveyrisin nəql etdiyi rəvayətdə olduğu kimi, onun (Allahın salavatı və salamı onun üzərinə olsun) əllərini qulaqlarına toxunmadan, qulaqları səviyyəsində qaldırması sabit olub: “Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) təkbir gətirdikdə əllərini qulaqları səviyyəsində  olana qədər qaldırardı”.
+Həmçinin iki “Səhih”də (Buxari və Muslimin səhihləri) Malik bin Əl-Hüveyrisin nəql etdiyi rəvayətdə olduğu kimi, onun (Allahın salavatı və salamı onun üzərinə olsun) əllərini qulaqlarına toxunmadan, qulaqları səviyyəsində qaldırması sabit olub: “Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) təkbir gətirdikdə əllərini qulaqları səviyyəsində olana qədər qaldırardı”.
 "Səmiəllahu limən həmidəh" və “Rabbənə və ləkəl-həmd " zikrlərinin hər ikisini də demək, imama və namazı tək qılan kəsə aiddir , məmum (imamın arxasında namaz qılan) kəs isə yalnız : “Rabbənə və ləkəl-həmd " deyir .
 Rukudan sonra deyilən “Rabbənə və ləkəl-həmd " sözü  Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) dörd formada səhih olaraq sabit olmuşdur ki, bu onlardan biridir.
 Daha yaxşı olar ki, insan bu formaların hər birini öyrənsin və hər dəfə birini söyləsin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3095</t>
   </si>
   <si>
     <t>علمني رسول الله صلى الله عليه وسلم، وكفي بين كفيه، التشهد، كما يعلمني السورة من القرآن</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) mənə Qurandan surə öyrətdiyi kimi, əlim onun əlləri arasında olduğu halda mənə namazda deyilən təşəhhüdü öyrətdi</t>
   </si>
   <si>
     <t>عَنِ ابْنَ مَسْعُودٍ رضي الله عنه قَالَ: عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ: «التَّحِيَّاتُ لِلَّهِ، وَالصَّلَوَاتُ وَالطَّيِّبَاتُ، السَّلاَمُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ، السَّلاَمُ عَلَيْنَا وَعَلَى عِبَادِ اللَّهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».
 وفي لفظ لهما: «إِنَّ اللهَ هُوَ السَّلَامُ، فَإِذَا قَعَدَ أَحَدُكُمْ فِي الصَّلَاةِ فَلْيَقُلْ: التَّحِيَّاتُ لِلَّهِ وَالصَّلَوَاتُ وَالطَّيِّبَاتُ السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، فَإِذَا قَالَهَا أَصَابَتْ كُلَّ عَبْدٍ لِلَّهِ صَالِحٍ فِي السَّمَاءِ وَالْأَرْضِ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، ثُمَّ يَتَخَيَّرُ مِنَ الْمَسْأَلَةِ مَا شَاءَ».</t>
   </si>
   <si>
-    <t>İbn Məsudun (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) mənə Qurandan surə öyrətdiyi kimi, əlim onun əlləri arasında olduğu halda mənə namazda deyilən təşəhhüdü öyrətdi." "Əttəhiyyətu lilləhi vas-salavatu vat-tayyibətu. Əssələmu aleykə əyyuhən Nəbiyyu və rahmətullahi və bərakətuh. Əssələmu aleynə və alə ibədilləhissalihin, əşhədu əllə iləhə illaAllah və əşhədu ənnə Muhəmmədən abduhu  və rasuluhu".
+    <t>İbn Məsudun (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) mənə Qurandan surə öyrətdiyi kimi, əlim onun əlləri arasında olduğu halda mənə namazda deyilən təşəhhüdü öyrətdi": "Əttəhiyyətu lilləhi vas-salavatu vat-tayyibətu. Əssələmu aleykə əyyuhən Nəbiyyu və rahmətullahi və bərakətuh. Əssələmu aleynə və alə ibədilləhissalihin, əşhədu əllə iləhə illaAllah və əşhədu ənnə Muhəmmədən abduhu  və rasuluhu".
 Buxari və Muslimin rəvayət etdiyi başqa ləfzdə:
-" Həqiqətən Allah Salamdır, sizlərdən biriniz namazda oturanda desin:
-" Ət-təhiyyətu lilləhi vas-salavatu, vat-tayyibətu. Əssələmu aleykə eyyuhən-nəbiyyu və rahmətullahi va barakatuhu. Əssələmu aleynə va alə ibədilləhis-salihin. Bunu dedikdə, yer üzərində və səmada olan hər saleh qul (bundan) faydalanır. Əşhədu əllə iləhə illaAllah və əşhədu ənnə Muhəmmədən abduhu və rəsuluhu. Sonra istədiyi duanı edə bilər.</t>
+"Həqiqətən Allah Salamdır, sizlərdən biriniz namazda oturanda desin:
+"Ət-təhiyyətu lilləhi vas-salavatu, vat-tayyibətu. Əssələmu aleykə eyyuhən-nəbiyyu və rahmətullahi va barakatuhu. Əssələmu aleynə va alə ibədilləhis-salihin". Bunu dedikdə, yer üzərində və səmada olan hər saleh qul (bundan) faydalanır. "Əşhədu əllə iləhə illaAllah və əşhədu ənnə Muhəmmədən abduhu və rəsuluhu". Sonra istədiyi duanı edə bilər.</t>
   </si>
   <si>
     <t>عَلَّمَ النبيُّ صلى الله عليه وسلم ابنَ مسعود رضي الله عنه التشهدَ الذي يقال في الصلاة، وقد جَعل يدَه في يديه، لِيَصْرِفَ انتباهَ ابنِ مسعود إليه. كما يُعَلِّمُه السورة من القرآن مما يدل على اعتناء النبي صلى الله عليه وسلم بهذا التشهد لفظًا ومعنى. 
 فقال: 
 "التَّحِيَّات لله":
  وهي كل قول أو فعل دَالٍّ على التعظيم، كلُّها مُسْتَحَقَّة لله عز وجل. 
 "الصَّلَوَاتُ": 
 وهي الصلاة المعروفة فرضُها ونفلُها لله تعالى. 
 "الطَّيِّبَاتُ": 
 هي الأقوال والأفعال والأوصاف الطيبة والدالّة على الكمال، كلُّها مستحقة لله تعالى. 
 "السلام عليك أيها النبي ورحمة الله وبركاته": 
 دعاء له بالسلامة من كل آفَةٍ ومكروه، والزيادة والكثرة من كل خير. 
 "السلام علينا وعلى عباد الله الصالحين": 
 دعاء بالسلامة للمُصلي ولكل عبد صالح في السماء والأرض. 
 "أشهد أن لا إله إلا الله": 
 أي أُقِرُّ إقرارًا جازمًا به بأنه لا معبود حق إلا الله. 
 "وأَنَّ مُحَمَّدًا عَبْدُهُ ورسولُهُ": 
 أُقِرُّ له بالعبودية والرسالة الخاتمة.
 ثم حَثَّ النبيُّ صلى الله عليه وسلم المصليَ أن يَختارَ مِن الدعاء ما شاء.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ibn Məsudun (Allah ondan razı olsun) diqqətini və fikrini cəm etmək üçün onun əllərindən tutaraq Qurandan surə öyrətdiyi kimi namazda deyilən təşəhhüdü öyrədir. Bu da Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) təşəhhüdə söz və məna baxımından əhəmiyyət verməsini göstərir. Və dedi: "Əttəhiyyətu lilləhi": Bunlar- Allahın əzəmətinə dəlalət edən söz və fellərdir, bütün bunlar izzət və cəlal sahibi Allaha aiddir. "Əs-salavat": Bu-məlum olan və Uca Allah üçün qılınan vacib və nafilə namazlardır. "Ət-tayyibət": Bunlar kamilliyə dəlalət edən gözəl sözlər, fellər, 
-vəsflərdir. Hamısı uca Allaha aiddir. "Əssələmu aleykə əyyuhən-nəbiyyu va rahmətullahi va barakatuhu": Ona hər bəladan, pislikdən salamatlıq və onun üçün hər xeyirin artıb çoxalması üçün dua etmək. " Əssələmu aleynə və alə ibədilləhis-salihin" Səmada və yerdə hər namaz qılan və hər saleh qula salamatlıq duası. "Əşhədu əllə iləhə illallah": Yəni qəti olaraq təsdiq edirəm ki, Allahdan başqa haqq məbud yoxdur. "Və ənnə Muhəmmədən abduhu və rəsuluhu": Muhəmmədin (Allahın salavatı və salamı onun üzərinə olsun) Allahın qulu və son rəsulu olduğunu təsdiq edirəm.
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ibn Məsudun (Allah ondan razı olsun) diqqətini və fikrini cəm etmək üçün onun əllərindən tutaraq Qurandan surə öyrətdiyi kimi namazda deyilən təşəhhüdü öyrədir. Bu da Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) təşəhhüdə söz və məna baxımından əhəmiyyət verməsini göstərir. Və dedi: "Əttəhiyyətu lilləhi": Bunlar - Allahın əzəmətinə dəlalət edən söz və fellərdir, bütün bunlar izzət və cəlal sahibi Allaha aiddir. "Əs-salavat": Bu - məlum olan və Uca Allah üçün qılınan vacib və nafilə namazlardır. "Ət-tayyibət": Bunlar kamilliyə dəlalət edən gözəl sözlər, fellər, vəsflərdir. Hamısı uca Allaha aiddir. "Əssələmu aleykə əyyuhən-nəbiyyu va rahmətullahi va barakatuhu": Ona hər bəladan, pislikdən salamatlıq və onun üçün hər xeyirin artıb çoxalması üçün (Allaha) dua etmək. " Əssələmu aleynə və alə ibədilləhis-salihin". Səmada və yerdə hər namaz qılan və hər saleh qula salamatlıq duası. "Əşhədu əllə iləhə illallah": Yəni qəti olaraq təsdiq edirəm ki, Allahdan başqa haqq məbud yoxdur. "Və ənnə Muhəmmədən abduhu və rəsuluhu": Muhəmmədin (Allahın salavatı və salamı onun üzərinə olsun) Allahın qulu və son rəsulu olduğunu təsdiq edirəm.
 Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) namaz qılanı dualardan istədiyini seçməsinə təşviq edir.</t>
   </si>
   <si>
     <t>مَحلُّ هذا التشهدِ القعودُ بعد السجدة الأخيرة في كل صلاة، وبعد الركعة الثانية في الثلاثية والرباعية.
 وجوب التحيات في التشهد، ويجوز أن يتشهدَ بأيِّ لفظ من ألفاظ التشهد مما ثبت عن النبي صلى الله عليه وسلم.
 جواز الدعاء في الصلاة بما أحب ما لم يكن إثمًا.
 استحباب البداءة بالنَّفْس في الدعاء.</t>
   </si>
   <si>
     <t>Bu təşəəhhüdün deyilən yeri, hər namazda sonununcu səcdədən sonra oturarkən, həmçinin üç və ya dörd rükətli namazlarda  ikinci rükətdən sonradır.
 Təşəhhüddə təhiyyətin oxunmasının vacibliyi və Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) bizə çatan şəriətlə sübuta yetirilmiş istənilən təşəhhüd kəlimələrini oxumaq olar.
 Namazda günah sayılan şeylərdən başqa, istənilən duanı etmək olar.
 Duada özündən başlamağın müstəhəbliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3096</t>
   </si>
   <si>
     <t>اللهم إني أعوذ بك من عذاب القبر، ومن عذاب النار، ومن فتنة المحيا والممات، ومن فتنة المسيح الدجال</t>
   </si>
   <si>
-    <t>Allahım qəbr əzabından, cəhənnəm əzabından, həyatın və ölümün fitnəsindən,</t>
+    <t>Allahım qəbr əzabından, cəhənnəm əzabından, həyatın və ölümün fitnəsindən və məsih dəccəlin fitnəsindən Sənə sığınıram</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدْعُو وَيَقُولُ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ».
 وفِي لَفْظٍ لِمُسْلِمٍ: «إِذَا فَرَغَ أَحَدُكُمْ مِنَ التَّشَهُّدِ الْآخِرِ، فَلْيَتَعَوَّذْ بِاللهِ مِنْ أَرْبَعٍ: مِنْ عَذَابِ جَهَنَّمَ، وَمِنْ عَذَابِ الْقَبْرِ، وَمِنْ فِتْنَةِ الْمَحْيَا وَالْمَمَاتِ، وَمِنْ شَرِّ الْمَسِيحِ الدَّجَّالِ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə dua edərdi: Allahım qəbr əzabından, cəhənnəm əzabından, həyatın və ölümün fitnəsindən, məsih dəccəlin fitnəsindən Sənə sığınıram". 
-Muslimdə keçən ifadə isə belədir: "Sizlərdən biriniz sonuncu təşəhhüdü bitirdikdə dörd şeydən Allaha sığınsın: Cəhənnəm əzabından, qəbr əzabından, həyat və ölümün fitnəsindən və Məsih Əd-dəccəlin şərindən."</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə dua edərdi: "Allahım qəbr əzabından, cəhənnəm əzabından, həyatın və ölümün fitnəsindən və məsih dəccəlin fitnəsindən Sənə sığınıram". 
+Muslimdə keçən ifadə isə belədir: "Sizlərdən biriniz sonuncu təşəhhüdü bitirdikdə dörd şeydən Allaha sığınsın: Cəhənnəm əzabından, qəbr əzabından, həyat və ölümün fitnəsindən və Məsih Əd-dəccəlin şərindən".</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يَستعيذُ بالله مِن أربع، بعد التشهد الأخير وقبل السلام في الصلاة، وأَمَرَنا أن نستعيذَ بالله منها، 
 الأولى: مِن عذاب القبر. 
 الثانية: مِن عذاب النار وذلك يوم القيامة. 
 الثالثة: مِن فتنة المَحيا مِن شَهَوات الدنيا المحرمة ومن شبهاتها المُضِلَّة، ومن فتنة المَمَات، أي ساعة الاحتضار، من الزيغ عن الإسلام أو السنة، أو فتنة القبر كسؤال المَلَكين. 
 الرابعة: فتنة المسيح الدَّجَّال الذي يَخْرُج في آخر الزمان، يَبتلي الله به عباده؛ وخَصَّه بالذكر لعظيم فتنته وإضلاله.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) namazın sonunda təşəhhüddən sonra, salamdan əvvəl dörd şeydən Allaha sığınardı və onlardan Allaha sığınmağı bizə əmr etmişdir, bunlar:
 Birincisi: Qəbr əzabından.
-İkincisi: Cəhənnəm əzabından -bu isə Qiyamət günü olacaq.
-Üçüncüsü: Həyatın fitnəsindən- dünyanın haram şəhvətlərindən, onun azdıran şübhələrindən və ölümün fitnəsindən yəni ölüm anı, İslamdan və ya sünnədən uzaqlaşmaqdan və qəbir fitnəsindən- bu da iki mələyin sorğu sualıdır.
+İkincisi: Cəhənnəm əzabından - bu isə Qiyamət günü olacaq.
+Üçüncüsü: Həyatın fitnəsindən - dünyanın haram şəhvətlərindən, onun azdıran şübhələrindən və ölümün fitnəsindən yəni ölüm anı, İslamdan və ya sünnədən uzaqlaşmaqdan və qəbir fitnəsindən - bu da iki mələyin sorğu sualıdır.
 Dördüncüsü: Axır zamanda zühur edəcək Dəccalın fitnəsindən, çünki Allah bəndələrini bununla imtahan edəcək. Böyük fitnəsinə və azğınlığına görə onu xüsusilə qeyd etmişdir.</t>
   </si>
   <si>
     <t>هذه الاستعاذة من مهمات الأدعية وجوامعها، لاشتمالها على الاستعاذة من شرور الدنيا والآخرة.
 ثبوت عذاب القبر وأنه حق.
 خطورة الفتن وأهمية الاستعانة بالله والدعاء للنجاة منها.
 إثبات خروج الدَّجَّال وعظم فتنته.
 استحباب هذا الدعاء عقب التشهد الأخير.
 استحباب الدعاء بعد العمل الصالح.</t>
   </si>
   <si>
     <t>Bu sığınma, dünya və axirət şərlərini ehtiva etdiyi üçün duaların ən mühümüdür və böyük mənaları əhatə edir.
 Qəbr əzabının sübutu və onun haqq olması.
 Fitnələrin təhlükəli olması və onlardan qurtulmaq üçün Allaha sığınmağın və dua etməyin əhəmiyyəti.
 Dəccalın çıxacağının isbatı və fitnəsinin təhlükəli olması.
 Bu duanı sonuncu təşəhhüdün ardınca oxumağın müstəhəbliyi.
 Saleh əməldən sonra dua etməyin müstəhəb olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3103</t>
   </si>
   <si>
     <t>اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب</t>
   </si>
   <si>
-    <t>Allahummə bəid bəyni və bəynə xatayəyə kəmə bəədtə bəynəl-məşriqi vəl-məğribi,</t>
+    <t>Allahummə bəid bəyni və bəynə xatayəyə kəmə bəədtə bəynəl-məşriqi vəl-məğribi</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذَا كَبَّرَ فِي الصَّلَاةِ، سَكَتَ هُنَيَّةً قَبْلَ أَنْ يَقْرَأَ، فَقُلْتُ: يَا رَسُولَ اللهِ بِأَبِي أَنْتَ وَأُمِّي أَرَأَيْتَ سُكُوتَكَ بَيْنَ التَّكْبِيرِ وَالْقِرَاءَةِ، مَا تَقُولُ؟ قَالَ «أَقُولُ: اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ، اللهُمَّ نَقِّنِي مِنْ خَطَايَايَ كَمَا يُنَقَّى الثَّوْبُ الْأَبْيَضُ مِنَ الدَّنَسِ، اللهُمَّ اغْسِلْنِي مِنْ خَطَايَايَ بِالثَّلْجِ وَالْمَاءِ وَالْبَرَدِ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondn razı olsun) belə dediyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namaz əsnasında təkbir gətirdikdə, Quran oxumazdan əvvəl qısa bir müddət susardı. Ona görə dedim: Ey Allahın Elçisi-anam və atam sənə fəda olsun-təkbir və qiraət arasında sakit durduqda nə söyləyirsən? O, dedi: Allahummə bəid bəyni və bəynə xatayəyə kəmə bəədtə bəynəl-məşriqi vəl-məğribi, Allahummə nəqqini min xatayəyə, kəmə yunəqqas-səvbul-əbyadu minəd-dənəsi, Allahumməğsilni min xatayəyə bilməi, vəs-səlci, vəl-bərdi."-deyirəm. (Allahım, şərqlə qərbin arasını uzaqlaşdırdığın kimi  məni də günahlarımdan uzaq et. Allahım, ağ paltar çirkdən təmizləndiyi kimi, məni də günahlarımdan təmizlə. Allahım, mənim günahlarımı su, qar və dolu ilə yu).</t>
+    <t>Əbu Hureyradan (Allah ondn razı olsun) belə dediyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namaz əsnasında təkbir gətirdikdə, Quran oxumazdan əvvəl qısa bir müddət susardı. Ona görə dedim: Ey Allahın Elçisi-anam və atam sənə fəda olsun-təkbir və qiraət arasında sakit durduqda nə söyləyirsən? O, dedi: "Allahummə bəid bəyni və bəynə xatayəyə kəmə bəədtə bəynəl-məşriqi vəl-məğribi, Allahummə nəqqini min xatayəyə, kəmə yunəqqas-səvbul-əbyadu minəd-dənəsi, Allahumməğsilni min xatayəyə bilməi, vəs-səlci, vəl-bərdi" - deyirəm. (Allahım, şərqlə qərbin arasını uzaqlaşdırdığın kimi  məni də günahlarımdan uzaq et. Allahım, ağ paltar çirkdən təmizləndiyi kimi, məni də günahlarımdan təmizlə. Allahım, mənim günahlarımı su, qar və dolu ilə yu).</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا كبَّر للصلاة  يسكت سكتة لطيفة قبل أن يقرأ الفاتحة، يستفتح فيها صلاته ببعض الأدعية، ومما ورد من هذه الأدعية قوله: 
 «اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب، اللهم نقني من خطاياي، كما ينقى الثوب الأبيض من الدنس، اللهم اغسلني من خطاياي بالثلج والماء والبرد»، 
 فهو يدعو الله عز وجل أن يباعد بينه وبين الخطايا بأن لا يقع فيها، إبعادًا لا يحصل معه لقاء، كما لا لقاء بين المشرق والمغرب أبدًا، وإن وقع فيها أن ينقيه منها ويزيلها كما يزال الوسخ من الثوب الأبيض، وأن يغسله من خطاياه ويبرد لهيبها وحرها، بهذه المطهرات الباردة؛ الماء، والثلج، والبرد.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) namaz üçün təkbir (Allahu Əkbər) dedikdən sonra, “Fatihə” surəsini oxumazdan əvvəl azacıq sakit durardı, orada bəzi dualarla namazına başlayardı. Və bu dualardan varid olanlardan biri: "Allahummə bəid bəyni və bəynə xatayəyə kəmə bəədtə bəynəl-məşriqi vəl-məğribi, Allahummə nəqqini min xatayəyə, kəmə yunəqqas-səvbul-əbyadu minəd-dənəsi, Allahumməğsilni min xatayəyə bilməi vəs-səlci vəl-bərdi."
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) namaz üçün təkbir (Allahu Əkbər) dedikdən sonra, “Fatihə” surəsini oxumazdan əvvəl azacıq sakit durardı, orada bəzi dualarla namazına başlayardı. Və bu dualardan varid olanlardan biri: "Allahummə bəid bəyni və bəynə xatayəyə kəmə bəədtə bəynəl-məşriqi vəl-məğribi, Allahummə nəqqini min xatayəyə, kəmə yunəqqas-səvbul-əbyadu minəd-dənəsi, Allahummə-ğsilni min xatayəyə bilməi vəs-səlci vəl-bərdi."
 Allahım, şərqlə qərbin arasını uzaqlaşdırdığın kimi  məni də günahlarımdan uzaq et. Allahım, ağ paltar çirkdən təmizləndiyi kimi, məni də günahlarımdan təmizlə. Allahım, mənim günahlarımı su, qar və dolu ilə yu. O, Uca Allaha dua edir ki, onu günahlardan uzaq etsin ki, günaha düşməsin. Elə bir şəkildə uzaq etsin ki, günahla qarşılaşmasın, necə ki, şərqlə qərb heç zaman qarşılaşmaz. Əgər o günahlara düşsə, çirk ağ paltardan çıxarıldığı kimi, onu da günahlardan təmizləsin, günahlarını su, qar və dolu kimi soyuq təmizləyicilərlə yusun, onların alovunu və istiliyini soyutsun.</t>
   </si>
   <si>
     <t>الإسرار بدعاء الاستفتاح  ولو كانت الصلاة جهرية.
 حرص الصحابة رضي الله عنهم على معرفة أحوال الرسول صلى الله عليه وسلم في حركاته وسكناته.
 وردت صيغ أخرى لدعاء الاستفتاح، والأفضل أن يتتبع المرء الاستفتاحات الواردة والثابتة عنه صلى الله عليه وسلم، فيأتي بهذا مرة، وهذا مرة.</t>
   </si>
   <si>
     <t>Səsli namazda olsa da belə, açılış duasını gizli oxumaq.
 Səhabələrin (Allah onlardan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) hərəkətlərində və sükunətindəki hallarını bilməyə can atmaları.
 Açılış duasının başqa formaları da varid olmuşdur. Yaxşı olar ki, insan ondan (Allahın salavatı və salamı onun üzərinə olsun) varid və sabit olan açılış dualarını öyrənsin və hər dəfə birini söyləsin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3104</t>
   </si>
   <si>
     <t>إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت</t>
   </si>
   <si>
     <t>Cümə günü imam xütbə oxuyarkən yanındakı yoldaşına "Sus!" dersən, artıq lağlağa etmiş (cümənin savabını itirmiş) olursan</t>
   </si>
   <si>
     <t>عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: "Cümə günü imam xütbə oxuyarkən yanındakı yoldaşına "Sus!" dersən, artıq lağlağa etmiş (cümənin savabını itirmiş) olursan".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: "اسكت" و"استمع"، فقد فاته فَضْلُ صلاةِ الجمعة.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) cümə xütbəsində iştirak edən kimsənin, imamın xütbədə söylədiyi nəsihəti tədəbbür etmək üçün ona sakitcə qul asması cümə xütbəsinin vacib olan ədəblərindən biri olduğunu həmçinin bir şəxsin imam xütbə verərkən yanında əlyəşən qardaşına: "sus" və ya "qula as" hətta bundan az olan bir kəlmə söyləyərsə bilə, cümə namazının fəzilətini itirdiyini bəyan etmişdir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) cümə xütbəsində iştirak edən kimsənin, imamın xütbədə söylədiyi nəsihəti tədəbbür etmək üçün ona sakitcə qulaq asması cümə xütbəsinin vacib olan ədəblərindən biri olduğunu həmçinin bir şəxsin imam xütbə verərkən yanında əlyəşən qardaşına: "sus" və ya "qula as" hətta bundan az olan bir kəlmə söyləyərsə bilə, cümə namazının fəzilətini itirdiyini bəyan etmişdir.</t>
   </si>
   <si>
     <t>تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس.
 يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ.
 جواز الكلام بين الخطبتين عند الحاجة.
 إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.</t>
   </si>
   <si>
     <t>Xütbəyə qulaq asarkən: danışmaq, hətta münkər bir şeyi inkar etmək, salam verənin salamını almaq, asqıran kimsəyə: "Yarhəmukə Allah" demək olsa belə haramdır.
 Xütbə əsnasında imamı danışdıran və ya imamın özü danışdırdığı kimsə bu haramlıqdan istisna edilir.
 Ehtiyac anında iki xütbə arasında (imamın minbərdə əyləşdiyi vaxt) danışmaq icazəlidir.
 İmam xütbə verərkən Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) adı zikir edilərsə, xütbəni dinliyən sakitcə salat və salam gətirər və imamın etdiyi dualarına da amin deyər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3107</t>
   </si>
   <si>
     <t>ألا أحدثكم حديثا عن الدجال، ما حدث به نبي قومه؟ إنه أعور، وإنه يجيء معه بمثال الجنة والنار،</t>
   </si>
   <si>
     <t>Sizə Dəccal haqqında heç bir peyğəmbərin öz qövmünə demədiyi şeyləri söyləyimmi? O, tək gözlüdür və özü ilə cənnət və cəhənnəmə bənzər şey gətirir,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ، فَالَّتِي يَقُولُ إِنَّهَا الجَنَّةُ هِيَ النَّارُ، وَإِنِّي أُنْذِرُكُمْ كَمَا أَنْذَرَ بِهِ نُوحٌ قَوْمَهُ».</t>
   </si>
@@ -1684,148 +1683,147 @@
 Amma onun cənnəti cəhənnəmdir, cəhənnəmi isə cənnətdir. Kim ona itaət edərsə,  insanların gördükləri bu cənnətə daxil edər, lakin o, yandıran bir oddur. Və kim ona itaət etməzsə, insanların gördükləri  cəhənnəmə daxil edər, lakin o, gözəl cənnətdir. Sonra, Nuh öz qövmünü xəbərdar etdiyi kimi, Peyğəmbər də (Allahın salavatı və salamı onun üzərinə olsun) bizi onun fitnəsindən çəkindirib xəbərdar etdi.</t>
   </si>
   <si>
     <t>عظم فتنة الدجال.
 النجاة من فتنة الدجال تكون بصدق الإيمان واللجوء إلى الله تعالى والاستعاذة بالله منه في التشهد الأخير، وحفظ عشر آيات من أول سورة الكهف.
 شدة حرص النبي صلى الله عليه وسلم على أمته، حيث بين للمسلمين من صفات الدجال ما لم يبينه نبي قبله.</t>
   </si>
   <si>
     <t>Dəccalın fitnəsinin böyüklüyü.
 Dəccalın vəsvəsəsindən xilas olmaq səmimi imanla, Uca Allaha üz tutmaqla, son təşəhhüddə ondan Allaha sığınmaqla və Kəhf surəsinin ilk on ayəsini əzbərləməklə olur.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ümmətinə olan böyük qayğısı. Belə ki, Dəccalın, özündən əvvəl heç bir peyğəmbərin bəyan etmədiyi xüsusiyyətlərini müsəlmanlara bəyan etdi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3110</t>
   </si>
   <si>
     <t>الرجل على دين خليله، فلينظر أحدكم من يخالل</t>
   </si>
   <si>
     <t>İnsan dostunun dini üzərindədir və sizdən hər biriniz kiminlə dostluq etdiyinə baxsın</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أَن النبيَّ صَلّى اللهُ عَلَيْهِ وسَلَّم قَالَ: «الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə  buyurduğu rəvayət edilir: "İnsan dostunun dini üzərindədir və sizdən hər biriniz kiminlə dostluq etdiyinə baxsın".</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "İnsan dostunun dini üzərindədir və sizdən hər biriniz kiminlə dostluq etdiyinə baxsın".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الإنسانَ يُشابه صديقَه وصاحبَه الخالصَ في سيرته وعادته، وتؤثر الصداقة في الأخلاق والسلوك والتصرفات، ولهذا أرشد إلى حسن اختيار الصديق؛ لأنه يَدلُّ صديقَه على الإيمان والهدى والخير، ويكون عونًا لصاحبه.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) insanın həyat tərzi və vərdişlərində  dostu və ən yaxın yoldaşına bənzədiyini, dostluğun insanın əxlaqına, davranışına və hərəkətlərinə təsir etdiyini bəyan etmiş və bu səbəbdən yaxşı dost seçiminə yönəltmişdir. Çünki o, dostunu imana, hidayətə və xeyirxahlığa yönəldir və yoldaşına yardımçı olur.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) insanın həyat tərzi və vərdişlərində dostu və ən yaxın yoldaşına bənzədiyini, dostluğun insanın əxlaqına, davranışına və hərəkətlərinə təsir etdiyini bəyan etmiş və bu səbəbdən yaxşı dost seçiminə yönəltmişdir. Çünki o, dostunu imana, hidayətə və xeyirxahlığa yönəldir və yoldaşına yardımçı olur.</t>
   </si>
   <si>
     <t>الأمر بصحبة الأخيار وانتقائهم والنهي عن صحبة الأشرار.
 خص الصديق دون القريب؛ لأن الصاحب أنت مَن يختاره، أما الأخ والقريب فليس لك فيه اختيار.
 اتِّخاذ الصحبة لا بد أن يصدر عن تفكُّر.
 المرء يُقوِّي دينه بِصُحبة المؤمنين ويُضعفه بِصُحبَة الفاسقين.</t>
   </si>
   <si>
-    <t>Yaxşı insanlarla dostluq etmək və onları seçməyin əmr edilməsi, pis insanlarla yoldaşlıq etməyin isə qadağan edilməsi .
+    <t>Yaxşı insanlarla dostluq etmək və onları seçməyin əmr edilməsi, pis insanlarla yoldaşlıq etməyin isə qadağan edilməsi.
 Qohumu deyil dostu xüsusiləşdirdi; çünki dostu seçən sənsən, qardaş və qohuma gəlincə, sənin bunda heç bir seçimin yoxdur.
 Yoldaş seçmək, fikirləşdikdən sonra olmalıdır.
 İnsan möminlərlə dostluq etməklə dinini gücləndirir, fasiqlərlə dostluq etməklə isə onu zəiflədir.</t>
   </si>
   <si>
     <t>حسن</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وأحمد</t>
   </si>
   <si>
     <t>[Həsən]</t>
   </si>
   <si>
     <t>[Əbu Davud, Ət-Tirmizi,Əhməd]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3122</t>
   </si>
   <si>
     <t>إنما مثل الجليس الصالح والجليس السوء كحامل المسك ونافخ الكير،</t>
   </si>
   <si>
     <t>“Yaxşı və pis dostun misalı, müşk (ətir) satanla körük vuranın misalına bənzəyir</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ، فَحَامِلُ الْمِسْكِ: إِمَّا أَنْ يُحْذِيَكَ، وَإِمَّا أَنْ تَبْتَاعَ مِنْهُ، وَإِمَّا أَنْ تَجِدَ مِنْهُ رِيحًا طَيِّبَةً، وَنَافِخُ الْكِيرِ: إِمَّا أَنْ يُحْرِقَ ثِيَابَكَ، وَإِمَّا أَنْ تَجِدَ رِيحًا خَبِيثَةً».</t>
   </si>
   <si>
     <t>Əbu Musadan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: “Yaxşı və pis dostun misalı, müşk (ətir) satanla körük vuranın misalına bənzəyir. Ətir satan ya sənə ətir bağışlayar, ya ondan ətir  alarsan, ya da ondan xoş bir qoxu duyarsan. Körük vuran isə ya sənin paltarını yandırar, ya da sən ondan pis qoxu duyarsan”.</t>
   </si>
   <si>
     <t>ضَرَبَ صلى الله عليه وسلم المَثل لنوعين من الناس:
 النوع الأول: الجليس والصديق الصالح الذي يدل على الله وما فيه رضاه، ويعين على الطاعة، 
 فمثله كبائع المسك إما أن يعطيك، وإما أن تشتري منه، وإما أن تجد وتشم منه ريحا طيبة. 
 والنوع الثاني: جليس وصديق السوء؛ الذي يصدُّ عن سبيل الله، ويعين على فعل المعاصي، وترى منه الفعل القبيح، ويطالك الذم لمصاحبة ومجالسة مثله، 
 فمثله كالحداد الذي ينفخ ناره؛ إما أن يحرق ثيابك من شرره المتطاير، أو تجد من قربه ريحًا خبيثة.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) iki növ insana misal çəkdi:
 Birinci növ: Allaha və Onun razılığına yönəldən, itaətdə kömək edən saleh yoldaş və dost. O, müşk (ətir) satıcısına bənzəyir, ya sənə ətir verəcək, ya sən ondan pulla alacaqsan, ya da ondan xoş ətir iyisi duyacaqsan.
-İkinci növ: İnsanları Allahın yolundan azdıran və günah işlətməkdə kömək edən pis yoldaş və dost. Ondan çirkin  əməl görərsən, onun kimi bir şəxslə yoldaşlıq edib, onunla oturub-durduğuna görə qınanarsan. O, oda üfürən dəmirçi kimidir; ya uçan qığılcımlarından sənin paltarın yanar, ya da onun yanından pis qoxu duyarsan.</t>
+İkinci növ: İnsanları Allahın yolundan azdıran və günah işlətməkdə kömək edən pis yoldaş və dost. Ondan çirkin əməl görərsən, onun kimi bir şəxslə yoldaşlıq edib, onunla oturub-durduğuna görə qınanarsan. O, oda üfürən dəmirçi kimidir; ya uçan qığılcımlarından sənin paltarın yanar, ya da onun yanından pis qoxu duyarsan.</t>
   </si>
   <si>
     <t>جواز ضرب الأمثال لتقريب المعنى للسامع.
 الحث والترغيب على مجالسة أهل الطاعة والصلاح، ومجانبة أهل الفساد وأصحاب الخُلق السيئ.</t>
   </si>
   <si>
     <t>Mənanı dinləyiciyə daha yaxşı çatdırmaq üçün misallar verməyin icazəli olması.
 İtaətkar və saleh insanlarla yoldaşlıq etməyə, fəsadçı və pis əxlaq sahiblərindən isə uzaq durmağa təşviq etmək və rəğbətlənidrmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3127</t>
   </si>
   <si>
     <t>الساعي على الأرملة والمسكين، كالمجاهد في سبيل الله، أو القائم الليل الصائم النهار</t>
   </si>
   <si>
     <t>Dul qadına və kasıba əl tutan şəxs, Allah yolunda cihad edən və ya gecələri yorulmadan namaz qılıb, gündüzləri oruc tutan şəxs kimidir”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Dul qadına və kasıba əl tutan şəxs, Allah yolunda cihad edən və ya gecələri yorulmadan namaz qılıb, gündüzləri oruc tutan şəxs kimidir”.</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Dul qadına və kasıba əl tutan şəxs, Allah yolunda cihad edən və ya gecələri yorulmadan namaz qılıb, gündüzləri oruc tutan şəxs kimidir”.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الذي يقوم بمصالِحِ المرأةِ التي مات عنها زوجُها وليس لها أحدٌ يقوم بشؤونِها، والمسكينِ المُحتاج، ويُنفِقُ عليهم محتسبًا الأجرَ عند الله تعالى، فهو في الأجر كالمجاهد في سبيل الله، أو كالقائم في صلاة التهجد الذي لا يَتعب، الصائم الذي لا يفطر.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurur ki, əri vəfat etmiş və heç kimdən maddi dəstəyi olmayan bir qadına, həmçinin maddi ehtiyacları olan insanlara yardım edən və savabını uca Allahdan umaraq onlara xərcləyən kəs, Allah yolunda cihad edən və ya yorulmadan gecə namazlarını qılan, oruc tutub iftarını açmayan şəxs kimi savab sahibidir.</t>
   </si>
   <si>
     <t>الحثُّ على التعاون والتكافل وسَدّ حاجات الضعفاء.
 العبادة تشمل كلَّ عمل صالح، ومن العبادة السعي على الأرملة والمسكين.
 قال ابن هبيرة: والمراد أن الله تعالى يجمع له ثواب الصائم والقائم والمجاهد في دفعة؛ وذلك أنه قام للأرملة مقام زوجها ...، وقام على ذلك المسكين الذي عجز عن قيامه بنفسه، فأنفق هذا فضل قوته، وتصدق بجَلَدِه، فكان نفعه إذًا  يكافئ الصوم والقيام والجهاد.</t>
   </si>
   <si>
     <t>Xeyir işlərdə əməkdaşlığa, həmrəyliyə təşviq, kasıbların ehtiyacını ödəməyə çağırış.
 İbadət bütün saleh əməlləri əhatə edir, dul qadına və kasıblara yardım etməyə çalışmaq da ibadətdəndir.
-İbn Hubeyra demişdir:
-Burada nəzərdə tutulan odur ki, Allah-təala həmin adamın tək bir əl tutmaq əməlinə görə, oruc tutanın, gecələr namaz qılanın və mücahidin- bunların hər birinin qazandığı üç əməlin savabını cəm olaraq ona bir dəfəyə verir. Çünki o, dul qadına ərinin əvəzinə maddi baxımdan dayaq oldu, özünü dolandıra bilməyən kasıba əl tutdu, bununla da öz gündəlik payından bir hissəsini xərclədi və sədəqə verdi. Ona görə də onun əcri oruc tutmağın, gecə namazının və cihadın savabına bərabər oldu.</t>
+İbn Hubeyra demişdir: "Burada nəzərdə tutulan odur ki, Allah-təala həmin adamın tək bir əl tutmaq əməlinə görə, oruc tutanın, gecələr namaz qılanın və mücahidin- bunların hər birinin qazandığı üç əməlin savabını cəm olaraq ona bir dəfəyə verir. Çünki o, dul qadına ərinin əvəzinə maddi baxımdan dayaq oldu, özünü dolandıra bilməyən kasıba əl tutdu, bununla da öz gündəlik payından bir hissəsini xərclədi və sədəqə verdi. Ona görə də onun əcri oruc tutmağın, gecə namazının və cihadın savabına bərabər oldu".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3135</t>
   </si>
   <si>
     <t>بادروا بالأعمال فتنا كقطع الليل المظلم،</t>
   </si>
   <si>
     <t>Zülmət gecənin parçaları kimi fitnələr gəlmədən öncə saleh əməllərə tələsin,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ، يُصْبِحُ الرَّجُلُ مُؤْمِنًا وَيُمْسِي كَافِرًا، أَوْ يُمْسِي مُؤْمِنًا وَيُصْبِحُ كَافِرًا، يَبِيعُ دِينَهُ بِعَرَضٍ مِنَ الدُّنْيَا».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun(Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Zülmət gecənin parçaları kimi fitnələr gəlmədən öncə saleh əməllərə tələsin, insan mömin olaraq sabahlayıb, kafir olaraq axşamlayar, mömin olaraq axşamlayıb, kafir olaraq sabahlayar. Az dünya malı qarşılığında dinini satar."</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المؤمنَ بالمسارعة والإكثار من الأعمال الصالحة قبل تعذُّرِها والاشتغال عنها بمجيء الفتن والشبهات التي تمنع منها، وتصد عنها، وهي مظلمة كقطع الليل، يختلط فيها الحق بالباطل، فيصعب على الناس التمييز بينهما، ومن شدتها يتخبط الإنسان حتى إنه يصبح مؤمنًا ويمسي كافرًا، ويمسي مؤمنًا ويصبح كافرًا، يترك دينه بمتاع من الدنيا زائل.</t>
   </si>
   <si>
     <t>Peyğəmbər(Allahın salavatı və salamı onun üzərinə olsun) mömini həvəsləndirir ki, saleh əməllər qeyri-mümkün olmamış və ya onlara mane olan fitnə və şübhələr gəlməmiş, saleh əməllər işləməyi tezləşdirsinlər və çoxaltsınlar.  Çünki, bu şübhə və fitnələr gecə kimi zülmətdir, orada haqq batilə qarışır və insanlar üçün onları bir-birindən ayırmaq çətinləşir. Və onun şiddətindən  insan o qədər çaşqınlığa düşür ki,  hətta o, mömin kimi sabahlayıb, axşam kafir olur və ya axşam mömin olduğu halda, kafir kimi sabahlayır,  dünya həyatının keçici ləzzətlərinə görə dinini tərk edir.</t>
   </si>
   <si>
     <t>وجوب التمسُّك بالدين، والمبادرة إلى العمل الصالح قبل أن تَحوْل الموانع دونه.
 الإشارة إلى تتابع الفتن المضلة آخر الزمان، وأنه كلما ذهبت فتنة أعقبتها فتنة أخرى.
@@ -1871,57 +1869,57 @@
 العبد لا يستغني عن تثبيت الله له على الإسلام طرفة عين.
 الحث على الإكثار من هذا الدعاء، تأسِّيًا بالنبي عليه الصلاة والسلام.
 الثبات على الإسلام هو النعمة العظمى التي ينبغي على العبد أن يسعى إليها ويشكر مولاه عليها.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) öz Rəbbinə təslim olması və Ona yalvarması və ümmətini bunu istəməyə yönəltməsi.
 Doğru yolda olmağın və dində  sabitliyin əhəmiyyəti və ibrətin (əməllərin qiymətləndirilməsinin) sonluğa görə olması.
 Bəndə bir göz qırpımı olsa da belə, Allahın onu İslam üzərində sabit etməsindən ehtiyacsız deyil.
 Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) nümunə götürərək bu duanı çox etməyə təşviq etmək.
 İslamda sabitlik, bəndənin səy göstərməli olduğu və Mövlasına (Rəbbinə) şükür etməli olduğu ən böyük nemətdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3142</t>
   </si>
   <si>
     <t>إذا شرب الكلب في إناء أحدكم فليغسله سبعا</t>
   </si>
   <si>
     <t>Əgər it birinizin qabından içərsə, onu yeddi dəfə yusun</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: إِنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا».
 ولمسلم: « أولاهُنَّ بالتُراب».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Əgər it birinizin qabından içərsə, onu yeddi dəfə yusun"</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Əgər it birinizin qabından içərsə, onu yeddi dəfə yusun".</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِغسل الإناء سبعَ مرات إذا أَدْخَلَ الكلبُ فيه لسانه، الأولى منهن مَصحوبةٌ بالتراب ليأتي الماءُ بعدها، فتحصل النظافة التامة مِن نجاسته وضرره.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) it qaba dilini salarsa, onu yeddi dəfə yumağı əmr etmişdir. Ardınca su ilə yuyulması üçün onlardan birincisi torpaqla olur və beləliklə qabın (itin ağız suyunun) nəcasət və zərərindən tam təmizlənməsi hasil olur.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) əgər - it qaba dilini salarsa, onu yeddi dəfə yumağı əmr etmişdir. Ardınca su ilə yuyulması üçün onlardan birincisi torpaqla olur və beləliklə qabın (itin ağız suyunun) nəcasət və zərərindən tam təmizlənməsi hasil olur.</t>
   </si>
   <si>
     <t>ريق الكلب نجسٌ نجاسة مُغلَّظة.
 ولوغ الكلب في الإناء، ينجِّسه، وينجِّس الماء الذي فيه.
 التطهير بالتراب والتكرار سبعًا خاصٌّ بالتطهير من ولوغه دون بوله وعذرته وسائر ما لوَّثه الكلب.
 كيفية غسل الإناء بالتراب: أن يجعل في الإناء ماء ويضاف إليه التراب، ثم يغسل الإناء بهذا الخليط.
 ظاهر الحديث أنه عامٌّ في جميع الكلاب، حتى الكلاب التي أذن الشارع باتخاذها، مثل كلاب الصيد والحراسة والماشية.
 الصابون والأشنان لا يقومان مقام التراب؛ لأن النبي صلى الله عليه وسلم نصَّ على التراب.</t>
   </si>
   <si>
     <t>İtin ağız suyu çox güclü nəcasətdir.
 İtin qabı yalaması onu da, içindəki suyu da nəcis edir.
 Torpaqla təmizlənmək və yeddi dəfə təkrar yumaq yalnız itin ağız suyundan təmizlənməyə aiddir, lakin onun sidiyi, nəcisi və digər bulaşdırdığı şeylərə aid deyil.
 Qabın torpaqla yuyulma şəkli: Qabın içinə su tökülür və ona torpaq əlavə edilir, sonra bu qarışıqla qab yuyulur.
 Hədisin zahiri mənası bütün itlərə, hətta ov, gözətçi və mal-qara (çoban) itləri kimi şəriətin saxlanılmasına icazə verdiyi itlərə də aiddir.
 Sabun və aşnan bitkisi (paltarı və əlləri yumaqda istifadə edilən bitki) torpağı əvəz etmir; çünki Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) torpağı birmənalı olaraq qeyd etmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3143</t>
   </si>
   <si>
     <t>الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط</t>
   </si>
   <si>
     <t>Beş şey fitrətdəndir: sünnət olmaq, övrət yerini qırxmaq, bığları qısaltmaq, dırnaqları tutmaq və qoltuq altındakı tükləri yolmaq</t>
@@ -1989,121 +1987,121 @@
 الحث على إنكار المعاصي ومنع وقوعها.
 يحصل الهلاك العامُّ بسبب كثرة المعاصي وانتشارها وعدم إنكارها وإن كثر الصالحون.
 المصائب تعمُّ الناس جميعًا صالحين وفاسدين، ولكنهم يُبعَثون على نيّاتهم.
 خصَّ العربَ في قوله: "وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ"؛ لأنهم مُعظم مَن أَسْلَم حين قال ذلك.</t>
   </si>
   <si>
     <t>Qorxu möminin qəlbini Allahı zikr etməkdən yayındırmaz. Çünki qəlblər Allahı zikr etməklə rahatlıq tapır.
 Günahları inkar etməyə və onların baş verməsinə maneə olmağa təşviq etmək.
 Hətta saleh insanlar çox olsa belə, günahların çoxluğu, onların yayılması və inkar edilməməsi hamının həlak olmasına səbəb olur.
 Müsibətlər həm saleh, həm də fəsadkar olan bütün insanları əhatə edir, lakin onlar niyyətlərinə uyğun olaraq dirildiləcəklər.
 "Artıq yaxınlaşmış şərdən vay olsun ərəblərin halına” sözündə ərəblər xüsusi qeyd edilib; çünki bunu deyəndə İslamı qəbul edənlərin əksəriyyəti onlar idi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3145</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم إذا دخل الخلاء قال: اللهم إني أعوذ بك من الخبث والخبائث</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər dəfə ayaqyoluna girdikdə belə deyərdi: “Allahummə inni əuzu bikə minəl-xubusi val-xəbəis”</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَألَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ».</t>
   </si>
   <si>
-    <t>Ənəsdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: "Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər dəfə ayaqyoluna girdikdə belə deyərdi: “Allahummə inni əuzu bikə minəl-xubusi val-xəbəis” .</t>
+    <t>Ənəsdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: "Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər dəfə ayaqyoluna girdikdə belə deyərdi: “Allahummə inni əuzu bikə minəl-xubusi val-xəbəis”.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد دُخولَ المكانِ الذي سيَقضي فيه حاجتَه، بَولًا أو غائِطًا، استعاذ بالله، والتجأ إليه أنْ يَقِيَه شَرَّ الشياطين من ذكور وإناث، 
 وفُسِّر الخبث والخبائث أيضًا بالشر وبالنجاسات.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) sidiyin və ya nəcisin ifrazı üçün ayaqyoluna daxil olmaq istədikdə, Allaha sığınar,  kişi və qadın şeytanların şərrindən qorunmaq üçün Ona pənah aparardı. Hədisdə keçən əl-xubsi val-xəbəis"-şərr və nəcasətlər kimi təfsir edilir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) sidiyin və ya nəcisin ifrazı üçün ayaqyoluna daxil olmaq istədikdə, Allaha sığınar,  kişi və qadın şeytanların şərrindən qorunmaq üçün Ona pənah aparardı. Hədisdə keçən "əl-xubsi val-xəbəis"-şərr və nəcasətlər kimi təfsir edilir.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند إرادة دخول الخلاء.
 جميع الخلق مفتقرون إلى ربهم في دفع ما يؤذيهم أو يضرهم في كل أحوالهم.</t>
   </si>
   <si>
     <t>Bu duanın ayaqyoluna girərkən edilməsinin müstəhəb olması.
 Bütün məxluqat, özlərindən əziyyətləri və zərərləri dəf etmək üçün hər bir halda Rəbblərinə möhtacdırlar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3150</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم أشد حياء من العذراء في خدرها، فإذا رأى شيئا يكرهه عرفناه في وجهه</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) öz otağında, pərdə arxasında olan bakirə qızdan daha həyalı idi, sevmədiyi bir şey gördüyündə, biz bunu onun üzündən anlayardıq</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَشَدَّ حَيَاءً مِنَ العَذْرَاءِ فِي خِدْرِهَا، فَإِذَا رَأَى شَيْئًا يَكْرَهُهُ عَرَفْنَاهُ فِي وَجْهِهِ.</t>
   </si>
   <si>
     <t>Əbu Səid Əl-Xudridən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) öz otağında, pərdə arxasında olan bakirə qızdan daha həyalı idi, sevmədiyi bir şey gördüyündə, biz bunu onun üzündən anlayardıq.</t>
   </si>
   <si>
     <t>يُخْبِرُ أبو سعيد الخدري رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم كان أشدَّ حياء من البنت البِكْر التي لم تتزوج وتعاشر الرجال المُستترة في بيتها، ومن شدة حيائه أنه إذا كَرِهَ شيئًا يتغير وجهه ولا يتكلم، بل يفهم أصحابه كراهيتَه لذلك في وجهه.</t>
   </si>
   <si>
     <t>Əbu Səid Əl-Xudri (Allah ondan razı olsun) xəbər verir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) evlənməmiş və kişilərə qarışmamış, evində gizlənən bakirə qızdan daha utancaq idi və şiddətli həyasına görə, əgər bir şeyi xoşlamadıqda,  üzü dəyişər və danışmazdı, lakin, onun  sahabələri bu şeyi sevmədiyini onun üzündən anlayardılar.</t>
   </si>
   <si>
     <t>بيان ما اشتمل عليه النبي صلى الله عليه وسلم من الحياء، وهو الخُلُق العظيم.
 حياء النبيِّ صلى الله عليه وسلم ما لم تُنتَهك حرمات الله، فإذا انتهكت؛ فإنه صلى الله عليه وسلم كان يغضب ويأمر أصحابَه وينهاهم.
 الحث على التخلُّق بالحياء؛ لأنه يحمل النفس على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) həyalı olmasının bəyanı. Məhz bu böyük əxlaqdır.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) həyası, Allahın qadağaları pozulmadığı müddətcə idi. Lakin onlar pozulardısa, o (Allahın salavatı və salamı onun üzərinə olsun) qəzəblənər, səhabələrinə əmr və qadağalar edərdi.
 Həyalı olmağa təşviq; çünki o insanı gözəl əməl işləməyə və çirkinlikləri tərk etməyə sövq edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3153</t>
   </si>
   <si>
     <t>ستكون أثرة وأمور تنكرونها قالوا: يا رسول الله فما تأمرنا؟ قال: تؤدون الحق الذي عليكم، وتسألون الله الذي لكم</t>
   </si>
   <si>
-    <t>Sizin (başınızda duracaq rəhbərlər tərəfindən) inkar edəcəyiniz işlər və mənimsəmələr görəcəksiniz. "Soruşdular: Ey Allahın Rəsulu, bizə nə əmr edirsən? O Dedi: Üzərinizdə olan haqqı yerinə yetirin, öz haqqınızı isə Allahdan istəyin</t>
+    <t>Sizin (başınızda duracaq rəhbərlər tərəfindən) inkar edəcəyiniz işlər və mənimsəmələr görəcəksiniz. Soruşdular: "Ey Allahın Rəsulu, bizə nə əmr edirsən?". O Dedi: Üzərinizdə olan haqqı yerinə yetirin, öz haqqınızı isə Allahdan istəyin</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ».</t>
   </si>
   <si>
-    <t>İbn Məsud (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir: "Sizin (başınızda duracaq rəhbərlər tərəfindən) inkar edəcəyiniz işlər və mənimsəmələr görəcəksiniz. "Soruşdular: Ey Allahın Rəsulu, bizə nə əmr edirsən? O Dedi: Üzərinizdə olan haqqı yerinə yetirin, öz haqqınızı isə Allahdan istəyin."</t>
+    <t>İbn Məsud (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir: "Sizin (başınızda duracaq rəhbərlər tərəfindən) inkar edəcəyiniz işlər və mənimsəmələr görəcəksiniz. Soruşdular: "Ey Allahın Rəsulu, bizə nə əmr edirsən?". O Dedi: Üzərinizdə olan haqqı yerinə yetirin, öz haqqınızı isə Allahdan istəyin".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه سيتولى على المسلمين وُلاةٌ يَستأثِرون بأموال المسلمين وغيرِها مِن أمور الدنيا، يَصْرِفُونها كما شاؤوا ويمنعون المسلمين حقَّهم فيها. 
 وسيكون منهم في الدِّين أمورٌ تُنْكَر. 
 فسَألَ الصحابةُ رضي الله عنهم: ماذا يفعلون في تلك الحال؟ 
 فأخبرهم صلى الله عليه وسلم أنه لا يمنعكم انفرادُهم بالمال أنْ تَمْنَعوا ما يجب عليكم نحوَهم من السمع والطاعة، بل اصبروا واسمعوا وأطيعوا ولا تنازعوهم الأمر، واسألوا الحق الذي لكم من الله، وأن يُصلحَهم ويَدفعَ شرَّهم وظلمَهم.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, müsəlmanların üzərinə hökmdarlar gələcək ki, onlar müsəlmanların ümumi sərvətini və digər dünya işlərini şəxsi maraq dairələrinə salacaqlar, onları istədikləri kimi xərcləyəcək və müsəlmanları bu  haqlarından məhrum edəcəklər. Onlar dində inkar olunan əməllər edəcəklər. Səhabələr (Allah onlardan razı olsun) bu vəziyyətdə nə etməli olduqlarını soruşdular. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onlara bildirdi ki, həmin hökmdarların mal-dövləti mənimsəmələri, sizi onlara tabeçilikdən və itaət etmək kimi üzərinizdə olan vacibdən yayındırmamalıdır, əksinə, səbirli olun, onlara qulaq asın, itaət edin, onlarla münaqişə, ixtilaf etməyin. Allahdan  haqqınızı diləyin və onların islah olunmalarını, şər və zülmlərinin dəf edilməsini istəyin.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, müsəlmanların üzərinə hökmdarlar gələcək ki, onlar müsəlmanların ümumi sərvətini və digər dünya işlərini şəxsi maraq dairələrinə salacaqlar, onları istədikləri kimi xərcləyəcək və müsəlmanları bu haqlarından məhrum edəcəklər. Onlar dində inkar olunan əməllər edəcəklər. Səhabələr (Allah onlardan razı olsun) bu vəziyyətdə nə etməli olduqlarını soruşdular. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onlara bildirdi ki, həmin hökmdarların mal-dövləti mənimsəmələri, sizi onlara tabeçilikdən və itaət etmək kimi üzərinizdə olan vacibdən yayındırmamalıdır, əksinə, səbirli olun, onlara qulaq asın, itaət edin, onlarla münaqişə, ixtilaf etməyin. Allahdan  haqqınızı diləyin və onların islah olunmalarını, şər və zülmlərinin dəf edilməsini istəyin.</t>
   </si>
   <si>
     <t>الحديثُ من دلائل نبوَّتِه صلى الله عليه وسلم حيث أخبر بما سيكون في أمته فوقع كما أخبر.
 جوازُ إعلام المُبتلى بما يُتَوَقَع له من البلاء؛ لِيُوَطِّنَ نفسَه فإذا أتاه كان صابرًا محتسبًا.
 الاعتصام بالكتاب والسنة مخرج من الفتن والاختلاف.
 الحث على السمع والطاعة لولاة الأمور بالمعروف، وعدم الخروج عليهم، وإنْ وقع منهم ظلم.
 استعمال الحكمة واتباع السنة في زمن الفتن.
 على الإنسان القيام بالحق الذي عليه وإنْ حَصَل عليه شيء من الظلم.
 فيه دليلٌ على القاعدة: يختار أهون الشرين أو أخف الضررين.</t>
   </si>
   <si>
     <t>Hədis Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) peyğəmbərliyinin sübutlarındandır, çünki ümmətində baş verəcək hadisələr barədə verdiyi məlumatlar, söylədiyi kimi də olmuşdur.
 Müsibətə düçar ola biləcək şəxsə, başına gəldiyi zaman ona hazır olması məqsədi ilə və səbr edib mükafat umması üçün, gözlənilən müsibət barədə ona məlumat verməyin icazəli olması.
 Quran və sünnəyə sarılmaq fitnə və ixtilafdan çıxış yoludur.
 İnsanları rəhbərlərinə günah olmayan işlərdə tabe olmağa və itaət etməyə, haqsızlıq etsələr belə, onlara qarşı üsyan etməməyə təşviq.
 Fitnə zamanı hikmətli olmaq və sünnəyə əməl etmək.
 İnsan, özünə qarşı haqsızlıq edilsə belə üzərində olan haqqı yerinə yetirməlidir.
 Hədisdə "İki şərdən ən az olanı və ya iki zərərdən ən yüngül olanı seçilir" qaydasına dəlil vardır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3156</t>
   </si>
   <si>
     <t>من سأل الله الشهادة بصدق بلغه الله منازل الشهداء، وإن مات على فراشه</t>
   </si>
@@ -2190,67 +2188,67 @@
     <t>O, (Allahın salavatı və salamı onun üzərinə olsun) səcdə zamanı əllərinin arasını aralayardı; hər iki əlini iki qanad kimi, qoltuqaltılarının dərisinin rəngi görünənə qədər aralayardı. Bu, qolların qanad kimi açılması və yanlardan aralı tutulmasında mübaliğədir.</t>
   </si>
   <si>
     <t>استحباب هذه الهيئة في السجود، وهي مباعدة عَضُديه عن جنبيه.
 المأموم الذي يتأذَّى جارُه بالمجافاة؛ فلا يُشرع له ذلك.
 في المجافاة في السجود حِكم وفوائد كثيرة، منها: إظهار النشاط والرغبة في الصلاة، وأنه إذا اعتمد على كل أعضاء السجود أخذ كل عضو حقه من العبادة. وقيل: الحكمة في ذلك أنه أشبه بالتواضع، وأبلغ في تمكين الجبهة والأنف من الأرض، وأيضًا ليتميز كل عضو بنفسه.</t>
   </si>
   <si>
     <t>Bu forma - qolları yanlardan ayırmaq - səcdədə bəyəniləndir.
 Məmumun (imama tabe olan) yanında namaz qılan, onun qollarını aralamasından əziyyət çəkərsə, onun bunu etməsi icazəli deyil.
 Səcdədə qolları aralamağın çoxlu hikmətləri və faydaları vardır, bunlardan: namazda fəallıq və  rəğbət göstərmək  və həmçinin, namaz qılan bütün səcdə üzvlərinə etimad etdikdə, hər bir üzv ibadətdən öz haqqını almış olur. Deyilmişdir: Bunda hikmət odur ki, bu hal təvazökarlığa daha çox bənzəyir və alın və burnun yerə daha yaxşı qoyulması  və həmçinin hər bir üzvün özlüyündə fərqlənməsi üçün daha təsirlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3220</t>
   </si>
   <si>
     <t>أقرب ما يكون الرب من العبد في جوف الليل الآخر</t>
   </si>
   <si>
     <t>Rəbbin qula ən yaxın olan vaxtı gecənin sonudur</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ قَالَ: حَدَّثَنِي عَمْرُو بْنُ عَبَسَةَ رضي الله عنه أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَقْرَبُ مَا يَكُونُ الرَّبُّ مِنَ العَبْدِ فِي جَوْفِ اللَّيْلِ الآخِرِ، فَإِنْ اسْتَطَعْتَ أَنْ تَكُونَ مِمَّنْ يَذْكُرُ اللَّهَ فِي تِلْكَ السَّاعَةِ فَكُنْ».</t>
   </si>
   <si>
-    <t>Əbu Umamədən rəvayət edilir ki, O, belə dedi: Amr ibn Əbəsə (Allah ondan razı olsun) mənə dedi ki, o, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdi: Rəbbin qula ən yaxın olan vaxtı gecənin sonudur, əgər sən o vaxt Allahı zikr edənlərdən ola bilirsənsə, ol."</t>
+    <t>Əbu Umamədən rəvayət edilir ki, o, belə dedi: Amr ibn Əbəsə (Allah ondan razı olsun) mənə dedi ki, o, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdi: "Rəbbin qula ən yaxın olan vaxtı gecənin sonudur, əgər sən o vaxt Allahı zikr edənlərdən ola bilirsənsə, ol".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن الربّ سبحانه أقرب ما يكون من العبد في الثلث الأخير من الليل؛ فإن وُفِّقتَ وقَدَرتَ -أيُّها المؤمن- على أن تكون من جُملة المتعبِّدين المصلِّين الذَّاكرين التائبين في هذا الوقت فإنَّه أمرٌ ينبغي اغتنامُه والاجتهاد فيه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bizə xəbər verir ki,  Rəbbin qula ən yaxın olduğu vaxtı gecənin son üçdə biridir. Ey mömin, əgər sən həmin vaxta müvəffəq olmusansa və  bu vaxt ibadət edən, namaz qılan, zikr edən və tövbə edənlərdən olmağı bacarırsansa, (bil ki) həqiqətən də bu faydalanmağın və çalışmağın lazım olduğu bir fürsətdir.</t>
   </si>
   <si>
     <t>حث المسلم على الذكر في آخر الليل.
 تفاضل الأوقات فيما بينها للذكر والدعاء والصلاة.
 قال ميرك: في الفرق بين قوله: " أقرب ما يكون الرب من العبد "، وبين قوله: "أقرب ما يكون العبد من ربه وهو ساجد": المراد ههنا بيان وقت كون الرب أقرب من العبد وهو جوف الليل، والمراد هناك بيان أقربية أحوال العبد من الرب وهو حال السجود.</t>
   </si>
   <si>
     <t>Müsəlmanı gecənin sonunda zikr etməyə həvəsləndirmək.
 Zikr, dua və namaz üçün vaxtların bəzilərinin digərindən daha üstün olması.
-Mirak (Allah ona rəhmət etsin) demişdir: " Rəbbin qula ən yaxın olan vaxtı" sözü ilə "Qulun Rəbbinə ən yaxın olan halı səcdə halıdır" sözləri arasında fərq budur: Birincidən məqsəd Rəbbin qula ən yaxın olan vaxtın bəyanıdır ki, bu gecənin son vaxtıdır, ikincidən məqsəd isə qulun Allaha ən yaxın olan halının bəyanıdır ki, o da  səcdə halıdır.</t>
+Mayrak (Allah ona rəhmət etsin) demişdir: "Rəbbin qula ən yaxın olan vaxtı" sözü ilə "Qulun Rəbbinə ən yaxın olan halı səcdə halıdır" sözləri arasında fərq budur: Birincidən məqsəd Rəbbin qula ən yaxın olan vaxtın bəyanıdır ki, bu gecənin son vaxtıdır, ikincidən məqsəd isə qulun Allaha ən yaxın olan halının bəyanıdır ki, o da səcdə halıdır".</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
   </si>
   <si>
     <t>[Əbu Davud, Ət-Tirmizi,Ən-Nəsai rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3236</t>
   </si>
   <si>
     <t>أفضل دينار ينفقه الرجل، دينار ينفقه على عياله، ودينار ينفقه الرجل على دابته في سبيل الله، ودينار ينفقه على أصحابه في سبيل الله</t>
   </si>
   <si>
     <t>“Kişinin xərclədiyi ən üstün dinar ailəsi üçün xərclədiyi dinar, Allah yolunda miniyinə xərclədiyi dinar və Allah yolunda vuruşan yoldaşlarına sərf etdiyi dinardır.”</t>
   </si>
   <si>
     <t>عَنْ ثَوْبَانَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ» قَالَ أَبُو قِلَابَةَ: وَبَدَأَ بِالْعِيَالِ، ثُمَّ قَالَ أَبُو قِلَابَةَ: وَأَيُّ رَجُلٍ أَعْظَمُ أَجْرًا مِنْ رَجُلٍ يُنْفِقُ عَلَى عِيَالٍ صِغَارٍ، يُعِفُّهُمْ أَوْ يَنْفَعُهُمُ اللهُ بِهِ وَيُغْنِيهِمْ.</t>
   </si>
   <si>
     <t>Səvbəndən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: “Kişinin xərclədiyi ən üstün dinar ailəsi üçün xərclədiyi dinar, Allah yolunda miniyinə xərclədiyi dinar və Allah yolunda vuruşan yoldaşlarına sərf etdiyi dinardır.” Əbu Qiləbə (hədisin ravilərindən biri) dedi: İlk olaraq ailəyə xərcləməklə başladı və daha sonra buyurdu: Kiçik övladları üçün xərcləyən, Allahın onları iffətli saxlamasına və  onlara fayda verməsinə və yardım etməsinə səbəb olan insandan daha böyük mükafat sahibi kim ola bilər?</t>
   </si>
   <si>
     <t>بَيَّنَ صلى الله عليه وسلم صورًا في الإنفاق، ورتّبها إذا تزاحمت أوجه الإنفاق حسب الأوجب عليك، فبدأ بالأهم فالأهم؛ 
 فأخبر أن أكثر المال ثوابًا هو الذي ينفقه المسلم على من تَلزمه نفقته؛ من نحو زوجة وولد، 
@@ -2263,73 +2261,73 @@
   <si>
     <t>ترتيب النفقة في الفضل على الوجه الذي ذُكِر، فيُراعى ذلك عند التزاحم.
 بيان أولوية النفقة على العيال في الفضل على غيرها.
 النفقة على الجهاد في سبيل الله من أعظم النفقات، مثل إعداد الأدوات والرجال للجهاد.
 قيل: المراد بسبيل الله كل طاعة كالحج مثلًا.</t>
   </si>
   <si>
     <t>Xərclərin ardıcıllığı qeyd edildiyi kimidir, ona görə də bir neçə yerə xərcləmək lazım olduqda bunu nəzərə almaq lazımdır.
 Ailəyə xərcləmənin başqalarından üstünlüyünün bəyanı.
 Allah yolunda edilən cihada xərcləmək ən əzəmətli xərclərdəndir, cihad üçün döyüş alətləri və kişiləri hazırlamaq kimi əməllər bura daxildir.
 Deyilib: "Allah yolunda" sözü ilə qəsd bütün itaətlərdir, məsələn həcc kimi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3267</t>
   </si>
   <si>
     <t>والذي نفس محمد بيده لا يسمع بي أحد من هذه الأمة يهودي ولا نصراني، ثم يموت ولم يؤمن بالذي أرسلت به إلا كان من أصحاب النار</t>
   </si>
   <si>
     <t>Muhəmmədin nəfsi əlində olan Allaha and olsun ki, bu ümmətdən  yəhudi və ya xristian mənim haqqımda eşidərsə, sonra göndərildiyimə (bu dinə) iman gətirmədən ölərsə, cəhənnəm əhlindən olar</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صلى الله عليه وسلم أنه قال: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Muhəmmədin nəfsi əlində olan Allaha and olsun ki, bu ümmətdən  yəhudi və ya xristian mənim haqqımda eşidərsə, sonra göndərildiyimə (bu dinə) iman gətirmədən ölərsə, cəhənnəm əhlindən olar.</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Muhəmmədin nəfsi əlində olan Allaha and olsun ki, bu ümmətdən  yəhudi və ya xristian mənim haqqımda eşidərsə, sonra göndərildiyimə (bu dinə) iman gətirmədən ölərsə, cəhənnəm əhlindən olar".</t>
   </si>
   <si>
     <t>يَحْلِفُ النبيُّ صلى الله عليه وسلم بالله أنه لا يَسمعُ به أَحَدٌ مِن هذه الأمة، يَهوديٌّ أو نصرانيٌّ أو غيرُهما تَبْلُغُه دعوةُ النبي صلى الله عليه وسلم ثم يموت ولم يؤمن به إلا كان من أصحاب النار خالدًا فيها أبدًا.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Allaha and içir ki, bu ümmətdən istər yəhudi, istər xristian, istərsə də başqa bir millətin nümayəndəsinə Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) İslama çağırışı, dəvəti çatarsa, sonra ona iman gətirmədən ölərsə, cəhənnəm əhlindən olub, orada əbədi qalar.</t>
   </si>
   <si>
     <t>عموم رسالةِ النبيِّ صلى الله عليه وسلم إلى جميع العالم، ووجوب اتِّباعِه، ونسخ جميع الشرائع بشرعه. 
 مَن كَفَرَ بالنبي صلى الله عليه وسلم لم ينفعه زَعْمُه إيمانَه بغيرِه من الأنبياء صلوات الله عليهم أجمعين.
 من لم يَسمع بالنبي صلى الله عليه وسلم، ولم تَبْلغْه دعوةُ الإسلام فهو معذور، وأَمْرُه في الآخرة إلى الله تعالى.
 يتحقق الانتفاع بالإسلام وإن كان قُبيل الموت، ولو في المرض الشديد، ما لم تبلغ الروح الحلقوم.
 تصحيح دين الكفار -ومنهم اليهود والنصارى- كُفْرٌ.
  ذكر اليهودي والنصراني -في الحديث- تنبيهًا على من سواهما؛ وذلك لأن اليهود والنصارى لهم كتاب، فإذا كان هذا شأنهم، فغيرهم ممن لا كتاب له أولى، فكلُّهم يجب عليهم الدخول في دينه وطاعته صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) risalətinin (çağırışının) bütün aləm üçün ümumiliyi, ona tabe olmağın vacibliyi və onun şəriəti ilə artıq bütün digər şəriətlərin qanunlarının ləğv olması.
 Kim Peyğəmbəri (Allahın salavatı və salamı onun üzərinə olsun) küfr edərsə, onun digər peyğəmbərlərə (Allahın salavatı və salamı onların üzərinə olsun) iman gətirmək iddiası ona heç bir fayda verməz.
-Kim Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) haqqında eşitməyibsə və İslam dəvəti ona çatmamışsa, üzrlüdür və axirətdə onun aqibəti uca Allaha aiddir.
+Kim Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) haqqında eşitməyibsə və İslam dəvəti ona çatmamışsa, üzrlüdür və axirətdə onun aqibəti Uca Allaha aiddir.
 Ölümə yaxın olsa belə, hətta ağır xəstəlik zamanı, taki can boğaza çatmayınca İslamı qəbul edib bəhrələnmək mümkündür.
 Yəhudi və xristianlar da daxil olmaqla kafirlərin dinini doğru saymaq küfrdür.
-Hədisdə yəhudi və xristianın qeyd edilməsi-digər kafirlərə də xəbərdarlıqdır. Çünki yəhudi və xristianların kitabı var, əgər onlara xəbərdarlıq edilirsə, kitabı olmayanlar bu xəbərdarlığa daha çox layiqdirlər və onların hamısının Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun)  dininə daxil olub ona itaət etmələri vacibdir.</t>
+Hədisdə yəhudi və xristianın qeyd edilməsi - digər kafirlərə də xəbərdarlıqdır. Çünki yəhudi və xristianların kitabı var, əgər onlara xəbərdarlıq edilirsə, kitabı olmayanlar bu xəbərdarlığa daha çox layiqdirlər və onların hamısının Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) dininə daxil olub ona itaət etmələri vacibdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3272</t>
   </si>
   <si>
     <t>أحفوا الشوارب وأعفوا اللحى</t>
   </si>
   <si>
     <t>Bığlarınızı qısaldın, saqqallarınızı uzadın</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
     <t>İbn Ömərdən (Allah onların hər ikisindən razı olsun) rəvayət edildiyinə görə  Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: "Bığlarınızı qısaldın, saqqallarınızı uzadın".</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bığları uzatmamağı, əksinə, hətta daha çox qısaltmağı əmr etmişdir.
 Bunun müqabilində də saqqalı qısaltmadan uzadılmasını əmr etmişdir.</t>
   </si>
   <si>
@@ -2440,63 +2438,63 @@
     <t>Osman ibn Əffanın (Allah ondan razı olsun) köləlikdən azad etdiyi Humran rəvayət edir ki, Osman (Allah ondan razı olsun) dəstəmaz almaq üçün su istədi. (Su gəlincə) qabdan əllərinə su tökərək əllərini üç dəfə yudu. Sonra sağ əlini qaba salıb su aldı sonra o su ilə həm ağzını yaxaladı, həm də burnunun içinə su səkdi sonra da suyu burnundan ifraz etdi. Sonra üç dəfə üzünü və üç dəfə qollarını dir­sək­lə­rə qədər yudu. Sonra başına məsh çəkdi. Sonra hər bir ayağını üç dəfə yudu. Sonra da belə dedi: Mən, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) mənim dəstəmaz aldığım kimi dəstəmaz aldı­ğını gördüm. O (dəstəmaz alıb qutardıqdan sonra) belə dedi: "Kim mənim bu aldığım dəstəmaz kimi dəstəmaz alar sonra qəlbin­dən heç bir şey keçirtmədən iki rükət namaz qılarsa Allah onun keçmiş günahlarını bağışlayar".</t>
   </si>
   <si>
     <t>عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.
 فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.</t>
   </si>
   <si>
     <t>Osman (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) aldığı dəstəmazı daha aydın bir şəkildə anlatması üçün bunu şəxsən özü dəstəmaz alaraq öyrətmişdir. Belə ki, bir qab su istəmiş və öncə əllərinə üç dəfə su töküb yumuşdur. Sonra sağ əlini qabın içinə salıb bir ovuç su almış bu su ilə ağzını yaxalayıb suyu ağzından ifraz etmişdir. Sonra nəfəsi ilə burnunun daxilinə qədər su çəkmiş sonra isə suyu burnundan ifraz etmişdir. Sonra üzünü üç dəfə yumuş sonra da əllərini dirsəklərlə bərabər üç dəfə yumuşdur. Əllərini islatdıqdan sonra yaş əlləri ilə başını bir dəfə məsh etmişdir. Sonda isə topuqlar da daxil olmaqla ayaqlarını üç dəfə yumuşdur.
 Osman (Allah ondan razı olsun) dəstəmaz alıb qutardıqdan sonra Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bu şəkildə dəstəmaz aldığını ətrafındakılara xəbər vermişdir. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onun dəstəmaz aldığı kimi dəstəmaz alıb sonra da xuşu ilə Rəbbinin huzurunda iki rükət namaz qılan kimsəyə, aldığı kamil dəstəmazına və həmçinin xuşu ilə qıldığı namazına görə Uca Allahın onun keçmiş günahlarını bağışlanacağı müjdəsini vermişdir.</t>
   </si>
   <si>
     <t>استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما.
 ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل.
 ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك.
 استحباب التيامن في الوضوء.
 مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار.
 استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة.
 مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث.
 لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.</t>
   </si>
   <si>
     <t>Gecə yuxusundan oyandıqdan sonra əllərin qaba salmazdan öncə yuyulması vacibdir. Yuxu xaricindəki hər hansi bir zamanda isə dəstəmaz almağa başlamadan əvəll əllərin qaba salmazdan öncə yuyulması isə müstəhəbdir.
 Müəllim dərsi, tələbənin bildiyi ən asan şəkildə və onun anlayıb qavraya biləcəyi ən rahat yolla izah etməlidir. Dərsin əməli şəkildə izah edilməsi də bu qəbildəndir.
 Namaz qılan insan dünya işləri ilə bağlı düşüncələrdən uzaq durmalıdır. Namazın kamil və tam olması qəlbin namazda hazır olmasına bağlıdır. Əks təqdirdə insanın düşüncələrdən qurtulaması çətindir. Bundan dolayı namaz qılan insan nəfsiylə mücadələ etməli və bu düşüncələri davam etdirməməlidir.
 Dəstəmaz alarkən sağdan başlamaq müstəhəbdir.
-Madmada (yəni: suyu ağıza daxil etmək və orada hər tərəfə dövr etdirmək sonra ağızdan çıxarmaq), istinşaq (yəni: sağ əli ilə suyu, hava ilə birğə buruna çəkmək) və istinsar (yəni: suyu burnuna çəkdikdən sonra sol əli ilə suyu burnundan ixrac etmək) arasındakı sıralamaya əməl etmək buyurulmuşdur.
+"Madmada" (yəni: suyu ağıza daxil etmək və orada hər tərəfə dövr etdirmək sonra ağızdan çıxarmaq), "istinşaq" (yəni: sağ əli ilə suyu, hava ilə birğə buruna çəkmək) və "istinsar" (yəni: suyu burnuna çəkdikdən sonra sol əli ilə suyu burnundan ixrac etmək) arasındakı sıralamaya əməl etmək buyurulmuşdur.
 Dəstəmaz alarkən: üzün, əllərin və ayaqların üç dəfə yuyulması müstəhəbdir. Vacib olan isə bu əzaların bir dəfə yuyulmasıdır.
 Uca Allahın keçmiş günahları bağışlaması iki şeyin gerçəkləşməsinə bağlıdır: hədisdə bildirildiyi kimi dəsəmaz almaq və iki rükət namaz qılmaq.
-Dəstəmaz əzalarından hər birinin müəyyən həddi vardır. Üzün uzununa həddi: Saçların başlanğıcından çənənin altına, eninə həddi isə bir qulaqdan o biri qulağa qədərdir. Əlin həddi: Barmaq uclarından dirsəklərlə qədər olan hissəsidir. Dirsək, qol ilə bilək arasında olan büküyün bayır hissəsinin adıdır. Başın həddi: Saçın adətən bitdiyi yerdən, saçın ön hisssi ilə boynun ən hündür yerinə qədərdir. Qulaqların məsh edilməsi də başdan sayılır. Ayaqların həddi: Baldırla ayaq arasında olan topuqlar daxil olmaqala ayağın bütün hissəsidir.</t>
+Dəstəmaz əzalarından hər birinin müəyyən həddi vardır. Üzün uzununa həddi: saçların başlanğıcından çənənin altına, eninə həddi isə bir qulaqdan o biri qulağa qədərdir. Əlin həddi: barmaq uclarından dirsəklərlə qədər olan hissəsidir. Dirsək, qol ilə bilək arasında olan büküyün bayır hissəsinin adıdır. Başın həddi: saçın adətən bitdiyi yerdən, saçın ön hisssi ilə boynun ən hündür yerinə qədərdir. Qulaqların məsh edilməsi də başdan sayılır. Ayaqların həddi: baldırla ayaq arasında olan topuqlar daxil olmaqala ayağın bütün hissəsidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3313</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم إذا اغتسل من الجنابة، غسل يديه، وتوضأ وضوءه للصلاة، ثم اغتسل</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) cənabətdən qüsl aldıqda əllərini yuyardı, ardınca namaz üçün aldığı kimi dəstəmaz alardı</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) cənabətdən qüsl aldıqda əllərini yuyardı, ardınca namaz üçün aldığı kimi dəstəmaz alardı, sonra bütün bədəninə su tökərdi</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها قَالَتْ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ، ثُمَّ يُخَلِّلُ بِيَدِهِ شَعَرَهُ، حَتَّى إِذَا ظَنَّ أَنَّهُ قَدْ أَرْوَى بَشَرَتَهُ، أَفَاضَ عَلَيْهِ المَاءَ ثَلاَثَ مَرَّاتٍ، ثُمَّ غَسَلَ سَائِرَ جَسَدِهِ، وَقَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ، نَغْرِفُ مِنْهُ جَمِيعًا.</t>
   </si>
   <si>
     <t>Möminlərin anası Aişədən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) cənabətdən qüsl aldıqda əllərini yuyardı, ardınca namaz üçün aldığı kimi dəstəmaz alardı, sonra bütün bədəninə su tökərdi, başının dərisinə suyun çatdığını yəqin edənə qədər əliylə suyu saçların dibinə çatdırardı, ardınca üzərinə üç dəfə su tökər, sonra bədəninin qalan hissəsini yuyardu. Dedi: Mən və Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bir qabdan qüsl alardıq, birlikdə ondan su götürərdik.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد الغسل من الجنابة بَدأ بغسل يديه، 
 ثم يتوضأ كما يتوضأ للصلاة، ثم يُفيضُ الماءَ على جسدِه، ثم يُخَلِّلُ شَعَرَ رأسِه بيديه، حتى إذا ظَنَّ أنه وَصَلَ الماءُ إلى أُصُولِ الشعر، وأروى البَشَرةَ، صَبَّ الماءَ على رأسِهِ ثلاثَ مَرَّات ثم غَسَلَ باقي جسدِه. 
 وقالتْ عائشةُ رضي الله عنها: كنتُ أَغْتَسِلُ أنا ورسولُ اللَّهِ صلى الله عليه وسلم مِنْ إِنَاءٍ واحدٍ، نَغْرِفُ منه جميعًا.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) cənabətdən qüsl almaq istəyəndə, əllərini yumaqla başlayardı. Sonra namaz üçün dəstəmaz aldığı kimi dəstəmaz alar, daha sonra bədəninə su tökər, ardınca saçın köklərinə suyun keçməsini və başın dərisinə suyun çatdığını yəqin edənə qədər əlləri ilə saçlarını aralayar, sonra başına üç dəfə su tökər və sonra bədəninin qalan hissəsini yuyardı. Aişə (Allah ondan razı olsun) dedi: Mən və Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bir qabdan qüsl alardıq, hər birimiz həmin qabdan su götürərdik.</t>
   </si>
   <si>
     <t>الغسل نوعان: مُجْزِئٌ وكامِلٌ، أمَّا الغسلُ المُجزئ فيَنْوي الإنسانُ الطهارةَ، ثم يُعَمِّمُ جسدَه بالماءِ مع المضمضةِ والاستنشاق، وأمَّا الغسل الكامل فيَغتَسل كما اغتسل النبي صلى الله عليه وسلم في هذا الحديث.
 تطلق الجنابة على كل مَن أَنْزَل المَنِيَّ، أو جامَعَ ولو لم ينزل.
 جواز نظر أحد الزوجين لعورة الآخر، وغسلهما من إناء واحد.</t>
   </si>
   <si>
     <t>Qüsl iki cür olur: Kifayət edən və kamil qüsl. Kifayət edən qüsldə insan təmizlənməyə niyyət edir, sonra ağzını və burnunu yaxalayaraq su ilə bədənini yuyur. Tam qüsl isə hədisdə qeyd edilən Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) qüsl aldığı kimidir.
 Cənabət məfhumu, məninin-spermanın çıxması və ya sperma çıxmasa belə, cinsi əlaqədə olan kəsə aid edilir.
 Ərlə xanımın bir-birinin övrət yerlərinə baxmasının və eyni qabdan qüsl almalarının icazəli olması.</t>
   </si>
@@ -2526,222 +2524,222 @@
 İkincisi: Səsini aşağı salar, qaldırmazdı.</t>
   </si>
   <si>
     <t>بيان هديه صلى الله عليه وسلم في العطاس والاقتداء به في ذلك.
 استحباب وضع الثوب أو منديل ونحوه على فمه وأنفه إذا عطس لئلا يخرج منه شيء يؤذي جليسه.
 خفض الصوت بالعطاس مطلوب، وهو من كمال الأدب، ومن مكارم الأخلاق.</t>
   </si>
   <si>
     <t>Asqırmaqda onun (Allahın salavatı və salamı onun üzərinə olsun) yolunun bəyanı və bu işdə ona tabe olmaq.
 Bir kəs asqıran zaman onunla oturan şəxsə zərər verə biləcək bir şey çıxmasın deyə ağzına və burnuna paltar, dəsmal və ya bu kimi şeylər qoymasının bəyənilən olması.
 Asqırarkən səsi aşağı salmaq tələb olunandır və bu, kamil ədəb və gözəl əxlaqdandır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3317</t>
   </si>
   <si>
     <t>لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد</t>
   </si>
   <si>
     <t>Allah yəhudilərə və xristianlara lənət eləsin! Onlar peyğəmbər­ləri­nin qəbirlərini məscidlərə çevirdi­lər</t>
   </si>
   <si>
     <t>عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.</t>
   </si>
   <si>
-    <t>Aişə və İbn Abbasdan (Allah onlardan razı olsun) rəvayət edildiyinə görə onlar belə demişlər: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ölümün­dən qabaq örtüyünü üzünə atmağa başladı. (Ürəyi) sıxıldıqda isə onu üzündən götürürdü. O bu halda ikən belə dedi: "Allah yəhudilərə və xristianlara lənət eləsin! Onlar peyğəmbər­ləri­nin qəbirlərini məscidlərə çevirdi­lər". (Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bu sözləri ilə ümmətini) onların etdikləindən çəkindirirdi.)</t>
+    <t>Aişə və İbn Abbasdan (Allah onlardan razı olsun) rəvayət edildiyinə görə onlar belə demişlər: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ölümün­dən qabaq örtüyünü üzünə atmağa başladı. (Ürəyi) sıxıldıqda isə onu üzündən götürürdü. O bu halda ikən belə dedi: "Allah yəhudilərə və xristianlara lənət eləsin! Onlar peyğəmbər­ləri­nin qəbirlərini məscidlərə çevirdi­lər". (Peyğəmbər, Allahın salavatı və salamı onun üzərinə olsun, bu sözləri ilə ümmətini) - onların etdikləindən çəkindirirdi.</t>
   </si>
   <si>
     <t>تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.</t>
   </si>
   <si>
     <t>Aişə və İbn Abbas (Allah onlardan razı olsun) bizlərə Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) vəfatına yaxın son anlarında üzünü bir bez parçası ilə örtdüyünü, ölümün çətin anlarının yaxınlaşması səbəbi ilə nəfəsi daraldıqda üzünü açdığını və Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bu çətin halda ikən belə dediyini xəbər vermişdilər: "Allah yəhudilərə və xristianlara lənət etsin və onları Öz rəhmətindən uzaqlaşdırsın. Çünki onlar, peyğəmbərlərinin qəbirləri üzərində məscidlər tikdilər. Əgər onların etdikləri bu iş, bu qədər təhlükəli olmasaydı Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə bir (çətin) anda bunu söyləməzdi. Buna görə Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ümmətini bu işi etməklə onlara bənzəməyi qadağan etmişdir. Çünki bu yəhudi və xristianların əməlidir və həmçinin Uca Allaha şərik qoşmağa aparan bir vəsilədir.</t>
   </si>
   <si>
     <t>أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها.
 النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله.
 شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك.
 أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز.
 النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم.
 من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.</t>
   </si>
   <si>
     <t>Peyğəmbərlərin və salehlərin qəbirlərinin orada Allah üçün namaz qılınan məscidlər edilməsi qadağan edilmişdir. Çünki bu şirkə aparan bir səbəbdir.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) şiddətli bir şəkildə tövhidə önəm verməsi və qəbirlərin təzim edilməsindən qorxması, bu əməlin şirkə aparan bir yol olmasından dolayıdır.
 Yəhudi və xristianlara, həmçinin qəbirlərin üzərində bina tikib oranı məscidlər edərək onların etdiklərinin eynisini edənlərə lənət etməyin icazəli olması.
 Qəbirlərin üzərində bina tikmək yəhudi və xristianların adətidir. Hədisdə onlara bənzəmək qadağan edilmişdir.
 Hədisdə həmçinin, üzərində məscid tikilməsə belə qəbirlərin səcdəgah edilərək orada namaz qılınması və namaz qılarkən qəbirlərə tərəf yönəlməsi qadağan edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3330</t>
   </si>
   <si>
     <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
     <t>Həlak edən yeddi günahdan çəkinin!”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
-    <t>Əbu Hureyrədən -Allah ondan razı olsun- rəvayət edilir ki, Peyğəmbər -salləllahu aleyhi va səlləm- belə demişdir: "Həlak edən yeddi günahdan çəkinin!” “(Səhabələr:) “Nədir onlar, ey Allahın Rəsulu?” deyə soruşdular. Peyğəmbər -salləllahu aleyhi va səlləm- buyurdu: “Allaha şərik qoşmaq, sehir etmək, Allahın haram buyurduğu canı haqsız yerə öldürmək, sələm yemək, yetimin malını yemək, döyüş meydanından qaçmaq və (zinadan) xəbəri olmayan namuslu və ismətli mömin qadınları zinada ittiham etmək".</t>
+    <t>Əbu Hureyrədən - Allah ondan razı olsun - rəvayət edilir ki, Peyğəmbər - salləllahu aleyhi va səlləm - belə demişdir: "Həlak edən yeddi günahdan çəkinin!” “(Səhabələr:) “Nədir onlar, ey Allahın Rəsulu?” deyə soruşdular. Peyğəmbər - salləllahu aleyhi va səlləm - buyurdu: “Allaha şərik qoşmaq, sehir etmək, Allahın haram buyurduğu canı haqsız yerə öldürmək, sələm yemək, yetimin malını yemək, döyüş meydanından qaçmaq və (zinadan) xəbəri olmayan namuslu və ismətli mömin qadınları zinada ittiham etmək".</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
 رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
 خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
 سادسًا: الفرار من المعركة مع الكفار.
 سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
   </si>
   <si>
-    <t>Peyğəmbər -salləllahu aleyhi va səlləm- bu hədisdə ümmətinə yeddi həlak edici günahlardan uzaq durmalarını əmr edir.  Peyğəmbərdən -salləllahu aleyhi va səlləm- bu günahların hansı günahlar olduğu sorulunca, Peyğəmbər -salləllahu aleyhi va səlləm- bu günahları onlara açıq-aydın bəyan edərək belə dedi:
-[...2 lines deleted...]
-Üçüncü: Şəri dəlil olmadan Uca Allahın qadağan etdiyi bir nəfsi qətlə yetirmək. Əgər bir kimsəni qətlə yetirmək üçün şəri dəlil(əsaslanma) olarsa, o zaman bu, fərdi şəxslərin deyil, hakimin göstərişi altında həyata keçirilməlidir.
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - bu hədisdə ümmətinə yeddi həlak edici günahlardan uzaq durmalarını əmr edir.  Peyğəmbərdən  -salləllahu aleyhi va səlləm - bu günahların hansı günahlar olduğu sorulunca, Peyğəmbər - salləllahu aleyhi va səlləm - bu günahları onlara açıq-aydın bəyan edərək belə dedi:
+Birinci: Uca Allaha şəkil və görünüşündən asılı olmayaraq hər hansı bir şeyi Ona oxşadaraq və ya bənzədərək tay tutmaqla yaxud ibadətin hər hansı bir növünü Uca Allahdan başqasına sərf etməklə şərik qoşmaq. Peyğəmbər - salləllahu aleyhi va səlləm - böyük günahları sayarkən birinci Allaha şərik qoşmaqdan başladı, çünki Allaha şərik qoşmaq günahların ən böyüyüdür.
+İkinci: Sehir etmək. Bu: düyünlərdən, ovsunlardan, dərmanlardan və tüstülərdən ibarət bir əməldir. Sehir, (sehir) edilmiş kimsənin bədəninə, onu qətlə yetirməklə və ya xəstələndirməklə yaxud ərlə-arvadın arasını ayırmaqla təsir göstərir. Sehir, şeytani əməldir. Sehirbazlar çox vaxt sehiri, Allaha şərik qoşmaqla və xəbis (murdad) ruhlara onların sevdikləri əməlləri edərək yaxınlaşmaqla edirlər.
+Üçüncü: Şəri dəlil olmadan Uca Allahın qadağan etdiyi bir nəfsi qətlə yetirmək. Əgər bir kimsəni qətlə yetirmək üçün şəri dəlil (əsaslanma) olarsa, o zaman bu, fərdi şəxslərin deyil, hakimin göstərişi altında həyata keçirilməlidir.
 Dördüncü: Sələm yemək yaxud müxtəlif yollarla sələmdən yararlanmaq.
 Beşinci: Atası ölmüş, həddi-büluğa çatmayan yetim uşağın malını haqsız yerə yemək.
 Altınci: Kafirlərə qarşı edilən döyüşdən qaçmaq.
 Yeddinci: İsmətli və azad qadınları və kişiləri zinada ittiham etmək.</t>
   </si>
   <si>
     <t>الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها.
 جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.</t>
   </si>
   <si>
     <t>Böyük günahlar, hədisdə qeyd edildiyi kimi heç də yeddi böyük günahlardan ibarət deyildir. Böyük günahların məhdud yeddi sayı ilə bildirilməsi, bu günahların başqa günahlardan daha əzəmətli və daha təhlükəli olmasına görədir.
 Qisas almaq, dindən çıxmaq və evləndikdən sonra zina etmək kimi haqlı yerə bir nəfsin qətlə yetirilməsi icazəlidir. Lakin bu, fərdi şəxslərin deyil, şəri hakimin göstərişi altında həyata keçirilməlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3331</t>
   </si>
   <si>
     <t>اللهم لا تجعل قبري وثنا</t>
   </si>
   <si>
     <t>Allahım! Qəbrimi ibadət edilən bir büt (ibadət və sitayiş yeri) etmə!</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan -Allah ondan razı olsun- rəvayət edilir ki, Peyğəmbər -salləllahu aleyhi va səlləm- belə demişdir: "Allahım! Qəbrimi ibadət edilən bir büt (ibadət və sitayiş yeri) etmə! Peyğəmbərlərinin qəbirlərini məscidlər(ibadətgah) edən qövmə Allah lənət emişdir".</t>
+    <t>Əbu Hureyradan - Allah ondan razı olsun - rəvayət edilir ki, Peyğəmbər - salləllahu aleyhi va səlləm - belə demişdir: "Allahım! Qəbrimi ibadət edilən bir büt (ibadət və sitayiş yeri) etmə!. Peyğəmbərlərinin qəbirlərini məscidlər (ibadətgah) edən qövmə Allah lənət emişdir".</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ  قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.</t>
   </si>
   <si>
-    <t>Peyğəmbər -salləllahu aleyhi va səlləm- Rəbbinə qəbrinin insanların təzim edərək ibadət edilən bütə çevirilməməsi və ona yönələrək səcdə edilməməsi üçün dua etdi. Sonra Peyğəmbər -salləllahu aleyhi va səlləm- peyğəmbərlərinin qəbirlərini məscidlərə çevirənlərin Allahın rəhmətindən qovulduqlarını xəbər verdi. Çünki qəbirləri məscidlərə çevirmək onlara ibadət etməyə və onların xeyir və ya zərər verə biləcəyinə etiqad etməyə səbəbdir.</t>
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - Rəbbinə qəbrinin insanların təzim edərək ibadət edilən bütə çevirilməməsi və ona yönələrək səcdə edilməməsi üçün dua etdi. Sonra Peyğəmbər -salləllahu aleyhi va səlləm - peyğəmbərlərinin qəbirlərini məscidlərə çevirənlərin Allahın rəhmətindən qovulduqlarını xəbər verdi. Çünki qəbirləri məscidlərə çevirmək onlara ibadət etməyə və onların xeyir və ya zərər verə biləcəyinə etiqad etməyə səbəbdir.</t>
   </si>
   <si>
     <t>مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك.
 لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى.
 تحريم بناء المساجد على القبور.
 تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.</t>
   </si>
   <si>
     <t>Peyğəmbərlərin və salehlərin qəbirlərində şəriətin qoyduğu həddi aşmaq, o qəbirləri Allahdan başqa ibadət olunan yerlərə çevirir. Şirkə vəsilə olan hər bir şeydən çəkinmək vacibdir.
-Qəbir sahibinin Allaha nə qədər yaxın olub olmamasından  asılı olmayaraq, qəbirlərinin təzim edilmək və yanında ibadət etmək üçün  ziyarət edilməsi icazəli deyildir.
-[...1 lines deleted...]
-Cənazə namazı müstəsna olmaqla qəbirlər yanında namaz qılmağın haram olması.</t>
+Qəbir sahibinin Allaha nə qədər yaxın olub olmamasından asılı olmayaraq, qəbirlərinin təzim edilmək və yanında ibadət etmək üçün ziyarət edilməsi icazəli deyildir.
+Qəbirlər üzərində məscidlərin bina (təsis) edilməsinin haram olması.
+Qəbirlər yanında namaz qılmağın haram olması, hətta orada məscid tikilməsə belə, istisna olaraqa yalnız [vəfat etmiş şəxs] üzərinə hələ qılınmamış cənazə namazıdır.</t>
   </si>
   <si>
     <t>رواه أحمد</t>
   </si>
   <si>
     <t>[Əhməd rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3336</t>
   </si>
   <si>
     <t>مثل القائم على حدود الله والواقع فيها، كمثل قوم استهموا على سفينة، فأصاب بعضهم أعلاها وبعضهم أسفلها</t>
   </si>
   <si>
     <t>Allahın qayda-qanunlarına riayət edən və onları tərk edən toplumun məsəli gəmidə püşk atıb, onların bir qisminə gəminin yuxarısı, digər bir qisminə isə aşağı hissəsi</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا، فَكَانَ الَّذِينَ فِي أَسْفَلِهَا إِذَا اسْتَقَوْا مِنَ المَاءِ مَرُّوا عَلَى مَنْ فَوْقَهُمْ، فَقَالُوا: لَوْ أَنَّا خَرَقْنَا فِي نَصِيبِنَا خَرْقًا وَلَمْ نُؤْذِ مَنْ فَوْقَنَا، فَإِنْ يَتْرُكُوهُمْ وَمَا أَرَادُوا هَلَكُوا جَمِيعًا، وَإِنْ أَخَذُوا عَلَى أَيْدِيهِمْ نَجَوْا، وَنَجَوْا جَمِيعًا».</t>
   </si>
   <si>
-    <t>Numan bin Bəşir (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir: Allahın qayda-qanunlarına riayət edən və onları tərk edən toplumun məsəli gəmidə püşk atıb, onların bir qisminə gəminin yuxarısı, digər bir qisminə isə aşağı hissəsi nəsib olan bir camaatın misalı kimidir. Aşağıda olanlar su əldə etmək üçün yuxarıdakıların yanına gedib dedilər: “Nə yaxşı olardı biz öz hissəmizdə bir deşik açardıq və bizdən üstəkilərə  zərər verməzdik." Əgər yuxarıdakılar onların istədiklərinə manə olmasalar, hamısı bütövlükdə həlak olarlar, yox əgər onlara mane olsalar,  birlikdə xilas olarlar”.</t>
+    <t>Numan bin Bəşir (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir: "Allahın qayda-qanunlarına riayət edən və onları tərk edən toplumun məsəli gəmidə püşk atıb, onların bir qisminə gəminin yuxarısı, digər bir qisminə isə aşağı hissəsi nəsib olan bir camaatın misalı kimidir. Aşağıda olanlar su əldə etmək üçün yuxarıdakıların yanına gedib dedilər: “Nə yaxşı olardı biz öz hissəmizdə bir deşik açardıq və bizdən üstəkilərə  zərər verməzdik". Əgər yuxarıdakılar onların istədiklərinə manə olmasalar, hamısı bütövlükdə həlak olarlar, yox əgər onlara mane olsalar,  birlikdə xilas olarlar”.</t>
   </si>
   <si>
     <t>ضَرَبَ النبيُّّ صلى الله عليه وسلم مَثَلًا للقائمين بحدود الله، المستقيمين على أمر الله، الآمرين بالمعروف، الناهين عن المنكر، 
 ومثل الواقعين في حدود الله التاركين للمعروف، المرتكبين للمنكر، وأثر ذلك في نجاة المجتمع، كمثل قوم ركبوا في سفينة، فاقترعوا على مَن يَجلس أعلى السفينة ومَن يَجلس أسفلَها، فنال بعضُهم أعلاها، وبعضُهم أسفلَها، وكان الذين في الأسفل إذا أرادوا جَلْبَ الماءِ مَرُّوا على من فوقهم، 
 فقال الذين في الأسفل: لو أنَّا خَرَقْنا خرقًا في مكاننا في الأسفل نستقي منه، حتى لا نؤذي من فوقنا، فلو تركهم مَن بالأعلى يَفعلون ذلك، لَغَرِقَت السفينةُ بهم جميعًا، ولو قاموا بنهيهم عن ذلك ومنعوهم، لنجى الفريقان جميعًا.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Allahın qayda-qanunlarına riayət edən, Allahın əmrini yerinə yetirən, yaxşı işlər görməyi əmr edən, pislikdən çəkindirən insanları misal gətirmişdir. Bir də, Allahın qanunlarından kənara çıxanları, haqqı tərk edənləri, pislik edənləri və bunun da toplumun nicat tapmasına mənfi təsiri olanları misal gətirmiş və bəyan etmişdir ki, bunların misalı, gəmiyə minən bir tayfanın misalı kimidir. Gəminin üstündə kimin, alt hissəsində kimin oturacağına dair püşk atarlar və onların bəzilərinə üstdə, bəzilərinə isə altda yerləşmək nəsib olar. Bu arada alt hissədə yerləşənlər su  istədikdə yuxarıdakıların yanına gedərdilər. Sonra altda olanlar dedilər: “Biz yuxarıdakılara əziyyət verməmək üçün aşağıda öz yerimizdə bir deşik açsaydıq."
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Allahın qayda-qanunlarına riayət edən, Allahın əmrini yerinə yetirən, yaxşı işlər görməyi əmr edən, pislikdən çəkindirən insanları misal gətirmişdir. Bir də, Allahın qanunlarından kənara çıxanları, haqqı tərk edənləri, pislik edənləri və bunun da toplumun nicat tapmasına mənfi təsiri olanları misal gətirmiş və bəyan etmişdir ki, bunların misalı, gəmiyə minən bir tayfanın misalı kimidir. Gəminin üstündə kimin, alt hissəsində kimin oturacağına dair püşk atarlar və onların bəzilərinə üstdə, bəzilərinə isə altda yerləşmək nəsib olar. Bu arada alt hissədə yerləşənlər su istədikdə yuxarıdakıların yanına gedərdilər. Sonra altda olanlar dedilər: “Biz yuxarıdakılara əziyyət verməmək üçün aşağıda öz yerimizdə bir deşik açsaydıq".
 Əgər yuxarıdakılar onlara bunu etməyə izn versələr, gəmi hamı ilə birlikdə batar. Yox əgər bunu onlara qadağan edib, mane olsalar, hər iki dəstə nicat tapar.</t>
   </si>
   <si>
     <t>أهمية الأمر بالمعروف والنهي عن المنكر في حفظِ المجتمعات ونجاتِها.
 من طُرُقِ التعليم ضَرْبُ الأمثال، لتقريب المعاني للعقول بصورة المحسوس.
 فِعْلُ المنكرِ الظاهرِ مع عدم الإنكار عليه مفسدةٌ تعود على الجميع بالضرر.
 هلاك المجتمع مُتَرَتِّب على ترك أصحاب المنكر يعيثون في الأرض فسادًا.
 التصرف الخاطئ والنية الحسنة لا تكفي في صلاح العمل.
 المسؤولية في المجتمع المسلم مشتركة لا تُناط بفرد بعينه.
 تعذيب العامة بذنوب الخاصة إن لم تُنكر.
 أصحاب المنكرات يُظهرون مُنكرَهم في قالب خير للمجتمع كما أهل النفاق.</t>
   </si>
   <si>
     <t>Toplumları qorumaq və onların nicat tapmasına dəstək üçün xeyir işləri təbliğ edib, pislikdən çəkindirmənin əhəmiyyəti.
 Tədris üsullarından biri də, gözlə görünən və hissiyatla dərk edilən mənaları daha aydın çatdırmaq üçün misallar gətirməkdir.
 İnkar edilməyən zahiri pis əməlin zərəri, cəmiyyətə qarşı edilmiş bir fəsaddır.
 Toplumun həlak olması, pis əməl sahiblərinin yer üzündə fəsad yaymaqlarına qarşı çıxmamaqdan irəli gəlir.
 Gözəl niyyət edib pis iş görmək, əməlin saleh olmasına kifayət deyil.
 Müsəlman toplumunda məsuliyyət müştərəkdir və konkret bir kəsə həvalə edilmir.
 Fərdin günahı inkar edilmədikdə, xalqın ona görə əzab görməsi.
 Pis iş görənlər də nifaq əhli kimi öz pisliklərini cəmiyyət üçün "xeyirli" şəkildə göstərirlər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3341</t>
   </si>
   <si>
     <t>أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه</t>
   </si>
   <si>
     <t>Mən, şərik olmağa 
-möhtac deyiləm.Kim bir əməl edərsə və etdiyi əməldə bir başqasını Mənə şərik qoşarsa, Mən onu və şərik qoşduğunu tərk edərəm</t>
+möhtac deyiləm. Kim bir əməl edərsə və etdiyi əməldə bir başqasını Mənə şərik qoşarsa, Mən onu və şərik qoşduğunu tərk edərəm</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan -Allah ondan razı olsun- rəvayət edilir ki, Peyğəmbər -salləllahu aleyhi va səlləm- belə demişdir: "Allah -Təbarakə va Təalə- buyurmuşdur: Mən, şərik olmağa 
-möhtac deyiləm.Kim bir əməl edərsə və etdiyi əməldə bir başqasını Mənə şərik qoşarsa, Mən onu və şərik qoşduğunu tərk edərəm".</t>
+    <t>Əbu Hureyradan - Allah ondan razı olsun - rəvayət edilir ki, Peyğəmbər - salləllahu aleyhi va səlləm - belə demişdir: "Allah - Təbarakə va Təalə - buyurmuşdur: "Mən, şərik olmağa 
+möhtac deyiləm. Kim bir əməl edərsə və etdiyi əməldə bir başqasını Mənə şərik qoşarsa, Mən onu və şərik qoşduğunu tərk edərəm".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال بأنه أغنى الشركاء عن الشرك، فهو الغني عن كل شيء، وأنَّ الإنسانَ إذا عَمِل عملًا من الطاعات وجَعَلَه لله ولغير الله؛ تَركَه اللهُ ولم يقبلْه منه، وردَّه على صاحبِه؛ 
 فيجبُ إخلاصُ العمل لله تعالى؛ لأنه سبحانه لا يَقبل إلا ما كان خالصًا لوجهِه الكريم.</t>
   </si>
   <si>
-    <t>Peyğəmbər -salləllahu aleyhi va səlləm- bu hədisdə Uca Allahın şəriklərə ehtiyacı olmadığını, həmçinin əgər insan bir yaxşı əməl edərsə və etdiyi əməli həm Allah, həm də  Allahdan qeyrisi üçün edərsə, həmin əməlin ondan qəbul olmayacağını xəbər vermişdir. Beləliklə əməli ixlasla Uca Allah üçün etmək lazımdır.Çünki, Uca Allah yalnız Onun üçün edilən əməli qəbul edir.</t>
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - bu hədisdə Uca Allahın şəriklərə ehtiyacı olmadığını, həmçinin əgər insan bir yaxşı əməl edərsə və etdiyi əməli həm Allah, həm də Allahdan qeyrisi üçün edərsə, həmin əməlin ondan qəbul olmayacağını xəbər vermişdir. Beləliklə əməli ixlasla Uca Allah üçün etmək lazımdır. Çünki, Uca Allah yalnız Onun üçün edilən əməli qəbul edir.</t>
   </si>
   <si>
     <t>التحذير من الشرك بجميع أشكاله، وأنه مانعٌ من قبول العمل.
 استشعار غنى الله وعظمته مما يعين على الإخلاص في العمل.</t>
   </si>
   <si>
     <t>Şirkin bütün növlərindən çəkindirmək lazımdır, çünki şirk əməlin qəbul olmasına maneədir.
 Uca Allahın əzəmətini və Onun heç bir şeyə ehtiyacı olmadığını bilib düşünmək insana əməl edərkən ixlaslı olmağa yardım edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3342</t>
   </si>
   <si>
     <t>يؤتى بالرجل يوم القيامة، فيلقى في النار، فتندلق أقتاب بطنه، فيدور بها كما يدور الحمار بالرحى</t>
   </si>
   <si>
     <t>Qiyamət günü bir insan gətirilib oda atılacaq,  bağırsaqları qarnından  çıxacaq və o, eşşəyin dəyirman daşının ətrafında fırlandığı kimi onların ətrafında fırlanacaq</t>
   </si>
   <si>
     <t>عَنْ أُسَامَةَ بْنِ زَيْدٍ رضي الله عنه قَالَ: قِيلَ لَهُ: أَلَا تَدْخُلُ عَلَى عُثْمَانَ فَتُكَلِّمَهُ؟ فَقَالَ: أَتَرَوْنَ أَنِّي لَا أُكَلِّمُهُ إِلَّا أُسْمِعُكُمْ؟ وَاللهِ لَقَدْ كَلَّمْتُهُ فِيمَا بَيْنِي وَبَيْنَهُ، مَا دُونَ أَنْ أَفْتَتِحَ أَمْرًا لَا أُحِبُّ أَنْ أَكُونَ أَوَّلَ مَنْ فَتَحَهُ، وَلَا أَقُولُ لِأَحَدٍ يَكُونُ عَلَيَّ أَمِيرًا: إِنَّهُ خَيْرُ النَّاسِ بَعْدَمَا سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يُؤْتَى بِالرَّجُلِ يَوْمَ الْقِيَامَةِ، فَيُلْقَى فِي النَّارِ، فَتَنْدَلِقُ أَقْتَابُ بَطْنِهِ، فَيَدُورُ بِهَا كَمَا يَدُورُ الْحِمَارُ بِالرَّحَى، فَيَجْتَمِعُ إِلَيْهِ أَهْلُ النَّارِ، فَيَقُولُونَ: يَا فُلَانُ مَا لَكَ؟ أَلَمْ تَكُنْ تَأْمُرُ بِالْمَعْرُوفِ، وَتَنْهَى عَنِ الْمُنْكَرِ؟ فَيَقُولُ: بَلَى، قَدْ كُنْتُ آمُرُ بِالْمَعْرُوفِ وَلَا آتِيهِ، وَأَنْهَى عَنِ الْمُنْكَرِ وَآتِيهِ».</t>
   </si>
   <si>
     <t>Usamə bin Zeyddən (Allah ondan razı olsun)  rəvayət edilir ki, ona  belə deyildi: “Osmanın yanına gedib onunla danışmayacaqsanmı?”  O dedi: "Siz elə düşünürsünüz ki, mən onunla danışdığım hər şeyi sizə eşitdirirəm (söyləyirəm)? Allaha and olsun ki, açmaq istəmədiyim məsələni ilk açanın özüm olmağımı istəmədiyim üçün onunla öz aramda danışdım və Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) bu sözlərini eşitdikdən  sonra mənim rəhbərim  olan heç kəsə - "O, insanların ən xeyirlisidir" sözünü söyləmirəm: "Qiyamət günü bir insan gətirilib oda atılacaq,  bağırsaqları qarnından  çıxacaq və o, eşşəyin dəyirman daşının ətrafında fırlandığı kimi onların ətrafında fırlanacaq və cəhənnəm əhli onun ətrafında toplanaraq deyəcəklər: Ey filankəs, sənə nə oldu? Sən xeyiri əmr edib, pislikdən  çəkindirmirdinmi? O, deyəcək: Bəli, mən yaxşı işlər görməyi əmr edirdim, amma onu özüm etmirdim, pis əməllərdən çəkindirirdim, lakin özüm onu edirdim".</t>
   </si>
   <si>
@@ -2751,230 +2749,230 @@
   </si>
   <si>
     <t>Usamə bin Zeydə (Allah ondan razı olsun) deyildi: Osman ibn Affanın (Allah ondan razı olsun) yanına getmirsənmi, onunla danışıb camaat arasında baş verən fitnəni söndürməyə çalışasan? O, isə onlara bildirdi ki, məsləhət gərəyi və fitnə oyatmamaq üçün onunla gizli danışıb. O, demək istəyirdi ki, insanların qarşısında hökmdarları açıq şəkildə tənqid etmək istəmir ki,  insanlar xəlifəyə qarşı həyasızlıq etməyə başlamasınlar və bu, fitnə və şər qapısıdır və o, bu qapını birinci açan kəs olmaq istəmirdi.
 Sonra Usamə (Allah ondan razı olsun) deyir ki, o, rəhbərlərə gizlində nəsihət edir və əmir olsa belə, heç kimə yaltaqlıq etmir, heç kimi, yaltaqlanaraq üzünə yalan sözlərlə tərifləmir. Bu da, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bu sözlərini eşitdikdən sonra belə olmuşdur: Bir insan Qiyamət günü gətirilib Cəhənnəmə atılacaq və  bağırsaqları istinin və əzabın şiddətindən tez bir zamanda qarnından çıxacaq  və o, dəyirman daşının ətrafında fırlanan eşşək kimi cəhənnəm odunda bağırsaqları ilə bu vəziyyətdə  fırlanacaq  və cəhənnəm əhli onun ətrafına bir dairə şəklində toplanacaq və ondan soruşacaqlar: Ey filankəs, məgər sən yaxşı işlər görməyi əmr edib, pis əməllərdən çəkindirmirdinmi?!
 O, deyəcək: Mən yaxşı işləri əmr edib, özüm isə onu etmirdim, pis işlərdən çəkindirib, özüm də onu edirdim.</t>
   </si>
   <si>
     <t>الأصلُ في النصح لولاة الأمور أن يكون فيما بينهم وبينه، وأن لا يتحدث به الإنسان بين عامة الناس.
 الوعيد الشديد لمن يخالف قولُه فعلَه.
 الأدب مع الأمراء والتلطف بهم، وأمرهم بالمعروف ونهيهم عن المنكر.
 ذم مداهنة الأمراء في الحق وإظهار ما يبطن خلافه كالمُتملِّق بالباطل.</t>
   </si>
   <si>
     <t>Rəhbərlərə nəsihət verməkdə əsas qayda odur ki, bu, onların arasında (nəsihət edənlə rəhbərin) olmalıdır və insan onu ümumi camaat arasında danışmamalıdır.
 Sözü əməlinə müxalif olana şiddətli xəbərdarlıq.
 Rəhbərlərə qarşı ədəbli olmaq, onlarla mülayim davranmaq, onlara yaxşılığı əmr edib, pislikdən çəkindirmək lazımdır.
 Haqda əmirlərə yaltaqlıq etməyin  və batil yolla onların qarşısında əyilənlər kimi ikiüzlülük etməyin qınanılması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3345</t>
   </si>
   <si>
     <t>إني أبرأ إلى الله أن يكون لي منكم خليل فإن الله تعالى قد اتخذني خليلا كما اتخذ إبراهيم خليلا</t>
   </si>
   <si>
-    <t>Mən aranızda sizlərdən birinin dostumun olmasından Allaha sığınıram. Çünki Uca Allah İbrahimi Özünə dost etdiyi kimi məni də Özünə dost etmişdir</t>
+    <t>Mən aranızda sizlərdən birinin dostumun (xəlil) olmasından Allaha sığınıram. Çünki Uca Allah İbrahimi Özünə dost etdiyi kimi məni də Özünə dost etmişdir</t>
   </si>
   <si>
     <t>عن جندب رضي الله عنه قال: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ أَنْ يَمُوتَ بِخَمْسٍ وَهُوَ يَقُولُ «إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا، وَلَوْ كُنْتُ مُتَّخِذًا مِنْ أُمَّتِي خَلِيلًا لَاتَّخَذْتُ أَبَا بَكْرٍ خَلِيلًا! أَلَا وَإِنَّ مَنْ كَانَ قَبْلَكُمْ كَانُوا يَتَّخِذُونَ قُبُورَ أَنْبِيَائِهِمْ وَصَالِحِيهِمْ مَسَاجِدَ، أَلَا فَلَا تَتَّخِذُوا الْقُبُورَ مَسَاجِدَ! إِنِّي أَنْهَاكُمْ عَنْ ذَلِكَ».</t>
   </si>
   <si>
-    <t>Cundəb -Allah ondan razı olsun- rəvayət edir ki, mən Peyğəmbərin -salləllahu aleyhi va səlləm- vəfat etməzdən beş gün öncə belə dediyini eşitdim: "Mən aranızda sizlərdən birinin dostumun olmasından Allaha sığınıram. Çünki Uca Allah İbrahimi Özünə dost etdiyi kimi məni də Özünə dost etmişdir. Əgər ümmətimdən birini özünə dost tutsaydım, əlbəttə ki, Əbu Bəkiri özümə dost tutardım. Agah olun ki, sizdən öncəkilər peyğəmbərlərinin və aralarındakı saleh kimsələrin qəbirlərini məscidlərə çevirdilər. Diqqət edin! Qəbirləri əsla məscidlərə çevirməyin. Mən sizi bundan çəkindirirəm".</t>
+    <t>Cundub - Allah ondan razı olsun - rəvayət edir ki, mən Peyğəmbərin - salləllahu aleyhi va səlləm - vəfat etməzdən beş gün öncə belə dediyini eşitdim: "Mən aranızda sizlərdən birinin dostumun (xəlil) olmasından Allaha sığınıram. Çünki Uca Allah İbrahimi Özünə dost etdiyi kimi məni də Özünə dost etmişdir. Əgər ümmətimdən birini özünə dost tutsaydım, əlbəttə ki, Əbu Bəkiri özümə dost tutardım. Agah olun ki, sizdən öncəkilər peyğəmbərlərinin və aralarındakı saleh kimsələrin qəbirlərini məscidlərə çevirdilər. Diqqət edin! Qəbirləri əsla məscidlərə çevirməyin. Mən sizi bundan çəkindirirəm".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مكانتِه عند الله تعالى، وأنها بَلَغتْ أعلى درجات المحبة، كما نالها إبراهيم عليه السلام، ولذلك نفى أن يكون له خليلٌ غيرُ الله؛ لأنَّ قلبه امتلأ من محبة الله تعالى وتعظيمه ومعرفته، فلا يَتَّسع لأحد غير الله، ولو كان له خليلٌ من الخلق لكان أبا بكر الصديق رضي الله عنه.
 ثم حَذَّر من مجاوزة الحد الجائز في المحبة كما فعلت اليهود والنصارى في قبور أنبيائهم وصالحيهم حتى صيّروها آلهة شركية تُعبَد من دون الله، وشَيَّدوا على قبورهم مساجد ومعابد، ونهى صلى الله عليه وسلم أمته أن يفعلوا مثل فعلهم.</t>
   </si>
   <si>
-    <t>Peyğəmbər -salləllahu aleyhi va səlləm- bu hədisdə Allah qatındakı dərəcəsini və həmçinin İbrahimin -aleyhissəlam- Allah qatında məhəbbətin ən yüksək dərəcələrinə çatdığı kimi, onun da məhəbbətin ən yüksək dərəcələrinə çatdığını xəbər vermişdir. Elə buna görə də özünün Allahdan başqa dostunun olmasını inkar etmişdir. Çünki qəlbi Uca Allaha olan məhəbbəti, Onu təzim etməsi və Onu tanıması ilə dolmuş və qəlbində Allahdan başqasına yer qalmamışdır. Əgər Peyğəmbər -salləllahu aleyhi va səlləm- insanlardan birini özünə dost tutsaydı, o zaman bu  Əbu Bəkir -Allah ondan razı olsun- olardı. Sonra Peyğəmbər -salləllahu aleyhi va səlləm- sevgidə həddi aşan yəhudi və xristianların etdikləri kimi peyğəmbərlərinin və aralarındakı saleh kimsələrin qəbirlərini ilahiləşdirərək oranı Allahdan başqa ibadət edilən yerlərə çevirməkdən və o qəbirlər üzərində məscidlər və ibadətgahlar bina etməkdən çəkindirmişdir. Peyğəmbər -salləllahu aleyhi va səlləm- ümmətinə yəhudi və xristianların etdikləri bu əməli qadağan etmişdir.</t>
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - bu hədisdə Allah qatındakı dərəcəsini və həmçinin İbrahimin - aleyhi-ssəlam - Allah qatında məhəbbətin ən yüksək dərəcələrinə çatdığı kimi, onun da məhəbbətin ən yüksək dərəcələrinə çatdığını xəbər vermişdir. Elə buna görə də özünün Allahdan başqa dostunun olmasını inkar etmişdir. Çünki qəlbi Uca Allaha olan məhəbbəti, Onu təzim etməsi və Onu tanıması ilə dolmuş və qəlbində Allahdan başqasına yer qalmamışdır. Əgər Peyğəmbər - salləllahu aleyhi va səlləm - insanlardan birini özünə dost tutsaydı, o zaman bu  Əbu Bəkir Əs-Sıddiq - Allah ondan razı olsun - olardı. Sonra Peyğəmbər -salləllahu aleyhi va səlləm- sevgidə həddi aşan yəhudi və xristianların etdikləri kimi peyğəmbərlərinin və aralarındakı saleh kimsələrin qəbirlərini ilahiləşdirərək oranı Allahdan başqa ibadət edilən yerlərə çevirməkdən və o qəbirlər üzərində məscidlər və ibadətgahlar bina etməkdən çəkindirmişdir. Peyğəmbər -salləllahu aleyhi va səlləm- ümmətinə yəhudi və xristianların etdikləri bu əməli qadağan etmişdir.</t>
   </si>
   <si>
     <t>فضل أبي بكر الصديق رضي الله عنه، وأنه أفضل الصحابة وأولى الناس بخلافة رسول الله صلى الله عليه وسلم بعد موته.
 بناء المساجد على القبور من منكرات الأمم السابقة.
 النهي عن اتخاذ القبور أمكنة للعبادة يُصلى عندها أو إليها ويُبنى عليها مساجد أو قبابٌ، حذرًا من الوقوع في الشرك بسبب ذلك.
 التحذير من الغلو في الصالحين لإفضائه إلى الشرك.
 خطورة ما حذَّر منه النبي صلى الله عليه وسلم حيث أكَّد عليه قبل موته بخمس ليال.</t>
   </si>
   <si>
-    <t>Əbu Bəkir Siddiqin -Allah ondan razı olsun- fəziləti. O, səhabələrin ən fəzilətlisi və Peyğəmbərin -salləllahu aleyhi va səlləm- vəfatından sonra insanlar arasında xilafətə ən layiqli olanıdır.
+    <t>Əbu Bəkir Siddiqin - Allah ondan razı olsun - fəziləti. O, səhabələrin ən fəzilətlisi və Peyğəmbərin - salləllahu aleyhi va səlləm - vəfatından sonra insanlar arasında xilafətə ən layiqli olanıdır.
 Qəbirlər üzərində məscidlərin bina edilməsi keçmiş ümmətlərdən qalan münkər əməllərdəndir.
 Qəbirləri ibadətgahlara çevirməyin, qəbirlər yanında və ya qəbirlərə tərəf namaz qılmağın yaxud qəbirlər üzərində məscidlər və ya qübbələr bina edilməsinin qadağan olma səbəbi insanları şirkə düşməkdən çəkindirmək üçündür.
 Şirkə apardığına görə saleh kimsələri təzim edərək həddi aşmaq qadağan olunmuşdur.
-Peyğəmbərin -salləllahu aleyhi va səlləm- vəfat etməzdən beş gün öncə ümmətini bu işdən təkrar olaraq çəkindirməsi bunun necə də təhlükəli bir iş olmasına dəlalət edir.</t>
+Peyğəmbərin - salləllahu aleyhi va səlləm - vəfat etməzdən beş gün öncə ümmətini bu işdən təkrar olaraq çəkindirməsi bunun necə də təhlükəli bir iş olmasına dəlalət edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3347</t>
   </si>
   <si>
     <t>كنت رجلا مذاء وكنت أستحيي أن أسأل النبي صلى الله عليه وسلم لمكان ابنته فأمرت المقداد بن الأسود فسأله فقال: يغسل ذكره ويتوضأ</t>
   </si>
   <si>
     <t>Məndən tez-tez məzi gələrdi və Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) qızı Fatiməyə (Allah ondan razı olsun) görə ondan bu haqda soruşmağa utanırdım. Miqdad bin Əl-Əsvəda dedim ki, o soruşsun. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Cinsiyyət üzvünü yusun və dəstəmaz alsın</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ».
 وَلِلبُخَاريِّ: فَقَالَ: «تَوَضَّأْ وَاغْسِلْ ذَكَرَكَ».</t>
   </si>
   <si>
     <t>Əlidən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Məndən tez-tez məzi gələrdi və Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) qızı Fatiməyə (Allah ondan razı olsun) görə ondan bu haqda soruşmağa utanırdım. Miqdad bin Əl-Əsvəda dedim ki, o soruşsun. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Cinsiyyət üzvünü yusun və dəstəmaz alsın". 
 Buxarinin qeyd etdiyi rəvayətdə isə: "Dəstəmaz al və cinsi orqanını yu" demişdir.</t>
   </si>
   <si>
     <t>أَخْبَرَ عليّ بن أبي طالب رضي الله عنه أنه كان كثيرًا ما يَخْرُجُ منه المَذي -وهو ماءٌ أبيض رقيق لَزِجٌ يَخرج مِن الذَّكَرِ عند الشهوة أو قبل الجماع-، 
 ولا يَعرف كيف يفعل مع خروجه، فاستحيا أن يسألَ النبيَّ صلى الله عليه وسلم؛ لأنه زوجُ فاطمة ابنة النبي صلى الله عليه وسلم، 
 فطلب من المقداد بن الأسود أن يسأل النبيَّ صلى الله عليه وسلم عن ذلك،
 فأجابه صلى الله عليه وسلم: بأن يَغسل ذَكَرَه ثم يتوضأ.</t>
   </si>
   <si>
     <t>Əli bin Əbu Talib (Allah ondan razı olsun) xəbər verir ki, tez-tez ondan məzi çıxardı, bu da şəhvət zamanı və ya cinsi əlaqədən öncə kişidə cinsi orqanından axan ağ nazik yapışqan mayedir. Nə edəcəyini bilmir və Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) soruşmağa utanır, çünki xanımı Fatimə (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) qızıdır. Buna görə Miqdad bin Əl-Əsvəddən xahiş edir ki, Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) bu haqda soruşsun. Allah Rəsulu da (Allahın salavatı və salamı onun üzərinə olsun)  cinsiyyət orqanını yumasını, sonra isə dəstəmaz almasını bildirir.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب رضي الله عنه، حيث لم يمنعه الحياء من ترك السؤال بواسطة.
 جواز الاستنابة في الاستفتاء. 
 جواز إخبار الإنسان عن نفسه بما يَستحي منه للمصلحة.
  نجاسة المَذيِ، ووجوب غسله من البدن والثوب.
  خروج المذي من نواقض الوضوء.
  وجوب غسل الذكر والخصيتين لوروده في حديث آخر.</t>
   </si>
   <si>
     <t>Əli bin Əbi Talibin (Allah ondan razı olsun) fəziləti, çünki onun həya etməsi, dolayı yolla olsa belə sual verməyə mane olmadı.
 Sual soruşmaq üçün digər şəxsdən xahiş etməyin caizliyi.
 Fayda üçün insanın özündə mövcud olan utandırıcı bir hal barədə xəbər verməsinin icazəli olması.
 Məzinin nəcis olması, bədənin və paltarın ondan yuyub təmizlənməsinin vacibliyi.
 Məzinin çıxması dəstəmazı pozan amillərdəndir.
 Başqa bir hədisdə qeyd olunduğu kimi, cinsi orqanının və xayaların yuyulması vacibdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3348</t>
   </si>
   <si>
     <t>لا تجعلوا بيوتكم قبورا، ولا تجعلوا قبري عيدا، وصلوا علي؛ فإن صلاتكم تبلغني حيث كنتم</t>
   </si>
   <si>
-    <t>Evlərinizi qəbirsanlıqlara və mənim qəbrimi də ziyarətgaha çevirməyin, mənə salavat (salallahu aleyhi va səlləm) deyin, siz harada olsanız , dediyiniz salavatlar  mənə çatar</t>
+    <t>Evlərinizi qəbirsanlıqlara və mənim qəbrimi də ziyarətgaha çevirməyin, mənə salavat (salallahu aleyhi va səlləm) deyin, siz harada olsanız, dediyiniz salavatlar  mənə çatar</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ».</t>
   </si>
   <si>
-    <t>Əbu Hureyrə -Allah ondan razı olsun- rəvayət edir ki, Peyğəmbər -salləllahu aleyhi va səlləm- belə demişdir: "Evlərinizi qəbirsanlıqlara və mənim qəbrimi də ziyarətgaha çevirməyin, mənə salavat (salallahu aleyhi va səlləm) deyin, siz harada olsanız , dediyiniz salavatlar  mənə çatar".</t>
+    <t>Əbu Hureyrə - Allah ondan razı olsun - rəvayət edir ki, Peyğəmbər - salləllahu aleyhi va səlləm - belə demişdir: "Evlərinizi qəbirsanlıqlara və mənim qəbrimi də ziyarətgaha çevirməyin, mənə salavat (salallahu aleyhi va səlləm) deyin, siz harada olsanız, dediyiniz salavatlar  mənə çatar".</t>
   </si>
   <si>
     <t>يَنهى النبيُّ صلى الله عليه وسلم عن تعطيل البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ونهى عن تَكرار زيارة قبره والاجتماع عنده على وجهٍ معتاد؛ لأن ذلك وسيلةٌ إلى الشرك.
 وأمر بالصلاة والسلام عليه في أي مكان من الأرض؛ لأن ذلك يبلغه من القريب والبعيد على حدٍّ سواء، فلا حاجة إلى التردد إلى قبره.</t>
   </si>
   <si>
-    <t>Peyğəmbər -salləllahu aleyhi va səlləm- evlərdə namaz qılmağı tərk edib oranı  qəbirsanlıqlar kimi namaz qılınmayan yerə çevirməyi qadağan etmişdir. Peyğəmbər -salləllahu aleyhi va səlləm- həmçinin öz qəbrini adət halına salınaraq təkrar-təkrar ziyarət etməyi və qəbri yanında toplanmağı qadağan etmişdir, çünki bu şirkə bir vəsilədir. Peyğəmbər -salləllahu aleyhi va səlləm- müsəlman kimsəyə yer kürəsinin hansı tərəfində olmasından asılı olmayaraq, ona salavat deməyi əmr etmişdir, çünki deyilən salavatlar insanın yaxın və ya uzaq olmasından asılı olmayaraq ona eyni səviyyədə çatır.Məhz buna görə də onun qəbrini təkrar-təkrar ziyarət etməyə ehtiyac yoxdur.</t>
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - evlərdə namaz qılmağı tərk edib oranı  qəbirsanlıqlar kimi namaz qılınmayan yerə çevirməyi qadağan etmişdir. Peyğəmbər - salləllahu aleyhi va səlləm - həmçinin öz qəbrini adət halına salınaraq təkrar-təkrar ziyarət etməyi və qəbri yanında toplanmağı qadağan etmişdir, çünki bu şirkə bir vəsilədir. Peyğəmbər - salləllahu aleyhi va səlləm - müsəlman kimsəyə yer kürəsinin hansı tərəfində olmasından asılı olmayaraq, ona salavat deməyi əmr etmişdir, çünki deyilən salavatlar insanın yaxın və ya uzaq olmasından asılı olmayaraq ona eyni səviyyədə çatır. Məhz buna görə də onun qəbrini təkrar-təkrar ziyarət etməyə ehtiyac yoxdur.</t>
   </si>
   <si>
     <t>النهي عن تعطيل البيوت من عبادة الله تعالى.
 المنع من السفر لزيارة قبر النبي عليه الصلاة والسلام؛ لأنه أمر بالصلاة عليه وأخبر أنها تبلغه، وإنما تُشَدُّ الرحال لقصد المسجد والصلاة فيه.
 تحريم جعل زيارة قبر النبي صلى الله عليه وسلم عيدًا، بتكرير زيارته على وجه مخصوص في زمن مخصوص، وكذلك زيارة كل قبر.
 كرامة النبي صلى الله عليه وسلم على ربه، بمشروعية الصلاة والسلام عليه في كل زمان ومكان.
 حيث أن النهي عن الصلاة عند القبور قد تقرر عند الصحابة؛ لذا نهى النبي صلى الله عليه وسلم أن تجعل البيوت مثل المقابر لا يُصلى فيها.</t>
   </si>
   <si>
     <t>Evlərdə Allaha ibadət etməməyin qadağan olunması.
-Peyğəmbərin -salləllahu aleyhi va səlləm- qəbrini ziyarət etmək üçün səfərə çıxmaq qadağan olunmuşdur. Çünki Peyğəmbər -salləllahu aleyhi va səlləm- ona salavat deməyi əmr etmiş və harada olmasından asılı olmayaraq, deyilən salavatın ona çatacağını xəbər vermişdir. Ancaq Peyğəmbərin -salləllahu aleyhi va səlləm- məscidini ziyarət etmək və orada namaz qılmaq məqsədi ilə səfərə çıxıla bilər.
-[...2 lines deleted...]
-Belə ki,qəbirlər yanında namaz qılmağın qadağan olması səhabələr tərəfindən qəbul olunmuşdur. Buna görə Peyğəmbər -salləllahu aleyhi va səlləm- qəbirsanlıqlarda namaz qılınmadığı kimi  evlərin də o hala gətirilməsini qadağan etmişdir.</t>
+Peyğəmbərin - salləllahu aleyhi va səlləm - qəbrini ziyarət etmək üçün səfərə çıxmaq qadağan olunmuşdur. Çünki Peyğəmbər - salləllahu aleyhi va səlləm - ona salavat deməyi əmr etmiş və harada olmasından asılı olmayaraq, deyilən salavatın ona çatacağını xəbər vermişdir. Ancaq Peyğəmbərin - salləllahu aleyhi va səlləm - məscidini ziyarət etmək və orada namaz qılmaq məqsədi ilə səfərə çıxıla bilər.
+Peyğəmbərin - salləllahu aleyhi va səlləm - qəbrinin müəyyən zamanlarda xüsusu bir qaydada təkrar-təkrar ziyarət edilərək bayram yerinə çevirməyin və həmçinin bu qaydada digər qəbirləri də ziyarət etməyin haram olması.
+Peyğəmbər - salləllahu aleyhi va səlləm - Rəbbi yanında hörmət sahibidir. Elə buna görə də Uca Allah Peyğəmbərə - salləllahu aleyhi va səlləm - hər bir zamanda və hər bir məkanda salavat deməyi dinin ayinlərindən etmişdir.
+Belə ki, qəbirlər yanında namaz qılmağın qadağan olması səhabələr tərəfindən qəbul olunmuşdur. Buna görə Peyğəmbər - salləllahu aleyhi va səlləm - qəbirsanlıqlarda namaz qılınmadığı kimi evlərin də o hala gətirilməsini qadağan etmişdir.</t>
   </si>
   <si>
     <t>رواه أبو داود</t>
   </si>
   <si>
     <t>[Əbu Davud rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3350</t>
   </si>
   <si>
     <t>لا تقولوا: ما شاء الله وشاء فلان، ولكن قولوا: ما شاء الله ثم شاء فلان</t>
   </si>
   <si>
-    <t>Deməyin ki, Allah və filankəs istədiyi oldu , əksinə deyin ki, “Allah istədi sonra isə filankəs istədi oldu”</t>
+    <t>Deməyin ki, Allah və filankəs istədiyi oldu, əksinə deyin ki: “Allah istədi sonra isə filankəs istədi oldu”</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ».</t>
   </si>
   <si>
-    <t>Huzeyfə (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğunu rəvayət edir: Deməyin ki, Allah və filankəs istədiyi oldu , əksinə deyin ki, “Allah istədi sonra isə filankəs istədi oldu”.</t>
+    <t>Huzeyfə (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğunu rəvayət edir: "Deməyin ki, Allah və filankəs istədiyi oldu, əksinə deyin ki: “Allah istədi sonra isə filankəs istədi oldu”.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أنْ يقولَ المسلمُ في كلامه: "ما شاء الله وشاء فلان"، 
 أو ما شاء الله وفلان؛ 
 وذلك لأنَّ مَشيئةَ الله وإرادتَه مُطْلَقَةٌ ولا يشاركه فيها أحد، 
 وفي استخدام الواو في العطف إشعارٌ بمشاركةِ أحدٍ مع الله والتسوية بينهما. 
 ولكن يقول: ما شاء الله، ثم شاء فلان، 
 فيجعل مشيئةَ العبدِ تابعةً لمشيئة الله بقول: "ثم" بدلًا من "و"، لأن "ثم" تفييد التعقيب والتراخي.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun)  müsəlmana: “Allah istədiyi oldu və filankəsin istədiyi oldu” söyləməyi qadağan etmişdir. "Və ya Allah və filankəsin istədiyi oldu;" deməyi də qadağan etmişdir. Çünki, Allahın istəyi qətidir, mütləqdir və bu istəkdə başqa kimsə iştirak etmir. Burada “vəv” hərfinin bağlayıcı kimi işlədilməsi, Allahın başqası ilə şərikliyinə və aralarındakı bərabərliyə işarə edir. Ona görə deməlidir: Allah istədiyi oldu, sonra filankəsin istədiyi. “Və” əvəzinə “sonra” deməklə qulun istədiyini Allahın istədiyinə tabe etdirir, çünki ərəb dilində “sonra”ardıcıllıq və sonralıq bildirir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun)  müsəlmana: “Allah istədiyi oldu və filankəsin istədiyi oldu” söyləməyi qadağan etmişdir. "Və ya Allah və filankəsin istədiyi oldu" deməyi də qadağan etmişdir. Çünki, Allahın istəyi qətidir, mütləqdir və bu istəkdə başqa kimsə iştirak etmir. Burada “vəv” hərfinin bağlayıcı kimi işlədilməsi, Allahın başqası ilə şərikliyinə və aralarındakı bərabərliyə işarə edir. Ona görə deməlidir: Allah istədiyi oldu, sonra filankəsin istədiyi. “Və” əvəzinə “sonra” deməklə qulun istədiyini Allahın istədiyinə tabe etdirir, çünki ərəb dilində “sonra”ardıcıllıq və sonralıq bildirir.</t>
   </si>
   <si>
     <t>تحريم قول: "ما شاء الله وشئت"، وما أشبه ذلك من الألفاظ مما فيه العطف على الله بالواو؛ لأنه من شرك الألفاظ والأقوال.
 جواز قول: "ما شاء الله ثم شئت"، وما أشبه ذلك مما فيه العطف على الله بثُمَّ؛ لانتفاء المحذور فيه.
 إثبات المشيئة لله، وإثبات المشيئة للعبد، وأن مشيئة العبد تابعة لمشيئة الله تعالى.
 النهي عن إشراك الخلق في مشيئة الله ولو باللفظ.
 إن اعتقد القائل أن مشيئة العبد كمشيئة الله جل وعلا مساوية لها في الشمول والإطلاق، أو أن العبد له مشيئة مستقلة فهو شرك أكبر، أما إن اعتقد أنه دونه؛ فهو شرك أصغر.</t>
   </si>
   <si>
-    <t>“Allah istədiyi oldu və sən  istədiyin oldu” ifadəsinin içərisində  “və” birləşdirmə bağlayıcısı da olmaqla Allaha bərabərlik bildirən bu kimi ifadələrin haramlığı. Çünki bunlar şirk sözlər və ifadələrdir.
-[...3 lines deleted...]
-İzzət və cəlal sahibi olan Allahın istəməsiylə qulun istəməsinin mütləq olaraq bərabər olduğunu  və ya qulun  müstəqil istəyi olduğuna etiqad edərək söyləmək böyük şirkdir, lakin Allahın istəyindən aşağı olduğuna etiqad etmək kiçik şirkdir.</t>
+    <t>“Allah istədiyi oldu və sən istədiyin oldu” ifadəsinin içərisində “və” birləşdirmə bağlayıcısı da olmaqla Allaha bərabərlik bildirən bu kimi ifadələrin haramlığı. Çünki bunlar şirk sözlər və ifadələrdir.
+"Allah istədiyi oldu, sonra sən istədiyin oldu" ifadəsinin içərisində Allah kəliməsinə "sonra" zaman zərf bağlanmasının artırılması ilə birlikdə buna bənzər ifadələrin icazəli olması, çünki belə cümlə forması təhlükəli yanlış ifadənin qarşısını alır.
+Allahın istəyinin və qulun istəyinin isbatı və qulun istəyinin Uca Allahın istəyinə tabe olması.
+Sözlə olsa belə, Allahın istəməsində məxluqun şərik olmasının qadağan edilməsi.
+İzzət və cəlal sahibi olan Allahın istəməsiylə qulun istəməsinin mütləq olaraq bərabər və əhatəli olduğunu və ya qulun müstəqil istəyi olduğuna etiqad edərək söyləmək böyük şirkdir, lakin Allahın istəyindən aşağı olduğuna etiqad etmək (və səhv ifadədən istifadə etmək) kiçik şirkdir.</t>
   </si>
   <si>
     <t>صحيح بمجموع طرقه</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Rəvayət yollarının məcmusuyla səhih olan]</t>
   </si>
   <si>
     <t>[Əbu Davud,Ən-Nəsai Əl-Kubrada və Əhməd rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3352</t>
   </si>
   <si>
     <t>إن الله يغار، وإن المؤمن يغار، وغيرة الله أن يأتي المؤمن ما حرم عليه</t>
   </si>
   <si>
     <t>Həqiqətən Allah qısqanır və mömin qısqanır, Allahın qısqanclığı möminin haramlara əl atmasına görədir</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: قال رَسُولُ الله صلى الله عليه وسلم: «إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Həqiqətən Allah qısqanır və mömin qısqanır, Allahın qısqanclığı möminin haramlara əl atmasına görədir"</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Həqiqətən Allah qısqanır və mömin qısqanır, Allahın qısqanclığı möminin haramlara əl atmasına görədir".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله يغار ويُبْغِضُ ويَكره، كما أن المؤمن يغار ويبغض ويكره، وأنَّ سببَ غيرةِ الله أنْ يأتيَ المؤمن ما حَرَّمَ الله عليه من الفواحش كالزنا واللواط والسرقة وشرب الخمر وغيرها من الفواحش.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, həqiqətən Allah qısqanır, kin bəsləyir, nifrət edir necə ki, mömin qısqanır, nifrət edir və kin bəsləyir. Allahın qısqanmasının səbəbi mömin tərəfindən, Allahın ona haram etdiyi  zina, homoseksuallıq, oğruluq, şərab içmək və digər çirkin əməlləri etməsidir.</t>
   </si>
   <si>
     <t>الحذر من غضب الله وعقوبته إذا انتُهِكت مَحارِمُه.</t>
   </si>
   <si>
     <t>Haramları aşıb, onlara qoyulan həddin pozulmasına görə Allahın qəzəbindən və cəzasından çəkinmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3354</t>
   </si>
   <si>
     <t>لتتبعن سنن الذين من قبلكم، شبرا بشبر، وذراعا بذراع</t>
   </si>
   <si>
     <t>“Siz, özünüzdən əvvəlkilərin yolunu qarış-qarış, dirsək-dirsək izləyəcəksiniz</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ، حَتَّى لَوْ دَخَلُوا فِي جُحْرِ ضَبٍّ لَاتَّبَعْتُمُوهُمْ» قُلْنَا: يَا رَسُولَ اللهِ آلْيَهُودَ وَالنَّصَارَى؟ قَالَ: «فَمَنْ؟».</t>
   </si>
@@ -2990,57 +2988,57 @@
   <si>
     <t>علمٌ من أعلام نبوَّته حيث أخبر بذلك قبل وقوعه فوقع كما أخبر.
 النهي عن تشبُّه المسلمين بالكفار، سواء في عقائدهم أو عباداتهم أو أعيادهم أو أزيائهم الخاصة بهم.
 توضيح الأشياء المعنوية بالأمثلة الحسية من أساليب التعليم في الإسلام.
 الضب: حيوان جحره شديد الظلمة نَتِنُ الريح، وهو من الزواحف يكثر في الصحاري، ووجه التخصيص بجحر الضب: شدة ضيقه ورداءته، ومع ذلك فإنهم -لاقتفائهم آثارهم واتباعهم طرائقهم- لو دخلوا في مثل هذا الضيق الرديء لوافقوهم! والله المستعان.</t>
   </si>
   <si>
     <t>Bu onun peyğəmbərliyinin əlamətlərindən bir əlamətdir. Belə ki, bu şey baş verməmişdən əvvəl bunu xəbər vermiş və xəbər verdiyi kimi də baş vermişdir.
 Müsəlmanların kafirlərə istər inanclarında, istər ibadətlərində, istər bayramlarında və istərsə də onlara xas geyimlərində  bənzəməyinin qadağan edilməsi.
 Mənəvi şeylərin maddi nümunələrlə izah edilməsi İslamda təlim (öyrətmək) metodlarından biridir.
 Kərtənkələ: yuvası çox qaranlıq olan və üfunət iyisi verən heyvandır. Bu, çöllərdə çox rast gəlinən bir sürünəndir. Hədisdə məhz onun yuvasının xüsusiləşdirilməsi səbəbi: onun yuvasının dar və çirkin olmasıdır . Bununla yanaşı, onların izi ilə  getdiklərinə və yollarına tabe olduqlarına görə, hətta belə çirkin dar yerə girsələr, yenə də onlara tabe olarlar! Allahdan yardım istəyirik.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3355</t>
   </si>
   <si>
     <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
     <t>Kim Allahdan başqasına and içərsə ya küfür edər ya da şərik qoşar</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
-    <t>İbn Ömər -Allah ondan razı olsun- bir kişinin: Xeyr, Kəbəyə and olsun dediyini eşitdi. Bunu eşidən İbn Ömər -Allah ondan razı olsun- ona belə dedi: Allahdan başqasına and içilməz. Çünki mən, Peyğəmbərin -salləllahu aleyhi va səlləm- belə dediyini eşitdim: "Kim Allahdan başqasına and içərsə ya küfür edər ya da şərik qoşar".</t>
+    <t>İbn Ömər - Allah ondan razı olsun - bir kişinin: Xeyr, Kəbəyə and olsun dediyini eşitdi. Bunu eşidən İbn Ömər - Allah ondan razı olsun - ona belə dedi: Allahdan başqasına and içilməz. Çünki mən, Peyğəmbərin - salləllahu aleyhi va səlləm - belə dediyini eşitdim: "Kim Allahdan başqasına and içərsə ya küfür edər ya da şərik qoşar".</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
-    <t>Peyğəmbər -salləllahu aleyhi va səlləm- bu hədisdə Uca Allahdan və Onun ad və sifətlərindən başqası adına and içən kimsənin Allaha küfür etdiyini yaxud Ona şərik qoşduğunu xəbər vermişdir. Çünki kişinin bir şeyə and içməsi, onun and içdiyi şeyi təzim etdiyinə görədir. Bütün təzim və böyüklük isə yalnız tək Allaha aiddir. Buna görə də yalnız Uca Allaha və Onun ad və sifətlərinə and içilər. Bu and kiçik şirkin bir növüdür. Lakin and içən kimsə Allahdan başqa and içdiyini Allahı təzim etdiyi kimi yaxud ondan daha çox təzimlə and içərsə, bu zaman onun bu andı böyük şirk növünə daxil olar.</t>
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - bu hədisdə Uca Allahdan və Onun ad və sifətlərindən başqası adına and içən kimsənin Allaha küfür etdiyini yaxud Ona şərik qoşduğunu xəbər vermişdir. Çünki kişinin bir şeyə and içməsi, onun and içdiyi şeyi təzim etdiyinə görədir. Bütün təzim və böyüklük isə yalnız tək Allaha aiddir. Buna görə də yalnız Uca Allaha və Onun ad və sifətlərinə and içilər. Bu and kiçik şirkin bir növüdür. Lakin and içən kimsə Allahdan başqa and içdiyini Allahı təzim etdiyi kimi yaxud ondan daha çox təzimlə and içərsə, bu zaman onun bu andı böyük şirk növünə daxil olar.</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>And içərək təzim edilmək Uca Allahın haqqıdır. Yalnız Uca Allaha və ya Onun ad və sifətlərinə and içilər.
 Səhabənin yaxşılığı əmr edib pislikdən çəkindirməyə həris olması, xüsusən də münkər olan əməl şirk və ya küfür ilə əlaqəli olarsa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3359</t>
   </si>
   <si>
     <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
   </si>
   <si>
     <t>Siz iman gətirməyincə cənnətə daxil olmazssızvə bir-birinizi sevməyincə də iman gətirmiş sayılmazsınız. Sizə elə bir şey deyimmi ki, onu etsəniz  bir-birinizi sevərsiz ? "Aranızda salamı yayın</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Siz iman gətirməyincə cənnətə daxil olmazssızvə bir-birinizi sevməyincə də iman gətirmiş sayılmazsınız. Sizə elə bir şey deyimmi ki, onu etsəniz  bir-birinizi sevərsiz ? "Aranızda salamı yayın."</t>
   </si>
   <si>
@@ -3053,68 +3051,68 @@
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
 من كمال الإيمان أن يُحِبَّ المُسلمُ لأخيه ما يحب لنفسه.
 استحباب إفشاء السلام وبذله للمسلمين؛ لما فيه من نشر المحبة والأمان بين الناس.
 السلام لا يُلْقَى إلا على مسلم؛ لقوله -صلى الله عليه وسلم-: "بينكم".
 بذل السلام فيه رَفْعُ التقاطُعِ والتهاجر والشحناء.
 أهمية المحبة بين المسلمين وأنها من كمال الإيمان.
 جاء في حديث آخر أن صيغه السلام الكاملة: "السلام عليكم ورحمة الله وبركاته"، ويكفي: "السلام عليكم".</t>
   </si>
   <si>
     <t>Cənnətə yalnız imanla daxil olmaq mümkündür.
 Müsəlman özünə rəva bilib sevdiyini, qardaşı üçün də sevməsi imanın kamilliyindəndir.
 İnsanlar arasında sevgi və əminamanlığın genişlənməsi nöqteyi nəzərindən, salam vermək və müsəlmanları da ona təşviq etməyin müstəhəb olması.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) "aranızda" sözünə əsasən salam yalnız müsəlmana verilir.
 Salamı yaymaq -ayrılıq, bir-birini tərk etmə və düşmənçiliyi aradan qaldırır.
 Müsəlmanlar arasında sevginin əhəmiyyəti və imanın kamilliyinin bir parçası olması.
 Başqa bir hədisdə isə salamın tam forması: “Əssələmu aleykum va rahmətullahi va barakatuhu (Allahın salamı, rəhməti və bərəkəti üzərinizə olsun)" varid olmuşdur. “Əs-sələmu aleykum” da kifayət olan formasıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3361</t>
   </si>
   <si>
     <t>أي العمل أحب إلى الله؟ قال: الصلاة على وقتها، قال: ثم أي؟ قال: ثم بر الوالدين قال: ثم أي؟ قال: الجهاد في سبيل الله</t>
   </si>
   <si>
-    <t>Hansı əməl Allaha daha sevimlidir? Buyurdu: "Vaxtında qılınan namaz" Dedi: "Sonra hansı?" Buyurdu: Valideynə yaxşılıq" Dedi: Sonra hansı?" Buyurdu: "Allah yolunda cihad</t>
+    <t>Hansı əməl Allaha daha sevimlidir?". Buyurdu: "Vaxtında qılınan namaz". Dedi: "Sonra hansı?". Buyurdu: "Valideynə yaxşılıq". Dedi: "Sonra hansı?". Buyurdu: "Allah yolunda cihad</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بِن مَسْعُودٍ رضي الله عنه قَالَ: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ» قَالَ: حَدَّثَنِي بِهِنَّ، وَلَوِ اسْتَزَدْتُهُ لَزَادَنِي.</t>
   </si>
   <si>
-    <t>Abdullah bin Məsudun (Allah ondan razı olsun) belə dediyi rəvayət edilir: Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşdum: Hansı əməl Allaha daha sevimlidir? Buyurdu: "Vaxtında qılınan namaz" Dedi: "Sonra hansı?" Buyurdu: Valideynə yaxşılıq" Dedi: Sonra hansı?" Buyurdu: "Allah yolunda cihad" Dedi: Allah Rəsulu mənə bunları söylədi. Əgər soruşmağa davam etsəydim, o da cavab verməyə davam edərdi.</t>
+    <t>Abdullah bin Məsudun (Allah ondan razı olsun) belə dediyi rəvayət edilir: Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşdum: "Hansı əməl Allaha daha sevimlidir?". Buyurdu: "Vaxtında qılınan namaz". Dedi: "Sonra hansı?". Buyurdu: "Valideynə yaxşılıq". Dedi: "Sonra hansı?". Buyurdu: "Allah yolunda cihad" Dedi: Allah Rəsulu mənə bunları söylədi. Əgər soruşmağa davam etsəydim, o da cavab verməyə davam edərdi.</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم: أيُّ العمل أحب إلى الله؟ 
 فقال: الصلاة المفروضة في وقتِها الذي حَدَّده الشارع، 
 ثم بر الوالدين، بالإحسان إليهما، والقيام بحقهما، وترك عقوقهما، 
 ثم الجهاد في سبيل الله، لإعلاء كلمة الله عز وجل، والدفاع عن دين الإسلام وأهله، وإظهار شعائره، وذلك بالنفس والمال.
 قال ابن مسعود رضي الله عنه: أخبرني بهذه الأعمال؛ ولو قلت له: ثم أي؟ لزادني.</t>
   </si>
   <si>
-    <t>Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) soruşulur: Hansı əməl Allaha daha sevimldir? Buyurdu ki: "Şəriətin təyin etdiyi vaxtlarda fərz namazlarını qılmaq." Sonra valideynlərə yaxşılıq etmək, onlara münasibətdə mehriban olub ən gözəl tərzdə davranmaq, haqlarını ödəmək və onların üzünə ağ olmamaq. Sonra izzət və cəlal sahibi olan Allahın kəliməsini uca tutmaq, İslam dinini, əhlini, İslamın ayinlərini qorumaq üçün Allah yolunda cihad. Bu isə can və mal-dövlətlə olur.
-Və İbn Məsud (Allah ondan razı olsun) dedi: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) mənə bu əməllərdən xəbər verdi, əgər ona "sonra hansı" deyə sual versəydim, artırardı.(yəni növbəti əməlləri söylərdi.)</t>
+    <t>Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) soruşulur: Hansı əməl Allaha daha sevimldir? Buyurdu ki: "Şəriətin təyin etdiyi vaxtlarda fərz namazlarını qılmaq". Sonra valideynlərə yaxşılıq etmək, onlara münasibətdə mehriban olub ən gözəl tərzdə davranmaq, haqlarını ödəmək və onların üzünə ağ olmamaq. Sonra izzət və cəlal sahibi olan Allahın kəliməsini uca tutmaq, İslam dinini, əhlini, İslamın ayinlərini qorumaq üçün Allah yolunda cihad. Bu isə can və mal-dövlətlə olur.
+Və İbn Məsud (Allah ondan razı olsun) dedi: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) mənə bu əməllərdən xəbər verdi, əgər ona "sonra hansı" deyə sual versəydim, artırardı (yəni növbəti əməlləri söylərdi).</t>
   </si>
   <si>
     <t>تَفَاضُل الأعمال فيما بينها بحسب محبة الله لها.
 حثُّ المسلم على الحرص على الأعمال الأفضل فالأفضل.
 تَتَفاوَتُ إجاباتُ النبيِّ صلى الله عليه وسلم عن أفضل الأعمال بحسب اختلاف الأشخاص وأحوالهم، وما هو أكثر نفعًا لكل واحد منهم.</t>
   </si>
   <si>
     <t>Allahın əməllərə bəslədiyi sevgi nisbətinə görə, bu əməllərin bir-birindən fərqlənməsi.
 Müsəlmanı ən xeyirli əməllər etməyə həvəsləndirmək.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ən üstün əməllər haqqında verdiyi cavablar insanların fərqliliyinə, onların vəziyyətinə və onların hər biri üçün ən faydalı olanına görə dəyişir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3365</t>
   </si>
   <si>
     <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>Münafiqlərə ən ağır gələn namaz, işa və fəcr namazlarıdır. Əgər onlar bu iki namazda olan savabı bilsəydilər, sürünərək də olsa bu namazlara gələrdilər</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Münafiqlərə ən ağır gələn namaz, işa və fəcr namazlarıdır. Əgər onlar bu iki namazda olan savabı bilsəydilər, sürünərək də olsa bu namazlara gələrdilər. Mən, namazın iqamə edilməsini, sonra da bir kişiyə camaata namaz qıldırmağı əmr etməyi daha sonra isə əllərində odun bağları olan kişilərlə birlikdə gedib, namaza gəlməyənlərin evlərini yandırmağı istədim".</t>
@@ -3199,51 +3197,51 @@
   <si>
     <t>وجوب الأكل باليمين، وحرمة الأكل بالشمال.
 الاستكبار عن تطبيق الأحكام الشرعية يستحق فاعلُه العقوبةَ.
 إكرام الله لنبيه محمد صلى الله عليه وسلم بإجابة دعوته.
 مشروعية الأمر بالمعروف والنهي عن المنكر على كل حالٍ حتى في حالِ الأكل.</t>
   </si>
   <si>
     <t>Sağ əl ilə yeməyin vacibliyi və sol əl ilə yeməyin haramlılığı.
 Şəriət hökmlərinin icrasından təkəbbürlük edən kəs cəzaya layiqdir.
 Duasına cavab verməklə Allahın öz Peyğəmbəri Muhəmmədin (Allahın salavatı və salamı onun üzərinə olsun) duasını qəbul etməklə ona verdiyi dəyər.
 Bütün hallarda-hətta yemək əsnasında olsa belə-xeyir işləri əmr etmək və qadağanlardan çəkindirmənin zəruriliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3372</t>
   </si>
   <si>
     <t>من دعا إلى هدى كان له من الأجر مثل أجور من تبعه، لا ينقص ذلك من أجورهم شيئا</t>
   </si>
   <si>
     <t>Kim doğru yola dəvət edərsə, o kəs, arxasınca gedənlərin savabı qədər savab qazanar və bu onların savablarından heç nəyi əksiltməz</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا، وَمَنْ دَعَا إِلَى ضَلَالَةٍ كَانَ عَلَيْهِ مِنَ الْإِثْمِ مِثْلُ آثَامِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ آثَامِهِمْ شَيْئًا».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: "Kim doğru yola dəvət edərsə, o kəs, arxasınca gedənlərin savabı qədər savab qazanar və bu onların savablarından heç nəyi əksiltməz, kim də zəlalətə dəvət edərsə, onun arxasınca gedənlərin günahı qədər günah qazanar və bu onların günahından heç nəyi əksiltməz."</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: "Kim doğru yola dəvət edərsə, o kəs, arxasınca gedənlərin savabı qədər savab qazanar və bu onların savablarından heç nəyi əksiltməz, kim də zəlalətə dəvət edərsə, onun arxasınca gedənlərin günahı qədər günah qazanar və bu onların günahından heç nəyi əksiltməz".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن أَرشَدَ وَدَلَّ وحَضَّ الناسَ على طريقٍ فيه حقٌّ وخيرٌ بقولٍ أو فعلٍ كان له مِثْلُ أجرِ مَن تَبِعَه دون أنْ ينقص ذلك من أجر التابع شيئًا. 
 ومَن أَرشَدَ ودَلَّ الناسَ إلى طريقِ باطلٍ وشرٍّ فيه ذنب وخطيئة أو أمر لا يَحِلّ، بقول أو فعل، كان عليه مِثْلُ وِزْرِ وإِثمِ مَن تَبِعَه مِن غير أن ينقص ذلك من آثامِهِم شيئًا.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) açıq-aydın bildirmişdir ki, kim insanları söz və ya əməllə, haqq və xeyir yoluna irşad etsə, yönəltsə və təşviq etsə, mükafatı, ona tabe olan kəslərin mükafatı qədər olacaq və buna görə ona tabe olanların mükafatından heç bir şey azalmayacaq. Kim insanları söz və ya əməllə, batil yola, günah, şərr və ya  haram bir işə yönəltsə, ona tabe olanların günahı qədər günah qazanacaq və ona tabe olanların günahlarından da heçnə əksilməyəcək.</t>
   </si>
   <si>
     <t>فضل الدعوة إلى الهدى، قليلًا كان أو كثيرًا، وأنَّ الدّاعي له مِثلُ أجر العامل، وذلك من عظيم فضل الله وكمال كرمه.
 خطورة الدعوة إلى الضلال، قليلًا كان أو كثيرًا، وأنّ الداعي عليه مِثل وِزْر العامل.
 الجزاء من جنس العمل، فمن دعا إلى الخير كان له مثل أجر فاعله، ومن دعا إلى الشر كان عليه مثل وزر فاعله.
 على المسلم أن يَحذَرَ مَن أن يُقتَدَى به بمجاهرته بالمعصية والناس يَرونه، فإنه يأثم بِمَن قَلَّدَه ولو لم يَحُثَّه على ذلك.</t>
   </si>
   <si>
     <t>İstər az olsun, istərsə də çox- doğru yola dəvətin fəziləti və dəvət edənin mükafatı, əməl edənin əldə etdiyi mükafat qədər, eynilə həmin mükafata sahib olması. Bu da Allahın böyük lütfündən və səxavətinin kamilliyindəndir.
 Zəlalətə çağırışın istər az, istərsə də çox olması təhlükəlidir və bu yola çağıran da o əməli edən qədər günah qazanar.
 Əməlin mükafatı və yaxud cəzası, onun növündəndir, kim xeyirə dəvət edərsə, bu xeyirə əməl edənin mükafatı qədər savab qazanar. Kim isə şərr əməllərə dəvət edərsə, bu əməli törədənin günahı qədər günah qazanar.
 Müsəlman, insanların gözü önündə günah işlərdə nümunə olmaqdan çəkinməlidir, çünki onu özünə örnək götürən insanları günaha təşviq etməsə belə onların törətdiyi günahlara görə də günah daşıyır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3373</t>
   </si>
   <si>
     <t>إن من شرار الناس من تدركه الساعة وهم أحياء، ومن يتخذ القبور مساجد</t>
@@ -3258,110 +3256,110 @@
     <t>Abdullah bin Məsuddan (Allah ondan razı olsun) belə dediyi rəvayət edilir: “Mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: Həqiqətən insanların ən yaramazı Qiyamətin qopacağı an hələ də həyatda olanlar və qəbirləri məscidlərə çevirənlərdir.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن شِرَار الناس، وأنهم مَن تقومُ الساعةُ عليهم وهم أحياءٌ، والذين يتَّخذون القبور مساجد، يُصَلُّون عندها وإليها.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ən pis insanlardan - Qiyamətin qopacağı an hələ də həyatda olan kəslərdən, qəbirlər olan yerləri məscid kimi istifadə edənlərdən, qəbirlərin yanında və onlara tərəf namaz qılanlardan xəbər verir.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القبور؛ لأنه وسيلةٌ إلى الشرك.
 تحريم الصلاة عند القبور ولو بدون بناء؛ لأن المسجد اسم لما يسجد فيه ولو لم يكن فيه بناء.
 مَن اتخذ قبورَ الصالحين مساجدَ للصلاة فيها فهو من شرار الخلق، وإنْ زعم أنَّ قصدَه التقرُّبُ إلى الله تعالى.</t>
   </si>
   <si>
     <t>Qəbirlər üzərində məscid tikməyin haramlığı, çünki şirkə aparan vasitədir.
 Tikili olmasa belə qəbirlər yanında namaz qılmağın haramlığı, çünki məscid səcdə edilən yerin adıdır, hətta tikili olmasa belə.
 Kim salehlərin qəbirlərini namaz qılınan məkan kimi istifadə edib, bununla uca Allaha yaxınlaşmaq məqsədini iddia edərsə, o insanların ən şərlisidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3375</t>
   </si>
   <si>
     <t>إن أخوف ما أخاف عليكم الشرك الأصغر قالوا: وما الشرك الأصغر يا رسول الله؟ قال: الرياء</t>
   </si>
   <si>
-    <t>Sizin üçün ən çox qorxduğum kiçik şirkdir" Dedilər: Kiçik şirk nədir, ey Allahın Rəsulu? Belə buyurdu: “Riya</t>
+    <t>Sizin üçün ən çox qorxduğum kiçik şirkdir". Dedilər: "Kiçik şirk nədir, ey Allahın Rəsulu?". O belə buyurdu: “Riya</t>
   </si>
   <si>
     <t>عَنْ مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ، يَقُولُ اللهُ عز وجل لَهُمْ يَوْمَ الْقِيَامَةِ إِذَا جُزِيَ النَّاسُ بِأَعْمَالِهِمْ: اذْهَبُوا إِلَى الَّذِينَ كُنْتُمْ تُرَاؤُونَ فِي الدُّنْيَا، فَانْظُرُوا هَلْ تَجِدُونَ عِنْدَهُمْ جَزَاءً؟».</t>
   </si>
   <si>
-    <t>Mahmud bin Ləbiddən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Sizin üçün ən çox qorxduğum kiçik şirkdir" Dedilər: Kiçik şirk nədir, ey Allahın Rəsulu? Belə buyurdu: “Riya. İzzət və cəlal sahibi olan Allah Qiyamət günü, insanların əməllərinin qarşılığı veriləcəyi zaman onlara deyəcək: “Dünya həyatında özünüzü  göstərdiyiniz insanların yanına gedin və baxın görün özünüz üçün onlarda bir mükafat tapırsınızmı?</t>
+    <t>Mahmud bin Ləbiddən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Sizin üçün ən çox qorxduğum kiçik şirkdir". Dedilər: "Kiçik şirk nədir, ey Allahın Rəsulu?". O belə buyurdu: “Riya. İzzət və cəlal sahibi olan Allah Qiyamət günü, insanların əməllərinin qarşılığı veriləcəyi zaman onlara deyəcək: “Dünya həyatında özünüzü  göstərdiyiniz insanların yanına gedin və baxın görün özünüz üçün onlarda bir mükafat tapırsınızmı?".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أكثرَ شيءٍ يَخافُه على أُمّتِه: الشرك الأصغر وهو: الرياء؛ بأنْ يعمل من أجل الناس. 
 ثم أخبر عن عقوبةِ المرائين يوم القيامة بأنْ يقال لهم: اذهبوا إلى مَن كنتم تعملون لأجلهم، فانظروا هل يملكون إثابتَكم ومَنْحَ الأجرِ لكم على ذلك العمل؟!</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, ümməti üçün ən çox qorxduğu məsələ, kiçik şirkdir ki, bu da riyadır- yəni adam insanlar üçün əməl edir. Sonra Qiyamət günü riyakarların cəzasından xəbər verir ki, onlara deyiləcək: Könüllərini almaq üçün çalışdığınız insanların yanına gedin və baxın görün, onlar sizi mükafatlandırmaq iqtidarındadılarmı?!</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, ümməti üçün ən çox qorxduğu məsələ, kiçik şirkdir ki, bu da riyadır - yəni adam insanlar üçün əməl edir. Sonra Qiyamət günü riyakarların cəzasından xəbər verir ki, onlara deyiləcək: Könüllərini almaq üçün çalışdığınız insanların yanına gedin və baxın görün, onlar sizi mükafatlandırmaq iqtidarındadılarmı?!</t>
   </si>
   <si>
     <t>وجوب إخلاص العمل لله عز وجل، والحَذَر من الرياء.
 شدة شفقتِه صلى الله عليه وسلم على أمته وحرصه على هدايتِهم ونصحه لهم.
 إذا كان هذا خوفُه صلى الله عليه وسلم وهو يُخاطب الصحابةَ وهم ساداتُ الصالحين فالخوفُ على مَن بعدهم أشدّ.</t>
   </si>
   <si>
-    <t>İzzət və cəlal sahibi olan Allah üçün ixlasla əməl etmənin və riyadan çəkinmənin vacibliyi
+    <t>İzzət və cəlal sahibi olan Allah üçün ixlasla əməl etmənin və riyadan çəkinmənin vacibliyi.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) ümmətinə olan şəfqəti, onların hidayətinə olan hərisliyi və onlara nəsihəti.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) qorxu və narahatlığı salehlərin ən hörmətliləri olan səhabələrinə görə idisə, onlardan sonra gələn nəsillər üçün bu qorxu və narahatlıq daha şiddətlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3381</t>
   </si>
   <si>
     <t>الطيرة شرك، الطيرة شرك، الطيرة شرك، ثلاثا، وما منا إلا، ولكن الله عز وجل يذهبه بالتوكل</t>
   </si>
   <si>
-    <t>( Bədbinlik etiqadı ilə) "Quş uçurmaq şirkdir"-üç dəfə təkrarladı-bizdən hər birimizin ağlına belə bir fikir gələ bilər, lakin izzət  və cəlal sahibi olan Allah onu bizim qəlblərimizdən təvəkkül etməklə uzaqlaşdırır</t>
+    <t>(Bədbinlik etiqadı ilə) quş uçurmaq şirkdir" - üç dəfə təkrarladı. Bizdən hər birimizin ağlına belə bir fikir gələ bilər, lakin izzət  və cəlal sahibi olan Allah onu bizim qəlblərimizdən təvəkkül etməklə uzaqlaşdırır</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسعودٍ رضي الله عنه عن رَسولِ اللهِ صلى الله عليه وسلم قال: «الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ.</t>
   </si>
   <si>
-    <t>Abdullah bin Məsuddan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: ( Bədbinlik etiqadı ilə) "Quş uçurmaq şirkdir"-üç dəfə təkrarladı-bizdən hər birimizin ağlına belə bir fikir gələ bilər, lakin izzət  və cəlal sahibi olan Allah onu bizim qəlblərimizdən təvəkkül etməklə uzaqlaşdırır.</t>
+    <t>Abdullah bin Məsuddan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "(Bədbinlik etiqadı ilə) quş uçurmaq şirkdir" - üç dəfə təkrarladı. Bizdən hər birimizin ağlına belə bir fikir gələ bilər, lakin izzət  və cəlal sahibi olan Allah onu bizim qəlblərimizdən təvəkkül etməklə uzaqlaşdırır.</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الطيرة وهي التشاؤُمُ مِن أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك، 
 وإنما ذَكَرَ الطَّيْرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشُّروع في عملٍ مِن سَفَرٍ أو تجارة أو غير ذلك، فإنْ طار جهة اليمين تَفاءَلَ ومَضى لِمَا يُريد، وإن طار جهة الشمال تشاءَمَ وكَفَّ عمّا يُريد. 
 وأخبر بأنها شرك، وإنما كان التشاؤم شركًا؛ لأنه لا يأتي بالخير إلا الله ولا يَدفع الشر إلا الله وحده لا شريك له.
 وذَكَرَ ابنُ مسعود رضي الله عنه أنه قد يقع في قلب المسلم شيءٌ من التشاؤم، ولكنْ عليه أن يَدفعَه بالتوكل على الله، مع فعل الأسباب.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bədbinlik niyyəti ilə quş uçurmaqdan, bu məqsədlə istər eşidilən, istərsə də gözlə görünən quşlar, heyvanlar, əlillər, rəqəmlər, günlər və sairə bu kimi növ vasitələrdən istifadə etməklə bədbinlik gözləməkdən çəkindirmişdir. O, burada məhz quşu qeyd etdi, çünki cahiliyyə dövründə- islamdan əvvəl quş uçurtmaq məşhur idi. Səyahətə, ticarətə və ya başqa işlərə başlarkən quş uçurulardı, əgər sağa uçarsa, şəxs nikbin olardı və işinə davam edərdi, yox əgər quş sola uçardısa, insan bədbin olar və niyyətindən əl çəkərdi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bunun şirk olduğunu xəbər verir, çünki xeyir yalnız Allahdandır, şərri də yalnız şəriki olmayan, tək olan Allah dəf edər.
 İbn Məsud (Allah ondan razı olsun) qeyd edir ki, bəzən müsəlmanın qəlbində bədbinlik düşüncəsi yer ala bilər, lakin müsəlman səbəbləri tətbiq etməklə Allaha təvəkkül edib, həmin düşüncələrin qarşısını almalıdır.</t>
   </si>
   <si>
     <t>الطيرة شركٌ؛ لأن فيها تَعَلُّقَ القلب على غير الله.
 أهمية تكرار المسائل المهمة، لتُحفظَ وتَستَقر في القلوب.
 الطيرة يُذْهِبُها التوكّلُ على الله تعالى.
 الأمر بالتوكل على الله وحده وتعلق القلب به سبحانه.</t>
   </si>
   <si>
     <t>Quş uçurmaq şirkdir, çünki bu əməldə qəlbin Allahdan başqasına bağlılığı vardır.
-Mühüm məsələlərin yadda qalması və qəlbdə qərar tutması üçün  təkrarlanmasının əhəmiyyəti.
-Bədbinlik uca Allaha təvəkkül etməklə aradan qaldırılır.
+Mühüm məsələlərin yadda qalması və qəlbdə qərar tutması üçün təkrarlanmasının əhəmiyyəti.
+Bədbinlik Uca Allaha təvəkkül etməklə aradan qaldırılır.
 Yalnız Allaha təvəkkül etmək və qəlbin Ona bağlılığın əmr edilməsi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3383</t>
   </si>
   <si>
     <t>فقلنا: أنت سيدنا، فقال: السيد الله، قلنا: وأفضلنا فضلا، وأعظمنا طولا، فقال: قولوا بقولكم، أو بعض قولكم، ولا يستجرينكم الشيطان</t>
   </si>
   <si>
     <t>(Yanına çatdıqda) dedik: “Sən bizim seyyidimizsən.” Dedi: “Seyyid Allahdır”. Biz dedik: "Sən bizim ən fəzilətlimiz və ən böyüyümüzsən". O, dedi: “Öz sözlərinizlə danışın, şeytan sizi (tərifdə həddi aşmağa) sürükləməsin</t>
   </si>
   <si>
     <t>عَن عَبدِ الله بنِ الشِّخِّير رضي الله عنه قَالَ: انْطَلَقْتُ في وَفدِ بَنِي عَامِرٍ إِلى رَسُولِ الله صلى الله عليه وسلم، فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ».</t>
   </si>
   <si>
     <t>Abdullah bin Əş-Şixxirdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Bəni-Amir heyəti ilə Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) hüzuruna yola düşdüm. (Yanına çatdıqda) dedik: “Sən bizim seyyidimizsən.” Dedi: “Seyyid Allahdır”. Biz dedik: "Sən bizim ən fəzilətlimiz və ən böyüyümüzsən". O, dedi: “Öz sözlərinizlə danışın, şeytan sizi (tərifdə həddi aşmağa) sürükləməsin.</t>
   </si>
   <si>
     <t>جاءَ جماعةٌ إلى النبيِّ صلى الله عليه وسلم، فلمّا وَصَلَوا إليه قالوا -مَادِحِين له- بعضَ الكلمات التي كَرِهَها صلى الله عليه وسلم، 
 فقالوا: "أنت سيدُنا"، 
 فقال لهم صلى الله عليه وسلم: 
 "السيدُ الله" 
 فله السُّؤْدَدُ التامُّ على خلقِهِ وهم عبيدُهُ. 
 وقالوا: أنت "أَفْضَلُنا فَضْلًا" وأعلانا رُتبةً وشرفًا ومزيةً. 
 وأنت "أعظَمُنا طَوْلًا" وأكثرنا عطاءً وعُلوًّا ورفعةً. 
@@ -3378,155 +3376,153 @@
 حماية التوحيد عما يُخِلُّ به من الأقوال والأعمال.
 النهي عن الغلو في المدح، فهو من مداخل الشيطان.
 النبي صلى الله عليه وسلم هو سيِّدُ ولد آدم، وما جاء في الحديث هو من باب التواضع، ومن باب الخوف عليهم أن يغلو فيه.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) sahabələrinin qəlblərində olan böyük dəyəri və ona olan hörmətləri.
 Söz danışarkən əlavə mükəlləfiyyətdən (insanın özünü yükləməsindən) çəkinmək və söz söylədikdə qısa danışmaq.
 Tövhidi, onu pozan söz və əməllərdən qorumaq.
 Tərifdə həddi aşmağın qadağan edilməsi, çünki, bu şeytanın giriş qapılarındandır.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Adəm övladının seyyididir. Hədisdə qeyd olunanlar isə onun təvazökarlıqdan irəli gəlir və insanların bu işdə həddi aşmalarından qorxulduğu üçündür.
 ​</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
     <t>[Əbu Davud, Əhməd rəvayət ediblər]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3389</t>
   </si>
   <si>
     <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
-    <t>Sən  kitap əhli olan bir qövmə gedəcəksən. Onların yanına getdikdə, onları Allahdan başqa haqq bir ilah olmadığına, Muhammədin də Onun Rəsulu olduğuna şəhadət etməyə dəvət et</t>
+    <t>Sən Kitap əhli olan bir qövmə gedəcəksən. Onların yanına getdikdə, onları Allahdan başqa haqq bir ilah olmadığına, Muhammədin də Onun Rəsulu olduğuna şəhadət etməyə dəvət et</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
-    <t>İbn Abbasdan -Allah ondan və atasından razı olsun- rəvayət edilən bir hədisdə o belə demişdir: Rəsulullah -salləllahu aleyhi va səlləm- Muaz bin Cəbəli Yəmənə göndərdiyi zaman ona belə buyurdu: "Sən  kitap əhli olan bir qövmə gedəcəksən. Onların yanına getdikdə, onları Allahdan başqa haqq bir ilah olmadığına, Muhammədin də Onun Rəsulu olduğuna şəhadət etməyə dəvət et. Əgər onlar bu işdə sənə tabe olsalar, Allahın onlara gün ərzində beş vaxt namaz qılmağı əmr etdiyini bildir. Əgər onlar bu işdə sənə tabe olsalar, onlara zənginlərdən alınıb fəqirlərə veriləcək olan zəkatı da fərz etdiyini bildir. Əgər onlar bu işdə də sənə tabe olsalar, bu zaman mallarının ən yaxşısını almaqdan çəkin! Məzlumun duasından qorx! Çünki məzlumun duası ilə Allah arasında heç bir pərdə yoxdur".</t>
+    <t>İbn Abbasdan - Allah ondan və atasından razı olsun - rəvayət edilən bir hədisdə o belə demişdir: Rəsulullah - salləllahu aleyhi va səlləm - Muaz bin Cəbəli Yəmənə göndərdiyi zaman ona belə buyurdu: "Sən Kitap əhli olan bir qövmə gedəcəksən. Onların yanına getdikdə, onları Allahdan başqa haqq bir ilah olmadığına, Muhammədin də Onun Rəsulu olduğuna şəhadət etməyə dəvət et. Əgər onlar bu işdə sənə tabe olsalar, Allahın onlara gün ərzində beş vaxt namaz qılmağı əmr etdiyini bildir. Əgər onlar bu işdə sənə tabe olsalar, onlara zənginlərdən alınıb fəqirlərə veriləcək olan zəkatı da fərz etdiyini bildir. Əgər onlar bu işdə də sənə tabe olsalar, bu zaman mallarının ən yaxşısını almaqdan çəkin! Məzlumun duasından qorx! Çünki məzlumun duası ilə Allah arasında heç bir pərdə yoxdur".</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
-    <t>Allah Rəsulu -salləllahu aleyhi va səlləm- Muaz bin Cəbəli - Allah ondan razı olsun - Yəmənə Allahın dininə dəvət edən və  müəllim olaraq göndərdiyi zaman xristian bir qövmlə qarşılaşacağını və onlara qarşı hazırlıqlı olmasını söyləmişdir. Sonra da onları ən önəmli olan xüsusdan başlayaraq dəvət etməsini nəsihət etmişdir. Allahdan başqa haqq bir ilah olmadığına, Muhammədin -salləllahu aleyhi va səlləm- də Onun Rəsulu olduğuna şahidlik edərək öncəliklə onların əqidələrini islah etməyə dəvət etmişdir. Çünki onlar, İslama şəhadət kəlməsini tələffüz edərək daxil olarlar. Əgər bunu qəbul edərlərsə,namaz qılmalarını onlara əmr et, çünki namaz tövhiddən sonra ən əzəmətli fərzdir. Əgər onlar namaz qılmağı qəbul edərlərsə, zənginlərinə mallarının zəkatını  yoxsullara vermələrini əmr etmişdir. Sonra Allah Rəsulu -salləllahu aleyhi va səlləm- Muaz bin Cəbəli -Allah ondan razı olsun - zəkat olaraq onların mallarının ən yaxşısını götürməsindən çəkindirmişdir. Çünki fərz olan orta keyfiyyətdə olan mallardan zəkatın verilməsidir. Sonra Rəsulullah -salləllahu aleyhi va səlləm- Muaz bin Cəbələ - Allah ondan razı olsun - məzlumun ona bəd dua etməməsi üçün zülmdən çəkinməyi nəsihət etmişdir. Çünki məzlumun duası geri çevrilməz.</t>
+    <t>Allah Rəsulu - salləllahu aleyhi va səlləm - Muaz bin Cəbəli - Allah ondan razı olsun - Yəmənə Allahın dininə dəvət edən və  müəllim olaraq göndərdiyi zaman xristian bir qövmlə qarşılaşacağını və onlara qarşı hazırlıqlı olmasını söyləmişdir. Sonra da onları ən önəmli olan xüsusdan başlayaraq dəvət etməsini nəsihət etmişdir. Allahdan başqa haqq bir ilah olmadığına, Muhammədin -salləllahu aleyhi va səlləm - də Onun Rəsulu olduğuna şahidlik edərək öncəliklə onların əqidələrini islah etməyə dəvət etmişdir. Çünki onlar, İslama şəhadət kəlməsini tələffüz edərək daxil olarlar. Əgər bunu qəbul edərlərsə, namaz qılmalarını onlara əmr et, çünki namaz tövhiddən sonra ən əzəmətli fərzdir. Əgər onlar namaz qılmağı qəbul edərlərsə, zənginlərinə mallarının zəkatını  yoxsullara vermələrini əmr etmişdir. Sonra Allah Rəsulu - salləllahu aleyhi va səlləm - Muaz bin Cəbəli - Allah ondan razı olsun - zəkat olaraq onların mallarının ən yaxşısını götürməsindən çəkindirmişdir. Çünki fərz olan orta keyfiyyətdə olan mallardan zəkatın verilməsidir. Sonra Rəsulullah - salləllahu aleyhi va səlləm - Muaz bin Cəbələ  - Allah ondan razı olsun - məzlumun ona bəd dua etməməsi üçün zülmdən çəkinməyi nəsihət etmişdir. Çünki məzlumun duası geri çevrilməz.</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
 مخاطبة العالِم ومَن لديه شُبهات ليست كمخاطبة الجاهل؛ لذا نَبَّه معاذًا بقوله: "إنك تأتي قومًا أهل كتاب".
 أهمية أن يكون المسلم على بصيرة من دينه؛ ليَتَخلَّص من شُبهات المشبِّهين، وذلك بطلب العلم.
 بطلان دين اليهود والنصارى بعد بعثة الرسول صلى الله عليه وسلم، وأنهم ليسوا من أهل النجاة يوم القيامة حتى يدخلوا في دين الإسلام، ويؤمنوا بالنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Lə iləhə illəllah şəhadətinin mənası Allahı ibadətdə təkləşdirmək və Ondan başqasına ibadət etməyi tərk etməkdir.
-Muhammədin -salləllahu aleyhi va səlləm- Allahın Rəsulu olduğuna şəhadət etmənin mənası isə ona və onun gətirdiklərinə iman edib təsdiqləmək və onun bəşəriyyətə göndərilən Allahın son Rəsulu olduğunu təsdiq  etməkdir.
-Məlumatlı və şübhə içində olan kimsələrə xitab etmək cahil kəslərə xitab etmək kimi eyni deyildir. Buna görə də Allah Rəsulu -salləllahu aleyhi va səlləm- Muaz bin Cəbələ: "Sən kitab əhli olan bir qövmə gedirsən". deyərək onu xəbərdar etmişdir.
+Muhammədin - salləllahu aleyhi va səlləm - Allahın Rəsulu olduğuna şəhadət etmənin mənası isə ona və onun gətirdiklərinə iman edib təsdiqləmək və onun bəşəriyyətə göndərilən Allahın son Rəsulu olduğunu təsdiq  etməkdir.
+Məlumatlı və şübhə içində olan kimsələrə xitab etmək cahil kəslərə xitab etmək kimi eyni deyildir. Buna görə də Allah Rəsulu - salləllahu aleyhi va səlləm - Muaz bin Cəbələ: "Sən Kitab əhli olan bir qövmə gedirsən" - deyərək onu xəbərdar etmişdir.
 Müsəlmanın şübhə sahiblərinin şübhələrindən xilas olması üçün dinində bəsirət sahibi olması önəmlidir. Bu da ancaq elm tələb etməklə mümkündür.
-Allah Rəsulunun -salləllahu aleyhi va səlləm- peyğəmbər olaraq göndərilməsindən sonra yəhudi və xristian dininin batil hesab olunmuşdur.Kitab əhli İslamı qəbul etmədikləri və Peyğəmbərə -salləllahu aleyhi va səlləm- iman gətirmədikləri müddətcə, qiyamət günü qurtuluş əhlindən olmayacaqlar.</t>
+Allah Rəsulunun - salləllahu aleyhi va səlləm - peyğəmbər olaraq göndərilməsindən sonra yəhudi və xristian dininin batil hesab olunmuşdur. Kitab əhli İslamı qəbul etmədikləri və Peyğəmbərə - salləllahu aleyhi va səlləm - iman gətirmədikləri müddətcə, qiyamət günü qurtuluş əhlindən olmayacaqlar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3390</t>
   </si>
   <si>
     <t>أيها الناس، إياكم والغلو في الدين، فإنما أهلك من كان قبلكم الغلو في الدين</t>
   </si>
   <si>
     <t>“Ey insanlar, dində həddi aşmaqdan çəkinin, həqiqətən də sizdən əvvəlkiləri dində həddi aşmaqları məhv etdi”</t>
   </si>
   <si>
     <t>عَنْ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ غَدَاةَ الْعَقَبَةِ وَهُوَ عَلَى نَاقَتِهِ: «الْقُطْ لِي حَصًى» فَلَقَطْتُ لَهُ سَبْعَ حَصَيَاتٍ، هُنَّ حَصَى الْخَذْفِ، فَجَعَلَ يَنْفُضُهُنَّ فِي كَفِّهِ وَيَقُولُ: «أَمْثَالَ هَؤُلَاءِ فَارْمُوا» ثُمَّ قَالَ: «أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ».</t>
   </si>
   <si>
-    <t>İbn Abbasdan (Allah hər ikisindən razı olsun) belə söylədiyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Əqabə gününün səhəri dəvəsinin üstündə ikən belə buyurdu: “Mənə daşlar  topla.” Mən onun üçün atılacaq böyüklükdə yeddi daş topladım. Onları ovucunda silkələdi və dedi: “Bu böyüklükdə olanları atın!” Sonra dedi: “Ey insanlar, dində həddi aşmaqdan çəkinin, həqiqətən də sizdən əvvəlkiləri dində həddi aşmaqları məhv etdi”.</t>
+    <t>İbn Abbasdan (Allah hər ikisindən razı olsun) belə söylədiyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Əqabə gününün səhəri dəvəsinin üstündə ikən belə buyurdu: “Mənə daşlar topla.” Mən onun üçün atılacaq böyüklükdə yeddi daş topladım. Onları ovucunda silkələdi və dedi: “Bu böyüklükdə olanları atın!”. Sonra dedi:“Ey insanlar, dində həddi aşmaqdan çəkinin, həqiqətən də sizdən əvvəlkiləri dində həddi aşmaqları məhv etdi”.</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ عباس رضي الله عنهما أنه كان مع النبيِّ صلى الله عليه وسلم يومَ النحر صباحَ رَمي جمرةِ العقبةِ في حجة الوداع، 
 فأمره أن يَلقُط له حصى الجمار، فلقط له سبعَ حصيات، الواحدة منها بحجم الحِمَّص أو البُنْدُق، فوضَعَها النبيُّ صلى الله عليه وسلم في يدِه ثم حَرَّكَها، وقال: 
 بمثلِها في الحجم أرموا، 
 ثم حَذَّر النبيُّ صلى الله عليه وسلم مِن الغُلُوِّ والتشدد ومُجاوَزَةِ الحَدِّ في أمور الدين، فإنما أهلك الأمم السابقة مجاوزة الحد والإفراط والتشدد في الدين.</t>
   </si>
   <si>
-    <t>İbn Abbas (Allah hər ikisindən razı olsun) xəbər verir ki, o,  Cəmarətul-Əqəbəyə daş atılan günün səhəri-Qurban bayramı günü, vida həccində Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanında idi.
-[...1 lines deleted...]
-​ bu böyüklükdə olanları atın. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dini məsələlərdə ifratçılıq, şiddətli olmaq və həddi aşmaqdan çəkindirdi. Çünki, əvvəlki ümmətləri yalnız dində həddi aşmaq, ifratçılıq və şiddətli olmaq həlak etmişdir.</t>
+    <t>İbn Abbas (Allah hər ikisindən razı olsun) xəbər verir ki, o, Cəmarətul-Əqəbəyə daş atılan günün səhəri-Qurban bayramı günü, vida həccində Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanında idi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona çınqıl daşları yığmasını əmr etdi. O, da bir dənəsi noxud və ya fındıq böyüklüyündə olan yeddi daş topladı.Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onları əlinə qoydu, sonra onları silkələdi və dedi: "Bu böyüklükdə olanları atın". Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dini məsələlərdə ifratçılıq, şiddətli olmaq və həddi aşmaqdan çəkindirdi. Çünki, əvvəlki ümmətləri yalnız dində həddi aşmaq, ifratçılıq və şiddətli olmaq həlak etmişdir.</t>
   </si>
   <si>
     <t>النهي عن الغلو في الدين، وبيان سوء عاقبته، وأنه سبب للهلاك.
 الاعتبار بمن سبقنا من الأمم لِتَجَنُّبِ ما وقعوا فيه من الأخطاء.
 الحث على الاقتداء بالسُّنّة.</t>
   </si>
   <si>
     <t>Dində həddi aşmağın qadağan edilməsi, bunun  pis aqibətinin və həlak səbəbi olmasının bəyan olunması.
 Bizdən öncəki ümmətlərin düşdüyü xətalardan qorunmaq üçün onlardan ibrət almaq.
 Sünnəyə tabe olmağa təşviq etmək.</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي وأحمد</t>
   </si>
   <si>
     <t>[İbn Məcə, Ən-Nəsai və Əhməd rəvayət ediblər]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3395</t>
   </si>
   <si>
     <t>لا تطروني كما أطرت النصارى ابن مريم؛ فإنما أنا عبده، فقولوا: عبد الله ورسوله</t>
   </si>
   <si>
     <t>Xristianlar Məryəm oğlu İsanı ucaltdıqları (həddindən artıq tərifləməklə) kimi siz də məni ucaltmayın. Mən Allahın quluyam. (Mənə) Allahın qulu və Onun rəsulu deyin</t>
   </si>
   <si>
     <t>عَن عُمَرَ بنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قال: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ».</t>
   </si>
   <si>
-    <t>Ömər bin Xəttab - Allah ondan razı olsun - rəvayət edərək deyir ki, mən Peyğəmbərin -salləllahu aleyhi va səlləm- belə dediyini eşitdim: "Xristianlar Məryəm oğlu İsanı ucaltdıqları (həddindən artıq tərifləməklə) kimi siz də məni ucaltmayın. Mən Allahın quluyam. (Mənə) Allahın qulu və Onun rəsulu deyin".</t>
+    <t>Ömər bin Xəttab - Allah ondan razı olsun - rəvayət edərək deyir ki, mən Peyğəmbərin - salləllahu aleyhi va səlləm - belə dediyini eşitdim: "Xristianlar Məryəm oğlu İsanı ucaltdıqları (həddindən artıq tərifləməklə) kimi siz də məni ucaltmayın. Mən Allahın quluyam. (Mənə) Allahın qulu və Onun rəsulu deyin".</t>
   </si>
   <si>
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
-    <t>Peyğəmbər -salləllahu aleyhi va səlləm- xristianların Məryəm oğlu İsanı -aleyhissələm- şəriətin qoyduğu çərçivəni aşaraq ifrat dərəcədə təriflədiyi, onu Allahın vəsfləri və Ona aid felləri ilə vəsf etdiyi və onun qeybi bildiyini yaxud da Allah ilə birlikdə dua edilib yalvarılacağı kimi onun da bu cür ucaldılmasını qadağan etmişdir. Sonra özünün Allahın bir qulu olduğunu bildirərək özü barədə: Allahın qulu və Onun rəsulu deməyimizi əmr etmişdir.</t>
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - xristianların Məryəm oğlu İsanı - aleyhissələm - şəriətin qoyduğu çərçivəni aşaraq ifrat dərəcədə təriflədiyi, onu Allahın vəsfləri və Ona aid felləri ilə vəsf etdiyi və onun qeybi bildiyini yaxud da Allah ilə birlikdə dua edilib yalvarılacağı kimi onun da bu cür ucaldılmasını qadağan etmişdir. Sonra özünün Allahın bir qulu olduğunu bildirərək özü barədə: Allahın qulu və Onun rəsulu deməyimizi əmr etmişdir.</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
     <t>Təzim və tərifləməkdə şəri hüdudların aşılması qadağan edilmişdir. Çünki bu, şirkə aparan bir yoldur.
-Peyğəmbərin -salləllahu aleyhi va səlləm- çəkindirdiyi şey artıq bu ümmətdə baş vermişdir. Belə ki, bir qrup insan Allah Rəsuluna -salləllahu aleyhi ve səlləm-, bir qrup insan əhli beytə, başqa bir qrup insan isə saleh kimsələrə olan sevgidə həddi aşaraq şirkə düşmüşlər.
-[...1 lines deleted...]
-Peyğəmbər -salləllahu aleyhi va səlləm- özünü Allahın rəsulu kimi vəsf etmiş və onun Allah tərəfindən göndərilən bir elçi olduğunu göstərmək üçün ona inanmaq və tabe olmaq lazımdır</t>
+Peyğəmbərin - salləllahu aleyhi va səlləm - çəkindirdiyi şey artıq bu ümmətdə baş vermişdir. Belə ki, bir qrup insan Allah Rəsuluna, salləllahu aleyhi ve səlləm, bir qrup insan əhli beytə, başqa bir qrup insan isə saleh kimsələrə olan sevgidə həddi aşaraq şirkə düşmüşlər.
+Allah Rəsulu - salləllahu aleyhi va səlləm - özünün Allahın qulu olduğunu və Allaha xas olan hər hansı bir xüsusiyyəti ona aid edilməsinin caiz olmadığını bəyan etmişdir.
+Peyğəmbər - salləllahu aleyhi va səlləm - özünü Allahın rəsulu kimi vəsf etmiş və onun Allah tərəfindən göndərilən bir elçi olduğunu göstərmək üçün ona inanmaq və tabe olmaq lazımdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3406</t>
   </si>
   <si>
     <t>لا عدوى ولا طيرة، ولا هامة ولا صفر، وفر من المجذوم كما تفر من الأسد</t>
   </si>
   <si>
     <t>(Öz-özünə) yoluxucu xəstəlik yoxdur, uğursuzluq əlaməti yoxdur, bayquş və səfər ayında uğurszuluq yoxdur. Cüzama yoluxmuş xəstədən aslandan qaçdığın kimi  qaç</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə dedi: (Öz-özünə) yoluxucu xəstəlik yoxdur, uğursuzluq əlaməti yoxdur, bayquş və səfər ayında uğurszuluq yoxdur. Cüzama yoluxmuş xəstədən aslandan qaçdığın kimi  qaç.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أمور الجاهلية تحذيرًا منها، وبيانًا أن الأمر بيد الله، وأنه لا يكون شيء إلا بأمره وتقديره، وهي: 
 الأول: كان أهل الجاهلية يظنون أن المرض يُعدي بنفسه؛ فنهى صلى الله عليه وسلم عن الاعتقاد بانتقال المرض من المريض إلى غيره بطبعه؛ فالله هو المتصرف في الكون؛ وهو الذي ينزل الداء ويرفعه، ولا يحدُث ذلك إلا بإرادته وتقديره. 
 الثاني: كان أهل الجاهلية إذا خرجوا لسفر أو تجارة، زجروا الطير، فإن طار جهة اليمين استبشروا، وإن طار جهة اليسار تشاءموا ورجعوا، فنهى صلى الله عليه وسلم عن هذا التشاؤم بالطير، وبيَّن أنه اعتقاد باطل. 
 الثالث: كان أهل الجاهلية يقولون: إذا وقع طائر البومة على دار حصل لأهله مصيبة؛ فنهى صلى الله عليه وسلم عن التشاؤم بذلك. 
 الرابع: نهى عن التشاؤم بشهر صفر، وهو الشهر الثاني من الأشهر القمرية. وقيل صفر هو: حيةٌ تكون في البطن تصيب الماشية والناس، يزعمون أنها أشد عدوى من مرض الجَرَب؛ فنفى هذا الاعتقاد.
 الخامس: أمر بالابتعاد عن المصاب بمرض الجذام كما تبتعد عن حيوان الأسد، وذلك احتياطٌ للنفس وطلبٌ لها السلامة وفعلٌ للأسباب التي أمر الله بها، والجذام: مرض تتآكل منه أعضاء الإنسان.</t>
   </si>
   <si>
@@ -3540,65 +3536,65 @@
   <si>
     <t>وجوب التوكل على الله والاعتماد عليه، وفعل الأسباب المشروعة.
 وجوب الإيمان بقضاء الله وقدره، وأن الأسباب بيد الله وهو الذي يجريها أو يسلب تأثيرها.
 إبطال ما يفعله بعض الناس من التشاؤم بالألوان، كالأسود والأحمر، أو بعض الأرقام والأسماء والأشخاص وذوي العاهات.
 في النهي عن القرب من المجذوم ومثله أصحاب الأمراض المعدية؛ هو من الأسباب التي أجرى الله العادة بأنها تفضي إلى مسبباتها؛ فالأسباب لا تستقل بذاتها، بل الله هو الذي إن شاء سلبها قواها فلا تؤثر شيئًا، وإن شاء أبقاها فأثرت.</t>
   </si>
   <si>
     <t>Allaha təvəkkül etmək, ona etimad etmək və icazəli səbəblərdən yapışmağın vacibliyi.
 Allahın qəza və qədərinə iman gətirməyin vacibliyi. Çünki, səbəblər Allahın əlindədir, onları həyata keçirən və ya təsirini ortadan qaldıran da Odur.
 Bəzi insanların  rənglərlə-məsələn qara və qırmızı kimi - və ya bəzi rəqəmlərlə, adlarla, şəxslər və əlilliyi olan insanlarla etdiyi bədbinliyin qadağan (ləğv) edilməsi.
 Cüzam və onun kimi yoluxucu xəstəlikləri olanlara  yaxınlaşmağın qadağan edilməsi. Bu, o səbəblərdəndir ki, Allah onları adətən nəticənin baş verməsinə aparan etmişdir. Səbəblər öz-özlüyündə müstəqil (təsirə sahib) deyillər. Əksinə, Allah istəsə, onların gücünü alar və onlar  heç bir şeyə təsir etməz və istəsə, güclərini saxlayar və onlar təsir edərlər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3407</t>
   </si>
   <si>
     <t>فوالله لأن يهدي الله بك رجلا واحدا، خير لك من أن يكون لك حمر النعم</t>
   </si>
   <si>
     <t>Allaha and olsun ki, Allahın, sənin əlinlə tək bir insana hidayət etməsi, sənin üçün qırmızı dəvələrə sahib olmağından daha xeyirlidir</t>
   </si>
   <si>
     <t>عَنْ سَهْلُ بْنُ سَعْدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ غَدًا رَجُلًا يَفْتَحُ اللَّهُ عَلَى يَدَيْهِ، يُحِبُّ اللَّهَ وَرَسُولَهُ وَيُحِبُّهُ اللَّهُ وَرَسُولُهُ»، قَالَ: فَبَاتَ النَّاسُ يَدُوكُونَ لَيْلَتَهُمْ أَيُّهُمْ يُعْطَاهَا، فَلَمَّا أَصْبَحَ النَّاسُ غَدَوْا عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كُلُّهُمْ يَرْجُو أَنْ يُعْطَاهَا، فَقَالَ: «أَيْنَ عَلِيُّ بْنُ أَبِي طَالِبٍ؟» فَقِيلَ: هُوَ يَا رَسُولَ اللَّهِ يَشْتَكِي عَيْنَيْهِ، قَالَ: «فَأَرْسِلُوا إِلَيْهِ»، فَأُتِيَ بِهِ فَبَصَقَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي عَيْنَيْهِ وَدَعَا لَهُ، فَبَرَأَ حَتَّى كَأَنْ لَمْ يَكُنْ بِهِ وَجَعٌ، فَأَعْطَاهُ الرَّايَةَ، فَقَالَ عَلِيٌّ: يَا رَسُولَ اللَّهِ، أُقَاتِلُهُمْ حَتَّى يَكُونُوا مِثْلَنَا؟ فَقَالَ: «انْفُذْ عَلَى رِسْلِكَ حَتَّى تَنْزِلَ بِسَاحَتِهِمْ، ثُمَّ ادْعُهُمْ إِلَى الإِسْلاَمِ، وَأَخْبِرْهُمْ بِمَا يَجِبُ عَلَيْهِمْ مِنْ حَقِّ اللَّهِ فِيهِ، فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ».</t>
   </si>
   <si>
-    <t>Səhl bin Səddən (Allah ondan razı olsun) rəvayət edilir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Xeybər günü dedi: Sabah bu bayrağı elə bir kişiyə verəcəm ki, Allah onun əli ilə zəfər nəsib edəcək, O, Allah və Rəsulunu sevir, Allah və Rəsulu da onu sevir." Dedi: İnsanlar o gecəni, bayrağın kimə veriləcəyini düşünərək keçirdilər. Sabah olduğunda onların hər biri bayrağın özünə veriləcəyi ümidilə Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına getdi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi:
-"Əli bin Əbu Talib hardadır?" Dedilər: Ey Allahın Rəsulu, gözlərindən şikayət edir (gözləri ağrıyır). Dedi: Onun yanına adam göndərin (gəlsin). Əlini gətirdilər və Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) onun gözlərinə tüpürdü və onun üçün dua etdi. Əli, sanki heç bir ağrısı olmamış kimi dərhal sağaldı və (Peyğəmbər), bayrağı ona verdi. Əli (Allah ondan razı olsun) dedi: "Ey Allahın Rəsulu! Onlar da bizim kimi olana qədər onlarla döyüşəcəmmi?" Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Sən, onların olduqları yerə yavaş-yavaş get (yəni dərhal döyüşə girmə). Sonra onları İslama dəvət et və Allahın haqqı olaraq yerinə yetirmələri vacib olan şeyləri onlara bildir. Allaha and olsun ki, Allahın, sənin əlinlə tək bir insana hidayət etməsi, sənin üçün qırmızı dəvələrə sahib olmağından daha xeyirlidir."</t>
+    <t>Səhl bin Səddən (Allah ondan razı olsun) rəvayət edilir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Xeybər günü dedi: "Sabah bu bayrağı elə bir kişiyə verəcəm ki, Allah onun əli ilə zəfər nəsib edəcək, o, Allah və Rəsulunu sevir, Allah və Rəsulu da onu sevir". Ravi dedi: İnsanlar o gecəni, bayrağın kimə veriləcəyini düşünərək keçirdilər. Sabah olduğunda onların hər biri bayrağın özünə veriləcəyi ümidilə Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına getdi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi:
+"Əli bin Əbu Talib hardadır?". Dedilər: Ey Allahın Rəsulu, gözlərindən şikayət edir (gözləri ağrıyır). Dedi: "Onun yanına adam göndərin (gəlsin)". Əlini gətirdilər və Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) onun gözlərinə tüpürdü və onun üçün dua etdi. Əli, sanki heç bir ağrısı olmamış kimi dərhal sağaldı və (Peyğəmbər), bayrağı ona verdi. Əli (Allah ondan razı olsun) dedi: "Ey Allahın Rəsulu! Onlar da bizim kimi olana qədər onlarla döyüşəcəmmi?". Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Sən, onların olduqları yerə yavaş-yavaş get (yəni dərhal döyüşə girmə). Sonra onları İslama dəvət et və Allahın haqqı olaraq yerinə yetirmələri vacib olan şeyləri onlara bildir. Allaha and olsun ki, Allahın, sənin əlinlə tək bir insana hidayət etməsi, sənin üçün qırmızı dəvələrə sahib olmağından daha xeyirlidir".</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم الصحابة بانتصار المسلمين على يهود خيبر من الغد، وذلك على يد رجل يعطيه الراية وهو العلم الذي يتخذه الجيش شعارًا له، 
 وهذا الرجل من صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله، 
 فبات الصحابة ليلتهم يخوضون ويتحدثون عمن سيعطى الراية؟ رغبة في هذا الشرف العظيم، 
 فلما كان الصبح ذهبوا إلى النبيِّ صلى الله عليه وسلم، كلهم يرجوا أن يفوز بهذا الشرف، 
 فسأل صلى الله عليه وسلم عن علي بن أبي طالب رضي الله عنه؟ 
 فقيل: إنه مريض يشتكي عينيه.
 فأرسل إليه صلى الله عليه وسلم، فجاؤوا به، فبصق في عيني علي من ريقه الشريف، ودعا له، فشفي من مرضه وكأنه لم يكن به وجع، فأعطاه الراية، وأمره بالمضي برفق حتى يقترب من حصن العدو فيعرض عليهم الدخول في الإسلام، فإن أجابوه؛ أخبرهم بما يجب عليهم من الفرائض.
 ثم بيَّن صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لعلي فضل الدعوة إلى الله وأن الداعية إذا كان سببًا في هداية رجل واحد فذلك خير له من أن تكون له الإبل الحُمْر التي هي أنفس أموال العرب، فيمتلكها أو يتصدق بها.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun)  növbəti gündə müsəlmanların Xeybər yəhudiləri üzərində qələbə çalacağını və bunun bayrağı verəcəyi kişinin əli ilə olacağını səhabələrə xəbər verdi. Bu bayraq, əsgərlərin şüar olaraq götürdüyü bayraqdır. Bu kişinin vəsfindən, Allahı və Rəsulunu (Allahın salavatı və salamı onun üzərinə olsun) sevməsi, Allah və Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) da onu sevməsidir. Səhabələr bu böyük şərəfi arzulayaraq,  bayrağın kimə veriləcəyi barədə gecə müzakirə aparıb, danışdılar. Səhər açılanda hamısı Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına getdilər. Onların hər biri  bu şərəfi qazanacağına ümid edirdi.
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) növbəti gündə müsəlmanların Xeybər yəhudiləri üzərində qələbə çalacağını və bunun bayrağı verəcəyi kişinin əli ilə olacağını səhabələrə xəbər verdi. Bu bayraq, əsgərlərin şüar olaraq götürdüyü bayraqdır. Bu kişinin vəsfindən, Allahı və Rəsulunu (Allahın salavatı və salamı onun üzərinə olsun) sevməsi, Allah və Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) da onu sevməsidir. Səhabələr bu böyük şərəfi arzulayaraq, bayrağın kimə veriləcəyi barədə gecə müzakirə aparıb, danışdılar. Səhər açılanda hamısı Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına getdilər. Onların hər biri  bu şərəfi qazanacağına ümid edirdi.
 Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Əli bin Əbu Talib (Allah ondan razı olsun) haqqında soruşdu.
 Dedilər: O, xəstədir, gözlərindən şikayət edir.
 Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) onun yanına adam göndərdi və onu gətirdilər. Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) şərəfli ağız suyundan Əlinin gözlərinə tüpürdü və onun üçün dua etdi və o, heç bir ağrısı olmamış kimi sağaldı. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bayrağı ona  verdi və ona əmr etdi ki, ehtiyatla gedərək düşmən qalasına yaxınlaşsın və onları İslama daxil olmağa çağırsın. Əgər cavab versələr, onlara hansı fərzlərin  vacib olduğunu xəbər versin.
 Sonra, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Əliyə Allahın yoluna dəvət etməyin fəzilətini bəyan edərək bildirdi ki, dəvətçinin bir adamın hidayətinə səbəb olması onun üçün ərəblərin ən qiymətli sərvəti olan qırmızı dəvələrə sahib olmağı və ya onları sədəqə verməyindən daha xeyirlidir.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب -رضي الله عنه-، وشهادة رسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- له، بمحبة الله ورسوله له، ومحبته لله ورسوله.
 حرص الصحابة على الخير وتسابقهم إليه.
 مشروعية الأدب عند القتال وترك الطيش والأصوات المزعجة التي لا حاجة إليها.
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، وشفاء عيني علي بن أبي طالب على يديه بإذن الله. 
 أن المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.
 أن الدعوة تكون بالتدريج فيطلب من الكافر أولًا الدخول في الإسلام بالنطق بالشهادتين، ثم يُؤمر بفرائض الإسلام بعد ذلك.
 فضل الدعوة إلى الإسلام وما فيها من الخير للمدعو والداعي، فالمدعو قد يهتدي والداعي يُثاب ثوابًا عظيمًا.</t>
   </si>
   <si>
     <t>Əli ibn Əbu Talibin (Allah ondan razı olsun olsun) fəziləti və Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) Allah və Rəsulunun ona olan sevgisinə və onun da Allah və Rəsuluna olan sevgisinə şahidlik etməsi.
 Səhabələrin xeyrə olan hərisliyi və xeyrdə yarışmaları.
 Döyüş zamanı ədəbli olmağın bəyənilməsi, yüngüllüyün və lazımsız, narahatedici səslərin tərk edilməsi.
 Onun (Allahın salavatı və salamı onun üzərinə olsun) peyğəmbərliyinin dəlillərindən biri də, yəhudilər üzərində qələbə xəbərini verməsi və Allahın izni ilə Əli ibn Əbu Talibin (allah ondan razı olsun) gözlərinin onun əli ilə sağalmasıdır.
 Cihadın ən böyük məqsədi, insanların İslama daxil olmasıdır.
 Dəvət tədricən (yavaş-yavaş) edilir, kafirdən əvvəlcə iki şəhadət kəliməsini söyləyərək İslama daxil olması istənilir və ondan sonra ona İslamın fərzlərini yerinə yetirməsi əmr edilir.
 İslama dəvət etməyin fəziləti və onda, dəvət edilənə və dəvət edənə olan xeyirlər. Dəvət edilən şəxs hidayət oluna bilər, dəvətçi isə böyük bir savab qazanır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3409</t>
@@ -3641,74 +3637,74 @@
 معنى "لا إله إلا الله": تركُ عبادة الأصنام والأولياء والصالحين وإفراد الله بالعبادة، وأنّ المشركين يعرفون معناها.
 جواز عيادة المريض المشرك إذا رُجي إسلامُه.
 هداية التوفيق بيد الله وحده لا شريك له،  وإنما على الرسول صلى الله عليه وسلم هداية الدلالة والإرشاد والبلاغ.</t>
   </si>
   <si>
     <t>Qohumluğundan, əməlindən və etdikləri yaxşılıqlarından asılı olmayaraq müşriklər üçün bağışlanma diləməyin haramlığı.
 Ataları və böyükləri batil üzərində təqlid etmək-izləmək cahiliyyə dövrü insanlarının  əməllərindəndir.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) insanların dəvəti və hidayətinə olan şəfqəti və hərisliyinin kamilliyi.
 Əbu Talibin müsəlman olduğunu iddia edənlərə cavab.
 Əməllər sonluğa görədir.
 Fayda əldə etmək və ya zərəri dəf etmək üçün Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) və ya başqalarına bağlanmağın batil olması.
 ​
 Kim mənasını bilərək, yəqin olaraq və inanaraq "ləə iləhə illallah" deyərsə, İslama daxil olar.
 Pis dostların və şərli yoldaşların insana zərəri.
 "Ləə iləhə illallah"ın mənası: bütlərə,salehlərə və övliyalara edilən ibadətin tərk edilməsi və Allahın ibadətdə təkləşdirilməsidir. Müşriklər onun mənasını bilirdilər.
 Müsəlman olması ümid edilən xəstə müşriki ziyarət etməyin icazəli olması.
 Tövfiq hidayəti-(hidayətin nəsib olması) yalnız heç bir şəriki olmayan, bir olan Allahın əlindədir. Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun)  üzərinə düşən isə yol göstərmək, irşad və təbliğ (haqqı çatdırmaq) hidayətidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3410</t>
   </si>
   <si>
     <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
   </si>
   <si>
-    <t>Qiyamət günü şəfaətimə nail olan ən xoşbəxt insan qəlbindən və ya içindən ixlasla “Lə iləhə illallah” deyən kimsədir". deyə buyurdu</t>
+    <t>Qiyamət günü şəfaətimə nail olan ən xoşbəxt insan qəlbindən və ya içindən ixlasla “Lə iləhə illallah” deyən kimsədir" - deyə buyurdu</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan - Allah ondan razı olsun - rəvayət edilən bir hədisdə o, belə demişdir: Allah Rəsulundan -salləllahu aleyhi va səlləm: "Ey Allahın Rəsulu! Qiyamət günü sənin şəfaətinə nail olan ən xoşbəxt insan kimdir?" deyərək soruşuldu. Allah Rəsulu -salləllahu aleyhi va səlləm-: "Ey Əbu Hureyra, hədis öyrənməyə həris olduğunu gördüyüm üçün bu hədis barədə səndən əvvəl kimsənin məndən soruşmayacağını zənn etmişdim. Qiyamət günü şəfaətimə nail olan ən xoşbəxt insan qəlbindən və ya içindən ixlasla “Lə iləhə illallah” deyən kimsədir". deyə buyurdu.</t>
+    <t>Əbu Hureyradan - Allah ondan razı olsun - rəvayət edilən bir hədisdə o, belə demişdir: Allah Rəsulundan - salləllahu aleyhi va səlləm: "Ey Allahın Rəsulu! Qiyamət günü sənin şəfaətinə nail olan ən xoşbəxt insan kimdir?" deyərək soruşuldu. Allah Rəsulu - salləllahu aleyhi va səlləm: "Ey Əbu Hureyra, hədis öyrənməyə həris olduğunu gördüyüm üçün bu hədis barədə səndən əvvəl kimsənin məndən soruşmayacağını zənn etmişdim. Qiyamət günü şəfaətimə nail olan ən xoşbəxt insan qəlbindən və ya içindən ixlasla “Lə iləhə illallah” deyən kimsədir" - deyə buyurdu.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
   </si>
   <si>
-    <t>Peyğəmbər -salləllahu aleyhi va səlləm- bu hədisdə qiyamət günü şəfaətinə nail olan ən xoşbəxt insanın qəlbindən ixlasla: "Lə iləhə illallah" yəni, Allahdan başqa ibadətə layiq haqq ilah yoxdur deyən, şirkdən və riyadan uzaq olan kimsə olacağını xəbər vermişdir.</t>
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - bu hədisdə qiyamət günü şəfaətinə nail olan ən xoşbəxt insanın qəlbindən ixlasla: "Lə iləhə illallah" yəni, Allahdan başqa ibadətə layiq haqq ilah yoxdur deyən, şirkdən və riyadan uzaq olan kimsə olacağını xəbər vermişdir.</t>
   </si>
   <si>
     <t>إثبات الشفاعة للنبي صلى الله عليه وسلم في الآخرة وأنها لا تكون إلا للموحِّدين.
 شفاعته صلى الله عليه وسلم هي تَوَسُّلُه إلى الله تعالى لِمَن استحقَّ النارَ مِن الموحّدين أنْ لا يَدخلَها، ومَن دخلَها أن يَخرج منها.
 فضل كلمة التوحيد الخالصة لله تعالى وعظيم أثرها.
 تحقيق كلمة التوحيد يكون بالعلم بمعناها، والعمل بمقتضاها.
 فضل أبي هريرة رضي الله عنه، وحِرصُه على العِلم.</t>
   </si>
   <si>
-    <t>Peyğəmbərə -salləllahu aleyhi va səlləm- axirətdə şəfaət etmək hüququ veriləcəkdir. Bu şəfaət də ancaq tövhid əhli üçündür.
-Peyğəmbərin -salləllahu aleyhi va səlləm- şəfaəti tövhid əhlindən Cəhənnəmə layiq olanların girməməsi və Cəhənnəmə girənlərin də oradan çıxması üçün vasitəçi olmasıdır.
+    <t>Peyğəmbərə - salləllahu aleyhi va səlləm- axirətdə şəfaət etmək hüququ veriləcəkdir. Bu şəfaət də ancaq tövhid əhli üçündür.
+Peyğəmbərin - salləllahu aleyhi va səlləm - şəfaəti tövhid əhlindən Cəhənnəmə layiq olanların girməməsi və Cəhənnəmə girənlərin də oradan çıxması üçün vasitəçi olmasıdır.
 Allah üçün ixlaslı bir şəkildə tövhid kəlməsini söyləməyin fəziləti və böyük təsiri vardır.
 Tövhid kəlməsinin tətbiq edilməsi, bu kəlmənin mənasını bilərək və tələblərinə əməl edərək olur.
 Əbu Hureyranın - Allah ondan razı olsun - fəziləti və elmə olan hərisliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3414</t>
   </si>
   <si>
     <t>أدخله الله الجنة على ما كان من العمل</t>
   </si>
   <si>
     <t>, etdiyi əməllərindən asılı olmayaraq Allah onu cənnətə daxil edər</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ شَهِدَ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَأَنَّ عِيسَى عَبْدُ اللهِ وَرَسُولُهُ وَكَلِمَتُهُ أَلْقَاهَا إِلَى مَرْيَمَ وَرُوحٌ مِنْهُ، وَالْجَنَّةُ حَقٌّ، وَالنَّارُ حَقٌّ، أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ».</t>
   </si>
   <si>
     <t>Ubadədən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət  edilir: "Kim Allahdan başqa ibadətə layiq məbud olmadığına, Onun şəriki olmadığına, Muhəmmədin Onun qulu və rəsulu olduğuna, İsanın Allahın qulu və rəsulu olduğuna, Məryəmə sadəcə bir söz deməklə "ol" həqiqətinə və İsanın Onun yaratdığı ruhdan əmələ gəlməsinə, cənnətin haqq, cəhənnəmin haqq olduğuna şahidlik edərsə, etdiyi əməllərindən asılı olmayaraq Allah onu cənnətə daxil edər.</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ مَن نَطَقَ بكلمةِ التوحيد عارفًا لمعناها عاملًا بمقتضاها، 
 وشهد بعبودية محمد صلى الله عليه وسلم ورسالته، واعترف بعبودية عيسى ورسالته، 
 وأنَّ الله خلقه بقوله "كن" فكان، وأنه روح من الأرواح التي خلقها الله، 
 وَبَرَّأَ أُمَّهُ مِمّا نَسَبَه إليها اليهود، 
 وآمن بأن الجنة حق، وأن النار حق، معتقدًا وجودهما، وأنهما نعيم الله وعذابه، 
@@ -3751,135 +3747,135 @@
   <si>
     <t>فضل التوحيد، وأنه سبب للنجاة من الخلود في النار.
 قُرْب الجنة والنار من العبد، وأنه ليس بينه وبينهما إلا الموت.
 التحذير من الشرك قليله وكثيرة؛ لأن النجاة من النار بتَجَنُّبِه.
 العِبرة في الأعمال بخواتِيمِها.</t>
   </si>
   <si>
     <t>Tövhidin fəzilətinin bəyanı. Tövhid, insanı Cəhənnəmdə əbədi qalmaqdan xilas edən səbəbdir.
 Cənnət və Cəhənnəmin qula yaxın olması. Qul ilə bu ikisi arasında sadəcə ölüm vardır.
 Şirkin böyüyündən və kiçiyindən çəkinmək. Çünki Cəhənnəmdən qurtuluş yalnız şirkdən uzaq durmaqla mümkündür.
 Əməllər son halına görə dəyərləndirilir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3418</t>
   </si>
   <si>
     <t>من مات وهو يدعو من دون الله ندا دخل النار</t>
   </si>
   <si>
     <t>Kim Allahdan başqasına dua edərsə və bunun üzərində ölərsə cəhənnəmə girər</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: قَالَ النَّبِيُّ صلى الله عليه وسلم كَلِمَةً وَقُلْتُ أُخْرَى، قَالَ النَّبِيُّ صلى الله عليه وسلم: «مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ» وَقُلْتُ أَنَا: مَنْ مَاتَ وَهُوَ لَا يَدْعُو لِلهِ نِدًّا دَخَلَ الْجَنَّةَ.</t>
   </si>
   <si>
-    <t>Abdullah bin Məsudun (Allah ondan razı olsun) belə dediyi rəvayət edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bir söz dedi, mən başqa bir söz dedim. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Kim Allahdan başqasına dua edərsə və bunun üzərində ölərsə cəhənnəmə girər" Mən dedim: Allahdan başqasına dua etmədən ölən, cənnətə daxil olar."</t>
+    <t>Abdullah bin Məsudun (Allah ondan razı olsun) belə dediyi rəvayət edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bir söz dedi, mən başqa bir söz dedim. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Kim Allahdan başqasına dua edərsə və bunun üzərində ölərsə cəhənnəmə girər". Mən dedim: "Allahdan başqasına dua etmədən ölən, cənnətə daxil olar."</t>
   </si>
   <si>
     <t>يُخْبِرُنا النبيُّ صلى الله عليه وسلم أنَّ مَن صَرَفَ شيئًا مما يجب أن يكون لله إلى غيره، كدعاء غير الله تعالى، أو الاستغاثة بغيره، ومات على ذلك فإنه من أهل النار. 
 وزاد ابن مسعود رضي الله عنه أن من مات وهو لا يشرك بالله شيًا فإنَّ مَصيرَه إلى الجنة.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bizə xəbər verir ki, uca Allahdan başqasına dua etmək, Ondan qeyrisindən yardım diləmək, Allaha xas olan hər bir növ ibadəti başqasına yönəldərsə və bu üzrə ölərsə, cəhənnəm əhlindən olar. İbn Məsud (Allah ondan razı olsun) əlavə etdi ki, kim Allaha şərik qoşmadan ölərsə, son gedəcəyi yer cənnət olar.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bizə xəbər verir ki, Uca Allahdan başqasına dua etmək, Ondan qeyrisindən yardım diləmək, Allaha xas olan hər bir növ ibadəti başqasına yönəldərsə və bu üzrə ölərsə, cəhənnəm əhlindən olar. İbn Məsud (Allah ondan razı olsun) əlavə etdi ki, kim Allaha şərik qoşmadan ölərsə, son gedəcəyi yer cənnət olar.</t>
   </si>
   <si>
     <t>الدعاء عبادةٌ لا يُصرف إلا لله تعالى.
 فضل التوحيد، وأنَّ مَن مات عليه دخل الجنة، وإنْ عُذِّبَ على بعض ذنوبه.
  خطر الشرك، وأنَّ مَن مات عليه دخل النار.</t>
   </si>
   <si>
-    <t>Dua ibadətdir, yalnız uca Allaha edilər.
+    <t>Dua ibadətdir, yalnız Uca Allaha edilər.
 Tövhidin fəzilətindəndir ki, tövhid üzərində ölən kəs bəzi günahlarına görə cəzalansa da, sonda cənnətə daxil olar.
 Şirkin təhlükəsi odur ki, onun üzərində ölən kəs cəhənnəmə daxil olar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3419</t>
   </si>
   <si>
     <t>هلك المتنطعون</t>
   </si>
   <si>
     <t>İfratçılar həlak oldular</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود قال: قال رسول الله صلى الله عليه وسلم: «هَلَكَ الْمُتَنَطِّعُون» قالها ثلاثًا.</t>
   </si>
   <si>
-    <t>Abdullah bin Məsud - Allah ondan razı olsun- rəvayət edir ki, Allah Rəsulu -salləllahu aleyhi va səlləm- belə buyurmuşdur: "İfratçılar həlak oldular" Bunu üç dəfə təkrar etmişdir.</t>
+    <t>Abdullah bin Məsud - Allah ondan razı olsun - rəvayət edir ki, Allah Rəsulu - salləllahu aleyhi va səlləm - belə buyurmuşdur: "İfratçılar həlak oldular". Bunu üç dəfə təkrar etmişdir.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم عن خَيْبَةِ وخَسارة المُتَشَدِّدين -على غير هدى وعلم- في دينِهم ودنياهم، وفي أقوالهم وأفعالهم، المتجاوزين بها الحدَّ الشرعيَّ الذي جاء به النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
-    <t>Peyğəmbər -salləllahu aleyhi va səlləm- din və dünyalarında, söz və əməllərində Allah Rəsulunun -salləllahu aleyhi va səlləm- gətirdiyi şəri hüdudları aşan hidayət və elmdən uzaq olan kimsələrin xüsran və məyusluq içində olduqlarını xəbər vermişdir.</t>
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - din və dünyalarında, söz və əməllərində Allah Rəsulunun - salləllahu aleyhi va səlləm - gətirdiyi şəri hüdudları aşan hidayət və elmdən uzaq olan kimsələrin xüsran və məyusluq içində olduqlarını xəbər vermişdir.</t>
   </si>
   <si>
     <t>تحريم التشدُّد والتكلُّف في الأمور كلِّها، والحث على اجتنابه في كل شيء؛ لا سيَّما في العبادات وتعظيم الصالحين.
 طلب الأكمل في العبادة وغيرها أمر محمود؛ ويكون بمتابعة الشرع.
 استحباب تأكيد الأمر الهام؛ لأن النبي صلى الله عليه وسلم كرَّر هذه الجملة ثلاثًا.
 سماحة الإسلام ويُسْره.</t>
   </si>
   <si>
     <t>Hər bir işdə ifrata varmaq və həddi aşmaq haram edilmişdir. Xüsusən də ibadətlərdə və saleh kəslərin təzim edilməsi kimi işlərdə bunlardan çəkinməyə təşviq edilmişdir.
 İbadət və diğər işlərdə şəriətin tələblərinə tabe olaraq kamil olanı etməyə çalışmaq təriflənən bir əməldir.
-Önəmli olan bir işin təkrar vurğulanması müstəhəbdir. Çünki Peyğəmbər -salləllahu aleyhi va səlləm- bu cümləni üç dəfə təkrarlamışdır.
+Önəmli olan bir işin təkrar vurğulanması müstəhəbdir. Çünki Peyğəmbər - salləllahu aleyhi va səlləm - bu cümləni üç dəfə təkrarlamışdır.
 İslamın xoşniyyət və asanlıq dini olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3420</t>
   </si>
   <si>
     <t>لا عدوى، ولا طيرة، ويعجبني الفأل قال قيل: وما الفأل؟ قال: الكلمة الطيبة</t>
   </si>
   <si>
-    <t>Özbaşına yoluxma yoxdur, uğursuzluq yoxdur və mən fə'li sevirəm. Deyildi : Fə'l nədir? Dedi: "Yaxşı söz</t>
+    <t>Özbaşına yoluxma yoxdur, uğursuzluq yoxdur və mən fə'li sevirəm". Deyildi : "Fə'l nədir?". Dedi: "Yaxşı söz</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ».</t>
   </si>
   <si>
-    <t>Ənəs bin Malikdən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: Özbaşına yoluxma yoxdur, uğursuzluq yoxdur və mən fə'li sevirəm. Deyildi : Fə'l nədir? Dedi: "Yaxşı söz".</t>
+    <t>Ənəs bin Malikdən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: "Özbaşına yoluxma yoxdur, uğursuzluq yoxdur və mən fə'li sevirəm". Deyildi : "Fə'l nədir?". Dedi: "Yaxşı söz".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ العدوى التي كان يَعتقدُها أهلَ الجاهلية بأنَّ المَرضَ يَنتقل بنفسه إلى الآخر من دون قَدَرِ الله بأنها باطلة، 
 وأنَّ الطيرة باطلة، وهي التشاؤم من أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العَاهَات أو الأرقام أو الأيام أو غير ذلك،
 وإنما ذَكَرَ الطيرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشروع في عملٍ من سفر أو تجارة أو غير ذلك، فإن طار جهة اليمين تفاءل ومضى لما يريد، وإن طار جهة الشمال تشاءم وكَفَّ عمّا يريد. 
 ثم أخبر صلى الله عليه وسلم أنه يُعجبه الفَأْل، وهو ما يَحْدُثُ للإنسانِ من الفرح والسرور من كلمة طيبة يسمعها، وتجعله يحسن الظن بربه.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, cahiliyyə dönəmi insanlarının bir xəstəliyin Allahın təqdiri olmadan öz-özünə başqasına keçdiyinə inandıqları yoluxma batildir. Uğursuzluğa inanmaq da batildir. O quşlara, heyvanlara, əlillərə, rəqəmlərə, günlərə və səsli və ya görünən digər şeylərə  bağlanılan bədbinlik inancıdır. O, quşu yalnız İslamdan əvvəlki cahiliyyə dövründə məşhur olduğu üçün qeyd etdi. O zaman insanlar səfər, ticarət və ya başqa bir işə başlamaq istədikdə, quşu havaya buraxardılar. Və əgər quş sağa uçardısa, nikbinliyə düşər və istədikləri işə davam edərdilər. Yox , əgər sola uçardısa, bədbinliyə inanar və istədikləri o işə başlamazdılar. Sonra O (Allahın salavatı və salamı onun üzərinə olsun) ​insanın eşitdiyi xoş sözdən  dolayı başına gələn fərəh və sevinci  xoşladığını və bu şeyin, onun Rəbbi haqqında gözəl düşünməsinə səbəb olduğunu dedi.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, cahiliyyə dönəmi insanlarının bir xəstəliyin Allahın təqdiri olmadan öz-özünə başqasına keçdiyinə inandıqları yoluxma batildir. Uğursuzluğa inanmaq da batildir. O quşlara, heyvanlara, əlillərə, rəqəmlərə, günlərə və səsli və ya görünən digər şeylərə bağlanılan bədbinlik inancıdır. O, quşu yalnız İslamdan əvvəlki cahiliyyə dövründə məşhur olduğu üçün qeyd etdi. O zaman insanlar səfər, ticarət və ya başqa bir işə başlamaq istədikdə, quşu havaya buraxardılar. Və əgər quş sağa uçardısa, nikbinliyə düşər və istədikləri işə davam edərdilər. Yox, əgər sola uçardısa, bədbinliyə inanar və istədikləri o işə başlamazdılar. Sonra o (Allahın salavatı və salamı onun üzərinə olsun) ​insanın eşitdiyi xoş sözdən dolayı başına gələn fərəh və sevinci xoşladığını və bu şeyin, onun Rəbbi haqqında gözəl düşünməsinə səbəb olduğunu dedi.</t>
   </si>
   <si>
     <t>التوكُّل على الله تعالى، وأنه لا يأتي بالخير إلا الله، ولا يدفع الشر إلا الله.
 النهي عن الطيرة، وهي ما يُتشاءم منه، ويصد عن العمل.
 الفأل ليس من الطيرة المنهي عنها، بل هو من حُسْنِ الظن بالله تعالى.
 كل شيء يحصل بتقدير الله عز وجل وحده لا شريك له.</t>
   </si>
   <si>
     <t>Uca Allaha təvəkkül etmək. Allahdan başqa heç kəs xeyir verə bilməz və Allahdan başqa heç kəs şərri dəf edə bilməz.
-Tiyəra qadağan edilmişdir. O insanı bədbinliyə salan və iş görməsindən uzaqlaşdıran şeylərdir. (Batil inanclara bağlı əlamətlərdir)
+"Tiyəra" qadağan edilmişdir. O insanı bədbinliyə salan və iş görməsindən uzaqlaşdıran şeylərdir. (Batil inanclara bağlı əlamətlərdir).
 Fə'l (nikbinlik) qadağan edilmiş tiyəradan (bədbinlikdən) deyil. Əksinə, o Uca Allah haqqında gözəl zənndə olmaqdır.
 Hər bir şey izzət və cəlal sahibi, bir olan və heç bir şəriki olmayan Allahın təqdiri ilə baş verir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3422</t>
   </si>
   <si>
     <t>من جهز غازيا في سبيل الله فقد غزا، ومن خلف غازيا في سبيل الله بخير فقد غزا</t>
   </si>
   <si>
     <t>“Kim Allah yolunda cihad edəni təchiz edərsə, sanki özü cihad etmişdir. Hər kim Allah yolunda cihad edəni (ailəsinin qayğısına qalmaqda) əvəz edərsə, sanki özü cihad etmiş olar”</t>
   </si>
   <si>
     <t>عَن زَيْدِ بْنِ خَالِدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ جَهَّزَ غَازِيًا فِي سَبِيلِ اللَّهِ فَقَدْ غَزَا، وَمَنْ خَلَفَ غَازِيًا فِي سَبِيلِ اللَّهِ بِخَيْرٍ فَقَدْ غَزَا».</t>
   </si>
   <si>
     <t>Zeyd bin Xaliddən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: “Kim Allah yolunda cihad edəni təchiz edərsə, sanki özü cihad etmişdir. Hər kim Allah yolunda cihad edəni (ailəsinin qayğısına qalmaqda) əvəz edərsə, sanki özü cihad etmiş olar”.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن هَيَّأَ للغازي في سبيل الله أسبابَ سَفَرِه وما يَحتاج إليه مما لا بدَّ منه من سلاح، ومركوب، وطعام، ونفقة وغيرها؛ فهو في حكم الغازي، وحصل له ثواب الغزاة.
 ومَن تولَّى أمرَ الغازي بخير، ونابَ مَنابَه في مراعاة أهلِه زمانَ غيبتِه فهو في حكم الغازي.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Allah yolunda cihad edən kəsin ehtiyac duyulan səfər vəsaitlərini- silah, nəqliyyat, yemək, məsrəf kimi şeyləri təşkil edən adam cihad edənlə ilə eyni hökmdədir və mücahidlərin savabına nail olar.
 Kim Allah yolunda cihad edən kəsin işlərini öz öhdəsinə götürərsə, o olmadığı müddətcə ailəsinin qayğısına qalmaqda onu əvəz edərsə, o, da Allah yolunda cihad edən kəsin hökmündə olar.</t>
@@ -3956,67 +3952,67 @@
     <t>Abdullah bin Zeyd (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) necə dəstəmaz aldığını hərəkətlərlə göstərərək izah etdi. və kiçik bir qab su istədi, Əvvəlcə əllərini yumaqla başladı, sonra qabı əydi və bir az su tökdü və əllərini üç dəfə qabın kənarında yudu.
 ​ Sonra əlini qabın içinə saldı, ondan üç ovuc su götürdü. Hər ovucda ağzını yaxaladı, burnuna su çəkdi və sonra suyu çölə çıxardı.
 ​ Sonra qabdan bir ovuc su götürüb üzünü üç dəfə yudu. Sonra qabdan bir ovuc su götürdü və iki dəfə əllərini dirsəklərə qədər yudu.
 ​ Sonra əllərini qabın içinə saldı və başının ön hissəsindən başlayaraq başının arxasına- boynun yuxarı hissəsinə çatana qədər əlləri ilə başına məsh çəkdi. Sonra isə əllərini geri qaytarıb başladığı yerə çatana qədər məsh çəkdi. Sonra ayaqlarını topuqlarla birlikdə yudu.</t>
   </si>
   <si>
     <t>سُلُوْكُ المُعلِّم أقربَ الوسائل إلى الفهم ورسوخ العلم، ومن ذلك التعليم بالعمل.
 جواز التكرار ثلاثًا في بعض أعضاء الوضوء واثنتين في بعضها، والواجب مرة واحدة.
 وجوب الترتيب بين أعضاء الوضوء كما جاء في الحديث.
 حَدُّ الوجه مِن مَنابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا.</t>
   </si>
   <si>
     <t>Müəllimin davranışı biliyin başa düşülməsi və möhkəmləndirilməsi üçün ən uyğun vasitədir və əməl edib-göstərərək öyrətmək buna bir misaldır.
 Bəzi dəstəmaz üzvlərində üç dəfə, bəzilərində isə iki dəfə təkrar etmək icazəlidir. Vacib olan isə bir dəfə etməkdir.
 ​
 Hədisdə gəldiyi kimi dəstəmaz üzvləri arasında ardıcıllığın olmasının vacibliyi.
 Üzün sərhədi- uzunluğa görə başın adətən saç bitdiyi yerindən çənəyə və saqqalın sonuna qədər olan hissəsi, eninə isə qulaqdan qulağa qədər olan hissədir .</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3444</t>
   </si>
   <si>
     <t>إنما كان يكفيك أن تقول بيديك هكذا ثم ضرب بيديه الأرض ضربة واحدة، ثم مسح الشمال على اليمين، وظاهر كفيه ووجهه</t>
   </si>
   <si>
-    <t>Əllərinlə belə etməyin sənə kifayət idi." Sonra əlləri ilə bir dəfə yerə vurdu.Sonra sol əlini sağ əlinə sürtdü, əllərinin üzərinə və üzünə məsh çəkdi</t>
+    <t>Əllərinlə belə etməyin sənə kifayət idi". Sonra əlləri ilə bir dəfə yerə vurdu.Sonra sol əlini sağ əlinə sürtdü, əllərinin üzərinə və üzünə məsh çəkdi</t>
   </si>
   <si>
     <t>عَنْ عَمَّارِ بنِ ياسِرٍ رضي الله عنه قال: بَعَثَنِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي حَاجَةٍ، فَأَجْنَبْتُ فَلَمْ أَجِدِ الْمَاءَ، فَتَمَرَّغْتُ فِي الصَّعِيدِ كَمَا تَمَرَّغُ الدَّابَّةُ ثُمَّ أَتَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَذَكَرْتُ ذَلِكَ لَهُ فَقَالَ: «إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ.</t>
   </si>
   <si>
-    <t>Ammar bin Yasirdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) məni bir iş üçün göndərdi. Mən də cünub oldum,lakin su tapa bilmədim, buna görə də heyvanın torpaqda yuvarlandığı kimi yuvarlandım. Sonra Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldim və bunu ona xəbər verdim. O, dedi: Əllərinlə belə etməyin sənə kifayət idi." Sonra əlləri ilə bir dəfə yerə vurdu.Sonra sol əlini sağ əlinə sürtdü, əllərinin üzərinə və üzünə məsh çəkdi.</t>
+    <t>Ammar bin Yasirdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) məni bir iş üçün göndərdi. Mən də cünub oldum,lakin su tapa bilmədim, buna görə də heyvanın torpaqda yuvarlandığı kimi yuvarlandım. Sonra Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldim və bunu ona xəbər verdim. O, dedi: "Əllərinlə belə etməyin sənə kifayət idi". Sonra əlləri ilə bir dəfə yerə vurdu.Sonra sol əlini sağ əlinə sürtdü, əllərinin üzərinə və üzünə məsh çəkdi.</t>
   </si>
   <si>
     <t>بَعَثَ النبيُّ صلى الله عليه وسلم عَمّارَ بن ياسر رضي الله عنه في سَفَرٍ لبعض حاجاته، فأصابته جنابة بجماع أو نزول المني بشهوة، فلم يجد الماء ليغتسل منه، 
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Ammar bin Yasiri (Allah ondan razı olsun) bəzi ehtiyacları üçün səfərə göndərdi. Və o, qadınla yaxınlıq etmək və ya şəhvət səbəbi ilə məni çıxdığına görə cünub oldu. Lakin qüsl almağa su tapmadı. Və cənabət üçün təyəmmüm almağın (icazəli olduğu) hökmünü bilmirdi, yalnız onun kiçik hədəs üçün olan hökmünü bilirdi. O, da ictihad etdi və zənn etdi ki, kiçik hədəsdən təyəmmüm alarkən yerin üzərindəki torpaqla bəzi dəstəmaz əzalarına məsh etdiyi kimi, su ilə muqayisə olaraq, cənabətdən təyəmmüm alarkən də bütün bədəni torpağa sürtmək lazımdır. Bu səbəblə bütün bədənini torpağa batırıncaya qədər torpağın içində çevrildi və namaz qıldı. O, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldikdə doğru olub-olmadığını bilmək üçün  bunu ona bildirdi. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) də ona sidik ifrazı kimi kiçik hədəs və cənabət kimi böyük hədəsdən necə təmizlənməli olduğunu izah etdi: Bu iki əli ilə torpağa bir dəfə vurmaq, sol əliylə sağ əlinə, əllərinin üzərinə və üzünə məsh etməkdir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Ammar bin Yasiri (Allah ondan razı olsun) bəzi ehtiyacları üçün səfərə göndərdi. Və o, qadınla yaxınlıq etmək və ya şəhvət səbəbi ilə məni çıxdığına görə cünub oldu. Lakin qüsl almağa su tapmadı. Və cənabət üçün təyəmmüm almağın (icazəli olduğu) hökmünü bilmirdi, yalnız onun kiçik hədəs üçün olan hökmünü bilirdi. O, da ictihad etdi və zənn etdi ki, kiçik hədəsdən təyəmmüm alarkən yerin üzərindəki torpaqla bəzi dəstəmaz əzalarına məsh etdiyi kimi, su ilə muqayisə olaraq, cənabətdən təyəmmüm alarkən də bütün bədəni torpağa sürtmək lazımdır. Bu səbəblə bütün bədənini torpağa batırıncaya qədər torpağın içində çevrildi və namaz qıldı. O, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldikdə doğru olub-olmadığını bilmək üçün bunu ona bildirdi. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) də ona sidik ifrazı kimi kiçik hədəs və cənabət kimi böyük hədəsdən necə təmizlənməli olduğunu izah etdi: Bu iki əli ilə torpağa bir dəfə vurmaq, sol əliylə sağ əlinə, əllərinin üzərinə və üzünə məsh etməkdir.</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
     <t>Təyəmmüm etməmişdən əvvəl su axtarmağın vacibliyi.
 Cənabət olan və su tapmayan kəs üçün təyəmmümün icazəli olması.
 Böyük hədəs üçün təyəmmümün şəkli kiçik hədəs üçün edilən təyəmmüm kimidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3461</t>
   </si>
   <si>
     <t>إن الناس إذا رأوا الظالم فلم يأخذوا على يديه أوشك أن يعمهم الله بعقاب منه</t>
   </si>
   <si>
     <t>Əgər insanlar zalımı görüb, onun zülmünə maneə olmasalar, Allahın öz əzabını onların hamısına göndərməsi yaxın olar</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَكْرٍ الصِّدِّيقِ رضي الله عنه أَنَّهُ قَالَ: أَيُّهَا النَّاسُ، إِنَّكُمْ تَقْرَؤُونَ هَذِهِ الآيَةَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ}، وَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ».</t>
   </si>
   <si>
     <t>Əbu Bəkr əs-Siddiqdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: “Ey insanlar, siz bu ayəni oxuyursunuz: {Ey iman gətirənlər! Öz qeydinizə qalın! Siz doğru yolda olsanız, (haqq yoldan ) azmışlar sizə zərər yetirə bilməzlər} və mən Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Əgər insanlar zalımı görüb, onun zülmünə maneə olmasalar, Allahın öz əzabını onların hamısına göndərməsi yaxın olar."</t>
@@ -4047,62 +4043,62 @@
 Allahın ümumi cəzası etdiyi zülmə görə zalımı və inkar etməyə qadir olduğu halda susan kəsi də əhatə edir.
 Camaatı öyrətmək və onlara Quran ayələrini düzgün şəkildə başa salmaq.
 İnsan izzət və cəlal sahibi Allahın kitabını anlamağa  diqqət göstərməlidir ki, onu Uca Allahın istədiyindən fərqli şəkildə başa düşməsin.
 Yaxşılığı əmr etmək və pislikdən çəkindirməyi tərk etməklə hidayət (doğru yol üzərində olmaq) əldə olunmaz.
 Ayənin düzgün izahı: Özünüzü günahlardan qoruyun, əgər özünüzü qorusanız, günahlardan uzaq dursanız, yaxşı işlər görməyi əmr edib, pislikdən çəkindirməyə qadir olmasanız belə günahları işləyən azğınların zəlalətinin sizə heç bir zərəri olmaz.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Əbu Davud,Ət-Tirmizi, Ən-Nəsai Əl-Kubrada, İbnu-Məcə və Əhməd rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3470</t>
   </si>
   <si>
     <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
     <t>Kim mənə iki çənəsi arasındakını (dilini) və iki ayağı arasındakını (övrət yerini haramdan qorumağa) zəmanət verərsə, mən də ona Cənnəti zəmanət verərəm</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
   </si>
   <si>
-    <t>Səhl bin Səad - Allah ondan razı olsun - rəvayət edir ki, Allah Rəsulu -salləllahu aleyhi va səlləm- belə buyurmuşdur: "Kim mənə iki çənəsi arasındakını (dilini) və iki ayağı arasındakını (övrət yerini haramdan qorumağa) zəmanət verərsə, mən də ona Cənnəti zəmanət verərəm".</t>
+    <t>Səhl bin Səad - Allah ondan razı olsun - rəvayət edir ki, Allah Rəsulu - salləllahu aleyhi va səlləm - belə buyurmuşdur: "Kim mənə iki çənəsi arasındakını (dilini) və iki ayağı arasındakını (övrət yerini haramdan qorumağa) zəmanət verərsə, mən də ona Cənnəti zəmanət verərəm".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
-    <t>Peyğəmbər -salləllahu aleyhi va səlləm- bu hədisdə bizə iki iş barəsində xəbər verir. Əgər müsəlman bunların hər ikisinə əməl edərsə,Cənnətə daxil olar.
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - bu hədisdə bizə iki iş barəsində xəbər verir. Əgər müsəlman bunların hər ikisinə əməl edərsə,Cənnətə daxil olar.
 Birincisi: Dilin Uca Allahı qəzəbləndirən sözlərdən qorunması.
-İkincisi: Cinsiyyət orqanının  zinaya düşməkdən qorunması.
+İkincisi: Cinsiyyət orqanının zinaya düşməkdən qorunması.
 Çünki bu iki əza ilə daha çox günahlar işlənilir.</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
 خُصَّ اللسان والفرج؛ لأنهما أعظم مَصدَر للبلاء على الإنسان في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Dilin və övrətin qorunması Cənnətə aparan yoldur.
 Bu hədisdə dil və cinsiyyət orqanı xüsusi olaraq zikr edilmişdir. Çünki bu iki əza dünya və axirətdə insanı bəlaya salan iki əsas əzadır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3475</t>
   </si>
   <si>
     <t>كنت أغتسل أنا والنبي صلى الله عليه وسلم من إناء واحد كلانا جنب، وكان يأمرني، فأتزر، فيباشرني وأنا حائض،</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) və mən, hər ikimiz də cünub olduqda bir qabdan yuyunardıq. Mən heyz olduqda isə, mənə (göbəkdən dizlərə qədər) örtünməyi əmr edər və mənimlə (cinsi əlaqə olmadan) yaxınlıq edərdi</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ، وَكَانَ يُخْرِجُ رَأْسَهُ إِلَيَّ وَهُوَ مُعْتَكِفٌ فَأَغْسِلُهُ وَأَنَا حَائِضٌ.</t>
   </si>
   <si>
     <t>Möminlərin anası Aişədən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) və mən, hər ikimiz də cünub olduqda bir qabdan yuyunardıq. Mən heyz olduqda isə, mənə (göbəkdən dizlərə qədər) örtünməyi əmr edər və mənimlə (cinsi əlaqə olmadan) yaxınlıq edərdi.  O, (məsciddə) etikafda olarkən başını mənə tərəf  çıxarardı (Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) evi məscidə bitişik idi) və mən də heyzli olduğum halda onun başını yuyardım.</t>
   </si>
@@ -4118,67 +4114,67 @@
   <si>
     <t>جواز اغتسال الرجل وزوجتِه مِن إناءٍ واحد.
 جواز مباشرة الحائض فيما دون الفرج، وأنَّ بدنَها طاهر.
 استحباب لبسِها الإزارَ وقتَ المباشرة.
 اتخاذ الأسباب المانعة من الوقوع في المحرم.
 منع مُكْثِ الحائضِ في المسجد.
 إباحة مباشرتِها الأشياءَ رطبة أو يابسة، ومن ذلك غسل الشعر وترجيله.
 حسن عشرة النبي صلى الله عليه وسلم لأهله.</t>
   </si>
   <si>
     <t>Kişinin həyat yoldaşı ilə birlikdə bir qabdan qüsl almasının icazəli olması.
 Heyzli qadınla  övrət yerindən başqa yaxınlıq etməyin icazəli olması və qadının bədəninin təmiz olması.
 Heyzli qadının cinsi əlaqə zamanı izar (alt paltar) geyinməsinin müstəhəb (bəyənilən) olması.
 Haramlara düşməyə mane olan səbəblərdən yapışmaq.
 Heyzli qadının məsciddə qalmasının qarşısını almaq.
 Heyzli qadının yaş və quru əşyalara toxunmasının icazəli olması. Bura saç yumaq və daramaq da daxildir.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) öz ailəsi ilə gözəl davranması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3476</t>
   </si>
   <si>
     <t>ستكون أمراء فتعرفون وتنكرون، فمن عرف برئ، ومن أنكر سلم، ولكن من رضي وتابع</t>
   </si>
   <si>
-    <t>Elə rəhbərlər hakimiyyətə gələcəklər, siz onların  əməllərini görəcək və inkar edəcəksiniz. Beləliklə, kim qəlblə etiraz edəcəksə qurtulacaq, kim  inkar edəcəksə xilas olacaq, amma həmin əməllərdən razı qalıb ardınca gedənlər günah qazanacaqlar</t>
+    <t>Elə rəhbərlər hakimiyyətə gələcəklər, siz (bəzi) əməllərini (düzgün) görəcək və (digərlərini isə) inkar edəcəksiniz. Beləliklə, kim (qəlblə) etiraz edəcəksə qurtulacaq, kim inkar edəcəksə xilas olacaq, amma həmin əməllərdən razı qalıb ardınca gedənlər günah qazanacaqlar</t>
   </si>
   <si>
     <t>عَنْ أُمِّ سَلَمَةَ أُمِّ المُؤمنين رضي الله عنها: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ» قَالُوا: أَفَلَا نُقَاتِلُهُمْ؟ قَالَ: «لَا، مَا صَلَّوْا».</t>
   </si>
   <si>
-    <t>Möminlərin anası Ummu Sələmədən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: Elə rəhbərlər hakimiyyətə gələcəklər, siz onların  əməllərini görəcək və inkar edəcəksiniz. Beləliklə, kim qəlblə etiraz edəcəksə qurtulacaq, kim  inkar edəcəksə xilas olacaq, amma həmin əməllərdən razı qalıb ardınca gedənlər günah qazanacaqlar”  Bu an soruşdular: Onlara qarşı vuruşmayaqmı? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: “Namaz qıldıqları müddətdə xeyr”.</t>
+    <t>Möminlərin anası Ummu Sələmədən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Elə rəhbərlər hakimiyyətə gələcəklər, siz (bəzi) əməllərini (düzgün) görəcək və (digərlərini isə) inkar edəcəksiniz. Beləliklə, kim (qəlblə) etiraz edəcəksə qurtulacaq, kim inkar edəcəksə xilas olacaq, amma həmin əməllərdən razı qalıb ardınca gedənlər günah qazanacaqlar”. Bu an soruşdular: "Onlara qarşı vuruşmayaqmı?". Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: “Namaz qıldıqları müddətdə xeyr”.</t>
   </si>
   <si>
     <t>أَخْبَرَ عليه الصلاة والسلام أنه يُولَّى علينا أمراء، نَعرف بعضَ أعمالِهم؛ لموافقتِها ما عُرِف من الشرع، ونُنْكر بعضَها؛ لمخالفتِه ذلك، 
 فمَن كَرِهَ بقلبِه المنكر ولم يَقدر على الإنكار؛ فقد برىء من الإثم والنفاق، 
 ومن قدر على الإنكار باليد أو باللسان فأنكر عليهم ذلك فقد سَلِم مِن المعصية والمشاركة فيها، 
 ولكنْ مَن رضي فِعْلَهم وتابَعَهم عليه يهلك كما هلكوا.
 ثم سألوا النبي صلى الله عليه وسلم: ألا نقاتل وُلاةَ الأمرِ الذين هذه صفتُهم؟ فنهاهم عن ذلك، وقال: لا، ما أقاموا فيكم الصلاة.</t>
   </si>
   <si>
-    <t>O (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, bizə rəhbərlər təyin olunacaq və biz onların bəzi əməllərindən -şəriətlə uyğun olanlardan-xəbərdar olacağıq. Bəzi əməllərini isə şəriətə müxalif olduğu üçün inkar edəcəyik. Kim münkəri inkar etməyə qadir deyilsə, lakin qəlbində ona nifrət edərsə, günah və nifaqdan qurtular. Kim onu ​​əli və ya dili ilə inkar etməyə qadir olsa və onları inkar edərsə, günahdan və ona ortaq olmaqdan salamat olar. Kim belələrinin əməllərindən razı qalıb onlara tabe olarsa, onların həlak olduqları kimi həlak olar.
+    <t>O (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, bizə rəhbərlər təyin olunacaq və biz onların bəzi əməllərindən - şəriətlə uyğun olanlardan - xəbərdar olacağıq. Bəzi əməllərini isə şəriətə müxalif olduğu üçün inkar edəcəyik. Kim münkəri inkar etməyə qadir deyilsə, lakin qəlbində ona nifrət edərsə, günah və nifaqdan qurtular. Kim onu ​​əli və ya dili ilə inkar etməyə qadir olsa və onları inkar edərsə, günahdan və ona ortaq olmaqdan salamat olar. Kim belələrinin əməllərindən razı qalıb onlara tabe olarsa, onların həlak olduqları kimi həlak olar.
 Sonra Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşdular: Bu xüsusiyyətlərə malik olan rəhbərlərə qarşı vuruşmayaqmı? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) isə onlara bunu qadağan etdi və dedi: "Xeyr, namaz qıldıqları müddətdə etməyin".</t>
   </si>
   <si>
     <t>من دلالات نبوة النبي صلى الله عليه وسلم إخباره عما سيقع من المغيبات ووقوعه كما أخبر.
 لا يجوز الرضا عن المنكر ولا المشاركة فيه، ويجب إنكاره.
 إذا أَحدَثَ الأمراءُ ما يُخَالف الشريعة فلا تجوز طاعتُهم في ذلك.
 عدم جواز الخروج على ولاة الأمر المسلمين؛ لما يَتَرَتَّب على ذلك مِن المَفسدةِ وسَفْكِ الدماء وذهابِ الأمن، فَتَحَمُّلُ مُنكرِ الولاةِ العصاة، والصبرُ على أذاهم أَهْوَنُ من ذلك.
 الصلاةُ شأنُها عظيمٌ، فهي الفارقة بين الكفر والإسلام.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) peyğəmbərliyinin sübutlarından biri də baş verəcək qeybi hadisələr barədə xəbər verməsi və onun dediyi kimi baş verməsidir.
 Münkərlə razılaşmaq və onun tətbiqinə dəstək olmaq yolverilməzdir, əksinə onu inkar etmək vacibdir.
 Rəhbərlər şəriətə zidd əməl etsələr, o zaman həmin əməllərdə onlara itaət etmək olmaz.
 Yaranacaq fəsad, qan tökülməsi və əmin-amanlığın pozulmasına görə müsəlman rəhbərlərinə qarşı çıxmaq qadağandır. Günahkar rəhbərlərin münkər əməllərinə dözümlülük nümayiş etdirib, onların əziyyətlərinə səbr etmək bundan daha yüngül və təhlükəsizdir.
 Namazın əhəmiyyəti böyükdür, o küfrlə İslamı fərqləndirən atributdur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3481</t>
   </si>
   <si>
     <t>بايعت رسول الله صلى الله عليه وسلم على شهادة أن لا إله إلا الله، وأن محمدا رسول الله، وإقام الصلاة، وإيتاء الزكاة، والسمع والطاعة، والنصح لكل مسلم</t>
   </si>
   <si>
     <t>Allahdan başqa ibadətə layiq haqq məbud olmadığına, Muhəmmədin Allahın Rəsulu olduğuna, namaz qılmağa, zəkat verməyə, (başçıya) eşidib itaət etməyə və hər bir müsəlmana nəsihət etməyə Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) beyət etdim</t>
   </si>
@@ -4226,51 +4222,51 @@
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hicrətin onuncu ilində, ərafa günü, vida həccində xütbə vermiş və bu cür (vida xütbəsi) adlandırılmasının səbəbi, onun (Allahın salavatı və salamı onun üzərinə olsun) oradakı insanlarla vidalaşması olmuşdur. Və bütün insanlara Rəbblərinin əmrlərini yerinə yetirərək və qadağalarından çəkinərək Ondan qorxmalarını əmr etmişdir. İzzət və cəlal sahibi olan Allahın onlara gecə və gündüz  vacib etdiyi beş vaxt namazları qılmalarını əmr etmişdir. Ramazan ayının orucunu tutmalarını əmr etmişdir. Mallarının  zəkatını layiq olanlara vermələrini və bunda xəsislik etməmələrini əmr etmişdir. Allahın onlara rəhbər etdiyi kəslərə, Allaha asilik olmayan işlərdə itaət etmələrini əmr etmişdir. Və hər kim bu qeyd edilən şeyləri edərsə, onun mükafatı cənnətə daxil olmaqdır.</t>
   </si>
   <si>
     <t>هذه الأعمال من أسباب دخول الجنة.</t>
   </si>
   <si>
     <t>Bu əməllər cənnətə daxil olmağın səbəblərindəndir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3520</t>
   </si>
   <si>
     <t>لا يقبل الله صلاة أحدكم إذا أحدث حتى يتوضأ</t>
   </si>
   <si>
     <t>Sizlərdən birinizin dəstmazı pozulduqda, dəstəmaz almayınca  Allah onun namazını qəbul etməz</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Sizlərdən birinizin dəstmazı pozulduqda, dəstəmaz almayınca  Allah onun namazını qəbul etməz."</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Sizlərdən birinizin dəstmazı pozulduqda, dəstəmaz almayınca  Allah onun namazını qəbul etməz".</t>
   </si>
   <si>
     <t>بَيّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن شروط صِحةِ الصلاةِ: الطهارةُ، فيَجبُ على مَن أرادَ الصلاةَ أنْ يتوضأ إنْ كان قد حصل منه ناقِضٌ من نواقض الوضوء؛ كالغائط أو البول أو النوم أو غيرِها.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurur ki, namazın səhihlik şərtlərindən biri də təmizlikdir. Ona görə də namaz qılmaq istəyən yuxudan ayıldıqda, nəcis və sidiyin ifrazı və bu kimi digər dəstəmazı batil edən hallar baş verdikdə dəstəmaz almalıdır.</t>
   </si>
   <si>
     <t>صلاةُ المُحْدِثِ لا تُقبل حتى يتطهرَ بالغسل من الحَدَث الأكبر وبالوضوء من الأصغر.
 الوضوء هو أَخْذُ ماءٍ وإدارته في الفم وإخراجه، ثم سحب الماء بنَفَسه إلى باطن أنفه، ثم إخراجه ونثره، ثم غسل وجهه ثلاث مرات، ثم غسل يديه مع المرفقين ثلاثًا، ثم مسح جميع رأسه مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.</t>
   </si>
   <si>
     <t>Böyük cənabətdən qüsl almayınca (çimmək), sidik və nəcis ifrazından dəstəmaz alıb təmizlənməyincə, namaz qəbul olunmaz.
 Dəstəmaz: suyu götürərək, ağızda bütünlüklə dövr etdirmək  və çıxarmaq, sonra nəfəsi ilə suyu burnunun içinə çəkmək, sonra çıxarmaq, sonra üç dəfə üzünü yumaq, sonra əlləri dirsəklər də daxil olmaqla üç dəfə yumaq, sonra bütün başına bir dəfə məsh çəkmək, sonra üç dəfə ayaqları topuqlar da daxil olmaqla yumaqdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3534</t>
   </si>
   <si>
     <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>Bir qul xəstələndiyindən və ya səfərə çıxdığından dolayı davamlı olaraq etdiyi ibadətləri etməzsə, ona müqim(sakin olduğu) və sağlam olarkən etdiyi əməllərin savabı kimi savab yazılar</t>
   </si>
   <si>
@@ -4420,156 +4416,156 @@
 Bütün əməllər Uca Allahın zikrini  yerinə yetirmək üçün fərz edilmişdir. Uca Allah buyurmuşdur: (Və Məni zikr etmək üçün namaz qıl). Və o (Allahın salavatı və salamı onun üzərinə olsun) demişdir: "Kəbə ətrafında təvaf etmək, Səfa ilə Mərvə arasında səy etmək və Camaratda daş atmaq yalnız Uca Allahın zikrini yerinə yetirmək üçündür". Hədisi Əbu Davud və Tirmizi rəvayət etmişlər.
 Əl-İzz bin Əbdis- Sələm “Qavəid” kitabında belə demişdir: “Bu hədis ona dəlalət edir ki, savab bütün ibadətlərdə çəkilən əziyyətin miqdarına görə olmur. Hərdən Uca Allah az əməllərə görə çox əməllərin  savabından artıq savab verir. Buna görə də savabın miqdarı (əməlin) şərəf dərəcəsindəki fərqindən asılıdır.
 Əl-Munəvi “Feydul-Qadir”də demişdir: “Bu hədis belə təfsir edilmişdir ki, zikr, onunla xitab edilən kəslər üçün daha xeyirli idi . Əgər bu xitab döyüşdə İslama fayda vermiş şücaətli, cəsur birisinə yönəlsə idi, ona cihad, kasıblara fayda verən varlıya yönəlsə idi, ona sədəqə, həccə qadir olan birisinə yönəlsə idi, ona həcc etmək və ata-anası sağ olan birisinə yönəlsə idi, ona, onlara yaxşılıq etmək (ən xeyirli əməl kimi) deyilərdi. Və bununla da xəbərlər arasında uyğunluq hasil olur.
 Ən kamil zikr, qəlbin təfəkkürü (fikirləşməsi) ilə birgə dilin söylədiyi zikrdir. Sonra yalnız təfəkkür kimi qəlblə olan, sonra isə yalnız dillə olan zikrdir. Və hər birində in şəə Allah mükafat vardır.
 Müsəlmanın səhər və axşam zikrləri, məscidə, evə, ayaqyoluna girib-çıxarkən və sair kimi hallarla bağlı zikrləri davamlı etməsi, onu Allahı çox zikr edənlərdən edir.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Ət-Tirmizi, İbnu Məcə və Əhməd rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3575</t>
   </si>
   <si>
     <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>Cənnət sizə ayaqqabınızın bağından daha yaxındır. Cəhənnəm də həmçinin</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
-    <t>Abdullah bin Məsuddan -Allah ondan razı olsun- rəvayət edildiyine görə Allah Rəsulu -salləllahu aleyhi va səlləm- belə buyurmuşdur: "Cənnət sizə ayaqqabınızın bağından daha yaxındır. Cəhənnəm də həmçinin".</t>
+    <t>Abdullah bin Məsuddan - Allah ondan razı olsun - rəvayət edildiyine görə Allah Rəsulu - salləllahu aleyhi va səlləm - belə buyurmuşdur: "Cənnət sizə ayaqqabınızın bağından daha yaxındır. Cəhənnəm də həmçinin".</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
-    <t>Peyğəmbər -salləllahu aleyhi va səlləm- Cənnət və Cəhənnəmin insana ayağındakı ayaqqabı bağı qədər yaxın olduğunu xəbər vermişdir. Çünki insan, Allahın razı olacağı bir yaxşı əməl edib onun səbəbi ilə Cənnətə girə bilər yaxud da bir günah edib onun səbəbi ilə Cəhənnəmə girə bilər.</t>
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - Cənnət və Cəhənnəmin insana ayağındakı ayaqqabı bağı qədər yaxın olduğunu xəbər vermişdir. Çünki insan, Allahın razı olacağı bir yaxşı əməl edib onun səbəbi ilə Cənnətə girə bilər yaxud da bir günah edib onun səbəbi ilə Cəhənnəmə girə bilər.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Hədis az da olsa xeyir əməl etməyə təşviq etmiş və pis əməl etməkdən çəkindirmişdir.
 Müsəlman həyatını Allahın rəhmətinə ümid bəsləyib əzabından qorxaraq yaşamalı və hazırkı halına aldanmaması üçün daima Uca Allahdan haqq üzərində sabit qalmasını istəməlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3581</t>
   </si>
   <si>
     <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>Misvak ağzın təmizliyi, Rəbbin isə razılığıdır</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
-    <t>Aişə -Allah ondan razı olsun- rəvayət edildiyinə görə Allah Rəsulu -salləllahu aleyhi va səlləm- belə buyurmuşdur: "Misvak ağzın təmizliyi, Rəbbin isə razılığıdır".</t>
+    <t>Aişə - Allah ondan razı olsun - rəvayət edildiyinə görə Allah Rəsulu - salləllahu aleyhi va səlləm - belə buyurmuşdur: "Misvak ağzın təmizliyi, Rəbbin isə razılığıdır".</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
-    <t>Peyğəmbər -salləllahu aleyhi va səlləm- bizə arak ağacı və ona bənzər şeylər ilə dişləri fırçalamağın ağzı qida qalıqları və pis qoxulardan təmizlədiyini xəbər vermişdir. Misvakdan istifadə etmək Uca Allahın qulundan razı olmasının səbəblərindən biridir. Çünki bu əməldə  Allaha itaat və Onun əmrinə boyun əymək və həmçinin Allahın sevdiyi təmizlikdən bir pay vardır.</t>
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - bizə arak ağacı və ona bənzər şeylər ilə dişləri fırçalamağın ağzı qida qalıqları və pis qoxulardan təmizlədiyini xəbər vermişdir. Misvakdan istifadə etmək Uca Allahın qulundan razı olmasının səbəblərindən biridir. Çünki bu əməldə Allaha itaat və Onun əmrinə boyun əymək və həmçinin Allahın sevdiyi təmizlikdən bir pay vardır.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
-    <t>Hədisdə ağzı misvakla təmizləməyin fəziləti və Peyğəmbərin -salləllahu aleyhi va səlləm- ümmətinə misvakdan tez-tez istifadə etməyə təşviq etməsi vurğulanmışdır.
+    <t>Hədisdə ağzı misvakla təmizləməyin fəziləti və Peyğəmbərin - salləllahu aleyhi va səlləm - ümmətinə misvakdan tez-tez istifadə etməyə təşviq etməsi vurğulanmışdır.
 Ağız təmizliyində ən fəzilətli olan arak ağacının budağından əldə edilən misvakdan istifadə edilməsidir. Diş fırçası və məcundan istifadə edilməsi də misvakın yerini verir.</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد</t>
   </si>
   <si>
     <t>[Ən-Nəsai və Əhməd rəvayət ediblər]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3588</t>
   </si>
   <si>
     <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
   </si>
   <si>
     <t>Böyük günahlardan çəkindiyi müddətcə, beş vaxt namaz, iki Cümə və iki Ramazan, aralarında edilən kiçik günahlara kəffarədir</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan -Allah ondan razı olsun- rəvayət edildiyinə görə Allah Rəsulu -salləllahu aleyhi va səlləm- belə buyurmuşdur: "Böyük günahlardan çəkindiyi müddətcə, beş vaxt namaz, iki Cümə və iki Ramazan, aralarında edilən kiçik günahlara kəffarədir".</t>
+    <t>Əbu Hureyradan - Allah ondan razı olsun - rəvayət edildiyinə görə Allah Rəsulu - salləllahu aleyhi va səlləm - belə buyurmuşdur: "Böyük günahlardan çəkindiyi müddətcə, beş vaxt namaz, iki Cümə və iki Ramazan, aralarında edilən kiçik günahlara kəffarədir".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
-    <t>Peyğəmbər -salləllahu aleyhi va səlləm- gün ərzində qılınan beş vaxt namazın, hər həftə qılınan cümə namazının və hər il tutulan Ramazan orucunun böyük günahlardan çəkinilməsi şərti ilə aralarında edilən kiçik günahlara kəffarə olacağını xəbər vermişdir. Amma zina, içki içmək kimi büyük günahlara gəldikdə isə, yalnız tövbə edildiyində bağışlanar.</t>
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - gün ərzində qılınan beş vaxt namazın, hər həftə qılınan cümə namazının və hər il tutulan Ramazan orucunun böyük günahlardan çəkinilməsi şərti ilə aralarında edilən kiçik günahlara kəffarə olacağını xəbər vermişdir. Amma zina, içki içmək kimi büyük günahlara gəldikdə isə, yalnız tövbə edildiyində bağışlanar.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>Günahlardan bəziləri kiçik, bəziləri isə böyükdür.
 Kiçik günahların bağışlanması böyük günahlardan çəkinmə şərtinə bağlıdır.
 Böyük günahları edənə bu dünyada hədd cəzası, axirətdə isə əzab və ya qəzəb yaxud da lənət təhdidi vardır. Zina etmək və içki içmək kimi əməllər böyük günahlara misaldır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3591</t>
   </si>
   <si>
     <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>Məndən bir ayə olsa belə insanlara çatdırın. İsrail oğullarından da danışın, bunda bir qəbahət yoxdur. Kim mənim adımdan qəsdən yalan danışarsa, Cəhənnəmdə yerini hazırlasın</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
-    <t>Abdullah ibn Amr ibn As -Allah ondan və atasından razı olsun- rəvayət edir ki, Peyğəmbər -salləllahu aleyhi va səlləm- belə demişdir: "Məndən bir ayə olsa belə insanlara çatdırın. İsrail oğullarından da danışın, bunda bir qəbahət yoxdur. Kim mənim adımdan qəsdən yalan danışarsa, Cəhənnəmdə yerini hazırlasın".</t>
+    <t>Abdullah ibn Amr ibn As - Allah ondan və atasından razı olsun - rəvayət edir ki, Peyğəmbər - salləllahu aleyhi va səlləm - belə demişdir: "Məndən bir ayə olsa belə insanlara çatdırın. İsrail oğullarından da danışın, bunda bir qəbahət yoxdur. Kim mənim adımdan qəsdən yalan danışarsa, Cəhənnəmdə yerini hazırlasın".</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
-    <t>Peyğəmbər -salləllahu aleyhi va səlləm- bizə Kitab və sünnədən olan elmin insanlara çatdırılmasını əmr etmişdir. Hətta çatdırılan elm Qurandan bir ayə və ya bir hədis olsa belə. Lakin bu çatdırdığı və dəvət etdiyi şey barədə elmli olması şərtdir. Sonra Peyğəmbər -salləllahu aleyhi va səlləm- dinimizə müxalif olmayan İsrail oğullarının başına gələn ibrətamiz qissələrin də danışılmasında bir qəbahət olmadığını açıqlamışdır. Peyğəmbər -salləllahu aleyhi va səlləm- onun adından yalan danışmağı qadağan etmiş və onun adından qəsdən yalan danışan kimsənin Cəhənnəmdə özünə yer hazırladığını bəyan etmişdir.</t>
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - bizə Kitab və sünnədən olan elmin insanlara çatdırılmasını əmr etmişdir. Hətta çatdırılan elm Qurandan bir ayə və ya bir hədis olsa belə. Lakin bu çatdırdığı və dəvət etdiyi şey barədə elmli olması şərtdir. Sonra Peyğəmbər - salləllahu aleyhi va səlləm - dinimizə müxalif olmayan İsrail oğullarının başına gələn ibrətamiz qissələrin də danışılmasında bir qəbahət olmadığını açıqlamışdır. Peyğəmbər - salləllahu aleyhi va səlləm - onun adından yalan danışmağı qadağan etmiş və onun adından qəsdən yalan danışan kimsənin Cəhənnəmdə özünə yer hazırladığını bəyan etmişdir.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
 الحث على الصدق في الكلام والحيطة في الحديث، حتى لا يقع في الكذب، وخاصة في شرع الله عز وجل.</t>
   </si>
   <si>
     <t>Hədisdə Allahın dinini təbliğ etmək və bir insanın az olsa belə əzbərlədiyi və ya anladığı bir şeyi insanlara çatdırılması təşviq edilmişdir.
 Uca Allaha ibadət etmək və həmçinin Onun şəriətini doğru bir şəkildə təbliğ etmək üçün şəri elmin öyrənilməsi vacibdir.
 Şiddətli əzaba məruz qalmamaq üçün hər hansı bir hədisi yayıb təbliğ etmədən öncə həmin hədisin səhihliyini dəqiqləşdirmək vacibdir.
 Hədisdə, xüsusən də Uca Allahın şəriətində yalana düşməmək üçün danışan zaman doğru sözlü və təmkinli olmağa təşviq vardır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3686</t>
   </si>
   <si>
     <t>دلني على عمل إذا عملته دخلت الجنة، قال: تعبد الله لا تشرك به شيئا، وتقيم الصلاة المكتوبة، وتؤدي الزكاة المفروضة، وتصوم رمضان</t>
   </si>
   <si>
     <t>Məni elə bir əmələ yönəlt ki, onu edəcəyim təqdirdə cənnətə girim. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: Allaha heç bir şeyi şərik qoşmadan ibadət et, fərz namazlarını qıl, vacib olan zəkatı ver və Ramazan orucunu tut.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ أَعْرَابِيًّا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ» قَالَ: وَالَّذِي نَفْسِي بِيَدِهِ لاَ أَزِيدُ عَلَى هَذَا، فَلَمَّا وَلَّى قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَرَّهُ أَنْ يَنْظُرَ إِلَى رَجُلٍ مِنْ أَهْلِ الجَنَّةِ، فَلْيَنْظُرْ إِلَى هَذَا».</t>
   </si>
@@ -4685,73 +4681,73 @@
   </si>
   <si>
     <t>Əbu Səid əl-Xudridən və Əbu Hureyradan (Allah onlardan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilmişdir: “Müsəlmanın başına gələn bəlalar içərisində elə bir yorğunluq, xəstəlik, dərd, kədər, əziyyət və sıxıntı, qəm, hətta bədəninə batan tikan kimi bəla yoxdur ki, Allah buna görə onun günahlarını bağışlamasın”</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ ما يُصاب به المسلمُ مِن أمراضٍ وهمومٍ وأحزانٍ وكروبٍ ومصائبَ وشدائدَ وخوفٍ وجوعٍ -حتى لو كانت شوكة تُصيبه فَتُؤْلِمُه-، يكونُ ذلك كفارةً لذنوبه وحطًّا لخطاياه.</t>
   </si>
   <si>
     <t>Peyğəmbər(Allahın salavatı və salamı onun üzərinə olsun) izah edir ki, müsəlmanın başına gələn hər hansı xəstəlik, narahatlıq, qəm-qüssə, sıxıntı, bəla, çətinlik, qorxu və aclıq - hətta bədəninə batıb  ağrı verən tikan belə-onun günahlarının təmizlənməsinə və xətalarıının bağışlanmasına səbəbdir.</t>
   </si>
   <si>
     <t>بيان فضل الله على عباده المؤمنين ورحمته بهم بغفران الذنوب بأقل ضرر يصيبهم.
 ينبغي للمسلم أن يَحْتَسِبَ عند الله ما يُصيبه، ويَصبر على كل صغيرة وكبيرة، لتكون له رفعة في الدرجات وكفارة للسيئات.</t>
   </si>
   <si>
     <t>Mömin bəndələrin başına gələn ən kiçik əziyyətlərə görə  günahlarının bağışlaması, Allahın onlara olan lütfünün və onlara qarşı mərhəmətinin təzahürüdür.
 Müsəlman, başına gələn müsibətin mükafatını Allahdan ummalı, baş verəcək hər bir böyük və ya kiçik hadisəyə səbr etməlidir ki, bununla da dərəcəsi yüksəlsin və günahları silinsin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3701</t>
   </si>
   <si>
     <t>حجبت النار بالشهوات، وحجبت الجنة بالمكاره</t>
   </si>
   <si>
-    <t>Cəhənnəm şəhvətlərlə(nəfsə xoş gələn şeylərlə), Cənnət isə nəfsin istəmədiyi şeylərlə əhatə edilmişdir</t>
+    <t>Cəhənnəm şəhvətlərlə (nəfsə xoş gələn şeylərlə), Cənnət isə nəfsin istəmədiyi şeylərlə əhatə edilmişdir</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradən -Allah ondan razı olsun- rəvayət edildiyinə görə, Allah Rəsulu -salləllahu aleyhi va səlləm- belə buyurmuşdur: "Cəhənnəm şəhvətlərlə(nəfsə xoş gələn şeylərlə), Cənnət isə nəfsin istəmədiyi şeylərlə əhatə edilmişdir".</t>
+    <t>Əbu Hureyradən - Allah ondan razı olsun - rəvayət edildiyinə görə, Allah Rəsulu - salləllahu aleyhi va səlləm - belə buyurmuşdur: "Cəhənnəm şəhvətlərlə (nəfsə xoş gələn şeylərlə), Cənnət isə nəfsin istəmədiyi şeylərlə əhatə edilmişdir".</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
 وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
   </si>
   <si>
-    <t>Peyğəmbər -salləllahu aleyhi va səlləm- Cəhənnəmin haramları etmək və fərzlərə laqeyd və səhlənkar yanaşmaq kimi nəfsin arzuladığı şeylər ilə əhatə edildiyini xəbər vermişdir. Kim nəfsinin istəklərinə uyarsa, Cəhənnəmə layiq olar. Cənnət isə əmr edilənləri yerinə yetirməyə səbr etmək, haramları tərk edib bunda qərarlı olmaq kimi nəfsin xoş görmədiyi şeylər ilə əhatə edilmişdir. Kim bu çətin yolları aşar və bu işdə nəfsi ilə mücadələ edərsə,Cənnətə daxil olmağa layiq olar.</t>
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - Cəhənnəmin haramları etmək və fərzlərə laqeyd və səhlənkar yanaşmaq kimi nəfsin arzuladığı şeylər ilə əhatə edildiyini xəbər vermişdir. Kim nəfsinin istəklərinə uyarsa, Cəhənnəmə layiq olar. Cənnət isə əmr edilənləri yerinə yetirməyə səbr etmək, haramları tərk edib bunda qərarlı olmaq kimi nəfsin xoş görmədiyi şeylər ilə əhatə edilmişdir. Kim bu çətin yolları aşar və bu işdə nəfsi ilə mücadələ edərsə,Cənnətə daxil olmağa layiq olar.</t>
   </si>
   <si>
     <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
 الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
 فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
   </si>
   <si>
     <t>İnsanı şəhvətinin arxasınca sürükləyən səbəblərdən biri də şeytanın insana şər və çirkin şeyləri gözəl göstərməsidir. Beləcə, nəfs onu gözəl görür və ona meyil edir.
-Hədisdə nəfsə xoş gələn haramlardan uzaq durmaq əmr edilmişdir. Çünki bu, Cəhənnəmə aparan yoldur. Həmçinin nəfsə xoş gəlməyən şeylərə də səbr etmək əmr edilmişdir.Çünki bu da Cənnətə aparan yoldur.
+Hədisdə nəfsə xoş gələn haramlardan uzaq durmaq əmr edilmişdir. Çünki bu, Cəhənnəmə aparan yoldur. Həmçinin nəfsə xoş gəlməyən şeylərə də səbr etmək əmr edilmişdir. Çünki bu da Cənnətə aparan yoldur.
 Hədisdə nəfslə mücadilə etməyin, ibadətlərə həris olmağın, nəfsin xoşlamadığı şeylərə və itaətləri əhatə edən çətinliklərə səbr etməyin fəziləti bəyan edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3702</t>
   </si>
   <si>
     <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
     <t>Müsəlmanın müsəlman üzərində beş haqqı vardır: Salamını almaq, xəstələndiyində ziyarət etmək, cənazəsini müşayiət etmək, dəvətinə icabət etmək və asqırdıqda: (Əlhəmdulilləh) deyənə: (Yərhəmukəllah) (yəni: Allah sənə rəhmət etsin) deməkdir</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradən -Allah ondan razı olsun- rəvayət edildiyinə görə,  belə demişdir: Mən Allah Rəsulunun -salləllahu aleyhi va səlləm- belə dediyini eşitdim: "Müsəlmanın müsəlman üzərində beş haqqı vardır: Salamını almaq, xəstələndiyində ziyarət etmək, cənazəsini müşayiət etmək, dəvətinə icabət etmək və asqırdıqda: (Əlhəmdulilləh) deyənə: (Yərhəmukəllah) (yəni: Allah sənə rəhmət etsin) deməkdir."</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
@@ -4759,104 +4755,104 @@
     <t>Peyğəmbər -salləllahu aleyhi va səlləm- bu hədisdə bir müsəlmanın müsləman qardaşı üzərindəki haqqlarından bəzilərini bəyan etmişdir. Bu haqqlardan birincisi, salam verən kimsənin salamını almaqdır.
 İkincisi: Xəstənin ziyarət edilməsidir.
 Üçüncüsü: Cənazəni evindən cənazə namazı qılınan yerə gətirilməsinə, oradan da məzarlığa dəfn edilməsinə qədər müşayiət etməkdir.
 Dördüncüsü: Toya və s. buna bənzər məclislərə dəvət ediləndə qardaşının dəvətinə icabət etməkdir.
 Beşincisi: Asqırdıqda: (Əlhəmdulilləh) deyən kimsəyə: (Yərhəmukəllah) (yəni: Allah sənə rəhm etsin) deməkdir. Asqıran kimsə də buna cavab olaraq: (Yəhdikumullahu va yuslih bələkum) (yəni: Allah sizi doğru yola yönəltsin və halınızı islah etsin) deyə cavab verir.</t>
   </si>
   <si>
     <t>عظمة الإسلام في تأكيد الحقوق بين المسلمين وتوثيق الأُخوَّة والمحبة بينهم.</t>
   </si>
   <si>
     <t>Hədisdə müsəlmanlar arasında haqlara diqqət edilməsi, qardaşlıq və sevgi bağlarının qüvvətləndirilməsində İslamın böyüklüyü ifadə edilmişdr.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3706</t>
   </si>
   <si>
     <t>خير يوم طلعت عليه الشمس يوم الجمعة</t>
   </si>
   <si>
     <t>Günəşin üzərinə doğduğu ən xeyirli gün cümə günüdür</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ، فِيهِ خُلِقَ آدَمُ، وَفِيهِ أُدْخِلَ الْجَنَّةَ، وَفِيهِ أُخْرِجَ مِنْهَا، وَلَا تَقُومُ السَّاعَةُ إِلَّا فِي يَوْمِ الْجُمُعَةِ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Günəşin üzərinə doğduğu ən xeyirli gün cümə günüdür, Adəm həmin gün yaradılıb, həmin gün Cənnətə daxil edilib, həmin gün oradan çıxarılıb və Qiyamət yalnız cümə günü qopacaq.»</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Günəşin üzərinə doğduğu ən xeyirli gün cümə günüdür, Adəm həmin gün yaradılıb, həmin gün Cənnətə daxil edilib, həmin gün oradan çıxarılıb və Qiyamət yalnız cümə günü qopacaq».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ خيْرَ يومٍ طلعت عليه الشمس يومُ الجمعة، 
 ومن خصائصه: أن الله خلق فيه آدم عليه السلام، وفيه أدخله الجنة، وفيه أخرجه منها وأهبطه إلى الأرض، ولا تقوم الساعة إلا في يوم الجمعة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, günəşin üzərinə doğduğu ən xeyirli gün cümə günüdür. Onun xüsusiyyətlərindən: Allah Adəmi o gündə yaratdı və o gündə onu Cənnətə daxil etdi və o gündə onu oradan çıxarıb yerə endirdi və Qiyamət yalnız cümə günündə qopacaq.</t>
   </si>
   <si>
     <t>فضل يوم الجمعة على سائر أيام الأسبوع.
 الحث والإكثار من الأعمال الصالحة في يوم الجمعة، والتأهب لنيل رحمة الله تعالى، ودفع نقمته.
 هذه الخصائص ليوم الجمعة التي ذكرت في الحديث قيل: أنها ليست لذكر فضيلة يوم الجمعة؛ لأن إخراج آدم وقيام الساعة لا يعد فضيلة، وقيل: بل جميعها فضائل وخروج آدم سبب وجود الذرية من الرسل والأنبياء والصالحين، وقيام الساعة سبب تعجيل جزاء الصالحين ونيلهم ما أعد الله لهم من الكرامات.
  ذُكِرَ ليوم الجمعة خصائص أخرى غير ما ذكر في هذه الرواية، ومنها: فيه تِيْبَ على آدم، وفيه قُبض، وفيه ساعة لا يصادفها عبد مؤمن وهو يصلي يسأل الله شيئًا إلا أعطاه إياه.
 أفضل أيام السنة يوم عرفة، وقيل: يوم النحر، وأفضل أيام الأسبوع يوم الجمعة، وأفضل ليلة ليلة القدر.</t>
   </si>
   <si>
-    <t>Cümə gününün həftənin  digər günləri üzərində olan üstünlüyü.
+    <t>Cümə gününün həftənin digər günləri üzərində olan üstünlüyü.
 Cümə günü saleh əməllərə həvəsləndirmək və çoxaltmaq, Uca Allahın rəhmətinə nail olmaq və qəzəbini dəf etmək üçün hazırlaşmaq.
 Deyilir ki, hədisdə qeyd olunan cümə gününün bu xüsusiyyətləri: cümə gününün fəzilətini qeyd etmək üçün deyildir, çünki Adəmin cənnətdən çıxarılması və qiyamətin qopması fəzilət sayılmır. (Digər bir görüşə görə isə) deyilir: Əksinə, onların hamısı fəzilətdir və Adəmin cənnətdən çıxması elçilər, peyğəmbərlər və salehlərin nəslinin mövcüd olmasının səbəbidir. Qiyamətin qopması isə salehlərin mükafatının tezləşdirilməsi və Allahın onlar üçün hazırladığı kəramətlərə çatmaları üçün səbəbdir.
 Cümə gününün, bu rəvayətdə qeyd olunanlardan başqa digər xüsusiyyətləri də qeyd edilmişdir. Onlardan bəziləri: O gün Adəmin tövbəsi qəbul edildi, o gün vəfat etdi  və o gündə elə bir saat vardır ki, həmin saata müvafiq olan və namaz qılaraq Allahdan bir şey istəyən mömin bəndəyə, Allah o şeyi verər.
 İlin ən fəzilətli günü Ərafə günüdür və (digər bir görüşə görə) deyilir ki: Qurban bayramı günüdür. Və həftənin ən fəzilətli günü cümə günü, ən fəzilətli gecə isə Qədr gecəsidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3711</t>
   </si>
   <si>
     <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>Allah satarkən, alarkən, borcunu istəyərkən insanlarla mülayim davranan kimsəyə rəhm etsin</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
-    <t>Cabirdən -Allah ondan razı olsun-rəvayət edildiyinə görə, Allah Rəsulu -salləllahu aleyhi va səlləm belə buyurmuşdur: "Allah satarkən, alarkən, borcunu istəyərkən insanlarla mülayim davranan kimsəyə rəhm etsin".</t>
+    <t>Cabirdən - Allah ondan razı olsun - rəvayət edildiyinə görə, Allah Rəsulu - salləllahu aleyhi va səlləm - belə buyurmuşdur: "Allah satarkən, alarkən, borcunu istəyərkən insanlarla mülayim davranan kimsəyə rəhm etsin".</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
-    <t>Peyğəmbər -salləllahu aleyhi va səlləm- insanlarla alqı-satqı edərkən xoş əxlaq göstərən(satarkən asanlaşdıran), əli açıq və comərd olan hər kəsə mərhəmət olunması üçün dua etmişdir. Satıcı malı müştəriyə həqiqi qiymətindən baha satmaz və onunla gözəl əxlaqla rəftar edər. Bir şeyi satın aldığında da satıcıya qarşı mülayim, əli açıq və comərd olar. Malın qiymətini həddindən ziyadə düşürüb qiymətini azaltmaz. Borcludan borcunu istəyərkən onunla mülayim rəftar edər ,ona qarşı əli açıq və cömərd olar. Fəqir və yoxsul kimsələrə qarşı şiddətli olmaz.Əksinə borcunu onlardan şəfqətli və yumşaq bir şəkildə istəyər. Borcunu ödəməyə imkanı olmayan kimsəyə də möhlət verərdi.</t>
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - insanlarla alqı-satqı edərkən xoş əxlaq göstərən (satarkən asanlaşdıran), əli açıq və comərd olan hər kəsə mərhəmət olunması üçün dua etmişdir. Satıcı malı müştəriyə həqiqi qiymətindən baha satmaz və onunla gözəl əxlaqla rəftar edər. Bir şeyi satın aldığında da satıcıya qarşı mülayim, əli açıq və comərd olar. Malın qiymətini həddindən ziyadə düşürüb qiymətini azaltmaz. Borcludan borcunu istəyərkən onunla mülayim rəftar edər ,ona qarşı əli açıq və cömərd olar. Fəqir və yoxsul kimsələrə qarşı şiddətli olmaz. Əksinə borcunu onlardan şəfqətli və yumşaq bir şəkildə istəyər. Borcunu ödəməyə imkanı olmayan kimsəyə də möhlət verərdi.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
     <t>İslam dininin məqsədlərindən biri də insanlar arasındakı gözəl  əlaqələri qorumaqdır.
-Hədisdə insanlarla alqı-satqı və s. buna bənzər müamilələr zamanı gözəl əxlaqla davranılmasına təşviq vardır.</t>
+Hədisdə insanlarla alqı-satqı və s. buna bənzər müamilələr zamanı gözəl əxlaqla (ən yüksək əxlaqi keyfiyyətlərlə) davranılmasına təşviq vardır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3716</t>
   </si>
   <si>
     <t>رغم أنف، ثم رغم أنف، ثم رغم أنف، قيل: من؟ يا رسول الله قال: من أدرك أبويه عند الكبر، أحدهما أو كليهما فلم يدخل الجنة</t>
   </si>
   <si>
     <t>Burnu yerlə sürünsün, sonra burnu yerlə sürünsün sonra burnu yerlə sürünsün" Deyildi: "Kimin, ey Allahın Rəsulu?" Dedi: “Ata-anasından birinə və ya hər ikisinə yaşlı vaxtına yetişən və  Cənnətə daxil olmayan kəsin”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Burnu yerlə sürünsün, sonra burnu yerlə sürünsün sonra burnu yerlə sürünsün" Deyildi: "Kimin, ey Allahın Rəsulu?" Dedi: “Ata-anasından birinə və ya hər ikisinə yaşlı vaxtına yetişən və  Cənnətə daxil olmayan kəsin”.</t>
   </si>
   <si>
     <t>دَعا النبيُّ صلى الله عليه وسلم بالذّل والخِزْي حتى بلغ به كأنه وضع أنفَه في التراب -كررها ثلاثًا- فسُئِل: مَن هذا يا رسول الله الذي دعوتَ عليه؟ 
 فقال صلى الله عليه وسلم: من أدرك والديه عند الكبر -أحدهما أو كليهما-، فلم يكونَا سببًا بدخوله الجنة؛ وذلك بسبب عدم الإحسان إليهما وعقوقهما.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) üç dəfə təkrarlayaraq -(bir insan üçün) zillət və rüsvayçılıqla
 bəddua etdi, sanki onun burnunu torpağa soxdu. Və ondan soruşdular: "Əleyhinə bəddua etdiyin bu şəxs kimdir ey Allahın Rəsulu?"
 Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: “Hər kim ata-anasına – onlardan birinə və ya hər ikisinə– yaşlı vaxtlarında yetişərsə və onlar, onun Cənnətə girməsinə səbəb olmazsa; bu da, onlara qarşı gözəl  davranmamasına və onlara  itaət etmədiyinə görədir.</t>
   </si>
@@ -4890,163 +4886,163 @@
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Allahı çox zikr edənlərin məqamını, onların bənzərsiz olduqlarını və Nəim bağlarında ən yüksək dərəcələrə nail olmaqla başqalarını qabaqladıqlarını bəyan etdi və onları digər dağlardan fərqlənən Cümdan dağına bənzətdi.</t>
   </si>
   <si>
     <t>استحباب كثرة الذكر والانشغال به، فإنَّ السَّبْق في الآخرة إنما يكون بكثرة الطاعات، والإخلاص في العبادات.
 ذكر الله يكون باللسان فقط، أو بالقلب فقط، أو باللسان والقلب معًا، وهي أعلاها رتبة.
 من الذكر الأوراد الشرعية المقيدة، كأذكار الصباح والمساء، وأدبار الصلوات المكتوبات وغيرها.
 قال النووي: اعلم أن فضيلة الذكر غير منحصرة في التسبيح والتهليل والتحميد والتكبير ونحوها، بل كل عامل لله تعالى بطاعة فهو ذاكرٌ لله تعالى.
 ذكر الله من أعظم أسباب الثبات، قال سبحانه وتعالى: (يَا أَيُّهَا الَّذِينَ آمَنُوا إِذَا لَقِيتُمْ فِئَةً فَاثْبُتُوا وَاذْكُرُوا اللَّهَ كَثِيرًا لَّعَلَّكُمْ تُفْلِحُونَ) [الأنفال: 45]
 وجه التشبيه بينَ الذَّاكرينَ وجبل جُمدانَ هو الانفرادُ والاعتزالُ؛ فجبل جُمدانُ منفرد عن الجِبالِ، فكذا الذَّاكرينَ اللهَ تعالى فالمُنفَردُ هو الذي انفردَ قلبُه ولسانُه بذِكرِ ربَّه ولو كانَ بينَ النَّاسِ، واستأنس بأوقاتِ الخَلوةِ واستوحش من كثرةِ مُخالطةِ النَّاسِ، وقد يكون وجه التشبيه أن الذكر سبب التَّثبيت على الدين كما أن الجبال سبب لثبات الأرض، أو يكون السَّبقُ إلى الخَيراتِ في الدُّنيا والآخرةِ حيث كان المسافر من المدينة إلى مكة إذا وصل جُمدانَ كانَ علامةُ الوصولِ إلى مكةَ ومن وصلَ إليه كانَ سابقًا، فكذلك الذَّاكرُ للهِ تعالى فهو سابقٌ لغيرِه بكثرةِ ذِكرِه للهِ تعالى، والله أعلم.</t>
   </si>
   <si>
     <t>Allahı çox zikr etməyin və onunla məşğul olmağın bəyənilməsi, çünki axirətdəki üstünlük, yalnız çoxlu itaət və ibadətləri ixlasla etməklə əldə edilə bilər.
 Allahı zikr etmək yalnız dillə və ya yalnız qəlblə və ya dil və qəlblə birlikdə ola bilər ki, bu (sonuncu) ən yüksək mərtəbədir.
 Zikrlər arasında səhər və axşam zikrləri, vacib  namazlardan sonrakı zikrlər və s. kimi qeydlənmiş şər'i zikrlər vardır.
 Nəvəvi demişdir: Bil ki, zikrin fəziləti təkcə təsbih, təhlil, təhmid, təkbir və bənzəri zikrlərlə məhdudlaşmır. Əksinə, Uca Allaha itaət edərək əməl edən hər bir şəxs Uca Allahı zikr edəndir.
 Allahı zikr etmək, sabit qalmağın ən böyük səbəblərindən biridir, Uca Allah deyir: (Ey iman gətirənlər, bir dəstə ilə qarşılaşdığınız zaman sabit olun və Allahı çox zikr edin ki, nicat tapasınız.) (Ənfal, 45).
 Zikr edənlərlə  Cümdan dağı arasındakı bənzərlik, təklik və təcriddir. Belə ki, Cümdan dağı digər dağlardan təcrid olunur (ayrılır), Uca Allahı zikr edənlər də bu cürdür. Fərqlənən kəs insanlar arasında olsa da belə, qəlbi və dili Rəbbinin zikri ilə fərqlənən kəsdir, xəlvət vaxtı Rəbbi ilə ünsiyyət qurur və insanlarla qaynayıb qarışmağın çoxluğundan isə özünü yad hiss edir. Bənzətmə yönü belə də ola  bilər ki, dağlar yerin sabitliyinə səbəb olduğu kimi, zikr də dində sabit qalmağa səbəbdir. Və ya bənzətmə yönü dünya və axirət işlərində xeyirlərdə yarışma ola bilər ki, sanki Mədinədən Məkkəyə gedən yolçu Cümdana çatırsa, bu, Məkkəyə çatmağın əlamətidir və ora çatan da öndədir. Eləcə də, Uca Allahı  zikr edən kəs, Allahı çox zikr etdiyinə görə digərindən öndədir. Ən doğrusunu Allah bilir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3719</t>
   </si>
   <si>
     <t>عليك بكثرة السجود لله، فإنك لا تسجد لله سجدة، إلا رفعك الله بها درجة، وحط عنك بها خطيئة</t>
   </si>
   <si>
-    <t>Allaha çoxlu səcdə et, çünki Allah üçün etdiyin elə bir səcdə yoxdur ki, Allah ona görə sənin dərəcəni yüksəltməsin və  günahını bağışlamasın .”</t>
+    <t>Allaha çoxlu səcdə et, çünki Allah üçün etdiyin elə bir səcdə yoxdur ki, Allah ona görə sənin dərəcəni yüksəltməsin və  günahını bağışlamasın”</t>
   </si>
   <si>
     <t>عَنْ مَعْدَانَ بْنِ أَبِي طَلْحَةَ الْيَعْمَرِيُّ قَالَ: لَقِيتُ ثَوْبَانَ مَوْلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقُلْتُ: أَخْبِرْنِي بِعَمَلٍ أَعْمَلُهُ يُدْخِلُنِي اللهُ بِهِ الْجَنَّةَ؟ أَوْ قَالَ قُلْتُ: بِأَحَبِّ الْأَعْمَالِ إِلَى اللهِ، فَسَكَتَ. ثُمَّ سَأَلْتُهُ فَسَكَتَ. ثُمَّ سَأَلْتُهُ الثَّالِثَةَ فَقَالَ: سَأَلْتُ عَنْ ذَلِكَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً» قَالَ مَعْدَانُ: ثُمَّ لَقِيتُ أَبَا الدَّرْدَاءِ فَسَأَلْتُهُ فَقَالَ لِي: مِثْلَ مَا قَالَ لِي: ثَوْبَانُ.</t>
   </si>
   <si>
-    <t>Mədən ibn Əbi Talha Əl-Yəməridən belə söylədiyi rəvayət edilir: Mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) xidmətçisi Səvbanla görüşdüm və dedim: Mənə, edəcəyim elə bir əməl haqqında xəbər ver ki, Allah onunla məni Cənnətə daxil etsin? Yaxud dedi: Dedim: Mənə  əməllərin Allaha ən sevimlisini xəbər ver. O, isə susdu. Sonra ondan yenə soruşdum və o,  susdu. Sonra üçüncü dəfə ondan souşdum və dedi: Mən bu haqda Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) soruşdum, o, isə belə dedi: Allaha çoxlu səcdə et, çünki Allah üçün etdiyin elə bir səcdə yoxdur ki, Allah ona görə sənin dərəcəni yüksəltməsin və  günahını bağışlamasın .” Mədən dedi: Sonra Əbu Dərda ilə görüşdüm və ondan da bu haqda soruşdum, o, da mənə  Səvbanın dediyinin eynisini  dedi.</t>
+    <t>Mədən ibn Əbi Talha Əl-Yəməridən belə söylədiyi rəvayət edilir: Mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) xidmətçisi Səvbanla görüşdüm və dedim: "Mənə, edəcəyim elə bir əməl haqqında xəbər ver ki, Allah onunla məni Cənnətə daxil etsin?". Yaxud dedi: Dedim: "Mənə əməllərin Allaha ən sevimlisini xəbər ver". O, isə susdu. Sonra ondan yenə soruşdum və o,  susdu. Sonra üçüncü dəfə ondan souşdum və dedi: Mən bu haqda Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) soruşdum, o, isə belə dedi: "Allaha çoxlu səcdə et, çünki Allah üçün etdiyin elə bir səcdə yoxdur ki, Allah ona görə sənin dərəcəni yüksəltməsin və  günahını bağışlamasın”. Mədən dedi: Sonra Əbu Dərda ilə görüşdüm və ondan da bu haqda soruşdum, o, da mənə Səvbanın dediyinin eynisini dedi.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن العمل الذي يكون سببًا لدخول الجنة أو عن أحب الأعمال إلى الله؟ 
 فقال صلى الله عليه وسلم للسائل: الزم كثرة السجود في الصلاة، فإنك ما سجدت لله سجده إلا رفعك بها درجة، وغفر عنك بها خطيئة.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Cənnətə girməyə səbəb olan və ya Allaha ən sevimli olan əməl haqqında soruşuldu .
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Cənnətə girməyə səbəb olan və ya Allaha ən sevimli olan əməl haqqında soruşuldu.
 O, (Allahın salavatı və salamı onun üzərinə olsun) sual verənə dedi: Namaz qılmaqla çoxlu səcdə et, çünki Allaha etdiyin hər bir səcdəyə görə, Allah səni bir dərəcə yüksəldər və bir günahını bağışlayar.</t>
   </si>
   <si>
     <t>حث المسلم على الحرص على الصلاة فرضًا وتطوعًا، لاشتمالها على السجود.
 بيان فقه الصحابة وعلمهم أن الجنة لا تنال -بعد رحمة الله- إلا بالعمل.
 السجود في الصلاة من أعظم أسباب رفعة الدرجات، وغفران الذنوب.</t>
   </si>
   <si>
     <t>Müsəlmanı, içində səcdə olduğu üçün fərz və nafilə namazlarına həris olmağa çağırmaq.
-Səhabələrin fiqhinin bəyanı və cənnətin -Allahın rəhmətindən sonra- yalnız əməllə əldə oluna biləcəyini bilmələri.
+Səhabələrin fiqhinin bəyanı və cənnətin - Allahın rəhmətindən sonra - yalnız əməllə əldə oluna biləcəyini bilmələri.
 Namazda səcdə etmək, qulun dərəcəsini yüksəltmək və günahlarının bağışlanması üçün ən böyük səbəblərdəndir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3732</t>
   </si>
   <si>
     <t>كان رجل يداين الناس، فكان يقول لفتاه: إذا أتيت معسرا فتجاوز عنه، لعل الله يتجاوز عنا</t>
   </si>
   <si>
-    <t>İnsanlara tez-tez borc verən bir adam var idi.O,xidmətçisinə(borcları toplayan) belə deyərdi: Borcunu qaytara bilməkdə çətinlik çəkən birinə getsən, onun borcundan keç. Bəlkə Allah da bizim günahlarımızdan keçər</t>
+    <t>İnsanlara tez-tez borc verən bir adam var idi. O, xidmətçisinə (borcları toplayan) belə deyərdi: Borcunu qaytara bilməkdə çətinlik çəkən birinə getsən, onun borcundan keç. Bəlkə Allah da bizim günahlarımızdan keçər</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
-    <t>Əbu Hureyradən -Allah ondan razı olsun- rəvayət edildiyinə görə, Allah Rəsulu -salləllahu aleyhi va səlləm- belə buyurmuşdur: "İnsanlara tez-tez borc verən bir adam var idi.O,xidmətçisinə(borcları toplayan) belə deyərdi: Borcunu qaytara bilməkdə çətinlik çəkən birinə getsən, onun borcundan keç. Bəlkə Allah da bizim günahlarımızdan keçər. Nəhayət o kişi Allaha qovuşdu və Allah da onun günahlarından keçdi".</t>
+    <t>Əbu Hureyradən - Allah ondan razı olsun - rəvayət edildiyinə görə, Allah Rəsulu - salləllahu aleyhi va səlləm - belə buyurmuşdur: "İnsanlara tez-tez borc verən bir adam var idi. O, xidmətçisinə (borcları toplayan) belə deyərdi: Borcunu qaytara bilməkdə çətinlik çəkən birinə getsən, onun borcundan keç. Bəlkə Allah da bizim günahlarımızdan keçər. Nəhayət o kişi Allaha qovuşdu və Allah da onun günahlarından keçdi".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
-    <t>Peyğəmbər -salləllahu aleyhi va səlləm- bu hədisdə insanlara borc verən və ya uzun müddətli ödəmə ilə satış edən bir adam barədə xəbər vermişdir. O, insanlardan borclarını toplayan xidmətçisinə belə deyərdi: İmkanı olmadığına görə bizə olan borcunu qaytara bilməyən kimsənin yanına borcu tələb etməyə getdiyində, alacağını almaqda israrlı olmayıb ona möhlət verməklə borcundan keç. Yaxud naqis olsa da verdiyini qəbul edib borcundan keç. O, bütün bunları Uca Allahın onun günahlarından keçərək əfv edib bağışlamasını ümid edərək etmişdir. Bu adam vəfat etdiyində, Uca Allah da onu əfv edib günahlarını bağışladı.</t>
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - bu hədisdə insanlara borc verən və ya uzun müddətli ödəmə ilə satış edən bir adam barədə xəbər vermişdir. O, insanlardan borclarını toplayan xidmətçisinə belə deyərdi: İmkanı olmadığına görə bizə olan borcunu qaytara bilməyən kimsənin yanına borcu tələb etməyə getdiyində, alacağını almaqda israrlı olmayıb ona möhlət verməklə borcundan keç. Yaxud naqis olsa da verdiyini qəbul edib borcundan keç. O, bütün bunları Uca Allahın onun günahlarından keçərək əfv edib bağışlamasını ümid edərək etmişdir. Bu adam vəfat etdiyində, Uca Allah da onu əfv edib günahlarını bağışladı.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>İnsanlarla gözəl bir şəkildə davranmaq, onları əfv etmək və maddi sıxıntıları olduğunda onlara möhlət vermək Qiyamət günündə insanın ən böyük qurtuluş səbəblərindən biridir.
 Canlılara qarşı mülayim davranmaq, Allaha qarşı ixlaslı olmaq və Onun rəhmətinə ümid bəsləmək günahların bağışlanma səbəblərindəndir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3753</t>
   </si>
   <si>
     <t>كل أمتي معافى إلا المجاهرين</t>
   </si>
   <si>
-    <t>Günahını  aşkarda edənlərdən başqa bütün ümmətim bağışlanacaq</t>
+    <t>Günahını aşkarda edənlərdən başqa bütün ümmətim bağışlanacaq</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ، وَإِنَّ مِنَ المُجَاهَرَةِ أَنْ يَعْمَلَ الرَّجُلُ بِاللَّيْلِ عَمَلًا، ثُمَّ يُصْبِحَ وَقَدْ سَتَرَهُ اللَّهُ عَلَيْهِ، فَيَقُولَ: يَا فُلاَنُ، عَمِلْتُ البَارِحَةَ كَذَا وَكَذَا، وَقَدْ بَاتَ يَسْتُرُهُ رَبُّهُ، وَيُصْبِحُ يَكْشِفُ سِتْرَ اللَّهِ عَنْهُ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) belə dediyi rəvayət edilir: “Mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: Günahını  aşkarda edənlərdən başqa bütün ümmətim bağışlanacaq. Bir kişinin gecə pis iş görüb, sonra Allah o əməlini örtdüyü halda səhər qalxıb: Ey filankəs! -mən axşam belə bir iş etmişəm - deməsi, günahı aşkara çıxarmaqdan sayılır. Rəbbi gecə günahını örtdüyü halda, o, isə səhər Allahın örtdüyünü aşkar edir”.
+    <t>Əbu Hureyradan (Allah ondan razı olsun) belə dediyi rəvayət edilir: “Mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Günahını aşkarda edənlərdən başqa bütün ümmətim bağışlanacaq. Bir kişinin gecə pis iş görüb, sonra Allah o əməlini örtdüyü halda səhər qalxıb: Ey filankəs! - mən axşam belə bir iş etmişəm - deməsi, günahı aşkara çıxarmaqdan sayılır. Rəbbi gecə günahını örtdüyü halda, o, isə səhər Allahın örtdüyünü aşkar edir”.
 ​</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ المُذنبَ يُرجى له عفوُ الله ومغفرتُه، إلا المعلن بالمعصية تفاخُرًا ووقاحةً فلا يَستحقُّ العفو؛ حيث يَعملُ المعصيةَ بالليل، ثم يُصبِحُ وقد ستره الله، فيُحدِّث غَيرَه بأنه فَعَلَ المعصيةَ الفلانية أمس، وقد باتَ يَستُرُه ربُّه، ويُصبحُ يَكشِفُ سِتْرَ الله عليه!!</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki, günahkar müsəlmanı  Allahın əfv edib, bağışlayacağına ümid edilir. Lakin günahını təkəbbürlə və həyasızcasına insanlara bildirən kəs isə istisnadır-bağışlanmağa layiq deyidir. O, gecə günah işləyir, Allah da o günahı örtdüyü halda səhər başqasına dünən filan günahı işlətdiyini danışır. Rəbbi onun günahını  örtdüyü halda gecələyir, səhər durduqda isə o, Allahın örtdüyünü açır (öz günahını aşkara çıxarır)!!</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki, günahkar müsəlmanı  Allahın əfv edib, bağışlayacağına ümid edilir. Lakin günahını təkəbbürlə və həyasızcasına insanlara bildirən kəs isə istisnadır -bağışlanmağa layiq deyidir. O, gecə günah işləyir, Allah da o günahı örtdüyü halda səhər başqasına dünən filan günahı işlətdiyini danışır. Rəbbi onun günahını  örtdüyü halda gecələyir, səhər durduqda isə o, Allahın örtdüyünü açır (öz günahını aşkara çıxarır)!!</t>
   </si>
   <si>
     <t>قُبح المجاهرة بالمعصية بعد سِتْرِ الله تعالى عليه.
 في المجاهرة بالمعصية إشاعةُ الفاحشةِ بين المؤمنين.
 مَن سَتَرَه الله في الدنيا سَتَرَه في الآخرة، وهذا من سعة رحمة الله تعالى بعباده.
 مَن ابتُلي بمعصية عليه أن يَسْتُرَ على نفسِه وأن يَتوبَ إلى الله.
 عِظم ذنب المجاهرين الذين يتقصدون إظهار المعاصي، ويُفوِّتون على أنفسهم المعافاة.</t>
   </si>
   <si>
-    <t>Uca Allah günahı  örtdükdən sonra onu aşkara çıxarmağın çirkinliyi.
+    <t>Uca Allah günahı örtdükdən sonra onu aşkara çıxarmağın çirkinliyi.
 Günahı açığa çıxarmaqda möminlər arasında əxlaqsızlığı yaymaq var.
 Allah bu dünyada kimin günahını örtərsə, axirətdə də örtəcək və bu Uca Allahın qullarına olan rəhmətinin genişliyindəndir.
 Kim günaha düçar olarsa, öz günahını örtməli və Allaha tövbə etməlidir.
-Günahlarını açığa çıxaran kəslərin əməllərinin günah baxımından böyüklüyü və  özlərini bağışlanmadan məhrum etmələri.</t>
+Günahlarını açığa çıxaran kəslərin əməllərinin günah baxımından böyüklüyü və özlərini bağışlanmadan məhrum etmələri.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3756</t>
   </si>
   <si>
     <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>Qohum-əqrəbasının yaxşılıq etməsinə eynisiylə cavab verən insan heç də qohumluq əlaqələrini birləşdirən kimsə deyildir. Qohumluq əlaqələrini birləşdirən kimsə, qohumları onunla əlaqəni kəsdikləri zaman onlarla əlaqə saxlayıb bu əlaqəni birləşdirən kimsədir</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
-    <t>Abdullah ibn Amr -Allah ondan və atasından razı olsun- rəvayət edir ki, Peyğəmbər -sallallahu aleyhi va səlləm- belə demişdir: "Qohum-əqrəbasının yaxşılıq etməsinə eynisiylə cavab verən insan heç də qohumluq əlaqələrini birləşdirən kimsə deyildir. Qohumluq əlaqələrini birləşdirən kimsə, qohumları onunla əlaqəni kəsdikləri zaman onlarla əlaqə saxlayıb bu əlaqəni birləşdirən kimsədir".</t>
+    <t>Abdullah ibn Amr - Allah ondan və atasından razı olsun - rəvayət edir ki, Peyğəmbər - sallallahu aleyhi va səlləm - belə demişdir: "Qohum-əqrəbasının yaxşılıq etməsinə eynisiylə cavab verən insan heç də qohumluq əlaqələrini birləşdirən kimsə deyildir. Qohumluq əlaqələrini birləşdirən kimsə, qohumları onunla əlaqəni kəsdikləri zaman onlarla əlaqə saxlayıb bu əlaqəni birləşdirən kimsədir".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
-    <t>Peyğəmbər -sallallahu aleyhi va səlləm- bu hədisdə bizə xəbər verir ki, qohum-əqrəba əlaqələrini birləşdirmədə və qohum-əqrəbaya yaxşılıq etmədə mükəmməl insan, heç də yaxşılığa yaxşılıqla qarşılıq verən insan deyildir. əksinə, qohum-əqrəba əlaqələrini həqiqi mənada birləşdirən insan, qohumları onunla əlaqəni kəsdikləri, hətta ona pislik etdikləri zaman belə qohum-əqrəbalarına yaxşılıq etməyə davam edən insandır.</t>
+    <t>Peyğəmbər - sallallahu aleyhi va səlləm - bu hədisdə bizə xəbər verir ki, qohum-əqrəba əlaqələrini birləşdirmədə və qohum-əqrəbaya yaxşılıq etmədə mükəmməl insan, heç də yaxşılığa yaxşılıqla qarşılıq verən insan deyildir. Əksinə, qohum-əqrəba əlaqələrini həqiqi mənada birləşdirən insan, qohumları onunla əlaqəni kəsdikləri, hətta ona pislik etdikləri zaman belə qohum-əqrəbalarına yaxşılıq etməyə davam edən insandır.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Şəriətin dəyər verdiyi qohumluq əlaqələri heç də sadəcə qarşılıqlı yaxşılıq etmək və mükafat verməklə deyil, əksinə səninlə qohumluq əlaqələrini kəsən kimsələrlə qohumluq əlaqələrini kəsməməyin, sənə zülm edənləri bağışlamağın, pislik edən kimsələrə yaxşılıq etməyinlə olur.
 Qohumluq əlaqələrini birləşdirmək, mümkün olduğu qədər onlara maddi yardım göstərmək, onlar üçün dua etmək, yaxşılığı əmr edib pislikdən çəkindirmək kimi şeylərlə və həmçinin imkan daxilində xoşagəlməz şeyləri onlardan uzaqlaşdırmaqla olur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3854</t>
   </si>
   <si>
     <t>فعلام نبايعك؟ قال: على أن تعبدوا الله ولا تشركوا به شيئا، والصلوات الخمس، وتطيعوا وأسر كلمة خفية ولا تسألوا الناس شيئا</t>
   </si>
   <si>
     <t>bəs (indi) nəyin üzərinə beyət edirik?" O: “ Allaha ibadət edib, Ona heç bir şeyi şərik qoşmamanıza, beş vaxt namaza, itaət edəcəyinizə– bundan sonra səsini aşağı salaraq- və insanlardan heç nə istəməyəcəyinizə.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُسْلِمٍ الْخَوْلَانِيِّ، قَالَ: حَدَّثَنِي الْحَبِيبُ الْأَمِينُ، أَمَّا هُوَ فَحَبِيبٌ إِلَيَّ، وَأَمَّا هُوَ عِنْدِي فَأَمِينٌ، عَوْفُ بْنُ مَالِكٍ الْأَشْجَعِيُّ رضي الله عنه قَالَ: كُنَّا عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، تِسْعَةً أَوْ ثَمَانِيَةً أَوْ سَبْعَةً، فَقَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» وَكُنَّا حَدِيثَ عَهْدٍ بِبَيْعَةٍ، فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» قَالَ: فَبَسَطْنَا أَيْدِيَنَا وَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا» فَلَقَدْ رَأَيْتُ بَعْضَ أُولَئِكَ النَّفَرِ يَسْقُطُ سَوْطُ أَحَدِهِمْ، فَمَا يَسْأَلُ أَحَدًا يُنَاوِلُهُ إِيَّاهُ.</t>
   </si>
   <si>
     <t>Əbu Muslim əl-Xavlənidən belə dediyi rəvayət edilir: Sevimli və etibarlı olan kəs mənə danışdı -mənim üçün sevimli  və  etibarlı olan Auf bin Məlik əl-Əşcai (Allah ondan razı olsun) belə dedi: Biz Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanında doqquz, səkkiz və ya yeddi nəfər idik və O (Allahın salavatı və salamı onun üzərinə olsun): “Allahın Rəsuluna beyət etməyəcəksinizmi?” deyə soruşdu. Biz təzəlikcə beyət etmişdik və dedik: “Biz sənə beyət etmişik, ey Allahın Rəsulu".  Sonra o, yenə: “Allahın elçisinə beyət etməyəcəksinizmi?”-deyə soruşdu. “Biz sənə beyət etmişik, ey Allahın Rəsulu" deyə cavab verdik. Allah Elçisi (Allahın salavatı və salamı onun üzərinə olsun) yenə soruşdu: "Allah Rəsuluna beyət etməyəcəksinizmi?" Biz əllərimizi uzadaraq dedik: “Sənə beyət etdik, ey Allahın Elçisi, bəs (indi) nəyin üzərinə beyət edirik?" O: “ Allaha ibadət edib, Ona heç bir şeyi şərik qoşmamanıza, beş vaxt namaza, itaət edəcəyinizə– bundan sonra səsini aşağı salaraq- və insanlardan heç nə istəməyəcəyinizə.”-deyə buyurdu. (Bundan sonra onlardan) bəzi kəslərin qamçısının yerə düşdüyünü gördüm. Heç kəsdən qamçısını ona verməsini belə istəməzdi.</t>
   </si>
   <si>
@@ -5071,136 +5067,136 @@
   </si>
   <si>
     <t>İnsanlardan bir şey istəməyi tərk etməyə, Allahdan başqasından istəmək sayılan hər şeydən uzaq olmağa və sadə bir iş olsa belə, insanlara ağız açmamağa təşviq etmək.
 Qadağan edilən istək: Dünyəvi məsələlərlə bağlı istəkdir. Bu elmi və dini məsələlərdə soruşmağa-yardım istəməyə aid deyil.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4176</t>
   </si>
   <si>
     <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>Borcu qaytarmaqda çətinlik çəkənə  möhlət verən və ya borcunu ona tamamilə əfv edən kəsi, Allah Qiyamət günü Öz ərşinin kölgəsi altına alacaq, həmin gün o kölgədən savayı sığınılacaq heç bir kölgə olmayacaq</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Borcu qaytarmaqda çətinlik çəkənə  möhlət verən və ya borcunu ona tamamilə əfv edən kəsi, Allah Qiyamət günü Öz ərşinin kölgəsi altına alacaq, həmin gün o kölgədən savayı sığınılacaq heç bir kölgə olmayacaq".</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, borcluya möhlət verən və ya ona borcunu bağışlayan kəsin mukafatı: Qiyamət günü günəşin insanların başları üzərinə yaxınlaşacağı, istiliyinin şiddətləndiyi bir vaxtda o kəsin Allahın ərşinin kölgəsi altında olmasıdır . (O gün) heç kim Allahın kölgəsindən başqa kölgə tapa bilməz.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, borcluya möhlət verən və ya ona borcunu bağışlayan kəsin mukafatı: Qiyamət günü günəşin insanların başları üzərinə yaxınlaşacağı, istiliyinin şiddətləndiyi bir vaxtda o kəsin Allahın ərşinin kölgəsi altında olmasıdır. (O gün) heç kim Allahın kölgəsindən başqa kölgə tapa bilməz.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Allahın bəndələri üçün asanlaşdırmağın fəziltəi və bu, Qiyamət gününün dəhşətlərindən qurtulmaq üçün səbəbdir.
 Əməlin mükafatı yaxud cəzası, onun növünə uyğundur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4186</t>
   </si>
   <si>
     <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Kim Ramazan orucunu imanla və savabını yalnız Allahdan umaraq tutarsa, o kəsin keçmiş günahları bağışlanar</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
-    <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Kim Ramazan orucunu imanla və savabını yalnız Allahdan umaraq tutarsa, o kəsin keçmiş günahları bağışlanar."</t>
+    <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Kim Ramazan orucunu imanla və savabını yalnız Allahdan umaraq tutarsa, o kəsin keçmiş günahları bağışlanar".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, hər kimsə Allaha iman edərək, orucun fərz olduğunu və uca Allahın oruc tutanlara böyük mükafat və savab hazırladığını təsdiq edərək, riyakarlıqdan və şöhrətpərəslikdən uzaq duraraq, məhz uca Allahın razılığını diləyərək Ramazan ayını oruc tutarsa, onun keçmiş günahları bağışlanar.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>İxlasın fəziləti və onun Ramazan orucunda və digər saleh əməllərdə əhəmiyyəti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4196</t>
   </si>
   <si>
     <t>من صلى البردين دخل الجنة</t>
   </si>
   <si>
     <t>“Hər kim əl-bərdeyn namazlarını qılarsa, Cənnətə daxil olar”</t>
   </si>
   <si>
     <t>عن أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ»</t>
   </si>
   <si>
-    <t>Əbu Musa Əl-Əşəridən (Allah ondan razı olsun) rəvayət edilir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: “Hər kim əl-bərdeyn namazlarını qılarsa, Cənnətə daxil olar”</t>
+    <t>Əbu Musa Əl-Əşəridən (Allah ondan razı olsun) rəvayət edilir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: “Hər kim əl-bərdeyn namazlarını qılarsa, Cənnətə daxil olar”.</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على الحرصِ على صلاة البردين وهما صلاة الفجر والعصر، وبشَّر مَن أتى بهما بحقهما من وقت وجماعة وغير ذلك كانتا سببًا في دخوله الجنة.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) əl-bərdeyn namazlarına həris olmağa təşviq etmişdir. Bunlar sübh və əsr namazlarıdır.  Onları vaxtında, camaatla və digər haqları ilə yerinə yetirəni, bu namazların onun cənnətə girməsinə səbəb olması ilə müjdələmişdir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) əl-bərdeyn namazlarına həris olmağa təşviq etmişdir. Bunlar sübh və əsr namazlarıdır. Onları vaxtında, camaatla və digər haqları ilə yerinə yetirəni, bu namazların onun cənnətə girməsinə səbəb olması ilə müjdələmişdir.</t>
   </si>
   <si>
     <t>فضل المحافظة على صلاة الفجر والعصر؛ لأن الفجر يكون عند لذة النوم، والعصر يكون عند اشتغال الإنسان بعمله، فمن حافظ عليهما كان من باب أولى أن يحافظ على بقية الصلوات.
 سميت صلاة الفجر والعصر بالبردين؛ لأن صلاة الفجر فيها برد الليل، وصلاة العصر فيها برد النهار وإن كانت في وقتٍ حارٍ إلا أنه أخف من الوقت قبلها، أو تكون تسميتُها من باب التغليب كما يقال: القمران للشمس والقمر.</t>
   </si>
   <si>
     <t>Sübh və əsr namazlarını qorumağın fəziləti, çünki sübh namazı  yuxunun şirin olduğu vaxt, əsr namazı isə insanın öz işi ilə məşğul olduğu vaxt olur. Ona görə də bu namazlara diqqət edən kəs, digər namazlara da diqqət yetirər.
-Sübh və əsr namazları bərdeyn adlanır, çünki sübh namazında gecənin sərinliyi, əsr namazında isə günortanın sərinliyi vardır.(bərd -ərəbcə sərinlik deməkdir) Əsr namazı isti vaxtda olsa da belə, istiliyi özündən əvvəlki vaxtdan daha yüngüldür. Və ya onun bu cür adlandırılması üstünlük yönündəndir, (ərəblərdə) ay və günəşə iki ay deyilməsi kimi.</t>
+Sübh və əsr namazları bərdeyn ("iki sərinlik"; yəni sərin havada qılınan namazlar) adlanır, çünki sübh namazında gecənin sərinliyi, əsr namazında isə günortanın sərinliyi vardır (bərd - ərəbcə "sərinlik" deməkdir). Əsr namazı isti vaxtda olsa da belə, istiliyi özündən əvvəlki vaxtdan daha yüngüldür. Və ya onun bu cür adlandırılması üstünlük yönündəndir, (ərəblərdə) ay və günəşə "iki ay" deyilməsi kimi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4198</t>
   </si>
   <si>
     <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Kim Qədr gecəsini imanla və savabını yalnız Allahdan umaraq ibadətlə keçirərsə, o kəsin keçmiş günahları bağışlanar</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
-    <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Kim Qədr gecəsini imanla və savabını yalnız Allahdan umaraq ibadətlə keçirərsə, o kəsin keçmiş günahları bağışlanar.</t>
+    <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Kim Qədr gecəsini imanla və savabını yalnız Allahdan umaraq ibadətlə keçirərsə, o kəsin keçmiş günahları bağışlanar".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
   </si>
   <si>
-    <t>Peyğəmbər(Allahın salavatı və salamı onun üzərinə olsun) Ramazan ayının son on gecəsində olan Qədr gecəsini ibadətlə keçirməyin fəziləti barədə xəbər vermiş və bildirmişdir ki, kim bu gecəni namaz qılmaqla, Quran oxumaqla, dua və zikr etməklə keçirib, həmin gecənin varlığına və fəzilətinə iman gətirər, bu əməllərin savabını yalnız Allahdan umar,  riyadan və şan-şöhrətdən uzaq durarsa, Allah onun keçmiş günahlarını bağışlayar.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Ramazan ayının son on gecəsində olan Qədr gecəsini ibadətlə keçirməyin fəziləti barədə xəbər vermiş və bildirmişdir ki, kim bu gecəni namaz qılmaqla, Quran oxumaqla, dua və zikr etməklə keçirib, həmin gecənin varlığına və fəzilətinə iman gətirər, bu əməllərin savabını yalnız Allahdan umar,  riyadan və şan-şöhrətdən uzaq durarsa, Allah onun keçmiş günahlarını bağışlayar.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
 فضل الله ورحمته، فإنّ مَن قام ليلة القدر إيمانًا واحتسابًا غُفر له ما تقدم من ذنبه.</t>
   </si>
   <si>
     <t>Qədr gecəsinin fəziləti və onu ibadətlə keçirməyə təşviq.
 Saleh əməllər yalnız səmimi, doğru niyyətlə qəbul edilir.
 Allahın qullarına lütfü və rəhmətidir ki, hər kimsə imanla və savabını yalnız Allahdan umaraq Qədr gecəsini ibadətlə keçirərsə, keçmiş günahları bağışlanar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4202</t>
   </si>
   <si>
     <t>من يرد الله به خيرا يصب منه</t>
   </si>
   <si>
     <t>Allah kimə xeyir istərsə, onu müsibətlə imtahana çəkər</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Allah kimə xeyir istərsə, onu müsibətlə imtahana çəkər."</t>
@@ -5330,158 +5326,158 @@
     <t>قال النووي: حديث حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والبيهقي وغيرهما</t>
   </si>
   <si>
     <t>[قال النووي: حديث حسن]</t>
   </si>
   <si>
     <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4216</t>
   </si>
   <si>
     <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
     <t>Minik üzərində olan piyada gəzənə, piyada gəzən oturan kəsə, az olanlar isə çoxluğa salam verir</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: «Minik üzərində olan piyada gəzənə, piyada gəzən oturan kəsə, az olanlar isə çoxluğa salam verir.»</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: «Minik üzərində olan piyada gəzənə, piyada gəzən oturan kəsə, az olanlar isə çoxluğa salam verir».</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) insanlar arasında salamlaşmanın ədəbini bu şəkildə bildirmişdir: ''Əs-sələmu aleykum və rahmətullahi və bərakətuh'' (Allahın salamı, rəhməti və bərəkəti üzərinizə olsun) Yaşı az olan  böyüyə, minikdə olan piyadaya, piyada oturana və sayca az olanlar çoxluğa salam verir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) insanlar arasında salamlaşmanın ədəbini bu şəkildə bildirmişdir: ''Əs-sələmu aleykum və rahmətullahi və bərakətuh'' (Allahın salamı, rəhməti və bərəkəti üzərinizə olsun), yaşı az olan  böyüyə, minikdə olan piyadaya, piyada oturana və sayca az olanlar çoxluğa salam verir.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
 كمال هذه الشريعة في بيان جميع ما يحتاجه الناس.
 تعليم آداب السلام وإعطاء كل ذي حق حقه.</t>
   </si>
   <si>
     <t>Hədisdə bildirildiyi şəkildə salam vermək bəyənilən forma sayılır. Əgər piyada minikdə olana salam verərsə və ya qeyd edilən salam vermək  formalarının əksi olarsa, bu da icazəlidir. Lakin bu, daha xeyirli və daha fəzilətli olana müxalifdir.
 Salamın hədisdə qeyd edildiyi şəkildə yayılması, sevgi və ünsiyyətin səbəblərindən biridir.
 Əgər deyilən şeylərdə bərabərdirlərsə, o zaman onların ən xeyirlisi salama birinci başlayandır.
-Bu dinin kamilliyi -insanların ehtiyac duyduqları hər şeyi açıqlamasındadır.
+Bu dinin kamilliyi - insanların ehtiyac duyduqları hər şeyi açıqlamasındadır.
 Salam vermək ədəbini öyrətmək və hər kəsə öz haqqını vermək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4243</t>
   </si>
   <si>
     <t>إن هذين حرام على ذكور أمتي، حل لإناثهم</t>
   </si>
   <si>
     <t>Bu iki şey ümmətimin kişilərinə haram, qadınlarına isə halaldır</t>
   </si>
   <si>
     <t>عَن عَلِيٍّ بْنِ أَبِي طَالِبٍ رَضيَ اللهُ عنه قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ حَرِيرًا بِشِمَالِهِ، وَذَهَبًا بِيَمِينِهِ، ثُمَّ رَفَعَ بِهِمَا يَدَيْهِ، فَقَالَ: «إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ».</t>
   </si>
   <si>
     <t>Əli ibn Əbi Talibdən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) sol əli ilə ipək və sağ əli ilə qızıl götürdü, sonra əllərini qaldırıb dedi: "Bu iki şey ümmətimin kişilərinə haram, qadınlarına isə halaldır".</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم ثوبًا من حَرِيْر أو قطعةً منه، بيده اليسرى، وأخذ ذهبًا مِن حُلِيٍّ أو ما شابه، بيده اليمنى، ثم قال: إنّ الحرير والذهب، حرامٌ لبسهما على الرجال، أما النساء فهما حلال لهن.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) sol əli ilə ipək paltar və ya ondan bir parça götürdü və sağ əli ilə qızıl zinət əşyası  və ya buna bənzər bir şey götürdü və sonra dedi: Kişilərə ipək və qızıl  geyinmək haram,  qadınlara isə bunlar halaldır.</t>
   </si>
   <si>
     <t>قال السندي:‏ ‏(حرام): المراد استعمالُها لبسًا؛ وإلا فالاستعمال صَرْفًا وإنفاقًا وبيعًا جائزٌ للكُلّ، واستعمال الذهب باتخاذ الأواني منه واستعمالُها حرام للكل.
 توسعة الشريعة الإسلامية على النساء للحاجة إلى الزينة ونحوها.</t>
   </si>
   <si>
     <t>Əs-Sindi dedi: (haramdır): Burada qəsd olunan geyim olaraq  istifadə edilməsidir; Əks halda, mübadilə, xərcləmə və alqı-satqı üçün istifadə etmək hər kəsə icazəlidir, qabların qızıldan düzəldilməsi və onların istifadəsinə gəlincə isə bu hər kəsə haramdır.
 İslam şəriətinin qadınlara bəzək və buna bənzər ehtiyacını nəzərə alaraq genişlik verməsi.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه</t>
   </si>
   <si>
     <t>[رواه أبو داود والنسائي وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4292</t>
   </si>
   <si>
     <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>Sizlərə tərk etdiyim (haqqında əmr və qadağa gəlməyən) şeylərdə məni rahat buraxın (artıq suallar verməyin). Sizdən öncəkilər verdikləri sual və peyğəmbərlərinə müxalif olmaları səbəbi ilə həlak oldular</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Sizlərə tərk etdiyim (haqqında əmr və qadağa gəlməyən) şeylərdə məni rahat buraxın (artıq suallar verməyin). Sizdən öncəkilər verdikləri sual və peyğəmbərlərinə müxalif olmaları səbəbi ilə həlak oldular, buna görə də sizə bir şeyi qadağan etdikdə ondan uzaq durun, bir şeyi əmr etdikdə onu bacardığınız qədər yerinə yetirin.</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Sizlərə tərk etdiyim (haqqında əmr və qadağa gəlməyən) şeylərdə məni rahat buraxın (artıq suallar verməyin). Sizdən öncəkilər verdikləri sual və peyğəmbərlərinə müxalif olmaları səbəbi ilə həlak oldular, buna görə də sizə bir şeyi qadağan etdikdə ondan uzaq durun, bir şeyi əmr etdikdə onu bacardığınız qədər yerinə yetirin".</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
 فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
 فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
 وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
 الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
 الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu ki, şəriət hökmləri üç qismə bölünür: Haqqında susulmuş hökmlər, qadağalar və əmrlər.
 Birinciyə gəlincə: o şəriətin haqqında susduğu şeydir: belə ki, onun haqqında hökm yoxdur və əşyalarda əsl olan onların vacib olmamasıdır; Onun (Allahın salavatı və salamı onun üzərinə olsun) zamnında baş verməyən bir şey haqqında, həmin şeyin vacib və ya haram edilməsi hökmü nazil olmaması üçün soruşmaqdan çəkinmək gərəkirdi, çünki Allah bu şeyləri bəndələrinə olan rəhmətindən dolayı tərk etmişdir. Lakin, onun (Allahın salavatı və salamı onun üzərinə olsun) vəfatından sonra əgər sual din məsələsində ehtiyac duyulan şeylər üçün fətva almaq və ya öyrənmək üçündürsə, bu icazəlidir və hətta əmr edilmişdir. Lakin, inad və çətinləşdirmə formasında olarsa, bu hədisdə qadağan edilən sualdan qəsd elə budur. Çünki, bu İsrail övladlarının başına gələnin bənzərinə gətirib çıxara bilər. Belə ki, onlara bir inək kəsmək əmr edildi və əgər onlar hər hansı bir inək kəssəydilər, buna əməl etmiş olardılar, lakin onlar bu məsələni (əlavə suallar verməklə) çətinləşdirdilər və onlar üçün (hökmlər) çətinləşdirildi.
-İkinci: Qadağalar; Onlar o əməllərdir ki: onları tərk edən mükafatlandırılar və onları işləyən isə cəzalandırılar, buna görə də onların hamısından çəkinmək vacibdir.
-Üçüncü: Əmrlər; Onlar o əməllərdir ki: onu edən mükafatlandırılar, onu tərk edən isə cəzalandırılar, ona görə də bacarıldığı qədər bu əməllər edilməlidir.</t>
+İkinci: Qadağalar; onlar o əməllərdir ki: onları tərk edən mükafatlandırılar və onları işləyən isə cəzalandırılar, buna görə də onların hamısından çəkinmək vacibdir.
+Üçüncü: Əmrlər; onlar o əməllərdir ki: onu edən mükafatlandırılar, onu tərk edən isə cəzalandırılar, ona görə də bacarıldığı qədər bu əməllər edilməlidir.</t>
   </si>
   <si>
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>Ehtiyac duyulan ən vacib olanla məşğul olmaq, hazırda ehtiyac olmayan şeyləri tərk etmək və baş verməyən şeylər haqqında sual verməklə məşğul olmamaq lazımdır.
 Məsələləri çətinləşdirə biləcək sual verməyin və çoxlu ixtilafa səbəb olacaq şübhələr qapısını açmağın haramlılığı.
 Bütün qadağaları tərk etmək əmr edilmişdir; çünki onu tərk etməyin heç bir çətinliyi yoxdur və buna görə də onun  qadağan edilməsi ümumidir.
-Əmr olunanı bacarılan miqdarda yerinə yetirməyin tələb edilməsi; çünki onu yerinə yetirmək çətin və ya mümkünsüz ola bilər; Buna görə də o bacarılan miqdarda əmr edilib.
+Əmr olunanı bacarılan miqdarda yerinə yetirməyin tələb edilməsi; çünki onu yerinə yetirmək çətin və ya mümkünsüz ola bilər. Buna görə də o bacarılan miqdarda əmr edilib.
 Çox sual verməyin qadağan edilməsi.
 Alimlər sualı iki qismə bölmüşdür: Onlardan biri: Din məsələsində ehtiyac duyulan şeyləri öyrənmək üçün  olandır ki, bunun özü əmr edilmişdir. Səhabələrin sualları da bu növdəndir. 
 İkincisi: İnadkarlıq və çətinləşdirmə şəklində olan suallar və bu növ qadağan olunandır.
-Bu ümmət, öncəki ümmətlərin etdiyi kimi edib peyğəmbərinə müxalif olmaqdan  qadağan edilmişdir.
+Bu ümmət, öncəki ümmətlərin etdiyi kimi edib peyğəmbərinə müxalif olmaqdan qadağan edilmişdir.
 Ehtiyac olmayan şeylərdə, xüsusən də yalnız Allahın bildiyi qeybi məsələlər və Qiyamət gününün halları kimi əl çatmayan işlərdə çoxlu sual vermək və peyğəmbərlərə müxalif olmaq həlak olmağın səbəbidir.
-Çətin məsələlərdə sual verməyin qadağan edilməsi, əl-Əvzəi demişdir:  Allah qulunu elmin bərəkətindən məhrum etmək istəyərsə, onun dilinə mübahisə etməyi salar, mən onların insanların ən az elmlisi olduğunu  gördüm. İbn Vəhb demişdir: Malikin belə dediyini eşitdim: Elmdə mübahisə etmək, insanın qəlbindən elm nurunu aparar.</t>
+Çətin məsələlərdə sual verməyin qadağan edilməsi, əl-Əvzəi demişdir: "Allah qulunu elmin bərəkətindən məhrum etmək istəyərsə, onun dilinə mübahisə etməyi salar, mən onların insanların ən az elmlisi olduğunu  gördüm". İbn Vəhb demişdir: Malikin belə dediyini eşitdim: "Elmdə mübahisə etmək, insanın qəlbindən elm nurunu aparar".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4295</t>
   </si>
   <si>
     <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
   </si>
   <si>
     <t>Sən məndən əzəmətli bir əməl barədə soruşdun. Həqiqətən də o Allahın asanlaşdırdığı kimsələr üçün asandır</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
   </si>
   <si>
     <t>Muaz bin Cəbəl (Allah ondan razı olsun) demişdir: Mən Peyğəmbərlə (sallallahu aleyhi və səlləm) birgə səfərdə idim. Bir gün, biz yol gedərkən ona yaxınlaşdım və dedim: "Ey Allahın Rəsulu, məni Cənnətə daxil edəcək və Cəhənnəmdən uzaqlaşdıracaq əməl barədə mənə xəbər ver!". Peyğəmbər (sallallahu aleyhi və səlləm) buyurdu: "Sən məndən əzəmətli bir əməl barədə soruşdun. Həqiqətən də o Allahın asanlaşdırdığı kimsələr üçün asandır". Gərək, Allaha ibadət edəsən və Ona heç bir şeyi şərik qoşmayasan, namazı qılasan, zəkat verəsən, ramazan ayını oruc tutasan və Kəbəni ziyarət edəsən”. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) dedi: “Səni xeyir qapılarına yönəldimmi? Oruc qalxandır. Sədəqə suyun odu söndürdüyü kimi günahları söndürür (silir). Kişinin gecənin ortasında qıldığı namazı da, habelə”. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) bu ayəni oxudu: “Onlar gecə namazını qılmaq üçün böyürlərini yataqdan qaldırır, qorxu və ümid içində öz Rəbbinə yalvarır və onlara verdiyimiz ruzilərdən Allah yolunda xərcləyirlər. Etdikləri əməllərin mükafatı olaraq onlar üçün gözlərinə sevinc gətirəcək nələr saxlandığını heç kəs bilmir”. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) dedi: “Sənə dinin başı, onun dirəyi və ən uca zirvəsi barədə xəbər verimmi?” Mən dedim: "Bəli, Ey Allahın Rəsulu". O, buyurdu: “Dinin başı İslam, dirəyi namaz, ən uca zirvəsi isə cihaddır”. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) dedi: “Sənə bunların hamısını özündə cəm edən xislət barədə xəbər verimmi?”. Mən dedim: "Əlbəttə, Ey Allahın Rəsulu". O, əli ilə öz dilini tutub dedi: “Bunu, saxla!” Mən dedim: "Ey Allahın Peyğəmbəri! Məgər biz, danışdığımız sözlərə görə hesaba çəkiləcəyik?!". Peyğəmbər (sallallahu aleyhi və səlləm) dedi: “Anan səni itirsin ey Muaz! Məgər insanları üzüstə yaxud burunları üzərində Cəhənnəmə sürükləyən yalnız dilləri ilə əkdiklərinin bəhrəsi deyilmi?!”.</t>
   </si>
   <si>
     <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
 قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
 الأول: تعبد الله وحده ولا تشرك به شيئًا. 
 الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
 الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
 الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
 ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
@@ -5528,58 +5524,58 @@
   <si>
     <t>Səhabələrin (Allah onlardan razı olsun) elmə olan hərisliyi. Buna görə də onlar Peyğəmbərə (sallallahu aleyhi və səlləm) çoxlu suallar verərdilər.
 Səhabələrin (Allah onlardan razı olsun) əməllərin Cənnətə daxil olmaq üçün səbəb olduğunu bilmələri onların dini bilgilərindən qaynaqlanırdı.
 Muazın (Allah ondan razı olsun) verdiyi sual əzəmətli sualdır. Çünki əslində bu sual, həyatın və varlığın sirridir. İstət insan, istərsə də cin olmasından aslı olmayaraq dünyada mövcud olan varlığın sonu ya Cənnətdir va da Cəhənnəm. Ona görə də bu sual əzəmətli sual idi.
 Cənnətə daxil olmaq İslamın beş şərtinə əməl etməkdən asılıdır. Bunlar: İki şəhadət kəlməsini (mənasını anlayaraq) tələffüz etmək, namaz qılmaq, oruc tutmaq, zəkat vermək və Həccə getməkdir.
 Dinin başı, işlərin ən qiymətlisi və vacibərin ən üstünü heç bir şəriki olmayan Tək Uca Allahı ibadətdə təkləşdirməkdir.
 Uca Allah öz qullarına xeyir qapılarını açmaqla onlara rəhm edir ki, onlar savab qazanmaq və günahlarının bağışlanması üçün vasitələr əldə etsinlər.
 Fərz ibadətləri yerinə yetirdikdən sonra nafilə ibadətlərlə Uca Allaha yaxınlaşmağın fəziləti.
 İslamda namaz, çadırın üzərində dayandığı dirəyinə (sütununa) bənzəyir. Dirək yıxıldıqda çadır da yıxıldığı kimi, namaz da olmasa İslam yox olub gedər.
 Dili, insana dinində zərər verən şeylərdən qorumaq vacibdir.
 Dili cilovlamaq, ona nəzarət etmək və qoruyub-saxlamaq hər bir xeyirin əsasıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4303</t>
   </si>
   <si>
     <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>İki müsəlman qılıncla (bir-birini öldürmək üçün) qarşı-qarşıya gəlirsə, öldürən də, ölən də cəhənnəmdədir</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
-    <t>Əbu Bəkrədən (Allah ondan razı olsun) rəvayət edilən hədisdə Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "İki müsəlman qılıncla (bir-birini öldürmək üçün) qarşı-qarşıya gəlirsə, öldürən də, ölən də cəhənnəmdədir". Dedim: "Ey Allahın Rəsulu, bu qatildir, bəs ölənin günahı nədir? (O niyə cəhənnəmdədir?) Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "O da, müsəlman qardaşını öldürmək istəyirdi."</t>
+    <t>Əbu Bəkrədən (Allah ondan razı olsun) rəvayət edilən hədisdə Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "İki müsəlman qılıncla (bir-birini öldürmək üçün) qarşı-qarşıya gəlirsə, öldürən də, ölən də cəhənnəmdədir". Dedim: "Ey Allahın Rəsulu, bu qatildir, bəs ölənin günahı nədir? (O niyə cəhənnəmdədir?) Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "O da, müsəlman qardaşını öldürmək istəyirdi".</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, iki müsəlman bir- birini öldürmək üçün qarşılaşdıqda, öldürən kəs əks tərəfi öldürdüyü üçün cəhənnəmdədir. Lakin səhabələr : "Öldürülən necə cəhənnəmdə olur?" deyə heyrətə düşmüşdülər. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) də bildirdi ki, o da öz qardaşını öldürməyə cəhd etdiyi üçün cəhənnəmdədir. Onun öldürə bilməməsi, öldürənin  daha cəld olduğuna görə rəqibini qabaqlamasına görədir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, iki müsəlman bir-birini öldürmək üçün qarşılaşdıqda, öldürən kəs əks tərəfi öldürdüyü üçün cəhənnəmdədir. Lakin səhabələr: "Öldürülən necə cəhənnəmdə olur?" deyə heyrətə düşmüşdülər. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) də bildirdi ki, o da öz qardaşını öldürməyə cəhd etdiyi üçün cəhənnəmdədir. Onun öldürə bilməməsi, öldürənin  daha cəld olduğuna görə rəqibini qabaqlamasına görədir.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Günaha əzm və ona aparan səbəbləri edənin əzaba layiq olması.
 Müsəlmanlar öz aralarında döyüşməkdən şiddətli şəkildə çəkindirilmiş və Cəhənnəmlə xəbərdarlıq edilmişdirlər.
 Müsəlmanların, fəsad törədən və həddi aşanlarla haqlı olaraq döyüşməsi bu xəbərdarlığa aid deyildir.
 Böyük günah sahibi bu əməlinə görə küfr etmir, çünki Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) öz aralarında döyüşən həmin kəsləri müsəlman adlandırdı.
 İki müsəlman hər hansı vasitə ilə bir-birini öldürmək üçün üz-üzə gələrsə, biri digərini öldürərsə, öldürən və ölən də cəhənnəmdədir. Hədisdə qılınc misal olaraq qeyd edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4304</t>
   </si>
   <si>
     <t>ازهد في الدنيا يحبك الله، وازهد فيما عند الناس يحبك الناس</t>
   </si>
   <si>
     <t>“Dünyada zahid ol, Allah səni sevsin, insanların əlindəkinə də göz dikmə, insanlar səni sevsin”</t>
   </si>
   <si>
@@ -5642,69 +5638,69 @@
 قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
 المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
 قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
   </si>
   <si>
     <t>Gözəl əxlaqa təşviq etmək. Çünki gözəl əxlaq, yaxşılığın ən böyük göstəricilərindən biridir.
 Haqq ilə batil möminə qarışıq gəlməz. Əksinə, o, haqqı qəlbindəki nur ilə tanıyar, batildən isə uzaq durar və onu inkar edər.
 Günahın əlamətləridən biri də: qəlbin narahatlığı, təlaşı və insanların bunu bilməsini xoşlamamasıdır.
 əs-Sindi belə demişdir: Bu, insanların hansı tərəfin doğru olduğunu dəqiq bilmədiyi şübhəli işlər haqqındadır. Əks təqdirdə, şəriətdə əmr olunan və ona zidd heç bir dəlil olmadan şey, yaxşılıq hesab edilir. Eləcə də, qadağan edilən şey günahdır. Belə halda nə qəlbə müraciət etməyə, nə də onun rahatlıq tapmasına ehtiyac yoxdur.‏
 Hədisdə xitab olunan insanlar, sağlam fitrətə sahib olan insanlardır. Heç də qəlbi tərsinə dönmüş, yalnız nəfsinin istəklərinə uyğun olanı qəbul edən, yaxşılığı tanımayan və pisliyi inkar etməyən insanlar deyildir. ‏
 ət-Tibi belə demişdir: Hədisdəki (yaxşılıq) ləfzinin müxtəlif mənalarda izah edildiyi deyilmişdir. Belə ki, Peyğəmbər (sallallahu aleyhi və səlləm) (yaxşılıq) ləfzini bir yerdə "nəfsin və qəlbin rahatlıq tapdığı şey olaraq" - izah etmişdir. Bir yerdə imanla izah etmişdir. Digər bir yerdə insanı Allaha yaxınlaşdıran əməl ilə izah etmişdir. Bu hədisdə isə ‏(yaxşılıq) ləfzini gözəl əxlaq ilə izah etmişdir. Gözəl əxlaq isə insanlardan gələn əziyyətlərə səbr etmək, az qəzəblənmək, insalara təbəssüm etmək (mehriban üz ifadəsi), gözəl sözlər danışmaq və s. bu kimi gözəl xüsusiyyətlərlə izah edilmişdir. Bunların hamısı bir-birinə yaxın olan mənalardır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4308</t>
   </si>
   <si>
     <t>الدين النصيحة</t>
   </si>
   <si>
     <t>Din nəsihətdir</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
-    <t>Təmim Əd-Dəridən (Allahın salavatı və salamı onun üzərinə olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Din nəsihətdir". Biz dedik: Kimə? Peyğəmərimiz (Allahın salavatı və salamı onun üzərinə olsun): "Allaha, kitabına, rəsuluna, müsəlmanların rəhbərlərinə və bütün müsəmanlara" -deyə buyurdu.</t>
+    <t>Təmim Əd-Dəridən (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Din nəsihətdir". Biz dedik: Kimə? Peyğəmərimiz (Allahın salavatı və salamı onun üzərinə olsun): "Allaha, kitabına, rəsuluna, müsəlmanların rəhbərlərinə və bütün müsəmanlara" - deyə buyurdu.</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, din ixlas və doğruluq üzərində qurulmuşdur, Allahın vacib buyurduğu kimi tam, nöqsansız və yalan olmadan yerinə yetirilməlidir.
 Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşdular: Nəsihət kimin üçün olmalıdır? Belə cavab verdi:
-Birincisi: uca və pak olan Allah  üçün olan nəsihət. Bu, əməllərdə ixlaslı olmaq, Ona şərik qoşmamaq , Onun aləmlərin Rəbbi olmasına (rububiyyətinə) iman gətirmək, bütün ibadətlərin yalnız Ona məxsus olmasına (uluhiyyətinə) iman etmək, ad və sifətlərinə iman etmək, Onun şənini ucaltmaq və Ona iman etməyə çağırmaqla olur.
-[...3 lines deleted...]
-Beşincisi: Müsəlmanlara nəsihət : Onlara xeyirxahlıq edib, haqqa dəvət edirik, onlara əziyyət verməkdən çəkinirik, onlar üçün xeyir istəyib, ِtəqva və yaxşılıq üzərində onlarla yardımlaşırıq.</t>
+Birincisi: Uca və pak olan Allah  üçün olan nəsihət. Bu, əməllərdə ixlaslı olmaq, Ona şərik qoşmamaq, Onun aləmlərin Rəbbi olmasına (rububiyyətinə) iman gətirmək, bütün ibadətlərin yalnız Ona məxsus olmasına və sərf edilməsinə (uluhiyyətinə) iman etmək, ad və sifətlərinə iman etmək, Onun şənini ucaltmaq və Ona iman etməyə çağırmaqla olur.
+İkincisi: Allahın Kitabına - Qurani Kərimə olan nəsihət: Quranın Allahın kəlamı oluğuna, onun kitabların sonuncusu olduğuna, özündən öncəki bütün şəriətlərin hökümünü qaldırdığını etiqad edirik, onu təzim edirik. Onu layiqincə oxuyub, muhkəm (aydın olan) ayələrinə əməl edib, mütəşabih ayələrə təslim oluruq, onun ayələrini təhrif edənlərin təvillərini (öz ağıllarının məhsuluna uyğun yozmalarını) dəf edib, Quranın öyüdlərindən ibrət alıb, Quran elminin təbliği ilə ona dəvət edirik.
+Üçüncüsü: Allahın Rəsulu Muhəmməd (Allahın salavatı və salamı onun üzərinə olsun) üçün olan nəsihət: Onun elçilərin sonuncusu olduğuna etiqad edib, dediklərini təsdiq edirik, əmrlərinə tabe olub, qadağalarından çəkinirik, yalnız ona nazil olan şəriətlə Allaha ibadət edirik, onun haqqını uca tutub, ona hörmət edirik, dəvətini yayırıq, şəriətini insanlara çatdırırıq, ona qarşı edilən ittihamları rədd edirik.
+Dördüncüsü: Müsəlmanların rəhbərlərinə nəsihət: Haqq üzərə olmalarına yardım edir, idarəetmə işlərində mübahisə edib işlərinə qarışmırıq, Allaha itaət çərçivəsində onlara eşidib itaət edirik.
+Beşincisi: Müsəlmanlara nəsihət: Onlara xeyirxahlıq edib, haqqa dəvət edirik, onlara əziyyət verməkdən çəkinirik, onlar üçün xeyir istəyib, ِtəqva və yaxşılıq üzərində onlarla yardımlaşırıq.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Hər kəs üçün nəsihət əmr edilmişdir.
 Dində nəsihətin məqamının ucalığı.
 Din, etiqad, söz və əməllləri əhatə edir.
 İnsanın nəsihət olunan üçün qəlbini ona qarşı saxtakarlıqdan təmizləməsi və ona xeyir istəməsi nəsihətdən sayılır.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) gözəl təlimi, belə ki, o, bir məsələni ümumi olaraq qeyd edir, sonra onun təfsilatını açıqlayır.
 Ən önəmli olandan başlamaq. Belə ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ilk olaraq Allah üçün, sonra kitabı üçün, sonra rəsulu üçün, sonra müsəlmanların rəhbərlərinə, daha sonra isə bütün müsəlmanlar üçün olan nəsihəti qeyd etmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4309</t>
   </si>
   <si>
     <t>الرضاعة تحرم ما تحرم الولادة</t>
   </si>
   <si>
     <t>“Süd əmizdirmə, doğuşun haram etdiyi şeyləri haram edir”</t>
@@ -5734,83 +5730,83 @@
 İbn Həcər demişdir: Peyğəmbərin (sallallahu əleyhi va səlləm): “Süd əmizdirmə, doğuşun haram etdiyi şeyləri haram edir” - sözünün mənası, yəni: süd əmizdirmə, doğuşun icazəli etdiyi şeyləri icazəli edir — anlamındadır. Bu mövzu icma ilə— nikahın haramlığı və ona bağlı məsələlər, südəmər uşaq ilə süd verən qadının övladları arasında haramlığın yayılması, bir-birilərinə baxması, təklikdə qalması və birlikdə səfərə çıxması kimi hallarda yaxın qohum kimi sayılmaları — deməkdir. Lakin bu (süd analığı), analığa aid olan digər hökmləri, miras almaq, nəfəqə verməyin vacibliyi, sahib olduğu qulu azad etmək, şahidlik, diyə (qan pulu) ödəmək (öldürülmüş şəxs üçün cərimə; vira) və qisasın ləğv edilməs kimi məsələlərdə heç bir təsir göstərmir.
 Süd əmizdirmə nəticəsində yaranan haramlığın əbədi olaraq sabit qalması.
 Başqa hədislər izah edir ki, süd əmizdirmə yolu ilə yaranan qadağa yalnız bilinən beş dəfə əmizdirmədən sonra və uşağın ilk iki ili ərzində meydana gəlir.
 Qohumluq əlaqələrinə görə haram olanlar aşağıdakılardır: 
 Analar. Bura, şəcərə üzrə yuxarıya doğru ana və ata tərəfdən olan nənələr də daxildir.
 Qızlar. Bura, şəcərə üzrə aşağıya doğru qızların qızları və oğulların qızları da daxildir.
 Bacılar. Bura, həm eyni ata-anadan olan bacılar, həm də bir tərəfdən (yəni: ya ata, ya da ana tərəfdən) olan bacılar daxildir.
 Bibilər. Bura, atanıın doğma və ögəy, bütün bacıları və həmçinin, şəcərə üzrə yuxarıya doğru babaların bütün bacıları da daxildir.
 Xalalar. Bura, ananın doğma və ögəy, bütün bacıları və həmçinin, istər ata tərəfdən, istərsə də ana tərəfdən olmasından asılı olmayaraq şəcərə üzrə yuxarıya doğru nənələrin bütün bacıları da daxildir.
 Qardaş qızları və bacı qızları. Bura, şəcərə üzrə aşağıya doğru onların qızları da daxildir.
 Süd qohumluğuna görə haram olanlar: Süd qohumluğu, qan qohumluğunun haram etdiyi şeyləri haram edir. Qan qohumluğuna görə haram olan hər bir qadın, süd qohumluğu ilə də haram olur. Bundan yalnız süd qardaşının anası və süd oğlunun bacısı istisnadır, onlar haram sayılmır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4311</t>
   </si>
   <si>
     <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>Şübhəsiz ki, halal olan şeylər bəllidir, haram olan şeylər bəllidir</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
-    <t>Ən-Numan bin Bəşirdən (Allah ondan razı olsun)  rəvayət edildiyinə görə o barmağıyla qulaqlarına işarə edərək: Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim" dedi: "Şübhəsiz ki, halal olan şeylər bəllidir, haram olan şeylər bəllidir, onların arasında əksər insanların bilmədiyi şübhəli məsələr var. Kim şübhələrdən çəkinərsə, dinini və şərəfini qorumuş olar. Lakin kim şübhələrə uyarsa , harama düşmüş olar. (Onun misalı) Qoruğun ətrafında sürüsünü otaran çobanın misalı kimidir, onun sürüsü sanki qadağan edilən qoruğa daxil olmaq istəyir. Bilin ki, hər hökmdarın öz qoruğu vardır. Allahın qoruğu da, onun haramlarıdır. Agah olun ki, bədəndə bir ət parçası vardır ki, o sağlam olarsa bütün bədən sağlam olar, o pozularsa, bədənin bütün əzaları pozular. Bilin ki, bu qəlbdir.</t>
+    <t>Ən-Numan bin Bəşirdən (Allah ondan razı olsun) rəvayət edildiyinə görə o barmağıyla qulaqlarına işarə edərək: Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim" dedi: "Şübhəsiz ki, halal olan şeylər bəllidir, haram olan şeylər bəllidir, onların arasında əksər insanların bilmədiyi şübhəli məsələlər var. Kim şübhələrdən çəkinərsə, dinini və şərəfini qorumuş olar. Lakin kim şübhələrə uyarsa, harama düşmüş olar. (Onun misalı) Qoruğun ətrafında sürüsünü otaran çobanın misalı kimidir, onun sürüsü sanki qadağan edilən qoruğa daxil olmaq istəyir. Bilin ki, hər hökmdarın öz qoruğu vardır. Allahın qoruğu da, onun haramlarıdır. Agah olun ki, bədəndə bir ət parçası vardır ki, o sağlam olarsa bütün bədən sağlam olar, o pozularsa, bədənin bütün əzaları pozular. Bilin ki, bu qəlbdir".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) əşyalara dair  ümumi qaydanı açıqlayır və dində bunun üç qisim olduğunu bildirir: aşkar halallar, aşkar haramlar, halal və haramlığı aydın olmayan bənzər məsələlər, bunları isə əksər insanlar bilmirlər.
 Və kim bu şübhəli məsələləri tərk edərsə, harama batmaqdan çəkindiyinə görə dinini və ləyaqətini qoruyar, insanların qınağından  salamat olar. Şübhəli məsələlərdən uzaq durmayan kəs isə ya özünü harama düşməklə təhlükəyə atar, yaxud da öz şərəf ləyaqəti barədə insanların dedi qodusuna yol açar. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) şübhəli məsələlərə uyanın halını bəyan etmək üçün, sahibi tərfindən qorunan qoruğun ətrafında sürüsünü otaran çobanı misal gətirir, qoruğun yaxın olduğu üçün sürünün onun ərazisinə keçmə ehtimalı və təhlükəsi var. Eləcə də, kim şübhəli bir şey edərsə, harama düçar olmağa yaxın olar və bununla da özünü təhlükəyə atar. Daha sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bədəndə bir ət parçasından, o sağlam olduqda bütün bədənin sağlam, o pozulduqda isə bütün bədənin pozulduğunu və bunun da qəlb olduğunu xəbər verrir.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Hökmü bəlli olmayan şübhəli məsələni tərk etməyə rəğbətləndirmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4314</t>
   </si>
   <si>
     <t>أيها الناس، إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
   </si>
   <si>
-    <t>“Ey insanlar, həqiqətən, Uca Allah pakdır və yalnız pak olanları qəbul edər. Allah peyğəmbərlərə əmr etdiyini möminlərə də  əmr etmişdir. Uca Allah buyurur</t>
+    <t>“Ey insanlar, həqiqətən, Uca Allah pakdır və yalnız pak olanları qəbul edər. Allah peyğəmbərlərə əmr etdiyini möminlərə də  əmr etmişdir</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ، فَقَالَ: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} [المؤمنون: 51] وَقَالَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} [البقرة: 172] ثُمَّ ذَكَرَ الرَّجُلَ يُطِيلُ السَّفَرَ أَشْعَثَ أَغْبَرَ، يَمُدُّ يَدَيْهِ إِلَى السَّمَاءِ: يَا رَبِّ، يَا رَبِّ، وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالْحَرَامِ، فَأَنَّى يُسْتَجَابُ لِذَلِكَ؟».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, Allahın Rəsulu (sallallahu aleyhi və səlləm) belə demişdir: “Ey insanlar, həqiqətən, Uca Allah pakdır və yalnız pak olanları qəbul edər. Allah peyğəmbərlərə əmr etdiyini möminlərə də  əmr etmişdir. Uca Allah buyurur: “Ey peyğəmbərlər, təmiz və halal nemətlərdən yeyin və yaxşı işlər görün! Mən, həqiqətən, sizin nə etdiklərinizi bilirəm!” [Muminun: 51] O, həmçinin, buyurur: “Ey iman gətirənlər! Sizə ruzi olaraq verdiyimiz təmiz və halal nemətlərdən yeyin!” [Bəqərə: 172] Sonra Peyğəmbər (sallallahu aleyhi və səlləm) uzun müddətli səfərə çıxmış, saçları dağınıq, üst-başı da toz-torpaq içində olan və bu halda əllərini göyə qaldırıb: “Ya Rəbb, ya Rəbb!”– deyə yalvaran birisini xatırlatdı. Peyğəmbər (sallallahu aleyhi və səlləm) davam edib dedi: "Onun yediyi haram, içdiyi haram, geydiyi haram – haramla qidalanmışdır. Beləsinin duası necə qəbul ola bilər?!”</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, Allahın Rəsulu (sallallahu aleyhi və səlləm) belə demişdir: “Ey insanlar, həqiqətən, Uca Allah pakdır və yalnız pak olanları qəbul edər. Allah peyğəmbərlərə əmr etdiyini möminlərə də  əmr etmişdir. Uca Allah buyurur: “Ey peyğəmbərlər, təmiz və halal nemətlərdən yeyin və yaxşı işlər görün! Mən, həqiqətən, sizin nə etdiklərinizi bilirəm!” [Muminun 23 surəsi, ayə 51]. O, həmçinin, buyurur: “Ey iman gətirənlər! Sizə ruzi olaraq verdiyimiz təmiz və halal nemətlərdən yeyin!” [Bəqərə 2 surəsi, ayə 172]. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) uzun müddətli səfərə çıxmış, saçları dağınıq, üst-başı da toz-torpaq içində olan və bu halda əllərini göyə qaldırıb: “Ya Rəbb, ya Rəbb!”– deyə yalvaran birisini xatırlatdı. Peyğəmbər (sallallahu aleyhi və səlləm) davam edib dedi: "Onun yediyi haram, içdiyi haram, geydiyi haram – haramla qidalanmışdır. Beləsinin duası necə qəbul ola bilər?!”.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
 ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها: 
 أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك. 
 ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر. 
 ثالثًا: يرفع يديه إلى السماء بالدعاء. 
 رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب! 
 ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
   </si>
   <si>
     <t>Peyğəmbər (sallallahu aleyhi və səlləm) Uca Allahın pak, müqəddəs, bütün naqisliklərdən və eyiblərdən uzaq olduğunu, Onun kamillik sifətləri ilə vəsfləndiyini, əməllərdən, sözlərdən və əqidədən yalnız pak olanları, yəni: xalis Allah üçün və Peyğəmbərin (sallallahu aleyhi və səlləm) yoluna müvafiq olanı qəbul etdiyini, Uca Allaha yalnız belə əməllərlə yaxınlaşmağın mümkün olduğunu xəbər vermiş və həmçinin, mömin kimsəni yaxşı əməllərə nail edəcək ən əzəmətli şeyin, yeməyinin pak olması, bu da onun yeməyinin halal olması ilə ola biləcəyini və nəticədə əməlinin də yaxşı olacağını bildirmişdir. Buna görə də Uca Allah peyğəmbərlərə halal yemək və saleh əməllər barədə nəyi əmr etmişdirsə, möminlərə də eyni ilə onu əmr etmişdir. Uca Allah buyurur: “Ey peyğəmbərlər, təmiz və halal nemətlərdən yeyin və yaxşı işlər görün! Mən, həqiqətən, sizin nə etdiklərinizi bilirəm!”. Uca Allah başqa bir ayədə belə buyurur: “Ey iman gətirənlər! Sizə ruzi olaraq verdiyimiz təmiz və halal nemətlərdən yeyin!”.
 Sonra Peyğəmbər (sallallahu aleyhi və səlləm) əməli korlayan və əməlin qəbul olunması üçün nə qədər zahiri səbəblər işlənsə də, onun qəbul olunmasına mane olan haram yeməkdən çəkindirmişdir. Əməlin qəbul olunması üçün zahiri səbəblərdən bəziləri aşağıdakılardır:
 Birincisi: Həcc, cihad və qohumluq əlaqələrini birləşdirmək və s. bu kimi itaət məqsədləri üçün uzunmüddətli səfərə çıxmaq.
 İkincisi: Saçlarını daramadığı üçün saçları dağınıq, toz-torpaqdan üz-gözünün və üst-başının rəngi dəyişmiş və özüdə möhtac bir halda olmaq.
 Üçüncüsü: Dua etmək üçün iki əlini göyə qaldırır.
 Dördüncüsü: Uca Allaha gözəl adları ilə təvəssül edib: “Ya Rəbb, ya Rəbb!” – deyə yalvararaq israrla dua etməsi.
 Duanın qəbul olunma səbəblərinin olmasına baxmayaraq, onun duası qəbul olunmadı. Çünki onun yediyi, içdiyi, geydiyi haramdır və o, haramla qidalanmışdır. Belə vəsfə sahib olan kimsənin duasının qəbul olunması mümkün deyil. Axı beləsinin duasına necə cavab verilə bilər?!</t>
   </si>
   <si>
     <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
 الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
 استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
 من موانع استجابة الدعاء أكل الحرام.
 من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
@@ -5833,151 +5829,151 @@
     <t>إن الله عز وجل يبسط يده بالليل ليتوب مسيء النهار، ويبسط يده بالنهار ليتوب مسيء الليل، حتى تطلع الشمس من مغربها</t>
   </si>
   <si>
     <t>“Həqiqətən, Allah Əzzə və Cəllə günəş batdığı yerdən çıxana qədər gecə əlini uzadır ki, gündüzün günahkarı tövbə etsin, gündüz də əlini uzadır ki, gecənin günahkarı tövbə etsin</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا».</t>
   </si>
   <si>
     <t>Əbu Musadan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: “Həqiqətən, Allah Əzzə və Cəllə günəş batdığı yerdən çıxana qədər gecə əlini uzadır ki, gündüzün günahkarı tövbə etsin, gündüz də əlini uzadır ki, gecənin günahkarı tövbə etsin".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم: أنَّ الله تعالى يقبل التوبة من عباده، 
 فإن أذنب العبد ذنبًا بالنهار وتاب بالليل قَبِلَ الله توبته، وإن أذنب ذنبًا بالليل وتاب بالنهار قَبل الله توبته، 
 ويبسط يده سبحانه للتوبة فرحًا بها، وقبولًا لها، ولا يزال باب التوبة مفتوحًا حتى تطلع الشمس من مغربها إيذانًا بانتهاء الدنيا، فإذا طلعت فإن باب التوبة يُغلق.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Uca Allah qullarından tövbəni qəbul edir. Əgər qul gündüz günah edib gecə tövbə etsə, Allah onun tövbəsini qəbul edər, əgər gecə günah edib gündüz tövbə etsə, Allah onun tövbəsini qəbul edər. Pak olan Allah  qulunun tövbəsinə sevindiyindən və onu qəbul etmək üçün tövbəyə əlini uzadar və dünyanın sonunu bildirən günəşin qərbdən çıxmasına qədər tövbə qapısı açıq qalır. (Günəş) qərbdən  çıxdıqda, artıq tövbə qapısı bağlanacaq.</t>
   </si>
   <si>
     <t>قبول التوبة مستمر ما دام بابها مفتوحًا، ويغلق بابها بمطلع الشمس من مغربها، وأن يتوب الإنسان قبل غرغرة الموت، وهي وصول الروح إلى الحلقوم.
 عدم اليأس والقنوط بسبب الذنب، فإن عفو الله سبحانه ورحمته واسعة، وباب التوبة مفتوح.
  شروط التوبة: الأول: الإقلاع عن المعصية، والثاني: الندم على فعلها، والثالث: العزم على ألّا يعود إليها أبدًا، هذا إن كانت في حقوق الله تعالى، وإن كانت متعلِّقة بحق من حقوق العباد، فيشترط لصحة التوبة أن يؤدي ذلك الحق إلى صاحبه، أو يعفو عنه صاحب الحق.</t>
   </si>
   <si>
-    <t>Tövbə qapısı açıq olduğu müddətdə  qəbul olunmağa  davam edər. Günəşin qərbdən çıxması ilə onun qapısı bağlanar. Bir də, ölüm qarqarasından əvvəl- ruh boğaza yetişməzdən əvvəl insanın tövbə etməsi (qəbuldur).
+    <t>Tövbə qapısı açıq olduğu müddətdə  qəbul olunmağa  davam edər. Günəşin qərbdən çıxması ilə onun qapısı bağlanar. Bir də, ölüm qarqarasından əvvəl - ruh boğaza yetişməzdən əvvəl insanın tövbə etməsi (qəbuldur).
 Günaha görə ümidsizliyə düşmək olmaz. Çünki, Pak olan Allahın bağışlaması və rəhməti genişdir və tövbə qapısı açıqdır.
 Tövbənin şərtləri: Birincisi: günahı tərk etmək, ikincisi: günah etdiyinə görə peşman olmaq, üçüncüsü: əgər günah Uca Allahın haqlarındandırsa, ona bir daha qayıtmamağa əzmli olmaq, yox əgər qulların haqlarından olan bir haqla əlaqəlidirsə, tövbənin düzgün olması üçün həmin haqqı sahibinə qaytarmaq və ya haqq sahibinin onu bağışlaması şərtdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4318</t>
   </si>
   <si>
     <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
-    <t>Həqiqətən, Allah hər bir şeydə və əməldə gözəl davranmağı əmr edib,</t>
+    <t>Həqiqətən, Allah hər bir şeydə və əməldə gözəl davranmağı əmr edib</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
-    <t>Şəddad bin Əvs (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) iki şey əzbərlədim: O buyurdu: "Həqiqətən, Allah hər bir şeydə və əməldə gözəl davranmağı əmr edib, əgər (haqlı olaraq kimisə) öldürəcəksinizsə onu gözəl qaydada öldürün, heyvan kəsəcəksinizsə, onu gözəl üslubla kəsin. Sizdən biriniz bıçağını itiləsin, heyvanı kəsdikdə ona əziyyət verməsin."</t>
+    <t>Şəddad bin Əvs (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) iki şey əzbərlədim: O buyurdu: "Həqiqətən, Allah hər bir şeydə və əməldə gözəl davranmağı əmr edib, əgər (haqlı olaraq kimisə) öldürəcəksinizsə onu gözəl qaydada öldürün, heyvan kəsəcəksinizsə, onu gözəl üslubla kəsin. Sizdən biriniz bıçağını itiləsin, heyvanı kəsdikdə ona əziyyət verməsin".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) uca Allahın bütün işlərdə ihsanı bizə vacib buyurduğunu xəbər verir. İhsan- insanın ibadətdə, xeyir əməl etməkdə, məxluqata əziyyət verməməkdə daima Allahın nəzarəti altında olduğunu bilməsidir. Qətldə və heyvanın kəsilməsində də ihsan məhz bu qəbildəndir.
 Qisas hökmünün həyata keçirilməsində ihsan: məhkum üçün ən asan, ən yüngül və ən sürətli qətl vasitəsini seçməkdir.
 Heyvanı kəsərkən ihsan: kəsici aləti heyvandan aralı məsafədə itiləmək, həmçinin onu digər heyvanların  gözü önündə kəsməməklə şəfqət göstərməkdir.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>İzzət və Cəlal sahibi Allahın qullarına lütfü və rəhməti.
 Qətl və heyvan kəsimində ihsan, şəriətə uyğun olmasıdır.
 Şəriətin kamiliyyi və bütün xeyirləri əhatə etməsi. Heyvana rəhmət və şəfqət də buna misaldır.
-Bir insanın öldürüldükdən sonra orqanlarını kəsməyin qadağan edilməsi.
+Bir insanın öldürüldükdən sonra orqanlarını kəsməyin (eybəcərləşdirməyin) qadağan edilməsi.
 Heyvana əziyyət verən hər bir şeyin haramlığı.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4319</t>
   </si>
   <si>
     <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك، فمن هم بحسنة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له عنده عشر حسنات إلى سبعمائة ضعف، إلى أضعاف كثيرة، ومن هم بسيئة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له سيئة واحدة</t>
   </si>
   <si>
     <t>Şübhəsiz ki, Allah yaxşılıq və pislikləri yazdıqdan sonra, onları belə açıqladı: Kim bir yaxşılıq etmək istərsə, lakin bunu edə bilməzsə, Allah bunu onun üçün Öz dərgahında bir yaxşılıq kimi yazar. Əgər bir kəs xeyir əməli istəyib onu edərsə, Allah Öz dərgahında həmin şəxs üçün bu yaxşılığı on mislindən yeddi yüz mislinə qədər, hətta daha çox yazar. Əgər insan pis bir əməli etmək istəyər, lakin onu etməkdən əl çəkərsə, Allah bunu onun üçün bir yaxşılıq olaraq yazar, əgər bu pis əməli etmək istəyər və edərsə, Allah sadəcə onun üçün bunu bir günah olaraq yazar</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ عَزَّ وَجَلَّ قَالَ: قَالَ: «إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً».</t>
   </si>
   <si>
     <t>İbn Abbbasdan (Allah onların hər ikisindən razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) izzət və cəlal sahibi Rəbbindən belə rəvayat etmişdir: "Şübhəsiz ki, Allah yaxşılıq və pislikləri yazdıqdan sonra, onları belə açıqladı: Kim bir yaxşılıq etmək istərsə, lakin bunu edə bilməzsə, Allah bunu onun üçün Öz dərgahında bir yaxşılıq kimi yazar. Əgər bir kəs xeyir əməli istəyib onu edərsə, Allah Öz dərgahında həmin şəxs üçün bu yaxşılığı on mislindən yeddi yüz mislinə qədər, hətta daha çox yazar. Əgər insan pis bir əməli etmək istəyər, lakin onu etməkdən əl çəkərsə, Allah bunu onun üçün bir yaxşılıq olaraq yazar, əgər bu pis əməli etmək istəyər və edərsə, Allah sadəcə onun üçün bunu bir günah olaraq yazar".</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, Allah yaxşılıq və pislikləri öncədən müəyyən etmiş və sonra (yazan) iki mələyə onları necə yazacaqlarını bildirmişdir:
-Kim xeyir əməli etmək istəyib ona niyyətlənər və ona əzm göstərərsə, bu əməli etməsə belə, ona bir savab yazılar, əgər bu xeyir işi edərsə, ona on mislindən yeddi yüz mislinə, hətta daha çox savab yazılar. Savabdakı bu əlavə- qəlbdəki ixlas və faydalı əməllərin dərəcəsinə və miqdarına və buna bənzər əməllərə görədir.
-Hər kim də, pis əmələ niyyət edər, ona əzm edər, lakin, Allah üçün onu tərk edərsə, Allah bunu onun üçün bir savab olaraq yazar və əgər məşğul olub səbəblərini yerinə yetirmədiyi üçün bu əməli etməzsə, ona heç bir şey yazılmaz. Aciz olub bu əməli etməyi bacarmazsa, niyyətinə görə yazılar. Əgər pis əməli edərsə, onun üçün bir günah olaraq  yazılar.</t>
+Kim xeyir əməli etmək istəyib ona niyyətlənər və ona əzm göstərərsə, bu əməli etməsə belə, ona bir savab yazılar, əgər bu xeyir işi edərsə, ona on mislindən yeddi yüz mislinə, hətta daha çox savab yazılar. Savabdakı bu əlavə - qəlbdəki ixlas və faydalı əməllərin dərəcəsinə və miqdarına və buna bənzər əməllərə görədir.
+Hər kim də, pis əmələ niyyət edər, ona əzm edər, lakin, Allah üçün onu tərk edərsə, Allah bunu onun üçün bir savab olaraq yazar və əgər məşğul olub səbəblərini yerinə yetirmədiyi üçün bu əməli etməzsə, ona heç bir şey yazılmaz. Aciz olub bu əməli etməyi bacarmazsa, niyyətinə görə yazılar. Əgər pis əməli edərsə, onun üçün bir günah olaraq yazılar.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>Xeyir əməlin savabının qat-qat artması, bunun Allah dərgahında yazılması və pis əməllərin sadəcə misliylə əvəzinin verilməsi, Allahın bu ümmətə olan böyük lütfüdür.
 Əməllərdə niyyətin əhəmiyyəti və onlara təsiri.
 İzzət və cəlal sahibi olan Allahın lütfü, şəfqəti və rəhmətidir ki, kim bir xeyir əmələ niyyət edərsə, lakin ona müvəffəq olmazsa, Allah həmin niyyəti xeyir əməl olaraq yazar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4322</t>
   </si>
   <si>
     <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
   </si>
   <si>
     <t>Həqiqətən Allah sizin zahirinizə, var-dövlətinizə yox, qəlblərinizə və əməllərinizə baxar</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: Həqiqətən Allah sizin zahirinizə, var-dövlətinizə yox, qəlblərinizə və əməllərinizə baxar.</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Həqiqətən Allah sizin zahirinizə, var-dövlətinizə yox, qəlblərinizə və əməllərinizə baxar".</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, uca və pak olan Allah qulların zahiri görünüşlərinə və bədənlərinə baxmaz ki, onlar  gözəldir və yaxud eyiblidir, böyükdür yoxsa kiçikdir, sağlamdır və yoxsa xəstədir ? Həmçinin onların mal-dövlətinə da baxmaz ki, çoxdur və ya azdır? İzzət və cəlal sahibi olan Allah qullarını bu meyarlara və  fərqliliklərə görə hesaba çəkib qınamaz. Əksinə onların qəlblərinə, qəlblərindəki  yəqinliyə və təqvaya, səmimiliyə və ixlasa baxar, həmçinin qəlblərindəki riyakarlıq və şan-şöhrət meyillərinə, əmməllərin doğru olub olmamasına baxar. Buna əsasən də  mükafat və ya cəza verər.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, uca və pak olan Allah qulların zahiri görünüşlərinə və bədənlərinə baxmaz ki, onlar  gözəldir və yaxud eyiblidir, böyükdür yoxsa kiçikdir, sağlamdır və yoxsa xəstədir? Həmçinin onların mal-dövlətinə da baxmaz ki, çoxdur və ya azdır? İzzət və cəlal sahibi olan Allah qullarını bu meyarlara və  fərqliliklərə görə hesaba çəkib qınamaz. Əksinə onların qəlblərinə, qəlblərindəki  yəqinliyə və təqvaya, səmimiliyə və ixlasa baxar, həmçinin qəlblərindəki riyakarlıq və şan-şöhrət meyillərinə, əmməllərin doğru olub olmamasına baxar. Buna əsasən də  mükafat və ya cəza verər.</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
   </si>
   <si>
     <t>Qəlbin islahı və bütün çirkinliklərdən təmizlənməsinə önəm vermək.
 Qəlbin islahı ixlas, əməlin islahı isə Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) tabe olmaqla gerçəkləşir və bunlar uca Allah dərgahında ölçü və meyardır.
 İnsan öz var-dövlətinə, zahiri gözəlliyinə, bədəninə, bu dünyada olan heç nəyə aldanmamalıdır.
 Daxili islah etmədən, zahirə önəm verməkdən çəkindirmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4555</t>
   </si>
   <si>
     <t>إن الله ورسوله حرم بيع الخمر، والميتة والخنزير والأصنام</t>
   </si>
   <si>
     <t>Allah və Rəsulu şərab, ölü əti, donuz və bütlərin satışını haram etmişdir</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُمَا أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ عَامَ الفَتْحِ وَهُوَ بِمَكَّةَ: «إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ»، فَقِيلَ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ شُحُومَ المَيْتَةِ، فَإِنَّهَا يُطْلَى بِهَا السُّفُنُ، وَيُدْهَنُ بِهَا الجُلُودُ، وَيَسْتَصْبِحُ بِهَا النَّاسُ؟ فَقَالَ: «لاَ، هُوَ حَرَامٌ»، ثُمَّ قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عِنْدَ ذَلِكَ: «قَاتَلَ اللَّهُ اليَهُودَ إِنَّ اللَّهَ لَمَّا حَرَّمَ شُحُومَهَا جَمَلُوهُ، ثُمَّ بَاعُوهُ، فَأَكَلُوا ثَمَنَهُ».</t>
   </si>
@@ -6084,112 +6080,112 @@
   </si>
   <si>
     <t>Əməllər niyyətlərə görədir, hər kəsə niyyətinə görə verilir</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
     <t>Ömər bin Əl-Xattabdan (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Əməllər niyyətə görədir, həqiqətən insan niyyəti üzərindədir, kimin hicrəti Allah və rəsulu üçün olarsa, onun hicrəti Allah və rəsulu üçündür, kimin hicrəti əldə edəcəyi dünya və evlənəcəyi qadın olarsa, hicrəti də niyyətinə uyğun olar".
  Buxarinin ləfzində: "Əməllər niyyətlərə görədir, hər kəsə niyyətinə görə verilir."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, bütün əməllər niyyətlə tam olub etibarlı sayılır və bu hökm, ibadətdə və insanlar arasındakı müxtəlif əlaqəli əməllərə şamil olunan ümumi hökmdür, kim əməliylə mənfəət güdərsə, yalnız o mənfəətə nail olar, savaba çatmaz, lakin kim əməliylə, uca Allaha yaxınlaşmağı niyyət edərsə - hətta bu əməli gündəlik etdiyi yemək və içmək kimi əməllər olsa belə - əməlinin mükafatına və savabına çatmış olar.
 Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) edilən əməllərin zahirinə görə bənzər olmasına baxmayaraq, onlara niyyətin təsirini bəyan etmək üçün misal çəkərək bildirir ki, kim hicrəti və vətənini tərk etməklə Rəbbinin razılığını umarsa, onun hicrəti qəbul edilmiş şərii hicrətdir, niyyətinin doğruluğuna görə  savab qazanacaq, kim hicrətiylə mal-dövlət, şöhrət, ticarət, evlənəcəyi qadın kimi dünyəvi mənfəət güdərsə, hicrətindən yalnız  niyyət etdiyi mənfəəti əldə edəcək, lakin əcr və savab qazanmayacaq.</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
   </si>
   <si>
-    <t>İxlasa təşviq , çünki Allah yalnız Onun razılığı üçün edilmiş əməli qəbul edir.
+    <t>İxlasa təşviq, çünki Allah yalnız Onun razılığı üçün edilmiş əməli qəbul edir.
 İzzət və cəlal sahibi olan Allaha yaxınlaşdıran əməlləri mükəlləf olan insan adət olaraq edərsə, bunları Allah üçün etmədikcə, savab əldə etməz.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4560</t>
   </si>
   <si>
     <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
   </si>
   <si>
-    <t>İslam, Allahdan başqa ibadətə layiq ilah olmadığına, Muhəmmədin Allahın elçisi olduğuna şəhadət etməyin, namaz qılmağın, zəkat verməyin, Ramazan ayının orucunu tutmağın və imkanın olduğu təqdirdə Allahın evini (Kəbəni) həcc  etməyindir</t>
+    <t>İslam, Allahdan başqa ibadətə layiq ilah olmadığına, Muhəmmədin Allahın elçisi olduğuna şəhadət etməyin, namaz qılmağın, zəkat verməyin, Ramazan ayının orucunu tutmağın və imkanın olduğu təqdirdə Allahın evini (Kəbəni) həcc etməyindir</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
   </si>
   <si>
     <t>Ömər bin Əl Xattabdan (Allah ondan razı olsun) rəvayət edildiyinə görə o belə dedi: Bir gün biz Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) ətrafında oturduğumuz zaman qəflətən içəriyə dümağ paltarlı, zil qara saçlı, üzərində səfərdən əsər-əlamət olmayan və  heç birimizin  tanımıdığı bir adam daxil oldu. O Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun)  önündə oturub, dizlərini onun dizlərinə söykədi. Sonra əllərini dizləri üzərinə qoyub belə dedi:
 "Ey Muhəmməd, mənə islam haqqında xəbər ver!"
-Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu:"İslam, Allahdan başqa ibadətə layiq ilah olmadığına, Muhəmmədin Allahın elçisi olduğuna şəhadət etməyin, namaz qılmağın, zəkat verməyin, Ramazan ayının orucunu tutmağın və imkanın olduğu təqdirdə Allahın evini (Kəbəni) həcc  etməyindir." 
-Sual verən şəxs: "doğru söylədin"- dedi. 
+Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "İslam, Allahdan başqa ibadətə layiq ilah olmadığına, Muhəmmədin Allahın elçisi olduğuna şəhadət etməyin, namaz qılmağın, zəkat verməyin, Ramazan ayının orucunu tutmağın və imkanın olduğu təqdirdə Allahın evini (Kəbəni) həcc etməyindir." 
+Sual verən şəxs: "doğru söylədin" - dedi. 
 "Biz buna təəccübləndik, o həm soruşur, həm də təsdiqləyirdi."
-Sonra o dedi: "Ey Muhəmməd, mənə iman haqqında xəbər ver!"  Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "İman: Allaha, Onun mələklərinə, peyğəmbərlərinə, kitablarına, axirət gününə və qədərə -xeyrinə və şərinə- inanmağındır."
+Sonra o dedi: "Ey Muhəmməd, mənə iman haqqında xəbər ver!". Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "İman: Allaha, Onun mələklərinə, peyğəmbərlərinə, kitablarına, axirət gününə və qədərə - xeyrinə və şərinə - inanmağındır."
 Sual sahibi: "Doğru söylədin." dedi. Sonra: "Ey Muhamməd! Mənə İhsan haqqında söylə" deyə buyurdu. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun):
 "İhsan odur ki, Allaha ibadəti  sanki Onu görürmüşsən kimi edirsən, əgər bunu bacarmasan, O səni görürmüş kimi ibadət et." deyə cavab verdi. 
 Sual sahibi (bu dəfə): "Qiyamət nə vaxt qopacaq?" deyə soruşdu. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun):
-"Soruşulan bu xüsusda  soruşandan daha məlumatlı deyildir."- deyə cavab verdi. Həmin adam təkrar sual verdi: "O halda, Qiyamətin əlamətləri nədir?" Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu:
+"Soruşulan bu xüsusda  soruşandan daha məlumatlı deyildir." - deyə cavab verdi. Həmin adam təkrar sual verdi: "O halda, Qiyamətin əlamətləri nədir?". Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu:
 "Cariyənin öz ağasını dünyaya gətirməsi, həmçinin yalın ayaq, çılpaq, yoxsul çobanların (yəni bədəvilərin), yüksək binalar tikməkdə bir birilərilə yarışdıqlarını görməyindir." 
 Sonra həmin şəxs çıxıb getdi.
-(Ömər dedi): Bir müddət dayandım, sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)  mənə:
-"Ey Ömər! O sualları soruşan şəxsin kim olduğunu bilirsənmi?"  deyərək soruşdu. Dedim: "Allah və Rəsulu doğrusunu bilir."  Peyəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "O, Cəbrayıl idir. Sizə dininizi öyrətmək üçün gəlmişdi."</t>
+(Ömər dedi): Bir müddət dayandım, sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) mənə:
+"Ey Ömər! O sualları soruşan şəxsin kim olduğunu bilirsənmi?" deyərək soruşdu. Dedim: "Allah və Rəsulu doğrusunu bilir." Peyəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "O, Cəbrayıl idir. Sizə dininizi öyrətmək üçün gəlmişdi."</t>
   </si>
   <si>
     <t>يُخبِرُ عمر بن الخطاب رضي الله عنه أنّ جبريل عليه السلام خرج على الصحابة رضي الله عنهم بصورةِ رجلٍ لا يُعرف، ومن صفاته أنّ ثيابَه شديدة البياض، وشعرَه شديد السواد، لا يُرى عليه أَثَرُ السَّفَر من ظهور التعب، والغبار، وتفرُّق الشَّعَر، واتساخ الثياب، ولا يَعرفه أحدٌ من الحاضرين، وهم جلوس عند النبي صلى الله عليه وسلم، فَجَلسَ بين يدي النبي صلى الله عليه وسلم جِلْسَة المُتَعلِّم، فسأله عن الإسلام، فأجابه بهذه الأركان التي تتضمن الإقرار بالشهادتين، والمحافظة على الصلوات الخمس، وأداء الزكاة لمستحقيها، وصيام شهر رمضان، وأداء فريضة الحج على المستطيع.
 فقال السائل: صدقت، فاستغرب الصحابةُ من سؤالِه الدَّالِّ على عَدَمِ معرفتِه فيما يَظهر ثم تصديقِه.
 ثم سأله عن الإيمان، فأجابه بهذه الأركان الستة المتضمنة الإيمان بوجود الله تعالى وصفاته، وإفراده بأفعاله كالخلق، وإفراده بالعبادة، وأن الملائكة التي خلقها الله من نور عباد مُكْرَمون لا يعصون الله تعالى وبأمره يعملون، والإيمان بالكتب المنزلة على الرُّسُل من عند الله تعالى، كالقرآن والتوراة والإنجيل وغيرها، وبالرسل المبلِّغين عن الله دينَه، ومنهم نوح وإبراهيم وموسى وعيسى وآخرهم محمد صلى الله عليهم وسلم، وغيرهم من الأنبياء والرسل، والإيمان باليوم الآخر، ويدخل فيه ما بعد الموت من القبر والحياة البرزخية، وأن الإنسان يُبعث بعد الموت ويُحاسب، ويكون مصيره إما إلى الجنة أو النار، والإيمان بأنَّ الله قدَّرَ الأشياء حسبما سَبَق به علمُه واقتضته حكمتُه وكتابته لذلك، ومشيئته له، ووقوعها على حسب ما قدَّرها، وخلقَه لها.
 ثم سأله عن الإحسان، فأخبره أن الإحسان أن يَعبُدَ اللهَ كأنه يراه، فإن لم يَتَحقَّق له الوصولُ إلى هذه المنزلة فلْيَعبُدِ اللهَ تعالى كأنَّ اللهَ يُشاهدُه، فالأولى منزلة المشاهدة، وهي أعلى، والثانية منزلة المراقبة.
 ثم سأله متى الساعة؟ فبيَّن النبيُّ صلى الله عليه وسلم أنَّ عِلْمَ الساعة ممّا استأثر الله بعلمه، فلا يعلمه أحد من الخلق، لا المسؤول عنها ولا السائل.
 ثم سأله عن علامات الساعة؟ فبين أنَّ مِن علاماتِها كثرةَ السراري وأولادِها، أو كثرةَ عقوقِ الأولاد لأمهاتِهم يعاملونهن معاملة الإماء، وأن رعاةَ الغنم والفقراء تُبسط لهم الدنيا في آخر الزمان، فيتفاخرون في زخرفة المباني وتشييدِها.
 ثم أخبر النبيُّ صلى الله عليه وسلم أنَّ السائل هو جبريل جاء لتعليم الصحابة هذا الدين الحنيف.</t>
   </si>
   <si>
     <t>Ömər bin Əl-Xattab (Allah ondan razı olsun) xəbər verir ki, Cəbrayıl (Allahın ona salamı olsun) kimsənin tanımadığı insan şəklində onların yanına gəlir. O, ağappaq libaslı, qap-qara saçlı, üzərində toz-torpaq, yorğunluq, dağınıq saç, bulaşmış paltar kimi hər hansı bir səfər əlaməti olmayan və aramızda onu  heç kimin tanımadığı bir adam surətində idi. Sahabələr Peyğmbərin (Allahın salavatı və salamı onun üzərinə olsun) ətrafında ikən, o yaxınlaşıb Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) qarşısında tələbə oturuşu ilə əyləşir və İslam haqqında soruşur. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) cavab olaraq: şəhadət kəliməsi, beş vaxt namaz qılmaq, layiq olanlara zəkat vermək, Ramazan ayını oruc tumaq, imkanı çatdığı təqdirdə həcc etmək kimi İslamın ərkanları barədə ona məlumat verir.
-Sual verən kəs dedi: Doğru buyurdun! Məlumatsız olduğuna bənzəyən şəxsin ilk olaraq sual verib , sonra isə sualın cavabını təsdiq etməsinə səhabələr təəccüb etdilər.
-[...2 lines deleted...]
-Sonra Qiyamətin əlamətləri haqqında soruşduqda Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, kölələrin və övladlarının sayının artmaları, yaxud övladların valideynlərin üzünə ağ olub, onlarla kölə kimi davranmaları, qoyun otaranların və kasıbların  Qiyamətə yaxın zənginləşib, binalar ucaltmaları və onları bəzəmədə yarışaraq bir-biri qarşısında fəxr etmələri Qiyamətin əlamətlərindəndir.
+Sual verən kəs dedi: Doğru buyurdun! Məlumatsız olduğuna bənzəyən şəxsin ilk olaraq sual verib, sonra isə sualın cavabını təsdiq etməsinə səhabələr təəccüb etdilər.
+Sonra o iman haqqında soruşduqda Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) da uca Allahın mövcudluğuna və Onun sifətlərinə iman, yaratma kimi bütün fellərində tək olmasına, həmçinin ibadətə yalnız  tək Onun layiq olduğuna, Allahın mələkləri nurdan yaratdığına, Ona üsyan etməyən və əmrlərini yerinə yetirən hörmətli qulları olduğuna, uca Allah tərəfindən peyğəmbərlərinə endirilən Quran, Tövrat, İncil və digər kitablara iman, Nuh, İbrahim, Musa, İsa, peyğəmbərlərin sonuncusu olan Muhəmməd (Allahın salavatı və salamı onların üzərinə olsun) və digər bütün peyğəmbərlərə və onların Allahın dinini insanlara çatdırdıqlarına iman, ölümdən sonrakı qəbr həyatına və bərzəx dünyasına, insanların dirilib hesaba çəkiləcəyi və bunun nəticəsində ya cənnətə, ya cəhənnəmə gedəcəyini əhatə edən axirət gününə, Allahın bütün hər şeyi əzəli elmi və doğuran hikməti ilə təqdir etməsinə, bunları qeydlə yazdığına, istədiyi və təqdir etdiyi şəkildə reallaşacağına və yaradacağına iman etmək barədə altı əsası bildirmişdir. Sonra ihsan haqqında soruşduqda Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, ihsan Allahı sanki görürmüşsən kimi ibadət etməkdir, hətta bu məqama yetişilməsə belə, uca Allaha elə ibadət et ki, sanki Onun nəzarəti altındasan. Buna görə də birinci və ən uca məqam Allahı görürmüş kimi ibadət etməkdir, ikinci məqam isə, Onun səni gördüyünü, Onun nəzarətini bilərək ibadət etməkdir.
+Sonra bu adam Qiyamətin nə zaman qopacağını soruşur. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, Qiyamətin qopacağı gün yalnız Allaha məlumdur, onu yaradılmışlardan kimsə bilmir, bu haqda nə soruşulan, nə də soruşan məlumatlı deyildir.
+Sonra Qiyamətin əlamətləri haqqında soruşduqda Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, kölələrin və övladlarının sayının artmaları, yaxud övladların valideynlərin üzünə ağ olub, onlarla kölə kimi davranmaları, qoyun otaranların və kasıbların Qiyamətə yaxın zənginləşib, binalar ucaltmaları və onları bəzəmədə yarışaraq bir-biri qarşısında fəxr etmələri Qiyamətin əlamətlərindəndir.
 Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, sual verən kəs, mələk- Cəbrayıldır (Allahın ona salamı olsun), sahabələrə  tövhid dini olan İslamı öyrətmək üçün gəlmişdir.</t>
   </si>
   <si>
     <t>حُسْن خُلُقِ النبي صلى الله عليه وسلم، وأنه يجلس مع أصحابه ويجلسون إليه.
 مشروعية الرفق بالسائل وتقريبه، ليتمكن من السؤال غير مُنْقَبِضٍ ولا خائف.
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
-    <t>Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) sahabələrlə birgə oturması və səhabələrin də onun ətrafında toplanması,onun gözəl əxlaqının göstəricisindəndir.
+    <t>Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) sahabələrlə birgə oturması və səhabələrin də onun ətrafında toplanması, onun gözəl əxlaqının göstəricisindəndir.
 Soruşan kəsin qorxmadan və sıxınmadan sual verə bilməsi üçün ona qarşı yumşaq olmaq və yaxınlaşmasına icazə vermək.
 Müəllimə qarşı ədəb. Cəbrayıl (Allahın salamı üzərinə olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) önündə öyrənmək istəyən ədəbli bir tələbə  kimi əyləşir.
 İslamın rükunları beşdir, imanın əsasları altıdır.
 İslam və iman bir yerdə qeyd edilkdə, İslam zahiri əməllər, iman isə daxili əməllər olaraq şərh edilir.
 Dinin dərəcələrinin ardıcıllıqla fərqliliyi bəyan edilmişdir, ilk dərəcə İslamdır, ikinci iman, üçüncü isə ihsandır ki, o da ən yüksək dərəcədir.
 Adətən sual verən kəs bilmədiyi şeyi soruşar, bilmədiyi üçün sual verər. Ona görə sahabələr verilən suala və onun təsdiqinə təəccüb etdilər.
 Məsələlər ən önəmli olanlarla başlanır. Buna görə də İslamın izahında birinci olaraq şəhadət kəliməsi ilə, imanın izahında isə Allaha imanla başlanılmışdır.
 Sual verən kəsin bildiyi bir şeyi başqalarının öyrənməsi üçün elm əhlindən soruşması.
 Qiyamətin qopacaq vaxtının bilgisi yalnız Allaha məxsusdur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4563</t>
   </si>
   <si>
     <t>دع ما يريبك إلى ما لا يريبك، فإن الصدق طمأنينة، وإن الكذب ريبة</t>
   </si>
   <si>
     <t>Səni şübhəyə salan şeyi, şübhəyə salmayan şeylə dəyiş. Çünki düzlük arxayınlıqdır, yalan isə şübhədir</t>
   </si>
   <si>
     <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
   </si>
   <si>
     <t>Əbu əl-Həvra əs-Sədi rəvayət edir ki, mən Həsən bin Əliyə (Allah onların hər ikisindən razı olsun) dedim: Sən Allahın Rəsulundan (sallallahu aleyhi və səlləm) nə əzbərləmisən? O, dedi: Mən Allah Rəsulundan (sallallahu aleyhi və səlləm) bunu əzbərləmişəm: "Səni şübhəyə salan şeyi, şübhəyə salmayan şeylə dəyiş. Çünki düzlük arxayınlıqdır, yalan isə şübhədir".</t>
   </si>
@@ -6244,77 +6240,77 @@
   <si>
     <t>صلاةُ المنفرد في بيتِه أو سوقِه صحيحةٌ، ولكنه يأثمُ لترك الجماعة بلا عذر.
 صلاة الجماعة في المسجد أفضل من صلاة الإنسان منفردًا بخمس أو ست أو سبع وعشرين درجة.
 من وظائف الملائكة الدعاء للمؤمنين.
 فضل الذهاب للمسجد متوضئًا.</t>
   </si>
   <si>
     <t>Kişinin evində və ya bazarda təkbaşına qıldığı namazı  səhihdir, lakin üzr olmadan camaat namazını tərk edərsə, günah etmiş olur.
 Məsciddə qılınan camaat namazı, insanın təkbaşına qıldığı namazdan iyirmi beş, iyirmi altı və ya iyirmi yeddi dəfə daha fəzilətlidir (üstündür).
 Mələklərin vəzifələrindən biri də, möminlər üçün dua etməkdir.
 Məscidə dəstəmazlı halda getməyin fəziləti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4566</t>
   </si>
   <si>
     <t>كل سلامى من الناس عليه صدقة</t>
   </si>
   <si>
     <t>İnsandakı hər bir oynaq sümüyünə görə sədəqə vermək lazımdır</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ يَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَيُعِينُ الرَّجُلَ عَلَى دَابَّتِهِ فَيَحْمِلُ عَلَيْهَا أَوْ يَرْفَعُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ يَخْطُوهَا إِلَى الصَّلاَةِ صَدَقَةٌ، وَيُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: İnsandakı hər bir oynaq sümüyünə görə sədəqə vermək lazımdır Günəşin doğduğu hər gündə iki insanın arasında ədalətlə hökm verməyin sədəqədir, bir kişini miniyinə mindirməyin və onu daşımağın və ya onun yükünü miniyinə yükləməyin sədəqədir, gözəl söz sədəqədir. Namaz qılmaq üçün məscidə  atdığın hər addımın sədəqədir, yoldan insanlara əziyyət verən şeyləri götürmək sədəqədir."</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: "İnsandakı hər bir oynaq sümüyünə görə sədəqə vermək lazımdır, günəşin doğduğu hər gündə iki insanın arasında ədalətlə hökm verməyin sədəqədir, bir kişini miniyinə mindirməyin və ya onun yükünü miniyinə yükləməyin sədəqədir, gözəl söz sədəqədir. Namaz qılmaq üçün məscidə  atdığın hər addımın sədəqədir, yoldan insanlara əziyyət verən şeyləri götürmək sədəqədir".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، 
 وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: 
 عدلك وإصلاحك بيـن متخاصمين صدقةٌ،
 وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، 
 والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ،
 وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، 
 وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər bir mükəlləf müsəlmanın sağlam olduğu üçün və bədən üzvlərinin yığılıb-açılması üçün sümüklərində oynaqlar yaratdığına görə Allaha şükür olaraq hər gün hər sümük birləşməsinin sayı qədər Allaha könüllü olaraq sədəqə verməsi lazım olduğunu bəyan edir. Bu sədəqə bütün yaxşı əməllərlə həyata keçirilir və yalnız pul verməklə olmur, bu əməllərdən: Sənin ədalətli olmağın və münaqişə edən iki tərəfin arasını islah etməyin sədəqədir. Aciz olan bir kəsə yardım edib onu heyvanın üzərinə mindərməyin və onu daşımağın və ya onun əşyalarını qaldırmağın sədəqədir. Zikr, dua, salam və digər xoş sözlər sədəqədir. Namaza doğru (məscidə gedərkən) atdığın hər addım sədəqədir. Yolda əziyyət verən bir şeyi yoldan götürmək sədəqədir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər bir mükəlləf müsəlmanın sağlam olduğu üçün və bədən üzvlərinin yığılıb-açılması üçün sümüklərində oynaqlar yaratdığına görə Allaha şükür olaraq hər gün hər sümük birləşməsinin sayı qədər Allaha könüllü olaraq sədəqə verməsi lazım olduğunu bəyan edir. Bu sədəqə bütün yaxşı əməllərlə həyata keçirilir və yalnız pul verməklə olmur, bu əməllərdən: Sənin ədalətli olmağın və münaqişə edən iki tərəfin arasını islah etməyin sədəqədir. Aciz olan bir kəsə yardım edib onu heyvanın üzərinə mindərməyin və ya onun əşyalarını qaldırmağın sədəqədir. Zikr, dua, salam və digər xoş sözlər sədəqədir. Namaza doğru (məscidə gedərkən) atdığın hər addım sədəqədir. Yolda əziyyət verən bir şeyi yoldan götürmək sədəqədir.</t>
   </si>
   <si>
     <t>تركيب عظام الآدمي وسلامتها من أعظم نعم الله تعالى عليه، فيحتاج كل عظم منها إلى تصدق عنه بخصوصه ليتم شكر تلك النعمة.
 الترغيب في تجديد الشكر كل يوم لدوام تلك النعم.
 الترغيب في المداومة على النوافل والصدقات كل يوم.
 فضل الإصلاح بين الناس.
 الحث على معونة الرجل أخاه؛ لأن معونته إياه صدقة.
 الحث على حضور الجماعات والمشي إليها، وعمارة المساجد بذلك.
 وجوب احترام طرق المسلمين بتجنب ما يؤذيهم أو يضر بهم.</t>
   </si>
   <si>
     <t>İnsan sümüklərinin quruluşu və sağlamlığı Uca Allahın ona verdiyi ən böyük nemətlərdən biridir. Bu nemətə  tam şükür etmək üçün hər bir sümüyə görə xüsusi olaraq bir sədəqə verməyə ehtiyac vardır.
 Bu nemətlərin davamlı olduğuna görə hər gün şükürü təzələməyə təşviq etmək.
-Hər gün nafilə ibadətlər etmək və  sədəqə verməkdə davamlı olmağa təşviq etmək.
+Hər gün nafilə ibadətlər etmək və sədəqə verməkdə davamlı olmağa təşviq etmək.
 İnsanların arasını islah etməyin fəziləti.
 İnsanı, qardaşına kömək etməyə təşviq etmək; çünki, ona kömək etməyi sədəqədir.
 İnsanları camaat namazlarında iştirak etməyə və ona tərəf getməyə və bununla məscidləri abadlaşdırmağa təşviq etmək.
 Müsəlmanlara əziyyət və ya zərər verən hər şeydən uzaq durmaqla, onların (üzərində gəzdiyi) yollarına hörmət etməyin vacibliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4568</t>
   </si>
   <si>
     <t>كن في الدنيا كأنك غريب أو عابر سبيل</t>
   </si>
   <si>
     <t>Dünyada bir qərib və ya bir müsafir kimi ol!</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِمَنْكِبِي، فَقَالَ: «كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ»، وَكَانَ ابْنُ عُمَرَ، يَقُولُ: إِذَا أَمْسَيْتَ فَلاَ تَنْتَظِرِ الصَّبَاحَ، وَإِذَا أَصْبَحْتَ فَلاَ تَنْتَظِرِ المَسَاءَ، وَخُذْ مِنْ صِحَّتِكَ لِمَرَضِكَ، وَمِنْ حَيَاتِكَ لِمَوْتِكَ.</t>
   </si>
   <si>
     <t>Abdullah bin Ömərdən (Allah onların hər ikisindən razı olsun) rəvayət edilir ki, o, demişdir: Peyğəmbər (sallallahu aleyhi və səlləm) mənim çiynimdən tutub dedi: "Dünyada bir qərib və ya bir müsafir kimi ol!". İbn Ömər (bu hədisi danışandan sonra) deyərdi: Axşama çıxdığın zaman səhəri, səhərə çıxdığın zaman da axşamı gözləmə! Xəstəliyin üçün sağlamlığında, ölümün üçün həyatında hazırlıq gör.</t>
   </si>
   <si>
     <t>ذَكَرَ ابنُ عُمر رضي الله عنهما بأن النبي صلى الله عليه وسلم أخذ بمنكبه -وهو مَجْمَع العَضُد والكَتِف- وقال له: كن في الدنيا كأنك غريب، قَدِمَ بلدًا لا مَسْكن لَهُ فيه يؤويه، ولا ساكن يسليه، خالٍ عن الأهل والعيال والعلائق، التي هي سبب الاشتغال عن الخالق، بل كن أشدَّ من الغريب وهو عابر السبيل المار على الطريق طالبًا وطنه؛ لأن الغريب قد يسكن في بلاد الغُرْبة ويُقيم فيها، بخلاف عابر السبيل القاصد للبلد، فإن من شأنه التخفف وعدم التوقف، والحرص على وصول بلده، فكما أن المسافر لا يحتاج إلى أكثر مما يبلغه إلى غاية سفره، فكذلك لا يحتاج المؤمن في الدنيا إلى أكثر مما يبلغه المَحل. 
 فعمل ابن عمر بهذه النصيحة وكان يقول: إذا أصبحتَ فلا تنتظر المساء، وإذا أمسيتَ فلا تنتظر الصباح، وعُدَّ نفسك في أهل القبور، ولأن العمرَ لا يخلو عن صحة ومرض؛ 
 فبادر أيام صحتك بالطاعة لمرضك؛ واغتنم الأعمال الصالحة في الصحة قبل أن يحول بينك وبينها المرض، واغتنم حياتك في الدنيا، فاجمع فيها ما ينفعك بعد موتك.</t>
   </si>
@@ -6335,52 +6331,51 @@
   </si>
   <si>
     <t>Öyrədərkən ​​ünsiyyət qurmaq və diqqəti cəlb etmək üçün müəllimin əlini tələbənin çiyninə qoyması.
 Nəsihət istəməyən kimsəyə nəsihət və doğru yol göstərməklə başlamaq.
 Peyğəmbərin (sallallahu aleyhi və səlləm) qaneedici misallar çəkməklə gözəl bir üsulda elm öyrətməsi. Buna misal Peyğəmbərin (sallallahu aleyhi və səlləm): "Dünyada bir qərib yaxud bir müsafir kimi ol!" - hədisidir.
 İnsanların axirətə gedən yolda müxtəlif olmaları. Yoldan keçən yolçu zahidlikdə qəribdən daha yüksək dərəcəyə malikdir.
 Ümidin qısa olması və ölümə hazırlaşmanın bəyan edilməsi.
 Hədis ruzini tərk etməyə və dünya ləzzətlərini qadağan etməyə dəlalət etmir, lakin hədis, dünyada zahid olmağa və az ilə kifayətlənməyə dəlalət edir.
 Saleh əməllərə, xəstəlik və ya ölüm onların qarşısını alıb insanı aciz buraxmadan əvvəl tələsmək.
 Abdullah bin Ömərin (Allah onların hər ikisindən razı olsun) fəziləti. Belə ki o, Peyğəmbərin (sallallahu aleyhi və səlləm) bu nəsihətindən təsirlənmişdir.
 Möminlərin vətəni Cənnətdir. O, bu dünyaya, axirət yolçuluğuna səfərə çıxmış qərib bir kimsədir. Buna görə də o, qəlbini qürbət yurdunda heç bir şeyə bağlamır. Əksinə, onun qəlbi, qayıdacağı vətəninə bağlıdır. Onun bu dünyada qalması, ehtiyacını ödəmək və vətəninə (Cənnətə) qayıtmağa hazırlaşması üçündür.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4704</t>
   </si>
   <si>
     <t>لا تحاسدوا، ولا تناجشوا، ولا تباغضوا، ولا تدابروا، ولا يبع بعضكم على بيع بعض، وكونوا عباد الله إخوانا</t>
   </si>
   <si>
     <t>Bir-birinizə həsəd etməyin, bir-birinizi aldadaraq qiyməti qaldırmayın, bir-birinizə nifrət bəsləməyin, bir-birinizə arxa çevirməyin, biriniz digərinizin satışı üzərinə satış etməsin. Ey Allahın qulları, qardaş olun!</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحَاسَدُوا، وَلَا تَنَاجَشُوا، وَلَا تَبَاغَضُوا، وَلَا تَدَابَرُوا، وَلَا يَبِعْ بَعْضُكُمْ عَلَى بَيْعِ بَعْضٍ، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا الْمُسْلِمُ أَخُو الْمُسْلِمِ، لَا يَظْلِمُهُ وَلَا يَخْذُلُهُ، وَلَا يَحْقِرُهُ التَّقْوَى هَاهُنَا» وَيُشِيرُ إِلَى صَدْرِهِ ثَلَاثَ مَرَّاتٍ «بِحَسْبِ امْرِئٍ مِنَ الشَّرِّ أَنْ يَحْقِرَ أَخَاهُ الْمُسْلِمَ، كُلُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ حَرَامٌ، دَمُهُ، وَمَالُهُ، وَعِرْضُهُ».</t>
   </si>
   <si>
-    <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Allahın Rəsulu (sallallahu aleyhi va səlləm) belə demişdir: "Bir-birinizə həsəd etməyin, bir-birinizi aldadaraq qiyməti qaldırmayın, bir-birinizə nifrət bəsləməyin, bir-birinizə arxa çevirməyin, biriniz digərinizin satışı üzərinə satış etməsin. Ey Allahın qulları, qardaş olun! Müsəlman müsəlmanın qardaşıdır, ona zülm etməz, onu köməksiz qoymaz və onu alçatmaz". Peyğəmbər (sallallahu aleyhi va səlləm) sinəsinə işarə edərək üç dəfə: "Təqva buradadır" – deyə təkrar etdi. "Kişiyə müsəlman qardaşını alçaltması şər olaraq kifayət edər. Hər 
-bir müsəlman üçün digər bir müsəlmanın qanı, malı və namusu haramdır".</t>
+    <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Allahın Rəsulu (sallallahu aleyhi va səlləm) belə demişdir: "Bir-birinizə həsəd etməyin, bir-birinizi aldadaraq qiyməti qaldırmayın, bir-birinizə nifrət bəsləməyin, bir-birinizə arxa çevirməyin, biriniz digərinizin satışı üzərinə satış etməsin. Ey Allahın qulları, qardaş olun!. Müsəlman müsəlmanın qardaşıdır, ona zülm etməz, onu köməksiz qoymaz və onu alçatmaz". Peyğəmbər (sallallahu aleyhi va səlləm) sinəsinə işarə edərək üç dəfə: "Təqva buradadır" – deyə təkrar etdi. "Kişiyə müsəlman qardaşını alçaltması şər olaraq kifayət edər. Hər bir müsəlman üçün digər bir müsəlmanın qanı, malı və namusu haramdır".</t>
   </si>
   <si>
     <t>أَوْصَى النبيُّ صلى الله عليه وسلم المسلمَ بأخيه المسلم خيرًا، وبيَّن بعض ما يجب عليه من الواجبات والآداب نحوهم؛ ومن ذلك: 
 الوصية الأولى: لا تحاسدوا بأن يتمَنَّى بعضكم زوال نعمة بعض. 
 الثانية: لا تناجشوا بأن يزيد في ثمن السلعة وهو لا يريد شراءها؛ وإنما يريد نفع البائع، أو الإضرار بالمشتري. 
 الثالثة: لا تباغضوا وهي إرادة المضرة وهي ضد المحبة؛ إلا إذا كان البغض في الله تعالى؛ فإنه واجب. 
 الرابعة: لا تدابروا بأن يعطِيَ كل واحد منكم أخاه دبره وقفاه فيعرض عنه ويهجره. 
 الخامسة: لا يبع بعضكم على بيع بعضٍ بأن يقول لمن اشترى سلعة: عندي مثلها بأقل منها أو أجود منها بسعرها. 
 ثم أوصى عليه الصلاة والسلام بوصية جامعة فقال: وكونوا كالإخوة بترك ما ذُكِر من منهيات، وببذل المودة والرفق والشفقة والملاطفة والتعاون في الخير، مع صفاء القلوب والنصيحة بكل حال. 
 ومن مقتضيات هذه الأخوة: 
 ألّا يَظلم أخاه المسلم ويعتدي عليه. 
 وألّا يترك أخاه المسلم يُظلم فيخذله في مقام يستطيع أن ينتصر له، ويرفع عنه الظلم. 
 وألّا يحتقره ويستقله وينظر إليه بعين الاستنقاص والازدراء؛ وهو ناتج عن كِبر في القلب.
 ثم بيَّن النبيُّ صلى الله عليه وسلم ثلاث مرات أن التقوى في القلب، ومن كان في قلبه التقوى التي تقتضي حسن الخلق، وخشية الله ومراقبته فإنه لا يحتقر مسلمًا، وكافيه من خصال الشر ورذائل الأخلاق احتقار أخيه المسلم؛ وذلك لكِبرٍ في قلبه. 
 ثم أَكَّدَ صلى الله عليه وسلم على ما مضى بأنَّ كل المسلم على المسلم حرامٌ: دمُه: بأن يعتدي عليه بقتل أو ما دونه كجرح أو ضرب ونحوها، وكذا ماله: بأن يأخذ منه بغير حق، وكذا عِرضه: بأن يذمّه في نفسه أو حسبه.</t>
   </si>
   <si>
     <t>Peyğəmbər (sallallahu əleyhi va səlləm) müsəlmana digər müsəlman qardaşına yaxşılıq etməsini tövsiyə etmiş və müsəlman qardaşına qarşı yerinə yetirməsi lazım olan bəzi vacibləri və ədəbləri izah etmişdir. Bunlardan bəziləri aşağıdakılardır: Birinci tövsiyə: Bir-birinizə həsəd etməyin. Yəni biriniz digərinin sahib olduğu nemətin əlindən çıxmasını arzulamasın. İkinci tövsiyə: Aldadaraq qiyməti qaldırmayın. Bu, (kənar şəxsin) bir şeyi almaq niyyəti olmadan sadəcə satıcıya fayda vermək və ya alıcıya zərər vermək üçün qiyməti artırmasıdır. Üçüncü tövsiyə: Bir-birinizə nifrət etməyin. Bu, zərər verməyi arzulamaqdır ki, bu da sevgiyə ziddir. Lakin nifrət Allah üçün olarsa, bu zaman nifrət etmək vacibdir. Dördüncü tövsiyə: Bir-birinizə arxa çevirməyin. Yəni: Sizdən kimsə qardaşına arxa çevirməsin, ondan üz döndərməsin, onu tərk edib, əlaqəni kəsməsin. Beşinci tövsiyə: Bir-birinizin satışı üzərinə satış etməyin. Yəni: mal alan müştəriyə: "Məndə daha ucuz qiymətə eynisi var və ya eyni qiymətə ondan daha yaxşısı var" - deməsin. Sonra Peyğəmbər (sallallahu əleyhi va səlləm) ümumi bir tövsiyə edərək belə dedi: Bir-birinizə qarşı, qeyd olunan haram şeylərdən çəkinməklə, sevgi, mərhəmət, şəfqət, mülayimlik və xeyir işlərdə yardımlaşmaqla, həmçinin qəlblərin saflığı və hər bir halda məsləhət verməklə qardaş olun. Bu qardaşlığın tələblərindən bəziləri: Müsəlman qardaşına zülm etməsin və ona qarşı həddi aşmasın. Müsəlman qardaşı zülmə məruz qaldığı zaman onu tək buraxmasın, ona yardım edə biləcəyi və zülmü ondan uzaqlaşdırmağa gücü çatdığı bir yerdə onu köməksiz qoymasın. Onu təhqir etməsin, onu kiçik görməsin, ona dəyərsiz və alçaq nəzərlə baxmasın. Bu, qəlbdə olan təkəbbürlükdən qaynaqlanır. Sonra Peyğəmbər (sallallahu əleyhi va səlləm) üç dəfə təkrar edərək təqvanın qəlbdə olduğunu və kimin qəlbində insanı gözəl əxlaqa, Allahdan qorxmağa və daima ona, Allahın müşahidəsi altında olduğunu xatırladan təqva olarsa, belə bir şəxsin - heç vaxt müsəlman qardaşına aşağı baxmayacağını bəyan etmiş və müsəlman qardaşına qarşı aşağı baxmağın şərli xüsusiyyətlərdən və pis əxlaqdan olduğunu xəbər vermişdir. Bu isə onun qəlbində olan təkəbbürlüyün nəticəsidir. Daha sonra Peyğəmbər (sallallahu əleyhi va səlləm) əvvəldə söylədiyi sözlərini bir daha qüvvətləndirərək vurğuladı ki, bir müsəlmanın digər müsəlmanı öldürərək, yaralayaraq yaxud döyərək qanını axıtması haramdır. Eynilə, müsəlmanın malını haqsız mənimsəmək və həmçinin onu, həm şəxsiyyətinə, həm də nəsəbinə görə pisləmək haramdır.</t>
   </si>
   <si>
     <t>الأمر بكلِّ ما تقتضيه الأخوة الإيمانية، والنهي عن ما يضادها من الأقوال والأعمال.
 عمدة التقوى ما في القلب من معرفة الله، وخشيته ومراقبته، وهذه التقوى ينتج عنها الأعمال الصالحة.
 الانحراف الظاهر يدلُّ على ضعف تقوى القلب.
 النهي عن أذية المسلم بأي وجه من الوجوه من قول أو فعل.
 ليس من الحسد أن يتمنى المسلم أن يكون مثل غيره، دون تمني زوالها عن الآخر، وهذا يسمى غبطة؛ وهي جائزة تعين على المسابقة إلى الخيرات.
@@ -6391,106 +6386,106 @@
   </si>
   <si>
     <t>İman qardaşlığının tələb etdiyi hər bir şey əmr edilmiş və ona zidd olan söz və əməllər isə qadağan olunmuşdur.
 Təqvanın təməli qəlbdə Allahı tanımaq, Ondan qorxmaq və Onun nəzarətini hiss etməkdir. Bu təqva nəticəsində, saleh əməllər meydana gəlir.
 Zahiri azğınlıq, qəlbdə təqvanın zəifliyinə dəlalət edir.
 Müsəlmana hər hansı bir şəkildə, istər sözlə, istərsə də əməllə əziyyət vermək qadağandır.
 Bir müsəlmanın başqasının sahib olduğu nemətlərin ondan getməsini istəmədən, onda olan nemətlərə sahib olmağı istəməsi həsəd sayılmaz, buna "qibtə" deyilir. Qibtə icazlidir və insana xeyir işlərdə yarışmağa yardım edir.
 İnsan təbiəti etibarı ilə istəmir ki, kimsə fəzilət baxımından hər hansısa bir şeydə onu üstələsin. Əgər o, başqasının sahib olduğu nemətlərin ondan getməsini arzulayırsa, bu, məzəmmət olunan "həsəd"-dir. Amma xeyir işlərdə onunla yarışmağı istəyərsə, bu, icazəli olan "qibtə"-dir.
 Bir müsəlmanın, müştəriyə aldığı malda çox aldadıldığını başa salması, "müsəlman qardaşın satışı üzərinə satış etməkdən" deyil. Bu, müsəlman qardaşına nəsihət verməyin tələblərindəndir. Lakin bu, müştəri qardaşına nəsihət etmək niyyəti ilə olmalıdır, heç də satıcıya zərər vermək niyyəti ilə deyil. Çünki əməllər niyyətlərə görədir.
 Əgər alıcı və satıcı razılaşmayıbsa və qiymət hələ müəyyən edilməyibsə, (başqa bir satıcının müştəriyə öz malını təklif etməsi) müsəlman qardaşının satışı üzərinə satış etməkdən sayılmaz.
 "Allah üçün nifrət etmək" hədisdə qadağan olunan nifrətdən deyil. Çünki bu, vacibdir və imanın ən möhkəm bağlarından biridir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4706</t>
   </si>
   <si>
     <t>لا تغضب</t>
   </si>
   <si>
     <t>Qəzəblənmə</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) belə dediyi rəvayət edilir: Bir kişi Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) dedi: Mənə nəsihət et. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona buyurdu:" Qəzəblənmə".  Kişi istədiyini bir neçə dəfə təkrarladı, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) yenə: "Qəzəblənmə"-dedi.</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) belə dediyi rəvayət edilir: Bir kişi Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) dedi: Mənə nəsihət et. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona buyurdu:" Qəzəblənmə". Kişi istədiyini bir neçə dəfə təkrarladı, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) yenə: "Qəzəblənmə" - dedi.</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
     <t>Sahabələrdən biri (Allah onlardan razı olsun) Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) ona fayda verəcək əmələ yönəltməsini istədi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) isə ona qəzəblənməməyi əmr etdi. Bunun mənası odur ki, qəzəbə aparacaq səbəblərdən uzaq olsun və qəzəbləndikdə özünü cilovlasın, qəzəblə əl-qol atıb qətl törətməsin, heç kimi vurmasın və ya söyməsin və digər  bu kimi əməllərdən daima uzaq dursun.
 Kişi nəsihət tələbinə davam etdi, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) isə "Qəzəblənmə" nəsihətinə başqa bir şey əlavə etmədi.</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
   <si>
     <t>Qəzəbdən və səbəblərindən çəkindirmə, çünki o şərin birləşməsidir, ondan uzaqlaşmaq isə xeyirlərin cəmidir.
 Allahın haramları baş verəndə qəzəblənmək kimi olan Allah üçün olan qəzəb, dində öyülən, təriflənən qəzəbdir.
 Dinləyənin məsələnin mahiyyətinə varması və əhəmiyyətini dərk etməsi üçün lazm gəldikdə sözlərin təkrarlanması.
 Alimdən nəsihət istəməyin fəziləti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4709</t>
   </si>
   <si>
     <t>لا ضرر ولا ضرار، من ضار ضره الله، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Nə (özünə və ya başqasına) zərər vermək, nə də zərərə zərərlə qarşılıq vermək olmaz, kim başqasına zərər verərsə, Allah onu zərərə uğradar, kim başqasına çətinlik törədərsə, Allah onu çətinliyə salar</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ».</t>
   </si>
   <si>
-    <t>Əbu Səid Əl-Xudridən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Nə (özünə və ya başqasına) zərər vermək, nə də zərərə zərərlə qarşılıq vermək olmaz, kim başqasına zərər verərsə, Allah onu zərərə uğradar, kim başqasına çətinlik törədərsə, Allah onu çətinliyə salar.</t>
+    <t>Əbu Səid Əl-Xudridən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Nə (özünə və ya başqasına) zərər vermək, nə də zərərə zərərlə qarşılıq vermək olmaz, kim başqasına zərər verərsə, Allah onu zərərə uğradar, kim başqasına çətinlik törədərsə, Allah onu çətinliyə salar".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.
 ثم بيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ بحصول الضرر لمن يَضرُّ بالناس، وبحصول المشقة لمن يَشقُّ على الناس.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, növündən asılı olmayaraq zərəri özündən və başqalarından uzaqlaşdırmaq vacibdir və heç kəs nə özünə, nə də başqalarına zərər verməməlidir.
 Heç kəs zərərə zərərlə cavab verməməlidir, qisas istisna olmaqla, heç bir halda zərər, ona müqabil zərər verməklə aradan qalxmaz.
 Sonra Allah rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanlara zərər verənlərin özlərinin zərərə uğrayacaqlarını, insanları çətinliyə salanların özlərinin çətinliyə düşəcəyini xəbər verir.</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
 الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
-    <t>Günahın  mislindən artıq cəza verilməsinin qadağan edilməsi.
+    <t>Günahın mislindən artıq cəza verilməsinin qadağan edilməsi.
 Allah qullarına, onlara zərər verəcək şeyi əmr etməz.
 Sözlə, əməllə və ya tərk etməklə zərər vermək və zərərə zərərlə cavab verməyin haramlığı.
 Əməlin mükafatı və ya cəzası, onun növündədir, kim zərər verərsə, Allah onu zərərə uğradar, kim çətinlik törədərsə, Allah onu çətinliyə salar.
 Şəriətin qaydalarından biri də: "Zərər aradan qalxmalıdır" qaydasıdır və şəriət zərəri qəbul etmir və başqalarına zərər verməyi də inkar edir.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[Şahidlərlə səhih olan]</t>
   </si>
   <si>
     <t>[Əd-Dəraqutni rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4711</t>
   </si>
   <si>
     <t>لا يزال لسانك رطبا من ذكر الله</t>
   </si>
   <si>
     <t>Dilin daima Allahı zikr etməklə yaş qalsın</t>
@@ -6550,58 +6545,58 @@
 تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
 استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
 قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
   </si>
   <si>
     <t>İnsanın özü üçün sevdiyini qardaşı üçün də sevməsinin vacibliyi. Çünki özü üçün sevdiyini qardaşı üçün sevməyən bir kəsdən imanın inkar olunması bunun vacibliyinə dəlalət edir.
 Allah üçün olan qardaşlıq nəsil (qan) qardaşlığından üstündür, ona görə də onun haqqı daha vacibdir.
 Aldatma, qeybət, həsəd, müsəlmanın özünə, malına və namusuna təcavüz kimi sevgiyə zidd olan bütün söz və hərəkətlərin haram olması.
 (İnsanı) həvəsləndirəcək- "Qardaşına” sözü kimi bəzi sözlərdən istifadə etmək “
 Əl-Kirmani-rahiməhullah-demişdir: “Özünün sevmədiyi şərri qardaşı üçün də sevməməyi imandandır və o, bunu qeyd etməmişdir. Çünki bir şeyi sevmək onun əksinə nifrət etməyi zəruri edir, ona görə də (qeyd olunanlarla)
 kifayətlənərək bunu deməmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4717</t>
   </si>
   <si>
     <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>Əgər siz Allaha layiqincə təvəkkül etsəniz, O sizə də ruzini səhər yuvasından ac çıxıb, (axşam) tox qayıdan quşun ruzisi  kimi  yetirər</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
-    <t>Ömər bin Əl-Xattabdan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Əgər siz Allaha layiqincə təvəkkül etsəniz, O sizə də ruzini səhər yuvasından ac çıxıb, (axşam) tox qayıdan quşun ruzisi  kimi  yetirər."</t>
+    <t>Ömər bin Əl-Xattabdan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Əgər siz Allaha layiqincə təvəkkül etsəniz, O sizə də ruzini səhər yuvasından ac çıxıb, (axşam) tox qayıdan quşun ruzisi  kimi  yetirər".</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bizi dünyəvi və dini işlərdə faydalı əməllərə sarınmaqla və zərərli şeyləri dəf etməklə  izzət və cəlal sahibi olan Allaha güvənməyə təşviq edir, çünki bizə neməti verən, onu bizdən uzaqlaşdıran, zərrəri dəf edib, xeyiri bizə əta edən yalnız pak və uca Allahdır. Allaha sidq qəlblə təvəkkül edib, zərərləri uzaqlaşdırmaq və faydaları əldə etmək üçün səbəblərdən yapışmalıyıq, bunu etdiymiz zaman Allah bizi, səhər ac ikən yuvasından çıxıb, sonra axşam qarnı tox qayıdan quşu ruziləndirdiyi kimi ruziləndirər. Quşun bu hərəkəti, tənbəllik etməyib və başqalarına arxayın olmayıb, ruzi ardınca getmə misallarından biridir.</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bizi dünyəvi və dini işlərdə faydalı əməllərə sarınmaqla və zərərli şeyləri dəf etməklə izzət və cəlal sahibi olan Allaha güvənməyə təşviq edir, çünki bizə neməti verən, onu bizdən uzaqlaşdıran, zərəri dəf edib, xeyiri bizə əta edən yalnız pak və Uca Allahdır. Allaha sidq qəlblə təvəkkül edib, zərərləri uzaqlaşdırmaq və faydaları əldə etmək üçün səbəblərdən yapışmalıyıq, bunu etdiymiz zaman Allah bizi, səhər ac ikən yuvasından çıxıb, sonra axşam qarnı tox qayıdan quşu ruziləndirdiyi kimi ruziləndirər. Quşun bu hərəkəti, tənbəllik etməyib və başqalarına arxayın olmayıb, ruzi ardınca getmə misallarından biridir.</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
     <t>Təvəkkülün fəziləti və onun ruzi əldə etməkdə ən böyük səbəblərdən biri olması.
 Təvvəkkül ilə səbəbləri yerinə yetirmək arasında ziddiyyət yoxdur, çünki bizə xəbər verir ki, həqiqi təvəkkül ilə səhər ruzi üçün yola çıxmaq təzad təşkil etmir.
 Şəriətin qəlb əməllərinə diqqəti, çünki təvəkkül qəlb əməlidir.
 Sadəcə səbəblərdən yapışmaq dində naqislikdir, səbəbləri tərk etmək isə ağılda naqislikdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4721</t>
   </si>
   <si>
     <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، ولكن البينة على المدعى، واليمين على من أنكر</t>
   </si>
   <si>
     <t>“İnsanlara iddialarına görə istədikləri verilsəydi, insanlar başqalarının malını və qanını tələb edərdilər, lakin dəlil iddia edənin, and isə inkar edənin üzərinə vacibdir”</t>
   </si>
   <si>
     <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
   </si>
@@ -6681,265 +6676,264 @@
 Bu hədis, tibb elminin qaydalarından bir qaydadır. Çünki tibb elmi üç əsas prinsip üzərində qurulmuşdur: Gücün qorunması, pəhriz və zərərli maddələrin ifraz olunması. Hədis isə bu prinsiplərdən ilk ikisini əhatə edir. Uca Allah buyurur: "Yeyin-için, lakin israf etməyin. Şübhəsiz ki, (Allah) israf edənləri sevməz". (Əraf: 31).
 İslam şəriətin kamilliyi. Belə ki, o insanın həm dini, həm də dünyəvi mənafelərini özündə cəmləşdirmişdir.
 Şəriət elmləri arasında tibbin əsasları və onun bəzi növləri də mövcuddur. Necə ki, dini mənbələrdə bal və qara zirə haqqında məlumat verilmişdir.
 Şəriət hökmləri özündə hikməti əhatə edir. Çünki onlar fəsadların qarşısını almaq və mənafeləri təmin etmək üzərində qurulmuşdur.</t>
   </si>
   <si>
     <t>رواه الإمام أحمد والترمذي والنسائي وابن ماجه</t>
   </si>
   <si>
     <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4723</t>
   </si>
   <si>
     <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
     <t>“Kim bizim yolumuza zidd , ona aid olmayan bir yenilik gətirərsə, o rədd olunar</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
-    <t>Aişə (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğunu rəvayət edir: “Kim bizim yolumuza zidd , ona aid olmayan bir yenilik gətirərsə, o rədd olunar” (Buxari,Muslim). Müslimin rəvayətinə görə: “Kim bizim şəriətimizə uyğun olmayan bir əməl edərsə, o rədd olunar”.</t>
+    <t>Aişə (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğunu rəvayət edir: “Kim bizim yolumuza zidd , ona aid olmayan bir yenilik gətirərsə, o rədd olunar” (Buxari və Muslim). Müslimin rəvayətinə görə: “Kim bizim əmrimizə (şəriətimizə) uyğun olmayan bir əməl edərsə, o rədd olunar”.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, kim dinə yenilik gətirərsə, yaxud Quran və sünnədə təsdiqini tapmayan bir əməli edərsə, həmin əməl sadəcə özü üçün etdiyi faydasız bir əməl olar və Allah tərəfindən qəbul olunmaz.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>İbadətlər Quran və sünnədə gələn dəlillərə əsaslanır, ona görə də biz uca Allaha dinə artırılmış yeniliklər və ya sonradan uydurulmuş bidətlərlə deyil, Onun əmr etdiyi qayda-qanunlara tam uyğun olaraq ibadət edirik.
 Din hər hansı bir kəsin fikri və xoşuna gəldiyi tərzdə deyil, Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) tabe olmaqla gerçəkləşir.
 Bu hədis dinin kamilliyinə dəlildir.
-Bidət, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) və onun səhabələrinin dövründə öz əksini və təsdiqini tapmayan,  əqidədə , eləcə də söz və əməldə sonradan əlavə edilən yeniliklərdir.
-Bu hədis İslamın əsaslarından biridir və əməllər üçün tərəzi misalındadır. Necə ki, uca Allahın razılığı umulmayan hər bir işin savabı olmadığı kimi,Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) buyurduğu şəriətə uyğun olmayan əməl də onu edən üçün faydasız olar.
+Bidət, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) və onun səhabələrinin dövründə öz əksini və təsdiqini tapmayan əqidədə, eləcə də söz və əməldə sonradan əlavə edilən yeniliklərdir.
+Bu hədis İslamın əsaslarından biridir və əməllər üçün tərəzi misalındadır. Necə ki, uca Allahın razılığı umulmayan hər bir işin savabı olmadığı kimi, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) buyurduğu şəriətə uyğun olmayan əməl də onu edən üçün faydasız olar.
 Qadağan olunan yeniliklər dini məsələləri əhatə edir, dünya işlərindəki yeniliklərə aid deyildir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4792</t>
   </si>
   <si>
     <t>من نفس عن مؤمن كربة من كرب الدنيا نفس الله عنه كربة من كرب يوم القيامة</t>
   </si>
   <si>
     <t>Kim bir mömini dünya sıxıntılarının birindən qurtararsa, Allah da onu Qiyamət gününün sıxıntılarının birindən qurtarar</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَفَّسَ عَنْ مُؤْمِنٍ كُرْبَةً مِنْ كُرَبِ الدُّنْيَا نَفَّسَ اللهُ عَنْهُ كُرْبَةً مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ، وَمَنْ يَسَّرَ عَلَى مُعْسِرٍ يَسَّرَ اللهُ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمَنْ سَتَرَ مُسْلِمًا سَتَرَهُ اللهُ فِي الدُّنْيَا وَالْآخِرَةِ، وَاللهُ فِي عَوْنِ الْعَبْدِ مَا كَانَ الْعَبْدُ فِي عَوْنِ أَخِيهِ، وَمَنْ سَلَكَ طَرِيقًا يَلْتَمِسُ فِيهِ عِلْمًا سَهَّلَ اللهُ لَهُ بِهِ طَرِيقًا إِلَى الْجَنَّةِ، وَمَا اجْتَمَعَ قَوْمٌ فِي بَيْتٍ مِنْ بُيُوتِ اللهِ يَتْلُونَ كِتَابَ اللهِ وَيَتَدَارَسُونَهُ بَيْنَهُمْ إِلَّا نَزَلَتْ عَلَيْهِمِ السَّكِينَةُ، وَغَشِيَتْهُمُ الرَّحْمَةُ، وَحَفَّتْهُمُ الْمَلَائِكَةُ، وَذَكَرَهُمُ اللهُ فِيمَنْ عِنْدَهُ، وَمَنْ بَطَّأَ بِهِ عَمَلُهُ لَمْ يُسْرِعْ بِهِ نَسَبُهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Allahın Rəsulu (salləllahu aleyhi va səlləm) belə demişdir: "Kim bir mömini dünya sıxıntılarının birindən qurtararsa, Allah da onu Qiyamət gününün sıxıntılarının birindən qurtarar. Kim borcunu qaytara bilməyən bir kimsənin işini asanlaşdırarsa, Allah da onun dünya və axirətdəki işlərini asanlaşdırar. Kim bir müsəlmanın eyblərini örtərsə, Allah da onun həm bu dünyada, həm də axirətdə eyblərini örtər. Kişi mömin qardaşına kömək etdiyi müddətdə, Allah da ona kömək edər. Kim elm öyrənmək üçün yola çıxarsa, Allah bununla onun Cənnətə gedən yolunu asanlaşdırar. Əgər bir toplum Allahın evlərindən hər hansı birində yığışıb Allahın Kitabını oxuyarsa və onu bir-birinə öyrədərsə, onların üzərinə sükunət nazil olar, rəhmət onları bürüyər, mələklər onları əhatə edər və Allah onları Öz yanında olanlar arasında yad edər. Kimin əməli onu geriyə çəkərsə, nəsəbi onu irəliyə apara bilməz".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ جَزاء المسلم عند الله مِن جِنْس ما يَعمله المسلم مع المسلمين؛ فمَن نفَّس وفرَّج وأزال وكَشَفَ عن مؤمنٍ كُربةً وشدة من كُرَب الدنيا، جازاه الله بأن ينفَّس عنه كربةً من كرب يوم القيامة.
 ومَن يَسَّر على معسرٍ وسهَّل عليه وأزال عسرته، يسَّر الله عليه في الدنيا والآخرة. 
 ومَن ستر مسلمًا كأن اطّلع منه على ما لا ينبغي إظهاره من الزّلات والعَثَرات، ستره الله في الدنيا والآخرة. 
 والله يكون مُعينًا لِعَبدِه، ما كان العبد سائرًا في إعانة أخيه في مصالحه الدينية والدنيوية، والإعانة تكون بالدعاء والبدن والمال وغير ذلك. 
 ومن مشى إلى تحصيل علمٍ شرعيٍ، قاصدًا به وجه الله تعالى؛ سهَّل الله له به طريقًا إلى الجنة. 
 وما اجتمع قومٌ في بيتٍ من بيوت الله، يتلون كتاب الله ويتدارسونه بينهم، إلا نزلت عليهم الطمأنينة والوقار، وغطتهم وعمَّتهم رحمة الله، وحفَّتْهم الملائكة، وأثنى الله عليهم في المقرَّبين عنده، وكفى شرفًا ذِكرُ اللهِ العبدَ في الملأ الأعلى. 
 ومَن كان عمله ناقصًا، لم يُلْحِقْه بمرتبة أصحاب الأعمال، فينبغي ألا يَتَّكل على شرف النسب وفضيلة الآباء ويُقَصّر في العمل.</t>
   </si>
   <si>
     <t>Peyğəmbər (sallallahu əleyhi va səlləm) bu hədisdə bəyan etmişdir ki, müsəlmanın Uca Allah yanında mükafatı, onun digər müsəlmanlara qarşı etdiyi yaxşılıqlara uyğundur. Kim bir mömini dünya çətinlikləri və məşəqqətlərinin birindən xilas edər, onları aradan qaldırar, mömini qurtarar və onun sıxıntısını həll edərsə, Uca Allah onun bu əməlinə mükafat olaraq, onun Qiyamət günündəki sıxıntılarından birini aradan qaldırar. Kim borcluya asanlıq yaradar, çətinliyini yüngülləşdirər və onun ağır vəziyyətini aradan qaldırarsa, Uca Allah da ona dünyada və axirətdə asanlıq bəxş edər. Kim bir müsəlmanın bildiyi və açıqlanması gərəkməyən qüsurlarını və səhvlərini gizlədərsə, Uca Allah da onu (qüsurlarını və səhvlərini) həm dünyada, həm də axirətdə gizlədər. Kişi, qardaşına din və dünya işlərində yardım etməyə davam etdikcə, Uca Allah da ona kömək etməyə davam edər. Bu yardım dua ilə, fiziki güclə, mal ilə və ya başqa vasitələrlə olur. Kim Allahın razılığını qazanmaq niyyəti ilə şəri elm öyrənmək üçün səfərə çıxarsa, Allah bunun sayəsində ona Cənnətə gedən yolu asanlaşdırar. Əgər bir toplum Allahın evlərindən hər hansı birində toplanıb Allahın Kitabını oxuyarsa və onu bir-birinə öyrədərsə, onların üzərinə əmin-amanlıq və sakitlik nazil olar, Allahın rəhməti onları əhatə edər və bürüyər, mələklər onları dövrəyə alar və Allah onları, Ona yaxın olan mələklər yanında tərifləyər. Allahın qulunu uca toplumda anması, ona şərəf olaraq yetər. Kimin əməlləri naqis olarsa, bu onu, yaxşı əməl sahiblərinin dərəcəsinə çatdırmaz. Buna görə də insan, nəslinin şərəfli olmasına və ata-babalarının fəzilətinə güvənib, saleh əməllər işləməyə laqeyid olmamalıdır.</t>
   </si>
   <si>
     <t>قال ابن دقيق العيد: هذا حديث عظيم، جامع لأنواع من العلوم والقواعد والآداب، فيه فضل قضاء حوائج المسلمين ونفعهم بما يتيسر، مِن علم، أو مال، أو معاونة، أو إشارة بمصلحة، أو نصيحة، أو غير ذلك.
 الترغيب في التيسير على المعسر.
 الحث على عون العبد المسلم، وأن الله تعالى يُعين المعين حسب إعانته لأخيه.
 مِن سِتْر المسلم: عدمُ تتبُّع عوراته، وقد رُوي عن بعض السلف أنه قال: أدركت قومًا لم يكن لهم عيوب، فذكروا عيوبَ الناس، فَذَكَر الناسُ لهم عيوبًا، وأدركت قومًا كانت لهم عيوب، فَكَفُّوا عن عيوب الناس، فنُسِيت عيوبُهم.
 ليس من لوازم الستر على الناس ترك المنكر وعدم تغييره، بل يُغَيِّر ويَسْتُر، وهذا في حقِّ مَن لا يُعرَف بالفساد والتَّمَادِيْ في الطغيان، وأما من عُرِف بذلك فإنه لا يُستحب الستر عليه، بل يرفع أمره إلى مَن له الولاية، إذا لم يخَفْ مِن ذلك مفسدة؛ وذلك لأن الستر عليه يُغْرِيْهِ على الفساد، ويُجَرِّئهُ على أذية العباد، ويُجرّئ غيره من أهل الشر والعناد.
 الحث على طلب العلم وتلاوة القرآن وتدارسه.
 قال النووي: في هذا دليل لفضل الاجتماع على تلاوة القرآن في المسجد... ويلحق بالمسجد في تحصيل هذه الفضيلة الاجتماع في مدرسة ورباط ونحوهما إن شاء الله تعالى.
 الجزاء إنما رتَّبَه الله على الأعمال لا على الأنساب.</t>
   </si>
   <si>
-    <t>İbn Dəqiq əl-İd belə demişdir: Bu, əzəmətli bir hədisdir, özündə müxtəlif elm növlərini, qaydaları və ədəbləri cəm edir. Bu hədisdə müsəlmanların ehtiyaclarını mümkün qədər ödəməyin və onlara elm, mal, fiziki yardım, məsləhət, nəsihət və digər yollarla fayda verməyin fəziləti qeyd olunur.
+    <t>İbn Dəqiq əl-İd belə demişdir: "Bu, əzəmətli bir hədisdir, özündə müxtəlif elm növlərini, qaydaları və ədəbləri cəm edir. Bu hədisdə müsəlmanların ehtiyaclarını mümkün qədər ödəməyin və onlara elm, mal, fiziki yardım, məsləhət, nəsihət və digər yollarla fayda verməyin fəziləti qeyd olunur".
 Çətin vəziyyətdə olana (borcu qaytara bilməyənə) asanlıq göstərməyə təşviq etmək.
 Müsəlman qula kömək etməyə təşviq etmək. Çünki Uca Allah da qardaşına kömək edən kimsəyə, köməyi qədərində yardım edər.
-Bir müsəlmanı örtmək: Onun eyiblərini axtarmamaq anlamındadır. Bəzi sələflərin belə dediyi rəvayət olunur: Elə bir qövmə rast gəldim ki, onların eyibləri yox idi. Lakin başqalarının eyiblərini danışdılar və nəticədə - insanlar da onların eyiblərini aşkara çıxartdı. Elə bir qövmə də rast gəldim ki, onların eyibləri var idi. Lakin başqalarının eyiblərini ört-basdır etdilər və nəticədə onların eyibləri də unuduldu.
+Bir müsəlmanı örtmək: onun eyiblərini axtarmamaq anlamındadır. Bəzi sələflərin belə dediyi rəvayət olunur: "Elə bir qövmə rast gəldim ki, onların eyibləri yox idi. Lakin başqalarının eyiblərini danışdılar və nəticədə - insanlar da onların eyiblərini aşkara çıxartdı. Elə bir qövmə də rast gəldim ki, onların eyibləri var idi. Lakin başqalarının eyiblərini ört-basdır etdilər və nəticədə onların eyibləri də unuduldu".
 İnsanların eyiblərini örtmək, heç də pisliyi görməməzlikdən gəlmək və onu dəyişdirməmək anlamına gəlmir. Əksinə, pislik aradan qaldırılmalı və eyib örtülməlidir. Bu, xüsusən fəsad törətməklə tanınmayan və azğınlıqda israrlı olmayan kəslər üçün tətbiq edilir. Amma bu cür tanınan şəxsə gəldikdə isə, onun eyibini örtmək bəyənilmir. Əksinə, əgər fitnə-fəsadın çıxması qorxusu olmasa, onun işi səlahiyyətli şəxslərə çatdırılmalıdır. Çünki onun eyibini örtmək, onu fəsadda daha da cəsarətləndirər, insanlara zərər verməyə təşviq edər və digər pis niyyətli, inadkar insanları da bu yolda davam etməyə sövq edər.
 Elm öyrənməyə, Quran oxumağa və öyrətməyə təşviq etmək.
-Nəvəvi belə demişdir: Bu hədisdə məsciddə Quran oxumaq üçün bir araya gəlməyin fəzilətinə dəlil vardır... Məscidlə yanaşı, bu fəziləti əldə etmək üçün məktəb, qarnizon və ya buna bənzər yerlərdə bir araya gəlmək də bura daxildir. ‏
+Nəvəvi belə demişdir: "Bu hədisdə məsciddə Quran oxumaq üçün bir araya gəlməyin fəzilətinə dəlil vardır... Məscidlə yanaşı, bu fəziləti əldə etmək üçün məktəb, qarnizon və ya buna bənzər yerlərdə bir araya gəlmək də bura daxildir". ‏
 Allah yalnız əməllərə görə mükafat verir, nəsil-nəcabətə görə deyil.‏</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4801</t>
   </si>
   <si>
     <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>Ey qullarım, Mən zülmü Özümə haram etdim və sizin də aranızda  onu haram buyurdum, elə isə bir-birinizə zülm etməyin</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>Əbu Zərrdən (Allah odan razı olsun) belə ediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Uca Allahdan belə rəvayət  etmişdir: "Ey qullarım, Mən zülmü Özümə haram etdim və sizin də aranızda  onu haram buyurdum, elə isə bir-birinizə zülm etməyin. Ey qullarım! Hidayət verdiyim kəslərdən başqa hamınız zəlalətdəsiniz, elə isə Məndən hidayət diləyin, sizi doğru yola yönəldim. Ey qullarım! Mənim yedirdiyim kəslərdən başqa hamınız acsınız, elə isə Məndən yemək istəyin, sizi yedirdim. Ey qullarım! Mənim geyindirdiyim kəslərdən başqa hamınız çıplaqsınız! Elə isə Məndən geyim istəyin, sizi geyindirim. Ey qullarım! Siz gecə-gündüz günah işlər görürsünüz. Mən isə bu günahların hamısını bağışlayıram. Elə isə Mən­dən bağışlanma diləyin, Mən də sizi bağış­la­yım. Ey qullarım! Siz heç vaxt Mənə zərər verə bilməzsiniz və siz heç vaxt Mənə fayda verə bilməzsiniz. Ey qullarım! Əgər sizdən əvvəlkilər və sonrakılar, insan­larınız və cinləriniz bütövlüklə, aranızda Allahdan ən çox qorxan adamın qəlbinə sahib olsalar belə, bu, Mənim mülkümdə  bir şeyi belə artırmaz. Ey qullarım! Sizdən əvvəlkilər və sonrakılar, insan­larınız və cinləriniz bütövlüklə, aranızdakı ən günahkar adamın qəlbinə sahib olsalar belə, bu, Mənim mülkümdən heç nəyi əskiltməz. Ey qullarım! Sizdən əvvəlkilər və sonrakılar, insan­larınız və cinləriniz bir yerə toplanıb Məndən istəsələr və Mən onların hər birinin istə­diyini versəm, bu, sanki nəhəng dənizə iynəni batırıb çıxaran zaman dəniz suyunun əskilmədiyi kimi, Mənim də mülkümdən heçnə əskilməz. Ey qullarım, bu sizin əməllərinizdir. Onları sizin üçün hesaba alıram, sonra əvəzini verəcəm. Odur ki, kim xeyir tapsa, Allaha həmd etsin, əks halda qoy kimsə özündən başqa heç kəsi qınamasın”.</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) pak və uca Allahın özünə zülmü haram etdiyini, məxluqatı arasında da bunu haram buyurduğunu və kiminsə kiməsə zülm etməməsinin vacibliyi barədə xəbər vermişdir. Allah xəbər verir ki, müvvəffəq etdiyi və doğru yola yönəltdiyi qulları istisna olmaqla, insanların hamısı haqq yoldan azıblar və kim Allahdan hidayət diləyərsə, Allah onu müvəffəq edib, doğru yola yönəldər. İnsanlar imkansız, bütün işlərində Allaha möhtacdırlar. Kim Allahdan istəsə, onun ehtiyacını ödəyər və ona yetər. Onlar gecə və gündüz günah edərlər, sonra isə qul uca Allahdan bağışlanma dilədikdə, O bu günahları örtüb gizlədər və onu əfv edər. onlar Allaha nə zərər, nə də fayda verə bilməzlər, Onların qəlbi  ən təqvalı  insanın qəlbi kimi olsa belə, təqavaları Allahın mülkünə bir şey əlavə etməz. Əgər onlar ən günahkar  insanlar olsalar , günahları Onun mülkündən bir şey əskiltməz, çünki onlar zəifdirlər, hər bir halda və hər zamanda və hər məkanda Allaha möhtacdırlar.  Allah isə pak və zəngindir. Əgər cinlər və insanların əvvəlkiləri və sonuncuları bir yerə toplaşıb, uca Allahdan istəsələr, Allah onların hər birinə istədiklərini versə, bu dənizə batırılıb çıxarılan iynənin dənizdən bir şey əksiltmədiyi kimi, Allahın mülkündən də bir şey əksiltməz. Bu pak olan Allahın mükəmməl və sonsuz zənginliyinin göstəricisidr.
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) pak və uca Allahın özünə zülmü haram etdiyini, məxluqatı arasında da bunu haram buyurduğunu və kiminsə kiməsə zülm etməməsinin vacibliyi barədə xəbər vermişdir. Allah xəbər verir ki, müvvəffəq etdiyi və doğru yola yönəltdiyi qulları istisna olmaqla, insanların hamısı haqq yoldan azıblar və kim Allahdan hidayət diləyərsə, Allah onu müvəffəq edib, doğru yola yönəldər. İnsanlar imkansız, bütün işlərində Allaha möhtacdırlar. Kim Allahdan istəsə, onun ehtiyacını ödəyər və ona yetər. Onlar gecə və gündüz günah edərlər, sonra isə qul uca Allahdan bağışlanma dilədikdə, O bu günahları örtüb gizlədər və onu əfv edər. Onlar Allaha nə zərər, nə də fayda verə bilməzlər. Onların qəlbi  ən təqvalı  insanın qəlbi kimi olsa belə, təqavaları Allahın mülkünə bir şey əlavə etməz. Əgər onlar ən günahkar insanlar olsalar, günahları Onun mülkündən bir şey əskiltməz, çünki onlar zəifdirlər, hər bir halda və hər zamanda və hər məkanda Allaha möhtacdırlar.  Allah isə pak və zəngindir. Əgər cinlər və insanların əvvəlkiləri və sonuncuları bir yerə toplaşıb, uca Allahdan istəsələr, Allah onların hər birinə istədiklərini versə, bu dənizə batırılıb çıxarılan iynənin dənizdən bir şey əksiltmədiyi kimi, Allahın mülkündən də bir şey əksiltməz. Bu pak olan Allahın mükəmməl və sonsuz zənginliyinin göstəricisidr.
 Pak olan Allah qulların əməllərini qoruyub onlar üçün sayır, sonra Qiyamət günü onların qarşılığını verəcək. Kim əməlinə görə xeyirlə mükafatlanarsa, Allaha itaətə müvəffəq olduğu üçün Ona həmd etsin, kimin əməlinin nəticəsi xeyirli olmazsa , onu ziyana sürükləyən pis nəfsindən başqa heç kimi qınamasın.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 ما يحصل للعباد من علم أو اهتداء، فبهداية الله وتعليمه.
 ما أصاب العبد من خير فمن فضل الله تعالى، وما أصابه من شر فمن نفسه وهواه.
 من أحسن فبتوفيق الله، وجزاؤه فضل من الله فله الحمد، ومن أساء فلا يلومن إلا نفسه.</t>
   </si>
   <si>
     <t>Bu hədis Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) Rəbbindən rəvayət etdiyi hədislərdən biridir. Bu hədislər Qüdsü və ya İlahi hədis adlanır ki, ləfzi və mənası Allahdandır. Lakin bu hədislərdə Quran oxumaq savabı kimi, ona dəstəmazlı toxunmaq kimi, Quranın əhkamlarına əməl etmək kimi, bəlağəti və ecazkarlığı kimi fərqli xüsusiyyətləri yoxdur.
 Qulun əldə etdiyi elm və hidayət, Allahın hidayəti və təlimi ilə baş verir.
 Qulun xeyirə nail olması uca Allahın lütfündən, başına gələn  şər isə öz nəfsindən və nəfsinin tamahındandır.
 Kim xeyir iş görərsə, bu Allahın onu müvəffəq etməsinə görədir,  mükafatı Onun lütfüdür və həmd Ona məxsusdur. Kim də pis əməl sahibidirsə, özündən başqa heç kimi qınamasın.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4810</t>
   </si>
   <si>
     <t>يا غلام، إني أعلمك كلمات، احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
-    <t>Oğul! Mən sənə bir neçə kəlimə öyrədəcəm: Allahın hududlarına qərəzsiz riayət et ki, Allah da səni qorusun. Allahın hüdudlarına riayət et ki, Onu öz qarşında görəsən. Nəyisə istədikdə, Allahdan istə. Kömək istədikdə, yalnız Allahdan kömək istə</t>
+    <t>Oğul! Mən sənə bir neçə kəlimə öyrədəcəm: Allahı qoru (xatırlayaraq, hududlarına qərəzsiz riayət et) ki, Allah da səni qorusun. Allahı qoru (hüdudlarına riayət et) ki, Onu öz qarşında görəsən. Nəyisə istədikdə, Allahdan istə. Kömək istədikdə, yalnız Allahdan kömək istə</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: كُنْتُ خَلْفَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ، وَاعْلَمْ أَنَّ الْأُمَّةَ لَوِ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ، لَمْ يَنْفَعُوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ لَكَ، وَلَوِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ، لَمْ يَضُرُّوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ عَلَيْكَ، رُفِعَتِ الْأَقْلَامُ وَجَفَّتِ الصُّحُفُ».</t>
   </si>
   <si>
-    <t>İbn Abbasdan  (Allah ondan və atasından razı olsun) belə dediyi  rəvayət edilir: Bir gün mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) (miniyində) onun tərkində ikən o mənə buyurdu: " Oğul! Mən sənə bir neçə kəlimə öyrədəcəm: Allahın hududlarına qərəzsiz riayət et ki, Allah da səni qorusun. Allahın hüdudlarına riayət et ki, Onu öz qarşında görəsən. Nəyisə istədikdə, Allahdan istə. Kömək istədikdə, yalnız Allahdan kömək istə.  Bil ki, bütün insanlar sənə xeyir vermək üçün toplaşsalar belə, Allahın yazdığından artıq sənə heç bir xeyir verə bilməzlər. Həmçinin  sənə zərər vermək üçün cəm olsalar belə yenə də Allahın sənə yazdığından artıq zərər verə bilməzlər. (Artıq) qələmlər qaldırılmış, səhifələr (mürəkkəbi) qurumuşdur"</t>
+    <t>İbn Abbasdan (Allah ondan və atasından razı olsun) belə dediyi  rəvayət edilir: Bir gün mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) (miniyində) onun tərkində ikən o mənə buyurdu: "Oğul! Mən sənə bir neçə kəlimə öyrədəcəm: Allahı qoru (xatırlayaraq, hududlarına qərəzsiz riayət et) ki, Allah da səni qorusun. Allahı qoru (hüdudlarına riayət et) ki, Onu öz qarşında görəsən. Nəyisə istədikdə, Allahdan istə. Kömək istədikdə, yalnız Allahdan kömək istə.  Bil ki, bütün insanlar sənə xeyir vermək üçün toplaşsalar belə, Allahın yazdığından artıq sənə heç bir xeyir verə bilməzlər. Həmçinin  sənə zərər vermək üçün cəm olsalar belə yenə də Allahın sənə yazdığından artıq zərər verə bilməzlər. (Artıq) qələmlər qaldırılmış, səhifələr (mürəkkəbi) qurumuşdur".</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>İbn Abbas (Allah ondan və atasından razı olsun) xəbər verir ki, o azyaşlı olarkən Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ilə birgə minik üstündə idi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona belə buyurdu: Sənə Allah qatında fayda verəcək  bəzi məsələləri və qaydaları öyrədəcəm:
 Allahı, əmrlərini yerinə yetirərək və qadağalarından çəkinərək mühafizə ki, səni, itaətdə və Ona yaxınlaşdıran əməllərdə qeyd etsin, haram və günahlarda adını çəkməsin. Bunu etsən, sənin mükafatın, Allahın səni dünya və axirət müsibətlərindən qoruması, hara getsən işlərində sənə yardım etməsi olacaq.
 Bir şey istədikdə, yalnız Allahdan istə, çünki dua edənlərin duasını yalnız O qəbul edir.
 Kömək istədikdə, yalnız Allahdan kömək istə.
 Əmin ol ki, yer üzündə olan bütün insanlar sənə fayda vermək üçün toplaşsalar, Allahın sənə yazdığından artıq fayda verə bilməzlər. Yer üzündəki  bütün insanlar toplaşıb sənə zərər vermək istəsələr, Allahın sənə təqdir etdiyindən artıq zərər verə bilməzlər.
 İzzət və cəlal sahibi Allah bu məsələni, hikmətinin və elminin tələbinə uyğun təqdir edib yazmışdır. Allahın yazdığı məsələlərdə isə heç bir dəyişiklik ola bilməz.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Azyaşlılara və uşaqlara tövhid (Allahın təkliyi), ədəb və digər dini məsələlərinin öyrədilməsinin əhəmiyyəti.
-Əməlin mükafatı yaxud cəzası, onun növündəndir
+Əməlin mükafatı yaxud cəzası, onun növündəndir.
 Yalnız Allaha təvəkkül edib, ona etimad etmək əmr edilmişdir. O nə gözəl qoruyandır.
-Qəza və qədərə iman edib, ondan razı qalmaq, 
-(bilmək lazımdır ki) həqiqətən Allah hər şeyi təqdir etmişdir
+Qəza və qədərə iman edib, ondan razı qalmaq, (bilmək lazımdır ki) həqiqətən Allah hər şeyi təqdir etmişdir.
 Kim Allahın əmrinə riayət etməzsə, Allah da onu qoruyub, mühafizə etməz.</t>
   </si>
   <si>
     <t>رواه الترمذي</t>
   </si>
   <si>
     <t>[Ət-Tirmizi rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4811</t>
   </si>
   <si>
     <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>Bir qul günah edərək: "Ey Rəbbim, günahımı bağışla!</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan  (Allah ondan razı olsun) rəvayət edilir ki: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) izzət və cəlal sahibi olan Rəbbindən rəvayət edərək belə buyurdu: 
-"Bir qul günah edərək: "Ey Rəbbim, günahımı bağışla!" – dedi. Müqəddəs və pak olan Allah buyurdu: "Qulum günah etdi və bildi ki, günahı bağışlayan və bu günaha görə hesaba çəkən Rəbbi vardır." Sonra qul yenidən günah etdi və dedi: "Rəbbim mənim günahımı bağışla". Müqəddəs və pak olan Allah dedi: "Qulum günah etdi və bildi ki, günahı bağışlayan və bu günaha görə hesaba çəkən Rəbbi vardır." Sonra qul yenidən günah etdi və dedi: "Rəbbim mənim günahımı bağışla". Müqəddəs və pak olan Allah dedi: "Qulum günah etdi və dərk etdi ki, günahı bağışlayan və bu günaha görə hesaba çəkən Rəbbi vardır. Nə istəsən et, artıq səni əfv etdim!"</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) izzət və cəlal sahibi olan Rəbbindən rəvayət edərək belə buyurdu: 
+"Bir qul günah edərək: "Ey Rəbbim, günahımı bağışla!" – dedi. Müqəddəs və pak olan Allah buyurdu: "Qulum günah etdi və bildi ki, günahı bağışlayan və bu günaha görə hesaba çəkən Rəbbi vardır". Sonra qul yenidən günah etdi və dedi: "Rəbbim mənim günahımı bağışla". Müqəddəs və pak olan Allah dedi: "Qulum günah etdi və bildi ki, günahı bağışlayan və bu günaha görə hesaba çəkən Rəbbi vardır". Sonra qul yenidən günah etdi və dedi: "Rəbbim mənim günahımı bağışla". Müqəddəs və pak olan Allah dedi: "Qulum günah etdi və dərk etdi ki, günahı bağışlayan və bu günaha görə hesaba çəkən Rəbbi vardır. Nə istəsən et, artıq səni əfv etdim!".</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Rəbbindən rəvayət edir ki, qul günah edib, sonra:" Allahım mənim günahımı bağışla" deyə dua edərsə, uca Allah buyurar: Qulum günah etdi və dərk etdi ki, onun günahını bağışlayan, günahını başqalarından gizlədən, əfv edən və ya bu günaha görə cəzalandıran Rəbbi vardır. Ona görə Mən onu bağışladım". Sonra qul  yenidən günah edər  və:" Allahım mənim günahımı bağışla" deyər, uca Allah : Qulum bir günah etdi və dərk etdi ki, onun günahını bağışlayan, eybini örtən, əfv edən və bu günaha görə cəzalandıran Rəbbi vardır,  Mən qulumu bağışladım" deyə buyurar. Sonra qul yenidən günah etməyə davam edər və deyər:" Allahım mənim günahımı bağışla", və uca Allah cavabında: Qulum günah etdi və dərk etdi ki, onun  günahını bağışlayan, eybini örtən, günahından keçən və bu günaha görə cəzalandıran Rəbbi vardır. Ona görə Mən qulumu bağışladım. Bir halda ki, qulum hər dəfə günah edib sonra peşman olur, günahlara dönməyəcəyinə əzm edir, lakin nəfsi ona qalib gəlir və yenidən günah edir və nə qədər ki, günah edib, sonra tövbə edəcək, bağışlanma diləyəcək, qoy qulum istədiyini etsin. Tövbə  öncəkiləri yox edər" deyə buyurar.</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Rəbbindən rəvayət edir ki, qul günah edib, sonra: "Allahım mənim günahımı bağışla" deyə dua edərsə, uca Allah buyurar: Qulum günah etdi və dərk etdi ki, onun günahını bağışlayan, günahını başqalarından gizlədən, əfv edən və ya bu günaha görə cəzalandıran Rəbbi vardır. Ona görə Mən onu bağışladım". Sonra qul  yenidən günah edər və: "Allahım mənim günahımı bağışla" deyər, uca Allah: Qulum bir günah etdi və dərk etdi ki, onun günahını bağışlayan, eybini örtən, əfv edən və bu günaha görə cəzalandıran Rəbbi vardır,  Mən qulumu bağışladım" deyə buyurar. Sonra qul yenidən günah etməyə davam edər və deyər: "Allahım mənim günahımı bağışla", və uca Allah cavabında: Qulum günah etdi və dərk etdi ki, onun  günahını bağışlayan, eybini örtən, günahından keçən və bu günaha görə cəzalandıran Rəbbi vardır. Ona görə Mən qulumu bağışladım. Bir halda ki, qulum hər dəfə günah edib sonra peşman olur, günahlara dönməyəcəyinə əzm edir, lakin nəfsi ona qalib gəlir və yenidən günah edir və nə qədər ki, günah edib, sonra tövbə edəcək, bağışlanma diləyəcək, qoy qulum istədiyini etsin. Tövbə  öncəkiləri yox edər" deyə buyurar.</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
-    <t>Allahın qullarına qarşı rəhmətinin genişliyi. İnsan nə qədər günah edərsə , nə pis iş görərsə, tövbə edib Ona döndüyü təqdirdə, Allah onun tövbəsini qəbul edər.
+    <t>Allahın qullarına qarşı rəhmətinin genişliyi. İnsan nə qədər günah edərsə, nə pis iş görərsə, tövbə edib Ona döndüyü təqdirdə, Allah onun tövbəsini qəbul edər.
 Uca Allaha iman edən qul Rəbbinin əfvinə ümid edər, Onun cəzasından qorxar, tövbəyə can atar, günahda israrlı, davamlı olmaz.
 Doğru tövbənin şərtləri: Günahı tərk etmək, günah etməkdən peşman olmaq, bu günahı təkrarlamamağa əzm etmək. Əgər tövbə, mal, ismət, can kimi, qullara edilən zülmlərdəndirsə tövbəyə bir şərt də əlavə edilir ki bu da haqq sahibindən halallıq almaq və ya ona haqqını ödəməkdir.
 Bəndənin dini mələsələlərdə elmə yiyələnməsinə yardım edən, xəta etdikdə tövbə etməsinə, ruhdan düşməməsinə və israr etməməsinə səbəb olan Allahı, elmə əsaslanaraq tanımağın əhəmiyyəti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4817</t>
   </si>
   <si>
     <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
   </si>
   <si>
     <t>Ədalətli olanlar Allah qatında, izzət və cəlal sahibi Rəhmanın sağındakı nurdan olan minbərlər üzərindədirlər. Allahın hər iki əli də sağdır</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
   </si>
   <si>
-    <t>Abdullah bin Amrdan (Allah onların hər ikisindən razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Ədalətli olanlar Allah qatında, izzət və cəlal sahibi Rəhmanın sağındakı nurdan olan minbərlər üzərindədirlər. Allahın hər iki əli də sağdır, onlar hökmlərində, ailələrində və idarə etdikləri məsələlərdə adil davrananlardır."</t>
+    <t>Abdullah bin Amrdan (Allah onların hər ikisindən razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Ədalətli olanlar Allah qatında, izzət və cəlal sahibi Rəhmanın sağındakı nurdan olan minbərlər üzərindədirlər. Allahın hər iki əli də sağdır, onlar hökmlərində, ailələrində və idarə etdikləri məsələlərdə adil davrananlardır".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, əmrləri və hökmləri altında olan insanlar arasında və ailələrində ədalət və haqla hökm verənlər Qiyamət günü onlara hörmət olaraq nurdan yaradılmış yüksək taxtlarda əyləşəcəklər. Bu minbərlər uca Rəhmanın sağındadır. Pak olan Allahın hər iki əli sağdır.</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
     <t>Ədalətin fəziləti və ona təşviq.
 Ədalət məfhumu ümumidir, bütün idarəçiliyi və insanlar arasında hökm verməni, qadınlar və övladlar arasında ədalətli davranışı və başqa halları belə əhatə edir.
 Qiyamət günü adil kəslərin məqamının bəyanı.
 Qiyamət günü iman əhlinin əməllərinə görə dərəcələrinin fərqliliyi.
 Həvəsləndirici üsullar, insanı haqqa, itaətə dəvət etmək üçün çağırış metodlarındandır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4935</t>
   </si>
@@ -6958,495 +6952,494 @@
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ مَن يُحرَم الرفق فلم يوفق له في أمور الدين والدنيا وفيما يتصرَّف فيه لنفسه، وفيما يتصرَّف فيه مع غيره، فقد مُنِعَ الخيرَ كله.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, kim mülayimlikdən məhrum olarsa, dini və dünyəvi işlərdə, özü üçün və başqaları ilə etdiyi işlərdə ona müvəffəq olmazsa, artıq bütün xeyirlərdən məhrum olmuş olar.</t>
   </si>
   <si>
     <t>فضل الرِّفق والحث على التخلُّق به، وذم العنف.
 الرفق به انتظام خير الدارين واتساع أمرهما، وفي العنف ضد ذلك.
 الرفق ناتج عن حسن الخلق والسلامة، والعنف ناتج عن الغضب والفَظَاظة، ولذا أثنى صلى الله عليه وسلم على الرفق وبالغ فيه.
 قال سفيان الثوري رحمه الله لأصحابه: أتدرون ما الرفق؟ هو أن تضع الأمور مواضعها، الشدة في موضعها، واللين في موضعه، والسيف في موضعه، والسوط في موضعه.</t>
   </si>
   <si>
     <t>Mülayimliyin fəziləti və bu əxlaqi sifətə sahib olmağa həvəsləndirmək və kobudluğun pislənməsi.
 Mülayimlik hər iki dünyanın xeyrini təmin etmək və onların işlərini asanlaşdırmaq deməkdir, kobudluq isə bunun əksidir.
 Mülayimlik gözəl əxlaq və salamatçılığın, kobudluq isə qəzəb və pis əxlaqın nəticəsidir, buna görə də Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) mülayimliyi çox tərifləmişdir.
 Sufyan əs-Sovri (Allah ona rəhmət etsin) öz yoldaşlarına belə demişdir: “Mülayimliyin  nə olduğunu bilirsinizmi? O hər şeyi öz yerinə qoymaqdır: sərtliyi öz yerində, yumşaqlığı öz  yerində, qılıncı öz yerində, qamçını  da öz yerində (istifadə etməkdir)".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4939</t>
   </si>
   <si>
     <t>كل أمتي يدخلون الجنة إلا من أبى</t>
   </si>
   <si>
-    <t>Ümmətimdən hər kəs cənnətə daxil olacaq,  ondan üz çevirənlərdən başqa</t>
+    <t>Ümmətimdən hər kəs cənnətə daxil olacaq, ondan üz çevirənlərdən başqa</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Ümmətimdən hər kəs cənnətə daxil olacaq,  ondan üz çevirənlərdən başqa", Soruşdular: Ey Allahın Rəsulu, kim ondan üz çevirər? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi:" Kim mənə itaət edərsə, cənnətə daxil olar, kim mənə asilik edərsə, (cənnətdən) üz çevirmiş olar."</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Ümmətimdən hər kəs cənnətə daxil olacaq, ondan üz çevirənlərdən başqa". Soruşdular: "Ey Allahın Rəsulu, kim ondan üz çevirər?". Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Kim mənə itaət edərsə, cənnətə daxil olar, kim mənə asilik edərsə, (cənnətdən) üz çevirmiş olar".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
 فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
 فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, ümmətindən cənnəti istəməyəndən başqa hər kəs ora daxil olacaq.
-Sahabələr (Allah onlardan razı olsun) dedilər: "Ey Allahın Rəsulu kim cənnəti istəməz ki?"
+Sahabələr (Allah onlardan razı olsun) dedilər: "Ey Allahın Rəsulu kim cənnəti istəməz ki?!".
 Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) cavab verdi ki, mənə boyun əyib, tabe olan və itaət edən kəs cənnətə daxil olar, lakin mənə qarşı çıxıb, şəriətin əmr və qadağalarına əməl etməyən, pis əməlləriylə cənnətdən imtina etmiş olur.</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
 شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
   </si>
   <si>
-    <t>Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) itaət, uca Allaha itaətdəndir, ona qarşı üsyan Allaha üsyandandır.
+    <t>Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) itaət, Uca Allaha itaətdəndir, ona qarşı üsyan Allaha üsyandandır.
 Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) itaət etmək cənnəti vacib edir, ona üsyan cəhənnəmə daxil olmağı vacib edir.
 Bu ümmətdən itaət edənlərin müjdələnməsi, belə ki, Allaha və Rəsuluna üsyan edənlərdən başqa, onların hamısı cənnətə daxil olacaqlar.
-Allah rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) ümmətinə olan şəfqəti  və onların hidayətinə olan hərisliyi.</t>
+Allah rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) ümmətinə olan şəfqəti və onların hidayətinə olan hərisliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4947</t>
   </si>
   <si>
     <t>لا تزول قدما عبد يوم القيامة حتى يسأل عن عمره فيما أفناه، وعن علمه فيم فعل، وعن ماله من أين اكتسبه وفيم أنفقه، وعن جسمه فيم أبلاه</t>
   </si>
   <si>
     <t>Qiyamət günü, heç bir qul həyatını necə keçirməsi, elmi ilə nə işlər görməsi, malını haradan qazanıb hara xərcləməsi və bədənini harada yorduğu haqqında soruşulmadıqca yerindən tərpənməyəcək</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَرْزَةَ الأَسْلَمِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ».</t>
   </si>
   <si>
-    <t>Əbu Bərzə əl-Əsləmidən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: «Qiyamət günü, heç bir qul həyatını necə keçirməsi, elmi ilə nə işlər görməsi, malını haradan qazanıb hara xərcləməsi və bədənini harada yorduğu haqqında soruşulmadıqca yerindən tərpənməyəcək.»</t>
+    <t>Əbu Bərzə əl-Əsləmidən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: «Qiyamət günü, heç bir qul həyatını necə keçirməsi, elmi ilə nə işlər görməsi, malını haradan qazanıb hara xərcləməsi və bədənini harada yorduğu haqqında soruşulmadıqca yerindən tərpənməyəcək».</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه لا يُجاوِزُ أحدٌ مِن الناس مَوقِفَ الحسابِ يوم القيامة إلى جنةٍ أو نارٍ حتى يُسألَ عن أمور: 
 الأول: حياتِه فِيمَ أَفْنَاها وقضاها؟ 
 الثاني: عِلْمِهِ هل طلبه لله؟ وهل عمل به؟ وهل بلّغه لمستحقه؟ 
 الثالث: مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ أمن حلال أم حرام؟ وَفِيمَ أَنْفَقَهُ فيما يرضي الله أو ما يسخطه؟ 
 الرابع: جِسْمِهِ وقوّته وعافيته وشبابه فيمَ أَبْلَاه واستخدمه؟</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, Qiyamət günü bu suallar soruşulmadan heç kəs hesab yerindən Cənnət və ya Cəhənnəmə getməyəcək:
-Birincisi: Həyatı haqqında . Onu nəyə sərf etdi və necə keçirdi?
+Birincisi: Həyatı haqqında. Onu nəyə sərf etdi və necə keçirdi?
 İkincisi: Elmi haqqında. Onu Allahın razılığı üçün öyrəndimi? Onunla əməl etdimi? Bu elmi layiq olan kəslərə çatdırdımı?
-Üçüncüsü: Malı haqqında. Onu haradan qazandı, halal yoxsa haram yoldan qazandı? Qazancını nəyə xərclədi, Allahı razı salacaq şeylərə yoxsa Onu qəzəbləndirəcək şeylərə ?
+Üçüncüsü: Malı haqqında. Onu haradan qazandı, halal yoxsa haram yoldan qazandı? Qazancını nəyə xərclədi, Allahı razı salacaq şeylərə yoxsa Onu qəzəbləndirəcək şeylərə?
 Dördüncüsü: Bədəni, gücü, sağlamlığı və gəncliyi haqqında. Gəncliyini necə keçirdi və nəyə sərf etdi?</t>
   </si>
   <si>
     <t>الحث على اغتنام الحياة فيما يرضي الله تعالى.
 نعم الله على العباد كثيرة، وسيسأله عن النعيم الذي كان فيه، فعليه أن يضع نعم الله فيما يرضيه.</t>
   </si>
   <si>
     <t>Həyatı Uca Allahı razı salacaq şəkildə yaşamağa təşviq etmək.
-Allahın qullarına verdiyi nemətlər çoxdur. Allah quluna verdiyi bu nemətlər haqqında ondan soruşacaq. Buna görə də O,  Allahın nemətlərini onun razı qaldığı şeylərdə istifadə etməlidir.</t>
+Allahın qullarına verdiyi nemətlər çoxdur. Allah quluna verdiyi bu nemətlər haqqında ondan soruşacaq. Buna görə də o, Allahın nemətlərini Onun razı qaldığı şeylərdə istifadə etməlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4950</t>
   </si>
   <si>
     <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>Cəbrayıl mənə qonşu haqqında o qədər tövsiyə etdi ki, ona da mirasdan pay düşəcəyini zənn etdim</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
     <t>İbn Ömərdən (Allah onların hər ikisindən razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilmişdir: "Cəbrayıl mənə qonşu haqqında o qədər tövsiyə etdi ki, ona da mirasdan pay düşəcəyini zənn etdim."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Cəbrayıl israrla, təkrar-təkrar ona qonşuya diqqət göstərməyi əmr etdi. Evi yaxın olan qonşu, müsəlman və ya kafir, insana qohum olub-olmamasından asılı olmayaraq, haqqının qorunmasını, ona əziyyət verməməsini, ona qarşı xeyirxahlıq göstərməsini, əziyyətinə səbr etməsini tövsiyə etdi. Qonşu haqqının belə böyük olduğundan və Cəbrayılın bunu təkrar-təkrar xatırlatmasından Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanın ölümündən sonra tərk etdiyi əmlakından qonşusuna da verməli olduğu haqda vəhyin enəcəyini zənn etdi.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Qonşu haqqının möhtəşəmliyi və buna riayət etməyin vacibliyi.
 Qonşu haqqını israrla tövsiyə etməsi, ona hörməti, sevgini, xeyirxahlıq etməyi, ondan zərəri uzaqlaşdırmağı, xəstəliyində onu ziyarət etməyi, sevincli halında onu təbrik etməyi, müsibətə uğradıqda başsağlığı verməyi gərəkdirir.
 Qonşunun qapısı nə qədər yaxındırsa, haqqı o qədər böyükdür.
 Qonşuya xeyirxahlıq etmək, ondan zərəri dəf etmək kimi əməllərin cəmiyyətin islahında rol oynaması , bu şəriətin kamilliyinin göstəricisidir</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4965</t>
   </si>
   <si>
     <t>أرأيتم لو أن نهرا بباب أحدكم يغتسل فيه كل يوم خمسا، ما تقول ذلك يبقي من درنه؟</t>
   </si>
   <si>
     <t>Sizin birinizin qapısının önündə bir çay olsa və o, həmin çayda hər gün beş dəfə yuyunsa o kəsdə çirkdən bir şey qalarmı?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟» قَالُوا: لَا يُبْقِي مِنْ دَرَنِهِ شَيْئًا، قَالَ: «فَذَلِكَ مِثْلُ الصَّلَوَاتِ الخَمْسِ، يَمْحُو اللَّهُ بِهِ الخَطَايَا».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdiyi rəvayət edilir: «Sizin birinizin qapısının önündə bir çay olsa və o, həmin çayda hər gün beş dəfə yuyunsa o kəsdə çirkdən bir şey qalarmı?» Səhabələr: "O kəsin üzərində çirkdən heç bir şey qalmaz" dedilər. Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: «Beş vaxt namaz da bunun kimidir, Allah onunla günahları silib yox edir.»</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdiyi rəvayət edilir: «Sizin birinizin qapısının önündə bir çay olsa və o, həmin çayda hər gün beş dəfə yuyunsa o kəsdə çirkdən bir şey qalarmı?». Səhabələr: "O kəsin üzərində çirkdən heç bir şey qalmaz" dedilər. Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: «Beş vaxt namaz da bunun kimidir, Allah onunla günahları silib yox edir».</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الصلواتِ الخمس في كلِّ يومٍ وليلةٍ في إزالتِها وتكفيرِها لصغائر الذنوب والخطايا بِنَهْرٍ على بابِ الإنسان يَغتسلُ منه كلَّ يومٍ خمسَ مرات، فلا يبقى مِن دَرَنِهِ ووَسَخِهِ شيءٌ.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) kiçik günahların və xətaların aradan qaldırılması və bağışlanması üçün hər gün qılınan beş vaxt namazı insanın qapısının ağzından axan və gündə beş dəfə yuyunduğu bir çaya bənzətmişdir. Belə birinin üzərində çirkdən və kirdən  heç bir şey qalmaz.</t>
   </si>
   <si>
     <t>هذا الفضلُ خاصٌّ بتكفير الصغائر، أما الكبائر فلا بُد من التوبة منها.
 فضل أداء الصلوات الخمس والمحافظة عليها بشروطِها وأركانِها وواجباتِها وسننِها.</t>
   </si>
   <si>
     <t>Bu fəzilət kiçik günahların bağışlanmasına aiddir, böyük günahlar üçün isə tövbə etmək lazımdır.
 Şərtlərinə, rukunlarına, vaciblərinə və sünnətlərinə əməl edərək beş vaxt namazı qılmağın fəziləti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4968</t>
   </si>
   <si>
     <t>مثل المؤمنين في توادهم وتراحمهم وتعاطفهم مثل الجسد، إذا اشتكى منه عضو تداعى له سائر الجسد بالسهر والحمى</t>
   </si>
   <si>
     <t>Möminlər bir-birlərini sevməkdə, bir-birlərinə mərhəmət etməkdə və bir-birlərinə qarşı şəfqətli olmaqda bir bədən kimidirlər. Bədənin bir üzvü şikayət etsə (xəstə olsa), digər bədən üzvləri də bu səbəbdən yuxusuzluğa və qızdırmaya tutular</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى».</t>
   </si>
   <si>
-    <t>Numan bin Bəşirdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilmişdir: «Möminlər bir-birlərini sevməkdə, bir-birlərinə mərhəmət etməkdə və bir-birlərinə qarşı şəfqətli olmaqda bir bədən kimidirlər. Bədənin bir üzvü şikayət etsə (xəstə olsa), digər bədən üzvləri də bu səbəbdən yuxusuzluğa və qızdırmaya tutular.»</t>
+    <t>Numan bin Bəşirdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilmişdir: «Möminlər bir-birlərini sevməkdə, bir-birlərinə mərhəmət etməkdə və bir-birlərinə qarşı şəfqətli olmaqda bir bədən kimidirlər. Bədənin bir üzvü şikayət etsə (xəstə olsa), digər bədən üzvləri də bu səbəbdən yuxusuzluğa və qızdırmaya tutular».</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه يَجبُ أنْ تكونَ حالُ المسلمين بعضهم مع بعض من محبة الخير والرحمة والمساعدة والنصرة، والتأذِّي بما يحصل لهم من الضرر، كمثل الجسد الواحد، إذا مرض منه عضو، تفاعل معه الجسدُ كلُّه بالسهر والحُمّى.</t>
   </si>
   <si>
     <t>Peyğəmbər - sallallahu aleyhi və səlləm- bəyan etmişdir ki, müsəlmanların bir-birlərinə yaxşılıq etmək, mərhəmətli olmaq, yardımlaşmaq və bir-birlərinə dəstək olmaq və başlarına gələn zərərdən əziyyət çəkməkdə olan halları bir bədən kimi olmalıdır. Bədənin bir üzvü xəstələnərsə, bütün bədən o xəstə üzvlə birlikdə yuxusuzluğa və qızdırmaya tutular.</t>
   </si>
   <si>
     <t>ينبغي تعظيمُ حقوق المسلمين والحضُّ على تعاونهم وملاطفة بعضهم بعضًا.
 ينبغي أن يكونَ بين أهلِ الإيمان المحبة والنصرة.</t>
   </si>
   <si>
     <t>Müsəlmanların haqlarına böyük önəm verilməli, onların bir-birlərinə yardım etmələri və bir-birlərinə qarşı lütfkar olmalarına təşviq edilməlidir.
 İman əhli arasında məhəbbət və yardımlaşma olmalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4969</t>
   </si>
   <si>
     <t>مروا أولادكم بالصلاة وهم أبناء سبع سنين، واضربوهم عليها وهم أبناء عشر، وفرقوا بينهم في المضاجع</t>
   </si>
   <si>
     <t>“Övladlarınıza yeddi yaşında ikən namaz qılmağı əmr edin, on yaşında ikən onları namaza görə (əgər qılmasalar) vurun və onların yataqlarını da ayırın”</t>
   </si>
   <si>
     <t>عن عمرو بن شُعيب عن أبيه عن جدِّه قال: قال رسولُ الله صلى الله عليه وسلم: «مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ».</t>
   </si>
   <si>
     <t>Amr bin Şueyb, atası vasitəsilə babasından rəvayət edərək dedi: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: “Övladlarınıza yeddi yaşında ikən namaz qılmağı əmr edin, on yaşında ikən onları namaza görə (əgər qılmasalar) vurun və onların yataqlarını da ayırın”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على الأبِ أنْ يأمُرَ أولادَه -الذكور والإناث- بالصلاة وأعمارهم سبع سنين، ويُعَلِّمهم ما يحتاجون لإقامتها. 
 وإذا بَلَغُوا عشرَ سنين زادَ في الأمر، فيضرب على التقصير فيها، ويُفَرِّق بينهم في الفِراش.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki, ata övladlarına - oğlan və qızlara -yeddi yaşında ikən namaz qılmağı əmr etməli və onlara namaz qılmaq üçün lazım olan şeyləri öyrətməlidir. Onlar on yaşına çatdıqda bunu daha çox əmr etməlidir. Övlad bu işdə səhlənkarlıq edərsə, ata onu vurur və onların yatağını ayırır.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki, ata övladlarına - oğlan və qızlara - yeddi yaşında ikən namaz qılmağı əmr etməli və onlara namaz qılmaq üçün lazım olan şeyləri öyrətməlidir. Onlar on yaşına çatdıqda bunu daha çox əmr etməlidir. Övlad bu işdə səhlənkarlıq edərsə, ata onu vurur və onların yatağını ayırır.</t>
   </si>
   <si>
     <t>تعليم الأولاد الصغار قبل البلوغ أمورَ الدين، ومن أهمِّها الصلاة.
 الضرب يكون للتأديب، وليس للتعذيب، فيضرب ضربًا يليق بحالِه.
 عناية الشريعة بحفظ الأعراض، وسدُّها كلَّ طريقٍ قد يُفضي إلى الفساد.</t>
   </si>
   <si>
     <t>Balaca uşaqlara həddi-buluğa çatmamışdan əvvəl din məsələlərini öyrətmək və bunların ən əhəmiyyətlilərindən biri namazdır.
 Uşağı vurmaq ona işgəncə etmək üçün deyil, onu tərbiyələndirmək üçündür. Ona görə də uşağın halı nəzərə alınaraq vurulmalıdır.
-Şəriətin irzin (namusun) qorunmasına diqqət yetirməsi və fitnə-fəsada səbəb ola biləcək hər bir yolun qarşısını alması.
-​</t>
+Şəriətin irzin (namusun) qorunmasına diqqət yetirməsi və fitnə-fəsada səbəb ola biləcək hər bir yolun qarşısını alması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5272</t>
   </si>
   <si>
     <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
-    <t>Həqiqətən, ruqyə, tilsimlər və tivələ (sevgi duası) şirkdir</t>
+    <t>Həqiqətən, ruqyə, təmimələr</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
-    <t>Abdullah bin Məsuddan (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulunun(Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Həqiqətən, ruqyə, tilsimlər və tivələ (sevgi duası) şirkdir."</t>
+    <t>Abdullah bin Məsuddan (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Həqiqətən, ruqyə, təmimələr  və tivələ (sevgi tilsimi) şirkdir."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
 أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
 ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
 ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
 فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
 أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Allaha şərik qoşulacaq bəzi əməlləri bəyan etmişdir:
-Birincisi: Ruqyə- Cahiliyyə dövrü insanların şəfa dilədikləri şirki ehtiva edən sözlər.
-[...2 lines deleted...]
-Sözügedən əşyaların səbəb kimi istifadə edilməsinə görə bu əməllər şirkdən hesab edilir, həqiqətdə bu əşyalar nə şərii dəlillərə əsaslanan səbəblərdir, nə də ki, təcrübə ilə əldə edilən duyulan, hissi səbəblərdir. Lakin Quran oxumaq kimi şərii və dərman qəbulu kimi təcrübə ilə sabit olan toxunma və hissi orqanlarla dərk edilən səbəblər  və bunların sadəcə səbəb olmasına etiqad etmək icazəlidir və hər bir halda xeyirin və zərərin  Allahın əlində olmasına etiqad etmək gərəkir.</t>
+Birincisi: Ruqyə - Cahiliyyə dövrü insanların şəfa dilədikləri şirki ehtiva edən sözlər.
+İkincisi: Təmimələr - nəzərdən qorunmaq üçün uşaqların, heyvanların və s. boyunlarına taxılan, muncuqlar və bənzəri şeylərdən hazırlanmış əşyalar.
+Üçüncüsü: Tivələ - ər və qadının birinin digərini sevməsi üçün hazırlanan əşya.
+Sözügedən əşyaların səbəb kimi istifadə edilməsinə görə bu əməllər şirkdən hesab edilir, həqiqətdə bu əşyalar nə şərii dəlillərə əsaslanan səbəblərdir, nə də ki, təcrübə ilə əldə edilən duyulan, hissi səbəblərdir. Lakin Quran oxumaq kimi şərii və dərman qəbulu kimi təcrübə ilə sabit olan toxunma və hissi orqanlarla dərk edilən səbəblər və bunların sadəcə səbəb olmasına etiqad etmək icazəlidir və hər bir halda xeyirin və zərərin Allahın əlində olmasına etiqad etmək gərəkir.</t>
   </si>
   <si>
     <t>صيانة التوحيد والعقيدة عما يُخِلُّ بها.
 تحريم استعمال الرقى الشركية والتمائم والتولة.
 اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>Tövhid və əqidənin ona xələl gətirəcək şeylərdən qorunması.
-Tilsimi, tivələni və şirki ehtiva edən ruqyəni istifadə etməyin haramlığı.
+Təmiməni, tivələni və şirki ehtiva edən ruqyəni istifadə etməyin haramlığı.
 İnsanın bu üç şeyi səbəb olaraq etiqad etməsi kiçik şirkdir, çünki səbəb olmayan bir şeyi səbəb etmişdir, lakin onların özlərinin fayda və zərər verdiklərinə etiqad etmək isə böyük şirkdir.
 Şirk və haram olan səbəbləri etməyin qadağan edilməsi.
 Şərii olan ruqyədən başqa, digər ruqyələrin haramlığı və şirk olması.
-Qəlb yalnız Allaha bağlı olmalıdır. Zərər və fayda, şəriki olmayan Allahdandır, xeyir yalnız Allahdan gələr və şərləri də yalnız Allah dəf edər
+Qəlb yalnız Allaha bağlı olmalıdır. Zərər və fayda, şəriki olmayan Allahdandır, xeyir yalnız Allahdan gələr və şərləri də yalnız Allah dəf edər.
 İcazəli  ruqyənin üç şərti var:
--1.Onun səbəb olaraq istifadəsinə və yalnız Allahın izni ilə fayda verəcəyinə etiqad etmək
-[...1 lines deleted...]
-3.Başa düşülən dildə olmalı, içində sehr və tilsim olmamalıdır.</t>
+- 1.Onun səbəb olaraq istifadəsinə və yalnız Allahın izni ilə fayda verəcəyinə etiqad etmək.
+- 2.Quranla, Allahın isim və sifətləri ilə, sünnədə gələn dualar və digər icazəli dualarla etmək.
+- 3. Başa düşülən dildə olmalı, içində sehr və tilsim olmamalıdır.</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Əbu Davud,İbnu Məcə və Əhməd rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5273</t>
   </si>
   <si>
     <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
-    <t>Bilirsinizmi qeybət nədir?" Sahabələr: "Allah və Rəsulu ən doğrusunu bilir!"- dedilər. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "(Din) qardaşını onun xoşuna gəlmədiyi bir vəsflə xatırlamaqdır</t>
+    <t>Bilirsinizmi qeybət nədir?". Sahabələr: "Allah və Rəsulu ən doğrusunu bilir!" - dedilər. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "(Din) qardaşını onun xoşuna gəlmədiyi bir vəsflə xatırlamaqdır</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Bilirsinizmi qeybət nədir?" Sahabələr: "Allah və Rəsulu ən doğrusunu bilir!"- dedilər. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "(Din) qardaşını onun xoşuna gəlmədiyi bir vəsflə xatırlamaqdır." Soruşdular: Bəs əgər qardaşımda söylədiyim vəsf olarsa? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Dediyin vəsf o kəsdə olarsa, sən onun qeybətini etmiş olarsan, əgər bu olmazsa, ona böhtan atmış olarsan."</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Bilirsinizmi qeybət nədir?". Sahabələr: "Allah və Rəsulu ən doğrusunu bilir!" - dedilər. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "(Din) qardaşını onun xoşuna gəlmədiyi bir vəsflə xatırlamaqdır". Soruşdular: "Bəs əgər qardaşımda söylədiyim vəsf olarsa?". Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Dediyin vəsf o kəsdə olarsa, sən onun qeybətini etmiş olarsan, əgər bu olmazsa, ona böhtan atmış olarsan".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) haram olan qeybətin həqiqətini bəyan edərək buyurur ki, müsəlman qardaşını onun arxasınca sevmədiyi bir vəsflə xatırlamaqdır. Bu vəsf istər yaradılış sifətləri olsun, istər əxlaqi xüsusiyyətləri olsun, fərqi yoxdur. Məsələn, kor, fırıldaqçı, yalançı kimi xoşa gəlməz sifətlər, hətta sahibində olsa belə bu qeybətdir.
-Lakin onun haqqında söylədiyin (sevmədiyi) sifət onda olmazsa, bu  qeybətdən daha ağır olur, bu da artıq böhtandır,  yəni- insanda olmayan xüsusiyyəti ona iftira olaraq aid etməkdir.</t>
+Lakin onun haqqında söylədiyin (sevmədiyi) sifət onda olmazsa, bu qeybətdən daha ağır olur, bu da artıq böhtandır,  yəni - insanda olmayan xüsusiyyəti ona iftira olaraq aid etməkdir.</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
 صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
 الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
   </si>
   <si>
     <t>Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) gözəl təlim üsulu - belə ki, məsələləri sual verməklə izah edir.
-Sahabələrin Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ilə gözəl ədəbi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) onlara sual verdikdə, "Allah və Rəsulu ən doğrusunu bilir!"- deyə cavab verdilər.
+Sahabələrin Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ilə gözəl ədəbi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) onlara sual verdikdə, "Allah və Rəsulu ən doğrusunu bilir!" - deyə cavab verdilər.
 Sual verilən kəs cavabını bilmədikdə, ən doğrusunu "Allah bilir" deyər.
 Şəriət fərdlər arasındakı qardaşlığı və onların hüquqlarını mühafizə etməklə cəmiyyəti qoruyur.
-Qeybət ümumiyyətlə haramdır, amma bəzi məsləhətlərə görə  icazəli növləri vardır. Bunlardan: Zülmü dəf etmək-yəni məzlum haqqını alıb ona qaytarmağı bacaranın yanında zalımın ona etdiklərini bildirməsi və "filankəs mənə zülm etdi və ya belə etdi"- deməsi, həmçinin evlilik, şəriklik və ya qonşuluq kimi məsələlərdə bir kəslə məsləhətləşmək.</t>
+Qeybət ümumiyyətlə haramdır, amma bəzi məsləhətlərə görə  icazəli növləri vardır. Bunlardan: Zülmü dəf etmək - yəni məzlum haqqını alıb ona qaytarmağı bacaranın yanında zalımın ona etdiklərini bildirməsi və "filankəs mənə zülm etdi və ya belə etdi" - deməsi, həmçinin evlilik, şəriklik və ya qonşuluq kimi məsələlərdə bir kəslə məsləhətləşmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5326</t>
   </si>
   <si>
     <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
   </si>
   <si>
     <t>Allahım, hər kim ümmətimin işlərinə rəhbərlik edib, onlara çətinlik yaradarsa, Sən də onun üçün çətinlik yarat. Hər kim də, ümmətimin işlərinə rəhbərlik edib, onlarla yumşaq davranarsa, Sən ona rəhm et</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
   </si>
   <si>
-    <t>Aişə (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) mənim bu evimdə belə dediyini eşitdim: "Allahım, hər kim ümmətimin işlərinə rəhbərlik edib, onlara çətinlik yaradarsa, Sən də onun üçün çətinlik yarat. Hər kim də, ümmətimin işlərinə rəhbərlik edib, onlarla yumşaq davranarsa, Sən ona rəhm et.</t>
+    <t>Aişə (Allahın ondan razı olsun) dedi: "Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) mənim bu evimdə belə dediyini eşitdim: "Allahım, hər kim ümmətimin işlərinə rəhbərlik edib, onlara çətinlik yaradarsa, Sən də onun üçün çətinlik yarat. Hər kim də, ümmətimin işlərinə rəhbərlik edib, onlarla yumşaq davranarsa, Sən ona rəhm et".</t>
   </si>
   <si>
     <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
 وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) müsəlmanların böyük və yaxud xırda məsələlərdə işlərinin idarə etməsinə sahiblənən kəsə dua etmişdir. Fərq etməz bu ümumi rəhbərlik olsun və ya xüsusi rəhbərlik olsun, rəhbərlik etdiyi kəslərə çətinlik yaradarsa və onlara qarşı mülayim olmazsa, uca Allah da ona çətinlik yaradar, onun əməlinin növündə ona qarşılıq verər.
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) müsəlmanların böyük və yaxud xırda məsələlərdə işlərinin idarə etməsinə sahiblənən kəs üçün dua etmişdir. Fərq etməz bu ümumi rəhbərlik olsun və ya xüsusi rəhbərlik olsun, rəhbərlik etdiyi kəslərə çətinlik yaradarsa və onlara qarşı mülayim olmazsa, Uca Allah da ona çətinlik yaradar, onun əməlinin növündə ona qarşılıq verər.
 Kim tabeliyində olan insanlarla yumşaq davranıb, onların işlərini asanlaşdırarsa, Allah da ona lütf edib, işlərini asanlaşdırar.</t>
   </si>
   <si>
     <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
 الجزاء من جنس العمل.
 ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
   </si>
   <si>
-    <t>Müsəlmanların işlərini  idarə edən kəsin, ona tabe  olan insanlarla yumşaq davranması vacibdir.
-[...1 lines deleted...]
-Yumşaqlığın və sərtliyin dərəcəsi və meyarı, Quran və sünnətə müxalif  olmamalıdır.</t>
+    <t>Müsəlmanların işlərini idarə edən kəsin, ona tabe olan insanlarla yumşaq davranması vacibdir.
+Əməlin mükafatı yaxud cəzası, onun növündəndir.
+Yumşaqlığın və sərtliyin dərəcəsi və meyarı, Quran və Sünnətə müxalif olmamalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5330</t>
   </si>
   <si>
     <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
   </si>
   <si>
     <t>Şübhəsiz ki, Allahın sərvətini haqsız yerə istifadə edənlərə Qiyamət günü cəhənnəm əzabı var</t>
   </si>
   <si>
     <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
-    <t>Xovlə Əl-Ənsaridən (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edildir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Şübhəsiz ki, Allahın sərvətini haqsız yerə istifadə edənlərə Qiyamət günü cəhənnəm əzabı var."</t>
+    <t>Xovlə Əl-Ənsaridən (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edildir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Şübhəsiz ki, Allahın sərvətini haqsız yerə istifadə edənlərə Qiyamət günü cəhənnəm əzabı var".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
 ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) müsəlmanların varını, sərvətini batil yolla xərcləyən, haqsız yerə əldə edənlər haqqında xəbər verir. Burada maliyyə vəsaitinin qanunsuz toplanması, onun saxta yolla əldə edilməsi, düzgün  xərclənməməsi barədə ümumi mənanı açıqlayır. Bura həmçinin yetimlərə, vəqfə ayrılan maliyyə vəsaitlərini batil yolla mənimsəmək, (onlara həvalə edilən) əmanətə xəyanət etmək, haqqı olmadığı halda ümumi maliyyə və əmlak sərvətlərindən şəriətə zidd olaraq götürmək də daxildir.
 Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Qiyamət günü onların cəzası cəhənnəmdir.</t>
   </si>
   <si>
     <t>المال الذي بأيدي الناس هو مال الله، استَخْلَفَهم عليه لينفقوه بالطرق المشروعة، ويجتنبوا التصرف فيه بالباطل، وهذا عامٌّ في الولاة وغيرهم من سائر الناس.
 تشديد الشرع في المال العام،  وأنه من ولي منه شيئًا فإنه سيحاسب يوم القيامة على جِبَايَتِه وإنفاقه.
 يدخل في هذا الوعيد مَن يتصرَّفُ تصرُّفًا غير شرعي في المال سواء كان ماله أو مال غيره.</t>
   </si>
   <si>
-    <t>İnsanların əlində olan var-dövlət Allahın sərvətidir. O bu sərvəti qullarına batil xərclərdən çəkinərək , şəriətlə icazəli üsullarla istifadə etməsi üçün vermişdir. Bu, həm rəhbərlərə, həm də sıravi insanlara aiddir.
+    <t>İnsanların əlində olan var-dövlət Allahın sərvətidir. O bu sərvəti qullarına batil xərclərdən çəkinərək, şəriətlə icazəli üsullarla istifadə etməsi üçün vermişdir. Bu, həm rəhbərlərə, həm də sıravi insanlara aiddir.
 Şəriətin ümumi mal-dövlət barədə şiddətlə göstərdiyi önəm. Kim mal-dövlətə sahib olarsa, Qiyamət günü bu sərvətin əldə edilməsinə və istifadəsinə görə sorğu sual edilər.
 Bu xəbərdarlığa-istər öz sərvətini, istərsə də başqasının var dövlətini qeyri-şərii üsullarla istifadə edənlər daxildir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5331</t>
   </si>
   <si>
     <t>إياكم والظن؛ فإن الظن أكذب الحديث</t>
   </si>
   <si>
     <t>“Zənn etməkdən çəkinin; çünki zənn, ən yalan ifadədir</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ، وَلَا تَحَسَّسُوا، وَلَا تَجَسَّسُوا، وَلَا تَحَاسَدُوا، وَلَا تَدَابَرُوا، وَلَا تَبَاغَضُوا، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: “Zənn etməkdən çəkinin; çünki zənn, ən yalan ifadədir. Bir-birinizin gizli işlərini araşdırmayın, qüsurlarını axtarmayın, bir-birinizə paxıllıq etməyin, bir-birinizdən üz çevirməyin, bir-birinizə nifrət etməyin və ey Allahın qulları, qardaş olun!”</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: “Zənn etməkdən çəkinin; çünki zənn, ən yalan ifadədir. Bir-birinizin gizli işlərini araşdırmayın, qüsurlarını axtarmayın, bir-birinizə paxıllıq etməyin, bir-birinizdən üz çevirməyin, bir-birinizə nifrət etməyin və ey Allahın qulları, qardaş olun!”.</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم ويُحَذِّرُ مِن بعضِ ما يؤدِّي إلى الفُرْقة والعداوة بين المسلمين، 
 ومن ذلك: 
 (الظن) وهو تُهمةٌ تقَعُ في القَلبِ بلا دَليلٍ، وبَيَّنَ أنه مِن أَكْذَب الحديث. 
 وعن (التَّحَسُّس): وهو البحث عن عورات الناس بالعين أو الأذن. 
 و(التَّجَسُّس): وهو البحث عن ما خفي من الأمور، وأكثر ما يقال ذلك في الشر. 
 وعن: (الحسد) وهو كراهية حصول النعمة للآخرين. 
 وعن: (التدابر) بأنْ يَعْرِضَ بعضُهم عن بعض، فلا يسلِّم ولا يزور أخاه المسلم، 
 وعن: (التباغض) والكراهية والنفرة، كأذية الآخرين، والعبوس وسوء المقابلة. 
 ثم قال كلمة جامعة تصلح بها أحوال المسلمين بعضهم مع بعض: (وكونوا عباد الله إخوانًا) 
 فالأخوة رابطة تلتئم بها العلاقات بين الناس، وتزيد المحبة والأُلْفة بينهم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) müsəlmanlar arasında təfriqə və düşmənçiliyə səbəb olan bəzi şeyləri qadağan edir və onlardan çəkindirir. Bunlardan:
-(Zənn) -o, qəlbdə yer alan dəlil-sübutsuz ittihamdır və onun ən yalan ifadələrdən olduğunu bəyan edir.
-[...5 lines deleted...]
-Sonra müsəlmanların bir-birinə qarşı davranışlarını yoluna  qoyacaq geniş mənalı bir kəlmə dedi: "Ey Allahın qulları, qardaş olun." Qardaşlıq insanlar arasındakı münasibətləri tənzimləyən və onlar arasında sevgi və ünsiyyəti artıran bir bağdır.</t>
+(Zənn) - o, qəlbdə yer alan dəlil-sübutsuz ittihamdır və onun ən yalan ifadələrdən olduğunu bəyan edir.
+(Ət-Təhəssus): Insanların şəxsi həyatlarını baxmaqla və ya dinləməklə araşdırmaq.
+(Ət-Təcəssus) - gizli işləri araşdırmaqdır və bu daha çox şərr və pislikləri nəzərdə tutur.
+(Əl-Həsəd) - başqalarının əldə etdiyi nemətə qərəzli olmaq, nifrət etmək.
+(Ət-Tədəbur) - Bir-birindən üz çevirmək, bir birinə salam verməmək və ziyarət etməmək.
+(Ət-Təbağud) - Nifrət və sevməmək, başqalarına əziyyət vermək, qaşqabaqlı olub, insanları pis qarşılamaq.
+Sonra müsəlmanların bir-birinə qarşı davranışlarını yoluna  qoyacaq geniş mənalı bir kəlmə dedi: "Ey Allahın qulları, qardaş olun". Qardaşlıq insanlar arasındakı münasibətləri tənzimləyən və onlar arasında sevgi və ünsiyyəti artıran bir bağdır.</t>
   </si>
   <si>
     <t>لا يَضُرُّ الظنُّ السيءُ بمَن ظهرتْ منه علاماتُه، وعلى المؤمن أن يكون كَيِّسًا فَطِنًا لا يَنْخدع بأهل السوء والفسوق.
 المراد التحذير من التهمة التي تستقر في النفس، ومن الإصرار عليها، أما ما يَعرِض في النفس ولا يستقر فهذا لا يُكلف به.
 تحريم أسباب التنافر والقطيعة بين أفراد المجتمع المسلم، من التجسس والحسد ونحوِهما.
 الوصية بمعاملة المسلم معاملة الأخ في النصيحة والتَّوَادّ.</t>
   </si>
   <si>
     <t>Pis əlamətləri ortaya çıxan kəsdən pis zənn etmək zərər yetirməz, mömin ağıllı və müdrik olmalıdır, pis və günahkar insanlara aldanmamalıdır.
 Zənndən çəkindirməkdən məqsəd, onun insanın nəfsində qərarlaşmamasına və israr etməməsinə nail olmaqdır, amma öncəliklə qəlbdə yer alıb, sonradan keçib-gedən zənnə görə insan hesaba çəkilməz.
 Nifrət, kin və müsəlman toplumun fərdləri arasında ayrıseçkiliyə səbəb olan həsəd, insanların şəxsi həyatlarını qeyri etik yollarla araşdırma və bu kimi  bənzər vasitələrin haramlığı.
 Müsəlmana qardaş davranışı ilə nəsihət vermək və sevgi bildirmək tövsiyyəsi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5332</t>
   </si>
   <si>
     <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
   <si>
     <t>Allah kimə rəhbərlik etməyi nəsib edərsə, rəhbərliyi altında olan insanları aldadaraq ölərsə, Allah cənnəti ona haram edər</t>
   </si>
   <si>
     <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
   </si>
   <si>
-    <t>Məqil bin Yəsar əl-Muzənidən (Allah ondan razı olsun) demişdir: Mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: Allah kimə rəhbərlik etməyi nəsib edərsə, rəhbərliyi altında olan insanları aldadaraq ölərsə, Allah cənnəti ona haram edər.</t>
+    <t>Məqil bin Yəsar əl-Muzənidən (Allah ondan razı olsun) demişdir: Mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Allah kimə rəhbərlik etməyi nəsib edərsə, rəhbərliyi altında olan insanları aldadaraq ölərsə, Allah cənnəti ona haram edər".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, uca Allah tərəfindən insanlar üzərində  rəhbərlik etməyi  nəsib olunan hər bir şəxs- istər dövlət başçısı kimi ümumi rəhbər olsun, istərsə də kişi və yaxud qadın öz evində cavabdeh olsun- onlar öz məsuliyyəti altında olan insanlarla pis davranarsa, onları aldadarsa, onlara qarşı səmimi olmazsa, onların dini və dünyəvi hüquqlarını yerinə yetirməzsə, bu şiddətli cəzaya layiq olarlar.</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, uca Allah tərəfindən insanlar üzərində  rəhbərlik etməyi  nəsib olunan hər bir şəxs - istər dövlət başçısı kimi ümumi rəhbər olsun, istərsə də kişi və yaxud qadın öz evində cavabdeh olsun - onlar öz məsuliyyəti altında olan insanlarla pis davranarsa, onları aldadarsa, onlara qarşı səmimi olmazsa, onların dini və dünyəvi hüquqlarını yerinə yetirməzsə, bu şiddətli cəzaya layiq olarlar.</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>Bu xəbərdarlıq yalnız rəhbər və onun yardımçılarına aid deyil, əksinə Allahın məsul etdiyi hər bir idarə etmək məsuliyyəti olanlara aid edilir.
 Müsəlmanlara aid olan bir məsələdə rəhbər olan şəxs onlarla səmimi olmalı, əmanətə sadiq olmalı və xəyanətdən çəkinməlidir.
 Ümumi və ya xüsusi, böyük və ya kiçik rəhbərliyə sahib olan hər kəsin məsuliyyətinin ciddi olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5335</t>
   </si>
   <si>
     <t>كل معروف صدقة</t>
   </si>
   <si>
     <t>Hər bir xeyirxahlıq sədəqədir</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
-    <t>Cabir bin Abdullahdan (Allah onların hər ikisindən razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Hər bir xeyirxahlıq sədəqədir."</t>
+    <t>Cabir bin Abdullahdan (Allah onların hər ikisindən razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Hər bir xeyirxahlıq sədəqədir".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) hər bir xeyir əməlin və başqalarına fayda verəcək hər bir söz və hərəkətin sədəqə olduğunu, buna görə əcr və savab yazıldığını xəbər verir.</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>Sədəqə yalnız insanın mal-dövlətindən xərclədiyi vəsaitlərlə məhdudlaşmır, o, həmçinin insanın etdiyi və söylədiyi və insanlara faydası olan bütün xeyirləri əhatə edir.
 Xeyir əmələ və başqalarına fayda verəcək işlərə təşviq.
 Kiçik və cüzi  olsa belə, xeyirdən olan heç bir şeyi kiçik görməmək.</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
     <t>[Əl-Buxari Cabirin hədisini, Muslim Huzeyfə hədisini rəvayət etdilər]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5346</t>
@@ -7472,293 +7465,293 @@
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
   </si>
   <si>
     <t>Möminlər arasında məhəbbət, görüşdükdə təbəssüm və bir-birini sevindirməyin fəziləti.
 Şəriətin hər bir məsələni özündə ehtiva etməsi və kamilliyi. O müsəlmanların islahı və sözlərinin birliyini təsbit etmək üçün bərqərar olmuşdur.
 Az olsa belə, xeyir əməli etməyə təşviq.
 Müsəlmanları sevindirməyin müstəhəbliyi, belə ki, bu onların birliyini reallaşdırır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5348</t>
   </si>
   <si>
     <t>ليس الشديد بالصرعة، إنما الشديد الذي يملك نفسه عند الغضب</t>
   </si>
   <si>
     <t>Güclü, güləşdə qalib gələn deyil, həqiqi güclü, qəzəb zamanı nəfsini cilovlayan insandır</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Güclü, güləşdə qalib gələn deyil, həqiqi güclü, qəzəb zamanı nəfsini cilovlayan insandır."</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Güclü, güləşdə qalib gələn deyil, həqiqi güclü, qəzəb zamanı nəfsini cilovlayan insandır".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ القوةَ الحقيقيةَ ليست قوةَ الجَسَد، أو الذي يَصْرَعُ غيرَه من الأقوياء، وإنما القويُّ الشديدُ هو الذي جاهَدَ نفسَه وقَهَرَها حينما يَشتدُّ به الغضبُ؛ لأنَّ هذا يدل على قوّة تَمَكُّنِهِ من نفسه وتَغَلُّبِه على الشيطان.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, həqiqi qüvvət bədən gücü deyil və ya güclülərlə əlbəyaxa olub onlara qalib gəlmək deyil, həqiqi güclü, qəzəblənən zaman öz nəfsiylə mubarizə aparıb, özünü ələ alandır. Bu isə onun çox təmkinli olmasına və şeytana qalib gəlməsinə dəlalət edir.</t>
   </si>
   <si>
     <t>فضيلة الحِلْم وضَبْط النفس عند الغضب، وأنه من الأعمال الصالحة التي حَثَّ عليها الإسلام.
 مجاهدة النفس عند الغضب أشدُّ من مجاهدة العدو.
 تغيير الإسلام لمفهوم القوة الجاهلي إلى أخلاق كريمة، فأشد الناس قوّة هو مَن مَلَكَ زِمَام نفسِه.
 الابتعاد عن الغضب؛ لما يسبِّبُه من الأضرار على الأفراد والمجتمع.</t>
   </si>
   <si>
     <t>Yumşaqlığın və qəzəb zamanı insanın nəfsini cilovlamasının fəziləti və bunun, İslamın çağırdığı saleh əməllərdən olması.
 Qəzəb zamanı nəfslə mübarizə, düşmənlə mubarizədən daha çətindir.
 İslamın, cahiliyyədəki güc-qüvvət anlayışını dəyişərək onu uca əxlaqla dəyərləndirməsi, İslama görə insanların ən qüvvətlisi hisslərini cilovlayan kəsdir.
 Fərdlərə və cəmiyyətə zərər verdiyi üçün qəzəbdən uzaqlaşmaq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5351</t>
   </si>
   <si>
     <t>من تشبه بقوم فهو منهم</t>
   </si>
   <si>
     <t>Kim özünü bir topluma oxşadarsa, o da onlardandır</t>
   </si>
   <si>
     <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
   </si>
   <si>
-    <t>İbn Ömərdən (Allah onların hər ikisindən də razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Kim özünü bir topluma oxşadarsa, o da onlardandır"</t>
+    <t>İbn Ömərdən (Allah onların hər ikisindən də razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Kim özünü bir topluma oxşadarsa, o da onlardandır".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَشَبَّهَ بقومٍ من الكفارِ أو الفُسَّاق أو الصالحين -وذلك بأنْ يَفعَلَ شيئًا من خصائصِهم من العقائد أو العبادات أو العادات- فهو منهم؛ لأنَّ التَّشَبُّهَ بهم في الظاهر يؤدِّي إلى التشبه بهم في الباطن، ولا شك أنَّ التشبهَ بالقوم ناتجٌ عن إعجاب، وقد يؤدِّي إلى محبتهم وتعظيمهم والركون إليهم، وهذا قد يَجرُّ المرءَ إلى أنْ يتشبه بهم حتى في الباطن والعبادة -والعياذ بالله-.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, kim kafirlər, fasiqlər yaxud salehlərdən bir camaata özünü  bənzədərsə- belə ki, onların əqidə, ibadət və adətlərindəki xüsusiyyətlərdən birini edərsə, o da onlardandır, çünki, onlara zahirdə bənzəmək daxilən bənzəməyə aparır- şübhə yoxdur ki, bir camaata özünü oxşatmaq onlara heyranlıqdan doğur- bəzən də onlara məhəbbət bəsləməyə, onları ucaltmağa, onlara güvənməyə, daxildə və ibadətdə onlara bənzəməyə  aparıb çıxarır. Bundan Allaha sığınırıq.</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, kim kafirlər, fasiqlər yaxud salehlərdən bir camaata özünü  bənzədərsə - belə ki, onların əqidə, ibadət və adətlərindəki xüsusiyyətlərdən birini edərsə, o da onlardandır, çünki, onlara zahirdə bənzəmək daxilən bənzəməyə aparır - şübhə yoxdur ki, bir camaata özünü oxşatmaq onlara heyranlıqdan doğur - bəzən də onlara məhəbbət bəsləməyə, onları ucaltmağa, onlara güvənməyə, daxildə və ibadətdə onlara bənzəməyə  aparıb çıxarır. Bundan Allaha sığınırıq.</t>
   </si>
   <si>
     <t>التحذير من التشبُّه بالكفار والفساق.
 الحث على التشبه بالصالحين والاقتداء بهم.
 التشبه في الظاهر يورث المحبة في الباطن.
 يَنالُ الإنسان من الوعيد والإثم بحسب التشبه ونوعه.
 النهي عن التشبه بالكفار في دينهم وفي عاداتهم المختصة بهم، أما ما لم يكن كذلك كتعلُّم الصناعات ونحوها فلا يدخل في النهي.</t>
   </si>
   <si>
     <t>Kafirlərə və fasiqlərə bənzəməkdən çəkindirmə.
 Salehlərə bənzəmək və onların yolu ilə getməyə çağırış.
 Zahirdə bəznərlik daxildə məhəbbət doğurar.
-İnsan hədə xəbərdarlığını və günahı,  bənzəmənin  miqdarı və növünə görə qazanır.
+İnsan hədə xəbərdarlığını və günahı, bənzəmənin  miqdarı və növünə görə qazanır.
 Kafirlərə dinlərində və onlara xas olan adətlərində bənzəməyin qadağan edilməsi, lakin bu qəbildən olmayan, məsələn, istehsalatın öyrənilməsi və bənzəri məsələlərdəki oxşarlıq qadağaya daxil deyil.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5353</t>
   </si>
   <si>
     <t>من دل على خير فله مثل أجر فاعله</t>
   </si>
   <si>
     <t>Kim xeyirə yönəldərsə, o, xeyir iş görənlə əcrdə şərik olar</t>
   </si>
   <si>
     <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
   </si>
   <si>
-    <t>Əbu Məsud Əl Ənsaridən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Bir kişi  Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gələrək dedi: "Mənim miniyim-heyvanım həlak oldu, mənə minik ver". Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Yoxumdur". Orada olan bir kişi dedi: "Ey Allahın Rəsulu, mən ona minik verəcək kimsəyə yönəldərəm"  Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Kim xeyirə yönəldərsə, o, xeyir iş görənlə əcrdə şərik olar."</t>
+    <t>Əbu Məsud Əl-Ənsaridən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Bir kişi Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gələrək dedi: "Mənim miniyim-heyvanım həlak oldu, mənə minik ver". Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Yoxumdur". Orada olan bir kişi dedi: "Ey Allahın Rəsulu, mən ona minik verəcək kimsəyə yönəldərəm".  Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Kim xeyirə yönəldərsə, o, xeyir iş görənlə əcrdə şərik olar."</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
   </si>
   <si>
-    <t>Bir kişi Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gələrək dedi: Mənim miniyim həlak oldu, məni miniyə mindir və ya məni mənzilimə çatdıracaq bir minik ver. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona miniyinin olmadığını  bildirdi. Orada iştirak edən bir kişi dedi ki,  ey Allahın Rsəulu, mən onu minik verəcək birinə yönəldərəm. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) də onun  əcrdə sədəqə edənlə şərik olması ilə müjdələyir, çünki o, ehtiyacı olan kəsi axtardığına yönləndirmişdir.</t>
+    <t>Bir kişi Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gələrək dedi: Mənim miniyim həlak oldu, məni miniyə mindir və ya məni mənzilimə çatdıracaq bir minik ver. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona miniyinin olmadığını bildirdi. Orada iştirak edən bir kişi dedi ki, ey Allahın Rsəulu, mən onu minik verəcək birinə yönəldərəm. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) də onun əcrdə sədəqə edənlə şərik olması ilə müjdələyir, çünki o, ehtiyacı olan kəsi axtardığına yönləndirmişdir.</t>
   </si>
   <si>
     <t>الحث على الدلالة على الخير.
 الحضُّ على فعل الخير من أسباب تَكَافُل المجتمع المسلم وتكامله.
 سَعَة فضل الله تعالى.
 الحديث قاعدة عامة فيدخل فيه كلُّ أعمال الخير.
 الإنسان إذا لم يتمكَّن مِن تحقيق رغبة السائل، فإنه يَدُلُّه على غيره.</t>
   </si>
   <si>
     <t>Xeyirə vasitəçiliyə təşviq.
 Xeyir əməli etməyə maraq oyatmaq, müsəlman toplumunun mükəmməl surətdə qurulmasına və onun  həmrəyliyinə səbəbdir.
 Uca Allahın fəzilətinin genişliyi.
 Bu hədis bütün xeyir əməlləri əhatə edən ümumi şəri qaydadır.
 İnsan ondan yardım istəyənin ehtiyacını ödəyə bilmirsə, o zaman onu başqasına yönəltməlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5354</t>
   </si>
   <si>
     <t>سألت النبي صلى الله عليه وسلم: أي الذنب أعظم عند الله؟ قال: أن تجعل لله ندا وهو خلقك</t>
   </si>
   <si>
-    <t>Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) Allah qatında ən böyük günah hansıdır?”- deyə soruşduğumda: “Səni yaratmış olduğu halda Allaha şərik qoşmağındır</t>
+    <t>Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) Allah qatında ən böyük günah hansıdır?” - deyə soruşduğumda: “Səni yaratmış olduğu halda Allaha şərik qoşmağındır</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ» قُلْتُ: إِنَّ ذَلِكَ لَعَظِيمٌ، قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «وَأَنْ تَقْتُلَ وَلَدَكَ؛ تَخَافُ أَنْ يَطْعَمَ مَعَكَ» قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «أَنْ تُزَانِيَ حَلِيلَةَ جَارِكَ».</t>
   </si>
   <si>
-    <t>Abdullah bin Məsudun (Allah ondan razı olsun) belə dediyi rəvayət edilir: Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) Allah qatında ən böyük günah hansıdır?”- deyə soruşduğumda: “Səni yaratmış olduğu halda Allaha şərik qoşmağındır”- deyə cavab verdi. Mən dedim: Həqiqətən də bu böyük məsələdir. Sonra hansı?- deyə soruşdum. O Dedi: Övladının sənin yeməyinə şərik olub səninlə yeməsi qorxusuna (ruzi qorxusuna) görə onu öldürmək".  Dedim: "Sonra hansı?" Dedi: "Qonşunun həyat yoldaşıyla cinsi yaxınlıq etmək".</t>
+    <t>Abdullah bin Məsudun (Allah ondan razı olsun) belə dediyi rəvayət edilir: Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) Allah qatında ən böyük günah hansıdır?” - deyə soruşduğumda: “Səni yaratmış olduğu halda Allaha şərik qoşmağındır” - deyə cavab verdi. Mən dedim: "Həqiqətən də bu böyük məsələdir. Sonra hansı?" - deyə soruşdum. O Dedi: "Övladının sənin yeməyinə şərik olub səninlə yeməsi qorxusuna (ruzi qorxusuna) görə onu öldürmək".  Dedim: "Sonra hansı?". Dedi: "Qonşunun həyat yoldaşıyla cinsi yaxınlıq etmək".</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن أَعْظَمِ الذنوب فقال: 
 أعظمُها الشركُ الأكبر، وهو أن تجعل لله مَثِيْلًا أو نظيرًا في ألوهيته أو ربوبيته أو أسمائه وصفاته، وهذا الذنب لا يغفره الله تعالى إلا بالتوبة، وإن مات صاحبه عليه فهو مُخَلَّدٌ في النار. 
 ثم قَتْلُ المرءِ ولدَه خشيةَ أن يأكل معه، وقتلُ النفس حرام، لكن يعظم إثمه إذا كان المقتول ذا رَحِمٍ من القاتل، ويعظم إثمه أيضًا حين يكون مقصودُ القاتل الخشيةَ من أنْ يشاركه المقتول في رزق الله. 
 ثم أنْ يُزانيَ الرجل بزوجة جاره بأنْ يُحاول التَّغْرِيرَ بزوجة جاره حتى يَزنيَ بها وتنقاد له، 
 والزنا حرام ولكن يعظم إثمه إذا كانت المزنيُّ بها زوجةَ الجار الذي أوصى الشرع بالإحسان إليه وبره وحسن صحبته.</t>
   </si>
   <si>
-    <t>Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) ən böyük günah haqqında soruşuldu, O isə dedi: Ən böyük günah şirkdir və bu, Allahı uluhiyyətində və ya rübubiyyətində və ya isim və sifətlərində Ona nəyisə, kimisə tay-bərabər etməkdir. Bu günah  uca Allah tərəfindən ancaq tövbə ilə bağışlanar və əgər bunu edən həmin (şirk) üzrə ölərsə, əbədi olaraq cəhənnəmdə qalar. Sonra insanın övladını ruzi qıtlığı qorxusuyla öldürməsi.
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ən böyük günah haqqında soruşuldu, o isə dedi: Ən böyük günah şirkdir və bu, Allahı uluhiyyətində və ya rübubiyyətində və ya isim və sifətlərində Ona nəyisə, kimisə tay-bərabər etməkdir. Bu günah Uca Allah tərəfindən ancaq tövbə ilə bağışlanar və əgər bunu edən həmin (şirk) üzrə ölərsə, əbədi olaraq cəhənnəmdə qalar. Sonra insanın övladını ruzi qıtlığı qorxusuyla öldürməsi.
 İnsanı öldürmək haramdır, qan bağı olan bir qohumu öldürmək daha böyük günahdır və Allahın insana verdiyi ruzidə öldürdüyü kimsənin şərik olmasından, bu səbəbə görə ruzisinin daralmasından qorxaraq öldürmək daha böyük günahdır. Sonra qonşusunun həyat yoldaşıyla zina etmək. Qonşusunun həyat yoldaşını özünə cəlb edər və onunla cinsi əlaqəyə girmək üçün onu aldatmağa çalışar. Zina haramdır, lakin bu yaramaz hərəkət, haqqında şəriətin xeyirxahlıq və gözəl münasibət əmr etdiyi qonşunun həyat yoldaşıyla etdikdə isə günah daha da böyük olur.</t>
   </si>
   <si>
     <t>تفاوت الذنوب في العِظَم، كما أن الأعمال الصالحة تَتَفاوت في الفضل.
 أعظم الذنوب: الشرك بالله تعالى، ثم قتل الولد خشية أن يطعم معك، ثم أن تُزاني زوجة جارك.
 الرزق بيد الله وقد تَكَفَّلَ سبحانه بأرزاق المخلوقين.
 عِظَم حق الجار، وأنَّ أذيتَه أَعظم إثمًا من أذية غيرِه.
 الخالق هو المستحق للعبادة وحده لا شريك له.</t>
   </si>
   <si>
     <t>Saleh əməllər üstünlüyünə görə fərqləndiyi kimi, günahlar da böyüklüyünə görə fərqlənir.
 Ən böyük günah: Uca Allaha şərik qoşmaq, sonra yeməyinə şərik olacağından qorxaraq övladı öldürmək, sonra qonşunun həyat yoldaşıyla zina etməkdir.
 Ruzi pak olan Allahın əlindədir, O  yaradılmışların ruzilərinə zamindir.
 Qonşunun haqqı böyükdür, qonşuya əziyyət vermək qeyrilərinə əziyyət verməkdən daha böyük günahdır.
 İbadətə yalnız Yaradan  layiqdir və Onun şəriki yoxdur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5359</t>
   </si>
   <si>
     <t>لا تسبوا الأموات، فإنهم قد أفضوا إلى ما قدموا</t>
   </si>
   <si>
     <t>Ölüləri söyməyin, çünki onlar artıq dünyada ikən etdikləri əməllərə qovuşublar</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال النبي صلى الله عليه وسلم: «لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا».</t>
   </si>
   <si>
-    <t>Aişədən (Allah ondan  razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Ölüləri söyməyin, çünki onlar artıq dünyada ikən etdikləri əməllərə qovuşublar."</t>
+    <t>Aişədən (Allah ondan  razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Ölüləri söyməyin, çünki onlar artıq dünyada ikən etdikləri əməllərə qovuşublar".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حُرْمةَ سبِّ الأموات والوقوع في أعراضهم، وأنَّ هذا من مَسَاوِئ الأخلاق، فإنهم وَصَلُوا إلى ما قدَّموه من أعمال صالحة أو طالحة، وكما أنّ هذا السبَّ لا يبلغهم فإنّه إنما يؤذي الأحياء.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, ölüləri söymək, onların şərəf-ləyaqətləri barədə nalayiq sözlər demək haram və pis əxlaqdandır, çünki onlar dünyada ikən etdikləri istər saleh, istərsə də pis əməllərə artıq qovuşublar və bu söyüş onlara çatmır, lakin sağ olan insanlara əziyyət verir.</t>
   </si>
   <si>
     <t>الحديث دليل على تحريم سب الأموات.
 ترك سب الأموات فيه مراعاة لمصلحة الأحياء، والحفاظ على سلامة المجتمع من التشاحن والتباغض.
 الحكمة من النهي عن سبهم أنهم وصلوا إلى ما قدموا فلا ينفع سبهم، وفيه إيذاء لأقاربه الأحياء.
 أنه لا ينبغي للإنسان أن يقول ما لا مصلحة فيه.</t>
   </si>
   <si>
     <t>Bu hədis ölüləri söyməyin haramlığına dəlalət edir.
-Ölüləri söyməyi tərk etməkdə, sağ olanların mənafeyinin hifz edilməsi, cəmiyyətin düşmənçilik və nifrətdən qorunması kimi xeyirlər vardır.
+Ölüləri söyməyi tərk etməkdə, sağ olanların mənafeyinin hifz edilməsi, cəmiyyətin qarşılıqlı düşmənçilik və nifrətdən qorunması kimi xeyirlər vardır.
 Dünyasını dəyişmiş insanların söyməyin qadağa edilməsinin hikməti budur ki, onlar etdikləri əməllərə qovuşublar və ölüləri söymək heç kimə fayda verməz, əksinə bu ölənin yaxınlarına əziyyət verməkdir.
 İnsan xeyir olmayan sözləri dilinə gətirməməlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5364</t>
   </si>
   <si>
     <t>لا يحل لرجل أن يهجر أخاه فوق ثلاث ليال، يلتقيان، فيعرض هذا ويعرض هذا، وخيرهما الذي يبدأ بالسلام</t>
   </si>
   <si>
     <t>Bir insana din qardaşını üç gecədən artıq tərk edərək küsülü qalması caiz deyildir, onlar görüşdükdə birisi digərindən üz çevirər, digəri də bunu təkrar edər. Sözsüz ki, onların ən xeyirlisi birinci salamlaşandır</t>
   </si>
   <si>
     <t>عن أبي أيوب الأنصاري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ».</t>
   </si>
   <si>
-    <t>Əbu Əyyub Əl- Ənsaridən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Bir insana din qardaşını üç gecədən artıq tərk edərək küsülü qalması caiz deyildir, onlar görüşdükdə birisi digərindən üz çevirər, digəri də bunu təkrar edər. Sözsüz ki, onların ən xeyirlisi birinci salamlaşandır."</t>
+    <t>Əbu Əyyub Əl-Ənsaridən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Bir insana din qardaşını üç gecədən artıq tərk edərək küsülü qalması caiz deyildir, onlar görüşdükdə birisi digərindən üz çevirər, digəri də bunu təkrar edər. Sözsüz ki, onların ən xeyirlisi birinci salamlaşandır".</t>
   </si>
   <si>
     <t>نهى النبيُّ صلى الله عليه وسلم عن هَجْر المسلم أخاه المسلمَ أكثر من ثلاث ليال، يلتقي كلٌّ منهما بالآخر ولا يسلم عليه ولا يكلمه.
 وأفضل هذين المتخاصمين مَن يُحاوِل إزالةَ الهجر، ويبدأ بالسلام، والمراد بالهجر هنا الهجر لحظ النفس، أما الهجر لحق الله تعالى كهجر العصاة والمبتدعة وقرناء السوء، فهذا لا يُؤقَّت بوقت، وإنما هو معلق بالمصلحة في الهجر، ويزول بزوالها.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) müsəlmanın din qardaşını üç gecədən artıq tərk edərək küsülü qalmasını, üz-üzə gəldikdə  ona  salam verməyərək danışdırmamasını qadağan etmişdir.
-Bu iki küsülü kəsin ən xeyirlisi, aranı düzəltməyə çalışan, önə keçib birinci salam verəndir. Burda "hicr", yəni tərk etmək sözündə məqsəd, nəfsi üçün hicr etməyə aiddir. Amma Allah rizası üçün günahkarları, bidət əhlini, əxlaq cəhətdən pis yoldaşları tərk etmək, bu müəyyən bir vaxtla məhdudlaşmır, çünki bu növ insanları tərk etmək ümumi xeyir və fayda üçündür və  islah olunduqca onlara qarşı tətbiq olunan hicr də aradan qaldırılır.</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) müsəlmanın din qardaşını üç gecədən artıq tərk edərək küsülü qalmasını, üz-üzə gəldikdə ona salam verməyərək danışdırmamasını qadağan etmişdir.
+Bu iki küsülü kəsin ən xeyirlisi, aranı düzəltməyə çalışan, önə keçib birinci salam verəndir. Burda "hicr", yəni tərk etmək sözündə məqsəd, nəfsi üçün hicr etməyə aiddir. Amma Allah rizası üçün günahkarları, bidət əhlini, əxlaq cəhətdən pis yoldaşları tərk etmək, bu müəyyən bir vaxtla məhdudlaşmır, çünki bu növ insanları tərk etmək ümumi xeyir və fayda üçündür və islah olunduqca onlara qarşı tətbiq olunan hicr də aradan qaldırılır.</t>
   </si>
   <si>
     <t>إباحة الهجر في الثلاثة أيام فما دونها، مراعاة للطباع البشرية، فعُفي عن الهجر في الثلاث ليذهب ذلك العارض.
 فضل السلام، وأنه يُزيل ما في النفوس، وأنه علامة على المحبة.
 حرص الإسلام على الأخوة والألفة بين أهله.</t>
   </si>
   <si>
     <t>İnsan təbiətini nəzərə alaraq üç və daha az vaxt küsülü qalmağa icazə verilmişdir, və üç gün ərzində tərk etmə qəlblərdə baş verən bu inciklik və sıxıntının aradan qalxması üçündür.
-Salam verməyin fəziləti, çünki o, nəfslərdə olan kin-küdurəti aradan qaldırır və eyni zamanda bu,  sevgi və mehribançılığın bir əlamətidir
+Salam verməyin fəziləti, çünki o, nəfslərdə olan kin-küdurəti aradan qaldırır və eyni zamanda bu, sevgi və mehribançılığın bir əlamətidir.
 İslamın qardaşlığa və müsəlmanlar arasında birliyə çağırışı.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5365</t>
   </si>
   <si>
     <t>لا يدخل الجنة قاطع رحم</t>
   </si>
   <si>
     <t>Qohumluq əlaqələrini kəsən cənnətə daxil olmaz</t>
   </si>
   <si>
     <t>عن جُبَير بن مُطْعِم رضي الله عنه أنه سمع النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ».</t>
   </si>
   <si>
-    <t>Cubeyr bin Mutimdən (Allah ondan razı olsun) rəvayət edilir ki,  Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: "Qohumluq əlaqələrini kəsən cənnətə daxil olmaz."</t>
+    <t>Cubeyr bin Mutimdən (Allah ondan razı olsun) rəvayət edilir ki,  Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: "Qohumluq əlaqələrini kəsən cənnətə daxil olmaz".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قَطَع عن أقاربه ما يَجِب لهم من الحقوق، أو آذاهم وأساء إليهم، فهو مُستحق ألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, qohumlarla əlaqəni kəsən, haqlarını ödəməyən, onlara pislik edib əziyyət verən şəxs cənnətə layiq deyildir.</t>
   </si>
   <si>
     <t>قطيعة الرحم كبيرة من كبائر الذنوب.
 صلة الرحم تكون حسب المتعارف عليه، فتختلف باختلاف الأمكنة والأزمنة والأشخاص.
 صلة الرحم تكون بالزيارة، والصدقة، والإحسان إليهم، وعيادة المرضى، وأمرهم بالمعروف، ونهيهم عن المنكر، وغير ذلك.
 كلما كانت قطيعة الرحم في الأقرب كانت أشدَّ إثمًا.</t>
   </si>
   <si>
     <t>Qohumluq əlaqələrini kəsmək böyük günahlardandır.
 Qohumluq əlaqələri, insanlar arasındakı münasibətə, adət ənənəyə əsasən qurulur və zamana, məkana və şəxslərə görə dəyişə bilər.
 Qohumluq əlaqələri, onları ziyarət etməklə, sədəqə verməklə, onlara yaxşılıq etməklə, həmçinin xəstəni  ziyarət etmək kimi, xeyir işləri əmr edib, pis əməllərdən çəkindirmək kimi və buna bənzər əməllərlə mümkündür.
 Qohumluğun yaxınlıq dərəcəsi artdıqca, onlarla əlaqələri kəsməyin günahı daha da artır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5367</t>
   </si>
   <si>
     <t>لا يدخل الجنة قتات</t>
   </si>
   <si>
     <t>İnsanlar arasında söz gəzdirən cənnətə daxil olmaz</t>
   </si>
   <si>
     <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
   </si>
   <si>
-    <t>Huzeyfə (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "İnsanlar arasında söz gəzdirən cənnətə daxil olmaz."</t>
+    <t>Huzeyfə (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "İnsanlar arasında söz gəzdirən cənnətə daxil olmaz".</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, insanlar arasında fəsad törətmək məqsədiylə söz  gəzdirənlər cəzaya layiqdirlər ki, buna görə cənnətə girməzlər.</t>
   </si>
   <si>
     <t>النميمة من كبائر الذنوب.
 النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
   </si>
   <si>
     <t>Nəmimə - insanlar arasında söz gəzdirmək böyük günahlardandır.
 İnsanlar arasında söz gəzdirmək toplu və fərdlər arasında zərər və fəsad törətdiyinə görə qadağan edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5368</t>
   </si>
   <si>
     <t>ما شيء أثقل في ميزان المؤمن يوم القيامة من خلق حسن، وإن الله ليبغض الفاحش البذيء</t>
   </si>
   <si>
     <t>Qiyamət günü möminin tərəzisində gözəl əxlaqdan daha ağır gələcək başqa bir şey yoxdur. Həqiqətən Uca Allah, əxlaqsız və çirkin söz (və davranış) sahiblərinə nifrət edir</t>
   </si>
   <si>
@@ -7777,65 +7770,65 @@
   <si>
     <t>فضيلة حسن الخلق؛ لأَنه يُوْرِثُ لصاحبِهِ مَحبةَ الله، ومحبةَ عبادِه، وهو أعظمُ ما يُوْزَنُ يومَ القيامة.</t>
   </si>
   <si>
     <t>Gözəl əxlaqın fəziləti, çünki o sahibinə Allahın və Onun qullarının sevgisini qazandırır və (gözəl əxlaq) qiyamət günü tərəzidə çəkiləcək ən böyük şeydir.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي</t>
   </si>
   <si>
     <t>[Əbu Davud, Ət-Tirmizi rəvayət etdilər]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5371</t>
   </si>
   <si>
     <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
   </si>
   <si>
     <t>Kim ruzisinin artmasını və ömrünün uzanmasını istəyirsə, qohumluq əlaqələrini qorusun</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
   </si>
   <si>
-    <t>Ənəs bin Malikdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: " Kim ruzisinin artmasını və ömrünün uzanmasını istəyirsə, qohumluq əlaqələrini qorusun."</t>
+    <t>Ənəs bin Malikdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Kim ruzisinin artmasını və ömrünün uzanmasını istəyirsə, qohumluq əlaqələrini qorusun".</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) qohumları ziyarət etməyə, onlara şəxsi və maddi dəstək olmağa çağırış edir. Bildirir ki, bu əməllər, ruzinin artmasına və ömrün uzanmasına səbəb olur.</t>
   </si>
   <si>
     <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
 الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
 صلة الرحم سببٌ لِبَسْطِ الرِّزق وتوسيعه، وسببٌ لطول العمر، وإن كان الأجلُ والرزقُ محددًا إلا أنه قد يكون بركة في الرزق والعمر، فيفعل في عمره أكثر وأنفع مما يفعله غيرُه، وقيل زيادة الرزق والعمر زيادة حقيقية. والله أعلم.</t>
   </si>
   <si>
-    <t>Qohumlar- ata və ana tərəfdən olan yaxınlardır və ona görə də qohumluq telləri nə qədər yaxındırsa, onlarla əlaqələri sıx saxlamaq da bir o qədər  vacibdir.
+    <t>Qohumlar - ata və ana tərəfdən olan yaxınlardır və ona görə də qohumluq telləri (bağları) nə qədər yaxındırsa, onlarla əlaqələri sıx saxlamaq da bir o qədər vacibdir.
 Əməlin mükafatı yaxud cəzası, onun növündəndir, kim qohumlarla xeyir və yaxşılıq edərək əlaqə saxlayarsa, Allah onun ömrünə və ruzisinə bərəkət verər.
 İnsanın əcəli və ruzisi, qədər kitabında müəyyən həddə yazılmasına baxmayaraq, qohumlarla gözəl davranmaq onun qədərində  ruzinin və ömrünün bərəkətli olmasına səbəb ola bilər. Digər insanlardan fərqli olaraq, qohumlarla əlaqə saxlayan insan daha çox və daha faydalı ömür sürür. Hədisdə ruzinin və ömrün həqiqi mənada artdığını da söyləyən alimlər var.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5372</t>
   </si>
   <si>
     <t>من ضار ضار الله به، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>Kim bir müsəlmana zərər verərsə, Allah da ona zərər verər. Kim bir müsəlmanı çətinliyə salarsa, Allah da onu çətinliyə salar</t>
   </si>
   <si>
     <t>عن أبي صِرْمة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Əbu Sirmadan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Kim bir müsəlmana zərər verərsə, Allah da ona zərər verər. Kim bir müsəlmanı çətinliyə salarsa, Allah da onu çətinliyə salar."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إدخالِ المَضَرَّة على المسلم، أو إلحاق المَشَقَّة به في أي أمر من أموره؛ في نفسه أو ماله أو أهله، وأنَّ من فعل ذلك فإن الله يُجازيه ويعاقبُه من جِنْسِ عملِه.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) müsəlmana zərər verməkdən, hər hansı bir işdə onun özünə, mal-dövlətinə və ya ailəsinə çətinlik yaratmaqdan çəkindirir, bildirir ki, kim bunu edərsə, Allah onun əməlinin müqabilində cəzasını verəcək.</t>
   </si>
   <si>
@@ -7879,51 +7872,51 @@
   <si>
     <t>السَّلَفُ كانوا يتهادَوْن مسائلَ العلم.
 وجوب الصلاة على النبي صلى الله عليه وسلم في التشهد الأخير من الصلاة.
 النبي صلى الله عليه وسلم علَّم أصحابَه السلامَ والصلاةَ عليه.
 هذه الصيغة هي أكملُ الصِّيَغِ في الصلاةِ على النبيِّ صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Sələflər (öncəki insanlar) elm məsələlərində bir-biri ilə hədiyələşərdilər.
 Namazın axırıncı təşəhhüdündə Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) salavat gətirməyin vacibliyi
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) səhabələrinə ona salam verməyi və salavat gətirməyi öyrətmişdir.
 Bu salavat forması Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) salavat gətirmənin ən kamil formasıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5377</t>
   </si>
   <si>
     <t>لا صلاة لمن لم يقرأ بفاتحة الكتاب</t>
   </si>
   <si>
     <t>Fatihə surəsini oxumayanın namazı yoxdur (səhih deyildir)</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ بْنِ الصَّامِتِ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ».</t>
   </si>
   <si>
-    <t>Ubədə bin Samit (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir: "Fatihə surəsini oxumayanın namazı yoxdur (səhih deyildir)"</t>
+    <t>Ubədə bin Samit (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir: "Fatihə surəsini oxumayanın namazı yoxdur (səhih deyildir)".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلمَ أنَّ الصلاةَ لا تَصِحُّ إلا بقراءة سورة الفاتحة، فهي ركن من أركان الصلاة في كلِّ ركعة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Fatihə surəsini oxumadan namazın səhih olmadığını bildirmişdir. Çünki o hər rükətdə namazın rukunlarından biridir .</t>
   </si>
   <si>
     <t>لا يُجْزِىءُ عن قراءةِ الفاتحةِ غيرُها مع القُدرةِ عليها.
 بُطلان الركعة التي لم يُقرأْ فيها بالفاتحة، مِن المُتَعَمِّدِ والجاهلِ والناسي؛ لأنها ركن، والأركان لا تسقط مطلقًا.
 تسقط قراءةُ الفاتحةِ عن المأموم إذا أدركَ الإمام راكعًا.</t>
   </si>
   <si>
     <t>Oxumağa qadir olduğu halda Fatihə oxumağı başqa heç bir şey əvəz etməz.
 Qəsdən, bilmədən və ya unudaraq fatihə surəsi oxunmayan rükət  batildir. Çünki o, bir rukndur və namazın ruknları heç vaxt düşməz.
 Əgər imamın arxasında qılan, imama rukuda olan zaman yetişərsə, (həmin rükətdə) fatihə surəsini oxumaq onun üzərindən düşər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5378</t>
   </si>
   <si>
     <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>Qulun Allaha ən yaxın olduğu an, səcdədə olduğu məqamdır. Səcdədə olarkən duanı çoxaldın</t>
@@ -7941,87 +7934,87 @@
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, qulun Rəbbinə ən yaxın olduğu an, səcdə etdiyi andır və buna səbəb namaz qılanın səcdə əsnasında bədəninin ən uca və ən şərəfli hissəsini  izzət və cəlal sahibi olan Allaha itəatkarlıqla, zəlilliklə və təvazökarlıqla yerə qoymasıdır.
 Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) səcdədə duanı artırmağı əmr edir. Nəticədə Allaha zəlilliklə edilən səcdədə, söz və feil birləşir.</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
     <t>İtaət, qulun uca və pak olan Allaha yaxınlığını artırır.
 Səcdədə duanı artırmağın müstəhəbliyi, çünki duanın qəbul olunma məqamlarındandır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5382</t>
   </si>
   <si>
     <t>من اغتسل يوم الجمعة غسل الجنابة ثم راح، فكأنما قرب بدنة</t>
   </si>
   <si>
     <t>Kim cümə günü cənabət qüslu  alar, sonra cüməyə gedərsə, sanki (Allah yolunda) dəvə kəsmiş kimi olar</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنِ اغْتَسَلَ يَوْمَ الجُمُعَةِ غُسْلَ الجَنَابَةِ ثُمَّ رَاحَ، فَكَأَنَّمَا قَرَّبَ بَدَنَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّانِيَةِ، فَكَأَنَّمَا قَرَّبَ بَقَرَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّالِثَةِ، فَكَأَنَّمَا قَرَّبَ كَبْشًا أَقْرَنَ، وَمَنْ رَاحَ فِي السَّاعَةِ الرَّابِعَةِ، فَكَأَنَّمَا قَرَّبَ دَجَاجَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الخَامِسَةِ، فَكَأَنَّمَا قَرَّبَ بَيْضَةً، فَإِذَا خَرَجَ الإِمَامُ حَضَرَتِ المَلاَئِكَةُ يَسْتَمِعُونَ الذِّكْرَ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Kim cümə günü cənabət qüslu  alar, sonra cüməyə gedərsə, sanki (Allah yolunda) dəvə kəsmiş kimi olar, Kim ikinci saatda gedərsə, inək kəsmiş kimi olar. Kim üçüncü saatda gedərsə, sanki buynuzlu qoç kəsmiş kimi olar. Kim dördüncü saatda gedərsə, sanki bir toyuq kəsmiş kimi olar və hər kim beşinci saatda gedərsə, sanki yumurta sədəqə etmiş kimi olar. İmam xütbə verməyə  çıxdıqda isə mələklər zikri dinləmək üçün 
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Kim cümə günü cənabət qüslu  alar, sonra cüməyə gedərsə, sanki (Allah yolunda) dəvə kəsmiş kimi olar, kim ikinci saatda gedərsə, inək kəsmiş kimi olar. Kim üçüncü saatda gedərsə, sanki buynuzlu qoç kəsmiş kimi olar. Kim dördüncü saatda gedərsə, sanki bir toyuq kəsmiş kimi olar və hər kim beşinci saatda gedərsə, sanki yumurta sədəqə etmiş kimi olar. İmam xütbə verməyə  çıxdıqda isə mələklər zikri dinləmək üçün 
 gələrlər”.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فَضْل التَّبْكِيْر في الذهاب إلى صلاة الجمعة، 
 ويبدأ التبكير من طلوع الشمس إلى مجيء الإمام؛ وهو خمس ساعات، وتقسم على حسب الوقت بين طلوع الشمس إلى دخول الإمام وصعوده المنبر للخطبة خمسة أجزاء:
 الأول: من اغتسل غسلًا كاملًا كغسل الجنابة،  ثم ذهب لمسجد الجمعة في الساعة الأولى فكأنما تصدَّق بِجَمَل.
 الثاني: من ذهب في الساعة الثانية فكأنما تصدَّق ببقرة.
 الثالث: من ذهب في الساعة الثالثة فكأنما تصدق بكبش -وهو ذكر الضأن-  له قرون. 
 الرابع: من ذهب في الساعة الرابعة فكأنما تصدق بدجاجة.
 الخامس: من ذهب في الساعة الخامسة فكأنما تصدق ببيضة.
 فإذا خرج الإمام للخطبة؛ توقَّفت الملائكة الجالسون على الأبواب لكتابة الداخلين للمسجد الأول فالأول عن الكتابة، وجاؤوا يستمعون الذكر والخطبة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) cümə namazına tez getməyin fəziləti haqqında xəbər verir. Tez gəlmək günəş çıxandan imamın gəlişinə qədərki müddətdə başlayır. Bu isə beş saatdır ki, günəşin çıxması ilə imamın daxil olması və xütbə verməsi üçün minbərə qalxana qədər olan zaman arasındakı vaxta görə beş hissəyə bölünür:
 Birinci: Kim cənabət qüslü kimi kamil qüsl alarsa, sonra cümə məscidinə ilk saatda gedərsə, sanki dəvə sədəqə vermiş olar.
 İkinci: Hər kim ikinci saatda gedərsə, sanki bir inək sədəqə vermiş kimi olar.
 Üçüncü: Kim üçüncü saatda gedərsə, sanki buynuzlu bir qoç - erkək qoyun - sədəqə vermiş kimi olar.
 Dördüncüsü: Hər kim dördüncü saatda gedərsə, sanki bir toyuq sədəqə vermiş kimi olar.
 Beşinci: Hər kim beşinci saatda gedərsə, sanki yumurta sədəqə vermiş kimi olar.
 İmam xütbə vermək üçün  çıxdıqda; qapılarda əyləşən mələklər bir-birinin ardınca (ilk olaraq) məscidə  girənləri yazmağı dayandırar, zikr və xütbəni dinləməyə gələrlər.</t>
   </si>
   <si>
     <t>الحث على الاغتسال يوم الجمعة، ويكون قبل الذهاب إلى الصلاة.
 فضيلة التبكير إلى صلاة الجمعة من أول ساعات النهار.
 الحث على المبادرة إلى الأعمال الصالحة.
 حضور الملائكة صلاة الجمعة واستماعهم للخطبة.
 الملائكة على أبواب المساجد، يكتبون القادمين، الأوّل فالأول، في المجيء إلى صلاة الجمعة.
 قال ابن رجب: قوله: "من اغتسل يوم الجمعة، ثم راح" يَدُلّ على أن الغُسل المستحب للجمعة أوّله طلوع الفجر، وآخره الرواح إلى الجمعة.</t>
   </si>
   <si>
     <t>Cümə günü namaza getməzdən əvvəl qüsl almağa təşviq etmək.
 Günün ilk saatlarından cümə namazına tez gəlməyin fəziləti.
 Saleh əməllər işləməyə tələsməyə həvəsləndirmək.
 Mələklərin cümə namazında iştirak etməsi və xütbəni dinləmələri.
 Mələklər məscidlərin qapılarında durub, cümə namazına ilk olaraq gələnləri yazır.
-İbn Rəcəb (Allah ona rəhmət etsin) demişdir: “Onun: “Kim cümə günü qüsl alıb sonra gedərsə” sözü, dəlalət edir ki, cümə günü üçün müstəhəb olan qüslün ilk vaxtı sübh namazının girməsi ilə başlayıb, cüməyə getməklə  bitir.</t>
+İbn Rəcəb (Allah ona rəhmət etsin) demişdir: “Onun: “Kim cümə günü qüsl alıb sonra gedərsə” sözü, dəlalət edir ki, cümə günü üçün müstəhəb olan qüslün ilk vaxtı sübh namazının girməsi ilə başlayıb, cüməyə getməklə  bitir".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5393</t>
   </si>
   <si>
     <t>من أكل طعاما فقال: الحمد لله الذي أطعمني هذا ورزقنيه من غير حول مني ولا قوة، غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Kim yemək yeyib: “Əlhəmdu-lilləhil-ləzi ətaməni həzə va razəqanihi min ğeyri həvlin minni və ləə qüvvətin (Mənim tərəfimdən heç bir güc və qüvvət sərf olmadan bunu mənə yedizdirən və mənə ruzi olaraq verən Allaha həmd olsun” desə, onun keçmiş günahları bağışlanar</t>
   </si>
   <si>
     <t>عَنْ سَهْلِ بْنِ مُعَاذِ بْنِ أَنَسٍ عَنْ أَبِيهِ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>Səhl bin Muaz bin Ənəs atasından rəvayət edərək belə demişdir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: Kim yemək yeyib: “Əlhəmdu-lilləhil-ləzi ətaməni həzə va razəqanihi min ğeyri həvlin minni və ləə qüvvətin (Mənim tərəfimdən heç bir güc və qüvvət sərf olmadan bunu mənə yedizdirən və mənə ruzi olaraq verən Allaha həmd olsun” desə, onun keçmiş günahları bağışlanar.</t>
   </si>
   <si>
     <t>يحثُّ النبيُّ صلى الله عليه وسلم مَن أَكلَ طعامًا بأنْ يَحمدَ الله، فلا قدرة لي في جلب الطعام، ولا في أكله إلا بالله تعالى وإعانته، 
 ثم بشَّر صلى الله عليه وسلم مَن قال ذلك بأنه مستحق لمغفرة الله له ما مضى من ذنوبه الصغائر.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) yemək yeyən kəsi Allaha həmd etməyə təşviq edir, çünki insanın Uca Allah və Onun köməyi olmadan yeməyi əldə etməyə və yeməyə gücü yoxdur. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bu sözləri deyəni, Allah tərəfindən ötüb-keçmiş kiçik günahlarının bağışlanmasına layiq olduğu ilə müjdələdi.</t>
   </si>
   <si>
     <t>استحباب حَمْد الله تعالى في آخر الطعام.
@@ -8058,67 +8051,67 @@
   <si>
     <t>الحث على أداء الوضوء وإتمامه على كمال، والمحافظة على صلاة الجمعة.
 فضل صلاة الجمعة.
 وجوب الإنصات لخطبة الجمعة، وعدم التشاغل عنها بالكلام وغيره.
 من لغا أثناء الخطبة فصلاة الجمعة مجزئة ومسقطة للفرض، مع نقص الأجر.</t>
   </si>
   <si>
     <t>Dəstəmaz almağa və onu kamil şəkildə tamamlamağa və cümə namazına riayət etməyə (davamlı qılmağa) təşviq etmək.
 Cümə namazının fəziləti.
 Cümə xütbəsinə sakitcə qulaq asmaq, söhbət və ya başqa bir şeylə məşğul olaraq ondan yayınmamaq lazımdır.
 Xütbə əsnasında boş işlə məşğul olanın cümə namazı keçərli olub, üzərindəki fərzi düşürmüş olur (cümə fərzi yerinə yetirilmiş sayılır), lakin bununla yanaşı namazın savabı naqis olur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5433</t>
   </si>
   <si>
     <t>من صلى صلاة الصبح فهو في ذمة الله</t>
   </si>
   <si>
     <t>Kim sübh namazını qılarsa, Allah onu himayəsi altına alar</t>
   </si>
   <si>
     <t>عن جُندب بن عبد الله القَسْرِِي رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ، فَلَا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبَّهُ عَلَى وَجْهِهِ فِي نَارِ جَهَنَّمَ».</t>
   </si>
   <si>
-    <t>Cundub bin Abdullah əl-Qasridən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Kim sübh namazını qılarsa, Allah onu himayəsi altına alar. Ona görə Allahın himayəsi altında olan kəsə əziyyət verməkdən çəkinin və özünüz də bu əhdi, himayəni pozmayın, kim bunu edərsə cəzaya uğrayar və cəhənnəmə  üzü üstə atılar".</t>
+    <t>Cundub bin Abdullah əl-Qasridən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Kim sübh namazını qılarsa, Allah onu himayəsi altına alar. Ona görə Allahın himayəsi altında olan kəsə əziyyət verməkdən çəkinin və özünüz də bu əhdi, himayəni pozmayın, kim bunu edərsə cəzaya uğrayar və cəhənnəmə üzü üstə atılar".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
 ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, sübh namazını qılan kəsi Allah qoruyur və o  Allahın mühafizəsi və himayəsi altındadır, onu müdafiə edər, həmçinin ona yardım edər.
-Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbərdarlıq edir ki, sübh namazını tərk etmək, həmçinin sübh  namazıni  qılan kəsə əngəl törədmək, ona zor tətbiq etmək, əhdin (himayənin) pozulmasına və onun  ləğvinə gətirib çıxarar. Kim bunu edərsə, Allahdan uzaqlaşar, Onun haqqını ödəməkdə səhlənkar olduğu üçün şiddətli təhdidə layiq olar, o  üzü üstə cəhənnəmə atılar.</t>
+Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbərdarlıq edir ki, sübh namazını tərk etmək, həmçinin sübh namazını qılan kəsə əngəl törədmək, ona zor tətbiq etmək, əhdin (himayənin) pozulmasına və onun ləğvinə gətirib çıxarar. Kim bunu edərsə, Allahdan uzaqlaşar, Onun haqqını ödəməkdə səhlənkar olduğu üçün şiddətli təhdidə layiq olar, o  üzü üstə cəhənnəmə atılar.</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
-    <t>Sübh namazının əhəmiyyəti və fəzilətinin bəyanı
+    <t>Sübh namazının əhəmiyyəti və fəzilətinin bəyanı.
 Sübh namazını qılan insana əngəl törətməkdən şiddətli çəkindirmə.
 Uca Allahın saleh qullarına pislik edənlərdən intiqam alması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5435</t>
   </si>
   <si>
     <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>Allaha və axirət gününə iman gətirən, ya xeyir söyləsin, ya da sussun</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Allaha və axirət gününə iman gətirən, ya xeyir söyləsin, ya da sussun, Allaha və axirət gününə iman gətirən qonşusuna yaxşılıq etsin, kim Allaha və axirət gününə iman gətirirsə, qonağına qarşı səxavətli və əliaçıq olsun."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
@@ -8163,109 +8156,109 @@
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, insanlara rəhm etməyənə izzət və cəlal sahibi olan Allah rəhm etməz. Qulun yaradılmış varlıqlara qarşı rəhmli olması, onun uca Allahın rəhmətinə nail olması üçün ən böyük səbəblərdən biridir.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>Rəhmət keyfiyyəti tək insanlara deyil, bütün yaradılmışlara qarşı tələb olunandı, lakin burada insana verilən xüsusi dəyərə görə o, fərdi surətdə qeyd edilmişdir.
 Allah rəhmlidir, rəhmli qullarına mərhəmət edir. Əməlin mükafatı yaxud cəzası, onun növündəndir.
 İnsanlara rəhmət- onlara xeyiri çatdırmağı, şəri onlardan uzaqlaşdırmağı, onlarla gözəl davranmağı əhatə edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5439</t>
   </si>
   <si>
     <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
   </si>
   <si>
     <t>Ey Adəm oğlu, nə qədər ki, Mənə dua edib ümid bəsləyirsən, sənin etdiyin günahları bağışlayaram və onlara əhəmiyyət vermərəm</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
   </si>
   <si>
-    <t>Ənəs bin Malikdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyini eşitdim: Uca  Allah buyurdu: Ey Adəm oğlu, nə qədər ki, Mənə dua edib ümid bəsləyirsən, sənin etdiyin günahları bağışlayaram və onlara əhəmiyyət vermərəm. Ey Adəm oğlu, əgər sənin günahların göydəki buludlara çatsa, sonra Məndən bağışlanma diləsən, Mən səni bağışlayaram və onlara əhəmiyyət vermərəm, ey Adəm oğlu, əgər sən Mənə yer dolusu günahla gəlsən və Mənə heç bir şeyi şərik qoşmadan mənimlə qarşılaşsan, Mən səni yer dolusu bağışlanmayla qarşılayaram".</t>
+    <t>Ənəs bin Malikdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyini eşitdim: "Uca  Allah buyurdu: Ey Adəm oğlu, nə qədər ki, Mənə dua edib ümid bəsləyirsən, sənin etdiyin günahları bağışlayaram və onlara əhəmiyyət vermərəm. Ey Adəm oğlu, əgər sənin günahların göydəki buludlara çatsa, sonra Məndən bağışlanma diləsən, Mən səni bağışlayaram və onlara əhəmiyyət vermərəm, ey Adəm oğlu, əgər sən Mənə yer dolusu günahla gəlsən və Mənə heç bir şeyi şərik qoşmadan mənimlə qarşılaşsan, Mən səni yer dolusu bağışlanmayla qarşılayaram".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلَّى اللهُ علَيه وسلَّم أنَّ الله تباركَ وتعالى قال في الحديثِ القدسيِّ: يا ابنَ آدمَ ما دمْتَ تدْعونِي وتَرْجو رَحْمتي، ولمْ تَقْنَطْ؛ سَتَرتُ ذنبَكَ ومحوتُه غير مبالٍ فيه؛ ولو كانَ هذا الذنب والمعصية من الكبائر. 
 يا ابن آدم: لو كَثُرَت ذُنوبُك كثرةً تَملَأُ ما بينَ السَّماءِ والأرضِ بحيث تَبلُغُ أقطارَها وتَعُمَّ نَواحِيَها، ثمَّ استَغفَرتَني؛ محوت وغَفَرتُ لك جميعَها غيرَ مُبالٍ بكَثرتِها.
 يا ابنَ آدمَ: إنَّك لو أتيتَني بعدَ الموتِ بمِلْءِ الأرضِ ذُنوبًا ومَعاصِيَ، وكنتَ قد مِتَّ مُوحِّدًا لا تُشرِكُ بي شيئًا؛ لقابَلتُ هذه الذُّنوبَ والْمعاصِيَ، بمِلْئِ الأرض، مَغفِرةً؛ لأنَّني واسِعُ المغفرةِ، وأغفِرُ كل الذنوب إلا الشِّركَ.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, Uca Allah qüdsü hədisdə buyurub: «Ey Adəm oğlu, nə qədər ki, Mənə dua edib rəhmətimə ümid bəsləyirsən və ümidini kəsmirsən; bu günah və itaətsizlik böyük günahlardan olsa da belə, sənin günahını örtər və ona əhəmiyyət vermədən silərəm. Ey Adəm övladı, əgər sənin günahların göylə yerin arasını  dolduraraq, onun hər tərəfinə çatıb, hər yerini bürüyəcək qədər çox olsa, sonra Məndən bağışlanma diləsən, çoxluğuna əhəmiyyət vermədən hamısını silib, bağışlayaram.
-Ey Adəm övladı, əgər ölümdən sonra yer dolusu günah və asiliklə  mənim yanıma gəlsən və mənə heç bir şeyi şərik qoşmadan tövhid əhli olaraq ölmüsənsə; Mən  bu günah və asilikləri yer dolusu bağışlanma ilə qarşılayaram; Çünki Mən bağışlaması geniş olanam və şirkdən başqa bütün günahları bağışlayıram.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, Uca Allah qüdsü hədisdə buyurub: Ey Adəm oğlu, nə qədər ki, Mənə dua edib rəhmətimə ümid bəsləyirsən və ümidini kəsmirsən; bu günah və itaətsizlik böyük günahlardan olsa da belə, sənin günahını örtər və ona əhəmiyyət vermədən silərəm. Ey Adəm övladı, əgər sənin günahların göylə yerin arasını  dolduraraq, onun hər tərəfinə çatıb, hər yerini bürüyəcək qədər çox olsa, sonra Məndən bağışlanma diləsən, çoxluğuna əhəmiyyət vermədən hamısını silib, bağışlayaram.
+Ey Adəm övladı, əgər ölümdən sonra yer dolusu günah və asiliklə mənim yanıma gəlsən və mənə heç bir şeyi şərik qoşmadan tövhid əhli olaraq ölmüsənsə - Mən bu günah və asilikləri yer dolusu bağışlanma ilə qarşılayaram. Çünki Mən bağışlaması geniş olanam və şirkdən başqa bütün günahları bağışlayıram.</t>
   </si>
   <si>
     <t>سعة رحمة الله تعالى ومغفرته وفضله.
 فضل التوحيد، وأنَّ الله يغفر للموحدين الذنوب والمعاصي.
 خطر الشرك وأن الله لا يغفر للمشركين.
 قال ابن رجب: وقد تضمَّن هذا الحديث الأسباب الثلاثة التي تحصل بها مغفرة الذنوب: الأول: الدعاء مع الرجاء، الثاني: الاستغفار وطلب التوبة، الثالث: الموت على التوحيد.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 الذنوب ثلاثة أنواع: الأول: الشرك بالله؛ وهذا لا يغفره الله، قال الله عز وجل: {إنه من يشرك بالله فقد حرم الله عليه الجنة}، الثاني: ظلم العبد نفسه فيما بينه وبين ربه من ذنوب ومعاصي؛ فإن الله عز وجل يغفر ذلك، ويتجاوز إن شاء، الثالث: ذنوب لا يترك الله منها شيئًا؛ وهي ظلم العباد بعضهم بعضًا، فلا بد من القصاص.</t>
   </si>
   <si>
     <t>Uca Allahın rəhmətinin, bağışlamasının və lütfünün genişliyi.
 Tövhidin fəziləti və Allahın muvahhidlərin (Allaha, heç bir şeyi şərik qoşmadan ibadət edən kəslərin) günah və asiliklərini bağışlaması.
 Şirkin təhlükəsi və Allahın müşrikləri bağışlamaması.
-İbn Rəcəb demişdir: Bu hədis özündə, günahların bağışlanmasının hasil olduğu üç səbəbi əhatə etmişdir: Birincisi: ümid edərək dua etmək, ikincisi: istiğfar-Allahdan bağışlanma diləmək və tövbə etmək, üçüncüsü: tövhid üzərində ölmək.
-[...1 lines deleted...]
-Günahlar üç növdür: Birincisi: Allaha şərik qoşmaq; və bunu Allah bağışlamır, İzzət və Cəlal sahibi olan Allah buyurur: {Həqiqətən, kim Allaha şərik qoşarsa, Allah ona Cənnəti haram etmişdir}.
+İbn Rəcəb demişdir: "Bu hədis özündə, günahların bağışlanmasının hasil olduğu üç səbəbi əhatə etmişdir: Birincisi: ümid edərək dua etmək, ikincisi: istiğfar - Allahdan bağışlanma diləmək və tövbə etmək, üçüncüsü: tövhid üzərində ölmək".
+Bu hədis Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) öz Rəbbindən nəql etdiyi hədisdir və o qüdsü və ya ilahi hədis adlanır və onun ləfzi və mənası Allahdandır, lakin Quranın hər şeydən fərqləndiyi, qiraəti ilə ibadət etmək, onun üçün təmiz olmaq, onunla (kafirlərə) meydan oxumaq və onları aciz buraxmaq və digər özünəməxsus xüsusiyyətləri onda yoxdur.
+Günahlar üç növdür: Birincisi: Allaha şərik qoşmaq; və bunu Allah bağışlamır, İzzət və Cəlal sahibi olan Allah buyurur: "Həqiqətən, kim Allaha şərik qoşarsa, Allah ona Cənnəti haram etmişdir" [Maidə 5 surəsi, ayə 72].
 İkincisi: Qulun Rəbbi ilə öz arasında olan günah və asiliklərlə özünə zülm etməsi: İzzət və cəlal sahibi olan Allah istəsə bunu bağışlayar və üzərindən keçər.
-Üçüncüsü. Allahın  heç birini (cəzasız) buraxmadığı günahlardır ki, bu da, qulların bir-birinə zülm etməsidir, onlara görə də (quldan) qisas alınacaqdır.</t>
+Üçüncüsü. Allahın heç birini (cəzasız) buraxmadığı günahlardır ki, bu da, qulların bir-birinə zülm etməsidir, onlara görə də (quldan) qisas alınacaqdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5456</t>
   </si>
   <si>
     <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>Allah dərgahında ən qəzəbinə gələn insanlar, mübahisə etdikdə həddi aşanlardır</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
-    <t>Aişədən (Allah ondan razə olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Allah dərgahında ən qəzəbinə gələn insanlar, mübahisə etdikdə həddi aşanlardır."</t>
+    <t>Aişədən (Allah ondan razə olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Allah dərgahında ən qəzəbinə gələn insanlar, mübahisə etdikdə həddi aşanlardır".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Uca və Müqəddəs Allah insanlar arasında haqqa tabe olmayıb, şiddətli şəkildə və çox mübahisə edən, onu rədd etməyə çalışan və yaxud haqlı olaraq mübahisə edən, lakin mübahisədə həddi aşaraq mübaliğə edən və elmsiz höcətləşən kəsə nifrət bəsləyir.</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
     <t>Şərii məhkəmə yolu ilə haqqını tələb edən məzlum, sözügedən məzəmmətli mübahisə mövzusuna daxil deyildir.
 Höcətləşmə və mübahisə müsəlmanların arasında ayrılıq və düşmənçiliyə səbəb olacaq dilin bəlalarındandır.
-Gözəl mübahisə, haqq üzərində qurulan və gözəl üslubla edilən müzakirədir, lakin haqqı inkar etməklə, batilə üstünlük vermək və dəlilsiz, sübutsuz  mübahisə etmək məzəmmət olunan mübahisədir.</t>
+Gözəl mübahisə, haqq üzərində qurulan və gözəl üslubla edilən müzakirədir, lakin haqqı inkar etməklə, batilə üstünlük vermək və dəlilsiz, sübutsuz mübahisə etmək məzəmmət olunan mübahisədir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5474</t>
   </si>
   <si>
     <t>أحب الكلام إلى الله أربع: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، لا يضرك بأيهن بدأت</t>
   </si>
   <si>
     <t>Allaha ən sevimli olan dörd kəlimə vardır: Subhanallah (Allah və nöqsanlardan pakdır), əlhəmdulilləh (həmd yalnız Allaha məxsusdur), ləə iləhə illəllah (Allahdan başqa ibadətə layiq ilah yoxdur), Allahu əkbər (Allah ən böyükdür).Hansıyla başlasan zərəri olmaz</t>
   </si>
   <si>
     <t>عن سَمُرَة بن جندبٍ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ».</t>
   </si>
   <si>
     <t>Səmura bin Cundəbdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Allaha ən sevimli olan dörd kəlimə vardır: Subhanallah (Allah və nöqsanlardan pakdır), əlhəmdulilləh (həmd yalnız Allaha məxsusdur), ləə iləhə illəllah (Allahdan başqa ibadətə layiq ilah yoxdur), Allahu əkbər (Allah ən böyükdür).Hansıyla başlasan zərəri olmaz.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أحبَّ الكلام إلى الله تعالى أربع: 
 سبحان الله: وتعني تنزيه الله تعالى عن كل نَقْصٍ. 
 والحمد لله: وهي وصف الله بالكمال التام مع محبته وتعظيمه. 
 ولا إله إلا الله: أي: لا معبود حق إلا الله. 
 والله أكبر: أي: أَجَلُّ وأعظم وأعزُّ من كل شيء. 
 وأن فضلها وحصول ثوابها لا يقتضي ترتيبَها عند النطق بها.</t>
   </si>
   <si>
@@ -8273,120 +8266,120 @@
 Subhanallah: Yəni uca Allahın bütün nöqsanlardan uzaq olması.
 Əlhəmdulilləh: Bu, sevgi və təzim bəsləməklə Allahı ən mükəmməl sifətlə vəsf etməkdir.
 Lə iləhə illəllah: Yəni, Allahdan başqa ibadətə layiq olan məbud yoxdur.
 Allahu əkbər: Yəni, O hər şeydən ən izzətli, ən əzəmətli, ən böyükdür.
 Bu fəziləti və savabını əldə etmək üçün bu kəlimələri tələffüz edərkən onları sıra qaydasında söyləmək vacib deyildir.</t>
   </si>
   <si>
     <t>يُسْرُ الشريعة، حيث لا يَضُرُّ بأي هذه الكلمات بدأت.</t>
   </si>
   <si>
     <t>Şəriətin asanlığı, belə ki, hansı biri ilə başlasan fərq etmir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5475</t>
   </si>
   <si>
     <t>سئل رسول الله صلى الله عليه وسلم عن أكثر ما يدخل الناس الجنة، فقال: تقوى الله وحسن الخلق</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanları ən çox cənnətə salan meyar haqqında soruşuldu. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) isə belə buyurdu: "Təqva və gözəl əxlaq</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ»، وَسُئِلَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ النَّارَ فَقَالَ: «الْفَمُ وَالْفَرْجُ».</t>
   </si>
   <si>
-    <t>Əbu Hureyrə (Allah ondan razı olsun) demişdir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanları ən çox cənnətə salan meyar haqqında soruşuldu. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) isə belə buyurdu: "Təqva və gözəl əxlaq." Sonra insanları ən çox cəhənnəmə aparan məsələ haqqında soruşuldu və buyurdu ki: "Ağız (dil) və cinsiyyət orqanı".</t>
+    <t>Əbu Hureyrə (Allah ondan razı olsun) demişdir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanları ən çox cənnətə salan meyar haqqında soruşuldu. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) isə belə buyurdu: "Təqva və gözəl əxlaq". Sonra insanları ən çox cəhənnəmə aparan məsələ haqqında soruşuldu və buyurdu ki: "Ağız (dil) və cinsiyyət orqanı".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أعظم الأسباب التي تُدخل الجنة سببان، هما: 
 تقوى الله وحسن الخلق. 
 فتقوى الله: هي أن تجعل بينك وبين عذاب الله وقاية، وذلك بفعل أوامره واجتناب نواهيه.
 وحسن الخلق: يكون ببسط الوجه وبذل المعروف وكف الأذى.
 وأن أعظم الأسباب التي تدخل النار سببان، هما:
 اللسان والفرج.
 فاللسان من معاصيه: الكذب والغيبة والنميمة وغيرها.
 والفَرْج من معاصيه: الزنى واللواط وغيرها.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, insanı cənnətə salan səbəblərin ən başlıcası iki səbəbdir:
 Allah qorxusu və gözəl əxlaq.
-Allah qorxusu: Bu, özünlə Allahın əzabı arasında sədd qoymaqdır, bu isə Onun əmirlərini yerinə yetirməklə və qadağalarından  çəkinməklə baş verir.
-[...1 lines deleted...]
-İnsanı cəhənnəmə salan  səbəblərin ən başlıcası iki səbəbdir:
+Allah qorxusu: Bu, özünlə Allahın əzabı arasında sədd qoymaqdır, bu isə Onun əmirlərini yerinə yetirməklə və qadağalarından çəkinməklə baş verir.
+Gözəl əxlaq: gülər üzlü olmaq, xeyir etməyə can atmaq və  əziyyət verməkdən çəkinməklə olur.
+İnsanı cəhənnəmə salan səbəblərin ən başlıcası iki səbəbdir:
 Dil və cinsiyyət orqanı.
-Dilin işlətdiyi günahlar: Yalan, qeybət, sözgəzdirmə və başqalarıdır.
-Cinsiyyət orqanının işlətdiyi günahlar: Zina, homoseksuallıq və başqalarıdır.</t>
+Dilin işlətdiyi günahlar: yalan, qeybət, sözgəzdirmə və başqalarıdır.
+Cinsiyyət orqanının işlətdiyi günahlar: zina, homoseksuallıq və başqalarıdır.</t>
   </si>
   <si>
     <t>دخول الجنة له أسباب متعلقة بالله تعالى، ومنها: تقواه، وأسباب متعلقة بالناس، ومنها: حسن الخُلق.
 خطر اللسان على صاحبه، وأنه من أسباب دخول النار.
 خطر الشهوات والفواحش على الإنسان، وأنها من أكثر أسباب دخول النار.</t>
   </si>
   <si>
     <t>Cənnətə daxil olmaq üçün uca Allahla əlaqəli səbəblərindən biri də təqvadır. İnsanlarla əlaqəli səbəblər var ki, bunlardan da biri gözəl əxlaqdır.
 Dilin, sahibi üçün təhlükə mənbəyi və cəhənnəmə daxil edən səbəblərdən olması.
 Şəhvət və pozğunluğun insan üçün təhlükəsi və onun, insanları ən çox cəhənnəmə aparan səbəblərindən olması.</t>
   </si>
   <si>
     <t>حسن صحيح</t>
   </si>
   <si>
     <t>[Həsən səhih]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5476</t>
   </si>
   <si>
     <t>الحياء من الإيمان</t>
   </si>
   <si>
     <t>Həya imandandır</t>
   </si>
   <si>
     <t>عن عبد الله بن عمر رضي الله عنهما قال: سَمِعَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلًا يَعِظُ أَخَاهُ فِي الْحَيَاءِ، فَقَالَ: «الْحَيَاءُ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
-    <t>Abdullah bin Amr (Allah onların hər ikisindən razı olsun) dedi: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bir nəfərin din qardaşına, artıq dərəcədə həyalı olduğu üçün bu xislətini tərk etməyi nəsihət etdiyini eşidir və deyir:" Həya imandandır."</t>
+    <t>Abdullah bin Amr (Allah onların hər ikisindən razı olsun) dedi: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bir nəfərin din qardaşına, artıq dərəcədə həyalı olduğu üçün bu xislətini tərk etməyi nəsihət etdiyini eşidir və deyir: "Həya imandandır".</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
 والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) qardaşına çox həya etməsini tərk etməyi tövsiyə edən adamın sözlərini eşidir və ona bildirir ki, həya imandandır və yalnız xeyir gətirər.
 Həya gözəl əməl etməyə və çirkin əməli tərk etməyə sövq edən  əxlaqdır.</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
     <t>Səni xeyirdən çəkindirən şey həya adlanmaz, bu, xəcalət, acizlik, zəiflik, qorxaqlıq adlanar.
-İzzət və Cəlal sahibi olan Allahdan həya etmək , Onun əmrlərini yerinə yetirməklə və qadağalarından çəkinməklə gerçəkləşir.
-Yaradılmışlardan həya etmək, onlara ehtiram etməklə, onlara layiq olduqları dəyəri verməklə və ümumiyyətlə çirkin olaraq qəbul ediln əməllərdən uzaq durmaqla gerçəkləşir.</t>
+İzzət və Cəlal sahibi olan Allahdan həya etmək, Onun əmrlərini yerinə yetirməklə və qadağalarından çəkinməklə gerçəkləşir.
+Yaradılmışlardan həya etmək, onlara ehtiram etməklə, onlara layiq olduqları dəyəri verməklə və ümumiyyətlə çirkin olaraq qəbul edilən əməllərdən uzaq durmaqla gerçəkləşir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5478</t>
   </si>
   <si>
     <t>المؤمن القوي، خير وأحب إلى الله من المؤمن الضعيف، وفي كل خير،</t>
   </si>
   <si>
     <t>Güclü mömin zəif mömindən daha xeyirli və Allaha daha sevimlidir. Və hər ikisində də xeyir vardır</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ، احْرِصْ عَلَى مَا يَنْفَعُكَ، وَاسْتَعِنْ بِاللهِ وَلَا تَعْجَزْ، وَإِنْ أَصَابَكَ شَيْءٌ، فَلَا تَقُلْ لَوْ أَنِّي فَعَلْتُ كَانَ كَذَا وَكَذَا، وَلَكِنْ قُلْ قَدَرُ اللهِ وَمَا شَاءَ فَعَلَ، فَإِنَّ (لَوْ) تَفْتَحُ عَمَلَ الشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Güclü mömin zəif mömindən daha xeyirli və Allaha daha sevimlidir. Və hər ikisində də xeyir vardır. Sənə faydalı olan şeylərə həris ol. Allahdan yardım istə və acizlik etmə. Başına bir müsibət gəldiyi zaman "əgər belə etsəydim bu cür olardı, belə olardı" demə.  Lakin de ki, "Allahın qədəridir və O, istədiyini edir". Çünki "əgər" kəliməsi şeytanın edəcəyi işlərə qapı açır".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المؤمنَ خيرٌ كلُّه، ولكن المؤمن القوي في إيمانِهِ وعزيمتِهِ ومالِهِ وغيرِها مِن أوجه القوة خيرٌ وأحبُّ إلى الله عز وجل من المؤمن الضعيف. 
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
@@ -8593,67 +8586,67 @@
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, Allaha edilən ibadətlər arasında duadan daha üstünü yoxdur, çünki dua etməklə uca və pak olan Allahın məxluqatdan  ali və zəngin olması ilə bərabər qulun  aciz və Ona möhtac olması etiraf olunur.</t>
   </si>
   <si>
     <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Duanın fəziləti, belə ki, Allaha dua etmək- Onu əzəmətləndirməkdir, pak olan Allahın hər kəsdən ehtiyacsız olmasıdır, çünki yoxsula dua edilməz, Allah eşidəndir, çünki kar olan birinə dua edilməz, Allah Kərimdir, xəsisdən bir şey istənilməz, O mərhmətlidir, qəddardan rəhmət dilənilməz, O qüdrət sahibidir, acizdən nəsə istənilməz, O yaxındır, uzaqda olan eşitməz. Bu və digər  Allaha xas olan uca və gözəl sifətlərini etiraf etməkdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5509</t>
   </si>
   <si>
     <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>Sədəqə, var-dövlətdən bir şey əksiltməz, nə qədər ki, qul mərhəmətlidir, əvəzində Allah da onun  izzətini artırar. Kim Allah üçün təvazökarlıq edərsə, Allah onu ucaldar</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Sədəqə, var-dövlətdən bir şey əksiltməz, nə qədər ki, qul mərhəmətlidir, əvəzində Allah da onun  izzətini artırar. Kim Allah üçün təvazökarlıq edərsə, Allah onu ucaldar."</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Sədəqə, var-dövlətdən bir şey əksiltməz, nə qədər ki, qul mərhəmətlidir, əvəzində Allah da onun  izzətini artırar. Kim Allah üçün təvazökarlıq edərsə, Allah onu ucaldar".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
-    <t>Allah Rəsulu(Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, sədəqə sərvəti əksiltməz, əksinə var-dövlətə ziyan vura biləcək bəlaları dəf edər və həmçinin Allah sədəqə verənə mükafatını böyük xeyirlə əvəzləyər, bu isə öz növbəsində malı azaltmaz, əksinə artırar.
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, sədəqə sərvəti əksiltməz, əksinə var-dövlətə ziyan vura biləcək bəlaları dəf edər və həmçinin Allah sədəqə verənə mükafatını böyük xeyirlə əvəzləyər, bu isə öz növbəsində malı azaltmaz, əksinə artırar.
 İntiqama və cəzalandırmağa imkanı olduğu halda bağışlamaq, sahibinin yalnız qüvvət və izzətini artırar.
-İnsan  Allahın razılığını qazanmaq üçün, kimdənsə qorxduğuna görə yox və yaxud yaltaqlığa görə deyil,  mənfəət əldə etmək məqsədi güdmədən, məhz  Allahın üzünü qazanmaq üçün itaətlik və təvazökarlıq edərsə, mükafatı sözügedən insan üçün  ucalıq və şərəf olar.</t>
+İnsan Allahın razılığını qazanmaq üçün, kimdənsə qorxduğuna görə yox və yaxud yaltaqlığa görə deyil, mənfəət əldə etmək məqsədi güdmədən, məhz Allahın Üzünü (razılığını) qazanmaq üçün itaətlik və təvazökarlıq edərsə, mükafatı sözügedən insan üçün  ucalıq və şərəf olar.</t>
   </si>
   <si>
     <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
   </si>
   <si>
-    <t>Bəzi insanlar  əksini düşünsələr belə, xeyir və nicat, şəriətə tabe olmaqda və xeyir əməl etməkdədir.</t>
+    <t>Bəzi insanlar əksini düşünsələr belə, xeyir və nicat, şəriətə tabe olmaqda və xeyir əməl etməkdədir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5512</t>
   </si>
   <si>
     <t>من رد عن عرض أخيه رد الله عن وجهه النار يوم القيامة</t>
   </si>
   <si>
     <t>Kim qardaşının ismətini qoruyarsa, Allah da onu Qiyamət günü cəhənnəm əzabından qoruyar</t>
   </si>
   <si>
     <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Əbu Dərdadan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə  söylədiyi rəvayət edilmişdir: "Kim qardaşının ismətini qoruyarsa, Allah da onu Qiyamət günü cəhənnəm əzabından qoruyar".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن دافَعَ عن عِرْضِ أخيه المسلم في غَيْبته بمنع ذَمِّهِ أو الإساءة إليه، فإنَّ اللهَ يَرُدُّ عنه العذابَ يومَ القيامة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki,  kim müsəlman qardaşının yoxluğunda  onun qınanmasının, haqqında pis söylənilməsinin qarşısını alarsa, Qiyamət günü Allah da onu əzabdan qoruyar.</t>
   </si>
   <si>
     <t>النهي عن الكلام في أعراض المسلمين.
 الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
@@ -8762,119 +8755,119 @@
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5518</t>
   </si>
   <si>
     <t>يا أيها الناس، أفشوا السلام، وأطعموا الطعام، وصلوا الأرحام، وصلوا بالليل والناس نيام، تدخلوا الجنة بسلام</t>
   </si>
   <si>
     <t>“Ey insanlar, salamı yayın, yemək yedizdirin, qohumluq əlaqələrini qoruyun və gecələr insanlar yatarkən namaz qılın ki, Cənnətə salamatlıqla daxil olasınız”</t>
   </si>
   <si>
     <t>عَنْ عَبْدُ اللَّهِ بْنُ سَلَامٍ رضي الله عنه قَالَ: لَمَّا قَدِمَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ الْمَدِينَةَ انْجَفَلَ النَّاسُ قِبَلَهُ، وَقِيلَ: قَدِمَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، قَدِمَ رَسُولُ اللَّهِ، قَدِمَ رَسُولُ اللَّهِ، ثَلَاثًا، فَجِئْتُ فِي النَّاسِ لِأَنْظُرَ، فَلَمَّا تَبَيَّنْتُ وَجْهَهُ، عَرَفْتُ أَنَّ وَجْهَهُ لَيْسَ بِوَجْهِ كَذَّابٍ، فَكَانَ أَوَّلُ شَيْءٍ سَمِعْتُهُ تَكَلَّمَ بِهِ أَنْ قَالَ: «يَا أَيُّهَا النَّاسُ، أَفْشُوا السَّلَامَ، وَأَطْعِمُوا الطَّعَامَ، وَصِلُوا الْأَرْحَامَ، وَصَلُّوا بِاللَّيْلِ وَالنَّاسُ نِيَامٌ، تَدْخُلُوا الْجَنَّةَ بِسَلَامٍ».</t>
   </si>
   <si>
     <t>Abdullah bin Sələmdən (Allah ondan razı olsun) belə dediyi rəvayət edilmişdir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Mədinəyə gəldikdə, insanlar ona tərəf qaçdılar və: “Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) gəldi" deyə üç dəfə  səsləndilər, mən də camaatın arasında baxmağa gəldim və onun üzünü görəndə bildim ki, onun üzü yalançı birisinin üzü deyil və ondan eşitdiyim ilk şey belə söyləməsi oldu: “Ey insanlar, salamı yayın, yemək yedizdirin, qohumluq əlaqələrini qoruyun və gecələr insanlar yatarkən namaz qılın ki, Cənnətə salamatlıqla daxil olasınız”.</t>
   </si>
   <si>
     <t>لما جَاءَ النبيُّ صلى الله عليه وسلم المدينة، ورآه الناس اتجهوا ناحيتَه مسرعين، وممن توجه إليه عبد الله بن سَلَامٍ رضي الله عنه وكان من اليهود، فلما رآه عرف أن وجهه ليس بوجه كذاب؛ لِمَا يبدو عليه من النور والجمال والهيبة الصادقة، 
 فكان أول شيء سمعه من النبي صلى الله عليه وسلم أنه حث الناس على أعمال تكون سببًا في دخول الجنة، ومنها: 
 أولًا: نشر تحية السلام وإظهاره والإكثار منه على مَن عرفت ومن لم تعرف. 
 ثانيًا: إطعام الطعام بالصدقة والهدية والضيافة.
 ثالثًا: صلة الأرحام بمن تربطك بهم رحم أو قرابة من جهة الأب أو الأم.
 رابعًا: صلاة نافلة قيام الليل والناس نيام.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Mədinəyə gələndə insanlar onu gördükdə sürətlə ona tərəf getdilər və ona tərəf gedənlərin arasında Abdullah bin Sələm (Allah ondan razı olsun) də var idi. O, yəhudilərdən idi, onu görəndə bildi ki, onun üzü, nuruna, gözəlliyinə və dürüstlük saçan heybətinə görə yalançı insanın üzü deyil. Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) eşitdiyi ilk şey, insanları, Cənnətə girməyə səbəb olacaq əməllərə təşviq etməsi oldu. Onlar:
-Birincisi: Salamı yaymaq, onu izhar etmək və  tanıdığın və tanımadığın kəslərə salam verməyi çoxaltmaq.
-İkincisi: Sədəqə, hədiyyə və qonaqpərvərliklə  insanları yedizdirmək.
+Birincisi: Salamı yaymaq, onu izhar etmək və tanıdığın və tanımadığın kəslərə salam verməyi çoxaltmaq.
+İkincisi: Sədəqə, hədiyyə və qonaqpərvərliklə insanları yedizdirmək.
 Üçüncüsü: Ata və ya ana tərəfdən ailə və ya qohumluq bağının səni birləşdirdiyi kəslərlə qohumluq əlaqələrini saxlamaq.
-Dördüncüsü: Gecə vaxtı insanlar yatarkən  nafilə namazı qılmaq.</t>
+Dördüncüsü: Gecə vaxtı insanlar yatarkən nafilə namazı qılmaq.</t>
   </si>
   <si>
     <t>استحباب نشر تحية السلام بين المسلمين، وأما غير المسلم فلا يُبدأ بالسلام، وإن سَلَّم بقول: السلام عليكم، فيُرد عليه بقول: وعليكم.</t>
   </si>
   <si>
-    <t>Müsəlmanlar arasında salamı yaymaq müstəhəbdir, qeyri-müsəlmana gəldikdə isə ona ilk olaraq salam verilmir və əgər o, "əssələmu aleykum "deyərək salam verərsə, ona “va aleykum” deyərək cavab verilməlidir.</t>
+    <t>Müsəlmanlar arasında salamı yaymaq müstəhəbdir, qeyri-müsəlmana gəldikdə isə ona ilk olaraq salam verilmir və əgər o, "əs-sələmu aleykum "deyərək salam verərsə, ona “va aleykum” deyərək cavab verilməlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5520</t>
   </si>
   <si>
     <t>إن الله يحب العبد التقي الغني الخفي</t>
   </si>
   <si>
     <t>Həqiqətən Allah  təqvalı, zəngin qəlbli, gözlərdən gizli-nəzərə çarpmayan(şan-şöhrətdən uzaq) qulunu sevir</t>
   </si>
   <si>
     <t>عن سعد بن أبي وقاص رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ».</t>
   </si>
   <si>
     <t>Sad bin Əbi Vaqqas (Allah ondan razı olsun) demişdir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: Həqiqətən Allah  təqvalı, zəngin qəlbli, gözlərdən gizli-nəzərə çarpmayan(şan-şöhrətdən uzaq) qulunu sevir.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الله عزَّ وجلَّ يُحِبُّ بعضَ عباده، 
 ومنهم التقي: المُمْتَثِل لأوامر الله، المجتنب لنواهِيهِ.
 ويُحِبُّ الغنيَّ: الذي استغنى عن الناسِ بالله عز وجل لا يَلْتَفِتُ إلى غيره.
 ويُحبُّ الخفيَّ: المُتَواضِع، المُتَعَبِّد لربِّه، المُشتغل بما ينفعه، الذي لا يَهْتَمُّ أنْ يَعْرِفَه أحدٌ أو يَتَحَدَّث عنه بمدحٍ وثَنَاءٍ.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, izzət və cəlal sahibi olan Allah bəzi qullarını sevir,
 Bunlardan biri: təqvalı olan - Allahın əmrlərini yerinə yetirən, qadağalarından çəkinəndir.
 Allah həmçinin qəlbi zəngin olan bəndəni sevir: o kəs ki, insanlara deyil, məhz Allaha etimad edir, Ondan başqa heç kimə yönlənməz.
 Gözlərdən gizli olan qulunu sevər: o qul ki, təvazökardır, Rəbbinə ibadət edər, ona faydalı şeylərlə məşğul olar, kiminsə onu tanımasına və ya onu tərif və səna etməsinə önəm verməz.</t>
   </si>
   <si>
     <t>بيان بعض الصفات المُقْتَضِيَة لمحبةِ الله لعباده، وهي التقوى والتواضع والرضى بما قَسَمَ الله.</t>
   </si>
   <si>
     <t>İnsanlara Allah sevgisini qazandıran bəzi xüsusiyyətlərin açıqlaması: bunlar: təqva, təvazökarlıq və Allahın bölgüsü ilə razı qalmaqdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5545</t>
   </si>
   <si>
     <t>إنكم سترون ربكم كما ترون هذا القمر، لا تضامون في رؤيته</t>
   </si>
   <si>
     <t>Həqiqətən də siz Rəbbinizi, bu ayı gördüyünüz kimi görəcəksiniz. Onu görməkdə bir çətinlik və sıxıntı çəkməyəcəksiniz</t>
   </si>
   <si>
     <t>عن جَرِيْر بنِ عبدِ الله رضي الله عنه قال: كُنَّا عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَنَظَرَ إِلَى الْقَمَرِ لَيْلَةً -يَعْنِي الْبَدْرَ- فَقَالَ: «إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ، فَإِنِ اسْتَطَعْتُمْ أَنْ لَا تُغْلَبُوا عَلَى صَلَاةٍ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا فَافْعَلُوا» ثُمَّ قَرَأَ: «{وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}»</t>
   </si>
   <si>
-    <t>Cərir bin Abdullahın (Allah ondan razı olsun) belə dediyi rəvayət edilir: Biz Peyğəmbərlə (Allahın salavatı və salamı onun üzərinə olsun)  birlikdə idik. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Bədr gecəsi bütöv olan aya baxdı və dedi:"Həqiqətən də siz Rəbbinizi, bu ayı gördüyünüz kimi görəcəksiniz. Onu görməkdə bir çətinlik və sıxıntı çəkməyəcəksiniz.Elə isə günəş doğmamışdan öncəki namaza və gün batmamışdan qabaq qılınan namaza gücünüz çatdığı qədər davamlı riayət edin". Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) sonra bu ayəni oxudu: "Günəş doğmamışdan əvvəl və batmamışdan əvvəl Rəbbini həmd ilə tərif et (şəninə təriflər de)!".</t>
+    <t>Cərir bin Abdullahın (Allah ondan razı olsun) belə dediyi rəvayət edilir: Biz Peyğəmbərlə (Allahın salavatı və salamı onun üzərinə olsun)  birlikdə idik. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Bədr gecəsi bütöv olan aya baxdı və dedi: "Həqiqətən də siz Rəbbinizi, bu ayı gördüyünüz kimi görəcəksiniz. Onu görməkdə bir çətinlik və sıxıntı çəkməyəcəksiniz. Elə isə günəş doğmamışdan öncəki namaza və gün batmamışdan qabaq qılınan namaza gücünüz çatdığı qədər davamlı riayət edin". Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) sonra bu ayəni oxudu: "Günəş doğmamışdan əvvəl və batmamışdan əvvəl Rəbbini həmd ilə tərif et (şəninə təriflər de)!" (Qaf 50 surəsi, ayə 3).</t>
   </si>
   <si>
     <t>كان الصحابةُ مع النبيِّ صلى الله عليه وسلم ذات ليلةٍ فنَظَرَ إلى القمر -ليلة الرابع عشر-، فقال: 
 إنَّ المؤمنين سيرون ربَّهم حقيقةً بالعين دون اشتباه، وأنهم لا يتزاحمون ولا يصيبهم تعب ولا مشقة عند رؤيته تعالى. 
 ثم قال رسول الله صلى الله عليه وسلم: 
 فإن استطعتم قطعَ الأسبابِ التي تَصرفُكم عن صلاةِ الفجر وصلاةِ العصر فافعلوا، وأتوا بهما كاملتين في وقتهما في جماعة، فإن ذلك من أسباب النظر إلى وجه الله عز وجل، 
 ثم قرأ صلى الله عليه وسلم الآية: 
 {وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}.</t>
   </si>
   <si>
-    <t>Sahabələr gecələrin birində Allah Rəsulu  -(Allahın salavatı və salamı onun üzərinə olsun) ilə bir yerdə idilər, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) on dörd gecəlik aya baxıb dedi: Şübhəsiz ki, möminlər Rəbblərini gözləri ilə aydın şəkildə görəcəklər və onlar basırıq olmadan, yorğunluq və sıxıntı çəkmədən uca Allahı görəcəklər. Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: Əgər bacarsanız sübh və əsr namazında sizi yayındaracaq səbəbləri aradan qaldırın və bu namazları vaxtında camaatla qılın, çünki bu, izzət və cəlal sahibi olan Allahın üzünü görmək nemətinə nail olmaq üçün səbəblərindəndir. Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bu ayəni oxudu: "Günəş doğmamışdan əvvəl və batmamışdan əvvəl Rəbbini həmd ilə tərif et (şəninə təriflər de)!"</t>
+    <t>Sahabələr gecələrin birində Allah Rəsulu - (Allahın salavatı və salamı onun üzərinə olsun) ilə bir yerdə idilər, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) on dörd gecəlik aya baxıb dedi: Şübhəsiz ki, möminlər Rəbblərini gözləri ilə aydın şəkildə görəcəklər və onlar basırıq olmadan, yorğunluq və sıxıntı çəkmədən uca Allahı görəcəklər. Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: Əgər bacarsanız sübh və əsr namazında sizi yayındaracaq səbəbləri aradan qaldırın və bu namazları vaxtında camaatla qılın, çünki bu, izzət və cəlal sahibi olan Allahın üzünü görmək nemətinə nail olmaq üçün səbəblərindəndir. Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bu ayəni oxudu: "Günəş doğmamışdan əvvəl və batmamışdan əvvəl Rəbbini həmd ilə tərif et (şəninə təriflər de)!" (Qaf 50 surəsi, ayə 3).</t>
   </si>
   <si>
     <t>البشرى لأهل الإيمان برؤية الله تعالى في الجنة.
 مِن أساليب الدعوة: التوكيدُ والترغيبُ وضَرْبُ الأمثال.</t>
   </si>
   <si>
     <t>İman əhlinə uca Allahı cənnətdə görmək müjdəsi.
 İnsanları haqqa çağırmağın üslublarından biri: təkid etmək, təşviq etmək və misallar çəkməkdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5657</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم كان لا يرد الطيب</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ətirdən imtina etməzdi</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ.</t>
   </si>
   <si>
     <t>Ənəs bin Malik (Allah ondan razı olsun) demişdir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ətirdən imtina etməzdi.</t>
   </si>
   <si>
@@ -8884,133 +8877,133 @@
     <t>Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yolundan idi ki, ona verilən ətirdən imtina etməzdi, onu qəbul edərdi, çünki ətir özü-özlüyündə yüngül, qoxusu isə xoşdur.</t>
   </si>
   <si>
     <t>استحباب قبول عَطِيَّةِ الطِّيْبِ؛ لأنه لا مُؤْنَة لحملِه ولا مِنَّةَ في قبوله.
 كمال وحسن خلق النبي صلى الله عليه وسلم في عدم رد الطيب، وقبول هدية من يهدي إليه.
  الترغيب في استعمال الطيب.</t>
   </si>
   <si>
     <t>Ətir qəbul etməyin müstəhəb olması: çünki onu daşımaq asandır və onu qəbul etməkdə də bir eyib yoxdur.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) ətirdən imtina etməməsi və hədiyyəni qəbul etməsi, onun gözəl və kamil əxlaqının göstəricisidir.
 Ətir istifadə etməyə təşviq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5733</t>
   </si>
   <si>
     <t>اتقوا الظلم، فإن الظلم ظلمات يوم القيامة، واتقوا الشح، فإن الشح أهلك من كان قبلكم،</t>
   </si>
   <si>
     <t>“Zülm etməkdən çəkinin, çünki zülm Qiyamət günü zülmət olacaq və xəsislik etməkdən çəkinin, həqiqətən də xəsislik sizdən əvvəlkiləri məhv etdi,</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ، حَمَلَهُمْ عَلَى أَنْ سَفَكُوا دِمَاءَهُمْ وَاسْتَحَلُّوا مَحَارِمَهُمْ».</t>
   </si>
   <si>
-    <t>Cabir bin Abdullahdan (Allah ondan razı olsun) rəvayət edilir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: “Zülm etməkdən çəkinin, çünki zülm Qiyamət günü zülmət olacaq və xəsislik etməkdən çəkinin, həqiqətən də xəsislik sizdən əvvəlkiləri məhv etdi, onları bir-birinin qanını tökməyə və haramlarını halal saymağa sövq etdi.”</t>
+    <t>Cabir bin Abdullahdan (Allah ondan razı olsun) rəvayət edilir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: “Zülm etməkdən çəkinin, çünki zülm Qiyamət günü zülmət olacaq və xəsislik etməkdən çəkinin, həqiqətən də xəsislik sizdən əvvəlkiləri məhv etdi, onları bir-birinin qanını tökməyə və haramlarını halal saymağa sövq etdi”.</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم من الظلم، ومنه: ظلم الناس وظلم النفس والظلم في حق الله تعالى، 
 وهو تَرْكُ إعطاءِ كلِّ ذِي حقٍّ حقَّه، وأنَّ الظلم ظلمات على أصحابِه يوم القيامة من حصول الشدائد والأهوال، 
 ونهى عن الشح الذي هو شدة البخل مع الحرص، ومنه التقصير في أداء الحقوق المالية وشدة الحرص على الدنيا، 
 وهذا النوع من الظلم أَهْلَكَ من كان قبلنا من الأمم، حيث حَمَلَهم على قتل بعضهم، وإباحة ما حرم الله من المحرمات.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) zülmdən çəkindirmişdir. Bura insanların başqasına zülm etməsi, özünə zülm etməsi və Uca Allahın haqlarında zülm etməsi də daxildir. Zülm hər kəsə haqqını verməyi tərk etməkdir.   
 Həqiqətən də zülm qiyamət günü öz sahiblərinə çətinliklər və qorxuların baş verməsi ilə zülmət olacaqdır. O, şiddətli xəsisliyi qadağan etmişdir. Bura malla olan haqları ödəməkdə olan səhlənkarlıq və dünyaya olan hərislik də daxildir. Bu növ zülm bizdən əvvəlki ümmətləri bir-birini öldürməyə və Allahın haram etdiklərini halal saymağa sövq etdiyi üçün məhv etdi.</t>
   </si>
   <si>
     <t>بذل المال ومواساة الإخوان من أسباب التَّحَابِّ والتواصل.
 البخل والشح يَجُرُّ إلى المعاصي والفواحش والآثام.
 الاعتبار بأحوال الأمم السابقة.</t>
   </si>
   <si>
     <t>Mal-mülkü Allah üçün xərcləmək və din qardaşlarına  yardım etmək, qarşılıqlı sevgi və ünsiyyətin səbəblərindən biridir.
 Xəsislik və mala olan şiddətli hərislik, asilik, əxlaqsızlıq və günahlara səbəb olur.
 Əvvəlki ümmətlərin hallarından ibrət almaq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5787</t>
   </si>
   <si>
     <t>أكمل المؤمنين إيمانا أحسنهم خلقا، وخيركم خيركم لنسائهم</t>
   </si>
   <si>
     <t>Möminlərdən ən kamil iman sahibləri, gözəl əxlaqa malik olanlardır, sözsüz ki, sizin ən xeyirliniz qadınlarına qarşı xoş rəftar edənlərdir</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Möminlərdən ən kamil iman sahibləri, gözəl əxlaqa malik olanlardır, sözsüz ki, sizin ən xeyirliniz qadınlarına qarşı xoş rəftar edənlərdir."</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Möminlərdən ən kamil iman sahibləri, gözəl əxlaqa malik olanlardır, sözsüz ki, sizin ən xeyirliniz qadınlarına qarşı xoş rəftar edənlərdir".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أَكْمَلَ الناس إيمانًا مَن حَسُنَ خُلُقُه، وذلك بطَلَاقَةِ الوجه، وبذل المعروف، وحسن الكلام، وكف الأذى.
 وخَيْرَ المؤمنين خيرُهم لنسائِهِ، كزَوجتِه وبَناتِه وأخواتِه وقَريباتِه؛ لأنهن مِن أحقِّ الناس بحُسْنِ الخُلُق.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, iman baxımından ən kamil insan-əxlaqı gözəl olandır, o bu əxlaqa üzündəki təbəssümlə, xeyir əməllər etməklə, ədəbli danışmaqla və heç kəsə əziyyət verməməklə nail olur.
-Möminlərin xeyirlisi qadınlarına- həyat yoldaşına, qızlarına, bacılarına, yaxınlarında olan digər qadınlara qarşı qayğıkeş və diqqətli  olanıdır. Çünki adıçəkilən qadınlar gözəl əxlaqa daha çox layiqdirlər.</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, iman baxımından ən kamil insan - əxlaqı gözəl olandır, o bu əxlaqa üzündəki təbəssümlə, xeyir əməllər etməklə, ədəbli danışmaqla və heç kəsə əziyyət verməməklə nail olur.
+Möminlərin xeyirlisi qadınlarına - həyat yoldaşına, qızlarına, bacılarına, yaxınlarında olan digər qadınlara qarşı qayğıkeş və diqqətli olanıdır. Çünki adıçəkilən qadınlar gözəl əxlaqa daha çox layiqdirlər.</t>
   </si>
   <si>
     <t>فضيلة الأخلاق الحسنة وأنها من الإيمان.
  العمل من الإيمان، والإيمان يزيد وينقص.
 إكرام الإسلام للمرأة والترغيب في الإحسان إليها.</t>
   </si>
   <si>
-    <t>Gözəl əxlaqın fəziləti və onun imandan  olması.
+    <t>Gözəl əxlaqın fəziləti və onun imandan olması.
 Əməl imandandır, iman isə artır və azalır.
 İslamın qadına verdiyi dəyər və ona yaxşılıq etməyə təşviq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5792</t>
   </si>
   <si>
     <t>الدنيا متاع، وخير متاع الدنيا المرأة الصالحة</t>
   </si>
   <si>
     <t>Dünya keçici bir ləzzətdir. Dünya ləzzətinin ən xeyirlisi saleh qadındır</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ».</t>
   </si>
   <si>
-    <t>Abdullah bin Amrdan (Allah onların hər ikisindən razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Dünya keçici bir ləzzətdir. Dünya ləzzətinin ən xeyirlisi saleh qadındır."</t>
+    <t>Abdullah bin Amrdan (Allah onların hər ikisindən razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Dünya keçici bir ləzzətdir. Dünya ləzzətinin ən xeyirlisi saleh qadındır".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا بما فيها إنما هي شيءٌ يُتَمَتَّعُ به حينًا من الوقت ثم يزول، وأنَّ أفضلَ متاعِها الزوجةُ الصالحةُ، التي إذا نَظَرَ إليها سَرَّتْه، وإذا أَمَرَها أطاعتْه، وإذا غاب عنها حَفِظَتْه في نفسِها ومالِهِ.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, dünya nemətlərinin ləzzətləri müəyyən bir zaman ötdükcə bitir,  saleh həyat yoldaşı isə bu dünyada olan ən gözəl nemətdir, o qadın ki, əri ona nəzər salanda sevinər, əmr etdikdə itaət edər, ərinin yoxluğunda onun şərəf-ləyaqətini və var-dövlətini qoruyar.</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, dünya nemətlərinin ləzzətləri müəyyən bir zaman ötdükcə bitir, saleh həyat yoldaşı isə bu dünyada olan ən gözəl nemətdir, o qadın ki, əri ona nəzər salanda sevinər, əmr etdikdə itaət edər, ərinin yoxluğunda onun şərəf-ləyaqətini və var-dövlətini qoruyar.</t>
   </si>
   <si>
     <t>جواز التَّمَتُّعِ بطَيِّبَاتِ الدنيا التي أحلَّها الله لعباده دون سَرَفٍ أو مَخِيْلَة.
 الترغيب في اختيار الزوجة الصالحة؛ لأنها عَوْنٌ للزوج على طاعة ربه.
 خير متاع الدنيا ما كان في طاعة الله أو أعان عليها.</t>
   </si>
   <si>
-    <t>İsraf və təkəbbürlük etmədən  Allahın qullarına halal etdiyi dünyanın təmiz nemətlərindən istifadəsinin icazəli olması.
+    <t>İsraf və təkəbbürlük etmədən Allahın qullarına halal etdiyi dünyanın təmiz nemətlərindən istifadəsinin icazəli olması.
 Saleh zövcə seçməyə təşviq, çünki o, Rəbbinə itaətdə ərinə dayaqdır.
 Dünya nemətlərinin ən xeyirlisi Allaha itaətdə olan və ya Ona itaət etməyə yardım edəndir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5794</t>
   </si>
   <si>
     <t>إن الدين يسر، ولن يشاد الدين أحد إلا غلبه، فسددوا وقاربوا</t>
   </si>
   <si>
     <t>“Həqiqətən din asandır. Kim dini çətinləşdirərsə, din ona üstün gələr. Düzgünlüyə riayət edin, (bacarmasanız çalışın ona) yaxınlaşın</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا، وَأَبْشِرُوا، وَاسْتَعِينُوا بِالْغَدْوَةِ وَالرَّوْحَةِ وَشَيْءٍ مِنَ الدُّلْجَةِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu  rəvayət edilir: “Həqiqətən din asandır. Kim dini çətinləşdirərsə, din ona üstün gələr. Düzgünlüyə riayət edin, (bacarmasanız çalışın ona) yaxınlaşın və sevinin. Səhər tezdən, günorta vaxtı və gecənin bir hissəsindən  istifadə edin”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دينَ الإسلامِ مبنيٌّ على التيسير والسهولة في كل شؤونه، ويتأكد التيسير عند وجود سبب العجز والحاجة، ولأنَّ التعمُّقَ في الأعمال الدينية وترك الرفق عاقبتُه العجز والانقطاع عن العمل كله أو بعضه،
 ثم حث صلى الله عليه وسلم على التوسط من غير مبالغة؛ فلا يُقصِّر العبد فيما أُمر به، ولا يتحمل ما لا يطيقه، فإن عجز عن العمل بالأكمل؛ فالعمل على ما يَقْرُبُ منه.
 وبشَّر صلى الله عليه وسلم بالثواب الجزيل على العمل الدائم وإن قلَّ لمَن عجز عن العمل بالأكمل؛ لأن العجز إذا لم يكن من صنيعه فلا يستلزم نقص أجره. 
 وحيث أن الدنيا في الحقيقة دار سفر ونُقْلة إلى الآخرة أمر صلى الله عليه وسلم بالاستعانة على مداومة العبادة بإيقاعها في الأوقات الثلاثية المنشطة: 
 الأول: الغَدوة: بسير أول النهار؛ ما بين صلاة الفجر وطلوع الشمس. 
 الثاني: الرَّوحة: بالسير بعد الزوال. 
@@ -9093,51 +9086,51 @@
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, Rəbbinin lütfü və nemətinə görə qulun həmd etməsi, Allahın razılığını qazandıran əməllərdən hesab edilir: yemək yeyir və əlhəmdulilləh deyir, su içir və əlhəmdulilləh deyir.</t>
   </si>
   <si>
     <t>كرم الله عز وجل، فقد تَفَضَّلَ بالرزق ورَضِيَ بالحَمْد.
 رضا الله يُنالُ بأيسر سبب، كالحمد بعد الأكل والشرب.
 من آداب الطعام والشراب: حمد الله تعالى عَقِب الأكل والشرب.</t>
   </si>
   <si>
     <t>İzzət və cəlal sahibi olan Allahın səxavəti, lütf olaraq ruzi verir və qulun həmd etməsindən razı qalır.
 Allahın razılığı, yedikdən və içdikdən sonra həmd etmək kimi ən asan səbəblərlə əldə edilir.
 Yemək və içmək ədəblərindən biri: Yemək və içməkdən sonra uca Allaha həmd etmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5798</t>
   </si>
   <si>
     <t>إن المؤمن ليدرك بحسن خلقه درجة الصائم القائم</t>
   </si>
   <si>
     <t>Həqiqətən mömin gözəl əxlaqla, oruc tutan və gecələri namaz qılan kəsin dərəcəsinə çatır</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ».</t>
   </si>
   <si>
-    <t>Aişədən (Allah ondan razı olsun) rəvayət edildiyinə görə belə demişdir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Həqiqətən mömin gözəl əxlaqla, oruc tutan və gecələri namaz qılan kəsin dərəcəsinə çatır."</t>
+    <t>Aişədən (Allah ondan razı olsun) rəvayət edildiyinə görə belə demişdir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Həqiqətən mömin gözəl əxlaqla, oruc tutan və gecələri namaz qılan kəsin dərəcəsinə çatır".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ حُسْنَ الخُلُقِ يَبْلُغُ بصاحبِهِ مَنزلةَ المُداومِ على صيامِ النهارِ وقيامِ الليل، وجِمَاعُ حُسْنِ الخلق: بذْلُ المعروف، وحُسْن الكلام، وطلاقة الوجه، وكف الأذى واحتماله من الناس.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, gözəl əxlaq insanı gündüzlər oruc tutan, gecələr namaz qılanın dərəcəsinə çatdırır. Gözəl əxlaq- yaxşılıq etməyi, xeyir söyləməyi,  gülərüzlü olmağı, insanlara əziyyət verməməyi və onlardan gələ biləcək əziyyətə dözümlü olmağı özündə ehtiva edir.</t>
   </si>
   <si>
     <t>عِظَمُ عناية الإسلام بتهذيب الأخلاق وكمالها.
 فضل حسن الخلق، حتى يبلغ العبدُ به درجةَ الصائم الذي لا يُفطر والقائم الذي لا يَتعب. 
 صيام النهار وقيام الليل عملان عظيمان فيهما مشقة على النفوس، بَلَغَ درجتَهما صاحبُ حُسْنِ الخُلُق لمجاهدتِه نفسَه بحُسْن المعاملة.</t>
   </si>
   <si>
     <t>İslamın, əxlaqın saflığına və kamilliyinə diqqətinin böyüklüyü.
 Gözəl əxlaqın üstünlüyü. Qul bu əxlaqla davamlı oruc tutan, gecələr yorulmadan namaz qılan bəndənin dərəcəsinə yüksəlməyə müvəffəq olur.
 Gündüz oruc tutmaq və gecə namaz qılmaq nəfsə ağır gələn böyük əməllərdəndir, gözəl əxlaq sahibi təqdirəlayiq davranışı ilə nəfsinə qalib gəldiyi üçün bu iki əməlin dərəcəsinə çatmışdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5799</t>
   </si>
   <si>
     <t>إن من خياركم أحسنكم أخلاقا</t>
   </si>
   <si>
     <t>Həqiqətən, sizin ən xeyirliniz gözəl əxlaq sahibi olanınızdır”.
@@ -9153,63 +9146,63 @@
   <si>
     <t>لم يَكنْ مِن أخلاقِ النبيِّ صلى الله عليه وسلم الكلامُ القبيح، أو الفعلُ القبيح، ولم يكن يَقصدُه ولا يتعمدُه، فهو صلى الله عليه وسلم ذو خلق عظيم.
 وكان صلى الله عليه وسلم يقول: إنَّ أفضلَكم عند الله أحسنُكم خُلُقًا، بِبَذْلِ المعروف، وطلاقةِ الوجه، وكَفِّ الأذى واحتماله، ومخالطة الناس بالجميل.</t>
   </si>
   <si>
     <t>Çirkin sözlər danışmaq və ya çirkin əməllər etmək Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) əxlaqından deyildi və o, nə bu əməllərə niyyət etmiş, nə də qəsd etmişdir. Çünki o, (Allahın salavatı və salamı onun üzərinə olsun) böyük əxlaq sahibi idi.
 O, (Allahın salavatı və salamı onun üzərinə olsun) deyirdi: Allah dərgahında sizin ən xeyirliniz, ən gözəl əxlaqa sahib olanınızdır: yaxşılıq edən, gülərüzlü olan, insanlara əziyyət verməkdən çəkinən və onların əziyyətinə dözümlülük göstərən, insanlarla gözəl şəkildə qaynıyıb qarışandır.</t>
   </si>
   <si>
     <t>على المؤمن أن يبتعد عن الفُحْش من الكلام السيِّئ والفعل القبيح.
 كمال خُلُق رسول الله صلى الله عليه وسلم، فلا يَصْدُرُ عنه إلا العمل الصالح والقول الطيب.
 حسن الخلق مَيْدانٌ للتنافس، فمَن سَبَقَ كان من خيار المؤمنين وأكملِهم إيمانًا.</t>
   </si>
   <si>
     <t>Mömin nalayiq sözlərdən və çirkin əməllərdən uzaq durmalıdır.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) əxlaqının kamilliyi, ondan ancaq saleh əməl görünər və xoş sözlər eşidilərdi.
 Gözəl əxlaq rəqabət meydanıdır, kim öndə gedərsə möminlərin ən yaxşılarından və imanı ən kamil olanlardandır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5803</t>
   </si>
   <si>
     <t>قال الله: أنفق يا ابن آدم أنفق عليك</t>
   </si>
   <si>
-    <t>Allah buyurdu:" Ey Adəm övladı mənim yolumda xərclə ki, mən də sənə yetirim</t>
+    <t>Allah buyurdu :"Ey Adəm övladı mənim yolumda xərclə ki, mən də sənə yetirim</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ».</t>
   </si>
   <si>
-    <t>Əbu Hureyrədən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: Allah buyurdu:" Ey Adəm övladı mənim yolumda xərclə ki, mən də sənə yetirim"</t>
+    <t>Əbu Hureyrədən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: Allah buyurdu :"Ey Adəm övladı mənim yolumda xərclə ki, mən də sənə yetirim".</t>
   </si>
   <si>
     <t>يَخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال: أنفق يا ابن آدم -من النفقات الواجبة والمستحبة- أُوَسِّعْ عليك وآتِك عِوَضًا عن ذلك وأباركْ لك فيه.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, uca və pak Allah buyurdu: «Ey Adəm övladı, vacib və müstəhəb sədəqələrdən xərclə ki, mən də sənin ruzini artırım, xərclədiyinin əvəzini sənə yetirim və onu sənə bərəkətli edim.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, uca və pak Allah buyurdu: Ey Adəm övladı, vacib və müstəhəb sədəqələrdən xərclə ki, mən də sənin ruzini artırım, xərclədiyinin əvəzini sənə yetirim və onu sənə bərəkətli edim.</t>
   </si>
   <si>
     <t>الحث على الصدقة والإنفاق في سبيل الله.
 الإنفاق في وجوه الخير من أعظم أسباب البركة في الرزق ومضاعفته، وإخلاف الله على العبد ما أنفقه.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Sədəqəyə, Allah yolunda xərcləməyə təşviq.
 Xeyriyyə işlərində xərcləmək ruzini bərəkətləndirən və onu artıran  və Allahın bəndəyə xərclədiyinin əvəzini verməsi üçün ən böyük səbəblərdəndir.
 Bu hədis Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) öz Rəbbindən nəql etdiyi hədisdir və bu hədis qüdsü və ya ilahi hədis adlanır və onun ləfzi və mənası Allahdandır. Lakin bu hədislərdə, Quranda olan fərqləndirici xüsusiyyətlər yoxdur, məsələn, qiraəti ilə ibadət etmək, onun üçün dəstəmazlı olmaq, Quranın mislinin olmaması, ona qarşı nəyisə çıxartmaqda insanların aciz olması və s.kimi xüsusiyyətlərin bu hədislərə olmaması ilə fərqlənməsidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5805</t>
   </si>
   <si>
     <t>أن رجلا سأل النبي صلى الله عليه وسلم: أي الإسلام خير؟ قال: تطعم الطعام، وتقرأ السلام على من عرفت ومن لم تعرف</t>
   </si>
   <si>
     <t>Bir kişi Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşdu: İslamın hansı əməli daha xeyirlidir? O, dedi: “Yemək yedirtməyin, tanıdığın və tanımadığın hərkəsə salam verməyin”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ».</t>
   </si>
   <si>
     <t>Abdullah bin Amrdan (Allah onların hər ikisindən razı olsun) rəvayət edilir: Bir kişi Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşdu: İslamın hansı əməli daha xeyirlidir? O, dedi: “Yemək yedirtməyin, tanıdığın və tanımadığın hərkəsə salam verməyin”.</t>
@@ -9229,168 +9222,168 @@
 السلام وإطعام الطعام من أفضل الأعمال في الإسلام؛ لفضلها وحاجة الناس إليها في كل وقت.
 بهاتين الخصلتين يجتمع الإحسان بالقول والفعل، وهو أكمل الإحسان.
 هذه الخصال فيما يتعلَّق بتعامل المسلمين فيما بينهم، وهناك خِصالٌ في تعامُلِ العبد مع ربِّه.
 البدء بالسلام مخصوص بين المسلمين، فلا يُسلَّم ابتداءً على كافر.</t>
   </si>
   <si>
     <t>Səhabələrin dünya və axirətdə faydalı olan xüsusiyyətləri öyrənməyə olan hərisliyi
 Salam vermək və yemək yedizdirmək fəzilətinə və hər zaman insanların onlara ehtiyac duyduqlarına görə İslamda ən fəzilətli əməllərdəndir.
 Ehsan (xeyirxahlıq) bu iki xislətlə söz və əməldə birləşir və bu ehsanın ən kamil formasıdır.
 Bu xüsusiyyətlər müsəlmanların öz aralarında necə rəftar etmələri ilə əlaqədardır. Həmçinin qulun öz Rəbbi ilə rəftarında da müəyyən xüsusiyyətlər vardır.
 İlk olaraq salam vermək müsəlmanlara xasdır, kafirə isə ilk olaraq salam verilməməlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5808</t>
   </si>
   <si>
     <t>إن الله ليملي للظالم، حتى إذا أخذه لم يفلته</t>
   </si>
   <si>
     <t>Həqiqətən, Allah zalıma möhlət verir ki, onu yaxalayanda boyun qaçırmasın</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ» قَالَ: ثُمَّ قَرَأَ: «{وَكَذَلِكَ أَخْذُ رَبِّكَ إِذَا أَخَذَ الْقُرَى وَهِيَ ظَالِمَةٌ إِنَّ أَخْذَهُ أَلِيمٌ شَدِيدٌ}[هود: 102]»</t>
   </si>
   <si>
-    <t>Əbu Musadan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Həqiqətən, Allah zalıma möhlət verir ki, onu yaxalayanda boyun qaçırmasın” Buyurdu ki: Sonra bu ayəni oxudu: {Rəbbin haqsızlıq edən məmləkətləri yaxaladığı zaman məhz belə yaxalayır.  Onun yaxalaması həqiqətən də üzücüdür, şiddətlidir.} [Hud: 102]
+    <t>Əbu Musadan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Həqiqətən, Allah zalıma möhlət verir ki, onu yaxalayanda boyun qaçırmasın”. Buyurdu ki, sonra bu ayəni oxudu: "Rəbbin haqsızlıq edən məmləkətləri yaxaladığı zaman məhz belə yaxalayır. Onun yaxalaması həqiqətən də üzücüdür, şiddətlidir" [Hud 11 surəsi, ayə 102].
 ​</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من التَّمادِي في الظلم بالمعاصي والشرك وظلم الناس في حقوقهم، فإن الله تعالى يُمْهِلُ الظالمَ ويؤخِّرُه ويُطيل له في عُمُرِه ومالِه فلا يُعاجِلُه العقوبةَ؛ فإنْ لم يتب أَخَذَه ولم يُطْلِقْه ولم يَتْرُكْه لكثرة ظلمه.
 ثم قرأ صلى الله عليه وسلم: {وكذلك أخذ ربك إذا أخذ القرى وهي ظالمة إن أخذه أليم شديد} [هود: 102].</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) zülmə günahlar və şirk edərək israr etməkdən və insanlara zülm etməkdən çəkindirir və bildirir ki, uca Allah zalıma möhlət verir, onun işini sonraya saxlayır, onun ömrünü uzadır və mal-dövlətini davamlı edir, cəza verməkdə tələsmir. Əgər tövbə etməzsə, etdiyi çoxsaylı haqsızlıqlara görə onu yaxalayar, onu sərbəst buraxmaz və ondan əl çəkməz.
-Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bu ayəni oxudu: {Rəbbin haqsızlıq edən məmləkətləri yaxaladığı zaman məhz belə yaxalayır. Onun yaxalaması həqiqətən də üzücüdür, şiddətlidir.} [Hud: 102]
+Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bu ayəni oxudu: "Rəbbin haqsızlıq edən məmləkətləri yaxaladığı zaman məhz belə yaxalayır. Onun yaxalaması həqiqətən də üzücüdür, şiddətlidir" [Hud 11 surəsi, ayə 102].
 ​</t>
   </si>
   <si>
     <t>على العاقل المبادرة إلى التوبة، وأن لا يَأمَنْ من مَكْرِ الله إذا كان مُقيمًا على الظلم.
 إمهال الله عز وجل للظالمين وعدم مُعاجَلتِهم بالعقوبة استدراجًا لهم ومضاعفة للعذاب إن لم يتوبوا.
 الظلم من أسباب عقوبة الله للأمم.
 إذا أهلك الله قرية فقد يكون فيها صالحون، فهؤلاء يُبعثون يوم القيامة على ما ماتوا عليه من الصلاح، ولا يضرهم أنْ شَمِلَتْهم العقوبةُ.</t>
   </si>
   <si>
     <t>Aqil insan dərhal tövbə etməyə çalışmalıdır, bilməlidir ki, əgər zülm etməyə davam edərsə, Allahın məkrindən salamt qala bilməz.
 İzzət və cəlal sahibi olan Allahın zalımlara möhlət verməsi və acil əzab verməməsi, tövbə etmədikləri təqdirdə əzablarının ikiqat artırılması üçündür.
 Allahın keçmiş ümmətləri cəzalandırmasının səbəblərindən biri də zülmdür.
 Əgər Allah bir məmləkəti məhv etsə, orada əməlisaleh insanlar olsa belə, bu insanlar Qiyamət günü öldükləri saleh halları üzərində dirilərlər və əzaba düçar olmalarına baxmayaraq onlara o əzəmətli gün zərər dəyməz.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5811</t>
   </si>
   <si>
     <t>كلكم راع فمسئول عن رعيته،</t>
   </si>
   <si>
-    <t>Sizin hər biriniz başçısınız və  hamınız öz əlinizin altında olanlara cavabdehsiniz</t>
+    <t>Sizin hər biriniz başçısınız və hamınız öz əlinizin altında olanlara cavabdehsiniz</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمرَ رَضِيَ اللَّهُ عَنْهُما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ، فَالأَمِيرُ الَّذِي عَلَى النَّاسِ رَاعٍ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالرَّجُلُ رَاعٍ عَلَى أَهْلِ بَيْتِهِ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالمَرْأَةُ رَاعِيَةٌ عَلَى بَيْتِ بَعْلِهَا وَوَلَدِهِ وَهِيَ مَسْئُولَةٌ عَنْهُمْ، وَالعَبْدُ رَاعٍ عَلَى مَالِ سَيِّدِهِ وَهُوَ مَسْئُولٌ عَنْهُ، أَلاَ فَكُلُّكُمْ رَاعٍ وَكُلُّكُمْ مَسْئُولٌ عَنْ رَعِيَّتِهِ».</t>
   </si>
   <si>
-    <t>Abdullah ibn Ömərdən (Allah onların hər ikisindən razı olsun) rəvayət edilir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə dedi: "Sizin hər biriniz başçısınız və  hamınız öz əlinizin altında olanlara cavabdehsiniz. İnsanların üzərində olan əmir başçıdır və onlardan sorumludur,  kişi isə ailəsi üzərində başçıdır və onlara cavabdehdir. Qadın ərinin evi və uşaqları üzərində başçıdır və onlara cavabdehdir və nökər ağasının malında başçıdır və o, buna cavabdehdir. Həqiqətən, sizin hər biriniz başçısınız və hər biriniz əlinizin altında olanlara cavabdehsiniz."</t>
+    <t>Abdullah ibn Ömərdən (Allah onların hər ikisindən razı olsun) rəvayət edilir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə dedi: "Sizin hər biriniz başçısınız və hamınız öz əlinizin altında olanlara cavabdehsiniz. İnsanların üzərində olan əmir başçıdır və onlardan sorumludur,  kişi isə ailəsi üzərində başçıdır və onlara cavabdehdir. Qadın ərinin evi və uşaqları üzərində başçıdır və onlara cavabdehdir və nökər ağasının malında başçıdır və o, buna cavabdehdir. Həqiqətən, sizin hər biriniz başçısınız və hər biriniz əlinizin altında olanlara cavabdehsiniz."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم في المجتمع مسؤوليةً يرعاها ويَتَحَمّلُها، 
 فالإمامُ والأمير راعٍ فيما استرعاه الله، فعليه حفظُ شرائعهم، وحمايتُهم ممّن جارَ عليهم، ومجاهدة عدوهم، وعدم تضييع حقوقهم،
 والرجل في أهل بيته مُكَلَّف بالقيام عليهم بالنفقة، وحسن المعاشرة، وتعليمهم وتأديبهم،
 والمرأة في بيت زوجها راعية بحسن تدبير بيته، وتربية أولاده، وهي مسؤولة عن ذلك،
 والخادم المملوك والأجير مسؤول في مال سيده بالقيام بحفظ ما في يده منه، وخدمته، وهو مسؤول عن ذلك،
 فكل أحد راع فيما استُرْعِيَ عليه، وكل أحد مسؤول عن رعيته.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki,  cəmiyyətdəki hər bir müsəlmanın diqqət etməli və daşımalı olduğu bir məsuliyyəti vardır. İmam və əmir Allahın ona əmanət etdiyi şeylərin mühafizəçisidir. Onların qanunlarını qorumalı, onları zülm edənlərdən qorumalı, onların düşmənləri ilə vuruşmalı və onların haqqlarını zay etməməlidir. Kişi öz ailəsinin maddi ehtiyacını təmin etmək, onlarla gözəl rəftar etmək, onları maarifləndirmək və tərbiyə etmək vəzifəsini daşıyır. Qadın ərinin evində ev işlərini gözəl şəkildə idarə etmək və övladların tərbiyəsi ilə məşğuldur və buna görə də cavabdehdir. Sahib olunan xidmətçi və muzdlu, əlində olan ağasının malını qoruyub saxlamaqla, ona xidmət etməklə məsuldur və o, buna görə cavabdehdir. Hər bir kəs özünə tapşırılan şeyin başçısıdır və hər kəs öz rəiyyətinə cavabdehdir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, cəmiyyətdəki hər bir müsəlmanın diqqət etməli və daşımalı olduğu bir məsuliyyəti vardır. İmam və əmir Allahın ona əmanət etdiyi şeylərin mühafizəçisidir. Onların qanunlarını qorumalı, onları zülm edənlərdən qorumalı, onların düşmənləri ilə vuruşmalı və onların haqqlarını zay etməməlidir. Kişi öz ailəsinin maddi ehtiyacını təmin etmək, onlarla gözəl rəftar etmək, onları maarifləndirmək və tərbiyə etmək vəzifəsini daşıyır. Qadın ərinin evində ev işlərini gözəl şəkildə idarə etmək və övladların tərbiyəsi ilə məşğuldur və buna görə də cavabdehdir. Sahib olunan xidmətçi və muzdlu, əlində olan ağasının malını qoruyub saxlamaqla, ona xidmət etməklə məsuldur və o, buna görə cavabdehdir. Hər bir kəs özünə tapşırılan şeyin başçısıdır və hər kəs öz rəiyyətinə cavabdehdir.</t>
   </si>
   <si>
     <t>المسؤولية في المجتمع المسلم عامَّة، وكلٌّ بِحَسَبِهِ وقدرتِه ومسؤوليتِه.
 عِظَمُ مسؤولية المرأة، وذلك بالقيام بحقِّ بيت زوجها وواجباتِها نحو أولادِها.</t>
   </si>
   <si>
     <t>Müsəlman cəmiyyətində məsuliyyət ümumidir və hər kəs öz halına, gücünə və məsuliyyətinə görə cavabdehdir.
-Qadının  məsuliyyəti böyükdür. Bu ərinin evinin haqqını və övladlarına qarşı borcunu yerinə yetirməkdir.</t>
+Qadının məsuliyyəti böyükdür. Bu ərinin evinin haqqını və övladlarına qarşı borcunu yerinə yetirməkdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5819</t>
   </si>
   <si>
     <t>ما تركت بعدي فتنة أضر على الرجال من النساء</t>
   </si>
   <si>
-    <t>Məndən sonra kişilər üçün ən təhlükəli fitnə( yoldan çıxaran) qadınlar olacaq</t>
+    <t>Məndən sonra kişilər üçün ən təhlükəli fitnə (yoldan çıxaran) qadınlar olacaq</t>
   </si>
   <si>
     <t>عن أسامة بن زيد رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ».</t>
   </si>
   <si>
-    <t>Usamə bin Zeyddən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Məndən sonra kişilər üçün ən təhlükəli fitnə( yoldan çıxaran) qadınlar olacaq."</t>
+    <t>Usamə bin Zeyddən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Məndən sonra kişilər üçün ən təhlükəli fitnə (yoldan çıxaran) qadınlar olacaq".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه ما تَرَكَ بعدَه ابتلاءً واختبارًا أضرَّ على الرجال من النساء؛ فإن كانتْ مِن أهلِه فقد يَحصُلُ منه متابعةً لها في مُخالفةِ الشرع، وإن كانت أجنبيةً عنه فباختلاطِه وخَلوتِه بها وما ينتج عن ذلك من مفاسد.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, özündən sonra kişilər üçün qadınlardan daha zərərli  sınaq və imtahan yoxdur. Məsələn qadın kişinin öz ailəsindəndirsə, o qadına şəriətə zidd olan məsələlərdə  tabe olur, və yaxud qadın yad biridirsə, kişinin o qadınla bir məkanda olması və tək qalması fitnə-fəsada gətirib çıxara bilir.</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, özündən sonra kişilər üçün qadınlardan daha zərərli sınaq və imtahan yoxdur. Məsələn qadın kişinin öz ailəsindəndirsə, o qadına şəriətə zidd olan məsələlərdə tabe olur, və yaxud qadın yad biridirsə, kişinin o qadınla bir məkanda olması və tək qalması fitnə-fəsada gətirib çıxara bilir.</t>
   </si>
   <si>
     <t>على المسلم الحذر من فتنة النساء، وسدُّ كلِّ طريق يوجب الفتنة بها.
 ينبغي للمؤمن الاعتصام بالله، والرغبة إليه في السلامة من الفتن.</t>
   </si>
   <si>
     <t>Müsəlman, qadınların fitnəsindən ehtiyat etməlidir, fitnəyə aparan hər bir vasitənin qarşısını almalıdır.
 Mömin Allaha sarılmalı və fitnələrdən qorunmaq üçün Ona sığınmalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5830</t>
   </si>
   <si>
     <t>من استطاع الباءة فليتزوج، فإنه أغض للبصر، وأحصن للفرج، ومن لم يستطع فعليه بالصوم، فإنه له وجاء</t>
   </si>
   <si>
     <t>Kim evlənə bilirsə, evlənsin. Çünki evlənmək, gözü naməhrəmlərə baxmaqdan, ayıb yerlərini isə zinadan qoruyur. Kim evlənə bilmirsə, oruc tutsun. Həqiqətən oruc şəhvəti qırır</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: كُنَّا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «مَنِ اسْتَطَاعَ البَاءَةَ فَلْيَتَزَوَّجْ، فَإِنَّهُ أَغَضُّ لِلْبَصَرِ، وَأَحْصَنُ لِلْفَرْجِ، وَمَنْ لَمْ يَسْتَطِعْ فَعَلَيْهِ بِالصَّوْمِ، فَإِنَّهُ لَهُ وِجَاءٌ».</t>
   </si>
   <si>
-    <t>Abdullah bin Məsuddan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Biz Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanında idik və o, belə dedi: "Kim evlənə bilirsə, evlənsin. Çünki evlənmək, gözü naməhrəmlərə baxmaqdan, ayıb yerlərini isə zinadan qoruyur. Kim evlənə bilmirsə, oruc tutsun. Həqiqətən oruc şəhvəti qırır."</t>
+    <t>Abdullah bin Məsuddan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Biz Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanında idik və o, belə dedi: "Kim evlənə bilirsə, evlənsin. Çünki evlənmək, gözü naməhrəmlərə baxmaqdan, ayıb yerlərini isə zinadan qoruyur. Kim evlənə bilmirsə, oruc tutsun. Həqiqətən oruc şəhvəti qırır".</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن قَدَر على الجماع ومُؤَن النكاح بالزواج؛ فإنه أحفظ لبصره عن الحرام، وأشد إحصانًا لفرجه، ومنعًا من الوقوع في الفاحشة، 
 ومن لم يستطع مُؤنَ النكاح وهو قادر على الجماع فعليه بالصوم فإنه يقطع شهوة الفرج وشر المني.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) cinsi yaxınlıq və nikah yükünə (ailəni dolandırmağa) qadir olanları evlənməyə təşviq etmişdir, çünki, o haramlara baxmaqdan qoruyur və cinsi orqanı hifz edir  və əxlaqsızlığa düşməyə maneə olur. Kimin nikah yükünə gücü çatmaz, lakin cinsi əlaqəyə qadir olarsa, o kəs isə oruc tutsun, çünki o cinsi orqanın şəhvətini kəsir və məninin şərrinin qarşısını alır.</t>
   </si>
   <si>
     <t>حرص الإسلام على أسباب العفَّة والسلامة من الفواحش.
 حث من لم يستطع مؤنة النكاح بالصوم؛ لأنه يضعف الشهوة.
 وجه تشبيه الصيام بالوجاء؛ لأن الوِجاء رضُّ عروق الخِصْيَتَين، فتذهب بذهابهما شهوة الجماع، وكذلك الصوم، فهو مُضعِف لشهوة الجماع.</t>
   </si>
   <si>
     <t>İslamın iffət səbəblərinə və fuhuşdan salamat qalmağa hərisliyi.
 Evliliyə maddi gücü çatmayanları oruc tutmağa təşviq etmək, çünki o cinsi şəhvəti zəiflədir.
-Orucun kastrasiyaya bənzədilməsi yönü budur ki, kastrasiya xayaların damarlarına zərbədir ki, onların məhv olması ilə cinsi əlaqəyə olan həvəs də aradan qalxır, eləcə də oruc, o da cinsi əlaqəyə olan həvəsi zəiflədir.</t>
+Orucun "kastrasiyaya" bənzədilməsi yönü budur ki, kastrasiya xayaların damarlarına zərbədir ki, onların məhv olması ilə cinsi əlaqəyə olan həvəs də aradan qalxır, eləcə də oruc, o da cinsi əlaqəyə olan həvəsi zəiflədir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5863</t>
   </si>
   <si>
     <t>يسروا ولا تعسروا، وبشروا ولا تنفروا</t>
   </si>
   <si>
     <t>Asanlaşdırın, çətinləşdirməyin, sevindirin, hürküdüb qaçırtmayın</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا».</t>
   </si>
   <si>
     <t>Ənəs bin Məlikdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Asanlaşdırın, çətinləşdirməyin, sevindirin, hürküdüb qaçırtmayın".</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) insanlara Allahın icazə verdiyi və şəriət buyurduğu hüdudlar daxilində bütün din və dünya işlərində yüngülləşdirməyi, asanlaşdırmağı, çətinləşdirməməyi əmr etmişdir.
 Xeyir işlərdə insanları müjdələməyə, sevindirməyə və hürküdməməyə, xeyirdən uzaqlaşdırmamağa çağırır.</t>
   </si>
   <si>
@@ -9553,81 +9546,81 @@
 Münkəri (şəriətə zidd olan şeyləri) inkar etməyin vacibliyi.
 Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) tövhidin sərhədini qorudu və şirk yollarını bağladı.
 Münkəri inkar edərkən, Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) nümunə götürərək, nəsihət edilən şəxsi mübah (icazəli) olan alternativə yönəltmək gözəl əməldir.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) bu hədisdəki: “yalnız Allah istədi” və digər hədisdəki: “De: “Allah, sonra sən istədin” sözünü cəm etmək:  Bir şəxsin “Allah, sonra sən istədin” deməsi icazəlidir. Lakin onun: “yalnız Allah  istədin (oldu)” deməsi daha yaxşıdır.
 “Allah, sonra sən istədin” deməyin icazəlidir. Lakin  “yalnız Allah  istədi” demək daha yaxşıdır.</t>
   </si>
   <si>
     <t>إسناده حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[İsnadı həsən olan]</t>
   </si>
   <si>
     <t>[İbnu Məcə, Ən-Nəsai Əl-Kubrada və Əhməd rıvayət etdilər]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5928</t>
   </si>
   <si>
     <t>أشد الناس عذابا عند الله يوم القيامة الذين يضاهون بخلق الله</t>
   </si>
   <si>
-    <t>Qiyamət günü Allah yanında insanların  ən şiddətli əzab olunanları, Allahın yaratmasına bənzəməyə çalışanlardır</t>
+    <t>Qiyamət günü Allah yanında insanların ən şiddətli əzab olunanları, Allahın yaratmasına bənzəməyə çalışanlardır</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: دَخَلَ عَلَيَّ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَقَدْ سَتَرْتُ سَهْوَةً لِي بِقِرَامٍ فِيهِ تَمَاثِيلُ، فَلَمَّا رَآهُ هَتَكَهُ وَتَلَوَّنَ وَجْهُهُ وَقَالَ: «يَا عَائِشَةُ، أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ» قَالَتْ عَائِشَةُ: «فَقَطَعْنَاهُ فَجَعَلْنَا مِنْهُ وِسَادَةً أَوْ وِسَادَتَيْنِ».</t>
   </si>
   <si>
-    <t>Möminlərin anası Aişədən (Allah ondan razı olsun) rəvayət edilir ki, o, dedi: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) mənim yanıma daxil oldu və mən səhvən üzərində şəkillər olan pərdə ilə şkafın üstünü örtmüşdüm. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bunu görəndə pərdəni dartıb çəkdi, üzünün rəngi dəyişdi və dedi: “Ey Aişə,  Qiyamət günü Allah yanında insanların  ən şiddətli əzab olunanları, Allahın yaratmasına bənzəməyə çalışanlardır” Aişə dedi: “Biz onu kəsdik və ondan bir və ya iki yastıq düzəltdik.</t>
+    <t>Möminlərin anası Aişədən (Allah ondan razı olsun) rəvayət edilir ki, o, dedi: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) mənim yanıma daxil oldu və mən səhvən üzərində şəkillər olan pərdə ilə şkafın üstünü örtmüşdüm. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bunu görəndə pərdəni dartıb çəkdi, üzünün rəngi dəyişdi və dedi: “Ey Aişə, Qiyamət günü Allah yanında insanların ən şiddətli əzab olunanları, Allahın yaratmasına bənzəməyə çalışanlardır”. Aişə dedi: “Biz onu kəsdik və ondan bir və ya iki yastıq düzəltdik".</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم بيتَه على عائشة رضي الله عنها فوجدَها قد سترتْ الخِزانة الصغيرة التي يُوضَع فيها المتاع بقماش فيه تصاوير لذوات الأرواح، فتَغَيَّرَ لونُ وجهِهِ غضبًا لله ونَزَعَه، وقال: 
 أشدُّ الناس عذابًا يوم القيامة الذين يُشابِهون بتصاويرهم خلقَ الله. 
 قالت عائشة: فجعلناه وِسَادَة أو وسادتين.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) evinə, Aişənin (Allah ondan razı olsun) yanına girdikdə  gördü ki, o, əşyaların saxlandığı kiçik şkafın üzərini canlıların şəkilləri olan parça ilə örtüb. Sonra Allah üçün qəzəbdən onun üzünün rəngi dəyişdi və parçanı çıxarıb dedi: Qiyamət günü əzabı ən şiddətli olacaq insanlar, çəkdikləri şəkillər ilə Allahın yaratmağına bənzər işlər görənlərdir. Aişə dedi: "Biz də ondan bir və ya iki yastıq düzəltdik.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) evinə, Aişənin (Allah ondan razı olsun) yanına girdikdə gördü ki, o, əşyaların saxlandığı kiçik şkafın üzərini canlıların şəkilləri olan parça ilə örtüb. Sonra Allah üçün qəzəbdən onun üzünün rəngi dəyişdi və parçanı çıxarıb dedi: Qiyamət günü əzabı ən şiddətli olacaq insanlar, çəkdikləri şəkillər ilə Allahın yaratmağına bənzər işlər görənlərdir. Aişə dedi: "Biz də ondan bir və ya iki yastıq düzəltdik.</t>
   </si>
   <si>
     <t>إنكار المنكر وقتَ رؤيتِه وعدم التراخي في ذلك، ما لم يكن في ذلك مفسدة أكبر.
 العذاب يوم القيامة يتفاوت بحسب عِظَمِ الذنب.
 تصوير ذوات الأرواح من كبائر الذنوب.
 من حِكَمِ تحريم التصوير مضاهاة خلق الله تعالى، سواءً قصد المصوِّرُ المضاهاة أو لم يقصد.
 حرص الشريعة على حفظ الأموال بالاستفادة منها بعد تجنيبِها ما يحرم فيها.
 المنع من صناعة صور ذات الأرواح على أيِّ شَكْلٍ كان، ولو كانت ممتهنة.</t>
   </si>
   <si>
     <t>Daha böyük fitnə-fəsad törətmədikcə, münkəri (pis bir işi) gördükdə onu dərhal inkar etmək və bu işdə yubanmamaq.
 Qiyamət günü əzab, günahın böyüklüyünə görə fərqlənir.
 Ruhu olan şeylərin (canlıların) şəklini çəkmək böyük günahlardandır.
-(Ruhu olan şeylərin ) şəkillərini çəkməyin qadağan edilməsində olan hikmətlərindən biri, niyyətində olub-olmamasından asılı olmayaraq, rəsm çəkənin Uca Allahın yaratmasına bənzər əməl etməsidir.
+(Ruhu olan şeylərin) şəkillərini çəkməyin qadağan edilməsində olan hikmətlərindən biri, niyyətində olub-olmamasından asılı olmayaraq, rəsm çəkənin Uca Allahın yaratmasına bənzər əməl etməsidir.
 Şəriət, haramlardan çəkindikdən sonra malı istifadə edərək onu qoruyub saxlamağa həvəsləndirir.
-Hansı formada olursa-olsun, hətta kiçik görülsə belə, ruhu olan şeylərin şəkillərinin düzəltməyin qadağan olunması</t>
+Hansı formada olursa-olsun, hətta kiçik görülsə belə, ruhu olan şeylərin şəkillərinin düzəltməyin qadağan olunması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5931</t>
   </si>
   <si>
     <t>من نزل منزلا ثم قال: أعوذ بكلمات الله التامات من شر ما خلق، لم يضره شيء حتى يرتحل من منزله ذلك</t>
   </si>
   <si>
     <t>“Kim bir məkana çatıb, orada dayanıb qalarsa, ardınca “Yaratdıqlarının şərindən Allahın kamil kəlmələrinə sığınıram” duasını oxuyarsa, ona, həmin yeri tərk edənə qədər heç bir ziyan dəyməz.”</t>
   </si>
   <si>
     <t>عن خَوْلَةَ بِنْتَ حَكِيمٍ السُّلَمِيَّةَ قَالتْ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ».</t>
   </si>
   <si>
     <t>Xəvlə bint Həkim əs-Suləmiyyədən (Allah ondan razı olsun) rəvayət edilir ki, o dedi: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: “Kim bir məkana çatıb, orada dayanıb qalarsa, ardınca “Yaratdıqlarının şərindən Allahın kamil kəlmələrinə sığınıram” duasını oxuyarsa, ona, həmin yeri tərk edənə qədər heç bir ziyan dəyməz.”</t>
   </si>
   <si>
     <t>يُرْشِدُ النبيُّ صلى الله عليه وسلم أُمَّتَه إلى الاعتصام والالتجاء النافع الذي يَندفِعُ به كلُّ محذورٍ يخافُه الإنسان عندما يَنزِل مكانًا من الأرض، سواء كان في سفر أو نزهة أو غير ذلك: بأنْ يعتصمَ ويلتجئَ بكلمات الله الكاملة في فضلها وبركتها ونفعها، السالمة من كل عيب ونقص، من شر كل مخلوق فيه شر، فيَأْمَنَ في منزلِه ذلك ما دام مُقيمًا فيه مِن كلِّ ما يؤذي.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) öz ümmətini, yer üzündə hər hansı bir yerdə müvəqqəti olsa belə məskunlaşarkən qorxduğu bütün təhlükələrdən  qorunmaq üçün faydalı vasitələrdən bərk yapışmağa və onlara sarılmağa çağırır, bu istər səfərdə, istər gəzintidə və ya buna bənzər hallarda ola bilir: müsəlman, Allahın bütün eyb və nöqsanlardan uzaq olan kamil  kəlamlarının fəzilətinə, bərəkətinə və faydasına görə, bu kəlamlara sarılar, şəri olan hər bir canlının şərrindən bu kəlamlara sığınar və beləliklə də qərarlaşdığı yerdə təhlükədən qorunub əmin-amanlıqda olar.</t>
   </si>
   <si>
     <t>الاستعاذة عبادة، وهي ما كانت بالله تعالى أو بأسمائه وصفاته.
 جواز الاستعاذة بكلام الله، لأنه صفة من صفاته سبحانه، بخلاف الاستعاذة بأي مخلوق فهي شرك.
@@ -9652,227 +9645,227 @@
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) məni göndərdiyi tapşırıqla mən də səni göndərimmi? Bütün heykəlləri məhv et, hündür qəbrləri yerlə bir et</t>
   </si>
   <si>
     <t>عن أبي الهيَّاج الأسدي قال: قَالَ لِي ‌عَلِيُّ بْنُ أَبِي طَالِبٍ: أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ.</t>
   </si>
   <si>
     <t>Əbul-Həyyac Əl-Əsədidən belə dediyi rəvayət edilir: Əli bin Əbi Talib (Allah ondan razı olsun) mənə dedi: Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) məni göndərdiyi tapşırıqla mən də səni göndərimmi? Bütün heykəlləri məhv et, hündür qəbrləri yerlə bir et.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
 وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) səhabələrini mövcud olan hər ruha malik canlının təsvirini və ya timsallarını aradan götürmək və yox etmək  üçün göndərərdi.
 Onlara əmr edərdi ki, yüksək inşalı qəbrləri yerlə bir etsinlər, üzərilərində olan tikilini dağıdaraq qəbri yerə yaxın bir qarış səviyyəsində saxlasınlar.</t>
   </si>
   <si>
     <t>تحريم التصوير لذوات الأرواح؛ لأنها من وسائل الشرك.
 مشروعية إزالة المنكر باليد لمن له سلطة أو قدرة على ذلك.
 حرص النبي صلى الله عليه على إزالة كل ما يدل على آثار الجاهلية، من التصاوير والتماثيل والأبنية على القبور.</t>
   </si>
   <si>
     <t>Ruhu olan canlıların rəsmini çəkmək haramdır, çünki bu şirkə aparan vasitələrdəndir.
-Gücü, ixtiyarı  və ya vəzifə səlahiyyəti buna imkan verən şəxsin  münkəri (şəriətə zidd olan əməli) əli ilə dəyişməyin şəriətdə buyurulması.
+Gücü, ixtiyarı və ya vəzifə səlahiyyəti buna imkan verən şəxsin münkəri (şəriətə zidd olan əməli) əli ilə dəyişməyin şəriətdə buyurulması.
 Üzərində tikililər ucaldılan qəbirlər, rəsm, heykəl kimi cahiliyyəyə aid atributların aradan qaldırılmasına Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) hərisliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5934</t>
   </si>
   <si>
     <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
     <t>Sizlərdən biriniz, mən ona valideynindən, övladından və bütün insanlardan sevimli olmayınca iman gətirmiş olmaz</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
-    <t>Ənəsdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Sizlərdən biriniz, mən ona valideynindən, övladından və bütün insanlardan sevimli olmayınca iman gətirmiş olmaz.</t>
+    <t>Ənəsdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Sizlərdən biriniz, mən ona valideynindən, övladından və bütün insanlardan sevimli olmayınca iman gətirmiş olmaz".</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)  bizə xəbər verir ki, müsəlman, Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) olan sevgisini anasına, atasına, oğluna, qızına, bütün insanlara olan sevgisindən üstün tutmadıqca kamil imana nail olmaz. Bu məhəbbət, ona itaəti, dəstək olmağı və ona asi olmamağı tələb edir.</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bizə xəbər verir ki, müsəlman, Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) olan sevgisini anasına, atasına, oğluna, qızına, bütün insanlara olan sevgisindən üstün tutmadıqca kamil imana nail olmaz. Bu məhəbbət, ona itaəti, dəstək olmağı və ona asi olmamağı tələb edir.</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
   <si>
     <t>Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) məhəbbətin vacibliyi və bütün yaradılmışlara olan sevgidən üstün olması.
-Mükəmməl məhəbbətin  əlamətindən: Allah Rəsulunun sünnəsini dəstəkləmək və bu yolda canı və malı ilə çalışmaq.
-Peyğəmbəri (Allahın salavatı və salamı onun üzərinə olsun) sevmək , onun  əmrlərinə itaət etməyi, xəbər verdiklərini təsdiq etməyi, qadağan etdiklərindən uzaq durmağı gərəkdirir, ona tabe olmağı və bidətləri tərk etməyi zəruri edir.
+Mükəmməl məhəbbətin əlamətindən: Allah Rəsulunun sünnəsini dəstəkləmək və bu yolda canı və malı ilə çalışmaq.
+Peyğəmbəri (Allahın salavatı və salamı onun üzərinə olsun) sevmək, onun əmrlərinə itaət etməyi, xəbər verdiklərini təsdiq etməyi, qadağan etdiklərindən uzaq durmağı gərəkdirir, ona tabe olmağı və bidətləri tərk etməyi zəruri edir.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) üzərimizdə olan haqqı bütün insanlardan daha əzəmətli və daha önəmlidir, çünki o, bizim zəlalətdən çıxıb hidayətə qovuşmağımıza, cəhənnəmdən xilasımıza və cənnəti qazanmağımıza səbəbdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5953</t>
   </si>
   <si>
     <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
   </si>
   <si>
-    <t>Bəxti, uğuru öyrənmək iddiası ilə quş uçuran və ya bu məqsədləri güdən quş uçurana müraciət edən, fala baxan və baxdıran, sehr etməklə məşğul olan və ya ona sehrbazlıq tələbi ilə müraciət şəxs bizdən deyil</t>
+    <t>Bəxti, uğuru öyrənmək iddiası ilə quş uçuran və ya bu məqsədləri güdən quş uçurana müraciət edən, fala baxan və baxdıran, sehr etməklə məşğul olan və ya ona sehrbazlıq tələbi ilə müraciət edən şəxs</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
   </si>
   <si>
-    <t>İmran bin Husayndan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Bəxti, uğuru öyrənmək iddiası ilə quş uçuran və ya bu məqsədləri güdən quş uçurana müraciət edən, fala baxan və baxdıran, sehr etməklə məşğul olan və ya ona sehrbazlıq tələbi ilə müraciət şəxs bizdən deyil. Kim falçıya gedib onun dediklərinə inanarsa, o, Muhəmmədə (Allahın salavatı və salamı onun üzərinə olsun) nazil olana küfr etmiş olar."</t>
+    <t>İmran bin Husayndan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Bəxti, uğuru öyrənmək iddiası ilə quş uçuran və ya bu məqsədləri güdən quş uçurana müraciət edən, fala baxan və baxdıran, sehr etməklə məşğul olan və ya ona sehrbazlıq tələbi ilə müraciət edən şəxs və saplardan [cadugər] düyünü bağlayan bizdən deyil. Kim falçıya gedib onun dediklərinə inanarsa, o, Muhəmmədə (Allahın salavatı və salamı onun üzərinə olsun) nazil olana küfr etmiş olar."</t>
   </si>
   <si>
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ümmətindən olan insanların bəzi əməllərinə görə  " O, bizdən deyil” sözləri ilə, onlara xəbərdarlıq etmişdir. Həmin əməllərdən bəziləri:
-[...2 lines deleted...]
-Üçüncüsü: “Sehr edən  və ya özü üçün sehr etdirən”, yəni kiməsə fayda və ya ziyan vurmaq, yaxud iplə düyün vurmaq və üzərinə haram sehrli sözlər oxuyub üfürməklə sehr edən  və ya öz mənafeyini güdərək kiməsə cadu , sehr edilməsini  tələb edən kəsdir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ümmətindən olan insanların bəzi əməllərinə görə: "o, bizdən deyil” sözləri ilə, onlara xəbərdarlıq etmişdir. Həmin əməllərdən bəziləri:
+Birincisi: "Uğursuzluğa inanıb quş uçurmaq və ya onun üçün quş uçurulması". Məsələnin əsli: səyahət, ticarət və ya başqa bir işə başlayarkən quşu uçurmaqdır. Əgər quş sağa uçarsa, həmin adam nikbin olar və istədiyini etməyə gedər, yox sola uçarsa o bədbin olar və istədiyindən əl çəkər. Onun nə özünün bu əməli görməsi, nə də başqasına həvalə etməsi caiz deyildir. Sözügedən bədbinliyə istər eşidilən əlamətlər, istərsə də gözlə görülən əlamətlər daxildir - quşlar, heyvanlar, əlilliyi olan insanlar, rəqəmlər, günlər və ya başqa əlamətlərə - aid ola bilər.
+İkincisi: “Kim kahinliklə məşğul olarsa və ya kahindən fala baxmağı tələb edərsə”. Beləliklə, kim ulduzlardan və başqa şeylərdən istifadə edərək qeybi bildiyini iddia edərsə və ya qeyb elmini iddia edən kahinə və ya oxşar insanlara gedib qeyb elminə malik olması iddialarına inanarsa, Muhəmmədə (Allahın salavatı və salamı onun üzərinə olsun) nazil olanı inkar etmiş olar.
+Üçüncüsü: “Sehr edən və ya özü üçün sehr etdirən”, yəni kiməsə fayda və ya ziyan vurmaq, yaxud iplə düyün vurmaq və üzərinə haram sehrli sözlər oxuyub üfürməklə sehr edən və ya öz mənafeyini güdərək kiməsə cadu, sehr edilməsini  tələb edən kəsdir.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والإيمان بقضاء الله وقدره، وتحريم الطيرة والتشاؤم والسحر والكهانة، أو سؤال أصحابها ذلك.
 ادعاء علم الغيب من الشرك الذي ينافي التوحيد.
 تحريم تصديق الكهان والذهاب إليهم، ويلحق بذلك قراءة ما يُسمى بالكَفِّ والفِنْجَان والبروج والنظر فيها ولو على سبيل الاطلاع.</t>
   </si>
   <si>
     <t>Allaha təvəkkül etməyin, Onun qəza və qədərinə iman etməyin vacibliyi, uğursuzluğa, bədbinliyə, sehrə, kahinliyə inanmağın, həmin adamlardan bu zidd əməlləri istəməyin haram olması.
 Qeyb elmini idda etmək tövhidə zidd olan şirkdir.
 Kahinlərə inanmaq və onlara təşrif buyurmaq qadağandır, hətta məlumat xatirinə olsa belə, əl falı, fincan və bürclərə baxmaq kimi əməllər bu qadağaya aid edilir.</t>
   </si>
   <si>
     <t>رواه البزار</t>
   </si>
   <si>
     <t>[Əl-Bəzzar rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5981</t>
   </si>
   <si>
     <t>من أتى عرافا فسأله عن شيء لم تقبل له صلاة أربعين ليلة</t>
   </si>
   <si>
     <t>Kim bir baxıcının yanına gedərsə və ondan bir şey soruşarsa, qırx gün namazı qəbul edilməz</t>
   </si>
   <si>
     <t>عن بعض أزواج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً».</t>
   </si>
   <si>
-    <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bəzi xanımlarından Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilmişdir: "Kim bir baxıcının yanına gedərsə və ondan bir şey soruşarsa, qırx gün namazı qəbul edilməz."</t>
+    <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bəzi xanımlarından Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilmişdir: "Kim bir baxıcının yanına gedərsə və ondan bir şey soruşarsa, qırx gün namazı qəbul edilməz".</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من إتيان العرّاف -هو اسم عام للكاهن والمُنِّجم والرَّمَّال ونحوهم، ممن يَسْتَدِلُّ على معرفة الغيب بمقدمات يستعملها -، وأنَّ مُجَرَّدَ سؤالِهِ عن شيء من أمور الغيب سيَحْرِمُه الله به ثوابَ صلاته أربعين يومًا؛ وذلك عقوبة له على هذا الإثم والذنب الكبير.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) baxıcının yanına getməyin müsəlman üçün təhlükəli olduğunu bildirir. Baxıcı- istifadə etdikləri şeylər vasitəsilə qeybi məlumatlar verən falçı, münəccim, qum üzərində fala baxanlar və bu kimi şəxslərə verilən ümumi addır. İnsanın  bu kimi şəxslərdən qeyb məsələləri haqqında sadəcə bir şey soruşmasına görə, Allah onu qırx gün qıldığı namazlarının savabından məhrum edir. Bu, onun böyük günahının cəzasıdır.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) baxıcının yanına getməyin müsəlman üçün təhlükəli olduğunu bildirir. Baxıcı - istifadə etdikləri şeylər vasitəsilə qeybi məlumatlar verən falçı, münəccim, qum üzərində fala baxanlar və bu kimi şəxslərə verilən ümumi addır. İnsanın bu kimi şəxslərdən qeyb məsələləri haqqında sadəcə bir şey soruşmasına görə, Allah onu qırx gün qıldığı namazlarının savabından məhrum edir. Bu, onun böyük günahının cəzasıdır.</t>
   </si>
   <si>
     <t>تحريم الكَهَانة، والذهاب إلى الكُهان وسؤالهم عن المغيبات.
 قد يُحْرَمُ الإنسانُ مِن ثواب الطاعة عقوبة له على فعل المعصية.
 يَدْخُلُ في الحديث ما يُسمّى بالأبراج والنظر فيها، وقراءة الكَفِّ والفنجان -ولو على سبيل الاطلاع فقط-؛ لأن ذلك كلَّه من الكهانة ومن دعوى علم الغيب.
 إذا كان هذا جزاءَ مَن أتى العَرّاف، فكيف بجزاء العراف نفسه؟
 صلاة أربعين يومًا تَقَعُ مُجزئة لا يَجِبُ قضاؤها، ولكن لا ثواب فيها.</t>
   </si>
   <si>
-    <t>Kahinliyin, həmçinin kahinlərin yanına getməyin və onlara qeyb  məsələləri barədə sual verməyin haramalığı.
+    <t>Kahinliyin, həmçinin kahinlərin yanına getməyin və onlara qeyb məsələləri barədə sual verməyin haramalığı.
 İnsan bəzən günah etdiyinə görə cəza olaraq, itaətin savabından məhrum ola bilər.
 Bu hədisdəki qadağalara hətta məlumat məqsədi olsa belə bürclər, onlara baxmaq, əlin içindəki və fincandakı falı oxumaq kimi əməllər daxildir. Çünki bütün bunlar falçılıq və qeyb elmini iddia etməkdir.
 Əgər bu, baxıcının yanına gedənin cəzasıdırsa, o zaman baxıcının cəzası necə olar?
 Qırx gün ərzində qılınan namaz keçərlidir, qəzasını qılmağa gərək yoxdur, lakin savabı olmayacaq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5986</t>
   </si>
   <si>
     <t>من اقتبس علما من النجوم اقتبس شعبة من السحر، زاد ما زاد</t>
   </si>
   <si>
     <t>Kim astrologiya ilə baxıcılıq elminə yiyələnərsə, sehrin bir növünə yiyələnmiş olar, bu yöndə elmi artıqca günahı da artar</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ».</t>
   </si>
   <si>
     <t>İbn Abbasdan (Allah onların hər ikisindən razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Kim astrologiya ilə baxıcılıq elminə yiyələnərsə, sehrin bir növünə yiyələnmiş olar, bu yöndə elmi artıqca günahı da artar.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَعَلَّم وأَخَذَ من علم النجوم والأبراج والاستدلال بحركاتها ودخولها وخروجها على الحوادث الأرضية من موت فلان أو حياته أو مرضه، ونحو ذلك مما سيقع في المستقبل، فقد تَعَلَّمَ جزءًا من السحر، وأنه كلَّما أكثر الإنسان هذا العلم فقد أكثر من السحر.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, kim ulduz və bürc elmini, onların hərəkətlərini, çıxıb-batmalarını yer üzündəki  kiminsə ölümü, həyatı, xəstəliyi kimi gələcəkdə baş verəcək bənzəri hadisələrə dəlil olması məqsədilə öyrənərsə, artıq sehrdən bir hissə öyrənmiş olar və bu sahədə elmini artırdıqca, sehrdə daha da dərinləşər.</t>
   </si>
   <si>
     <t>تحريم التنجيم الذي هو الإخبار عن المستقبل اعتمادًا على أحوال النجوم؛ لأنه من ادعاء علم الغيب.
 أن التنجيم المُحَرَّم من أنواع السحر المنافي للتوحيد، بخلاف النظر في النجوم لمعرفة الاتجاهات أو القِبْلة أو دخول المواسم والشهور فهو مباح.
 كلما زاد في تَعَلُّمِه للتنجيم فهو يزيد من تَعَلُّمِ شُعَبِ السحر.
 للنجوم ثلاث فوائد ذكرها الله في كتابه: زينة للسماء، وعلامات يهتدى بها، ورجوم للشياطين.</t>
   </si>
   <si>
     <t>Ulduzların hərəkətlərinə əsaslanaraq gələcəkdən xəbər verməyin-yəni münəccimliyin haram olması, çünki bu qeybi bilmək iddiasıdır.
 Münəccimlik tövhidlə ziddiyyət təşkil edən sehrin növlərindəndir, lakin istiqamətləri, qibləni, mövsüm və ayların daxil olması üçün ulduzlara baxmaq icazəlidir.
 Münəccimlik biliyi artdıqca, sehr növləri haqqında bilik də artır.
 Uca Allah ulduzların üç faydasını kitabında qeyd etmişdir: Səma üçün bəzək, hərəkət istiqamətini tapmaq üçün işarələr, şeyrtanlara atılan daşlar kimi istifadə.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5989</t>
   </si>
   <si>
     <t>أحق الشروط أن توفوا به ما استحللتم به الفروج</t>
   </si>
   <si>
-    <t>Yerinə yetirməli olduğunuz  şərtlərin ən vacibi, evlilikdə qoyulan  şərtlərdir</t>
+    <t>Yerinə yetirməli olduğunuz şərtlərin ən vacibi, evlilikdə qoyulan şərtlərdir</t>
   </si>
   <si>
     <t>عن عقبة بن عامر رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ».</t>
   </si>
   <si>
-    <t>Uqbə bin Amirdən (Allah ondan razı olsun) Allah Rəsulunun(Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Yerinə yetirməli olduğunuz  şərtlərin ən vacibi, evlilikdə qoyulan  şərtlərdir."</t>
+    <t>Uqbə bin Amirdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Yerinə yetirməli olduğunuz şərtlərin ən vacibi, evlilikdə qoyulan şərtlərdir".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أولى الشروط بالوفاء هو ما كان سببًا في حِلِّ التَّمَتُّعِ بالمرأة، وهي الشروط المباحة التي تطلبها الزوجة في عقد النكاح.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) yerinə yetirilməsi üçün ən vacib şərtləri, qadınla yaxınlıq etməni icazəli edən səbəbi açıqlayır. İzah edir ki, bu qadının nikah müqaviləsində tələb etdiyi caiz şərtlərdir.</t>
   </si>
   <si>
     <t>وجوب الوفاء بالشروط التي التزم بها أحد الزوجين للآخر، إلا شرطًا حَرَّمَ حلالًا أو أَحَلَّ حرامًا.
 الوفاء بشروط النكاح آكَدُ من غيرها؛ لأنها في مُقابل استحلال الفروج.
 عظم مكانة الزواج في الإسلام، حيث أَكَّدَ على الوفاء بشروطه.</t>
   </si>
   <si>
     <t>Haramı halal edən, halalı haram edən şərtlər istisna olmaqla, tərəflərdən birinin söz verdiyi şərtlərə sadiq olmağın vacibdir.
 Nikahın şərtlərinə sadiq olmaq digərlərindən daha mühümdür, çünki cinsi əlaqənin halal edilməsi qarşılığında edilən şərtlərdəndir.
-İslamda evliliyin ali dərəcəyə malik olması, belə ki, evlilik şərtlərinə riayət etməyi  xüsusi olaraq vurğulamışdır.</t>
+İslamda evliliyin ali dərəcəyə malik olması, belə ki, evlilik şərtlərinə riayət etməyi xüsusi olaraq vurğulamışdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6021</t>
   </si>
   <si>
     <t>ألا أدلكما على خير مما سألتما؟ إذا أخذتما مضاجعكما أو أويتما إلى فراشكما فسبحا ثلاثا وثلاثين، واحمدا ثلاثا وثلاثين، وكبرا أربعا وثلاثين، فهو خير لكما من خادم</t>
   </si>
   <si>
     <t>Sizi istədiyinizdən daha xeyirli bir şeyə yönəldimmi? Yatağınıza uzandıqda otuz üç dəfə "subhənallah", otuz üç dəfə "əlhəmdu lilləh", otuz dörd dəfə "Allahu Əkbər" söyləyin və bu sizin üçün xidmətçidən daha xeyirlidir</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه: أَنَّ فَاطِمَةَ رَضيَ اللهُ عنْها أَتَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَشْكُو إِلَيْهِ مَا تَلْقَى فِي يَدِهَا مِنَ الرَّحَى، وَبَلَغَهَا أَنَّهُ جَاءَهُ رَقِيقٌ، فَلَمْ تُصَادِفْهُ، فَذَكَرَتْ ذَلِكَ لِعَائِشَةَ، فَلَمَّا جَاءَ أَخْبَرَتْهُ عَائِشَةُ، قَالَ: فَجَاءَنَا وَقَدْ أَخَذْنَا مَضَاجِعَنَا، فَذَهَبْنَا نَقُومُ، فَقَالَ: «عَلَى مَكَانِكُمَا» فَجَاءَ فَقَعَدَ بَيْنِي وَبَيْنَهَا، حَتَّى وَجَدْتُ بَرْدَ قَدَمَيْهِ عَلَى بَطْنِي، فَقَالَ: «أَلاَ أَدُلُّكُمَا عَلَى خَيْرٍ مِمَّا سَأَلْتُمَا؟ إِذَا أَخَذْتُمَا مَضَاجِعَكُمَا -أَوْ أَوَيْتُمَا إِلَى فِرَاشِكُمَا- فَسَبِّحَا ثَلاَثًا وَثَلاَثِينَ، وَاحْمَدَا ثَلاَثًا وَثَلاَثِينَ، وَكَبِّرَا أَرْبَعًا وَثَلاَثِينَ، فَهُوَ خَيْرٌ لَكُمَا مِنْ خَادِمٍ».</t>
   </si>
   <si>
     <t>Əlidən (Allah ondan razı olsun) belə rəvayət edilir: Fatimə (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldi və dəyirman daşından əlinə düşmüş izdən şikayətləndi və Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına bir qulun gəldiyi xəbəri ona çatmışdı. Lakin Fatimə Peyğəmbəri (Allahın salavatı və salamı onun üzərinə olsun) tapmadı və bunu Aişəyə söylədi. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) gəldikdə Aişə bunu ona xəbər verdi.
 (Əli) dedi: Biz çarpayımıza uzanmışdıq ki, o, yanımıza gəldi, biz ayağa qalxmaq istədikdə, O, “Yerinizdə oturun” dedi və gəlib aramızda əyləşdi, hətta mən onun ayaqlarının soyuqluğunu qarnımda hiss etdim. O, dedi: Sizi istədiyinizdən daha xeyirli bir şeyə yönəldimmi? Yatağınıza uzandıqda otuz üç dəfə "subhənallah", otuz üç dəfə "əlhəmdu lilləh", otuz dörd dəfə "Allahu Əkbər" söyləyin və bu sizin üçün xidmətçidən daha xeyirlidir."</t>
   </si>
   <si>
     <t>شَكَتْ فاطمةُ رضي الله عنها بنتُ النبيِّ صلى الله عليه وسلم ما تجدُه في يدها من أَثَرَ آلة الطَّحْنِ مما تطحن، فلما جاء إلى النبي صلى الله عليه وسلم سَبْيٌ، انطلقت إليه تسأله خادمًا من هذا السبي؛ ليقوم مكانَها بأعمال البيت، ولكنها لم تجده في بيته، ووجدتْ عائشةَ رضي الله عنها، فأخبرتها بذلك، 
 فلما جاء صلى الله عليه وسلم أخبرتْه عائشةُ بمجيء فاطمة إليه لتسأله خادمًا، 
 فجاء النبي صلى الله عليه وسلم فاطمة وعليًا رضي الله عنهما في بيتِهما وهما في الفِراش يتهيئان للنوم، فقعد بينهما حتى وجد علي رضي الله عنه برد قدمي النبي صلى الله عليه وسلم على بطنه، وقال: 
 ألا أعلِّمُكما خيرًا مما سألتماني من إعطائكم الخادم؟ 
 قالا بلى، فقال صلى الله عليه وسلم: 
 إذا أخذتما مضاجعكما للنوم من الليل، فكبِّرا أربعًا وثلاثين مرة، بقول: الله أكبر، 
 وسبِّحا ثلاثًا وثلاثين مرة، بقول: سبحان الله، 
@@ -10019,112 +10012,111 @@
   <si>
     <t>بيان جُود النبي صلى الله عليه وسلم وسَعَة كرمه وخاصة في رمضان، فإنه شهر الطاعات ومواسم الخيرات.
 الحث على الجود في كل وقت، وتستحب الزيادة في شهر رمضان.
 الإكثار من البذل والعطاء والإحسان وقراءة القرآن في شهر رمضان.
 من أسباب حفظ العلم مدارسته مع طلاب العلم والعلماء.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) xüsusən də Ramazan ayında, səxavətinin və geniş əliaçıqlığının bəyanı, çünki, o itaət  və xeyirxah əməllər ayıdır.
 Hər zaman səxavətli olmağa təşviq etmək və Ramazan ayında onu artırmaq bəyəniləndir.
 Ramazan ayında xərcləməyi, sədəqə verməyi, xeyirxahlıq etməyi və Quran oxumağı çoxaltmaq.
 Elmin qorunub saxlanılması səbəblərindən biri də onu elm tələbələri və alimlərlə birlikdə öyrənməkdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6179</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم أحسن الناس خلقا</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanlar arasında ən gözəl əxlaqa sahib idi</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا.</t>
   </si>
   <si>
-    <t>Ənəs bin Məlik (Allah ondan razı olsun) dedi: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanlar arasında ən gözəl əxlaqa sahib idi.</t>
+    <t>Ənəs bin Məlik (Allah ondan razı olsun) dedi: "Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanlar arasında ən gözəl əxlaqa sahib idi".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم أكملَ الناس خُلُقًا، وله السَّبْقُ في جميع الأخلاق والمحاسن، من طِيْبِ الكلام، وبذلِ الخير، وطَلَاقة الوجه، وكَفِّ الأذى واحتمالِهِ من الآخرين.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)
-dı insanlar arasında ən kamil əxlaqa malik idi, özündə bütün ali əxlaqları və gözəl keyfiyyətləri - gözəl söz söyləmək, xeyirxahlıq etmək, təbəssüm etmək, insanlara əziyyət verməmək və əziyyətlərinə dözümlülük göstərmək kimi xüsusiyyətləri cəm etmişdi.</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanlar arasında ən kamil əxlaqa malik idi, özündə bütün ali əxlaqları və gözəl keyfiyyətləri - gözəl söz söyləmək, xeyirxahlıq etmək, təbəssüm etmək, insanlara əziyyət verməmək və əziyyətlərinə dözümlülük göstərmək kimi xüsusiyyətləri cəm etmişdi, və başqalarını ötmüşdür (üstələmişdir).</t>
   </si>
   <si>
     <t>كمال خُلق النبي صلى الله عليه وسلم.
 النبي صلى الله عليه وسلم هو القدوة الكاملة في حسن الخُلُق.
 الحث على التأسي بالنبي صلى الله عليه وسلم في حسن خُلُقه.</t>
   </si>
   <si>
     <t>Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) əxlaqının kamil olması.
 Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) gözəl əxlaqda  kamil nümunədir.
 Gözəl əxlaqda Allah Rəsulunu (Allahın salavatı və salamı onun üzərinə olsun) örnək götürməyə təşviq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6180</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم يهلل بهن دبر كل صلاة</t>
   </si>
   <si>
     <t>Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) hər namazdan sonra bu zikrləri edərdi</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي الزُّبَيْرِ قَالَ: كَانَ ‌ابْنُ الزُّبَيْرِ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ حِينَ يُسَلِّمُ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، لَا إِلَهَ إِلَّا اللهُ، ‌وَلَا ‌نَعْبُدُ ‌إِلَّا إِيَّاهُ، لَهُ النِّعْمَةُ وَلَهُ الْفَضْلُ وَلَهُ الثَّنَاءُ الْحَسَنُ، لَا إِلَهَ إِلَّا اللهُ مُخْلِصِينَ لَهُ الدِّينَ وَلَوْ كَرِهَ الْكَافِرُونَ» وَقَالَ: «كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ».</t>
   </si>
   <si>
     <t>Əbu Zubeyrdən belə dediyi rəvayət edilir: İbn Zubeyr hər namazı salam verib bitirdikdən sonra deyərdi:
-"Lə iləhə illallah vahdəhu ləə şərikə ləh, ləhul mulku və ləhul həmd, və huva alə kulli şeyin qadir, lə həvlə və lə quvvətə illə billəh, və lə nəbudu illə iyyəh, ləhun nimətu və ləhul fadlu və ləhus sənəul həsən, lə iləhə illallahu muxlisinə ləhud dinə vələv kərihəl kəfirun" (Mənası): "Allahdan başqa ibadətə layiq məbud yoxdur, O təkdir, Onun şəriki yoxdur, mülk Ona məxsudur, həmd Ona məxsusdur və O hər şeyə qadirdir,  güc və qüdrət sahibi ancaq Allahdır, Allahdan başqa ibadətə layiq ilah yoxdur və biz Ondan başqa heç kəsə ibadət etmirik, nemət və fəzilət Ona məxsusdur. Gözəl tərif Ona məxsusdur. Kafirlərin xoşuna gəlməsə belə, dini yalnız ixlasla Ona aid edərik.” Və sonra dedi: “Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) hər namazdan sonra bu zikrləri edərdi.</t>
+"Lə iləhə illə-Llah vahdəhu ləə şərikə ləhu, ləhul-mulku və ləhul-həmdu, və huva alə kulli şeyin qadir, lə həvlə və lə quvvətə illə bi-Lləh, və lə nəbudu illə iyyəhu, ləhu-nnimətu və ləhul-fadlu və ləhus-sənəul-həsənu, lə iləhə illə-Llahu muxlisinə ləhud-dinə və-ləu kərihəl kəfirun" (Mənası): "Allahdan başqa ibadətə layiq haqq məbud yoxdur, O təkdir, Onun şəriki yoxdur, mülk Ona məxsudur, həmd Ona məxsusdur və O hər şeyə qadirdir, güc və qüdrət sahibi ancaq Allahdır, Allahdan başqa ibadətə layiq ilah yoxdur və biz Ondan başqa heç kəsə ibadət etmirik, nemət və fəzilət Ona məxsusdur. Gözəl tərif Ona məxsusdur. Kafirlərin xoşuna gəlməsə belə, dini yalnız ixlasla Ona aid edərik.” Və sonra dedi: “Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) hər namazdan sonra bu zikrləri edərdi.</t>
   </si>
   <si>
     <t>كان رسولُ الله صلى الله عليه وسلم يُهلِّلُ بعد تسليمِه من كلِّ صلاةٍ مكتوبةٍ بهذا الذكر العظيم، ومعناه: 
 "لا إله إلا الله": يعني لا معبود بحق إلا الله. 
 "وحده لا شريك له" أي: إنه لا مشارك له في ألوهيته وربوبيته وأسمائه وصفاته. 
 "له الملك" أي: له الملك المُطْلَق العام الشامل الواسع، ملك السموات والأرض وما بينهما. 
 "وله الحمد" أي: هو المُتصف بالكمال المطلق، المحمود بالكمال محبةً وتعظيمًا على كل حال، في السراء، وفي الضراء. 
 "وهو على كل شيء قدير": فقُدرته كاملة وتامَّة من كل وجهٍ، لا يُعجزه شيءٌ، ولا يمتنع عليه أمرٌ من الأمور. 
 "لا حول ولا قوة إلا بالله" أي: لا تَحَوُّل من حالٍ إلى حال، ومن معصية الله إلى طاعته، ولا قوة إلا بالله فهو المعين وعليه التُّكْلان. 
 "لا إله إلا الله، ولا نعبد إلا إياه": تأكيد على معنى الألوهية ونفي الشرك، وأنه لا يستحق العبادة سواه. 
 "له النعمة وله الفضل": فهو الذي يخلق النِّعَم ويملكها، ويتفضَّل بها على من يشاء من عباده.
 "وله الثناء الحسن": على ذاته وصفاته وأفعاله ونعمه، وعلى كل حال.
 "لا إله إلا الله، مخلصين له الدين": أي موحِّدين لا رياء ولا سمعة في طاعة الله. 
 "ولو كره الكافرون"، أي: ثابتين على توحيد الله وعبادته ولو كره الكافرون.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) hər namazda salam verdikdən sonra bu əzəmətli zikri edərdi.
-"Ləə iləhə illəllah"- yəni Allahdan başqa ibadətə layiq məbud yoxdur.
-[...3 lines deleted...]
-"O hər şeyə qadirdir"- qüdrəti hər yöndən kamil və tamdır, Onu heç nə aciz edə bilməz və hər hansı işi etməsinə mane ola bilməz.
+"Ləə iləhə illəllah" - yəni Allahdan başqa ibadətə layiq məbud yoxdur.
+"Təkdir, Onun şəriki yoxdur" - yəni Onun uluhiyyətdə, rububiyyətdə, isim və sifətlərində şəriki yoxdur.
+Mülk Ona məxsusdur - yəni, tam bütün mülk - hər şeyi - yerləri və göyləri və onlar arasında olanları əhatə edən bütün mülk Ona məxsusdur, sahibi Odur.
+"Həmd Ona məxsusdur" - yəni O, tam bütün kamilliklə vəsf edilib, hər bir halda - çətin və xoş günlərdə, sevgi və təzimlə kamilliklə Ona tərif və şükür edilir.
+"O hər şeyə qadirdir" - qüdrəti hər yöndən kamil və tamdır, Onu heç nə aciz edə bilməz və hər hansı işi etməsinə mane ola bilməz.
 "Allahdan başqa güc və qüvvət sahibi yoxdur"- yəni bir haldan başqa hala və Allaha asilikdən itaətə keçmək, yalnız güc və qüvvət sahibi Allahın yardımıyla mümkündür. Yardım edən Odur və yalnız Ona güvənilir.
-"Allahdan başqa ibadətə layiq olan ilah yoxdur, və yalnız Ona ibadət edirik"- uluhiyyət-ilahlıq mənasının təkidlə vurğulanması və şirkin inkar edilməsi və ibadətin  yalnız Ona layiq olması deməkdir.
+"Allahdan başqa ibadətə layiq olan ilah yoxdur, və yalnız Ona ibadət edirik" - uluhiyyət-ilahlıq mənasının təkidlə vurğulanması və şirkin inkar edilməsi və ibadətin  yalnız Ona layiq olması deməkdir.
 "Nemət Ona məxsusdur  və fəzilət Onundur" - yəni neməti yaradan və onun sahibi olan Odur və qullarından istədiyinə onu verən də Odur.
-"Gözəl tərif Ona məxsusdur" -Hər bir halda gözəl tərif Özünə, sifətlərinə, fellərinə və nemətlərinə aiddir.
-[...1 lines deleted...]
-"Kafirlərin xoşuna gəlməsə belə"-yəni kafirlər sevməsə belə Allahın tövhidində, Ona ibadətdə sabitik.</t>
+"Gözəl tərif Ona məxsusdur" - Hər bir halda gözəl tərif Özünə, sifətlərinə, fellərinə və nemətlərinə aiddir.
+"Allahdan başqa ibadətə layiq ilah yoxdur. Dini yalnız Ona məxsus edərik" - yəni biz Allaha itaətdə riya və şan-söhrət güdmədən tövhid əhliyik.
+"Kafirlərin xoşuna gəlməsə belə" - yəni kafirlər sevməsə belə Allahın tövhidində, Ona ibadətdə sabitik.</t>
   </si>
   <si>
     <t>استحباب المحافظة على هذا الذكر بعد كل صلاة مكتوبة.
 المسلم يَعْتَزُّ بدينِهِ ويُظْهِرُ شعائرَه، ولو كره الكافرون.
 إذا وَرَدَتْ في الحديث كلمةُ: "دُبر الصلاة"، فإن كان ما في الحديث ذِكْرًا فالأصل أن يكون بعد السلام، وإن كان دعاءً فيكون قبل السلام من الصلاة.</t>
   </si>
   <si>
     <t>Hər fərz namazdan sonra bu zikrə riayət etməyin müstəhəb olması.
 Müsəlman öz diniylə qürur duyar, kafirlər sevməsə belə şüarlarını izhar edər.
 Əgər hədisdə "namazın sonunda" sözü işlədilibsə və bu hədisdə zikr qeyd olunubsa, qayda budur ki, həmin zikr salamdan sonra deyilir, və əgər duadırsa, salamdan öncə deyilməsinə işarədir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6203</t>
   </si>
   <si>
     <t>لا تجعلوا بيوتكم مقابر، إن الشيطان ينفر من البيت الذي تقرأ فيه سورة البقرة</t>
   </si>
   <si>
     <t>Evlərinizi qəbirstanlığa çevirməyin. Həqiqətən şeytan Bəqərə surəsi oxunan evdən qaçır.</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Evlərinizi qəbirstanlığa çevirməyin. Həqiqətən şeytan Bəqərə surəsi oxunan evdən qaçır. "</t>
@@ -10177,103 +10169,103 @@
 "Allahu əkbər": hər şeydən ən böyük və ən əzəmətli olan.</t>
   </si>
   <si>
     <t>الحث على ذكر الله، وأنه أحب مما طلعت عليه الشمس.
 الحض على الإكثار من الذكر؛ لما فيه من الأجر والفضل.
 متاع الدنيا قليل وشهواتها زائلة.</t>
   </si>
   <si>
     <t>Allahı zikr etməyə təşviq və zikrin günəşin üzərinə doğduğu hər şeydən sevimli olması.
 Savabına və fəzilətinə görə zikri çoxaltmağa təşviq.
 Dünya ləzzəti az və ehtirasları keçicidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6211</t>
   </si>
   <si>
     <t>ما من امرئ مسلم تحضره صلاة مكتوبة فيحسن وضوءها وخشوعها وركوعها، إلا كانت كفارة لما قبلها من الذنوب، ما لم يؤت كبيرة، وذلك الدهر كله</t>
   </si>
   <si>
     <t>Elə bir müsəlman kişi yoxdur ki, fərz namazının  vaxtına yetişib, gözəl şəkildə dəstəmaz alsın, namazda xuşunu və rukunu gözəl şəkildə yerinə yetirsin və böyük günah işləməsin ki, bu namaz özündən əvvəlki günahlara kəffarə olmasın. Və bu hər zaman belədir</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ».</t>
   </si>
   <si>
-    <t>Osmandan (Allah ondan razı olsun) rəvayət olunur ki, o, dedi: Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğunu eşitdim: "Elə bir müsəlman kişi yoxdur ki, fərz namazının  vaxtına yetişib, gözəl şəkildə dəstəmaz alsın, namazda xuşunu və rukunu gözəl şəkildə yerinə yetirsin və böyük günah işləməsin ki, bu namaz özündən əvvəlki günahlara kəffarə olmasın. Və bu hər zaman belədir.</t>
+    <t>Osmandan (Allah ondan razı olsun) rəvayət olunur ki, o, dedi: Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğunu eşitdim: "Elə bir müsəlman kişi yoxdur ki, fərz namazının  vaxtına yetişib, gözəl şəkildə dəstəmaz alsın, namazda xuşunu və rukunu gözəl şəkildə yerinə yetirsin və böyük günah işləməsin ki, bu namaz özündən əvvəlki günahlara kəffarə olmasın. Və bu hər zaman belədir".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه ما مِن مُسلم يَدخل عليه وقت الصلاة المفروضة فيحسن وضوءها ويُتِمُّه، ثم يَخشع في صلاته بحيث يكون قلبُه وجوارحُه كلُّها مُقبلةً على الله مستحضرةً عظمتَه، ويُتم أفعالَ الصلاةِ كالركوعِ والسجود وغيرِهِ، إلا كانت هذه الصلاةُ مُكفِّرَةً لما قبلها من المعاصي الصغائر، ما لم يعمل كبيرة من كبائر الذنوب، وهذا الفضل مُمْتَدٌّ على مَرِّ الزمان وفي كل صلاة.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki,  bir müsəlman fərz namazının vaxtı daxil olduqda, gözəl şəkildə dəstəmaz alar və onu tamamlayar, sonra isə namazı, Allahın əzəmətini xatırlayaraq, qəlbi və bütün əzaları ilə Allaha yönələrək -yəni xuşu ilə qılarsa, namazın ruku, səcdə və başqa əməllərini yerinə yetirərsə, böyük  günahlar etmədikcə, bu namaz özündən əvvəlki kiçik günahların kəffarəsi olar. Bu fəzilət hər vaxt və hər namazda davam edir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki,  bir müsəlman fərz namazının vaxtı daxil olduqda, gözəl şəkildə dəstəmaz alar və onu tamamlayar, sonra isə namazı, Allahın əzəmətini xatırlayaraq, qəlbi və bütün əzaları ilə Allaha yönələrək - yəni xuşu ilə qılarsa, namazın ruku, səcdə və başqa əməllərini yerinə yetirərsə, böyük  günahlar etmədikcə, bu namaz özündən əvvəlki kiçik günahların kəffarəsi olar. Bu fəzilət hər vaxt və hər namazda davam edir.</t>
   </si>
   <si>
     <t>الصلاة المكفرة للذنوب هي التي أحسن العبد وضوءَها، وأدَّاها خاشعًا يبتغي بها وجه الله تعالى.
 فضل المداومة على العبادات، وأنها سبب لمغفرة صغائر الذنوب.
 فضل إحسان الوضوء، وإحسان الصلاة والخشوع فيها. 
 أهمية اجتناب كبائر الذنوب لمغفرة الذنوب الصغائر.
 كبائر الذنوب لا تُكَفَّر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Günahlara kəffarə olan (günahları təmizləyən) namaz, qulun gözəl şəkildə dəstəmaz alıb, Allahın razılığını qazanmaq üçün xuşu ilə qıldığı namazdır.
 İbadətlərə davamlı olmağın fəziləti. Və o kiçik günahların bağışlanmasına səbəbdir.
 Gözəl şəkildə dəstəmaz almağın, namazı gözəl şəkildə və xuşu ilə  qılmağın fəziləti.
 Kiçik günahların bağışlanması üçün böyük günahlardan uzaq durmağın  əhəmiyyəti.
 Böyük günahlar yalnız tövbə ilə bağışlanır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6254</t>
   </si>
   <si>
     <t>ما من أيام العمل الصالح فيها أحب إلى الله من هذه الأيام يعني أيام العشر</t>
   </si>
   <si>
     <t>Zülhiccənin ilk on günündə</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر، قالوا: يا رسُولَ الله، ولا الجهادُ في سبيلِ الله؟ قال: «ولا الجهادُ في سبيلِ الله، إلا رجلٌ خَرَجَ بنفسِه ومالِه فلم يَرْجِعْ من ذلك بشيءٍ».</t>
   </si>
   <si>
-    <t>İbn Abbasdan (Allah onların ikisindən  də razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Zülhiccənin ilk on günündə edilən saleh əməl kimi Allaha ən sevimli olan başqa günlər yoxdur." Dedilər: Ey Allahın Rəsulu, Allah yolunda cihad belə? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: Allah yolunda savaş belə.Yalnız öz canı və malıyla döyüşə çıxıb və şəhid olub geri dönməyən kimsə istisnadır."</t>
+    <t>İbn Abbasdan (Allah onların ikisindən  də razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Zülhiccənin ilk on günündə edilən saleh əməl kimi Allaha ən sevimli olan başqa günlər yoxdur". Dedilər: "Ey Allahın Rəsulu, Allah yolunda cihad belə?". Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Allah yolunda savaş belə.Yalnız öz canı və malıyla döyüşə çıxıb və şəhid olub geri dönməyən kimsə istisnadır".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ العملَ الصالح في العشر أيام الأولى من شهر ذي الحجة أفضل من سائر أيام السنة.
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, zülhiccənin ilk on günündə edilən saleh əməllər ilin digər günlərindən daha xeyirlidir.
 Bu zaman sahabələr (Allah onlardan razı olsun) Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) qeyd edilən on gündən savayı digər  günlərdə Allah yolunda cihadınmı yoxsa sözügedən on gündə saleh əməllərin üstün olması barədə soruşur. Çünki cihadın, əməllərin ən fəzilətli olması onlarda bilinən bir məsələ idi.
 Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) cavab verir ki, həmin günlərdə edilən saleh əməllər, digər günlərdəki edilən cihaddan fəzilətlidir. Yalnız o kəsdən başqa ki, cihada çıxıb, özünü və sərvətini Allah yolunda təhlükəyə atar, mal-dövlətini və həyatını Allah yolunda itirər. Yalnız sözügedən əməl həmin fəzilətli günlərdəki saleh əməllərdən üstündür.</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
-    <t>Zülhiccənin on günündə edilən saleh əməlin üstünlüyü. Ona görə müsəlman bu günlərdən faydalanmalı, izzət və cəlal sahibi olan Allahı zikr etmək kimi itaətləri çoxaltmalı, Quran oxumalı, təkbir və təhlil, təhmid kimi zikrləri, namazı, orucu, sədəqəni, orucu və bütün xeyir əməlləri həmin günlərdə artırmalıdır.</t>
+    <t>Zülhiccənin on günündə edilən saleh əməlin üstünlüyü. Ona görə müsəlman bu günlərdən faydalanmalı, izzət və cəlal sahibi olan Allahı zikr etmək kimi itaətləri çoxaltmalı, Quran oxumalı, təkbir və təhlil, təhmid kimi zikrləri, namazı, sədəqəni, orucu və bütün xeyir əməlləri həmin günlərdə artırmalıdır.</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
     <t>[Əl-Buxari, Əbu Davud onun ləfziylə]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6255</t>
   </si>
   <si>
     <t>مثل المؤمن الذي يقرأ القرآن كمثل الأترجة، ريحها طيب وطعمها طيب، ومثل المؤمن الذي لا يقرأ القرآن كمثل التمرة، لا ريح لها وطعمها حلو</t>
   </si>
   <si>
     <t>Quran oxuyan möminin misalı sitrus meyvəsi kimdir, dadı və iyisi gözəldir. Quran oxumayan möminin misalı xurma kimidir, iyisi yoxdur, dadı isə şirindir</t>
   </si>
   <si>
     <t>عَن أَبي مُوْسى الأَشْعريِّ رضي الله عنه قال: قال رسولُ اللهِ صلى اللهُ عليه وسلم: «مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ، وَمَثَلُ الْمُنَافِقِ الَّذِي يَقْرَأُ الْقُرْآنَ مَثَلُ الرَّيْحَانَةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا مُرٌّ، وَمَثَلُ الْمُنَافِقِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْحَنْظَلَةِ، لَيْسَ لَهَا رِيحٌ وَطَعْمُهَا مُرٌّ».</t>
   </si>
   <si>
     <t>Əbu Musa əl-Əşaridən (Allah ondan razı olsun) rəvayət edilir ki, Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə dedi: "Quran oxuyan möminin misalı sitrus meyvəsi kimdir, dadı və iyisi gözəldir. Quran oxumayan möminin misalı xurma kimidir, iyisi yoxdur, dadı isə şirindir, Quran oxuyan münafiqin misalı isə reyhan kimidir, iyisi gözəl, dadı isə acıdır. Quran oxumayan münafiqin misalı isə Əbu Cəhl qarpızı kimidir, iyisi yoxdur və dadı da acıdır."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أقسامَ الناسِ في قراءة القرآن والانتفاع به: 
 فالقسم الأول: المؤمن الذي يقرأ القرآنَ وينتفع به، فهو كَثَمَرَةِ الأترجة، طَيِّبُ الطعم والرائحة وحَسَن اللون، ومنافعه كثيرة، فهو يعمل بما يقرأ، وينفع عبادَ الله. 
@@ -10323,126 +10315,126 @@
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) müəyyən zikrlərdən xəbər vermişdir ki, bunları söyləyən nə uduzar, nə də ki peşman olar. Əksinə, o, bu kəlimələrin savabına nail olar. Onlar bir-birinin ardınca gəlir və fərz namazından sonra deyilir. Bu zikrlər aşağıdakılardır:
 33 dəfə "Subhənallah" demək , yəni Uca Allahı bütün nöqsanlardan münəzzəh etmək (uzaq tutmaq).
 33 dəfə "Əlhəmdulilləh" demək. Bu, Allahı sevərək və təzim edərək, onu tam kamilliklə vəsf etməkdir.
 34 dəfə "Allahu Əkbər" demək. Çünki Allah hər şeydən böyükdür, əzəmətli və qüdrətlidir.</t>
   </si>
   <si>
     <t>فضل التسبيح والتحميد والتكبير، فهُنَّ الباقيات الصالحات.</t>
   </si>
   <si>
     <t>"Subhənallah, Əlhəmdu lilləh və Allahu Əkbər" deməyin fəziləti, çünki bunlar qalıcı saleh əməllərdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6259</t>
   </si>
   <si>
     <t>من ترك صلاة العصر فقد حبط عمله</t>
   </si>
   <si>
     <t>Əsr namazını tərk edənin əməli batil olar</t>
   </si>
   <si>
     <t>عن بريدة بن الحصيب رضي الله عنه أنه قال: بَكِّرُوا بِصَلَاةِ الْعَصْرِ، فَإِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ».</t>
   </si>
   <si>
-    <t>Bureydə bin ƏlHuseybin (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: "Əsr namazını ilk çağında qılın, çünki Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Əsr namazını tərk edənin əməli batil olar"</t>
+    <t>Bureydə bin Əl-Huseybin (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: "Əsr namazını ilk çağında qılın, çünki Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Əsr namazını tərk edənin əməli batil olar".</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تأخيرِ صلاةِ العصر عن وقتها مُتَعمِّدًا، وأنَّ من فعل ذلك بَطَل وفَسَدَ عملُه وذهب سُدًى.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) əsr namazını qəsdən vaxtını gecikdirməkdən çəkindirir  və bunu edənin əməlinin batil və puç olması və boşa çıxması barədə xəbərdarlıq edir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) əsr namazını qəsdən vaxtını gecikdirməkdən çəkindirir və bunu edənin əməlinin batil və puç olması və boşa çıxması barədə xəbərdarlıq edir.</t>
   </si>
   <si>
     <t>الحث على المحافظة على صلاة العصر في أول وقتها والمبادرة إلى ذلك.
 الوعيد الشديد لمن ترك صلاة العصر، وتفويتها عن وقتها أعظم من تفويت غيرها، فإنها الصلاة الوسطى المخصوصة بالأمر في قوله تعالى: (حَافِظُواْ عَلَى الصَّلَوَاتِ والصَّلاَةِ الْوُسْطَى) [البقرة: 238].</t>
   </si>
   <si>
     <t>Əsr namazını vaxtının daxil olduğu ilk anlarında qılmağa və buna daima çalışmağa təşviq.
-Əsr namazını tərk edən üçün şiddətli xəbərdarlıq, onun vaxtını qaçırmağın digər namazların vaxtını qaçırmaqdan daha şiddətli olması. Çünki o, uca Allahın Quranda xüsusi olaraq əmr etdiyi orta namazdır: (Namazları və (günortadan sonrakı) orta namazı qoruyun) [əl-bəqərə, 238].</t>
+Əsr namazını tərk edən üçün şiddətli xəbərdarlıq, onun vaxtını qaçırmağın digər namazların vaxtını qaçırmaqdan daha şiddətli olması. Çünki o, uca Allahın Quranda xüsusi olaraq əmr etdiyi orta namazdır: "Namazları və (günortadan sonrakı) orta namazı qoruyun" [Əl-Bəqərə surəsi, ayə 238].</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6261</t>
   </si>
   <si>
     <t>من توضأ فأحسن الوضوء خرجت خطاياه من جسده حتى تخرج من تحت أظفاره</t>
   </si>
   <si>
     <t>Kim gözəl surətdə dəstəmaz alarsa, günahları cəsədindən, hətta dırnaqlarının altından çıxar</t>
   </si>
   <si>
     <t>عن عثمان بن عفان رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ».</t>
   </si>
   <si>
     <t>Osman bin Affandan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: " Kim gözəl surətdə dəstəmaz alarsa, günahları cəsədindən, hətta dırnaqlarının altından çıxar."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضَّأ مع مُراعاةِ سُننِ الوضوء وآدابِه، كان ذلك من أسبابِ تكفيرِ السيئات وحَطِّ الخطايا، «حتى تخرج» ذنوبُه من تحت أظفار يديه ورجليه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, kim dəstəmazı sünnəyə uyğun və ədəblərinə riayət edərək yerinə yetirərsə, günahlarının və xətalarının silinməsinə səbəb olar, hətta günahlar ayaq və əl dırnaqlarının altından belə çıxar.</t>
   </si>
   <si>
     <t>الحث على الاعتناء بتعلُّم الوضوء وسننه وآدابه، والعمل بذلك.
 فضل الوضوء، وأنه كفارة للذنوب الصغائر، أما الكبائر فلا بد من التوبة.
 شرط خروج الخطايا هو إكمال الوضوء والإتيان به بدون إخلال كما بينه النبي -صلى الله عليه وسلم-.
 تكفير الذنوب في هذا الحديث مُقيَّدٌ باجتناب الكبائر والتوبة منها، قال تعالى: (إِنْ تَجْتَنِبُوا كَبَائِرَ مَا تُنْهَوْنَ عَنْهُ نُكَفِّرْ عَنْكُمْ سَيِّئَاتِكُمْ) [النساء:31].</t>
   </si>
   <si>
     <t>Dəstəmazın, sünnələrinin və ədəblərinin təliminə diqqət yetirməyə və onlara əməl etməyə təşviq.
 Dəstəmazın fəziləti və onun kiçik günahları silməsi. Böyük günahlara gəldikdə isə burada tövbə gərəkdir.
 Günahların silinməsinin şərti, dəstəmazı Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bildirdiyi kimi kamil və ona xələl gətirmədən almaqdır.
-Bu hədisdə bəhs edilən günahların təmizlənməsi, böyük günahlardan çəkinib və onlardan tövbə etməyə bağlıdır. Uca Allah buyurur: (Sizə qadağan olunmuş böyük günahlardan çəkinsəniz, Biz sizin təqsirlərinizdən keçərik.) [ Nisa, 31]</t>
+Bu hədisdə bəhs edilən günahların təmizlənməsi, böyük günahlardan çəkinib və onlardan tövbə etməyə bağlıdır. Uca Allah buyurur: "Sizə qadağan olunmuş böyük günahlardan çəkinsəniz, Biz sizin təqsirlərinizdən keçərik" [ Nisa 4 surəsi, ayə 31].</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6263</t>
   </si>
   <si>
     <t>من قال حين يسمع المؤذن أشهد أن لا إله إلا الله وحده لا شريك له، وأن محمدا عبده ورسوله، رضيت بالله ربا وبمحمد رسولا، وبالإسلام دينا، غفر له ذنبه</t>
   </si>
   <si>
-    <t>Kim müəzzini eşitdikdə, "Əşhədu əllə iləhə illallah vəhdəhu lə şərikə ləhu və ənnə Muhəmmədən əbduhu və rasuluhu, radiytu billəhi Rabbən və bimuhəmmədin rasulən, və bil-isləmi dinən" (şəhadət verirəm ki, Allahdan başqa haqq məbud yoxdur. O, təkdir və şəriki yoxdur, Muhəmməd Onun qulu və elçisidir. Mən Rəbb olaraq Allahdan, rəsul olaraq Muhəmməddən, din olaraq İslamdan razıyam) deyərsə, onun günahları bağışlanar</t>
+    <t>Kim müəzzini eşitdikdə, "Əşhədu əllə iləhə illallah vəhdəhu lə şərikə ləhu və ənnə Muhəmmədən əbduhu və rasuluhu, radiytu bi-Lləhi Rabbən və bi-Muhəmmədin rasulən, və bil-İsləmi dinən" (şəhadət verirəm ki, Allahdan başqa haqq məbud yoxdur. O, təkdir və şəriki yoxdur, Muhəmməd Onun qulu və elçisidir. Mən Rəbb olaraq Allahdan, rəsul olaraq Muhəmməddən, din olaraq İslamdan razıyam) deyərsə, onun günahları bağışlanar</t>
   </si>
   <si>
     <t>عَنْ سَعْدِ بْنِ أَبِي وَقَّاصٍ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ».</t>
   </si>
   <si>
-    <t>Sə'd bin Əbi Vaqqasdan (Allah ondan razı olsun) rəvayət edilir ki, Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Kim müəzzini eşitdikdə, "Əşhədu əllə iləhə illallah vəhdəhu lə şərikə ləhu və ənnə Muhəmmədən əbduhu və rasuluhu, radiytu billəhi Rabbən və bimuhəmmədin rasulən, və bil-isləmi dinən" (şəhadət verirəm ki, Allahdan başqa haqq məbud yoxdur. O, təkdir və şəriki yoxdur, Muhəmməd Onun qulu və elçisidir. Mən Rəbb olaraq Allahdan, rəsul olaraq Muhəmməddən, din olaraq İslamdan razıyam) deyərsə, onun günahları bağışlanar".</t>
+    <t>Sə'd bin Əbi Vaqqasdan (Allah ondan razı olsun) rəvayət edilir ki, Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Kim müəzzini eşitdikdə, "Əşhədu əllə iləhə illallah vəhdəhu lə şərikə ləhu və ənnə Muhəmmədən əbduhu və rasuluhu, radiytu bi-Lləhi Rabbən və bi-Muhəmmədin rasulən, və bil-İsləmi dinən" (şəhadət verirəm ki, Allahdan başqa haqq məbud yoxdur. O, təkdir və şəriki yoxdur, Muhəmməd Onun qulu və elçisidir. Mən Rəbb olaraq Allahdan, rəsul olaraq Muhəmməddən, din olaraq İslamdan razıyam) deyərsə, onun günahları bağışlanar".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه مَن قال حين يَسمعُ المؤذنَ 
 "أشهد أن لا إله إلا الله وحده لا شريك له" أي: أُقِرُّ وأعترفُ وأُخبِر أنه لا معبود بحق إلا الله، وكل معبود سواه فهو باطل، 
 "وأن محمدًا عبده ورسوله" أي: أنه عَبْدٌ لا يُعبَد، ورسول لا يَكذِب، 
 "رضيت بالله ربًّا" أي: بربوبيته وألوهيته وأسمائه وصفاته، 
 "وبمحمد رسولًا" أي: بجميع ما أرسل به، وبلغه إلينا،
 "وبالإسلام" أي: بجميع أحكام الإسلام من الأوامر والنواهي،
 "دينًا" أي: اعتقادًا وانقيادًا،
 "غفر له ذنبه" أي: من الصغائر.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, hər kim müəzzini eşidəndə bu cür deyərsə: "Əşhədu əllə iləhə illallah vəhdəhu lə şərikə ləhu" Yəni, təsdiq və etiraf edirəm və xəbər verirəm ki, Allahdan başqa ibadətə layiq həqiqi məbud yoxdur, Ondan başqa bütün ibadət olunanlar batildir, "Və ənnə Muhəmmədən əbduhu və rasuluhu" . Yəni, o, bir quldur, ona ibadət edilməz və bir elçidir, yalan danışmaz, "Radiytu billəhi Rabbən" . Yəni: Onun Rəbbliyindən, ilahlığından, ad və sifətlərindən razıyam. "Və bimuhəmmədin rasulən" (Və rəsul olaraq Muhəmməddən razı qaldım)". Yəni onunla bizə göndərilən və bizə çatdırdığı hər bir şeydən, "Və bil isləmi" (İslamdan). Yəni:  Əmr və qadağaları ilə, İslamın bütün hökmlərindən, "Dinən" (Din olaraq). Yəni: etiqad edərək və boyun əyərək. "Günahları bağışlanar". Yəni: kiçik günahları.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, hər kim müəzzini eşidəndə bu cür deyərsə: "Əşhədu əllə iləhə illallah vəhdəhu lə şərikə ləhu" yəni, təsdiq və etiraf edirəm və xəbər verirəm ki, Allahdan başqa ibadətə layiq həqiqi məbud yoxdur, Ondan başqa bütün ibadət olunanlar batildir, "Və ənnə Muhəmmədən əbduhu və rasuluhu". Yəni, Muhəmməd, bir quldur, ona ibadət edilməz və bir elçidir, yalan danışmaz, "Radiytu bi-Lləhi Rabbən". Yəni: Allahın Rəbbliyindən, ilahlığından, ad və sifətlərindən razıyam. "Və bi-Muhəmmədin rasulən" (Və rəsul olaraq Muhəmməddən razı qaldım)". Yəni onunla bizə göndərilən və bizə çatdırdığı hər bir şeydən, "Və bil İsləmi" (İslamdan). Yəni:  Əmr və qadağaları ilə, İslamın bütün hökmlərindən, "Dinən" (Din olaraq). Yəni: etiqad edərək və boyun əyərək. "Günahları bağışlanar". Yəni: kiçik günahları.</t>
   </si>
   <si>
     <t>ترديد هذا الدعاء عند سماع النداء من مُكَفِّرات الذنوب.</t>
   </si>
   <si>
     <t>Azanı eşidərkən bu duanı təkrar etmək günahları təmizləyən şeylərdən biridir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6272</t>
   </si>
   <si>
     <t>من قرأ بالآيتين من آخر سورة البقرة في ليلة كفتاه</t>
   </si>
   <si>
     <t>Kim gecə Bəqərə surəsinin son iki ayəsini oxuyarsa, ona yetər</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ».</t>
   </si>
   <si>
     <t>Əbu Məsuddan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Kim gecə Bəqərə surəsinin son iki ayəsini oxuyarsa, ona yetər."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قَرأ الآيتين الأخيرتين من سورة البقرة في الليل فإنَّ الله يكفيه الشر والمكروه، وقيل: تكفيه عن قيام الليل، وقيل: تكفيه عن سائر الأوراد، وقيل: إنهما أقلُّ ما يجزىء من قراءة القرآن في قيام الليل، وقيل غير ذلك، ولعل كلَّ ما ذُكِرَ صحيح يَشملُه اللفظ.</t>
   </si>
@@ -10524,89 +10516,89 @@
 إثبات البعث بعد الموت.
 كفر من أنكر البعث أو نسب الولد لله تعالى.
 ليس لله تعالى مثيل ولا نظير.
 سعة حلم الله سبحانه، وإمهاله للكافرين لعلهم أن يتوبوا ويرجعوا.</t>
   </si>
   <si>
     <t>Uca Allahın kamil qüdrətini isbat etmək.
 Öldükdən sonra dirilməyi isbat etmək.
 Öldükdən sonra dirilməyi inkar edən və Uca Allaha övlad nisbət edənin küfr etməsi.
 Uca Allahın tayı və bənzəri yoxdur.
 Pak ola Allahın mərhəmətinin genişliyi və kafirlərə tövbə edib dönmələri üçün möhlət verməsi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6327</t>
   </si>
   <si>
     <t>من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
   </si>
   <si>
     <t>Kim mənim bir vəlimə (dostuma) düşmənçilik edərsə, mən ona müharibə elan edərəm. Qulum ona fərz etdiyim şeydən daha sevimli olan heç bir şeylə mənə yaxınlaşmaz</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وَمَا يَزَالُ عَبْدِي يَتَقَرَّبُ إِلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ: كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنِ اسْتَعَاذَنِي لَأُعِيذَنَّهُ، وَمَا تَرَدَّدْتُ عَنْ شَيْءٍ أَنَا فَاعِلُهُ تَرَدُّدِي عَنْ نَفْسِ المُؤْمِنِ، يَكْرَهُ المَوْتَ وَأَنَا أَكْرَهُ مَسَاءَتَهُ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Allah belə buyurdu: Kim mənim bir vəlimə (dostuma) düşmənçilik edərsə, mən ona müharibə elan edərəm. Qulum ona fərz etdiyim şeydən daha sevimli olan heç bir şeylə mənə yaxınlaşmaz ,qulum mənə nafilə (sünnət) ibadətlərlə yaxınlaşmağa o qədər davam edər ki, nəhayət Mən onu sevərəm. Mən onu sevdikdə, onun eşidən qulağı, görən gözü, tutan əli və gəzən ayağı olaram, Məndən bir şey istəsə, ona verərəm, Mənə sığınsa, onu qoruyaram. Mən etdiyim heç bir şeydə mömin qulumun canını almaq kimi tərəddüt etmədim. Qulum ölümü sevmir, mən də onu incidən şeyi sevmirəm."</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Allah belə buyurdu: Kim mənim bir vəlimə (dostuma) düşmənçilik edərsə, mən ona müharibə elan edərəm. Qulum ona fərz etdiyim şeydən daha sevimli olan heç bir şeylə mənə yaxınlaşmaz, qulum mənə nafilə (sünnət) ibadətlərlə yaxınlaşmağa o qədər davam edər ki, nəhayət Mən onu sevərəm. Mən onu sevdikdə, onun eşidən qulağı, görən gözü, tutan əli və gəzən ayağı olaram, Məndən bir şey istəsə, ona verərəm, Mənə sığınsa, onu qoruyaram. Mən etdiyim heç bir şeydə mömin qulumun canını almaq kimi tərəddüt etmədim. Qulum ölümü sevmir, mən də onu incidən şeyi sevmirəm".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: 
 مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة. 
 والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. 
 وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. 
 فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
 يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله. 
 ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
 ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله. 
 ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير. 
 ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف. 
 ثم قال الله تعالى: وما تَردَّدتُ عن شيءٍ أنا فاعله تَرَدُّدي في قَبْضِ نَفْس المؤمن رحمة به؛ لأنه يكره الموت لما فيه من الألم، والله يكره ما يُؤلم المؤمن.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) qüdsü hədisdə xəbər vermişdir ki, izzət və cəlal sahibi olan Uca Allah deyir: Hər kim mənim dostlarımdan birinə əziyyət verər, onu qəzəbləndirər və ona nifrət edərsə, mən ona xəbər verərəm və ona düşmənçilik elan edərəm.
-Vəli ( dost): təqvalı mömindir. Qulun iman və təqvası qədərincə,  Allahın dostluğundan payı olar. Müsəlman, Allahın ona fərz və vacib etdiyi  itaətləri etmək və haramaları tərk etməkdən daha sevimli olan başqa bir şeylə Rəbbinə yaxınlaşmaz. Müsəlman fərzləri yerinə yetirərək və nafilə ibadətləri edərək Allaha o qədər yaxınlaşar ki, hətta Allahın məhəbbətinə nail olar. Əgər Allah onu sevərsə, bu dörd bədən üzvündə onu doğruya yönəldər:
+Vəli (dost): təqvalı mömindir. Qulun iman və təqvası qədərincə,  Allahın dostluğundan payı olar. Müsəlman, Allahın ona fərz və vacib etdiyi  itaətləri etmək və haramaları tərk etməkdən daha sevimli olan başqa bir şeylə Rəbbinə yaxınlaşmaz. Müsəlman fərzləri yerinə yetirərək və nafilə ibadətləri edərək Allaha o qədər yaxınlaşar ki, hətta Allahın məhəbbətinə nail olar. Əgər Allah onu sevərsə, bu dörd bədən üzvündə onu doğruya yönəldər:
 Eşitməsini doğruya yönəldər və beləliklə yalnız Allahı razı salan şeyləri eşidər.
 Görməsini doğruya yönəldər və beləliklə yalnız Allahın sevdiyi və razı qaldığı şeylərə baxar.
 Əlini dorğuya yönəldər və beləliklə əli ilə yalnız Allahın razı qaldığı işləri görər.
 Ayağını doğruya yönəldər və beləliklə yalnız Allahın razı qaldığı yerə gedər və yalnız xeyir olan yerə getməyə səy göstərər.
 Bununla bərabər, əgər Allahdan bir şey istəyərsə, Allah ona istədiyini verər, duasına cavab verilən kəs olar. Əgər qorunmaq üçün Allaha sığınıb, ona yönələrsə, pak olan Allah onu qorxduğu şeydən qoruyar və himayə edər.
 Sonra Uca Allah buyurdu: Mən gördüyüm heç bir işdə, möminə qarşı olan rəhmətimə görə, onun canını almaqda tərəddüd etdiyim kimi tərəddüt etmədim. Çünki o, ağrı-acısına görə ölümü xoşlamır, Allah da mömini incidən şeyi xoşlamır.</t>
   </si>
   <si>
     <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
 النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
 الأمر بمعاداة أعداء الله وتحريم موالاتهم.
 مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
 تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
 مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
 الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
   </si>
   <si>
-    <t>Bu hədis Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) öz Rəbbindən rəvayət etdiyi hədislərdən biridir, Qüdsi və ya ilahi hədis adlanır. Bu, mənası və sözləri Allah tərəfindən olan hədisdir. Lakin bu hədislərdə, Qurana xas olan və quranı başqalarından fərqlənirən xüsusiyyətlər yoxdur. Məsələn, onu oxumaqla ibadət etmək, onun üçün pak olmaq, onunla meydan oxumaq, möcüzəvi olması və s.(bu xüsusiyyətlər yalnız Qurana xasdır, qüdsi hədisdə yoxdur).
+    <t>Bu hədis Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) öz Rəbbindən rəvayət etdiyi hədislərdən biridir, Qüdsi və ya ilahi hədis adlanır. Bu, mənası və sözləri Allah tərəfindən olan hədisdir. Lakin bu hədislərdə, Qurana xas olan və Quranı başqalarından fərqlənirən xüsusiyyətlər yoxdur. Məsələn, onu oxumaqla ibadət etmək, onun üçün pak olmaq, onunla meydan oxumaq, möcüzəvi olması və s. (bu xüsusiyyətlər yalnız Qurana xasdır, qüdsi hədisdə yoxdur).
 Allahın dostlarına əziyyət verməyin qadağan edilməsi, onları sevmək və fəzilətlərini etiraf etməyə isə təşviq etmək.
 Allahın düşmənləri ilə düşmənçilik etməyin əmr olunması və onlarla dostluq etməyin qadağan olunması.
-Hər kim Allahın şəriətinə tabe olmadan Onun dostu olduğunu iddia edərsə, O, iddiasında yalançıdır.
+Hər kim Allahın şəriətinə tabe olmadan Onun dostu olduğunu iddia edərsə, o, iddiasında yalançıdır.
 Allahın dostluğu vacibləri yerinə yetirmək və haramları tərk etməklə əldə edilir.
 Allahın qulu sevməsinin və onun duasına cavab verməsinin səbəblərindən biri də, vacibləri yerinə yetirib, haramları tərk etdikdən sonra nafilə (vacib olmayan əlavə) ibadətlər etməkdir.
 Allah dostlarının şərəfinə və onların Allah qatında yüksək məqama sahib olmalarına işarə.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6337</t>
   </si>
   <si>
     <t>من حلف فقال في حلفه: واللات والعزى، فليقل: لا إله إلا الله، ومن قال لصاحبه: تعال أقامرك، فليتصدق</t>
   </si>
   <si>
     <t>Hər kim "Əl-Lat və Uzzaya and olsun" deyərək and içsə, “Lə iləhə illəllah” desin və kim öz yoldaşına: “Gəl,  səninlə qumar oynayım" desə, sədəqə versin</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَلَفَ فَقَالَ فِي حَلِفِهِ: وَاللَّاتِ وَالعُزَّى، فَلْيَقُلْ: لاَ إِلَهَ إِلَّا اللَّهُ، وَمَنْ قَالَ لِصَاحِبِهِ: تَعَالَ أُقَامِرْكَ، فَلْيَتَصَدَّقْ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, o, belə demişdir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: Hər kim "Əl-Lat və Uzzaya and olsun" deyərək and içsə, “Lə iləhə illəllah” desin və kim öz yoldaşına: “Gəl,  səninlə qumar oynayım" desə, sədəqə versin.</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن الحَلِف بغير الله؛ حيث المؤمن لا يحلف إلا بالله، 
 ويخبر أنّ من حلف بغير الله؛ كمن حلف مثلًا: باللات والعُزى -وهما صنمان كانا يُعبدان في الجاهلية قبل الإسلام- فيجب عليه أن يقول مستدركًا على نفسه: لا إله إلا الله، تبرؤًا من الشرك، وكفارةً عن حلفه ذاك.
 ثم أخبر صلى الله عليه وسلم أنّ من قال لصاحبه: تعال نلعب القمار، -وهو أن يتغالب اثنان فأكثر على أن يكون بينهم مال يأخذه الغالب، ولا يخلو كل واحد منهما فيه من أن يغنم أو يغرم-؛ فيستحب أن يتصدق بشيء تكفيرًا عما دعا إليه.</t>
   </si>
   <si>
@@ -10660,91 +10652,91 @@
 القصاص في الآخرة قد يأتي على جميع الحسنات، حتى لا يبقي منها شيئًا.
 معاملة الله للخلق قائمة على العدل والحق.</t>
   </si>
   <si>
     <t>Haramlara, xüsusilə də, insanların maddi və mənəvi haqları ilə bağlı olan haramlara  düşməmək  barədə xəbərdarlıq.
 Məxluqatın öz aralarında olan haqları tələb olunma üzərində, Yaradanın haqqı isə şirk istisna olmaqla, bağışlanma üzərində dayanmaqdadır.
 Xüsusən təhsildə və təlimdə,  dinləyicini həvəsləndirən, diqqətini cəlb edən və marağını oyandıran dialoq metodundan istifadə etmək.
 Həqiqi müflisin kim olduğunun bəyanı və o, 
 Qiyamət günü ziyan çəkmişlərin yaxşı əməllərini  götürdüyü kəsdir.
 Axirətdə qisas,  heç nə qalmayana qədər bütün xeyir əməlləri aparmaqla da baş verə bilər.
 Allahın məxluqatla haq-hesabı, ədalət və haqqa əsaslanır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6454</t>
   </si>
   <si>
     <t>إذا أنفق الرجل على أهله يحتسبها فهو له صدقة</t>
   </si>
   <si>
     <t>Əgər kişi ailəsinə Allahın razılığını qazanmaq üçün xərcləyirsə, bu onun üçün sədəqədir</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ».</t>
   </si>
   <si>
-    <t>Əbu Məsuddan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Əgər kişi ailəsinə Allahın razılığını qazanmaq üçün xərcləyirsə, bu onun üçün sədəqədir."</t>
+    <t>Əbu Məsuddan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Əgər kişi ailəsinə Allahın razılığını qazanmaq üçün xərcləyirsə, bu onun üçün sədəqədir".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا أَنْفَقَ الرجلُ على أهلِهِ الذين تَلْزَمُهُ نفقتُهم كزوجِهِ ووالديه وولدِهِ وغيرهم وهو يَتقرَّب بذلك إلى الله تعالى ويحتسب عنده أجرَ ما يُنفِق فإنّ له أجرَ الصدقة.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, öz xanımı, valideyni, övladı və  digərləri kimi baxmağı vacib olan kəslərə kişi malından xərcləyərsə və bunu da uca Allaha yaxınlaşmaq və savab əldə etmək məqsədilə edərsə, bu xərclədiyi onun üçün sədəqə kimidir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, öz xanımı, valideyni, övladı və digərləri kimi baxmağı vacib olan kəslərə kişi malından xərcləyərsə və bunu da uca Allaha yaxınlaşmaq və savab əldə etmək məqsədilə edərsə, bu xərclədiyi onun üçün sədəqə kimidir.</t>
   </si>
   <si>
     <t>حصول الأجر والثواب بالإنفاق على الأهل.
 المؤمن يبتغي في عملِه وجهَ الله وما عنده من الأجر والثواب.
 ينبغي استحضار النية الصالحة في كل عمل، ومن ذلك حال الإنفاق على الأهل.</t>
   </si>
   <si>
     <t>Ailəyə yönələn xərclərlə əcr və savaba nail olunur.
-Mömin əməlində Allahın üzünü, Onun əcr və savabına nail olmağı hədəf tutar.
+Mömin əməlində Allahın Üzünü, Onun əcr və savabına nail olmağı hədəf tutar.
 Ailə üçün xərcləmək də daxil olmaqla hər bir əməldə saleh niyyət xatırlanmalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6460</t>
   </si>
   <si>
     <t>الإيمان بضع وسبعون أو بضع وستون شعبة، فأفضلها قول لا إله إلا الله، وأدناها إماطة الأذى عن الطريق</t>
   </si>
   <si>
-    <t>İman, yetmiş və bir neçə, və ya altmış və bir neçə şaxədən ibarətdir. Ən üstünü ləə iləhə illallah söyləmək, ən zəifi isə  yolda olan maneəni aradan qaldırmaqdır</t>
+    <t>İman, yetmiş və bir neçə, və ya altmış və bir neçə şaxədən ibarətdir. Ən üstünü ləə iləhə illallah söyləmək, ən zəifi isə yolda olan maneəni aradan qaldırmaqdır</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ، وَالْحَيَاءُ شُعْبَةٌ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "İman, yetmiş və bir neçə, və ya altmış və bir neçə şaxədən ibarətdir. Ən üstünü ləə iləhə illallah söyləmək, ən zəifi isə  yolda olan maneəni aradan qaldırmaqdır, həya da imanın şaxələrindəndir."</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "İman, yetmiş və bir neçə, və ya altmış və bir neçə şaxədən ibarətdir. Ən üstünü ləə iləhə illallah söyləmək, ən zəifi isə yolda olan maneəni aradan qaldırmaqdır, həya da imanın şaxələrindəndir".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ الإيمانَ شُعَبٌ وخِصَالٌ كثيرة، تشتمل على أعمالٍ واعتقاداتٍ وأقوالٍ.
 وأنَّ أعلى خِصال الإيمان وأفضلَها قول: «لا إله إلا الله»، عالمًا بمعناها، عاملًا بمقتضاها، مِن أنّ الله هو الإله الواحد الأحد المستحق للعبادة وحده دون ما سواه.
 وأن أقلَّ أعمال الإيمان هو تَنْحِيَةُ كلِّ ما يؤذي الناسَ في طرقاتِهم.
 ثم أخبر صلى الله عليه وسلم أنَّ الحياءَ مِن خِصال الإيمان، وهو خُلُقٌ يبعث على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, iman şaxələrə bölünmüş və özündə çox xüsusiyyətləri ehtiva etmişdir,  əməllər, etiqadlar və sözlər buna daxildir.
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, iman şöbələrə bölünmüş və özündə çox xüsusiyyətləri ehtiva etmişdir:  əməllər, etiqadlar və sözlər buna daxildir.
 Həmçinin bildirir ki, imanın ən üstün və uca mərtəbəsi, lə iləhə illəllah kəlməsini söyləmək və bununla yanaşı mənasını bilərək və bu kəlmənin tələblərinə uyğun əməl edərək, həqiqtən Allahın tək ilah olduğunu, Ondan başqa ibadətə layiq heç bir məbudun olmadığını etiraf etməkdir.
 İman baxımından əməllərin ən zəifi insanların yolundan, onlara əziyyət verən maneəni götürməkdir.
 Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, həya imandandır, həya gözəl əməllər edib, çirkin işlərdən çəkinməyə təşviq edən əxlaqdır.</t>
   </si>
   <si>
     <t>الإيمان مراتب بعضها أفضل من بعض.
 الإيمان قول وعمل واعتقاد.
 الحياء من الله تعالى يقتضي: ألّا يراكَ حيث نهاك، وألّا يَفْقِدَكَ حيث أمرك.
 ذِكْرُ العدد لا يعني الاقتصار عليه، بل يدلُّ على كثرة أعمال الإيمان، فإن العرب قد تذكر للشيء عددًا ولا تريد نفي ما سواه.</t>
   </si>
   <si>
     <t>İman dərəcələrdən ibarətdir, bəziləri digərlərindən üstündür.
 İman söz, əməl və etiqaddır.
 Uca Allahdan edilən həya, Allahın səni qadağalarda görməmək, əmr etdiklərində isə sənin kənarda qalmamağını tələb edir.
 Ədədin qeyd edilməsi imanın bu həddə məhdud olması mənasını daşımır, əksinə iman mövzusunda əməllərin çoxluğuna dəlalət edir, çünki adətən ərəblər müəyyən bir şey üçün rəqəm qeyd edib söyləsələr də, o saydan əlavəsinin inkarını qəsd etmirlər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6468</t>
   </si>
   <si>
     <t>ما منكم من أحد إلا سيكلمه الله، ليس بينه وبينه ترجمان</t>
   </si>
   <si>
     <t>Allah qiyamət günü sizlərin hər birinizlə arada tərcüməçi olmadan danışacaq</t>
   </si>
@@ -10808,94 +10800,94 @@
 İmkan daxilində münkəri inkar etməyin vacibliyi.
 Qəlbin, tək olan, şəriki olmayan Allaha bağlı olmasının vacibliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6761</t>
   </si>
   <si>
     <t>من علق تميمة فقد أشرك</t>
   </si>
   <si>
     <t>Kim təmimə taxarsa, artıq Allaha şərik qoşmuş olar</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ الْجُهَنِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقْبَلَ إِلَيْهِ رَهْطٌ، فَبَايَعَ تِسْعَةً وَأَمْسَكَ عَنْ وَاحِدٍ، فَقَالُوا: يَا رَسُولَ اللهِ، بَايَعْتَ تِسْعَةً وَتَرَكْتَ هَذَا؟ قَالَ: «إِنَّ عَلَيْهِ تَمِيمَةً»، فَأَدْخَلَ يَدَهُ فَقَطَعَهَا، فَبَايَعَهُ، وَقَالَ: «مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Uqbə bin Amir əl-Cuhənidən (Allah ondan razı olsun) belə dediyi rəvayət olunur: Rəsulullahın (Allahın salavatı və salamı onun üzərinə olsun) yanına bir qrup gəldi ve o, doqquz nəfərin beyətini qəbul etdi ve birinin beyətini qəbul etmədi. Onlar dedilər ki: Ey Allahın Rəsulu, doqquz kişinin beyətini qəbul edib, bunu tərk etdinmi? Allahın Rəsulu "Onun üzərində təmimə (muska) var" dedi. Həmin adam əlini (paltarının içinə) saldı və təmiməni kəsdi. Allah Rəsulu da, həmin adamın beyətini qəbul etdi və dedi: "Kim təmimə taxarsa, artıq Allaha şərik qoşmuş olar".</t>
   </si>
   <si>
     <t>قَدِمَ جماعةٌ إلى النبيّ صلى الله عليه وسلم، وكان عددُهم عشرة، فبايع تسعةً منهم على الإسلام والمتابعة، ولم يبايع العاشر، فلما سُئل عن سببِ ذلك قال عليه الصلاة والسلام: 
 إنّ عليه تميمة، وهي ما يُربط أو يُعلَّق مِن الخَرَز وغيرِها لِدَفع العين أو الضرر. 
 فأدخلَ الرجلُ يدَه لموضع التميمة وقَطَعَها وتَخلَّص منها، فبايعه النبي صلى الله عليه وسلم عند ذلك، وقال مُحَذِّرًا من التمائم ومُبَيِّنًا حكمَها: 
 "مَن علَّقَ تَميمة فقد أشرك".</t>
   </si>
   <si>
-    <t>Bir qrup dəstə Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldi və sayları on idi. Onlardan doqquzu ilə İslama girmək və tabe olmaq üzərinə beyət etdi, onuncu nəfərlə isə beyət etmədi. Bunun səbəbi haqqında soruşulduqda, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə dedi: Onun üzərində təmimə (amulet,muska) var. Bu, göz və ya zərərdən qorunmaq üçün bağlanmış və ya asılmış muncuq və digər şeylərdir. Kişi əlini təmimə olan yerə saldı, onu kəsib atdı və ondan qurtuldu. Bu zaman Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onun beyətini qəbul etdi və təmimələrdən  çəkindirərək və onların hökmünü bəyan edərək buyurdu: "Hər kim təmimə taxarsa, o, artıq şirk qoşmuş olar."</t>
+    <t>Bir qrup dəstə Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldi və sayları on idi. Onlardan doqquzu ilə İslama girmək və tabe olmaq üzərinə beyət etdi, onuncu nəfərlə isə beyət etmədi. Bunun səbəbi haqqında soruşulduqda, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə dedi: Onun üzərində təmimə (amulet, muska) var. Bu, göz və ya zərərdən qorunmaq üçün bağlanmış və ya asılmış muncuq və digər şeylərdir. Kişi əlini təmimə olan yerə saldı, onu kəsib atdı və ondan qurtuldu. Bu zaman Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onun beyətini qəbul etdi və təmimələrdən çəkindirərək və onların hökmünü bəyan edərək buyurdu: "Hər kim təmimə taxarsa, o, artıq şirk qoşmuş olar."</t>
   </si>
   <si>
     <t>مَن اعتَمَدَ على غير الله عامَلَه الله بِنَقِيْضِ قَصْدِه.
 اعتقاد أنَّ تَعليقَ التمائمِ سببٌ في دفع الأذى والعين شركٌ أصغر، أما إن اعتقد أنها تنفع بذاتها فهو شرك أكبر.</t>
   </si>
   <si>
     <t>Kim Allahdan qeyrisinə güvənərsə, Allah da onunla niyyətinin əksinə davranar.
 Təmimələri taxmağın zərər və gözdən qorunmağa səbəb olduğuna etiqad etmək kiçik şirkdir. Lakin, onların öz-özlüyündə fayda verdiklərinə inansa, böyük şirkdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6762</t>
   </si>
   <si>
     <t>من قال: لا إله إلا الله، وكفر بما يعبد من دون الله حرم ماله ودمه، وحسابه على الله</t>
   </si>
   <si>
     <t>Kim "Ləə iləhə illallah" deyər və Allahdan başqa ibadət edilənləri inkar edərsə, malı, qanı toxunulmaz olar, hesabı isə Allaha aiddir</t>
   </si>
   <si>
     <t>عن طارق بن أشيم الأشجعي رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ».</t>
   </si>
   <si>
-    <t>Tariq bin Əşyəm əl -Əşcaidən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Kim "Ləə iləhə illallah" deyər və Allahdan başqa ibadət edilənləri inkar edərsə, malı, qanı toxunulmaz olar, hesabı isə Allaha aiddir."</t>
+    <t>Tariq bin Əşyəm Əl-Əşcaidən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Kim "Ləə iləhə illallah" deyər və Allahdan başqa ibadət edilənləri inkar edərsə, malı, qanı toxunulmaz olar, hesabı isə Allaha aiddir."</t>
   </si>
   <si>
     <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
 والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, kim diliylə şəhadət edərək " Ləə iləhə illah" - yəni Allahdan başqa haqq məbud olmadığını deyərsə, Allahdan başqa ibadət edilən hər şeyi inkar edərsə və İslamdan başqa digər dinləri tərk edərsə, onun malı, qanı müsəlmanlara haram olar və bizə yalnız əməlinin zahirinə görə hökm vermək qalar. Buna görə də İslam əhkamlarına əsasən kim, qanını və malını halal edəcək bir günah və cinayət etməyincə, malı alınmaz və qanı da axıdılmaz.
 Allah Qiyamət günü onun hesabını çəkəcək, əgər müsəlman kimi dediklərində doğru, səmimi idisə onu mukafatlandıracaq, münafiq idisə cəzalandıracaq.</t>
   </si>
   <si>
     <t>النُّطْقُ بلا إله إلا الله، والكفر بكلِّ ما يُعبد من دون الله، شرطٌ في دخول الإسلام.
 معنى (لا إله إلا الله) هو الكفر بكل ما يُعبد من دون الله من الأصنام والقبور وغيرها، وإفراده سبحانه بالعبادة.
 من أتى بالتوحيد والتَزمَ شرائعه ظاهرًا وَجَبَ الكَفُّ عنه حتى يَتَبَيَّنَ منه ما يخالف ذلك.
 حُرْمةُ مالِ المسلم ودمِه وعرضِه إلا بحق.
 الحُكْم في الدنيا على الظاهر، وفي الآخرة على النيات والمقاصد.</t>
   </si>
   <si>
     <t>"Lə iləhə illallah" söyləmək və Allahdan savayı ibadət edilənlərin hamısını inkar etmək İslama daxil olmaq üçün şərtdir.
 "Lə iləhə illallah"ın mənası bütlər, qəbirlər və digər Allahdan savayı ibadət edilənlərin hamısını inkar etmək, yalnız tək olan Allaha ibadət etməkdir.
-Kim tövhidi tətbiq edər və onun tələblərinə zahirən əməl edərsə, buna zidd  əməli ortaya çıxmayınca toxunulmaz olar.
+Kim tövhidi tətbiq edər və onun tələblərinə zahirən əməl edərsə, buna zidd əməli ortaya çıxmayınca toxunulmaz olar.
 Haqlı səbəb olmadan müsəlmanın malı, qanı və şərəf və ləyaqətinin toxunulmazlığı.
 Bu dünyadakı hökm zahirə görədir, axirətdə isə niyyət və məqsədlərə görədir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6765</t>
   </si>
   <si>
     <t>من حدث عني بحديث يرى أنه كذب، فهو أحد الكاذبين</t>
   </si>
   <si>
     <t>“Kim yalan olduğunu zənn edilən bir hədisi mənim adımdan danışarsa, o, yalançılardan biridir”</t>
   </si>
   <si>
     <t>عَنْ سَمُرَةَ بْنِ جُنْدَبٍ وَالْمُغِيرَةِ بْنِ شُعْبَةَ رضي الله عنهما قَالَا: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ».</t>
   </si>
   <si>
     <t>Səmurə ibn Cundub və Muğirə ibn Şubədən (Allah onların hər ikisindən razı olsun) belə söylədikləri  rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: “Kim yalan olduğunu zənn edilən bir hədisi mənim adımdan danışarsa, o, yalançılardan biridir”.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أن مَن نَقَلَ عنه حديثًا وهو يعلم أو يظن أو يغلِب على ظنه أنه كذبٌ عليه صلى الله عليه وسلم؛ فالراوي له يُشاركُ البادي بهذا الكذب.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, hər kim  yalan olduğunu bilərək və ya zənn edərək və ya güman edərək onun adından hədis nəql edərsə, bu nəql edən kəs yalanı ilk olaraq çıxarana şərik olar.</t>
   </si>
   <si>
@@ -10905,66 +10897,66 @@
   </si>
   <si>
     <t>Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) rəvayət olunan hədisləri, onları nəql etməzdən əvvəl dəqiqləşdirmək və onların səhihliyinə əmin olmaq lazımdır.
 Yalan sifəti, yalanı uyduran, onu nəql edən və insanlar arasında yayan hər kəsə şamil edilir.
 Uydurulmuş hədisin uydurma olduğunu bilən və ya uydurma olduğunu güman edən şəxsə- həmin hədis haqqında xəbərdarlıq etmək istisna olmaqla-onu nəql etmək qadağandır.</t>
   </si>
   <si>
     <t>رواه مسلم في مقدمته</t>
   </si>
   <si>
     <t>[رواه مسلم في مقدمته]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6982</t>
   </si>
   <si>
     <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) əxlaqı Quran idi</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
-    <t>Sad bin Hişam bin Amir  Aişənin (Allah ondan razı olsun) otağına  daxil olub dedi: Ey möminlərin anası, mənə Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) əxlaqından xəbər ver! Aişə anamız (Allah ondan razı olsun) isə belə cavab verdi: "Sən Quran oxumursanmı? Dedim: Əlbəttə oxuyuram. O dedi: Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) əxlaqı Quran idi.</t>
+    <t>Sad bin Hişam bin Amir Aişənin (Allah ondan razı olsun) otağına  daxil olub dedi: Ey möminlərin anası, mənə Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) əxlaqından xəbər ver! Aişə anamız (Allah ondan razı olsun) isə belə cavab verdi: "Sən Quran oxumursanmı?". Dedim: "Əlbəttə oxuyuram". O dedi: "Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) əxlaqı Quran idi".</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>Möminlərin anası Aişə (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) əxlaqı haqqında soruşulduqda o, geniş məna daşıyan bir neçə sözlə cavab verdi və sual verəni, bütün kamillik sifətlərini özündə cəmləşdirən  Qurani-Kərimə yönləndirdi. Ona dedi: "Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Quran əxlaqını mənimsəmişdi, Quranda olan əmrləri yerinə yetirir, Quranın qadağan etdiklərindən isə çəkinirdi və əxlaqı sırf ona əməl etmək, onun məhdudiyyətlərinə riayət etmək, ədəb-ərkanı ilə ədəbli olmaq, Qurandakı misal qissələrdən ibrət almaq idi.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
   </si>
   <si>
-    <t>Quran əxlaqını mənimsəyən  Peyğəmbəri (Allahın salavatı və salamı onun üzərinə olsun) örnək götürməyə təşviq edilmişdir.
+    <t>Quran əxlaqını mənimsəyən Peyğəmbəri (Allahın salavatı və salamı onun üzərinə olsun) örnək götürməyə təşviq edilmişdir.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) əxlaqının mədhi və onun vəhydən qaynaqlanması.
 Quran, bütün gözəl əxlaqın qaynağıdır.
 İslam əxlaqı, əmrləri yerinə yetirib, qadağalardan çəkinməklə dini tam əhatə edir.</t>
   </si>
   <si>
     <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
   </si>
   <si>
     <t>[Muslim Müslim uzun bir hədisdə rəvayət etmişdir]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8265</t>
   </si>
   <si>
     <t>الراحمون يرحمهم الرحمن، ارحموا أهل الأرض يرحمكم من في السماء</t>
   </si>
   <si>
     <t>Rəhm edənlərə (mərhəmətli olanlara) Rəhman olan Allah rəhm edər. Yer üzündə olanlara rəhm edin ki, səmada Olan da sizə rəhm etsin</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء».</t>
   </si>
   <si>
     <t>Abdullah bin Amr bin As (Allah hər ikisindən razı olsun) rəvayət edir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Rəhm edənlərə (mərhəmətli olanlara) Rəhman olan Allah rəhm edər. Yer üzündə olanlara rəhm edin ki, səmada Olan da sizə rəhm etsin".</t>
   </si>
@@ -11083,81 +11075,80 @@
 فيقول سبحانه: ألا أعطيكم أفضل من ذلك؟ 
 قالوا: يا رب، وأي شيء أفضل من ذلك؟! 
 فيقول: أنزل عليكم دوام رضواني؛ ولا أغضب عليكم بعده أبدًا.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Uca Allah Cənnət əhli orada olarkən onlara belə deyəcək: “Ey Cənnət əhli!" Onlar da Ona cavab verərək deyəcəklər: “Sənin əmrinə müntəzirik ey Rəbbimiz və Sənə tabeyik”. Onlara deyəcək: “Razı qaldınızmı?” Onlar cavab verəcəklər:
 “Bəli, razıyıq! Necə razı olmayaq ki, Sən bizə yaratdıqlarından heç kimə vermədiklərini bəxş etmisən!”. Sonra Uca Allah deyəcək: “Sizə bundan daha yaxşısını verimmi?”. Onlar deyəcəklər: “Ya Rəbb, bundan daha yaxşı nə ola bilər?!“. Uca Allah deyəcəkdir: “Sizə daimi razılığımı bəxş edirəm və bundan sonra sizə heç vaxt qəzəblənməyəcəyəm”.</t>
   </si>
   <si>
     <t>كلام الله عز وجل مع أهل الجنة.
 البشارة من الله لأهل الجنة برضاه عنهم، وإحلال رضوانه عليهم وعدم سخطه أبدًا.
 رضا كل من في الجنة بحاله مع اختلاف منازلهم وتنويع درجاتهم؛ لأن الكل أجابوا بلفظ واحد وهو: "أعطيتنا ما لم تعط أحدًا من خلقك".</t>
   </si>
   <si>
     <t>İzzət və Cəlal sahibi olan Allahın Cənnət əhli ilə danışması.
 Allahın Cənnət əhlinə, onlardan razı qalması, bunu onlara əbədi etməsi və onlara heç vaxt qəzəblənməyəcəyi ilə müjdə verməsi.
 Cənnətdə olan hər kəs, məqam və dərəcələrinin müxtəlif olmasına baxmayaraq, öz halından razı olacaq. Çünki onların hamısı eyni sözlə cavab verəcəklər: “Sən bizə yaratdıqlarından heç kimə vermədiklərini bəxş etdin”.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8343</t>
   </si>
   <si>
     <t>أن رجلا توضأ فترك موضع ظفر على قدمه فأبصره النبي صلى الله عليه وسلم فقال: ارجع فأحسن وضوءك فرجع، ثم صلى</t>
   </si>
   <si>
-    <t>Bir kişi dəstəmaz aldı və ayağında dırnaq boyda yuyulmayan yer buraxdı. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bunu gördü və dedi: “Geri qayıt və dəstəmazı gözəl şəkildə al!” O kişi qayıdıb yenidən dəstəmaz aldı, sonra namaz qıldı</t>
+    <t>Bir kişi dəstəmaz aldı və ayağında dırnaq boyda yuyulmayan yer buraxdı. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bunu gördü və dedi: “Geri qayıt və dəstəmazı gözəl şəkildə al!”. O kişi qayıdıb yenidən dəstəmaz aldı, sonra namaz qıldı</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قال: أَخْبَرَنِي عُمَرُ بْنُ الْخَطَّابِ: أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى.</t>
   </si>
   <si>
-    <t>Cabirdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Ömər bin Əl-Xəttab (Allah ondan razı olsun) mənə dedi: Bir kişi dəstəmaz aldı və ayağında dırnaq boyda yuyulmayan yer buraxdı. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bunu gördü və dedi: “Geri qayıt və dəstəmazı gözəl şəkildə al!” O kişi qayıdıb yenidən dəstəmaz aldı, sonra namaz qıldı.</t>
+    <t>Cabirdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Ömər bin Əl-Xəttab (Allah ondan razı olsun) mənə dedi: Bir kişi dəstəmaz aldı və ayağında dırnaq boyda yuyulmayan yer buraxdı. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bunu gördü və dedi: “Geri qayıt və dəstəmazı gözəl şəkildə al!”. O kişi qayıdıb yenidən dəstəmaz aldı, sonra namaz qıldı.</t>
   </si>
   <si>
     <t>أَخْبَرَ عُمَرُ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم أَبْصَرَ رَجلًا انتهى مِن وضوئه، فتَرَكَ قَدْرَ ظُفرٍ في قَدَمه لم يُصِبْهُ ماءُ الوضوء، 
 فقال له مشيرًا إلى موضع التقصير: ارجع فأحسن وضوءك وأَتِمَّه وأعْطِ كلَّ عُضوٍ حقَّه من الماء، 
 فرجع الرجل فأتمّ وضوءه ثم صلى.</t>
   </si>
   <si>
     <t>Ömər (Allah ondan razı olsun) xəbər verir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bir kişinin dəstəmazını bitirdiyini və ayağında dırnaq boyda su dəyməyən yer buraxdığını gördü. O, dəstəmazdakı nöqsan olan yerə işarə edərək dedi: Geri qayıt və dəstəmazını gözəl şəkildə al, dəstəmazı tamamla və hər bir üzvə lazım olan miqdarda su ver. Kişi qaytdı, dəstəmazını tamamladı, sonra namaz qıldı.</t>
   </si>
   <si>
     <t>وجوبُ المبَادَرة إلى الأمرِ بالمعروف، وإرشادِ الجاهلِ والغَافل، وخصوصًا إذا كان المُنكَر يترتَّب عليه فسادُ عبادته.
 وجوب تعميم أعضاء الوضوء بالماء، وأنَّ من ترك جزءًا من العضو -ولو يسيرًا- لم يصحّ معه الوضوء ولزمته الإعادة إذا كان الفاصل طويلًا.
 مشروعية إحسان الوضوء، وذلك بإتمامه وإسْبَاغه على الوجه المأمور به شرعًا.
 القدمان من أعضاء الوضوء، ولا يكفي فيهما المسح، بل لابدَّ من الغسل.
 ينبغي الموالاة بين أعضاء الوضوء، بحيث يَغسل كلَّ عضو قبل أن يَجِفَّ الذي قبله.
 الجهل والنسيان لا يُسقِطان الواجبَ، وإنما يُسقِطان الإثمَ، فهذا الرجل الذي لم يُسْبِغ وضوءه لجهله لم يُسقِط عنه النبيُّ صلى الله عليه وسلم الواجبَ، وهو الوضوء، وإنما أمره أن يعيدَه.</t>
   </si>
   <si>
     <t>Yaxşılığı əmr etmək, cahil və qafilləri doğru yola yönəltmək üçün tələsməyin vacibliyi, xüsusən də münkər (şərr, pislik, haram) onun ibadətinin fəsadına səbəb olarsa.
 Dəstəmaz əzalarını tam yumaq vacibdir və kim bu əzaların müəyyən bir hissəsini -az da olsa- tərk edərsə (yumazsa), onun dəstəmazı səhih olmaz və dəstəmazdan sonra çox vaxt keçibsə, dəstəmazı yenidən almalıdır.
 Dəstəmazı gözəl şəkildə almaq şər'i tələbdir. Bu isə şəriətin əmr etdiyi şəkildə dəstəmazı tamamlamaq və dəstəmaz əzalarını tam yumaqla olur.
 Ayaqlar dəstəmaz üzvlərindəndir və onların üzərinə məsh çəkmək kifayət etmir, əksinə onları yumaq lazımdır.
 Dəstəmaz əzaları arasında fasilə verilmədən ardıcıllıq olmalıdır. Yəni hər bir üzv öncəki üzv qurumadan əvvəl yuyulmalıdır.
-​
 Cahillik (bilməməzlik) və unutqanlıq vacib olan şeyləri hökmdən salmır, sadəcə olaraq günahı qaldırır. Cəhaləti səbəbi ilə dəstəmazını düzgün yerinə yetirməyən bu kişi üçün Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) vacibi-dəstəmazı hökmdən salmadı, əksinə olaraq ona təkrar dəstəmaz almağı əmr etdi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8386</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يغسل، أو كان يغتسل، بالصاع إلى خمسة أمداد، ويتوضأ بالمد</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bir saa ilə beş mudd arası miqdarında su ilə qüsl və bir mudd ilə dəstəmaz alardı</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَغْسِلُ، أَوْ كَانَ يَغْتَسِلُ، بِالصَّاعِ إِلَى خَمْسَةِ أَمْدَادٍ، وَيَتَوَضَّأُ بِالْمُدِّ.</t>
   </si>
   <si>
     <t>Ənəsdən (Allah ondan razı olsun) rəvayət edilir ki: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bir saa ilə beş mudd arası miqdarında su ilə qüsl və bir mudd ilə dəstəmaz alardı.</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يغتسل من الجنابة بالصاع إلى خمسة أمداد، ويتوضأ بالمد. والصاع: أربعة أمداد، والمد: مِقْدار ملء كفَّي إنسانٍ مُعتدلِ الخِلْقة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) cənabətdən bir saa ilə beş mudd arası miqdarında su ilə qüsl, bir mudd ilə dəstəmaz alardı. Bir saa: dörd muddur, bir mudd: orta ölçülü adamın ovuclarını dolduracaq miqdardır.</t>
   </si>
   <si>
     <t>مشروعية الاقتصاد في ماء الوضوء والغسل، وعدم الإسراف ولو كان الماء مُتيسرًا.
@@ -11244,63 +11235,63 @@
   </si>
   <si>
     <t>Uca Allahı zikr etmək üçün dəstəmaz və ya qüsl şərt deyil.
 Peyğəmbər -sallallahu aleyhi və səlləm-Uca Allahı davamlı zikr etmsi.
 Uca Allahı Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) sünnəsinə uyğun olaraq hər zaman və hər halda  daha çox zikr etməyə təşviq, istisna hal insanın ehtiyacını ödədiyi məkan və zamandır, bu halda zikr etmək qadağandır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8402</t>
   </si>
   <si>
     <t>سألت رسول الله صلى الله عليه وسلم عن نظر الفجاءة فأمرني أن أصرف بصري</t>
   </si>
   <si>
     <t>Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) (əcnəbi qadına) qəflətən(qeyri-qəsdli) olan baxış haqqında soruşdum və mənə baxışımı kənara çəkməyi əmr etdi</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِ بْنِ عَبْدِ اللهِ رَضيَ اللهُ عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي.</t>
   </si>
   <si>
     <t>Cərir bin Abdullahdan (Allah ondan razı olsun) rəvayət edilir ki, o belə dedi: Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) (əcnəbi qadına) qəflətən(qeyri-qəsdli) olan baxış haqqında soruşdum və mənə baxışımı kənara çəkməyi əmr etdi.</t>
   </si>
   <si>
     <t>سَأَلَ جَريرُ بن عبد الله رضي الله عنه النبيَّ صلى الله عليه وسلم عن نَظَرِ الرَّجُلِ للمرأةِ الأجنبيةِ عنه بَغْتَةً مِن غير قَصْدٍ؟ فأمرَه صلى الله عليه وسلم يَجِبُ عليه أن يَفْتِلَ وجهَه إلى الشِّقِّ الآخَرِ والناحيةِ الأخرى فَوْرَ عِلْمِهِ، وليس عليه إثم.</t>
   </si>
   <si>
-    <t>Cərir bin Abdullah (Allah ondan razı olsun) Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) kişinin qəflətən, qəsdsiz yad qadına baxması haqqında soruşdu? O (Allahın salavatı və salamı onun üzərinə olsun) buyurdu ki, həmən o, üzünü digər tərəfə və yönə  çevirməlidir və bu zaman ona heç bir günah yoxdur.</t>
+    <t>Cərir bin Abdullah (Allah ondan razı olsun) Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) kişinin qəflətən, qəsdsiz yad qadına baxması haqqında soruşdu? O (Allahın salavatı və salamı onun üzərinə olsun) buyurdu ki, həmən o, üzünü digər tərəfə və yönə çevirməlidir və bu zaman ona heç bir günah yoxdur.</t>
   </si>
   <si>
     <t>الحضُّ على غضِّ البَصَر.
 التحذير من إدَامَةِ النظرِ لِمَا يَحْرُمُ النظرُ إليه إذا وَقَعَ عليه البَصَرُ بَغْتةً ومن غير قصد.
 فيه أنَّ تحريم النظرِ إلى النساء أمرٌ مُستقرٌّ عند الصحابة بدليل أن جرير رضي الله عنه سأل النبيَّ صلى الله عليه وسلم عمّا لو وقع نظرُه على امرأة من غير قصد، فهل حكمه حكم من قصد النظر؟
 فيه عناية الشرع بمصالح العباد، فإنه حرَّم عليهم النظر إلى النساء لما يترتب عليه من مفاسد دنيوية وأخروية.
 رجوع الصحابة إلى النبي صلى الله عليه وسلم وسؤاله عما يُشكل عليهم، وهكذا ينبغي للعامة الرجوع إلى علمائهم وسؤالهم عما أَشكَلَ عليهم.</t>
   </si>
   <si>
     <t>Baxışları aşağı salmağa təşviq.
 Gözün qəflətən və qeyri-ixtiyari şəkildə baxmağın haram olduğu bir şeyi gördüyü zaman, ona baxmağa davam etməkdən çəkindirmək.
-Hədisdən anlaşılır ki, qadına baxmağın haram olması səhabələr arasında sabit bir məsələ idi. Cəririn (Allah ondan razı olsun) Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) onun nəzərlərinin qeyri-qəsdli olaraq qadına düşdüyü təqdirdə, bunun hökmünün qadına qəsdlə baxanın  hökmü ilə eyni olub-olmaması haqqında soruşması buna dəlildir.
+Hədisdən anlaşılır ki, qadına baxmağın haram olması səhabələr arasında sabit bir məsələ idi. Cəririn (Allah ondan razı olsun) Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) onun nəzərlərinin qeyri-qəsdli olaraq qadına düşdüyü təqdirdə, bunun hökmünün qadına qəsdlə baxanın hökmü ilə eyni olub-olmaması haqqında soruşması buna dəlildir.
 Bu, şəriətin bəndələrin mənafeyinə göstərdiyi diqqəti ifadə edir. Çünki şəriət, həm dünya, həm də axirət baxımından fəsadlara səbəb olduğuna görə, yad qadına baxmağı qadağan etmişdir.
 Səhabələrin Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına qayıtmaları və onlara qaranlıq qalan məsələlər haqqında  ondan soruşmaları. Beləcə də avam insanlar alimlərə qayıtmalı və onlara qaranlıq qalan məsələləri alimlərdən soruşmalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8902</t>
   </si>
   <si>
     <t>صنفان من أهل النار لم أرهما، قوم معهم سياط كأذناب البقر يضربون بها الناس، ونساء كاسيات عاريات مميلات مائلات</t>
   </si>
   <si>
     <t>Cəhənnəm əhlindən mənim (hazırda) görmədiyim iki sinif insan var: İnək quyruğuna bənzər qamçıları olan və onunla insanları vuran kəslər və kişiləri başdan çıxaran və özləri də azmış, geyinmiş çılpaq qadınlar</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ، رُؤُوسُهُنَّ كَأَسْنِمَةِ الْبُخْتِ الْمَائِلَةِ، لَا يَدْخُلْنَ الْجَنَّةَ، وَلَا يَجِدْنَ رِيحَهَا، وَإِنَّ رِيحَهَا لَيُوجَدُ مِنْ مَسِيرَةِ كَذَا وَكَذَا».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun)  Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: Cəhənnəm əhlindən mənim (hazırda) görmədiyim iki sinif insan var: İnək quyruğuna bənzər qamçıları olan və onunla insanları vuran kəslər və kişiləri başdan çıxaran və özləri də azmış, geyinmiş çılpaq qadınlar, onların başları dəvə hörgücləri kimidir. Bu qadınlar cənnətə girməyəcəklər, onun qoxusunu belə hiss etməyəcəklər. Halbuki onun qoxusu bu qədər uzaq məsafədən hiss edilir. "</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن صِنفين مِن الناس مِن أهل النار لم يَرَهما ولم يُوجدا في عَصرِه، بل سيكونان بعده:
 الصنف الأول: قومٌ معهم سِيَاطٌ كذُيول البقر طويلة، يضربون بها الناس، وهم الشُّرَطُ وأعوانُ الظلمة الذين يضربون الناس بغير حق. 
 والصنف الثاني: نساءٌ خَلَعْنَ ثوبَ العِفَّة والحياء الذي فُطِرَتْ عليه الأنثى عادةً.
 ووصفهن: كاسيات في الحقيقة، عاريات في المعنى؛ لأنهن يَلبَسنَ ثيابًا رقاقًا تَصِفُ البَشَرَة، ويَستُرْنَ بعضَ بَدنِهِن ويَكشفنَ بعضَه؛ إظهارًا للجمال، 
 مُمِيْلات قلوب الرجال إليهنَّ بِلبسِهنّ وتَبَخْتُرِهُنّ بالمشي، مميلات لأكتافِهن، ويُمِلْنَ غيرَهنَّ إلى الانحراف والزيغ الواقعات فيه، 
 ومن صفاتهن: رؤوسُهنَّ مِثلُ سنام الجمل المائل، فهنّ يُعَظِّمْنَ حَجْمَ رؤوسِهِنَّ ويُكبرنها بلف عصابة ونحوها، 
@@ -11318,98 +11309,98 @@
 تحريم إعانة الظلمة على ظلمهم.
 تحذير النساء من التبرُّج والسفور ولبس الضيق والشَّفاف الذي يَصف العورة أو يُجَسِّمها.
 حث المرأة المسلمة على الالتزام بأوامر الله، والبُعد عمّا يُسخِطه ويجعلها تستحق العذاب الأليم المقيم في الآخرة.
 الحديث من دلائل نبوَّته عليه الصلاة والسلام، حيث أخبر عليه الصلاة والسلام عن الأمور الغيبية التي لم تقع، ووقعت كما أخبر.</t>
   </si>
   <si>
     <t>İnsanları, etmədikləri günah və işləmədikləri cinayətlərə görə vurmağın və onlara əziyyət verməyin haram olması.
 Zalımlara, etdikləri zülmlərində yardım etməyin haramlığı.
 Qadınları açıq saçıqlıqdan, başlarını açmaqdan, övrət yerlərini göstərən və ya aşkar edən dar və şəffaf paltar geyinməkdən çəkindirmək .
 Müsəlman qadını, Allahın əmirlərinə əməl etməyə və Allahı qəzəbləndirən və  onu axirətdə əbədi, ağrılı-acılı əzaba layiq edən əməllərdən uzaqlaşmağa təşviq etmək.
 Bu hədis Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) peyğəmbərliyinin dəlalətlərindəndir.Çünki, o, baş verməmiş qeybi məsələlərdən xəbər vermişdir və xəbər verdiyi kimi də baş verdi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8903</t>
   </si>
   <si>
     <t>لا ينظر الرجل إلى عورة الرجل، ولا المرأة إلى عورة المرأة</t>
   </si>
   <si>
     <t>“Kişi kişinin övrətinə, qadın da qadının övrətinə baxmasın</t>
   </si>
   <si>
     <t>عَن أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ، وَلَا يُفْضِي الرَّجُلُ إِلَى الرَّجُلِ فِي ثَوْبٍ وَاحِدٍ، وَلَا تُفْضِي الْمَرْأَةُ إِلَى الْمَرْأَةِ فِي الثَّوْبِ الْوَاحِدِ».</t>
   </si>
   <si>
-    <t>Əbu Səid Əl-Xudridən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: “Kişi kişinin övrətinə, qadın da qadının övrətinə baxmasın, kişi bir paltar altında başqa bir kişi ilə, qadın da bir paltar altında başqa bir qadınla qalmasın."</t>
+    <t>Əbu Səid Əl-Xudridən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: “Kişi kişinin övrətinə, qadın da qadının övrətinə baxmasın, kişi bir paltar altında başqa bir kişi ilə, qadın da bir paltar altında başqa bir qadınla qalmasın".</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أن يَنظُرَ الرجلُ إلى عورة الرجل، أو تنظرَ المرأةُ إلى عورة المرأة. 
 والعورة: هي كل ما يُسْتَحْيَا منه إذا ظَهَر، وعورة الرجل هي ما بين سُرَّتِه ورُكبتِه، 
 والمرأةُ كلُّها عورةٌ بالنسبة للرجال الأجانب، وبالنسبة للنساء ولمحارمِها فإنها تُظْهِرُ ما يَظْهَر عادةً عند عملِها في البيت. 
 ونَهى النبيُّ صلى الله عليه وسلم عن أنْ يَخْلُوَ الرجلُ إلى الرجل في ثوبٍ واحدٍ أو تحت غطاء واحدٍ مُتَجَرِّدَيْن، وعن أنْ تَخْلُوَ المرأةُ إلى المرأة في ثوب واحد أو تحت غطاء واحد مُتَجَرِّدَتين؛ لأن ذلك قد يُؤدِّي إلى لَمْسِ كلٍّ منهما عورةَ صاحبه، ولمسُها مَنهيٌّ عنه كالنظر إليها، بل هو أشد في النهي؛ لما يؤدي ذلك إلى مفاسد أكبر.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bir kişinin digər kişinin övrətinə, qadının da digər qadının övrətinə baxmağını qadağan etmişdir.
 Övrət: Göründüyü zaman utanılan hər şeydir, kişinin övrəti göbəklə dizləri arasında olandır. Naməhrəm kişilərə nisbətdə qadının bütün bədəni övrətdir. Qadınlara və məhrəmlərinə gəldikdə isə, evdə işləyərkən adətən görünən yerlərini onlara göstərə bilər.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) kişinin bir paltar və ya bir örtük altında başqa kişiylə çılpaq olaraq qalmasını, qadının da bir paltar və ya bir örtük altında başqa bir qadınla çılpaq qalmasını qadağan etmişdir. Çünki bu, birinin digərinin övrətinə toxunmasına səbəb ola bilər ki, övrətə toxunmaq ona baxmaq kimi qadağan edilmişdir. Hətta, böyük fəsada yol açdığı üçün o (övrətə toxunmaq) qadağa baxımından daha şiddətlidir.</t>
   </si>
   <si>
     <t>النهي عن النظر إلى العورات ماعدا الزوج وزوجته.
 حرص الإسلام على طهارة المجتمع وإغلاق الطرق المؤدِّية للفواحش.
 جواز النظر إلى العورة إذا دعت الحاجة إلى ذلك كالتَّطَبُّب ونحوه، على أن يكون بغير شهوة.
 المسلم مأمور بستر عورته وغضِّ بصره عن عورة غيره.
 خُصَّ النهي بالرجال مع الرجال والنساء مع النساء؛ لأنه أدعى للنظر وكشف العورات.</t>
   </si>
   <si>
     <t>Ər və arvadın bir-birlərinin övrət yerlərinə baxmağı istisna, digər şəxslərin övrət yerlərinə baxılmasının qadağan edilməsi.
 İslam dininin, cəmiyyətin saflığına hərisliyi və əxlaqsızlığa aparan yolları bağlaması.
 Müalicə və buna bənzər ehtiyac yaranarsa, şəhvətlə olmamaq şərti ilə övrətə baxmaq icazəlidir.
-Müsəlmana öz övrətini örtmək və  başqalarının övrət yerlərinə baxmamaq əmr olunmuşdur.
-Hədisdəki qadağa kişilərin kişilərlə və qadınların qadınlara olan münasibəti üçün xüsusiləşdirilib. Çünki bu (eyni cinslərin münasibəti) bir-birlərinin övrət yerlərinə baxılmasına və övrətin aşkara çıxarılmasına daha çox ehtiyac yaradır.</t>
+Müsəlmana öz övrətini örtmək və başqalarının övrət yerlərinə baxmamaq əmr olunmuşdur.
+Hədisdəki qadağa kişilərin kişilərlə və qadınların qadınlara olan münasibəti üçün xüsusiləşdirilib. Çünki bu halda (eyni cinsli fərdlərin) bir-birlərinin övrət yerlərinə baxılmasına və övrətin aşkara çıxarılmasına (onlar tətəfindən) daha sadə qəbul etməyə meyllidi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8904</t>
   </si>
   <si>
     <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)  saçın bir hissəsinin kəsib, digər hissəsini saxlamağı qadağan etdi</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
   </si>
   <si>
     <t>İbn Ömərdən (Allah onların hər ikisindən razı olsun) rəvayət edilir ki: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)  saçın bir hissəsinin kəsib, digər hissəsini saxlamağı qadağan etdi.</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
 والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) başda saçın bir hissəsini qırxıb, digər hissəsini saxlamağı qadağan etmişdir.
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) başda saçın bir hissəsini qırxıb, digər hissəsini saxlamağı (başın qismən qırxılmasını) qadağan etmişdir.
 Qadağa yetkin və kiçik yaşlı kişi cinsindən olanlara şamildir, qadınlara gəldikdə isə onlara ümumiyyətlə saçlarını qırxmaq olmaz.</t>
   </si>
   <si>
     <t>اهتمام الشريعة الإسلامية بِمَظْهَرِ الإنسان.</t>
   </si>
   <si>
     <t>İslam şəriətinin insanın zahiri görünüşünə önəm verməsi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8914</t>
   </si>
   <si>
     <t>تلك الكلمة من الحق يخطفها الجني فيقرها في أذن وليه قر الدجاجة، فيخلطون فيها أكثر من مائة كذبة</t>
   </si>
   <si>
     <t>Bu, cinlərin səmada haqq sözünü eşidərək qapıb və dostlarının qulağına toyuğun dən yeyərkən qaqıldadığı kimi qaqıldayaraq eşitdiklərini onlara xəbər verməsidir,  üstəlik ötürdükləri məlumata yüz yalan qatarlar.”</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سَأَلَ أُنَاسٌ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْكُهَّانِ، فَقَالَ لَهُمْ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسُوا بِشَيْءٍ» قَالُوا: يَا رَسُولَ اللهِ، فَإِنَّهُمْ يُحَدِّثُونَ أَحْيَانًا بِالشَّيْءِ يَكُونُ حَقًّا، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ».</t>
   </si>
   <si>
     <t>Aişədən (Allah ondan razı olsun) belə dediyi rəvayət edilir: İnsanlar Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) kahinlər haqqında soruşdular. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) onlara dedi: "Onların dəyəri yoxdur." Dedilər: Ey Allahın Rəsulu,  bəzən onların söylədikləri doğru çıxır. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu:Bu, cinlərin səmada haqq sözünü eşidərək qapıb və dostlarının qulağına toyuğun dən yeyərkən qaqıldadığı kimi qaqıldayaraq eşitdiklərini onlara xəbər verməsidir,  üstəlik ötürdükləri məlumata yüz yalan qatarlar.”</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الذين يُخبِرون عن المُغيبات في المستقبل، فقال: لا تَعْبَؤُوا بهم، ولا تأخذوا بكلامهم، ولا يَهُمّكم أمرُهم. 
@@ -11448,95 +11439,95 @@
   </si>
   <si>
     <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
   </si>
   <si>
     <t>Ömər (Allah ondan razı olsun) xəbər verir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) zərurət olmadığı halda, sözdə və əməldə çətinliyə səbəb olan hər şeyi qadağan etmişdir.</t>
   </si>
   <si>
     <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
 ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
 الإسلام دين يسر.</t>
   </si>
   <si>
     <t>Qadağan edilən dərinə getmək arasında: Çox sual vermək və ya kiminsə bilmədiyi məsələlərdə onu həmin məsələlərlə çətinliyə salmaq və ya Allahın bəxş etdiyi geniş və asan bir məsələdə sərt olub, onu daraldıb çətinə salmaq.
 ​
 Müsəlman sözündə, əməlində: yeməyində, içməyində və  bütün hallarda özünü yumşaqlığa və çətinləşdirməməyə alışdırmalıdır.
 İslam asanlıq dinidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8945</t>
   </si>
   <si>
     <t>لا تدخل الملائكة بيتا فيه كلب ولا صورة</t>
   </si>
   <si>
-    <t>“İçində it və şəkil olan evə mələklər girməz.”</t>
+    <t>“İçində it və şəkil olan evə mələklər girməz”</t>
   </si>
   <si>
     <t>عَنْ أَبِي طَلْحَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَدْخُلُ المَلاَئِكَةُ بَيْتًا فِيهِ كَلْبٌ وَلاَ صُورَةٌ».</t>
   </si>
   <si>
-    <t>Əbu Talhadan (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: “İçində it və şəkil olan evə mələklər girməz.”</t>
+    <t>Əbu Talhadan (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: “İçində it və şəkil olan evə mələklər girməz”.</t>
   </si>
   <si>
     <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ ملائكة الرحمة لا تدخل بيتًا فيه كلبٌ ولا صورة ذَوَات الأرواح؛ 
 وذلك أن صورة ما فيه روح: معصية فاحشة، وفيها مضاهاة لخلق الله، ووسيلة من وسائل الشرك، وبعضها صورة ما يعبد من دون الله، 
 وأما سبب امتناعهم من بيت فيه كلب: لكثرة أكله النجاسات، ولأن بعضها يُسمى شيطانًا؛ والملائكة ضد الشياطين، 
 ولقبح رائحة الكلب؛ والملائكة تكره الرائحة القبيحة، ولأنها منهيٌّ عن اتخاذها؛ فعُوقِب متخذها بحرمانه دخول ملائكة الرحمة بيته، وصلاتها فيه، واستغفارها له، وتبريكها عليه وفي بيته، ودفعها أذى الشيطان عنه.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verdi ki, rəhmət mələkləri, içində it və ya ruhu olan canlıların şəkli olan evə girməzlər. Çünki ruhu olan bir canlının şəklini çəkmək böyük günahdır və onda Allahın yaratmasına bənzəmək  və şirkə aparan vasitələrdən bir vasitə vardır, bəziləri isə Allahdan başqa ibadət edilən şeylərin şəklidir. İt olan evdən çəkinmələrinin səbəbinə gəlincə: İtlərin çox nəcasət yediyinə və bəzilərinin şeytan adlandırıldığına görədir;  mələklər isə şeytanların ziddidir. Həmçinin itin pis iyili olmasına görədir;  mələklər isə pis qoxunu sevmirlər,  həmçinin it saxlamağın şəriət tərəfindən qadağan edilməsinə görədir; buna  görə də, it saxlayan şəxs, rəhmət mələklərinin evinə daxil olmalarından, orada namaz qılmaqlarından, onun üçün bağışlanma diləməklərindən, ona və evinə xeyir-dua verməklərindən və şeytanın pisliyini ondan dəf etməklərindən məhrum olunmaqla cəzalandırılır.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verdi ki, rəhmət mələkləri, içində it və ya ruhu olan canlıların şəkli olan evə girməzlər. Çünki ruhu olan bir canlının şəklini çəkmək böyük günahdır və onda Allahın yaratmasına bənzəmək və şirkə aparan vasitələrdən bir vasitə vardır, bəziləri isə Allahdan başqa ibadət edilən şeylərin şəklidir. İt olan evdən çəkinmələrinin səbəbinə gəlincə: İtlərin çox nəcasət yediyinə və bəzilərinin şeytan adlandırıldığına görədir;  mələklər isə şeytanların ziddidir. Həmçinin itin pis iyili olmasına görədir;  mələklər isə pis qoxunu sevmirlər, həmçinin it saxlamağın şəriət tərəfindən qadağan edilməsinə görədir; buna görə də, it saxlayan şəxs, rəhmət mələklərinin evinə daxil olmalarından, orada namaz qılmaqlarından, onun üçün bağışlanma diləməklərindən, ona və evinə xeyir-dua verməklərindən və şeytanın pisliyini ondan dəf etməklərindən məhrum olunmaqla cəzalandırılır.</t>
   </si>
   <si>
     <t>تحريم اقتناء الكلب إلا كلب صيد أو ماشية أو زرع.
 اتخاذ الصور من الأمور الخبيثة التي تَنْفِر منها الملائكة، ويكون وجودها في المكان سبب لحرمان الرحمة، ومثل ذلك الكلب.
 الملائكة الذين لا يدخلون بيتًا فيه كلب أو صورة هم ملائكة الرحمة، وأما الحَفَظَة وغيرُهم ممن لهم وظيفة كمَلَك الموت فيدخلون في كل بيت.
 تحريم تعليق صور ذوات الأرواح على الجدران وغيرها.
 قال الخطابي: وإنما لا تدخل الملائكة بيتًا فيه كلب أو صورة مما يحرم اقتناؤه من الكلاب والصور، فأما ما ليس بحرام من كلب الصيد والزرع والماشية والصورة التي تمتهن في البساط والوسادة وغيرهما فلا يمتنع دخول الملائكة بسببه.</t>
   </si>
   <si>
     <t>Ov, mal-qara və ya əkin üçün olan it istisna olmaqla, it saxlamaq haramdır.
 Şəkil saxlamaq mələklərin nifrət etdiyi pis əməllərdəndir və it məsələsində olduğu kimi, şəkillərin də müəyyən bir məkanda olması, oranın rəhmətdən məhrum olmasına səbəbdir.
 İçərisində it və ya şəkil olan evə girməyən mələklər rəhmət mələkləridir, lakin qoruyucu mələklər və ölüm mələyi kimi müəyyən bir vəzifəsi olan digər mələklər isə hər evə daxil olurlar.
 Ruhu olan canlıların şəkillərini divarlardan və başqa yerlərdən asmağın qadağan olması.
-Xəttabi demişdir: Mələklər yalnız, saxlanması haram olan it və   şəkillərin olduğu evə girməzlər. Lakin ov, əkin və ya mal-qara üçün saxlanılan it, eləcə də xalça, yastıq və s. kimi yerlərdə tapdanan və istifadə olunan (hörmət edilməyən) şəkillər bu hökmə daxil deyil, mələklərin belə evlərə girməsinə mane olmaz”.</t>
+Xəttabi demişdir: "Mələklər yalnız, saxlanması haram olan it və şəkillərin olduğu evə girməzlər. Lakin ov, əkin və ya mal-qara üçün saxlanılan it, eləcə də xalça, yastıq və s. kimi yerlərdə tapdanan və istifadə olunan (hörmət edilməyən) şəkillər bu hökmə daxil deyil, mələklərin belə evlərə girməsinə mane olmaz”.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8950</t>
   </si>
   <si>
     <t>لا تصحب الملائكة رفقة فيها كلب ولا جرس</t>
   </si>
   <si>
-    <t>“Aralarında it və  zəng olan bir camaata mələklər yoldaşlıq etməz</t>
+    <t>“Aralarında it və zəng (zınqırov) olan bir camaata mələklər yoldaşlıq etməz</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: “Aralarında it və  zəng olan bir camaata mələklər yoldaşlıq etməz."</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: “Aralarında it və zəng (zınqırov) olan bir camaata mələklər yoldaşlıq etməz."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الملائكةَ لا تُرافِق صحبةً في سفرٍ وفي رُفْقَتِهم كلبٌ، أو الجرس الذي يُعلّق على الدوابِّ فيُحْدِث صوتًا إذا تَحرَّكت.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, səfərdə olan bir qrup insanı it və ya heyvanların üstündən asılan və hərəkət etdikdə səs çıxaran zəng müşayiət edərsə, mələklər onlara yoldaşlıq etməz.</t>
   </si>
   <si>
     <t>النهي عن اقتناء الكلاب واستصحابها، ويستثنى من النهي كلبُ الصَّيد أو الحِراسة.
 الملائكة الذين يَمتنعون عن المرافقة هم ملائكة الرحمة، أما الحَفَظَة فهم لا يفارقون العِباد في حِلِّهم وتَرْحَالهم.
 النهي عن الجَرَس؛ لأنه مِزْمَار مِن مَزَامِيْر الشيطان، وفيه تَشَبُّه بناقوس النصارى.
 على المسلم أن يحرص على الابتعاد عن كلِّ ما مِن شأنه إبعاد الملائكة عنه.</t>
   </si>
   <si>
     <t>Ovçu və ya gözətçi itləri istisna olmaqla, itlərə sahib olmaq və saxlamaq qadağandır.
 Yoldaşlıq etməkdən çəkinən mələklər rəhmət mələkləridir, əməlləri yazan mələklərə gəlincə, onlar qulları məskənlərində də, səfərlərində də tərk etmirlər.
 Zənglərin qadağan edilməsi; çünki o şeytanın çalğı alətlərindən biridir və xristianların ibadətə çağırış alətinə bənzəyir.
 Müsəlman mələkləri ondan uzaqlaşdıracaq hər şeydən uzaq durmağa həris olmalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8951</t>
   </si>
   <si>
     <t>لا تحلفوا بالطواغي، ولا بآبائكم</t>
   </si>
@@ -11668,116 +11659,116 @@
   <si>
     <t>تأكُّد استحباب غُسل يوم الجمعة على كلِّ رجل مسلم بالغ.
 النَّظافة وإزالة الروائح الكَريهة مطلوبة شرعًا للمسلم.
 تعظِيم يوم الجمعة، والاستعداد له.
 تأكيد استحباب الاسْتِيَاك للجمعة.
 استحباب التطيُّب بأيِّ رائحة عطرية طيبة قبل الذهاب للجمعة.
 المرأة إذا خرجت من بيتها للصلاة أو غيرها، فلا يجوز لها التَّطَيُّب؛ لدلالة السُّنة على تحريم ذلك.
 المحتلم هو البالغ، والبلوغ يحصل بعلامات، ثلاث منها يشترك فيها الرجل والمرأة وهي: الأولى: إكمال خمس عشرة سنة، والثانية: إذا نَبَتَ الشعر الخشن حول الفرج، والثالثة: إنزل المني بالاحتلام أو بالشهوة ولو بغير احتلام، وأما العلامة الرابعة فهي تخص المرأة وهي: الحيض، فإذا حاضت المرأة صارت بالغة.</t>
   </si>
   <si>
     <t>Hər bir yetkin müsəlman kişinin cümə günü qüsl almağının müstəhəb olduğu təkid edilmişdir.
 Təmizlik və xoşagəlməz qoxuları aradan qaldırmaq İslam  şəriəti tərəfindən müsəlmandan tələb edilən bir şeydir.
 Cümə gününü təzim etmək (ucaltmaq) və ona hazırlıq görmək.
 Cümə namazı üçün misvakdan istifadə etməyin müstəhəb olması təkid edilmişdir.
 Cümə namazına getməzdən əvvəl hər hansı bir xoş iyisi olan ətirdən istifadə etməyin müstəhəbliyi.
 Qadın evindən namaz və ya digər bir şey üçün çıxarsa, ona ətirlənmək olmaz. Çünki, şəriət bunun haram olduğunu bildirmişdir.
 (Hədisdə keçən) muhtəlim həddi-buluğa çatan şəxsdir və bu bəzi əlamətlərlə baş verir. Onlardan üçü kişi və qadınlar üçün ortaq olan əlamətlərdir: birincisi: on beş yaşın tamamlanması, ikincisi: cinsiyyət üzvünün ətrafında qalın tüklərin çıxması, üçüncüsü: yuxu və ya şəhvət ilə spermanın çıxması. Dördüncü əlamət isə qadına xasdır və bu heyzdir: Əgər qadın heyz görərsə, həddi buluğa çatmış olur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10036</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم كان إذا خرج من الغائط قال: غفرانك</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ayaqyolundan çıxdıqda-"Ğufranəkə" deyərdi</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ayaqyolundan çıxdıqda - "Ğufranəkə" deyərdi</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤْمنينَ رَضيَ اللهُ عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا خَرَجَ مِنَ الغَائِطِ قَالَ: «غُفْرَانَكَ».</t>
   </si>
   <si>
-    <t>Möminlərin anası Aişədən (Allah ondan razı olsun) belə nəql edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ayaqyolundan çıxdıqda-"Ğufranəkə" deyərdi.</t>
+    <t>Möminlərin anası Aişədən (Allah ondan razı olsun) belə nəql edilir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ayaqyolundan çıxdıqda - "Ğufranəkə" deyərdi.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا خَرَجَ مِن قَضاء حاجتِه مِن الغائط قال: أسألُك (غُفرانَك) يا الله.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun)   ehtiyacını ödədikdən sonra ayaqyolundan  çıxanda belə deyərdi: “(Ğufranəkə) Allahım, səndən məni bağışlamanı istəyirəm."</t>
   </si>
   <si>
     <t>استحباب قول: "غُفرانَك" بعد الخروج من مَحلِّ قضاء الحاجة.
 استغفار النبيِّ صلى الله عليه وسلم لربّه في جميع الأحوال.
 قيل في سبب طلب المغفرة بعد قضاء الحاجة: من التقصير في شكر نعم الله الكثيرة ومنها تيسير خروج ما يؤذي، وأطلب مغفرتَك أن انشغلت عن ذكرِك وقت قضاء الحاجة.</t>
   </si>
   <si>
     <t>Ayaqyolundan çıxdıqdan sonra: «غُفرانَك» [Ğufranəkə] “(Allahım!) Məni bağışla!” deməyin müstəhəb olması.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bütün hallarda Rəbbindən bağışlanma istəməsi.
 Təbii ehtiyacı  ödədikdən sonra bağışlanma diləməyin səbəbi haqqında deyilib: Allahın çoxlu nemətlərinə şükür etməkdəki naqisliyə görə, məsələn, zərərli şeylərin bədəndən çıxmasının  asanlaşdırması nemətinə görə və ehtiyacın aradan qaldırılması zamanı səni xatırlamaqdan yayındığıma görə bağışlama diləyirəm.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10046</t>
   </si>
   <si>
     <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
   </si>
   <si>
     <t>Kim Allahdan başqa məbud olmadığına və Muhəmmədin Allahın rəsulu olduğuna ürəkdən ixlasla şəhadət edərsə, Allah cəhənnəmi ona haram edər</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَمُعَاذٌ رَدِيفُهُ عَلَى الرَّحْلِ قَالَ: «يَا مُعَاذُ بْنَ جَبَلٍ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، قَالَ: «يَا مُعَاذُ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، ثَلَاثًا، قَالَ: «مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ»، قَالَ: يَا رَسُولَ اللهِ، أَفَلَا أُخْبِرُ بِهِ النَّاسَ فَيَسْتَبْشِرُوا؟ قَالَ: «إِذًا يَتَّكِلُوا». وَأَخْبَرَ بِهَا مُعَاذٌ عِنْدَ مَوْتِهِ تَأَثُّمًا.</t>
   </si>
   <si>
-    <t>Malik bin Ənəsdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Bir gün Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) səfərdə yəhər üzərində arxasına aldığı yol yoldaşı Muaza üç dəfə: “Ey Muaz ibn Cəbəl” deyə səslənir , Muaz da 3 dəfə : “Buyur, ey Allahın Rəsulu, əmrindəyəm.” deyə cavab verir. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) isə deyir:“ Kim Allahdan başqa məbud olmadığına və Muhəmmədin Allahın rəsulu olduğuna ürəkdən ixlasla şəhadət edərsə, Allah cəhənnəmi ona haram edər Bu zaman Muaz soruşur: "Ey Allahın Rəsulu, bu şad xəbəri insanlara çatdırımmı, sevinsinlər? Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurur: “Onda insanlar arxayınlaşarlar.”  Yalnız ölümünə yaxın Muaz - elmi gizlətmək günahından- qurtulmaq üçün bu bilgini xəbər vermişdir.</t>
+    <t>Malik bin Ənəsdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Bir gün Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) səfərdə yəhər üzərində arxasına aldığı yol yoldaşı Muaza üç dəfə: “Ey Muaz ibn Cəbəl” - deyə səslənir, Muaz da 3 dəfə: “Buyur, ey Allahın Rəsulu, əmrindəyəm” - deyə cavab verir. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) isə deyir:“Kim Allahdan başqa məbud olmadığına və Muhəmmədin Allahın rəsulu olduğuna ürəkdən ixlasla şəhadət edərsə, Allah cəhənnəmi ona haram edər". Bu zaman Muaz soruşur: "Ey Allahın Rəsulu, bu şad xəbəri insanlara çatdırımmı, sevinsinlər?". Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurur: “Onda insanlar arxayınlaşarlar”.  Yalnız ölümünə yaxın Muaz - elmi gizlətmək günahından - qurtulmaq üçün bu bilgini xəbər vermişdir.</t>
   </si>
   <si>
     <t>كان معاذ بن جبل رضي الله عنه راكبًا خَلْفَ النبيِّ صلى الله عليه وسلم على دابته، فناداه: يا معاذ؟ وكرر النداء له ثلاث مرات؛ تأكيدًا لأهمية ما سيقوله له.
 وكل ذلك يجيبه معاذ رضي الله عنه بقوله: «لبيك يا رسول الله وسعديك»، أي: أُجِيبُك يا رسول الله إجابةً لك بعد إجابة، وطلبتُ السعادةَ لإجابتِك.
 فأخبره صلى الله عليه وسلم أنه ما من أحد يشهد أن لا إله إلا الله، أي: لا معبود بحق إلا الله، وأن محمدًا رسول الله، صِدْقًا من قلبه غير كاذب، فإنْ مات على هذه الحال حَرَّمه الله على النار.
 فسَألَ معاذٌ رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُخبِر الناسَ ليَفرَحوا ويستبشروا خيرًا؟
 فخشي النبي صلى الله عليه وسلم أن يَتَّكلوا عليها، ويَقِلَّ عَمَلُهُم.
 فلم يُحَدِّثْ بها معاذٌ أحدًا إلا قبل موتِهِ؛ مَخافةَ الوقوع في إثمِ كِتْمَانِ العِلْم.</t>
   </si>
   <si>
-    <t>Muaz bin Cəbəl (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) arxasında onun miniyinin (heyvanının) üzərində idi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona deyəcəklərinin əhəmiyyətini vurğulamaq üçün üç dəfə: «Ey Muaz?" -deyə səsləndi
-[...2 lines deleted...]
-Və Muaz Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) soruşur ki, bu xəbəri  insanlara  çatdırımmı ki, sevinsinlər və bu onlar üçün müjdə olsun?
+    <t>Muaz bin Cəbəl (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) arxasında onun miniyinin (heyvanının) üzərində idi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona deyəcəklərinin əhəmiyyətini vurğulamaq üçün üç dəfə: «Ey Muaz?" - deyə səsləndi.
+Hər dəfə ona səsləndikdə Muaz: "Buyur, Ey Allahın rəsulu, əmrindəyəm" deyə cavab verir. Yəni - "təkrar-təkrar sənin çağırışına cavab verirəm və bu cavabla səadət diləyirəm" demək istəyir.
+Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ona xəbər verdi ki, Allahdan başqa ibadətə layiq ilah olmadığına, yəni Allahdan başqa həqiqi məbud olmadığına və Məhəmmədin Allahın Rəsulu olduğuna sidq-qəlblə, yalan olmadan şəhadət verən hər kəs bu halı üzrə ölərsə Allah ona cəhənnəmi haram edər.
+Və Muaz Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) soruşur ki, bu xəbəri  insanlara çatdırımmı ki, sevinsinlər və bu onlar üçün müjdə olsun?
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) insanların buna arxayınlaşıb, əməllərini azaltmaqlarından qorxdu.
-Muaz yalnız ölümünə yaxın- elmi gizlətmək günahına batmasından  qorxaraq - bunu  insanlara xəbər verir.</t>
+Muaz yalnız ölümünə yaxın - elmi gizlətmək günahına batmasından  qorxaraq - bunu  insanlara xəbər verir.</t>
   </si>
   <si>
     <t>تواضع النبي صلى الله عليه وسلم في إردافه معاذًا خلفه على دابته.
 طريقة تعليم النبي صلى الله عليه وسلم، حيث كرر المناداة لمعاذ ليَشُدَّ انتباهَه لِمَا سيقول.
 من شروط شهادة: أن لا إله إلا الله وأن محمدًا رسول الله أنْ يكون قائلها صادقًا متيقنًا غير كاذب أو شاك.
 أهل التوحيد لا يُخلَّدون في نار جهنم، وإن دخلوها بسبب ذنوبهم؛ أخرجوا منها بعد أن يطهروا .
 فضل الشهادتين لمن قالها صادقًا.
 جواز ترك التحديث بحديثٍ في بعض الأحوال إذا ترتب عليه مفسدة.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) Muazı, öz miniyndə arxasına alması, onun təvözakarlığının göstəricisidir.
-Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) təlim üslubu, belə ki,  Muazı bir neçə dəfə səsləyərək söyləcəyi mövzuya diqqətini cəlb etmək metodu.
+Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) təlim üslubu, belə ki, Muazı bir neçə dəfə səsləyərək söyləcəyi mövzuya diqqətini cəlb etmək metodu.
 Şəhadətin şərtlərindən: Allahdan başqa ibadətə layiq ilah olmadığını və Məhəmmədin Allahın Rəsulu olduğunu, yalan saymadan, sidq-qəlblə və  şübhə olmadan əminliklə söyləməkdir.
 Tövhid əhli cəhənnəm odunda əbədi qalmayacaqlar, günahlarına görə ora daxil olsalar belə, təmizləndikdən  sonra oradan çıxarılacaqlar.
 Şəhadət kəliməsinin sidq ürəklə deyən kəs üçün fəziləti.
 Hədisi söyləmək fəsad doğuracaqsa, bəzi hallarda onu  söyləməmək icazəlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10098</t>
   </si>
   <si>
     <t>المسلم من سلم المسلمون من لسانه ويده، والمهاجر من هجر ما نهى الله عنه</t>
   </si>
   <si>
     <t>Müsəlman o kəsdir ki, digər müsəlmanlar onun dilindən və əlindən əmin-amanlıqda olar, mühacir isə Allahın haram etdiklərini tərk edəndir”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ».</t>
   </si>
   <si>
     <t>Abdullah ibn Amrdan (Allah onların hər ikisindən razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Müsəlman o kəsdir ki, digər müsəlmanlar onun dilindən və əlindən əmin-amanlıqda olar, mühacir isə Allahın haram etdiklərini tərk edəndir”.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ كاملَ الإسلامِ هو مَن سَلِم المسلمون من لسانه فلا يَسُبُّهم، ولا يَلعنُهم، ولا يغتابهم، ولا يسعى بينهم بأيِّ نوع من أنواع الأذى بلسانه، 
 وسلِموا مِن يده فلا يَعتدي عليهم، ولا يأخذ أموالَهم بغير حق، وما أشبه ذلك، 
 والمهاجر من ترك ما حرَّم الله تعالى.</t>
   </si>
@@ -11791,229 +11782,228 @@
 أفضل المسلمين مَن أدَّى حقوق الله تعالى وحقوق المسلمين.
 الاعتداء قد يكون قولًا أو فعلًا.
 الهجرة الكاملة هي هَجْرُ ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>İslamın kamilliyi, yalnız başqalarına maddi və mənəvi zərər verməməklə hasil olur.
 Dilin və əlin xüsusi olaraq qeyd edilməsi, onların çoxlu xəta və zərərlərinə görədir. Çünki, şərlərin çoxu onlardan çıxır.
 Günahları tərk etməyə və Uca Allahın əmr etdiklərini yerinə yetirməyə təşviq.
 Müsəlmanların ən üstünü Uca Allahın haqqını və müsəlmanların haqlarını yerinə yetirəndir.
 Başqalarının haqlarını tapdalamaq, sözlə və ya əməllə ola bilər.
 Kamil hicrət, Uca Allahın haram etdiklərini tərk etməkdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10101</t>
   </si>
   <si>
     <t>ينزل ربنا تبارك وتعالى كل ليلة إلى السماء الدنيا حين يبقى ثلث الليل الآخر</t>
   </si>
   <si>
     <t>Hər gecə uca və müqəddəs Rəbbimiz gecənin son üçdə birində dünya səmasına enərək</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ، يَقُولُ: «مَنْ يَدْعُونِي فَأَسْتَجِيبَ لَهُ؟ مَنْ يَسْأَلُنِي فَأُعْطِيَهُ؟ مَنْ يَسْتَغْفِرُنِي فَأَغْفِرَ لَهُ؟».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun  (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: Hər gecə uca və müqəddəs Rəbbimiz gecənin son üçdə birində dünya səmasına enərək deyir: “Mənə dua edən varmı duasını qəbul edim? Məndən istəyən varmı ona istədiyini verim?  Məndən bağışlanma diləyən varmı onu bağışlayım?"</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun  (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: "Hər gecə uca və müqəddəs Rəbbimiz gecənin son üçdə birində dünya səmasına enərək deyir: “Mənə dua edən varmı duasını qəbul edim? Məndən istəyən varmı ona istədiyini verim?  Məndən bağışlanma diləyən varmı onu bağışlayım?".</t>
   </si>
   <si>
     <t>بيَّن النبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ اللهَ تَبارَك وتعالَى يَنزِلُ كلَّ لَيلةٍ إلى السماء الدنيا حِينَ يَبْقى الثُّلثُ الأخيرُ مِن اللَّيل، ويُرَغِّبُ عبادَه أن يَدْعُوْهُ، فهو يَستجيب لمَن دَعاه، ويَحُثُّهم أن يَسألوه ما يُريدون، فهو يُعطي مَن سأله، ويَنْدُبُهم أنْ يَستغفروه مِن ذنوبِهم فهو يَغفِرُ لعبادِه المؤمنين.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, hər gecə, uca və müqəddəs Rəbbimiz gecənin son üçdə bir hissəsində dünya səmasına enərək, qullarını Ona dua etməyə çağırır, çünki O qulun duasını qəbul edəndir. İstəklərini Ondan  diləməyə təşviq edir, çünki O istəkləri yerinə yetirəndir. Günahlarının bağışlamasını Ondan diləməyə çağırır, çünki O mömin qullarını bağışlayandır.</t>
   </si>
   <si>
     <t>فضل الثلث الأخير من الليل والصلاة والدعاء والاستغفار فيه.
 ينبغي للإنسان عند سماع هذا الحديث أن يكون شديد الحرص على اغتنام أوقات الإجابة للدعاء.</t>
   </si>
   <si>
     <t>Gecənin son üçdə biri hissəsinin fəziləıtinə görə həmin vaxt namazın, duanın və istiğfarın önəmli olması.
 İnsan bu hədisi eşitdikdə duanın qəbul olma vaxtlarından faydalanmağa həris olmalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10412</t>
   </si>
   <si>
     <t>لا تسافر المرأة مسيرة يومين إلا ومعها زوجها أو ذو محرم</t>
   </si>
   <si>
     <t>Yanında əri və ya məhrəmi olmayan qadın iki günlük məsafəyə yola çıxmasın</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ -وَكَانَ غَزَا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ثِنْتَيْ عَشْرَةَ غَزْوَةً- قَالَ: سَمِعْتُ أَرْبَعًا مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَعْجَبْنَنِي، قَالَ: «لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ، وَلاَ صَوْمَ فِي يَوْمَيْنِ: الفِطْرِ وَالأَضْحَى، وَلاَ صَلاَةَ بَعْدَ الصُّبْحِ حَتَّى تَطْلُعَ الشَّمْسُ، وَلاَ بَعْدَ العَصْرِ حَتَّى تَغْرُبَ، وَلاَ تُشَدُّ الرِّحَالُ إِلَّا إِلَى ثَلاَثَةِ مَسَاجِدَ: مَسْجِدِ الحَرَامِ، وَمَسْجِدِ الأَقْصَى، وَمَسْجِدِي هَذَا».</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ilə on iki döyüşdə iştirak etmiş Əbu Səid Əl-Xudridən (Allah ondan razı olsun) rəvayət edilir ki , o, demişdi: Mən Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) dörd söz eşitdim və mənim xoşuma gəldi. O, belə dedi: Yanında əri və ya məhrəmi olmayan qadın iki günlük məsafəyə yola çıxmasın İki gün: Fitr (Ramazan) və Qurban bayramı günləri oruc tutulmaz. Sübh namazından sonra günəş çıxana qədər və əsr namazından sonra günəş batana qədər namaz yoxdur. (İbadət üçün) üç  məsciddən başqasına səfər edilməz: Məscidul-Həram, Məscidul-Əqsa və mənim bu məscidim.”</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ilə on iki döyüşdə iştirak etmiş Əbu Səid Əl-Xudridən (Allah ondan razı olsun) rəvayət edilir ki , o, demişdi: Mən Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) dörd söz eşitdim və mənim xoşuma gəldi. O, belə dedi: "Yanında əri və ya məhrəmi olmayan qadın iki günlük məsafəyə yola çıxmasın. İki gün: Fitr (Ramazan) və Qurban bayramı günləri oruc tutulmaz. Sübh namazından sonra günəş çıxana qədər və əsr namazından sonra günəş batana qədər namaz yoxdur. (İbadət üçün) üç  məsciddən başqasına səfər edilməz: Məscidul-Həram, Məscidul-Əqsa və mənim bu məscidim".</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عَن أربعة أمور: 
 أولها: منع المرأة من السفر مَسيرة يومين بدون زوجِها أو أحدٍ محارمِها وهو مَن حَرُمتْ عليه تحريمًا مؤبدًا مِن الأقارب، كالابن والأب، وابن الأخ وابن الأخت، والعم والخال، ونحو ذلك. 
 ثانيها: النهي عن صوم يوم عيد الفطر ويوم عيد الأضحى، وسواء صامهما المسلم عن نَذْر، أو تطوُّع، أو كفارة. 
 ثالثها: النهي عن صلاة التطوع بعد صلاة العصر حتى تغرب الشمس، وبعد طلوع الصبح حتى تطلع الشمس. 
 رابعها: النهي عن السفر إلى بُقْعَة من البِقاع واعتقاد فضلها واعتقاد مضاعفة الحسنات فيها غير هذه المساجد الثلاثة فلا تُشد الرحال لغيرها لأجل الصلاة فيها، فإنَّ الأجر لا يُضاعف إلا في هذه المساجد الثلاثة، المسجد الحرام، والمسجد النبوي، والمسجد الأقصى.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dörd şeyi qadağan etdi:
-Birincisi: Qadının, əri və ya məhrəmlərindən biri- oğul, ata, qardaş oğlu, bacı oğlu, əmi  və dayı kimi qadına evlənməsi  əbədiyyən haram olan kişilərdən biri-  olmadan iki günlük məsafəyə səfər etməsinin qadağan edilməsi.
+Birincisi: Qadının, əri və ya məhrəmlərindən biri - oğul, ata, qardaş oğlu, bacı oğlu, əmi və dayı kimi qadına evlənməsi  əbədiyyən haram olan kişilərdən biri - olmadan iki günlük məsafəyə səfər etməsinin qadağan edilməsi.
 İkincisi: İstər nəzir, istər nafilə, istərsə də kəffarə orucu olsun, Ramazan bayramı və Qurban bayramı günü müsəlmanın oruc tutmasının qadağan edilməsi.
 Üçüncüsü: Əsr namazından sonra günəş batana qədər və sübh namazından sonra günəş çıxana qədər nafilə namazı qılmağın qadağan edilməsi.
-Dördüncüsü: Bu üç məsciddən başqa hər hansı bir yerə səfər etmək, oranın fəzilətli olduğuna inanmaq və orada yaxşı əməllərin savabının qat-qat artacağına inanmaq qadağandır. Ona görə namaz qılmaq üçün başqa yerlərə səfər etməyin, çünki savab yalnız  bu üç məsciddə, Məscidul-Həram, Peyğəmbər məscidi və Məscidul-Əqsada qat-qat artıq yazılır.</t>
+Dördüncüsü: Bu üç məsciddən başqa hər hansı bir yerə səfər etmək, oranın fəzilətli olduğuna inanmaq və orada yaxşı əməllərin savabının qat-qat artacağına inanmaq qadağandır. Ona görə namaz qılmaq üçün başqa yerlərə səfər etməyin, çünki savab yalnız bu üç məsciddə, Məscidul-Həram, Peyğəmbər məscidi və Məscidul-Əqsada qat-qat artıq yazılır.</t>
   </si>
   <si>
     <t>عَدم جواز سَفر المرأة بلا مَحْرم.
 المرأة ليست محرمًا للمرأة في السَّفر؛ لقوله: "زوجُها أو ذو محرم".
 كلُّ ما يُسمى سفرًا فإن المرأة تُنهى عنه بغير زوج أو مَحرم، وهذا الحديث كان بحسب حال السائل وموطنه.
 مَحْرَم المرأة هو زوجها أو من يحرم عليها الزواج منه بالتأبيد بسببِ قرابةٍ كالأب والابن والعم والخال، أو رضاع كالأب من الرضاع والعم من الرضاع، أو مصاهرة كأبي الزوج، ويكون مسلمًا بالغًا عاقلًا ثقة مأمونًا، فإنَّ المقصود من المحرم حمايةُ المرأة وصيانتُها والقيام بشأنها.
 اعتناء الشريعة الإسلامية بالمرأة، وحمايتها وصَونها.
 عدم صحة صلاة التطوع المُطْلق بعد صلاة الفجر والعصر، ويُستثنى مِن ذلك قضاء الفرائض الفوائت، وذوات الأسباب كتحيَّة المسجد ونحو ذلك.
 تَحْرُم الصلاة بعد طلوع الشمس مباشرة، بل لابد من ارتفاعها قَدْرَ رمحٍ، بما يُقارب عشرَ دقائق إلى ربع ساعة تقريبًا.
 وقت العصر يَمتدُّ إلى غروب الشمس.
 فيه جواز شَد الرِّحال إلى المساجد الثلاثة.
 فضل المساجد الثلاثة ومَزِيَّتُها على غيرها.
 عدم جواز السفر لزيارة القبور ولو كان قَبر النبي صلى الله عليه وسلم، وتجوز زيارته لمن كان في المدينة، أو أتى إليها لغرضٍ مشروعٍ أو جائز.</t>
   </si>
   <si>
     <t>Qadının, yanında məhrəmi olmadan səfər etməsinin icazəli olmaması.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) "Əri və ya məhrəmi" sözünə əsasən, heç bir qadın səfərdə digər qadın üçün məhrəm deyil.
 Qadına, əri və məhrəmi olmadan səfər adlanan hər bir səyahətə çıxmaq qadağan edilir və bu hədis sual verənin vəziyyətinə və yaşayış yerinə uyğun olmuşdur.
 Qadının məhrəmi əri və ya ata, oğul, əmi və dayı kimi qohumluq əlaqəsinə görə evlənməsi həmişəlik haram olan  və ya süd atası, süd əmisi kimi süd vermə yolu ilə yaxud ərin atası kimi evlilik yolu ilə evlənməsi həmişəlik haram olan şəxslərdir. O (məhrəm oln kəs), həddi-buluğa çatmış, ağıllı, etibarlı və güvənilən müsəlman olmalıdır. (Səfərdə qadının yanında) məhrəmin olmasının məqsədi qadını himayə etmək, onu  qorumaq və onun işlərini yoluna qoymaqdır.
 İslam şəriətinin qadına verdiyi diqqət, onu himayə etməsi və onu qoruması.
-Sübh və əsr namazlarından  sonra qılınan  nafilə namazının səhih (doğru, keçərli) olmaması. Fərz namazlarının qəzaları, məscidə girərkən qılınan namaz və bunun kimi səbəblərə bağlı namazlar bundan istisnadır.
-[...1 lines deleted...]
-​
+Sübh və əsr namazlarından sonra qılınan  nafilə namazının səhih (doğru, keçərli) olmaması. Fərz namazlarının qəzaları, məscidə girərkən qılınan namaz və bunun kimi səbəblərə bağlı namazlar bundan istisnadır.
+Günəş çıxandan dərhal sonra namaz qılmaq qadağandır. Əksinə, günəşin nizə hündürlüyündə yüksəlməsi lazımdır. Bu da təxminən on dəqiqə ilə on beş dəqiqəyə qədər vaxta bərabərdir.
 Əsr namazının vaxtı günəşin batmasına qədər davam edir.
 Bu hədisdə üç məscidə səfər etməyin icazəli olmasına işarə vardır.
 Üç məscidin fəziləti və digərlərindən üstünlüyü.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) qəbri olsa da belə, qəbirləri ziyarət etmək üçün səfər etmək icazəli deyil. Mədinədə olan, yaxud şər'i və ya icazəli bir məqsədlə oraya gələn kəsə isə, o qəbiri ziyarət etmək icazəlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10603</t>
   </si>
   <si>
     <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
   </si>
   <si>
-    <t>Qəbirlər üzərində oturmayın və orada namaz qılmayın</t>
+    <t>Qəbirlər üzərində oturmayın və (orada) onların istiqamətində namaz qılmayın</t>
   </si>
   <si>
     <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
   </si>
   <si>
     <t>Əbu Mərsəd əl-Ğənəviydən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir:
-​ "Qəbirlər üzərində oturmayın və orada namaz qılmayın."</t>
+​ "Qəbirlər üzərində oturmayın və (orada) onların istiqamətində namaz qılmayın".</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
 كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) qəbirlər üzərində oturmağı qadağan etmişdir.
-Həmçinin qəbirlərə tərəf namaz qılmağı da qadağan etmişdir, belə ki, qəbir namaz qılanın qibləsi istiqamətində olarsa, bu  şirkə aparan vasitələrdən olur.</t>
+Həmçinin qəbirlərə tərəf namaz qılmağı da qadağan etmişdir, belə ki, qəbir namaz qılanın qibləsi istiqamətində olarsa, bu şirkə aparan vasitələrdən olur.</t>
   </si>
   <si>
     <t>النهي عن الصلاة في المقابر أو بينها أو إليها إلا صلاة الجنازة كما ثبت بالسنة.
 النهي عن الصلاة إلى القبور سَدًّا لذريعة الشرك.
 نهى الإسلام عن الغُلوِّ في القبور وعن امْتِهانها، فلا إفْرَاط ولا تَفْريط.
 حُرمة المُسلم باقية بعد موته، لقوله صلى الله عليه وسلم: (كَسْرُ عَظْمِ المَيّت كَكَسْرِه حيًّا).</t>
   </si>
   <si>
     <t>Qəbirstanlıqda, qəbirlər arasında, onlara tərəf namaz qılmaq qadağan edilmişdir və burada istisna olan cənazə namazıdır, necə ki bu öz təsdiqini sünnədə tapmışdır.
 Şirkə aparan vasitənin qarşısını almaq üçün, qəbirlər istiqamətində namaz qılmaq qadağan edilmişdir.
 İslam qəbirlərə münasibətdə həddi aşmağı və onlara hörmətsizlik etməyi, təhqir etməyi qadağan etmişdir. İfrata varmaq icazəli olmadığı kimi, onlara qarşı hörmətsizlik də etmək olmaz.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) "Ölünün sümüyünü sındırmaq, diri ikən onu sındırmaq kimidir"  buyruğuna əsasən müsəlmanın toxunulmazlığı ölümündən sonra da davam edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10647</t>
   </si>
   <si>
     <t>أولئك قوم إذا مات فيهم العبد الصالح، أو الرجل الصالح، بنوا على قبره مسجدا</t>
   </si>
   <si>
     <t>Onlar elə bir tayfadır ki, içərilərindən əməlisaleh bir qul və ya əməlisaleh kişi öldüyü zaman onun qəbri üzərində məscid tikərlər</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها: أَنَّ أُمَّ سَلَمَةَ ذَكَرَتْ لِرَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَنِيسَةً رَأَتْهَا بِأَرْضِ الْحَبَشَةِ، يُقَالُ لَهَا مَارِيَةُ، فَذَكَرَتْ لَهُ مَا رَأَتْ فِيهَا مِنَ الصُّوَرِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا، وَصَوَّرُوا فِيهِ تِلْكَ الصُّوَرَ، أُولَئِكَ شِرَارُ الْخَلْقِ عِنْدَ اللهِ».</t>
   </si>
   <si>
-    <t>Möminlərin anası Aişədən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Ummu Sələmə  Allahın Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) Həbəşistanda gördüyü Məriya adlanan bir kilsə və onun içərisində gördüyü təsvirlər barədə bəhs etdi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) isə buyurdu: “Onlar elə bir tayfadır ki, içərilərindən əməlisaleh bir qul və ya əməlisaleh kişi öldüyü zaman onun qəbri üzərində məscid tikərlər və həmin təsvirləri orada çəkərlər. Onlar Allah dərgahında məxluqatın ən şərlisi və ən pisidir."</t>
+    <t>Möminlərin anası Aişədən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Ummu Sələmə  Allahın Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) Həbəşistanda gördüyü Məriya adlanan bir kilsə və onun içərisində gördüyü təsvirlər barədə bəhs etdi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) isə buyurdu: “Onlar elə bir tayfadır ki, içərilərindən əməlisaleh bir qul və ya əməlisaleh kişi öldüyü zaman onun qəbri üzərində məscid tikərlər və həmin təsvirləri orada çəkərlər. Onlar Allah dərgahında məxluqatın ən şərlisi və ən pisidir".</t>
   </si>
   <si>
     <t>ذَكَرَتْ أُمُّ المؤمنين أُمُّ سَلَمَة رضي الله عنها للنبيِّ صلى الله عليه وسلم أنها لمَّا كانت بأرض الحَبَشة رأتْ كَنِيسة -يُقال لها مَارِيَة- فيها صورٌ وزَخارِفُ وتصاويرُ؛ تَعَجُّبًّا من ذلك! 
 فبَيَّنَ النبيُّ صلى الله عليه وسلم أسباب وضع هذه الصور؛ 
 فقال: إن هؤلاء الذين تذكرين كانوا إذا مات فيهم الرجلُ الصالحُ بَنَوا على قبره مَسجدًا يُصَلُّون فيه، وصَوَّرُوا تلك الصور، 
 وبَيَّنَ أنَّ فاعلَ ذلك شَرُّ الخلقِ عند الله تعالى؛ لأنَّ فِعلَه يؤدِّي إلى الشرك بالله تعالى.</t>
   </si>
   <si>
-    <t>Möminlərin anası Ummu Sələmə (Allahın salavatı və salamı onun üzərinə olsun) Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) Həbəşistan torpaqlarında  Mariyə adlanan və içərisində təsvirlər, bəzəklər olan kilsə gördüyünü söylədi və təəccübünü bildirdi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) da  bu təsvirlərin kilsədə yerləşdirmə səbəblərini izah etdi və buyurdu ki: Sənin qeyd etdiyin həmin toplumda, əgər bir nəfər saleh insan dünyasını dəyişərsə onun qəbri üzərində məscid  tikərlər, orada namaz qılarlar və həmin rəsmləri çəkərlər. Sonra da izah etdi ki, bunu edən uca Allahın qatında məxluqatın ən pisidir, çünki bu əməl uca Allaha şərik qoşmağa gətirib çıxarır.</t>
+    <t>Möminlərin anası Ummu Sələmə (Allah ondan razı olsun) Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) Həbəşistan torpaqlarında Mariyə adlanan və içərisində təsvirlər, bəzəklər olan kilsə gördüyünü söylədi və təəccübünü bildirdi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) da bu təsvirlərin kilsədə yerləşdirmə səbəblərini izah etdi və buyurdu ki: Sənin qeyd etdiyin həmin toplumda, əgər bir nəfər saleh insan dünyasını dəyişərsə onun qəbri üzərində məscid  tikərlər, orada namaz qılarlar və həmin rəsmləri çəkərlər. Sonra da izah etdi ki, bunu edən Uca Allahın qatında məxluqatın ən pisidir, çünki bu əməl Uca Allaha şərik qoşmağa gətirib çıxarır.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القُبور، أو الصلاة عندها، أو دَفن الموتى في المساجد؛ سَدَّا لذَريعة الشِّرك.
 بناء المساجد على القُبور، ونَصب الصُّور فيها، هو عمل اليَّهود والنَّصارى، وأنَّ من فعل هذا، فقد شَابَهَهم.
 تحريم اتخاذ الصُّور لذَوَات الأرواح.
 مَن بَنى مسجدًا على قَبر وصَوَّر فيه التصاوير، فهو مِن شَرِّ خَلْقِ الله تعالى.
 حِماية الشَّريعة لجَنَاب التوحيد حماية كاملة، بسد جميع الوسائل التي قد تُؤدي إلى الشِّرك.
  النهي عن الغلو في الصالحين؛ لأنه سببٌ للوقوع في الشرك.</t>
   </si>
   <si>
     <t>Şirkə aparan vasitələrin qarşısını almaq məqsədi ilə qəbirlər üzərində məscid tikməyin, orada namaz qılmağın və ya məscidlərdə cənazəni dəfn etməyin  haram olması.
 Məscidləri qəbirlər üzərində inşa etmək, orada təsvirlər həkk etmək yəhudi və xristianların əməllərindəndir, bunu edən isə onlara bənzəmiş olar.
 Ruhu olan yaradılmışların rəsmlərini çəkməyin haram olması.
 Kim qəbir üzərində məscid inşa edər, içərisində şəkillər çəkərsə, uca Allahın ən şərli məxluqlarındandır.
 Şəriətin, şirkə apara biləcək bütün vasitələrin qarşısını almaqla tövhid cinahını kamil surətdə himayə etməsi.
 Salehlərin şənini, zatını şişirtməyin qadağan edilməsi, çünki bu şirkə düşməyə səbəbdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10887</t>
   </si>
   <si>
     <t>أمرت أن أسجد على سبعة أعظم</t>
   </si>
   <si>
     <t>Mənə yeddi əza üzərində səcdə etmək əmr edildi</t>
   </si>
   <si>
     <t>عن ابنِ عَبَّاسٍ رضي الله عنهما عن النبيِّ صلى الله عليه وسلم قال: «أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ: عَلَى الْجَبْهَةِ وَأَشَارَ بِيَدِهِ عَلَى أَنْفِهِ، وَالْيَدَيْنِ، وَالرُّكْبَتَيْنِ، وَأَطْرَافِ الْقَدَمَيْنِ، وَلَا نَكْفِتَ الثِّيَابَ وَالشَّعَرَ».</t>
   </si>
   <si>
-    <t>İbn Abbasdan (Allah onların hər ikisindən razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Mənə yeddi əza üzərində səcdə etmək əmr edildi: Alın üzərinə -əli ilə də burununa işarə etdi-, iki əl, iki diz və iki ayağın ön tərəfdən uclarına və mənə namaz əsnasında saç və paltarı yığmamaq əmr edildi".</t>
+    <t>İbn Abbasdan (Allah onların hər ikisindən razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Mənə yeddi əza üzərində səcdə etmək əmr edildi: Alın üzərinə - əli ilə də burununa işarə etdi - iki əl, iki diz və iki ayağın ön tərəfdən uclarına və mənə namaz əsnasında saç və paltarı yığmamaq əmr edildi".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بأنَّ اللهَ أَمَرَه عند الصلاة أنْ يَسجُدَ على سبعةٍ من أعضاء الجسم؛ وهي: 
 أولاً: الجبهة: وهي: صفحة الوجه فوق الأنف والعينين، 
 وأشار صلى الله عليه وسلم بيده إلى أنفِه، مُبَيِّنًا أن الجَبْهةَ والأنف عضو واحد من السبعة، وتأكيدًا على أنَّ الساجِد يُلامِسُ بأنفِه الأرضَ. 
 العضو الثاني والثالث: اليدان. 
 الرابع والخامس: الرُّكْبتان. 
 السادس والسابع: أصابع القدمين. 
 وأَمَرَنا أنْ لا نَربِطَ شعورنًا، أو نَجمعَ ثيابَنا بعضَها على بعض عند السجود على الأرض صيانةً لها؛ بل نُرسِلُها حتى تقع على الأرض، فتسجد مع الأعضاء.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, Allah ona namazda bədənin yeddi əzası üzərində  səcdə etməyi əmr edir və bunlar:
-Birincisi: alın :  o, insan sifətinin yuxarı hissəsi, burun və gözlərin üstüdür. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) əli ilə burnuna işarə edərək bəyan edir ki, alınla burun birlikdə sözügedən yeddi əzadan biridir və bu işarə ilə əsaslandırır ki, səcdə edən burnu ilə mütləq yerə toxunmalıdır.
-İkinci və üçüncü əza: İki əldir
+Birincisi: alın: o, insan sifətinin yuxarı hissəsi, burun və gözlərin üstüdür. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) əli ilə burnuna işarə edərək bəyan edir ki, alınla burun birlikdə sözügedən yeddi əzadan biridir və bu işarə ilə əsaslandırır ki, səcdə edən burnu ilə mütləq yerə toxunmalıdır.
+İkinci və üçüncü əza: İki əldir.
 Dördüncü və beşinci isə dizlərdir.
 Altıncı və yeddinci isə ayaqların barmaqlarıdır.
-Hməçinin bizə saçlarımızı düyünləyib sarımamağı və səcdə edərkən paltarımızı yuxarı çəkib bir tərəfini digər tərəfin üzərinə yığmamağı, əksinə yerə dəyməsini və əzalarla birlikdə yerə səcdə etməsini əmr etdi.</t>
+Həməçinin bizə saçlarımızı düyünləyib sarımamağı və səcdə edərkən paltarımızı yuxarı çəkib bir tərəfini digər tərəfin üzərinə yığmamağı, əksinə yerə dəyməsini və əzalarla birlikdə yerə səcdə etməsini əmr etdi.</t>
   </si>
   <si>
     <t>وجوب السُّجود في الصلاة على الأعَضاء السَّبعة.
 كراهية جَمْعِ وضَمِّ الثَّوب والشَّعَر في الصلاة.
 يجب على المصلي أن يطمئن في صلاته، وذلك بأنْ يضع أعضاء السجود السبعة على الأرض، ويستقر عليها حتى يأتي بالذكر المشروع.
 النهيُ عن كَفِّ الشَّعَرِ خاصٌّ بالرجال دون النساء؛ لأن المرأة في الصلاة مأمورة بالتستر.</t>
   </si>
   <si>
     <t>Namazda yeddi əza üzərində səcdə etməyin vacibliyi.
 Namazda saçı və paltarı yığmağın məkruh olması.
 Namaz qılan namazında rahat olmalıdır, yeddi səcdə əzasını  yerə qoymalı və tələb olunan zikri deyənə qədər bu üzrə qalmalıdır.
 Saç yığmaq qadağası qadınlara yox kişilərə aiddir, çünki qadına namazda örtünmək əmr edilib.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10925</t>
   </si>
   <si>
     <t>إذا سجدت، فضع كفيك وارفع مرفقيك</t>
   </si>
   <si>
     <t>Səcdə etdiyin zaman əllərini yerə qoy və dirsəklərini qaldır</t>
   </si>
   <si>
     <t>عَنِ الْبَرَاءِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا سَجَدْتَ، فَضَعْ كَفَّيْكَ وَارْفَعْ مِرْفَقَيْكَ».</t>
   </si>
@@ -12023,342 +12013,342 @@
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم حالةَ اليدين في سجود الصلاة، وذلك بأن يُمَكِّنَ الكفَّين من الأرض ويضعها مضمومة الأصابع في اتجاه القبلة، ويكون المرفقان -مفصل الذراع والعضد- مُرتَفعَين عن ملامسة الأرض ومُفرجين عن الجنبين.</t>
   </si>
   <si>
     <t>Peyğəmbər (sallallahu aleyhi və səlləm) bu hədisdə namaz səcdəsi zamanı əllərin vəziyyətini izah etmişdir. Bu, əllərin ovuclarını yerə qoymaq və barmaqları birləşdirərək, onları qibləyə tərəf düz yönəltməklə, həmçinin  dirsəkləri -qol və çiyin arasındakı oynağı- yerdən qaldırmaq və bədəndən aralı tutmaqla edilir. ‏‏</t>
   </si>
   <si>
     <t>الواجب على المصلِّي أن يَضع كفَّيه على الأرض، والكفان عُضوان من أعضاء السُّجود السَّبعة.
 استحباب رفع الذِّراعين عن الأرض، وكراهة افتراشهما كما يَفترش السَّبع ذِراعيه.
 مشروعية إظهار النَّشاط والقوَّة والرَّغبة في العَبادة.
 المُصلِّي إذا اعتمد على جميع أعضاء السُّجود، أخذ كلُّ عُضوٍ حقَّه من العبادة.</t>
   </si>
   <si>
     <t>Namaz qılan şəxsin əllərini yerə qoyması vacibdir. Çünki əllər (yerə qoyulması gərəkən) yeddi səcdə əzasından biridir.
 Səcdə zamanı qolları yerdən qaldırmağın müstəhəb olması və yırtıcı heyvanın qollarını yerə sərdiyi kimi səcdədə qolları yerə sərməyin məkruh olması.
 İbadətdə fəallıq, qüvvət və rəğbət göstərilməsinin icazəli olması.
 Namaz qılan şəxs, bütün səcdə əzalarına etimad edərək səcdə etdikdə, bu zaman hər bir əza, ibadətdən öz payını götürmüş olur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10927</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: اللهم اغفر لي، وارحمني، وعافني، واهدني، وارزقني</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) iki səcdə arasında deyərdi:  "Allahumməğfirli, varhəmni, və afini, vəhdini vərzuqni"    (Allahım məni bağışla, mənə rəhm et və əfv et, məni doğru yola yönəlt və mənə ruzi yetir)</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) iki səcdə arasında deyərdi:  "Allahummə-ğfirli, varhəmni, və afini, vəhdini vərzuqni" - (Allahım məni bağışla, mənə rəhm et və əfv et, məni doğru yola yönəlt və mənə ruzi yetir)</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
   </si>
   <si>
-    <t>İbn Abbasdan (Allah onların hər ikisindən razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) iki səcdə arasında deyərdi:  "Allahumməğfirli, varhəmni, və afini, vəhdini vərzuqni"    (Allahım məni bağışla, mənə rəhm et və əfv et, məni doğru yola yönəlt və mənə ruzi yetir).</t>
+    <t>İbn Abbasdan (Allah onların hər ikisindən razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) iki səcdə arasında deyərdi:  "Allahummə-ğfirli, varhəmni, və afini, vəhdini vərzuqni" - (Allahım məni bağışla, mənə rəhm et və əfv et, məni doğru yola yönəlt və mənə ruzi yetir).</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namazda iki səcdə arasında müsəlmanın ən çox ehtiyacı olduğu bu beş duanı edərdi. Bu dualar  dünya və axirət xeyrini, bağışlanma diləyini, günahların yad nəzərlərdən gizlədilməsini və onların əfvini, son dərəcə bol rəhməti, şübhələrdən, nəfsani istəklərdən, xəstəliklərdən, dərdlərdən salamat olmağı, Allahdan haqq üzərində hidayət diləyini və onun üzərində sabit olmağı, imandan, elmdən, saleh əməllərdən, təmiz halal qazancdan ruzi istəyini özündə birləşdirir.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>İki səcdə arasndakı oturuşda bu duanı etmək namazın qaydalarındandır.
 Dünya və axirət xeyirlərini əhatə etdiyinə görə bu dualar fəzilətlidir.</t>
   </si>
   <si>
     <t>حسن بشواهده</t>
   </si>
   <si>
     <t>[Şahidləriylə həsən olan]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10930</t>
   </si>
   <si>
     <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
-    <t>Allahummə əntəs-sələmu, və minkəs-sələmu, təbəraktə zəl-cələli vəl-ikram. (Allahım!  Salam Sənsən və əminamanlıq Səndəndir. Ey əzəmət və ehtiram
+    <t>Allahummə əntəs-sələmu, və minkəs-sələmu, təbəraktə zəl-cələli vəl-ikram (Allahım!  Salam Sənsən və əminamanlıq Səndəndir. Ey əzəmət və ehtiram
 sahibi! Sən xeyirxahsan</t>
   </si>
   <si>
     <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
   </si>
   <si>
-    <t>Sovbəndən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namazını bitirdikdə üç dəfə (əstəğfirullah deyərək) istiğfar edər və belə deyərdi:"Allahummə əntəs-sələmu, və minkəs-sələmu, təbəraktə zəl-cələli vəl-ikram. (Allahım!  Salam Sənsən və əminamanlıq Səndəndir. Ey əzəmət və ehtiram
-sahibi! Sən xeyirxahsan". Əl-Vəlid buyurur ki: Əvzaiyədən soruşdum: İstiğfar necə olur? Dedi: Əstəğfirullah, Əstəğfirullah (Allahdan bağışlanma diləyirəm).</t>
+    <t>Sovbəndən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namazını bitirdikdə üç dəfə (əstəğfirullah deyərək) istiğfar edər və belə deyərdi: "Allahummə əntəs-sələmu, və minkəs-sələmu, təbəraktə zəl-cələli vəl-ikram (Allahım!  Salam Sənsən və əminamanlıq Səndəndir. Ey əzəmət və ehtiram
+sahibi! Sən xeyirxahsan". Əl-Vəlid buyurur ki: "Əvzaiyədən soruşdum: İstiğfar necə olur?". Dedi: "Əstəğfirullah, Əstəğfirullah (Allahdan bağışlanma diləyirəm)".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namazını bitirdikdən sonra: "Əstəğfirullah, Əstəğfirullah, Əstəğfirullah (Allahdan bağışlanma diləyirəm)." deyərdi.
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namazını bitirdikdən sonra: "Əstəğfirullah, Əstəğfirullah, Əstəğfirullah (Allahdan bağışlanma diləyirəm)" - deyərdi.
 Sonra Rəbbinin şənini bu sözlərlə ucaldardı: Allahummə əntəs-sələmu, və minkəs-sələmu, təbəraktə zəl-cələli vəl-ikram. (Allahım! Salam Sənsən və əminamanlıq Səndəndir. Ey əzəmət və ehtiram sahibi! Sən xeyirxahsan). Allah Öz sifətlərində kamil və nöqsansızdır, bütün noqsan və eyblərdən pakdır. Buna görə də  uca Allahdan dünya və axirət şərlərindən salamatlıq istəyirsən, Ondan başqasından istəyə bilməzsən. Bütün nöqsanlardan pak, ehsan və əzəmət sahibi olan Allahın hər iki dünyada xeyiri saysız hesabsızdır.</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
 استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
   </si>
   <si>
     <t>Namazdan sonra istiğfar etməyin və bunda davamlı olmağın müstəhəb olması.
 İbadətdəki nöqsanları tamamlamaq, itaətdəki nöqsanları aradan qaldırmaq üçün istiğfar etməyin müstəhəb olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10947</t>
   </si>
   <si>
     <t>من سبح الله في دبر كل صلاة ثلاثا وثلاثين، وحمد الله ثلاثا وثلاثين، وكبر الله ثلاثا وثلاثين، فتلك تسعة وتسعون، وقال: تمام المائة: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير غفرت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>Kim hər namazdan sonra otuz üç dəfə "subhənallah", otuz üç dəfə "əlhəmdulilləh", otuz üç dəfə "Allahu Əkbər" deyərsə və bunlar doxsan doqquz edir və yüzüncü dəfədə: "ləə iləhə illallah vəhdəhu lə şərikə ləhu, ləhul-mulku və ləhul-həmdu və huvə alə kulli şeyin  qadir" söyləyərsə, xətaları dəniz köpüyü qədər də olsa, bağışlanar</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: "Kim hər namazdan sonra otuz üç dəfə "subhənallah", otuz üç dəfə "əlhəmdulilləh", otuz üç dəfə "Allahu Əkbər" deyərsə və bunlar doxsan doqquz edir və yüzüncü dəfədə: "ləə iləhə illallah vəhdəhu lə şərikə ləhu, ləhul-mulku və ləhul-həmdu və huvə alə kulli şeyin  qadir" söyləyərsə, xətaları dəniz köpüyü qədər də olsa, bağışlanar".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ من قال بعد انقضاء الصلاة المفروضة: 
 ثلاثًا وثلاثين مرة: "سبحان الله" وهو تنزيه الله عن النقائص. 
 وثلاثًا وثلاثين: "الحمد لله" وهو الثناء عليه بصفات الكمال مع محبته وتعظيمه. 
 وثلاثًا وثلاثين: "الله أكبر" وهو أن الله أعظم وأجل من كل شيء.
 وتكملة العدد مئة بقول: "لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير" ومعناه: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المختص بالملك التام، والمستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يعجزه شيء.
 فمن قال ذلك مُحِيَتْ خطاياه وغفرت، ولو كانت كثيرة مثل الرغوة البيضاء التي تعلو البحر عند تموُّجِه وهيجانِه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki, kim fərz namazı bitdikdən sonra bunları desə:
 Otuz üç dəfə: "Subhənallah" və bu Allahı nöqsanlardan tənzih etməkdir.
 Otuz üç dəfə: "Əlhəmdulilləh" və bu Allahı sevərək və təzim edərək, Onu kamil sifətləri ilə tərifləməkdir.
 Otuz üç dəfə: " Allahu Əkbər" və bu Allahın hər şeydən böyük və  əzəmətli olması deməkdir.
-Yüz rəqəminin tamamlanması : “Ləə iləhə illallah vəhdəhu ləə şərikə ləhu, ləhulmulku, və ləhulhəmdu və huvə alə kulli şeyin qadir" sözü ilədir ki, onun da mənası budur: "Allahdan başqa ibadətə layiq məbud yoxdur, O, təkdir və heç bir şəriki yoxdur, mülk yalnız Ona məxsusdur, yalnız O, məhəbbət və təzimlə bərabər həmd və tərifə layiqdir  və O, hər şeyə qadirdir, heç nə Onu aciz buraxa bilməz"
+Yüz rəqəminin tamamlanması : “Ləə iləhə illallah vəhdəhu ləə şərikə ləhu, ləhulmulku, və ləhulhəmdu və huvə alə kulli şeyin qadir" sözü ilədir ki, onun da mənası budur: "Allahdan başqa ibadətə layiq məbud yoxdur, O, təkdir və heç bir şəriki yoxdur, mülk yalnız Ona məxsusdur, yalnız O, məhəbbət və təzimlə bərabər həmd və tərifə layiqdir  və O, hər şeyə qadirdir, heç nə Onu aciz buraxa bilməz".
 Və hər kim bunu desə, dəniz dalğalananda və hiddətlənəndə onun üstünə çıxan ağ köpük kimi onun günahları çox olsa da belə, silinər və bağışlanar.</t>
   </si>
   <si>
     <t>استحباب هذا الذِّكر بعد الصَّلوات المفروضة.
 هذا الذكر سبب لغفران الذنوب.
 عظيم فضل الله تعالى ورحمته ومغفرته.
 هذا الذِّكر سببٌ لمغفرة الذُّنوب، والمراد: تكفير صغائر الذُّنوب، أما الكبائر فلا يُكَفِّرها إلَّا التُّوبة.</t>
   </si>
   <si>
     <t>Fərz namazlarından sonra bu zikri etməyin müstəhəb (bəyənilən) olması.
 Bu zikr günahların bağışlanmasına səbəbdir.
 Uca Allahın lütfü, rəhməti və bağışlamasının böyüklüyü.
-Bu zikr günahların bağışlanması üçün səbəbdir və burada nəzərdə tutulan: kiçik günahların təmizlənməsidir.   Böyük günahlara gəlincə, onları yalnız tövbə təmizləyər.</t>
+Bu zikr günahların bağışlanması üçün səbəbdir və burada nəzərdə tutulan: kiçik günahların təmizlənməsidir. Böyük günahlara gəlincə, onları yalnız tövbə təmizləyər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10948</t>
   </si>
   <si>
     <t>من قرأ آية الكرسي في دبر كل صلاة مكتوبة لم يمنعه من دخول الجنة إلا أن يموت</t>
   </si>
   <si>
     <t>“Kim hər vacib namazdan sonra “Ayətul-Kürsi”ni  oxuyarsa, onun cənnətə girməsinə ölümündən başqa heç nə mane olmaz”</t>
   </si>
   <si>
     <t>عَنْ أَبِي أُمَامَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَرَأَ آيَةَ الْكُرْسِيِّ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ لَمْ يَمْنَعْهُ مِنْ دُخُولِ الْجَنَّةِ إِلَّا أَنْ يَمُوتَ».</t>
   </si>
   <si>
-    <t>Əbu Umamədən (Allah ondan razı olsun) Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə  dediyi rəvayət edilir: “Kim hər vacib namazdan sonra “Ayətul-Kürsi”ni  oxuyarsa, onun cənnətə girməsinə ölümündən başqa heç nə mane olmaz”.</t>
+    <t>Əbu Umamədən (Allah ondan razı olsun) Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: “Kim hər vacib namazdan sonra “Ayətul-Kürsi”ni  oxuyarsa, onun cənnətə girməsinə ölümündən başqa heç nə mane olmaz”.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
 {اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
 [البقرة: 255].</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, hər kim fərz namazı bitdikdən sonra “Ayətul-Kürsi”ni oxuyarsa, onun cənnətə girməsinə ölümdən başqa heç nə mane olmaz. bu ayə, bəqərə surəsində, Uca Allahın bu ayəsidir: Allahdan başqa ilah yoxdur! O, diridir, bütün məxluqatı idarə edir. O, nə mürgüləyər, nə də yuxulayar. Göylərdə və yerdə nə varsa hamısı Onundur. Onun izni olmadan Onun yanında kim şəfaət edə bilər?! Önlərindəkini də (qulların edəcəkləri əməlləri), arxalarındakını da (etdikləri əməlləri) O, bilir. Onlar Allahın elmindən, Onun dilədiyi qədərindən başqa heç nəyi qavraya bilməzlər. Onun kürsüsü göyləri və yeri əhatə etmişdir. Onları mühafizə etmək isə Ona çətin gəlmir. O, ucadır, əzəmətlidir. [Əl-Bəqərə, 255]</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, hər kim fərz namazı bitdikdən sonra “Ayətul-Kürsi”ni oxuyarsa, onun cənnətə girməsinə ölümdən başqa heç nə mane olmaz. Bu ayə, bəqərə surəsində, Uca Allahın bu ayəsidir: "Allahdan başqa ilah yoxdur! O, diridir, bütün məxluqatı idarə edir. O, nə mürgüləyər, nə də yuxulayar. Göylərdə və yerdə nə varsa hamısı Onundur. Onun izni olmadan Onun yanında kim şəfaət edə bilər?! Önlərindəkini də (qulların edəcəkləri əməlləri), arxalarındakını da (etdikləri əməlləri) O, bilir. Onlar Allahın elmindən, Onun dilədiyi qədərindən başqa heç nəyi qavraya bilməzlər. Onun kürsüsü göyləri və yeri əhatə etmişdir. Onları mühafizə etmək isə Ona çətin gəlmir. O, ucadır, əzəmətlidir". [Əl-Bəqərə 2 surəsi, ayə 255].</t>
   </si>
   <si>
     <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
 استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
 الأعمال الصالحة سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Bu əzəmətli ayənin fəziləti, özündə Uca Allahın ən gözəl adlarını və uca sifətlərini ehtiva etdiyinə görədir.
 Hər fərz namazından sonra bu əzəmətli ayəni oxumaq müstəhəbdir.
 Saleh əməllər cənnətə girmək üçün səbəbdir.</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى</t>
   </si>
   <si>
     <t>[رواه النسائي في الكبرى]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10950</t>
   </si>
   <si>
     <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>Namazı ayaq üstə qıl, bacarmırsansa oturaraq qıl, ona da gücün çatmırsa, uzanaraq qıl</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
-    <t>İmran bin Hüseyndən (Allah ondan razı olsun) belə dediyi rəvayət edilir: “Mənim babasilim var idi, ona görə də Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) namaz haqqında soruşdum və o dedi: "Namazı ayaq üstə qıl, bacarmırsansa oturaraq qıl, ona da gücün çatmırsa, uzanaraq qıl."</t>
+    <t>İmran bin Hüseyndən (Allah ondan razı olsun) belə dediyi rəvayət edilir: “Mənim babasilim var idi, ona görə də Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) namaz haqqında soruşdum və o dedi: "Namazı ayaq üstə qıl, bacarmırsansa oturaraq qıl, ona da gücün çatmırsa, uzanaraq qıl".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) izah edir ki, namazda qayda odur ki, ayaq üstə qılınır, buna aciz olarsa oturaraq qılır, oturub qılmağa gücü yetməzsə bu zaman yan tərəfinin üzərinə uzanaraq namaz qıla bilər.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
-    <t>Ağıl cəhətdən sağlam olduğu müddətcə insanın boynundan namaz qılmaq hökmü düşməz, namazın  qılınma qaydasına gəlincə isə insanın sağlamlıq durumuna və imkanına görə o bir formadan digər formaya dəyişə bilər.
+    <t>Ağıl cəhətdən sağlam olduğu müddətcə insanın boynundan namaz qılmaq hökmü düşməz, namazın qılınma qaydasına gəlincə isə insanın sağlamlıq durumuna və imkanına görə o bir formadan digər formaya dəyişə bilər.
 İslamın lütfü və asanlığı budur ki, bəndə öz  gücü daxilində ibadət etsin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10951</t>
   </si>
   <si>
     <t>لا تسبوا أصحابي، فلو أن أحدكم أنفق مثل أحد ذهبا ما بلغ مد أحدهم، ولا نصيفه</t>
   </si>
   <si>
     <t>“Səhabələrimi söyməyin! Əgər sizdən biriniz Uhud dağı qədər qızıl xərcləsə belə, onların birinin bir müdd (bir ovuc qədər) sədəqəsinə, hətta onun yarısına da çata bilməz”</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ».</t>
   </si>
   <si>
     <t>Əbu Səid Əl-Xudridən (Allah ondan razı olsun) rəvayət edilir ki, o, dedi: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: “Səhabələrimi söyməyin! Əgər sizdən biriniz Uhud dağı qədər qızıl xərcləsə belə, onların birinin bir müdd (bir ovuc qədər) sədəqəsinə, hətta onun yarısına da çata bilməz”.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن سَبِّ الصحابة، وخاصة السابقين الأولين من المهاجرين والأنصار؛ وأَخْبَر أنه لو أنفق أَحدٌ من الناس مِثلَ جبل أُحد ذهبًا ما بَلغَ ثوابَه في ذلك ثواب نفقة أحد الصحابة مُد طعام أو نصفه -والمد ملء كفي الرجل المتوسط-؛ وذلك لمزيد إخلاصهم، وصِدْق نياتهم، وسَبْق إنفاقهم وقتالِهم قبل فتح مكة حيث شدة الحاجة إليه.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) səhabələri, xüsusən də İslamı ilk qəbul edən və öndə gedən mühacir və ənsarları söyməyi qadağan edərək  xəbər verir ki, insanlardan biri Uhud dağı boyda qızıl sədəqə versə, onun savabı səhabələrdən birinin verdiyi bir mudd- orta ölçülü adamın ovuclarını dolduracaq miqdar - yemək və ya onun yarısının savabına çatmaz. Bu, onların ixlaslarının çoxluğu, niyyətlərinin saflığı, Məkkənin fəthindən əvvəl ehtiyacın şiddətli olduğu vaxt hər kəsdən qabaq Allah yolunda xərcləmələri və döyüşlərdə iştirak etdiklərinə görədir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) səhabələri, xüsusən də İslamı ilk qəbul edən və öndə gedən mühacir və ənsarları söyməyi qadağan edərək  xəbər verir ki, insanlardan biri Uhud dağı boyda qızıl sədəqə versə, onun savabı səhabələrdən birinin verdiyi bir mudd - orta ölçülü adamın ovuclarını dolduracaq miqdar - yemək və ya onun yarısının savabına çatmaz. Bu, onların ixlaslarının çoxluğu, niyyətlərinin saflığı, Məkkənin fəthindən əvvəl ehtiyacın şiddətli olduğu vaxt hər kəsdən qabaq Allah yolunda xərcləmələri və döyüşlərdə iştirak etdiklərinə görədir.</t>
   </si>
   <si>
     <t>سَبُّ الصحابة -رضي الله عنهم- حرامٌ، ومن المعاصي الكبائر.</t>
   </si>
   <si>
     <t>Səhabələri (Allah onlardan razı olsun) söymək haramdır və böyük günahlardandır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/11000</t>
   </si>
   <si>
     <t>ليبلغن هذا الأمر ما بلغ الليل والنهار، ولا يترك الله بيت مدر ولا وبر إلا أدخله الله هذا الدين</t>
   </si>
   <si>
     <t>“Gecə və gündüzün çatdığı hər yerə bu iş də (İslam dini) çatacaqdır. Allah, qüdrətlinin izzəti və zəlilin zilləti ilə, bu dini daxil etmədiyi nə bir şəhər, nə də ki bir kənd evi buraxmayacaq</t>
   </si>
   <si>
     <t>عن تَميم الداري رضي الله عنه، قال: سمعتُ رسول الله صلى الله عليه وسلم يقول: «‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ، بِعِزِّ عَزِيزٍ أَوْ بِذُلِّ ذَلِيلٍ، عِزًّا يُعِزُّ اللهُ بِهِ الإِسْلَامَ، وَذُلًّا يُذِلُّ اللهُ بِهِ الكُفْرَ» وَكَانَ تَمِيمٌ الدَّارِيُّ يَقُولُ: قَدْ عَرَفْتُ ذَلِكَ فِي أَهْلِ بَيْتِي، لَقَدْ أَصَابَ مَنْ أَسْلَمَ مِنْهُمُ الْخَيْرُ وَالشَّرَفُ وَالْعِزُّ، وَلَقَدْ أَصَابَ مَنْ كَانَ مِنْهُمْ كَافِرًا الذُّلُّ وَالصَّغَارُ وَالْجِزْيَةُ.</t>
   </si>
   <si>
-    <t>Təmim Əd-Dəridən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: “Mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: “Gecə və gündüzün çatdığı hər yerə bu iş də (İslam dini) çatacaqdır. Allah, qüdrətlinin izzəti və zəlilin zilləti ilə, bu dini daxil etmədiyi nə bir şəhər, nə də ki bir kənd evi buraxmayacaq, Allahın İslamla izzətləndirdiyi şərəflənəcək, küfrlə zəlil etdiyi isə zəlil olacaqdır” Və Təmim əd-Dəri deyərdi: “Mən bunu öz ailəmdə müşahidə etdim, artıq onlardan İslamı qəbul edənlərə xeyir, şərəf və izzət nəsib oldu. Onlardan kafir olanlara isə zillət, alçaldılma və cizyə vermək nəsib oldu.</t>
+    <t>Təmim Əd-Dəridən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: “Mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: “Gecə və gündüzün çatdığı hər yerə bu iş də (İslam dini) çatacaqdır. Allah, qüdrətlinin izzəti və zəlilin zilləti ilə, bu dini daxil etmədiyi nə bir şəhər, nə də ki bir kənd evi buraxmayacaq, Allahın İslamla izzətləndirdiyi şərəflənəcək, küfrlə zəlil etdiyi isə zəlil olacaqdır”. Və Təmim əd-Dəri deyərdi: “Mən bunu öz ailəmdə müşahidə etdim, artıq onlardan İslamı qəbul edənlərə xeyir, şərəf və izzət nəsib oldu. Onlardan kafir olanlara isə zillət, alçaldılma və cizyə vermək nəsib oldu.</t>
   </si>
   <si>
     <t>يُخبِرُ رسولُ الله صلى الله عليه وسلم أنَّ هذا الدين سوف يعمُّ جميع أجزاء الأرض، فأيّ مكان وصله الليل والنهار سيصله هذا الدين، 
 ولن يترك الله تعالى بيتًا في المدن والقرى ولا في البوادي والصحراء إلا أدخل عليه هذا الدين، 
 فمَن قَبِلَ هذا الدين وآمن به فإنه يكون عزيزًا بعزة الإسلام، 
 ومن رفضه وكفر به فإنه يكون ذليلًا مهانًا. 
 ثم أخبر الصحابي تميم الداري رضي الله عنه أنه عرف ذلك الذي أخبر به رسول الله صلى الله عليه وسلم في أهل بيته خاصة، فإنّ من أسلم منهم ناله الخير والشرف والعز، ومن كفر منهم ناله الذل والهوان هذا مع ما يدفعه للمسلمين من أموال.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, bu din yer üzünün hər tərəfinə  yayılacaq, gecə və gündüzün çatdığı hər yerə  bu din də çatacaq. Allahu Təələ şəhər və kəndlərdə, səhrada və ya çöllüklərdə bu dini daxil etmədiyi bir ev buraxmayacaq. Kim bu dini qəbul edər və ona iman edərsə, İslamın izzəti ilə izzətlənər. Kim onu ​​rədd edər və onu inkar edərsə, zəlil və alçalmış olar.
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, bu din yer üzünün hər tərəfinə yayılacaq, gecə və gündüzün çatdığı hər yerə  bu din də çatacaq. Allahu Təələ şəhər və kəndlərdə, səhrada və ya çöllüklərdə bu dini daxil etmədiyi bir ev buraxmayacaq. Kim bu dini qəbul edər və ona iman edərsə, İslamın izzəti ilə izzətlənər. Kim onu ​​rədd edər və onu inkar edərsə, zəlil və alçalmış olar.
 Sonra səhabə Təmim əd-Dəri (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) xəbər verdiyi bu şeyi  xüsusi olaraq  öz ailəsində müşahidə etdiyini xəbər verdi. Çünki onlardan kim müsəlman oldusa, o, şərəf, izzət və xeyirə nail oldu. Onlardan hər kim kafir oldusa, müsəlmanlara mal (pul) verməklə yanaşı, zillətə və alçalmağa məruz qaldı.</t>
   </si>
   <si>
     <t>بشارة للمسلمين بأن دينهم سينتشر في جميع أجزاء الأرض.
 العزة للإسلام والمسلمين والذل للكفر والكافرين.
 فيه دليل من دلائل النبوة وعلم من أعلامها حيث وقع الأمر كما أخبر النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Müsəlmanlara müjdə vardır ki, onların dini yer üzünün hər tərəfinə yayılacaq.
 İzzət İslam və müsəlmanlara, zillət isə küfr və kafirlərə məxsusdur.
-Hadisənin, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) xəbər verdiyi kimi  baş verməsində, onun peyğəmbərliyinə dair dəlillərdən bir dəlil və əlamətlərindən bir əlamət vardır.</t>
+Hadisənin, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) xəbər verdiyi kimi baş verməsində, onun peyğəmbərliyinə dair dəlillərdən bir dəlil və əlamətlərindən bir əlamət vardır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/11220</t>
   </si>
   <si>
     <t>إذا شك أحدكم في صلاته، فلم يدر كم صلى ثلاثا أم أربعا، فليطرح الشك، وليبن على ما استيقن، ثم يسجد سجدتين قبل أن يسلم</t>
   </si>
   <si>
     <t>Əgər sizdən biriniz öz namazında şəkk edərsə və neçə rükət- üç yoxsa dörd rükət qıldığını bilməzsə, şübhəni kənara atsın və əmin olduğu şeyə əsaslansın, sonra, salam verməzdən əvvəl iki səcdə etsin</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ، فَإِنْ كَانَ صَلَّى خَمْسًا شَفَعْنَ لَهُ صَلَاتَهُ، وَإِنْ كَانَ صَلَّى إِتْمَامًا لِأَرْبَعٍ كَانَتَا تَرْغِيمًا لِلشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Əbu Səid Əl-Xudridən (Allah ondan razı olsun) Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: Əgər sizdən biriniz öz namazında şəkk edərsə və neçə rükət- üç yoxsa dörd rükət qıldığını bilməzsə, şübhəni kənara atsın və əmin olduğu şeyə əsaslansın, sonra, salam verməzdən əvvəl iki səcdə etsin, əgər beş rükət namaz qılıbsa, namazı (səhv səcdəsi ilə) cütə tamamlanar və əgər dörd rükət qılaraq tamamlamışdısa, bu iki səcdə şeytanı zəlil edər”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المصلي إذا تردد في صلاته ولم يدر كم صلى، ثلاثًا، أم أربعًا؟ فليبعد العددَ الزائدَ المشكوكَ فيه ولا يأخذ به؛ فالثلاث هو المتيقن، فيصلي ركعة رابعة، ثم يسجد سجدتين قبل أن يسلم.
 فإن كان ما صلّاه حقيقة أربعًا؛ صار خمسًا بإضافة ركعة، وسجدتي السهو عوضًا عن ركعة، فكان العدد شفعًا لا وترًا: وإن كان صلى بالركعة الزائدة أربعًا؛ فيكون قد أدى ما عليه من غير زيادة ولا نقصان.
 وسجدتا السهو كانتا إذلالًا للشيطان ودحرًا له، وردَّه خاسئًا مُبْعِدًا عن مراده؛ لأنه لَبَّسَ عليه صلاته، وتعرَّض لإفسادها، وكملت صلاة ابن آدم لمّا امتثل أمر الله تعالى بالسجود الذي عصى به إبليس، حينما امتنع من طاعة الله بالسجود لآدم.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki, əgər namaz qılan şəxs namazında tərəddüd edərsə və neçə rükət namaz qıldığını bilməzsə, üç yoxsa dörd qılıb deyə çəkk edərsə, şübhəli olan artıq rükəti uzaq tutsun və ona əsaslanmasın; Üç rükət yəqin olandır və ona görə dördüncü (şübhəli olan) rükəti qılsın, sonra salam verməzdən əvvəl iki səcdə etsin.
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki, əgər namaz qılan şəxs namazında tərəddüd edərsə və neçə rükət namaz qıldığını bilməzsə, üç yoxsa dörd qılıb deyə çəkk edərsə, şübhəli olan artıq rükəti uzaq tutsun və ona əsaslanmasın; üç rükət yəqin olandır və ona görə dördüncü (şübhəli olan) rükəti qılsın, sonra salam verməzdən əvvəl iki səcdə etsin.
 Əgər qıldığı namaz həqiqətdə dörd rükət idisə; bir rükət əlavə edilməklə beş rükət oldu və iki səhv səcdəsi  bir rükəti əvəzlədi və (beləliklə ümumi) say cüt oldu, tək olmadı. Əgər bu  əlavə bir rükətlə dörd rükət qılmışsa, o zaman heç bir əlavə və nöqsan olmadan üzərinə vacib olanı artıq yerinə yetirmişdir.
-İki səhv səcdəsi şeytanı zəlil etmək, ona qalib gəlmək və onu istəyindən   uzaqlaşdıraraq qovmaqdır. Çünki o, namaz qılanı namazında çaşdırmış, onu pozmağa çalışmışdır. Adəm övladının namazı, Allahın səcdə etmək əmrinə tabe olmaqla kamilləşmişdir. Hansı ki, İblis Adəmə səcdə etməyərək Allaha itaət etməkdən imtina etdiyi zaman artıq Allaha asi olmuşdur.</t>
+İki səhv səcdəsi şeytanı zəlil etmək, ona qalib gəlmək və onu istəyindən uzaqlaşdıraraq qovmaqdır. Çünki o, namaz qılanı namazında çaşdırmış, onu pozmağa çalışmışdır. Adəm övladının namazı, Allahın səcdə etmək əmrinə tabe olmaqla kamilləşmişdir. Hansı ki, İblis Adəmə səcdə etməyərək Allaha itaət etməkdən imtina etdiyi zaman artıq Allaha asi olmuşdur.</t>
   </si>
   <si>
     <t>المصلي إذا شك في صلاته ولم يترجّح عنده أحد الأمرين فإنه يطرح الشك ويعمل باليقين، وهو الأقل، فيتم صلاته ويسجد للسهو قبل أن يسلِّم ثم يسلِّم.
 هاتان السجدتان طريق إلى جبر الصلاة، وردّ للشيطان خاسئًا ذليلًا مُبعدًا عن مُراده.
 الشك الذي في الحديث هو التردد بلا رجحان، فإذا وُجد الظن وترجّح عُمِل به.
 الحث على محاربة الوسواس ودفعه بامتثال أمر الشرع.</t>
   </si>
   <si>
     <t>Əgər namaz qılan şəxs öz namazında şəkk edərsə və iki haldan biri onun üçün daha çox ehtimal daşımarsa, şübhəni tərk edib yəqin olan ilə əməl etməlidir ki, bu da ən az olanıdır. Beləliklə o, namazını tamamlamalı, salamdan öncə səhv səcdəsi etməli, sonra isə salam verməlidir.
 Bu iki səcdə, namazı bərpa etmək üçün bir yol və şeytanı alçaldılmış və zəlil vəziyyətdə, istədiyindən uzaqlaşdıraraq rədd etməkdir.
 Hədisdəki şəkk, (iki hal arasında) heç bir üstünlük olmadan edilən tərəddüddür, lakin, nə zaman böyük güman yaranarsa və (yaxud hallardan biri) üstünlük təşkil edərsə, onunla əməl edilər.
 Şəriətin əmrinə tabe olaraq vəsvəsə ilə mübarizə aparmağa və onu dəf etməyə təşviq etmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/11231</t>
   </si>
   <si>
     <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
-    <t>Azanı eşidirsənmi? O: “Bəli!” - dedi. Bu zaman Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "O zaman cavab ver( camaat namazına gəl)</t>
+    <t>Azanı eşidirsənmi?". O: “Bəli!” - dedi. Bu zaman Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "O zaman cavab ver (camaat namazına gəl)</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) belə dediyi rəvayət edilir: Bir kor kişi Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəlib: "Ey Allahın Rəsulu, məni məscidə aparacaq bir kimsəm yoxdur."-deyərək, Allah Rəsulundan ona öz evində namaz qılmağı icazə verməsini istədi. İlkin olaraq ona icazə verdi, lakin adam çıxıb getmək istəyəndə onu çağırıb dedi: “Azanı eşidirsənmi? O: “Bəli!” - dedi. Bu zaman Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "O zaman cavab ver( camaat namazına gəl)"</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) belə dediyi rəvayət edilir: Bir kor kişi Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəlib: "Ey Allahın Rəsulu, məni məscidə aparacaq bir kimsəm yoxdur" - deyərək, Allah Rəsulundan ona öz evində namaz qılmağı icazə verməsini istədi. İlkin olaraq ona icazə verdi, lakin adam çıxıb getmək istəyəndə onu çağırıb dedi: “Azanı eşidirsənmi?". O: “Bəli!” - dedi. Bu zaman Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "O zaman cavab ver (camaat namazına gəl)".</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
-    <t>Kor bir kişi Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəlib, "Ey Allahın Rəsulu, beş vaxt namazda mənə kömək edərək əlimdən tutub məscidə aparan kimsəm yoxdur."-deyərək Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) ona camaat namazında iştirak etməmək üçün rüxsət istədi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) da əvvəl ona icazə verdi, lakin sonra adam çıxıb getmək istədikdə onu çağırıb dedi: Namaz üçün azanı eşidirsənmi? "Bəli"-dedi. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) də: "-Azan verənə cavab ver."- deyə buyurdu.</t>
+    <t>Kor bir kişi Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gəlib, "Ey Allahın Rəsulu, beş vaxt namazda mənə kömək edərək əlimdən tutub məscidə aparan kimsəm yoxdur" - deyərək Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) ona camaat namazında iştirak etməmək üçün rüxsət istədi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) da əvvəl ona icazə verdi, lakin sonra adam çıxıb getmək istədikdə onu çağırıb dedi: Namaz üçün azanı eşidirsənmi? "Bəli" - dedi. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) də: "Azan verənə cavab ver" - deyə buyurdu.</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
   </si>
   <si>
     <t>Camaat namazının vacibliyi, çünki yüngülləşdirmə icazə istəmək yalnız vacib  məsələlərə aiddir.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) "Azan verənə cavab ver" sözü camaat namazının vacibliyinə işarədir, çünki qayda budur ki, müəyyən bir şey əmr olunubsa, bu onun vacibliyinin göstəricisidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/11287</t>
   </si>
   <si>
     <t>خير صفوف الرجال أولها، وشرها آخرها، وخير صفوف النساء آخرها، وشرها أولها</t>
   </si>
   <si>
     <t>“Kişilər üçün səflərin ən xeyirlisi birincisi, ən pisi sonuncusudur, qadınlar üçün isə səflərin ən xeyirlisi  sonuncusu, ən pisi isə birincisidir.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَيْرُ صُفُوفِ الرِّجَالِ أَوَّلُهَا، وَشَرُّهَا آخِرُهَا، وَخَيْرُ صُفُوفِ النِّسَاءِ آخِرُهَا، وَشَرُّهَا أَوَّلُهَا».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, o, belə söyləmişdir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: “Kişilər üçün səflərin ən xeyirlisi birincisi, ən pisi sonuncusudur, qadınlar üçün isə səflərin ən xeyirlisi  sonuncusu, ən pisi isə birincisidir.”</t>
   </si>
   <si>
@@ -12577,149 +12567,149 @@
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم أنْ يأكلَ المسلمُ ويشربَ بيدِهِ اليمين، وينهى عن الأكل والشرب بالشمال؛ وذلك لأن الشيطان يأكل ويشرب بها.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) müsəlmana sağ əli ilə yeyib içməsini əmr etmiş və sol əli ilə yeyib içməyi də qadağan etmişdir. Çünki şeytan sol əl ilə yeyib içir.</t>
   </si>
   <si>
     <t>النهي عن التشبه بالشيطان بالأكل أو الشرب بالشمال.</t>
   </si>
   <si>
     <t>Sol əl ilə yeyib içməyin şeytana bənzəmək olduğu üçün qadağan edilməsi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/58122</t>
   </si>
   <si>
     <t>إن الله تجاوز عن أمتي ما حدثت به أنفسها، ما لم تعمل أو تتكلم</t>
   </si>
   <si>
     <t>Həqiqətən, Allah mənim ümmətimin, əməl etmədikcə və söyləmədikcə nəfsində danışdıqlarının üstündən keçmişdir”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: Həqiqətən, Allah mənim ümmətimin, əməl etmədikcə və söyləmədikcə nəfsində danışdıqlarının üstündən keçmişdir”.</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: "Həqiqətən, Allah mənim ümmətimin, əməl etmədikcə və söyləmədikcə nəfsində danışdıqlarının üstündən keçmişdir”.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ المسلم لا يُؤاخَذُ بحديث النَّفْس من الشر قبل العمل به أو التكلُّم  به، حيث رفع الله الحرج وعفا، ولم يؤاخذ أمة محمد صلى الله عليه وسلم بما وُجِدَ في الذهن وتردد في النفس من غير أن يطمئن إليه ويستقر عنده؛ فإن استقرَّ في قلبه كالكبر أو الخيلاء أو النفاق أو عمل بجوارحه أو قال بلسانه فإنه يؤاخذ بذلك.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bizə xəbər verir ki, bir müsəlman pis əməl etməmişdən və ya onun haqqında danışmamışdan əvvəl öz nəfsində danışmasına görə cəzalandırılmaz, çünki Allah çətinliyi aradan qaldırıb və əfv etmişdir və Muhəmmədin (Allahın salavatı və salamı onun üzərinə olsun) ümməti ağlına gələn və nəfsində keçirdiyinə görə onunla razılaşıb və qəlbində yerləşdirmədikcə cəzalandırılmaz; Lakin əgər qəlbində təkəbbür, lovğalıq və ya nifaq yerləşərsə, yaxud əzaları ilə əməl edərsə və ya dili ilə söyləyərsə, bunun hesabını verəcəkdir.</t>
   </si>
   <si>
     <t>الله تبارك وتعالى تجاوز وعفا عن الأفكار والهواجس التي تطرأ على النفس، فيحدّث الإنسان بها نفسه، وتمر على خاطره.
 الطلاق إذا فكَّر فيه الإنسان، وعرض في خاطره، ولكنه لم يتكلم به ولم يكتبه، فإنه لا يعتبر طلاقًا.
 حديث النفس لا يؤاخذ به الإنسان مهما عظم ما لم يستقر في نفسه ويعمل به أو يتكلم به.
 عظيم قدر أمة محمد صلى الله عليه وسلم باختصاصها بعدم المؤاخذة بحديث النفس بخلاف الأمم قبلنا.</t>
   </si>
   <si>
     <t>Uca Allah insanın nəfsinə gələn fikirləri və vəsvəsələri, yəni insanın öz-özünə danışdığı, düşündüyü və könlündən keçən şeyləri bağışlamış və onlardan keçmişdir.
 Əgər bir insan boşanma barədə fikirləşər, bu fikir onun zehnindən keçər, lakin o, bunu nə dillə söyləyər, nə də yazarsa, bu halda boşanma sayılmaz.
 İnsanın qəlbindən keçən daxili düşüncələrə — nə qədər böyük olsa da — o, onları qəlbində qərarlaşdırmadıqca, dilə gətirmədikcə və ya onlara əməl etmədikcə görə məsuliyyət daşımır.
 Bizdən əvvəlki ümmətlərdən fərqli olaraq, qəlbindən keçirdiyi fikirlərə görə məsul tutulmamaq xüsusiyyəti ilə Muhəmməd ümmətinin (sallallahu əleyhi və səlləm) dəyəri çox böyükdür.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/58144</t>
   </si>
   <si>
     <t>رفع القلم عن ثلاثة: عن النائم حتى يستيقظ، وعن الصبي حتى يحتلم، وعن المجنون حتى يعقل</t>
   </si>
   <si>
-    <t>“Qələm üç nəfərdən qaldırılmışdır: Yuxudan oyanana qədər yatan kəsdən, həddi-büluğa çatana qədər uşaqdan və ağlı başına gələnə qədər dəlidən”</t>
+    <t>“Qələm üç nəfərdən qaldırılmışdır: yuxudan oyanana qədər yatan kəsdən, həddi-büluğa çatana qədər uşaqdan və ağlı başına gələnə qədər dəlidən”</t>
   </si>
   <si>
     <t>عن علي رضي الله عنه عن النبي صلى الله عليه وسلم قال: «رُفِعَ الْقَلَمُ عن ثلاثة: عن النائم حتى يَسْتَيْقِظَ، وعن الصبي حتى يَحْتَلِمَ، وعن المجنون حتى يَعْقِلَ».</t>
   </si>
   <si>
-    <t>Əlidən (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: “Qələm üç nəfərdən qaldırılmışdır: Yuxudan oyanana qədər yatan kəsdən, həddi-büluğa çatana qədər uşaqdan və ağlı başına gələnə qədər dəlidən”.</t>
+    <t>Əlidən (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: “Qələm üç nəfərdən qaldırılmışdır: yuxudan oyanana qədər yatan kəsdən, həddi-büluğa çatana qədər uşaqdan və ağlı başına gələnə qədər dəlidən”.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنَّ التكليفَ لازِمٌ لبني آدم إلا هؤلاء الثلاثة: 
 الطفل الصغير حتى يَكْبُرَ ويَبْلُغ.
 وعن المجنون فاقِدِ العقل حتى يَرجِعَ إليه عقلُه. 
 وعن النائم حتى يَستيقظَ.
 فالتكليف قد رُفِع عنهم، وفِعْلُهم الإثمَ لا يُكتبُ عليهم، لكن يُكتب الخيرُ للصبي الصغير دون المجنون والنائم؛ لأنهما في حَيِّزِ مَن ليس قابلًا لصحة العبادة منه لزوال الشعور.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bu üç sinif istisna olmaqla, təklifin (şər'i vəzifələrin) Adəm övladı üçün  vacib olduğunu bildirmişdir:
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bu üç sinif istisna olmaqla, təklifin (şər'i vəzifələrin) Adəm övladı üçün vacib olduğunu bildirmişdir:
 Böyüyüb həddi-büluğa çatana qədər kiçik uşaqdan.
 Ağlı özünə qayıdana qədər ağlını itirmiş dəlidən.
 Yuxudan oyanana qədər yatmış kəsdən.
 Onlardan cavabdehlik götürülüb, onların günah etməkləri onların əleyhinə yazılmır, lakin dəli və yatmış kəsdən fərqli olaraq yaxşılıq kiçik uşaq üçün yazılar. Çünki onlar, şüurun yox olmasına görə ibadəti səhih olmayan kəslərin sırasındadırlar.</t>
   </si>
   <si>
     <t>فَقْدُ الإنسانِ الأهليةَ يكون إما بسبب النوم الذي أفقده الاستيقاظَ لأداءِ واجباته، أو بسبب حَدَاثَةِ السِّنِّ والصِّغَرِ الذي هو معها فاقد للأهلية، أو بسبب الجنون الذي اضطربت معه وظائفه العقلية، أو ما يَلْحَق به كالسُّكْر، فمن فقد التمييز والتصوُّر الصحيحين، فانتفت عنه الأهلية بسببٍ من هذه الأسباب الثلاثة؛ فإن الله تبارك وتعالى بعدله، وحلمه، وكرمه، قد رَفَعَ عنه المؤاخذةَ بما يَصْدُرُ عنه من تعدٍّ أو تقصير في حق الله تعالى.
 عدم كتابة الآثام عليهم، لا ينافي ثبوت بعض الأحكام الدنيوية عليهم؛ كالمجنون لو قَتَل، فلا قود عليه ولا كفارة، وعلى عاقلته الدية.
 للبلوغ ثلاث علامات: نزولُ المنيِّ، باحتلام وغيره، أو نَباتُ شَعَر العَانة، أو بإتمام خمسة عشر عامًا، وتزيد المرأة أمرًا رابعًا: وهو الحيضُ.
 قال السبكي: الصبي الغلام، وقال غيره: الولد في بطن أمه يسمى جَنينًا فإذا وُلِد فصبيٌّ فإذا فُطِمَ فغلامٌ إلى سَبْعٍ ثم يَصيْرُ يافِعًا إلى عَشْر ثم حزورًا إلى خمس عشرة، والذي يُقطع به أنه يُسمّى صبيًّا في هذه الأحوال كلها، قاله السيوطي.</t>
   </si>
   <si>
     <t>İnsanın şəri vəzifələrə əhliyyətini itirməsi ya onun vəzifəsini yerinə yetirmək üçün oyanmasına mane olan yuxu, ya yaşının az olması, ya ağlın vəzifələrinin pozulması olan dəlilik və ona bənzər olan sərxoşluq səbəbi ilədir. Kim doğru şəkildə fərqləndirmək və təsəvvür etmək qabiliyyətini itirərsə, bu üç səbəbdən dolayı onun  şəri vəzifələrə olan əhliyyəti itər. Uca Allah Öz ədaləti, həlimliyi və səxavəti ilə onu, Uca Allahın haqqlarında etdiyi hər hansısa bir həddi aşmağına və ya səhlənkarlığına görə cəzadan azad etmişdir.
-Günahların onların əleyhinə yazılmaması bəzi dünyəvi hökmlərin tətbiq edilməsinə mane olmur. Məsələn: Əgər dəli kimisə öldürərsə, ona nə ölüm, nə də kəffarə yoxdur, lakin onun (əqiləsi) qohumları (diyəni) qanbahasını verməlidir.
-[...1 lines deleted...]
-Subki demişdir: "Sabiy" və "ğuləm" eynidir. Başqa alimlər isə deyiblər: Ana bətnində olan uşaq "cənin", doğulduqda "sabiy", süddən kəsilib yeddi yaşına qədər "ğuləm", on yaşına qədər "yəfi", sonra on beş yaşına qədər "həzur" adlanır. Dəqiq olan odur ki, bütün bu hallarda ona "sabiy" deyilir, necə ki, bunu  Suyuti demişdir.</t>
+Günahların onların əleyhinə yazılmaması bəzi dünyəvi hökmlərin tətbiq edilməsinə mane olmur. Məsələn: Əgər dəli kimisə öldürərsə, ona nə ölüm, nə də kəffarə yoxdur, lakin onun (əqiləsi; atası tərəfindən) qohumları (diyəni) qanbahasını verməlidir.
+Həddi-büluğa çatmanın üç əlaməti var: ihtiləm (yuxuda bir şey görmək) səbəbiylə və digər səbəblərlə sperma ifrazı və yaxud cinsi orqan ətrafında tüklərin çıxması və ya on beş yaşın tamamlanması. Qadın üçün dördüncü əlamət əlavə edilir: o da heyzdir.
+Əs-Subki demişdir: "Sabiy" və "ğuləm" eynidir. Başqa alimlər isə deyiblər: Ana bətnində olan uşaq "cənin", doğulduqda "sabiy", süddən kəsilib yeddi yaşına qədər "ğuləm", on yaşına qədər "yəfi", sonra on beş yaşına qədər "həzur" adlanır. Dəqiq olan odur ki, bütün bu hallarda ona "sabiy" deyilir, necə ki, bunu Əs-Suyuti demişdir".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/58148</t>
   </si>
   <si>
     <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>Kim itaətdən çıxar, camaatdan ayrılar və bu hal üzərində ölərsə, cahiliyyə ölümü ilə ölmüş olur</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyra (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir: "Kim itaətdən çıxar, camaatdan ayrılar və bu hal üzərində ölərsə, cahiliyyə ölümü ilə ölmüş olur. Kim də kor-koranə cahiliyyə  bayrağı altında döyüşər, irqçilik üçün qəzəblənər və ya irqçiliyə dəvət edər yaxud da irqçiliyə yardım edər və bu əsnada öldürülürsə bu ölüm də cahiliyyə ölümüdür. Kim ümmətimə qarşı çıxıb, yaxşı olanını da, pis olanını da (ayırd etmədən) vurar, mömin olanlarına hörmət etməz, əhd sahibinə verdiyi sözü də yerinə yetirməzsə o, məndən deyildir, mən də ondan deyiləm".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) əmr sahlərinə itaətsizlik edən, onlara beyət etməyi qəbul edən İslam camaatından ayrılan, bu ayrılıq və itaətsizlik halında ölən kimsənin cahiliyyə əhli kimi  öldüyünü xəbər vermişdir. Çünki onlar əmirə itaət etməyən və bir camaata bağlı olmayan, əksinə, bir-birləri ilə döyüşən ayrı-ayrı fiqələrə bölünən bir toplumdur.
-Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki,  kim, haqq ilə batili ayırd edilmədiyi bir bayraq altında döyüşərsə, dini və haqqı dəstəkləmək üçün deyil, əksinə, qövmünə və ya qəbiləsinə təəssübkeşlikdən dolayı qəzəblənərsə, bəsirət və elm olmadan döyüşər və bu hal üzərə öldürülürsə, o kimsə cahiliyyə adəti üzərində ölmüşdür.
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) əmr sahiblərinə itaətsizlik edən, onlara beyət etməyi qəbul edən İslam camaatından ayrılan, bu ayrılıq və itaətsizlik halında ölən kimsənin cahiliyyə əhli kimi öldüyünü xəbər vermişdir. Çünki onlar əmirə itaət etməyən və bir camaata bağlı olmayan, əksinə, bir-birləri ilə döyüşən ayrı-ayrı fiqələrə bölünən bir toplumdur.
+Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, kim, haqq ilə batili ayırd edilmədiyi bir bayraq altında döyüşərsə, dini və haqqı dəstəkləmək üçün deyil, əksinə, qövmünə və ya qəbiləsinə təəssübkeşlikdən dolayı qəzəblənərsə, bəsirət və elm olmadan döyüşər və bu hal üzərə öldürülürsə, o kimsə cahiliyyə adəti üzərində ölmüşdür.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) həmçinin, ümmətinə qarşı çıxmağın, saleh olanı, facir olandan ayırd etmədən hər birini vurmağın, etdiyi əmələ fikir verməməyin və mömin bir kimsəni öldürməsinin cəzasından qorxmamağın, özləri ilə əhd bağlayan əmr sahiblərinə və ya kafirlərə verdiyi əhdi tutmamağın böyük günahlardan olduğunu xəbər vermişdir. Kim bunları edərsə, hədisdə keçən şiddətli təhdidə məruz qalar.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Uca Allaha asi olan işlər istisna olmaqla, əmr sahiblərinə itaət etməyin vacib olması.
 Bu hədis, əmr sahiblərinə qarşı çıxmaqdan, həmçinin, müsəlman camaatından ayrılmaqdan şiddətli bir şəkildə çəkindirmiş və xəbər vermişdir ki, kim də bu hal üzərində ölərsə, o kimsənin, cahiliyyə dönəmində yaşayan insanların öldüyü yol üzərində ölmüş kimidir.
-Hadisdə irqçilik edərək döyüşmək qadağan edilmişdir.
+Hadisdə irqçilik * edərək döyüşmək qadağan edilmişdir.
 Əhdlərə vəfalı olmağın vacibliyi.
 Əmr sahiblərinə itaət etməkdə, camaatla birlikdə olmaqda: çoxlu xeyir, əmin-amanlıq, arxayınlıq və xoş güzəran içində yaşamaq vardır.
 Cahiliyyə dönəmindəki insanların durumlarına bənzər yaşamaq qadağan edilmişdir.
 Müsəlman camaatına bağlı olmaq əmr edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/58218</t>
   </si>
   <si>
     <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
   </si>
   <si>
     <t>İşiniz bir adamın üzərində cəm olmuşkən, kim gəlib sizin birliyinizi sındımaq və ya camaatınızı parçalamaq istərsə onu öldürün!</t>
   </si>
   <si>
     <t>عن عرفجة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ».</t>
   </si>
   <si>
     <t>Arfəcədən (Allah ondan razı olsun) rəvayət edildiyinə görə o belə demişdir: Mən Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "İşiniz bir adamın üzərində cəm olmuşkən, kim gəlib sizin birliyinizi sındımaq və ya camaatınızı parçalamaq istərsə onu öldürün!".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المسلمين إذا اجتمعوا على حاكمٍ واحد، وجماعة واحدة، ثم جاء مَن يريد أن يُنازِعَه الحُكْمَ، أو أراد تفريقَ المسلمين لأكثر من جماعة، وجب عليهم منعُه وقتالُه؛ دفعًا لشرِّه وحقنًا لدماء المسلمين.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bu hədisdə bizə, müsəlmanlar bir hakim və bir camaat ətrafında toplaşdıqları zaman biri gəlib ondan hökmü almaq yaxud müsəlman camaatını bir neçə camaata parçalamaq istəsə, müsəlmanlara, o kişinin şərrini dəf etmək və müsəlmanların qanının tökülməsinə mane olmaq üçün onunla döyüşmələrinin vacib olduğunu bəyan etmişdir.</t>
@@ -12772,101 +12762,101 @@
     <t>رواه الحاكم والبيهقي</t>
   </si>
   <si>
     <t>[رواه الحاكم والبيهقي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/58240</t>
   </si>
   <si>
     <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
   </si>
   <si>
     <t>“Hər sərxoşedici alkaqollu içkidir və hər bir sərxoşedici haramdır və kim dünyada sərxoşedici içkiyə aludə olub onu daima içərsə və tövbə etmədən ölərsə, onu axirətdə içməyəcəkdir”</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
   </si>
   <si>
     <t>İbn Ömərdən (Allah hər ikisindən razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: “Hər sərxoşedici alkaqollu içkidir və hər bir sərxoşedici haramdır və kim dünyada sərxoşedici içkiyə aludə olub onu daima içərsə və tövbə etmədən ölərsə, onu axirətdə içməyəcəkdir”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki, ağlı bulandıran və onu aparan hər bir şey- istər içmək, yemək, nəfəs almaq, istərsə də başqa şəkildə olsun-        sərxoşedici içki (hökmündədir) və Uca Allah hər sərxoş edən və ağlı aparan şeyi -istər az, istərsə də çox olsun- haram və qadağan etmişdir. Bu sərxoşedicilərin hər hansı bir növündən içən, buna davam edən və ölənə qədər bundan tövbə etməyən hər kəs; onu cənnətdə içməkdən məhrum edilməklə Allahın cəzasına layiqdir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki, ağlı bulandıran və onu aparan hər bir şey - istər içmək, yemək, nəfəs almaq, istərsə də başqa şəkildə olsun - sərxoşedici içki (hökmündədir) və Uca Allah hər sərxoş edən və ağlı aparan şeyi - istər az, istərsə də çox olsun - haram və qadağan etmişdir. Bu sərxoşedicilərin hər hansı bir növündən içən, buna davam edən və ölənə qədər bundan tövbə etməyən hər kəs; onu cənnətdə içməkdən məhrum edilməklə Allahın cəzasına layiqdir.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>Alkaqollu içkinin haram edilməsinin səbəbi, sərxoşedici olmasıdır və hansı növ olmasından asılı olmayaraq hər sərxoşedici şey  haramdır.
 Uca Allah tərkibindəki böyük zərər və fəsadlara görə alkaqollu içkini haram etmişdir.
 Cənnətdə şərab içmək, ləzzətin kamilliyi və nemətin tam olmasındandır.
 Kim bu dünyada öz nəfsini içki içməkdən saxlamazsa, Allah ona cənnətdə şərab içməyi haram edər. Çünki, cəza əməlin cinsindəndir.
 Ölümdən əvvəl günahlardan tövbə etməyə tələsməyə təşviq etmək.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
   </si>
   <si>
     <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/58259</t>
   </si>
   <si>
     <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>Kim əhd verilən birini öldürərsə, Cənnətin iyini almaz. Halbuki onun iyi qırx illik məsa­fədən hiss edilir</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>Abdullah bin Amr bin As (Allah hər ikisindən razı olsun) rəvayət edir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Kim əhd verilən birini öldürərsə, Cənnətin iyini almaz. Halbuki onun iyi qırx illik məsa­fədən hiss edilir".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki, kim müahidi -müahid, müsəlman ölkəsinə əhd və əmin-əman içində daxil olmasına izin verilən kafirdir- öldürərsə, onu öldürən kimsə Cənnətin iyini belə hiss etməyəcəyək. Halbuki onun iyi qırx illik məsa­fədən hiss edilir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan etmişdir ki, kim muahadı - muahad isə, müsəlman ölkəsinə əhd və əmin-əman içində daxil olmasına izin verilən kafirdir - öldürərsə, onu öldürən kimsə Cənnətin iyini belə hiss etməyəcəyək. Halbuki onun iyi qırx illik məsa­fədən hiss edilir.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
 التحذير من خيانة العهود مع غير المسلمين.</t>
   </si>
   <si>
-    <t>Müahidi, zimmi və müstəmən olan kafirlərin öldürülməsi haramdır və böyük günahlardan biridir.
-Müahid: Kafirlərdən olub özündən əhd alınan, ölkəsində yaşayıb müsəlmanlara qarşı döyüşməyən və müsəlmanların da onunla döyüşmədikləri kimsədir. 
+    <t>Muahadı, zimmi və müstəmən olan kafirlərin öldürülməsi haramdır və böyük günahlardan biridir.
+Muahad: Kafirlərdən olub özündən əhd alınan, ölkəsində yaşayıb müsəlmanlara qarşı döyüşməyən və müsəlmanların da onunla döyüşmədikləri kimsədir. 
 Zimmi: Müsəlman diyarında yaşayıb cizyə ödəyən kafirdir. 
 Müstəmən: Müəyyən bir vaxta qədər müsəlman diyarına əmin-aman girməsinə izin verilən kafirdir.
 Qeyri-müsəlmanlarla bağlanan əhdlərə xəyanət edilməsi qadağan edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/64637</t>
   </si>
   <si>
     <t>نهى عن كل ذي ناب من السباع، وعن كل ذي مخلب من الطير</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) köpək dişi olan hər yırtıcının və caynağı olan hər quşun ətini yeməyi qadağan etdi</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضيَ اللهُ عنهُما أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم: نَهَى عَنْ كُلِّ ذِي نَابٍ مِنَ السِّبَاعِ، وَعَنْ كُلِّ ذِي مِخْلَبٍ مِنَ الطَّيْرِ.</t>
   </si>
   <si>
     <t>İbn Abbasdan (Allah ondan və atasından razı olsun) rəvayət edilir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) köpək dişi olan hər yırtıcının və caynağı olan hər quşun ətini yeməyi qadağan etdi.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن أكْلِ كلِّ سَبُعٍ من الحيوانات المُفْتَرِسَة التي تَصِيْد بواسطة نابِها، وعن أَكْلِ كلِّ طَيْرٍ يَقْطَع ويُمْسِكُ بمِخْلَبِهِ.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dişi ilə ovlayan hər yırtıcı heyvanın  və caynaqları ilə kəsən və tutan hər quşun ətini yeməyi qadağan etmişdir.</t>
   </si>
@@ -12902,132 +12892,132 @@
 Bura, rüşvət verənin istədiyini haqsız yerə əldə edə bilməsi üçün hökm verdiyi məsələdə rüşvət alan hakimlər də daxildir.</t>
   </si>
   <si>
     <t>يَحْرُمُ بذل الرشوة، وأخذُهَا، والتوسُّطُ فيها، والإعانةُ عليها؛ لما فيها من التعاون على الباطل.
 الرشوة من كبائر الذنوب؛ لأنَّ رسول الله صلى الله عليه وسلم لعن آخذَها ومعطيَها.
 الرشوة في باب القضاء والحُكْم أعظم جُرْمًا، وأشد إثمًا؛ لما فيها من الظلم والحكم بغير ما أنزل الله.</t>
   </si>
   <si>
     <t>Rüşvət vermək, rüşvət almaq və bu işdə araçılıq etmək, batilə yardım və kömək olunduğu üçün haramdır.
 Rüşvət böyük günahlardandır. Çünki Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) rüşvət alana da verənə də lənət etmişdir.
 Rüşvət, məhkəmə və hökm məsələlərində, hakimləri insanlara zülüm etməyə və Allahın endirdiyindən başqası ilə hökm yerməyə sövq etdiyi üçün ən ağır və ən böyük günahdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/64689</t>
   </si>
   <si>
     <t>بني الإسلام على خمس</t>
   </si>
   <si>
     <t>İslam beş təməl üzərində qurulub</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ عُمَر رضي الله عنهما قال: قال رسولُ الله صلى الله عليه وسلم: «بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
-    <t>Abdullah bin Ömər (Allah onların hər ikisindən razı olsun)  Allahın Elçisinin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğunu rəvayət edir: İslam beş təməl üzərində qurulub: Allahdan başqa ibadətə layiq məbud olmadığına, Muhəmmədin Onun qulu və rəsulu olduğuna şəhadət etmək, namaz qılmaq, zəkat vermək, Allahın evini həcc etmək və Ramazan orucunu tutmaq".</t>
+    <t>Abdullah bin Ömər (Allah onların hər ikisindən razı olsun)  Allahın Elçisinin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğunu rəvayət edir: "İslam beş təməl üzərində qurulub: Allahdan başqa ibadətə layiq haqq məbud olmadığına, Muhəmmədin Onun qulu və rəsulu olduğuna şəhadət etmək, namaz qılmaq, zəkat vermək, Allahın evini həcc etmək və Ramazan orucunu tutmaq".</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، 
 وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. 
 والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. 
 والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. 
 والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
-    <t>Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) beş sütun üzərində qurulan İslamı inşa olunmuş möhkəm bir binaya bənzədib, İslamın digər xüsusiyyətləri isə bu binanın tamamlanması kimidir. Bu sütunlardan birincisi: iki şəhadət- Allahdan başqa ibadətə layiq məbud olmadığına və Muhəmmədin Allahın rəsulu olduğuna şəhadət gətirməkdir ki- bu da bir sütundur, biri digərindən ayrılmazdır. İnsan, Allahın təkliyini, yalnız Onun ibadətə layiq olduğunu etiraf edib, şəhadətin tələblərinə uyğun əməl edib və Muhəmmədin (Allahın salavatı və salamı onun üzərinə olsun) şəriətinə iman gətirib və ona tabe olaraq bu şəhadəti tələffüz edir. İkinci sütun: gün ərzində vacib olan beş namazı- sübh, zöhr, əsr, məğrib, işa namazlarını şərtlərinə, ərkanlarına və vaciblərinə uyğun qılmaq. Üçüncü sütun: vacib zəkatın ödənilməsi- bu, vacib ibadət olaraq şəriətlə tənzimlənir, sərvətin miqdarı müəyyən həddə çatdıqda təyin edilmiş hissəsi ehtiyaclılara verilir. Dördüncü sütun: həcc - Tələb olunan əməlləri yerinə yetirmək məqsədi ilə Məkkəyə yollanmaq və bununla da uca Allaha ibadət etmək. Beşinci sütun: Ramazan orucu, Allaha ibadət niyyəti ilə səhər dan yeri ağarandan-gün batana qədər yemək, içmək və orucu pozan başqa şeylərdən çəkinməkdir.</t>
+    <t>Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) beş sütun üzərində qurulan İslamı inşa olunmuş möhkəm bir binaya bənzədib, İslamın digər xüsusiyyətləri isə bu binanın tamamlanması kimidir. Bu sütunlardan birincisi: iki şəhadət - Allahdan başqa ibadətə layiq məbud olmadığına və Muhəmmədin Allahın rəsulu olduğuna şəhadət gətirməkdir ki - bu da bir sütundur, biri digərindən ayrılmazdır. İnsan, Allahın təkliyini, yalnız Onun ibadətə layiq olduğunu etiraf edib, şəhadətin tələblərinə uyğun əməl edib və Muhəmmədin (Allahın salavatı və salamı onun üzərinə olsun) şəriətinə iman gətirib və ona tabe olaraq bu şəhadəti tələffüz edir. İkinci sütun: gün ərzində vacib olan beş namazı- sübh, zöhr, əsr, məğrib, işa namazlarını şərtlərinə, ərkanlarına və vaciblərinə uyğun qılmaq. Üçüncü sütun: vacib zəkatın ödənilməsi - bu, vacib ibadət olaraq şəriətlə tənzimlənir, sərvətin miqdarı müəyyən həddə çatdıqda təyin edilmiş hissəsi ehtiyaclılara verilir. Dördüncü sütun: həcc - tələb olunan əməlləri yerinə yetirmək məqsədi ilə Məkkəyə yollanmaq və bununla da uca Allaha ibadət etmək. Beşinci sütun: Ramazan orucu, Allaha ibadət niyyəti ilə səhər dan yeri ağarandan-gün batana qədər yemək, içmək və orucu pozan başqa şeylərdən çəkinməkdir.</t>
   </si>
   <si>
     <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
 الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
   </si>
   <si>
-    <t>İki şəhadətin bir-birindən ayrılmazlığı, ona görə də onlardan biri digəri olmadan etibarlı deyil. Buna görə də, şəriət onları birlikdə- bir sütun edib.
+    <t>İki şəhadətin bir-birindən ayrılmazlığı, ona görə də onlardan biri digəri olmadan etibarlı deyil. Buna görə də, şəriət onları birlikdə - bir sütun edib.
 İki şəhadətin dinin əsası olması, bu iki şəhadətsiz nə söz, nə də əməl qəbul deyildir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65000</t>
   </si>
   <si>
     <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
     <t>Sizlərdən biriniz bir münkər gördükdə, onu əli ilə dəyişsin, əgər bacarmırsa, dili ilə dəyişsin, əgər onu da bacarmırsa, qəlbi ilə dəyişsin, bu isə imanın ən zəif dərəcəsidir</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
-    <t>Əbu Səid əl-Xudridən (Allah ondan razı olsun) rəvayətə  görə o belə demişdir: Mən, Allah Rəsulunun (Allahın salamı və salavatı onun üzərinə olsun) belə dediyini eşitdim: "Sizlərdən biriniz bir münkər gördükdə, onu əli ilə dəyişsin, əgər bacarmırsa, dili ilə dəyişsin, əgər onu da bacarmırsa, qəlbi ilə dəyişsin, bu isə imanın ən zəif dərəcəsidir".</t>
+    <t>Əbu Səid əl-Xudridən (Allah ondan razı olsun) rəvayətə görə o belə demişdir: Mən, Allah Rəsulunun (Allahın salamı və salavatı onun üzərinə olsun) belə dediyini eşitdim: "Sizlərdən biriniz bir münkər gördükdə, onu əli ilə dəyişsin, əgər bacarmırsa, dili ilə dəyişsin, əgər onu da bacarmırsa, qəlbi ilə dəyişsin, bu isə imanın ən zəif dərəcəsidir".</t>
   </si>
   <si>
     <t>يأمر النبي صلى الله عليه وسلم بتغيير المنكر -وهو كل ما نهى الله عنه ورسوله- حسب الاستطاعة، 
 فإذا رأى منكرًا فيجب عليه تغييره باليد إن كان له قدرة، 
 فإن عجز عن ذلك فليغيره بلسانه بأن ينهى مرتكبه ويُبيِّن له ضرره ويرشده إلى الخير بدل هذا الشر، 
 فإن عجز عن هذه المرتبة فليغيره بقلبه بأن يَكرَه هذا المنكر ويَعزِم أنه لو قدر على تغييره لفعل، 
 والتغيير بالقلب أضعف مراتب الإيمان في تغيير المنكر.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salamı və salavatı onun üzərinə olsun) müsəlmana,  Allahın və Onun rəsulunun qadağan etdiyi hər bir münkəri  gücü çatacağı şəkildə dəyişməyi əmr etmişdir. Əgər bir şəxs münkər görərsə, gücü çatırsa, onu əli ilə dəyişməsi vacibdir. Əgər bunu bacarmazsa, onu dili ilə dəyişməlidir. Yəni: həmin əməl sahibini o pis işdən çəkindirməli, bu əməlin ona olan zərərini bəyan etməli və onu, bu şərin əvəzinə xeyirli bir işə yönəltməlidir. Əgər bu üslubla da bacarmazsa, bu zaman onu qəlbi ilə dəyişməlidir. Yəni: o əmələ qəlbi ilə nifrət etməli və gücü çataçağı təqdirdə onu dəyişəcəyinə əzm etməlidir. Münkəri qəlblə inkar etmək, münkəri dəyişmədə imanın ən zəif dərəcəsidir.</t>
+    <t>Peyğəmbər (Allahın salamı və salavatı onun üzərinə olsun) müsəlmana, Allahın və Onun rəsulunun qadağan etdiyi hər bir münkəri  gücü çatacağı şəkildə dəyişməyi əmr etmişdir. Əgər bir şəxs münkər görərsə, gücü çatırsa, onu əli ilə dəyişməsi vacibdir. Əgər bunu bacarmazsa, onu dili ilə dəyişməlidir. Yəni: həmin əməl sahibini o pis işdən çəkindirməli, bu əməlin ona olan zərərini bəyan etməli və onu, bu şərin əvəzinə xeyirli bir işə yönəltməlidir. Əgər bu üslubla da bacarmazsa, bu zaman onu qəlbi ilə dəyişməlidir. Yəni: o əmələ qəlbi ilə nifrət etməli və gücü çataçağı təqdirdə onu dəyişəcəyinə əzm etməlidir. Münkəri qəlblə inkar etmək, münkəri dəyişmədə imanın ən zəif dərəcəsidir.</t>
   </si>
   <si>
     <t>الحديث أصل في بيان مراتب تغيير المنكر.
 الأمر بالتَّدَرُّج في النهي عن المنكر، كلٌّ بحسب استطاعته وقدراته.
 النهي عن المنكر باب عظيم في الدين ولا يسقط عن أحد، ويُكَلَّف به كل مسلم بحسب استطاعته.
 الأمر بالمعروف والنهي عن المنكر من خصال الإيمان، والإيمان يزيد وينقص.
 يشترط في النهي عن المنكر: العلم بكون ذلك الفعل منكرًا.
 يشترط في تغيير المنكر: أن لا يترتب عليه منكر أعظم منه.
 للنهي عن المنكر آداب وشروط ينبغي على المسلم أن يتعلمها.
 إنكار المنكر يحتاج إلى سياسة شرعية، وإلى علم وبصيرة.
 عدم الإنكار بالقلب يدل على ضعف الإيمان.</t>
   </si>
   <si>
     <t>Bu hədis, münkərin dəyişdirilmə mərtəbələrini izah edən əsas hədisdir.
 Münkəri qadağan etməkdə mərhələlər və hər kəsin bacarığı və qüdrəti daxilində olmasının əmr ediməsi.
 Münkərdən çəkindirmək, dində hər bir müsəlmana vacib olan əzəmətli mövzudur və hər bir müsəlman da bacardığı qədər bununla mükəlləfdir.
 Yaxşılığı əmr edib, münkərdən çəkindirmək imanın xüsusiyyətlərindəndir. İman artır və azalır.
 Edilən bir felin münkər olduğunu bilmək, münkərdən çəkindirməkdə şərtdir.
 Həmçinin münkəri dəyişdirdikdə, ondan da daha böyük bir münkərin ortaya çıxmaması, münkəri dəyişdirməkdə olan şərtlərdən biridir.
 Münkərdən çəkindirmənin ədəb və şərtləri vardır ki, müsəlmanın onları öyrənməsi lazımdır.
 Münkəri inkar etmək, şəri siyasəti bilməyi və həmçinin elm və bəsirət sahibi olmağı tələb edir.
 Münkəri qəlb ilə də olsa inkar etməmək, imanın zəif olduğuna dəlalət edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65001</t>
   </si>
   <si>
     <t>من أحسن في الإسلام لم يؤاخذ بما عمل في الجاهلية، ومن أساء في الإسلام أخذ بالأول والآخر</t>
   </si>
   <si>
     <t>Kim İslamda yaxşı işlər görərsə, cahiliyyədə etdiklərinə görə hesaba çəkilməz, kim İslamda pis işlər görərsə, cahilikdə və İslamda etdiyi əməllərə görə hesaba çəkilər</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنُؤَاخَذُ بِمَا عَمِلْنَا فِي الْجَاهِلِيَّةِ؟ قَالَ: «مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ».</t>
   </si>
   <si>
-    <t>İbn Məsuddan (Allah ondan razı olsun) rəvayət edildiyinə görə o belə demişdir: Bir kişi dedi: Ey Allahın Rəsulu, cahiliyyə zamanında etdiyimizə görə hesaba çəkiləcəyikmi? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) cavab verərək buyurdu: Kim İslamda yaxşı işlər görərsə, cahiliyyədə etdiklərinə görə hesaba çəkilməz, kim İslamda pis işlər görərsə, cahilikdə və İslamda etdiyi əməllərə görə hesaba çəkilər.</t>
+    <t>İbn Məsuddan (Allah ondan razı olsun) rəvayət edildiyinə görə o belə demişdir: Bir kişi dedi: "Ey Allahın Rəsulu, cahiliyyə zamanında etdiyimizə görə hesaba çəkiləcəyikmi?". Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) cavab verərək buyurdu: "Kim İslamda yaxşı işlər görərsə, cahiliyyədə etdiklərinə görə hesaba çəkilməz, kim İslamda pis işlər görərsə, cahilikdə və İslamda etdiyi əməllərə görə hesaba çəkilər".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم فضل الدخول في الإسلام، 
 وأن من أسلم وحسن إسلامه وكان مخلصًا صادقًا؛ فلا يحاسب بما عمل في الجاهلية من معاصي، 
 ومن أساء في الإسلام بأن كان منافقًا أو ارتد عن دينه؛ حوسب بما عمل في الكفر وبما عمل في الإسلام.</t>
   </si>
   <si>
     <t>Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) İslama daxil olmağın fəzilətini bəyan edir. Kim İslamı qəbul edib yaxşı əməllər edərsə, əməllərində sadiq və ixlaslı olarsa, cahiliyyə dövründə etdiyi günahlara görə hesaba çəkilməz. Kim də münafiq olar yaxud dinindən dönərsə, həm küfrdə olduğu dövrdə, həm də İslamda olduğu zaman etdiyi əməllərə görə hesaba çəkiləcəkdir.</t>
   </si>
   <si>
     <t>اهتمام الصحابة رضوان الله عليهم وخوفهم مما كان منهم من الأعمال في الجاهلية.
 الحث على الثبات على الإسلام.
 فضل الدخول في الإسلام وأنه يكفر الأعمال السابقة.
 المرتد والمنافق يُحاسَبُ بكلِّ عملٍ له سَبَقَ في الجاهلية، وبكل ذنب فَعله في الإسلام.</t>
   </si>
   <si>
     <t>Sahabələrin (Allah onlardan razı olsun) cahiliyyə dövründə etdikləri əməllərdən dolayı qorxmaları və bu barədə maraqlanmaları.
 İslamda sabitqədəm olmağa təşviq edilmişdir.
 Hədisdə İslama daxil olmanın fəziləti və bunun keçmiş günahlara kəffarə olması ifadə edilmişdir.
 Mürtəd və münafiq kimsə, həm cahiliyyə dövründə etdiyi bütün əməllərə görə, həm də İslamda etdiyi hər bir günaha görə hesaba çəkiləcəkdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65002</t>
   </si>
   <si>
@@ -13092,64 +13082,64 @@
     <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
 أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
 الصدقة دليل على صدق الإيمان.
 أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
 النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
 كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
 الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
   </si>
   <si>
     <t>Təmizlik iki növdür:  Zahiri təmizlik və bu, dəstəmaz və qüslla baş verir. 
  Daxili təmizlik- bu isə iman, tövhid və saleh əməllərlə hasil olur.
 Namazlara diqqət edib, vaxtında qılmağın əhəmiyyəti və onun bu dünyada da, qiyamət günündə də, insan üçün nur olması.
 Sədəqə imanın səmimiliyinə dəlildir.
 Quranın hökmlərinə əməl etməyin əhəmiyyəti və onun sənin əleyhinə yox, leyhinə dəlil olması üçün təsdiq etməyin önəmi.
 Nəfsi itaətlə məşğul etməsən, səni günahlarla məşğul edər.
 Hər bir insanın müəyyən əməllər etməsi qaçılmazdır,  o ya itaətlə özünü cəhənnəmdən xilas edər, ya da asiliklə özünü cəhənnəmə atar.
 Səbr dözümlülüyü və qarşılığını Allahdan gözləməyi tələb edir və bunda da çətinlik var.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65004</t>
   </si>
   <si>
     <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
   </si>
   <si>
-    <t>Bilin ki, bir kişinin ona çatan hədis barədə öz oturacağının  qoltuğuna rahat söykənərək belə söyləyəcəyi zaman yaxındadir: Bizimlə sizin aranızda Allahın kitabı var</t>
+    <t>Bilin ki, bir kişinin ona məndən çatan hədis barədə öz oturacağının qoltuğuna rahat söykənərək belə söyləyəcəyi zaman yaxındadir: "Bizimlə sizin aranızda Allahın kitabı var</t>
   </si>
   <si>
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
-    <t>Miqdəd bin Madikərib (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir: Bilin ki, bir kişinin ona çatan hədis barədə öz oturacağının  qoltuğuna rahat söykənərək belə söyləyəcəyi zaman yaxındadir: Bizimlə sizin aranızda Allahın kitabı var , orada nəyi halal gördüksə , onu halal bilərik, haram gördüyümüzü isə haram bilərik. Bilin ki, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) haram etdikləri Allahın haram etdikləri kimidir .</t>
+    <t>Miqdəd bin Madikərib (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir: "Bilin ki, bir kişinin ona məndən çatan hədis barədə öz oturacağının qoltuğuna rahat söykənərək belə söyləyəcəyi zaman yaxındadir: "Bizimlə sizin aranızda Allahın kitabı var, orada nəyi halal gördüksə, onu halal bilərik, haram gördüyümüzü isə haram bilərik". Bilin ki, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) haram etdikləri Allahın haram etdikləri kimidir".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
-    <t>Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, bir qrup insanın toplaşdığı məclisdə , onlardan birinin öz oturacağının qoltuğuna söykəndiyi halda Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) ona bir hədis deyildikdə, o hədis barədə : "Bizimlə sizin aranızdakı məsələlərdə hökm verən Qurani Kərimdir və o bizə kifayətdir, orada nə  halal tapsaq ona əməl edərik və nə haram görsək ondan uzaqlaşarıq" deməsi zamanı artıq yaxınlaşmışdır. Sonra Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, onun sünnəsində haram etdiyi və ya qadağan etdiyi hər şey Allahın  haram etdiyinin hökmü kimidir, çünki o, öz Rəbbinin hökmlərini çatdırır.</t>
+    <t>Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, bir qrup insanın toplaşdığı məclisdə, onlardan birinin öz oturacağının qoltuğuna söykəndiyi halda Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) ona bir hədis deyildikdə, o hədis barədə: "Bizimlə sizin aranızdakı məsələlərdə hökm verən Qurani Kərimdir və o bizə kifayətdir, orada nə  halal tapsaq ona əməl edərik və nə haram görsək ondan uzaqlaşarıq" deməsi zamanı artıq yaxınlaşmışdır. Sonra Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, onun sünnəsində haram etdiyi və ya qadağan etdiyi hər şey Allahın haram etdiyinin hökmü kimidir, çünki o, öz Rəbbinin hökmlərini çatdırır.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>Sünnənin Quran kimi təzim edilməsi və ondan şəriət əhkamlarının götürülməsi.
 Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) itaət Allaha itaətdir, ona asi olmaq  isə Uca Allaha asi olmaqdır.
 Sünnənin hüccət olmasının sübutu və sünnəni qəbul etməyib inkar edənlərə cavab.
 Kim sünnədən üz çevirib,  yalnız Quranla kifayətlənməyi iddia edərsə, o, onların hər ikisindən üz çevirmiş olur və Qurana tabeçiliyindəki iddiasında yalançıdır.
 Peyğəmbərimizin (Allahın salavatı və salamı onun üzərinə olsun) gələcəkdə baş verəcək şeylər haqqında xəbər verməsi peyğəmbərliyin sübutudur və  xəbər verdiyi kimi baş tutur.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[Əbu Davud, Ət-Tirmizi və İbnu Məcə rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65005</t>
   </si>
   <si>
@@ -13185,182 +13175,182 @@
     <t>Şəhadət kəliməsinin əzəməti və  günahların onun sidq qəlblə tələffüzü nəticəsində daha ağır gəlməsi.
 İslam özündən öncəki günahları  silir
 Səmimi qəlbdən edilən  tövbə, ondan öncə edilən günahları silir.
 Təlim əsnasında təkrar etmək, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) irşadedici metodlarındandır.
 Şəhadət kəliməsinin fəziləti və o kəlimənin cəhənnəmdə əbədi qalmaqdan qurtuluş səbəbi olması.</t>
   </si>
   <si>
     <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
   </si>
   <si>
     <t>[Əbu Yalə, Ət-Tabarani, Əd-Diya Əl-Maqdisi rıvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65006</t>
   </si>
   <si>
     <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
   </si>
   <si>
     <t>Allahın qulları üzərində haqqı Ona ibadət edərək, Ona heç bir şeyi şərik qoşmamaqdır. Qulların Allah üzərində haqları isə, Ona şərik qoşmayan kəsə əzab verməməsidir</t>
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
-    <t>Muazdan -Allah ondan razı olsun - olan rəvayətdə o dedi: Bir dəfə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Ufeyr adlanan uzunqulağın belində öndə , mən isə  arxada oturmuşdum. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) (mənə) dedi: Ey Muaz, Allahın qulları üzərindəki və qulların Allah üzərindəki haqlarını bilirsənmi? Dedim: Allah və Rəsulu ən doğrusunu bilir. Dedi: "Allahın qulları üzərində haqqı Ona ibadət edərək, Ona heç bir şeyi şərik qoşmamaqdır. Qulların Allah üzərində haqları isə, Ona şərik qoşmayan kəsə əzab verməməsidir.", Mən dedim: Ey Allahın Rəsulu! Bununla insanları müjdələməyimmi? Müjdələmə, yoxsa arxayınlaşarlar - dedi.</t>
+    <t>Muazdan - Allah ondan razı olsun - olan rəvayətdə o dedi: Bir dəfə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Ufeyr adlanan uzunqulağın belində öndə , mən isə  arxada oturmuşdum. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) (mənə) dedi: "Ey Muaz, Allahın qulları üzərindəki və qulların Allah üzərindəki haqlarını bilirsənmi?". Dedim: "Allah və Rəsulu ən doğrusunu bilir". Dedi: "Allahın qulları üzərində haqqı Ona ibadət edərək, Ona heç bir şeyi şərik qoşmamaqdır. Qulların Allah üzərində haqları isə, Ona şərik qoşmayan kəsə əzab verməməsidir.". Mən dedim: "Ey Allahın Rəsulu! Bununla insanları müjdələməyimmi?". O isə: "Müjdələmə, yoxsa arxayınlaşarlar" - dedi.</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
 وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
 ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
 فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
   </si>
   <si>
-    <t>Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) Allahın qullar üzərində olan haqqını və qulların Allah üzərində olan haqqını bəyan edir və bildirir ki, Allahın qullar üzərində haqqı yalnız Ona ibadət etmək və Ona heç nəyi şərik qoşmamaqdır. Qulların Allah üzərində haqqı, Ona heç nəyi şərik qoşmayan tövhid əhlinə əzab verməməsidir. Sonra Muaz deyir: Ey Allahın Rəsulu, insanlar bu sevindirici xəbərlə sevinsinlər və şad olsunlar deyə onları müjdələməyim? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanların buna arxayın olmasından qorxduğu üçün müjdələməyi  ona qadağan edir.</t>
+    <t>Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) Allahın qullar üzərində olan haqqını və qulların Allah üzərində olan haqqını bəyan edir və bildirir ki, Allahın qullar üzərində haqqı yalnız Ona ibadət etmək və Ona heç nəyi şərik qoşmamaqdır. Qulların Allah üzərində haqqı, Ona heç nəyi şərik qoşmayan tövhid əhlinə əzab verməməsidir. Sonra Muaz deyir: Ey Allahın Rəsulu, insanlar bu sevindirici xəbərlə sevinsinlər və şad olsunlar deyə onları müjdələməyim? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanların buna arxayın olmasından qorxduğu üçün müjdələməyi ona qadağan edir.</t>
   </si>
   <si>
     <t>بيان حقّ الله تعالى الذي أوجبه على عباده، وهو أن يعبدوه، ولا يشركوا به شيئًا.
 بيان حقّ العباد على الله تعالى الذي أوجبه على نفسه فضلًا منه ونعمةً، وهو أن يدخلهم الجَنَّة، ولا يعذبهم.
 فيه بشارة عظيمة للموحّدين الذين لا يشركون بالله تعالى شيئاً بأن مصيرهم دخول الجَنَّة.
 حَدَّثَ معاذ بهذا الحديث قبل موته؛ مخافة الوقوع في إثم كتمان العلم.
 التنبيه على عدم نشر بعض الأحاديث عند بعض الناس خوفًا على من لم يدرك معناها؛ وذلك فيما ليس تحته عمل ولا فيه حد من حدود الشريعة.
 عصاة الموحدين تحت مشيئة الله إن شاء عذّبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Allahın qullarına vacib etdiyi haqlarının bəyanı: Ona ibadət edib, heç nəyi Ona şərik qoşmamaları.
 Qulların Allah üzərində olan, Onun tərəfindən onlara fəzilət və nemət olaraq Allahın özünə vacib etdiyi haqlarının bəyanı: Onları cənnətinə daxil etməsi və onlara əzab verməməsi.
-Burada Uca Allaha  şərik qoşmayan tövhid əhlinə, son  mənzillərinin cənnət olması ilə bağlı böyük müjdə vardır.
-Muaz (Allah ondan razı olsun) elmi gizlətməyin günahından qorxduğu üçün ölümündən öncə  bu hədisi söyləyir
+Burada Uca Allaha şərik qoşmayan tövhid əhlinə, son mənzillərinin cənnət olması ilə bağlı böyük müjdə vardır.
+Muaz (Allah ondan razı olsun) elmi gizlətməyin günahından qorxduğu üçün ölümündən öncə bu hədisi söyləyir.
 Bəzi insanların, mənalarını anlamayacaqlarından ehtiyat edib, onların yanında əməl etməklə və şəriətin hədlərindən hər hansı hədlə əlaqəsi olmayan bəzi hədisləri yaymamaq.
-Tövhid əhli arasındakı günahkarlar Allahın istəyi altındadır, istəsə onları bağışlayar,  istəsə onlara əzab verər, lakin sonda gedəcəkləri yer cənnətdir.</t>
+Tövhid əhli arasındakı günahkarlar Allahın istəyi altındadır, istəsə onları bağışlayar, istəsə onlara əzab verər, lakin sonda gedəcəkləri yer cənnətdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65007</t>
   </si>
   <si>
     <t>من مات لا يشرك بالله شيئا دخل الجنة، ومن مات يشرك بالله شيئا دخل النار</t>
   </si>
   <si>
     <t>Kim Allaha şərik qoşmadan ölərsə cənnətə daxil olar, kim Allaha  şərik qoşaraq ölərsə cəhənnəmə daxil olar</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ فَقَالَ: يَا رَسُولَ اللهِ، مَا الْمُوجِبَتَانِ؟ فَقَالَ: «مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ»</t>
   </si>
   <si>
-    <t>Cabirdən (Allah ondan razı olsun) rəvayət edildiyinə görə o belə dedi: Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına bir kişi gəlib belə dedi: Ey Allahın Rəsulu, (insanı cənnətə və cəhənnəmə salan) iki səbəb nədir?  Dedi: Kim Allaha şərik qoşmadan ölərsə cənnətə daxil olar, kim Allaha  şərik qoşaraq ölərsə cəhənnəmə daxil olar.</t>
+    <t>Cabirdən (Allah ondan razı olsun) rəvayət edildiyinə görə o belə dedi: Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına bir kişi gəlib belə dedi: Ey Allahın Rəsulu, (insanı cənnətə və cəhənnəmə salan) iki səbəb nədir? Dedi: "Kim Allaha şərik qoşmadan ölərsə cənnətə daxil olar, kim Allaha  şərik qoşaraq ölərsə cəhənnəmə daxil olar".</t>
   </si>
   <si>
     <t>سأل رجل النبي صلى الله عليه وسلم عن الخصلتين: التي توجب دخول الجنة، والتي توجب دخول النار؟ 
 فأجابه صلى الله عليه وسلم: أن الخصلة التي توجب الجنة أن يموت الإنسان وهو يعبد الله وحده ولا يشرك به شيئًا، 
 وأن الخصلة التي توجب النار أن يموت الإنسان وهو يشرك بالله شيئًا فيجعل لله ندًا ومثيلًا في ألوهيته أو ربوبيته أو أسمائه وصفاته.</t>
   </si>
   <si>
     <t>Kişi peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) iki səbəb barəsində soruşdu: Cənnətə aparan və cəhənnəmə vasil edən səbəb. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) cavab verir ki: Cənnətə aparan səbəb insanın tək olan Allaha ibadət edib, Ona heç bir şeyi şərik qoşmadan ölməsidir. Cəhənnəmə salan səbəb isə insanın, Allahın uluhiyyətində və ya rübubiyyətində və ya ad və sifətlərində Ona hər hansı şeyi tay tutması və şərik qoşaraq ölməsidir.</t>
   </si>
   <si>
     <t>فضل التوحيد وأن من مات مؤمنًا لا يشرك بالله شيئًا دخل الجنة. 
 خطر الشرك، وأن من مات يشرك بالله شيئا دخل النار.
 عصاة الموحدين تحت مشيئة الله إن شاء عذبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Tövhidin fəziləti və iman gətirib Allaha  şərik qoşmadan ölən insanın cənnətə daxil olması.
-Şirkin təhlükəsi və Allaha  şərik qoşanın cəhənnəmə daxil olması.
-Tövhid əhli arasındakı günahkarlar Allahın istəyi altındadır, istəsə onları bağışlayar,  istəsə onlara əzab verər, lakin sonda gedəcəkləri yer cənnətdir.</t>
+Şirkin təhlükəsi və Allaha şərik qoşanın cəhənnəmə daxil olması.
+Tövhid əhli arasındakı günahkarlar Allahın istəyi altındadır, istəsə onları bağışlayar, istəsə onlara əzab verər, lakin sonda gedəcəkləri yer cənnətdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65008</t>
   </si>
   <si>
     <t>إنه لم يقل يوما: رب اغفر لي خطيئتي يوم الدين</t>
   </si>
   <si>
     <t>çünki o, bir gün olsa belə, "Rəbbim! Qiyamət günü günahlarımı bağışla" söyləməyib</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قُلْتُ: يَا رَسُولَ اللهِ، ابْنُ جُدْعَانَ كَانَ فِي الْجَاهِلِيَّةِ يَصِلُ الرَّحِمَ، وَيُطْعِمُ الْمِسْكِينَ، فَهَلْ ذَاكَ نَافِعُهُ؟ قَالَ: «لَا يَنْفَعُهُ، إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ».</t>
   </si>
   <si>
     <t>Aişədən (Allah ondan razı olsun) rəvayət edildiyinə görə belə dedi: Dedim: "Ey Allahın Rəsulu, ibn Cud'an cahiliyyədə qohumluq əlaqələri saxlayır, yoxsulu yedizdirərdi , bu ona fayda verəcəkmi? Dedi: Fayda verməyəcək, çünki o, bir gün olsa belə, "Rəbbim! Qiyamət günü günahlarımı bağışla" söyləməyib."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم عن عبد الله بن جدعان، وكان من رؤساء قريش قبل الإسلام، 
 ومن أفعاله الحسنة أنه: يصل أقاربه ويحسن إليهم، ويطعم المسكين، وغيرها من الفضائل التي حث الإسلام على فعلها، بأن هذه الأعمال لن تنفعه في آخرته؛ وذلك بسبب كفره بالله، وأنه لم يقل يومًا: رب اغفر لي خطيئتي يوم الدين.</t>
   </si>
   <si>
     <t>Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun), İslamdan öncə Qureyşin böyüklərindən olan Abdullah bin Cud'andan xəbər vermişdir. Gözəl əməllərindən: Qohumluq əlaqələrini möhkəmlətmək, onlara xeyirxahlıq etmək, yoxsulları yedizdirmək və digər İslamın təşviq etdiyi fəzilətli əməlləri var idi. Lakin, Allaha küfr etdiyi üçün və bir gün olsun belə "Allahım Qiyamət günü günahlarımı bağışla" söyləmədiyinə görə bu əməllər ona axirətdə fayda verməyəcək.</t>
   </si>
   <si>
     <t>بيان فضل الإيمان، وأنه شرط لقبول الأعمال.
 بيان شؤم الكفر، وأنه من مُحبطات الأعمال الصالحات.
 الكفار لا تنفعهم أعمالهم في الآخرة لعدم إيمانهم بالله واليوم الآخر.
 أعمال الإنسان في حال كفره تكتب له إذا أسلم، ويُجازى عليها.</t>
   </si>
   <si>
     <t>İmanın fəzilətinin bəyanı və onun əməllərin qəbulu üçün şərt olması
 Küfrün şər olması və onun saleh əməlləri batil etməsinin bəyanı.
 Allaha və axirət gününə iman gətirmədikləri üçün kafirlərə əməlləri axirətdə fayda verməyəcək.
 İnsanın küfr halında ikən etdiyi yaxşı əməllər müsəlman olduqda ona  savab kimi yazılır və bu əməllərə görə mukafatlanacaq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65009</t>
   </si>
   <si>
     <t>هل تدرون ماذا قال ربكم؟ قالوا: الله ورسوله أعلم، قال: أصبح من عبادي مؤمن بي وكافر</t>
   </si>
   <si>
-    <t>Bilirsinizmi, Rəbbiniz nə buyurdu?" Oradakılar: "Allah və Rəsulu daha doğrusunu bilir" dedilər. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "(Allah buyurdu ki) Qullarımdan bir qismi mənə iman, bir qismi isə mənə küfr edərək sabahladı</t>
+    <t>Bilirsinizmi, Rəbbiniz nə buyurdu?". Oradakılar: "Allah və Rəsulu daha doğrusunu bilir" dedilər. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "(Allah buyurdu ki) Qullarımdan bir qismi mənə iman, bir qismi isə mənə küfr edərək sabahladı</t>
   </si>
   <si>
     <t>عَنْ زَيْدِ بْنِ خَالِدٍ الجُهَنِيِّ رضي الله عنه أَنَّهُ قَالَ: صَلَّى لَنَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَاةَ الصُّبْحِ بِالْحُدَيْبِيَةِ عَلَى إِثْرِ سَمَاءٍ كَانَتْ مِنَ اللَّيْلَةِ، فَلَمَّا انْصَرَفَ أَقْبَلَ عَلَى النَّاسِ، فَقَالَ: «هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ، فَأَمَّا مَنْ قَالَ: مُطِرْنَا بِفَضْلِ اللهِ وَرَحْمَتِهِ، فَذَلِكَ مُؤْمِنٌ بِي وَكَافِرٌ بِالْكَوْكَبِ، وَأَمَّا مَنْ قَالَ: بِنَوْءِ كَذَا وَكَذَا، فَذَلِكَ كَافِرٌ بِي وَمُؤْمِنٌ بِالْكَوْكَبِ».</t>
   </si>
   <si>
-    <t>Zeyd bin Xalid əl-Cuhənidən (Allah ondan razı olsun) rəvayət edildiyinə görə o belə dedi: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) gecə yağış yağdıqdan sonra bizə sübh namazını qıldırdı. Namazını bitirincə üzünü insanlara çevirib  dedi:"Bilirsinizmi, Rəbbiniz nə buyurdu?" Oradakılar: "Allah və Rəsulu daha doğrusunu bilir" dedilər. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "(Allah buyurdu ki) Qullarımdan bir qismi mənə iman, bir qismi isə mənə küfr edərək sabahladı. Allahın lütfü və rəhməti ilə bizə yağış yağdırıldı deyənlər mənə iman etmiş və ulduzlara küfr etmişdir. Lakin, filan ulduz sayəsində bizə yağış yağdırıldı deyənlər isə mənə küfr edib, ulduzlara inananlardılar".</t>
+    <t>Zeyd bin Xalid əl-Cuhənidən (Allah ondan razı olsun) rəvayət edildiyinə görə o belə dedi: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) gecə yağış yağdıqdan sonra əl-Hudeybiyyə ərazisində bizə sübh namazını qıldırdı. Namazını bitirincə üzünü insanlara çevirib dedi: "Bilirsinizmi, Rəbbiniz nə buyurdu?". Oradakılar: "Allah və Rəsulu daha doğrusunu bilir" dedilər. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "(Allah buyurdu ki) Qullarımdan bir qismi mənə iman, bir qismi isə mənə küfr edərək sabahladı. Allahın lütfü və rəhməti ilə bizə yağış yağdırıldı deyənlər mənə iman etmiş və ulduzlara küfr etmişdir. Lakin, filan ulduz sayəsində bizə yağış yağdırıldı deyənlər isə mənə küfr edib, ulduzlara inananlardılar".</t>
   </si>
   <si>
     <t>صلى النبي صلى الله عليه وسلم صلاة الصبح بالحديبية -وهي قرية قريبة من مكةـ بعد مطر نزل في تلك الليلة، 
 فلما سلم وانتهى من صلاته أقبل على الناس بوجهه، فسألهم: هل تدرون ماذا قال ربكم عز وجل؟ 
 فأجابوه: الله ورسوله أعلم، 
 فقال: إن الله تعالى بَيًّن أن الناس ينقسمون عند نزول المطر إلى قسمين: قسم مؤمن بالله تعالى، وقسم كافر بالله تعالى؛ 
 فأما من قال: مطرنا بفضل الله ورحمته، ونَسَب إنزال المطر إلى الله تعالى؛ فذلك مؤمن بالله الخالق المتصرف في الكون، وكافر بالكوكب. 
 وأما من قال: مطرنا بنجم كذا وكذا؛ فذلك كافر بالله، مؤمن بالكوكب، وهو كفر أصغر حيث نسب إنزال المطر إلى الكوكب؛ والله لم يجعله سببًا شرعيًا ولا قدريًّا، 
 وأما من نسب نزول المطر وغيره من الحوادث الأرضية إلى تحرُّكات الكواكب في طلوعها وسقوطها معتقدًا أنها الفاعل الحقيقي، فهو كافر كفرًا أكبر.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) gecə yağış yağdıqdan sonra sübh namazını Hudeybiyyədə-Məkkəyə yaxın kənddə qıldı. Salam verib namazı bitirdikdən sonra üzünü insanlara tutub sual verdi: Bilirsinizmi izzət və cəlal sahibi olan Rəbbiniz nə dedi:? (Onlar) Allah və Rəsulu ən doğrusunu bilir- deyə cavab verdilər. O dedi: Uca Allah bəyan etdi ki, yağış yağdıqda insanlar iki qismə bölündülər: Uca Allaha iman gətirənlər və Ona küfr edənlər. "Allahın lütfü və rəhməti ilə yağış yağdı" deyənlər və yağışı Uca Allaha nisbət edənlər, Yaradan, kainatı idarə edən Allaha iman gətirənlərdir və ulduzlara inanmayanlardır. Lakin, "yağış ulduzlar sayəsində yağdı" deyənlər isə Allaha küfr edib, ulduzlara inananlardır və bu kiçik küfrdür, çünki, yağışın yağmasını ulduzlara nisbət etdilər, halbuki bunu Allah şərii və ya kövnü səbəb etməmişdir. Lakin, kim, yağışın yağması və  yer üzündə baş verən digər hadisələri, ulduzların çıxması və batmasındakı hərəkətlərlə əlaqələndirərsə və onların hərəkətlərinin  bu hadisələrə həqiqi mənada təsir edəcəyini etiqad edərsə, o böyük küfr edərək kafir olar.</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) gecə yağış yağdıqdan sonra sübh namazını Hudeybiyyədə - Məkkəyə yaxın kənddə qıldı. Salam verib namazı bitirdikdən sonra üzünü insanlara tutub sual verdi: Bilirsinizmi izzət və cəlal sahibi olan Rəbbiniz nə dedi?: (Onlar) Allah və Rəsulu ən doğrusunu bilir - deyə cavab verdilər. O dedi: Uca Allah bəyan etdi ki, yağış yağdıqda insanlar iki qismə bölündülər: Uca Allaha iman gətirənlər və Ona küfr edənlər. "Allahın lütfü və rəhməti ilə yağış yağdı" deyənlər və yağışı Uca Allaha nisbət edənlər, Yaradan, kainatı idarə edən Allaha iman gətirənlərdir və ulduzlara inanmayanlardır. Lakin, "yağış ulduzlar sayəsində yağdı" deyənlər isə Allaha küfr edib, ulduzlara inananlardır və bu kiçik küfrdür, çünki, yağışın yağmasını ulduzlara nisbət etdilər, halbuki bunu Allah şərii və ya kövnü səbəb etməmişdir. Lakin, kim, yağışın yağması və yer üzündə baş verən digər hadisələri, ulduzların çıxması və batmasındakı hərəkətlərlə əlaqələndirərsə və onların hərəkətlərinin bu hadisələrə həqiqi mənada təsir edəcəyini etiqad edərsə, o böyük küfr edərək kafir olar.</t>
   </si>
   <si>
     <t>استحباب القول بعد نزول المطر: مُطرنا بفضل الله ورحمته.
 من نسب نعمة إنزال المطر وغيرها إلى الكوكب خَلْقًا وإيجادًا فهو كافرٌ كفرًا أكبر، وإن نسبه على أنه سببٌ فهو كافرٌ كفرًا أصغر لأنه ليس بسبب شرعي ولا حسي.
 أن النعمة تكون سببًا للكفر إذا كُفِرت، وتكون سببًا للإيمان إذا شُكرت. 
 النهي عن قول: "مطرنا بنوء كذا"، ولو قُصِد بها الوقت؛ سدًّا لذريعة الشرك.
  وجوب تعلُّق القلب بالله تعالى في جَلْب النعم ودفع النقم.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
-    <t>Yağış yağdıqdan sonra "Allahın lütfü və rəhməti ilə yağış yağdı" söyləməyin mustəhəb olması
-Kim yağışın yağmasını və başqa hadisələri ulduzlardan yaradılış və meydana çıxma  kimi qələmə verərsə, o böyük küfrlə kafir olar, lakin, ulduzları (bu hadisələrin baş verməsində) bir səbəb kimi götürərsə , kiçik küfr etmiş olar, çünki bu, nə şərii, nə də ki, kövnü səbəb deyil.
+    <t>Yağış yağdıqdan sonra "Allahın lütfü və rəhməti ilə yağış yağdı" söyləməyin mustəhəb olması.
+Kim yağışın yağmasını və başqa hadisələri ulduzlardan yaradılış və meydana çıxma kimi qələmə verərsə, o böyük küfrlə kafir olar, lakin, ulduzları (bu hadisələrin baş verməsində) bir səbəb kimi götürərsə, kiçik küfr etmiş olar, çünki bu, nə şərii, nə də ki, kövnü səbəb deyil.
 Nemətə küfr edilərsə küfrə səbəb olar, şükr edilərsə imana səbəb olar.
 "Filan ulduza görə yağış yağdı" sözünün mənaca şirkə dəlalət etməsinin qarşısını almaq məqsədi ilə burada zaman qəsd edilərsə belə bu sözü qadağan etmək.
 Nemətlərin cəlb olunmasında və bəlaların dəf edilməsndə qəlbin Uca Allaha bağlılığının vacibliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65010</t>
   </si>
   <si>
     <t>إنا نجد في أنفسنا ما يتعاظم أحدنا أن يتكلم به، قال: وقد وجدتموه؟ قالوا: نعم، قال: ذاك صريح الإيمان</t>
   </si>
   <si>
     <t>Biz nəfsimizdə dilə gətirə bilməyəcək dərəcədə böyük bir hisslər keçiririk. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Həqiqətən bu hissləri keçirirsinizmi? "Onlar "Bəli"  deyə, cavab verdilər. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Bunu hiss etməyiniz sizin həqiqi imanınızı göstərir</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: جَاءَ نَاسٌ مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَسَأَلُوهُ: إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Əbu Hureyranın (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) səhabələrindən bəziləri gəlib  ondan soruşdular:Biz nəfsimizdə dilə gətirə bilməyəcək dərəcədə böyük bir hisslər keçiririk. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Həqiqətən bu hissləri keçirirsinizmi? "Onlar "Bəli"  deyə, cavab verdilər. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Bunu hiss etməyiniz sizin həqiqi imanınızı göstərir."</t>
   </si>
   <si>
     <t>جاء جماعة مِن أصحاب النبي صلى الله عليه وسلم فسألوه عن ما يجدونه في أنفسهم من الأمور الكبيرة التي يعظم عليهم النطق بها لقبحها ونفورهم عنها، 
 فقال عليه الصلاة والسلام: إن هذا الذي وجدتموه هو صريح الإيمان واليقين الذي يدفعكم لمنع ما يلقيه الشيطان في القلب واستنكاركم النطق وتعاظم ذلك في أنفسكم، وإن الشيطان لم يتمكن من قلوبكم، بخلاف من تمكَّن الشيطان من قلبه ولم يجد معه مدافعة.</t>
   </si>
   <si>
     <t>Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) səhabələrindən bir qrup şəxs onun yanına gələrək, nəfslərinə gələn, lakin, çirkinliyinə görə dilə gətirilməyəcək qədər ağır olan fikirlər haqqında soruşurlar. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurur: Həqiqətən şeytanın qəlbə təlqin (vəsvəsə) etdiyi şeyləri  dilə gətirməyə mane olan səbəb, içinizdəki narahatçılıq, onun nəfsinizdə böyük iz qoyması,  səmimi  imanın və yəqinliyin əlamətidir. Şeytan  mudafiəsiz görüb qərar tutduğu qəlblərdən fərqli olaraq,  sizin qəlblərinizi ələ keçirməyi bacarmadı.</t>
@@ -13423,64 +13413,64 @@
     <t>https://hadeethenc.com/az/browse/hadith/65012</t>
   </si>
   <si>
     <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>Şeytan, sizdən birinizə gələrək "bunu kim yaratdı, onu kim yaratdı? suallarını verər və ən son olaraq "Sənin Rəbbini kim yaratdı?" sualını ortaya atar. Kim belə bir vəziyyətlə qarşılaşarsa, Allaha sığınsın və bu vəsvəsələrə son qoysun</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
     <t>Əbu Hureyrədən (Allah ondan razı olsun) rəvayət edilidyində görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: "Şeytan, sizdən birinizə gələrək "bunu kim yaratdı, onu kim yaratdı? suallarını verər və ən son olaraq "Sənin Rəbbini kim yaratdı?" sualını ortaya atar. Kim belə bir vəziyyətlə qarşılaşarsa, Allaha sığınsın və bu vəsvəsələrə son qoysun."</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
 فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
 فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
 ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
 فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
 بالإيمان بالله. 
 والتعوذ بالله من الشيطان. 
 والتوقف عن الاسترسال مع الوساوس.</t>
   </si>
   <si>
-    <t>Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) şeytanın möminə vəsvəsə olaraq fısıldadığı sualların təsiredici əlacı haqda xəbər vermişdir. Şeytan "Bunu kim yaratdı? Onu kim yaratdı? Səmanı kim yaratdı? Yeri kim yaratdı?" kimi suallar verər. Mömin, dini, fitrətı və ağlı ilə şeytanın bu suallaına  "Allah" deyə cavab verir. Şeytan bu vəsvəsələrinə son qoymaz, davam edər və "Rəbbini kim yaratdı?" sualını verər Bu halda mömin  vəsvəsələri üç yolla dəf edə bilər:
-[...2 lines deleted...]
-Şeytandan gələn vəsvəsəni kəsərək , onun barədə düşünməməklə.</t>
+    <t>Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) şeytanın möminə vəsvəsə olaraq fısıldadığı sualların təsiredici əlacı haqda xəbər vermişdir. Şeytan "Bunu kim yaratdı? Onu kim yaratdı? Səmanı kim yaratdı? Yeri kim yaratdı?" kimi suallar verər. Mömin, dini, fitrətı və ağlı ilə şeytanın bu suallaına  "Allah" deyə cavab verir. Şeytan bu vəsvəsələrinə son qoymaz, davam edər və "Rəbbini kim yaratdı?" sualını verər. Bu halda mömin  vəsvəsələri üç yolla dəf edə bilər:
+Allaha iman gətirərək.
+Şeytandan Allaha sığınaraq.
+Şeytandan gələn vəsvəsəni kəsərək, onun barədə düşünməməklə.</t>
   </si>
   <si>
     <t>الإعراض عن وسواس الشيطان وخطراته وعدم التفكير فيها، والالتجاء إلى الله تعالى في إذهابها.
 كل ما يقع في قلب الإنسان من الوساوس المخالفة للشرع فهي من الشيطان. 
 النهي عن التفكر في ذات الله، والحث على التفكر في مخلوقاته وآياته.</t>
   </si>
   <si>
-    <t>Şeytanın vəsvəsə və təhlükəsindən yayınmaq, bunları düşünməmək və bu şeylərdən qurtulmaq üçün uca Allaha sığınmaq.
+    <t>Şeytanın vəsvəsə və fikirlərindən yayınmaq, bunları düşünməmək və bu şeylərdən qurtulmaq üçün Uca Allaha sığınmaq.
 İnsanın qəlbinə gələn dinə müxalif olan hər vəsvəsə şeytandandır.
-Uca Allahın zatı haqqında düşünməyin qadağan olması, Allahın yaratdıqları və  Onun ayətləri barəsində təfəkkür etməyə təşviq edilməsi.</t>
+Uca Allahın zatı haqqında düşünməyin qadağan olması, Allahın yaratdıqları və Onun ayətləri barəsində təfəkkür etməyə təşviq edilməsi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65013</t>
   </si>
   <si>
     <t>الأعمال ستة، والناس أربعة، فموجبتان، ومثل بمثل، وحسنة بعشر أمثالها، وحسنة بسبع مائة</t>
   </si>
   <si>
     <t>Əməllər altı növ, insanlar isə dörd qismə bölünür. Bunları vacib edən iki amil var. Bəzi yaxşı əməllərin qarşılığı misli-mislinə olduğu halda, başqa yaxşı əməllərin qarşılığı on qat verilir, bəzilərinin isə qarşılığı isə yeddi yüz qatdır</t>
   </si>
   <si>
     <t>عَنْ خُرَيْمِ بْنِ فَاتِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ، فَأَمَّا الْمُوجِبَتَانِ: فَمَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ، وَأَمَّا مِثْلٌ بِمِثْلٍ: فَمَنْ هَمَّ بِحَسَنَةٍ حَتَّى يَشْعُرَهَا قَلْبُهُ، وَيَعْلَمَهَا اللهُ مِنْهُ كُتِبَتْ لَهُ حَسَنَةً، وَمَنْ عَمِلَ سَيِّئَةً، كُتِبَتْ عَلَيْهِ سَيِّئَةً، وَمَنْ عَمِلَ حَسَنَةً فَبِعَشْرِ أَمْثَالِهَا، وَمَنْ أَنْفَقَ نَفَقَةً فِي سَبِيلِ اللهِ فَحَسَنَةٌ بِسَبْعِ مِائَةٍ، وَأَمَّا النَّاسُ، فَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا مَقْتُورٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا مُوَسَّعٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ».</t>
   </si>
   <si>
     <t>Xureym bin Fətikdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayet edilir: "Əməllər altı növ, insanlar isə dörd qismə bölünür. Bunları vacib edən iki amil var. Bəzi yaxşı əməllərin qarşılığı misli-mislinə olduğu halda, başqa yaxşı əməllərin qarşılığı on qat verilir, bəzilərinin isə qarşılığı isə yeddi yüz qatdır. Vacib olan səbəblər isə budur: Uca Allaha şərik qoşmadan ölən kimsə Cənnətə, şərik qoşaraq ölən kəs isə Cəhənnəmə girər. Bəzi yaxşılıqların qarşılığı misli-mislinə olan o şəxsdir ki, müəyyən yaxşılığı etməyi  qəlbində niyyət edər, Uca Allah da bunu bilir və buna görə ona bir savab yazılar. Bir şəxs pis  əməl edərsə onun da qarşılığı bir misildir. Kimsə bir yaxşılıq edərsə ona yaxşılığının qarşılığı on mislində verilər. Qul, Allahın yolunda sədəqə verərsə, əvəzində ona yeddi yüz savab yazılar. İnsanların dörd qismə bölünməsinə gəlincə, onlardan bəzisinə dünya həyatında rahatlıq axirət həyatında sıxıntı, bəzisinə isə dünyada sıxıntı, axirətdə rahatlıq verilər. İnsanlardan bəzilərinə  həm dünya, həm də axirət həyatında sıxıntı verilər. Bəzilərinə isə həm dünyada, həm də axirət həyatında rahatlıq verilər"</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الأعمال ستة أنواع، وأن الناس أربعة أصناف. فالأعمال الستة هي: 
 أولًا: من مات وهو لا يشرك بالله شيئًا وجبت له الجنة.
 وثانيًا: من مات وهو يشرك بالله شيئًا وجبت عليه النار خالدًا فيها. 
 وهما الموجبتان. 
 وثالثًا: الحسنة المَنْوِيَّة، فمن نوى أن يعمل حسنة وكان صادقًا في نيته حتى يَشعر بها بقلبه ويَعلم اللهُ منه هذه النية، ثم يعرض له أمر فلا يستطيع أن يعمل هذه الحسنة فتكتب له حسنة كاملة. 
 ورابعًا: السيئة المفعولة، من عمل سيئة تكتب له سيئة واحدة.
 وهما: مثلٌ بمثلٍ من غير تضعيف. 
 وخامسًا: حسنة تكون بعشر حسنات مثلها، وهو من نوى حسنة وعملها؛ تكتب له عشر حسنات. 
@@ -13510,86 +13500,86 @@
   <si>
     <t>عظيم فضل الله تعالى على العباد وتضعيفه للحسنات.
 عدل الله وكرمه، إذ عاملنا في السيئة بالعدل فجزاءُ السيئة بواحدة.
 عِظم الشرك بالله، ففيه الحرمان من الجنة.
 بيان فضل النفقة في سبيل الله.
 مضاعفة ثواب النفقة في سبيل الله يبدأ من سبعمائة ضعف؛ لأنها تُعين على إعلاء كلمة الله.
 بيان أصناف الناس واختلافهم.
 يوسَّع في الدنيا للمؤمن ولغير المؤمن ولا يوسع في الآخرة إلا للمؤمن.</t>
   </si>
   <si>
     <t>Uca Allahın qullarına lütfü və yaxşılıqların əvəzinin qat-qat verilməsinin möhtəşəmliyi.
 Uca Allahın ədalət və kəraməti bəyan edilmişdir. Bir pis əməl etdiyimizdə Onun ədalətinə görə bir pis əmələ bir günah yazılır.
 Uca Allaha şərik qoşmanın böyük günah olması bəyan edilmişdir. Şirk edən Cənnətdən məhrum olar.
 Allahın rizası üçün sədəqə verməyin fəzilətinin bəyan edilməsi.
 Allah rizasına sədəqə verməyin savabı yeddi yüz dərəcədən başlayır. Çünki Allah rizasına sədəqə vermək, "Lə iləhə İlləllah" kəliməsini uca tutmağa yardım edir.
 İnsanların növləri və fərqli olmalarının bəyan edilməsi.
 Dünya həyatındakı rahatlıq və bolluq həm möminə, həm də kafirə verilir. Axirətdəki rahatlıq və bolluq isə yalnız möminə aiddir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65014</t>
   </si>
   <si>
     <t>إن الله لا يظلم مؤمنا حسنة، يعطى بها في الدنيا ويجزى بها في الآخرة</t>
   </si>
   <si>
-    <t>Şübhəsiz ki, Allah möminin  yaxşı əməlinin  savabını silməklə ona zülm etməz, yaxşılığın əvəzini bu dünyada verər və axirətdə də mukafatlandırar</t>
+    <t>Şübhəsiz ki, Allah möminin  yaxşı əməlinin savabını silməklə ona zülm etməz, yaxşılığın əvəzini bu dünyada verər və axirətdə də mukafatlandırar</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ، وَأَمَّا الْكَافِرُ فَيُطْعَمُ بِحَسَنَاتِ مَا عَمِلَ بِهَا لِلَّهِ فِي الدُّنْيَا، حَتَّى إِذَا أَفْضَى إِلَى الْآخِرَةِ، لَمْ تَكُنْ لَهُ حَسَنَةٌ يُجْزَى بِهَا».</t>
   </si>
   <si>
-    <t>Ənəs bin Məlikdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Şübhəsiz ki, Allah möminin  yaxşı əməlinin  savabını silməklə ona zülm etməz, yaxşılığın əvəzini bu dünyada verər və axirətdə də mukafatlandırar, kafiri isə Allah xətrinə etdiyi xeyir əməllərinin dadını bu dünyada daddırar, axirətə gəldikdə isə onun mukafatlanacaq heç bir savabı qalmaz.</t>
+    <t>Ənəs bin Məlikdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Şübhəsiz ki, Allah möminin  yaxşı əməlinin savabını silməklə ona zülm etməz, yaxşılığın əvəzini bu dünyada verər və axirətdə də mukafatlandırar, kafiri isə Allah xətrinə etdiyi xeyir əməllərinin dadını bu dünyada daddırar, axirətə gəldikdə isə onun mukafatlanacaq heç bir savabı qalmaz".</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم عظيم فضل الله على المؤمنين، وعدله مع الكافرين. 
 فأما المؤمن فلا ينقص ثواب حسنة عملها؛ بل يعطى بها في الدنيا حسنة على طاعته، مع ما يُدَّخر له من الجزاء في الآخرة؛ وقد يحفظ الجزاء كله له في الآخرة. 
 وأما الكافر فيعطيه الله جزاء ما عمل من الحسنات بحسنات الدنيا، حتى إذا أفضى إلى الآخرة لم يكن له فيها ثواب يجزى بها؛ لأن العمل الصالح الذي ينفع في الدارين لا بد أن يكون صاحبه مؤمنًا.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun), Allahın möminlərə olan əzəmətli lütfünü və kafirlərə qarşı ədalətini bəyan edir. Möminə gəldikdə onun xeyir əməllərinin əcri azalmaz, əksinə bu dünyada itaətinə görə verildiyi savabla yanaşı, axirətdə onun üçün savabı toplanar. Bəzən savabının hamısı axirət üçün saxlanılar. Kafirə gəlincə isə onun etdiyi yaxşılıqların əvəzini , Allah ona dünya nemətləri ilə verər, axirətə yetişdikdə isə onun mukafatlanacaq savabı qalmaz, çünki  yalnız müsəlmanın  saleh əməlləri ona bu dünyada və axirətdə  fayda verər.</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun), Allahın möminlərə olan əzəmətli lütfünü və kafirlərə qarşı ədalətini bəyan edir. Möminə gəldikdə onun xeyir əməllərinin əcri azalmaz, əksinə bu dünyada itaətinə görə verildiyi savabla yanaşı, axirətdə onun üçün savabı toplanar. Bəzən savabının hamısı axirət üçün saxlanılar. Kafirə gəlincə isə onun etdiyi yaxşılıqların əvəzini , Allah ona dünya nemətləri ilə verər, axirətə yetişdikdə isə onun mukafatlanacaq savabı qalmaz, çünki yalnız müsəlmanın  saleh əməlləri ona bu dünyada və axirətdə fayda verər.</t>
   </si>
   <si>
     <t>أنَّ مَن ماتَ على الكُفرِ لا يَنفَعُه عَملٌ.</t>
   </si>
   <si>
     <t>Küfr üzərə ölən kimsənin əməli ona fayda verməz.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65015</t>
   </si>
   <si>
     <t>أسلمت على ما سلف من خير</t>
   </si>
   <si>
     <t>Sən keçmişdə etdiyin xeyir əməllərlə müsəlman oldun</t>
   </si>
   <si>
     <t>عَنْ حَكِيمِ بْنِ حِزَامٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ أَشْيَاءَ كُنْتُ أَتَحَنَّثُ بِهَا فِي الجَاهِلِيَّةِ مِنْ صَدَقَةٍ أَوْ عَتَاقَةٍ، وَصِلَةِ رَحِمٍ، فَهَلْ فِيهَا مِنْ أَجْرٍ؟ فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ».</t>
   </si>
   <si>
-    <t>Həkim bin Hizəmdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Dedim: Ey Allahın Rəsulu, cahiliyyədə etdiyim sədəqə vermək, qul azad etmək, qohumluq əlaqələrini saxlamaq kimi xeyir əməllərə görə mənim əcrim varmı? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi:"Sən keçmişdə etdiyin xeyir əməllərlə müsəlman oldun.</t>
+    <t>Həkim bin Hizəmdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Dedim: "Ey Allahın Rəsulu, cahiliyyədə etdiyim sədəqə vermək, qul azad etmək, qohumluq əlaqələrini saxlamaq kimi xeyir əməllərə görə mənim əcrim varmı?". Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Sən keçmişdə etdiyin xeyir əməllərlə müsəlman oldun".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن الكافر إذا أسلم فإنه يثاب على ما كان يعمل في الجاهلية قبل إسلامه من الأعمال الصالحة من صدقة أو عتاقة عبيد أو صلة رحم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, kafir müsəlman olduqda İslamdan öncə cahiliyyə dövründə etdiyi sədəqə, qul azad etmək, qohumluq əlaqələrini  saxlamaq kimi saleh əməllərə görə də savab qazanır.</t>
   </si>
   <si>
     <t>أن حسنات الكافر في الدنيا لا يثاب عليها في الآخرة إذا مات على كفره.</t>
   </si>
   <si>
     <t>Kafir əgər küfr üzərində ölərsə, dünyadakı etdiyi xeyir əməllərə görə axirətdə savab qazanmır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65016</t>
   </si>
   <si>
     <t>إن الله يحب أن تؤتى رخصه، كما يحب أن تؤتى عزائمه</t>
   </si>
   <si>
     <t>Həqiqətən Allahın sizə buyurduğu vacib əməlləri sevdiyi kimi, rüxsətlə (yüngülləşdirici) buyurduğu əməlləri də etmənizi  sevir</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ».</t>
   </si>
@@ -13616,65 +13606,65 @@
   </si>
   <si>
     <t>[İbnu Hibbən rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65017</t>
   </si>
   <si>
     <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
   </si>
   <si>
     <t>mənə İslamda elə bir şey söylə ki, onu səndən başqa heç kimdən soruşmayım. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: De ki: "Allaha iman gətirdim, ardınca da doğru yolu tut</t>
   </si>
   <si>
     <t>عَنْ سُفْيان بنِ عَبْدِ اللهِ الثَّقَفِيّ رضي الله عنه قال: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
   </si>
   <si>
     <t>Sufyan bin Abdullah Əs-Səqafidən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Dedim: “Ey Allahın Rəsulu, mənə İslamda elə bir şey söylə ki, onu səndən başqa heç kimdən soruşmayım. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: De ki: "Allaha iman gətirdim, ardınca da doğru yolu tut".</t>
   </si>
   <si>
     <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ 
 فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، 
 ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
-    <t>Sahabə Sufyan bin Abdullah (Allah ondan razı olsun) Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) ona İslam dininin mənalarını əhatə edən bir kəlam öyrətməsini istədi ki, ona riayət etsin və bu haqda ondan başqa heç kimdən soruşmasın. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona dedi: De: “Allahın təkliyini etiraf etdim və  Onun mənim Rəbbim, mənim İlahım, mənim Yaradanım və şəriki olmayan haqq Məbudum olduğuna iman gətirdim. Sonra o, Allahın fərzlərini yerinə yetirərək və Allahın qadağalarını tərk edərək, Allaha itaətə yönəlir və bunun üzərində davamlı olur.</t>
+    <t>Sahabə Sufyan bin Abdullah (Allah ondan razı olsun) Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) ona İslam dininin mənalarını əhatə edən bir kəlam öyrətməsini istədi ki, ona riayət etsin və bu haqda ondan başqa heç kimdən soruşmasın. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona dedi: De: “Allahın təkliyini etiraf etdim və Onun mənim Rəbbim, mənim İlahım, mənim Yaradanım və şəriki olmayan haqq Məbudum olduğuna iman gətirdim. Sonra o, Allahın fərzlərini yerinə yetirərək və Allahın qadağalarını tərk edərək, Allaha itaətə yönəlir və bunun üzərində davamlı olur.</t>
   </si>
   <si>
     <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
 أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
 الإيمان شرط لقبول الأعمال .
 الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
 الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
   </si>
   <si>
     <t>Dinin əsası Allahın rububiyyətinə, uluhiyyətinə, isim və sifətlərinə iman gətirməkdir.
 İman gətirdikdən sonra doğru yola riayət etməyin, ibadətlərdə davamlı olmağın və bunun üzərində sabit qalmağın əhəmiyyəti.
 İman əməlin qəbul olunması üçün şərtdir.
 Allaha iman özündə, əqidə ilə etiqad edilən imanı və onun əsaslarını, bundan irəli gələn qəlblərin əməllərini, daxilən və zahirən Allaha təslim olub və Ona boyun əyməyi ehtiva edir.
-Doğru yol- vaciblərə əməl edib, qadağaları tərk etməklə  bu yolda davamlı olmaqdır.</t>
+Doğru yol - vaciblərə əməl edib, qadağaları tərk etməklə  bu yolda davamlı olmaqdır.</t>
   </si>
   <si>
     <t>رواه مسلم وأحمد</t>
   </si>
   <si>
     <t>[Muslim və Əhməd rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65018</t>
   </si>
   <si>
     <t>مثل المنافق، كمثل الشاة العائرة بين الغنمين تعير إلى هذه مرة وإلى هذه مرة</t>
   </si>
   <si>
     <t>Münafiqin məsəli, iki qoyun sürüsü arasında tərəddüdlə ora bura gedən çaşqın qoyun kimidir, gah bir sürüyə gedər, gah da digərinə</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً».</t>
   </si>
   <si>
     <t>İbn Ömərdən (Allah onların ikisindən də razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilmişdir: "Münafiqin məsəli, iki qoyun sürüsü arasında tərəddüdlə ora bura gedən çaşqın qoyun kimidir, gah bir sürüyə gedər, gah da digərinə.</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم حال المنافق وأنه كالشاة المُترددة لا تدري تتبع أي القطيعين من الغنم، 
 تذهب إلى هذا القطيع تارةً وإلى الآخر تارةً أخرى، 
@@ -13816,72 +13806,72 @@
   <si>
     <t>إخبار النبي صلى الله عليه وسلم ببعض الغيب والمستقبل، حسبما أطلعه الله تعالى، وهو سيقع لا محالة.
 محاربة المسلمين لليهود في آخر الزمان، وأن ذلك من علامات الساعة.
 بقاء دين الإسلام إلى يوم القيامة، وظهوره على الدين كله.
 نصر الله للمسلمين على عدوهم، ومن ذلك جعل الحجر ينطق في أخر الزمان.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) uca Allahın ona xəbər verdiyi bəzi qeyb və gələcəyə dair xəbərləri bildirməsi, və bunlar da mütləq baş verəcək.
 Axır zamanda müsəlmanların yəhudilərlə müharibə etməsi Qiyamətin əlamətlərindəndir.
 Qiyamət gününə qədər İslam dininin qalması və digər bütün dinlərdən üstün olması.
 Allah müsəlmanlara düşmənlərinə qarşı dəstək verəcəkdir və axır zamanda Onun daşı danışıdırması da bu növdəndir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65023</t>
   </si>
   <si>
     <t>والذي نفسي بيده، ليوشكن أن ينزل فيكم ابن مريم حكما مقسطا، فيكسر الصليب، ويقتل الخنزير، ويضع الجزية، ويفيض المال حتى لا يقبله أحد</t>
   </si>
   <si>
     <t>Nəfsim əlində olan Allaha and olsun ki, Məryəm oğlunun yer üzünə enərək sizin aranızda ədalətlə hökm verəcəyi, xaçı sındıracağı, donuzları öldürəcəyi, cizyəni aradan qaldıracağı, bolluğa görə heç kimin mal-dövlətə ehtiyacı olmayacağı zaman artıq yaxındır</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: "Nəfsim əlində olan Allaha and olsun ki, Məryəm oğlunun yer üzünə enərək sizin aranızda ədalətlə hökm verəcəyi, xaçı sındıracağı, donuzları öldürəcəyi, cizyəni aradan qaldıracağı, bolluğa görə heç kimin mal-dövlətə ehtiyacı olmayacağı zaman artıq yaxındır.</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: "Nəfsim əlində olan Allaha and olsun ki, Məryəm oğlunun yer üzünə enərək sizin aranızda ədalətlə hökm verəcəyi, xaçı sındıracağı, donuzları öldürəcəyi, cizyəni aradan qaldıracağı, bolluğa görə heç kimin mal-dövlətə ehtiyacı olmayacağı zaman artıq yaxındır".</t>
   </si>
   <si>
     <t>يُقْسِمُ النبيُّ صلى الله عليه وسلم على قُرْبِ نزول عيسى بن مريم عليه السلام لِيَحْكُمَ بين الناس بالعدل بالشريعة المحمدية، 
 وأنه سيكسر الصليب الذي تُعظِّمُه النصارى، 
 وأنَّ عيسى عليه السلام يَقْتُل الخنزير، 
 وأنه عليه السلام يضع الجزية ويحمل الناس كلهم على الدخول في الإسلام. 
 وأنَّ المالَ سيفيض فلا يقبله أحد؛ وذلك لكثرته، واستغناء كلِّ أَحدٍ بما في يديه، ونزول البركات وتوالي الخيرات.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) and içir ki, Məryəm oğlu İsanın (Allahın salamı onun üzərinə olsun) insanlar arasında ədalət və Muhəmməd şəriətiylə hökm verməsi üçün yer üzünə enməsi yaxındır. O xristianların əzəmətləşdirdiyi xaçı sındıracaq, həmçinin İsa (Allahın salamı onun üzərinə olsun) donuzları öldürəcək və o (Allahın salamı onun üzərinə olsun) cizyəni aradan qaldırıb, bütün insanların üzərinə İslamı qəbul etmək məsuliyyətini qoyacaq. Bolluğa görə heç kimin mal-dövlətə ehtiyacı olmayacaq və heç kim kənardan sərvət qəbul etməyəcək, -bu bolluğa görə olacaq-və hər bir insan əlində olanla kifayətlənəcək, bərəkətlər enəcək, xeyirlərin ardı-arası kəsilməyəcək.</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) and içir ki, Məryəm oğlu İsanın (Allahın salamı onun üzərinə olsun) insanlar arasında ədalət və Muhəmməd şəriətiylə hökm verməsi üçün yer üzünə enməsi yaxındır. O xristianların əzəmətləşdirdiyi xaçı sındıracaq, həmçinin İsa (Allahın salamı onun üzərinə olsun) donuzları öldürəcək və o (Allahın salamı onun üzərinə olsun) cizyəni aradan qaldırıb, bütün insanların üzərinə İslamı qəbul etmək məsuliyyətini qoyacaq. Bolluğa görə heç kimin mal-dövlətə ehtiyacı olmayacaq və heç kim kənardan sərvət qəbul etməyəcək, - bu bolluğa görə olacaq - və hər bir insan əlində olanla kifayətlənəcək, bərəkətlər enəcək, xeyirlərin ardı-arası kəsilməyəcək.</t>
   </si>
   <si>
     <t>إثبات نزول عيسى عليه السلام آخر الزمان، وأنه من علامات الساعة.
 شريعة النبي صلى الله عليه وسلم لا ينسخها غيرها.
 نزول البركات في المال آخر الزمان، مع زُهد النّاس فيه.
 البشارة ببقاء الدين الإسلامي حيث يحكم به عيسى عليه السلام في آخر الزمان.</t>
   </si>
   <si>
-    <t>İsanın(Allahın salamı onun üzərinə olsun) axır zamanda enməsinin isbatı  və onun Qiyamət gününün əlamətlərindən olması.
+    <t>İsanın (Allahın salamı onun üzərinə olsun) axır zamanda enməsinin isbatı və onun Qiyamət gününün əlamətlərindən olması.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) şəriətini başqa şəriət silə bilməz.
-Axır zamanda mal-dövlətə  bərəkətin nazil olması və bununla belə insanların ona qarşı zahidlik göstərməsi.
+Axır zamanda mal-dövlətə bərəkətin nazil olması və bununla belə insanların ona qarşı zahidlik göstərməsi.
 İslam dininin daimi olmasına müjdə; çünki axır zamanda İsa (Allahın salamı onun üzərinə olsun) bu dinlə hökm verəcək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65025</t>
   </si>
   <si>
     <t>لا تقوم الساعة حتى تطلع الشمس من مغربها، فإذا طلعت فرآها الناس آمنوا أجمعون</t>
   </si>
   <si>
     <t>Günəş batdığı yerdən çıxmayınca Qiyamət qopmaz. İnsanlar günəşin məğribdən çıxdığını gördükdə hamısı Allaha iman gətirəcəklər</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ، فَذَلِكَ حِينَ: {لاَ يَنْفَعُ نَفْسًا إِيمَانُهَا لَمْ تَكُنْ آمَنَتْ مِنْ قَبْلُ، أَوْ كَسَبَتْ فِي إِيمَانِهَا خَيْرًا} [الأنعام: 158] وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ نَشَرَ الرَّجُلاَنِ ثَوْبَهُمَا بَيْنَهُمَا فَلاَ يَتَبَايَعَانِهِ، وَلاَ يَطْوِيَانِهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدِ انْصَرَفَ الرَّجُلُ بِلَبَنِ لِقْحَتِهِ فَلاَ يَطْعَمُهُ، وَلَتَقُومَنَّ السَّاعَةُ وَهُوَ يَلِيطُ حَوْضَهُ فَلاَ يَسْقِي فِيهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ رَفَعَ أَحَدُكُمْ أُكْلَتَهُ إِلَى فِيهِ فَلاَ يَطْعَمُهَا».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə dedi: Günəş batdığı yerdən çıxmayınca Qiyamət qopmaz. İnsanlar günəşin məğribdən çıxdığını gördükdə hamısı Allaha iman gətirəcəklər, bu  Allahın { Rəbbinin bəzi əlamətləri gələcəyi gün əvvəlcə iman gətirməmiş və ya imanında bir xeyir qazanmamış kimsəyə  iman gətirməsi fayda verməyəcəkdir”.} (Əl-ənam, 158) deyə buyurduğu həmin zamandır. Mütləq ki, satıcı paltarı alıcıya təqdim etmək üçün önünə sərəcək, onlar alış-veriş etmədən və paltarı bükmədən Qiyamət qopacaq, mütləq ki, bir insan dəvəsinin südünü sağacaq, onu içmədən Qiyamət qopacaq, mütləq ki, bir insan hovuzunu suvağlayacaq, onu su ilə doldurmadan Qiyamət qopacaq, mütləq ki, sizlərdən biri yeməyini ağzına aparacaq, onu yemədən Qiyamət qopacaq.</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه وسلم أن من علامات الساعة الكبرى أن تطلع الشمس من المغرب بدلًا من المشرق، وعندما يراها الناس يؤمنون جميعًا، 
 فعند ذلك لا ينفع الكافرَ إيمانُه، ولا ينفع العمل الصالح ولا التوبة. 
 ثم أخبر صلى الله عليه وسلم أن الساعة تأتي بغتة؛ حتى إنها تقوم والناس في أحوالهم وشؤون حياتهم؛ 
 فتقوم الساعة والبائع والمشتري قد نشرا ثوبهما بينهما فلا يتبايعانه، ولا يطويانه، 
 وتقوم الساعة والرجل قد أخذ لبن ناقته الحلوب فلا يشربه، 
 وتقوم الساعة والرجل يصلح حوضه ويُطيِّنُه فلا يسقي فيه، 
 وتقوم الساعة والرجل قد رفع لقمته إلى فمه ليأكل فلا يأكلها.</t>
@@ -13914,105 +13904,105 @@
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مِن علامات الساعة تَقَارُبَ الزمان، 
 فتَمُرُّ السَّنَة كما يَمُرُّ الشهر، 
 ويمر الشهر كما يمر الأسبوع، 
 وتمر الجمعة كما يمر اليوم، 
 ويمر اليوم كما تمر الساعة الواحدة، 
 وتمر الساعة بسرعة شديدة كما تُحْرَقُ السَّعَفَة وهي ورقة النخل.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Qiyamət gününün əlamətlərindən biri olaraq zamanın qısalmağını, və ilin ay kimi keçəcəyini, ayın həftə kimi keçəcəyini, həftənin bir gün kimi keçəcəyini, günün bir saat kimi keçəcəyini, saatın da xurma yarpağınin yanıb külə döndüyü zaman kimi tez keçəcəyindən xəbər vermişdir.</t>
   </si>
   <si>
     <t>من علامات الساعة نزع البركة من الزمان أو سرعته.</t>
   </si>
   <si>
     <t>Qiyamətin əlamətlərindən biri də vaxtda bərəkətin olmaması  və sürətlə keçməsidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65027</t>
   </si>
   <si>
     <t>يقبض الله الأرض، ويطوي السموات بيمينه، ثم يقول: أنا الملك، أين ملوك الأرض</t>
   </si>
   <si>
-    <t>Allah Qiyamət günü yeri ovucuna alar, göyləri isə sağ əlində bükər, sonra deyər: Mənəm hökmdar, yer üzünün hökmdarları haradadır?</t>
+    <t>Allah Qiyamət günü yeri ovucuna alar, göyləri isə sağ əlində bükər, sonra deyər: "Mənəm hökmdar, yer üzünün hökmdarları haradadır?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ».</t>
   </si>
   <si>
     <t>Əbu Hureyra (Allah ondan razı olsun) demişdir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim:
-​ Allah Qiyamət günü yeri ovucuna alar, göyləri isə sağ əlində bükər, sonra deyər: Mənəm hökmdar, yer üzünün hökmdarları haradadır?</t>
+​ Allah Qiyamət günü yeri ovucuna alar, göyləri isə sağ əlində bükər, sonra deyər: "Mənəm hökmdar, yer üzünün hökmdarları haradadır?".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يوم القيامة يقبض الأرضَ ويجمعُها، ويَطوي السماءَ بيمينه ويلفّ بعضَها فوق بعض ويذهب بها ويفنيها، ثم يقول: أنا المَلك، أين ملوك الأرض؟!</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurmuşdur ki, Qiyamət günü uca Allah yeri ovucuna alaraq toplayacaq, göyləri sağ əli ilə bükəcək, bir hissəsini digərinin üzərinə qatlayacaq və onları uzaqlaşdırıb yox edəcək, sonra deyəcək: Mənəm hökmdar, yer üzünün hökmdarları haradadır?!</t>
   </si>
   <si>
     <t>التذكير بأنَّ مُلْكَ الله هو الباقي ومُلْكُ غيرِه زائل.
 جلال الله وعظمة قدرته وسلطانه وتمام ملكه.</t>
   </si>
   <si>
     <t>Allahın mülkünün əbədi, digərlərin mülkünün isə fani olmasının xatırlanması.
 Allahın böyüklüyü, qüdrətinin və hökmranlığının əzəməti və mülkünün kamilliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65028</t>
   </si>
   <si>
     <t>حوضي مسيرة شهر، ماؤه أبيض من اللبن، وريحه أطيب من المسك</t>
   </si>
   <si>
     <t>Mənim hovuzum bir aylıq yol məsafəsi qədər böyükdür, suyu süddən daha ağdır, qoxusu miskdən daha gözəldir</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قَالَ: قالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ، وَكِيزَانُهُ كَنُجُومِ السَّمَاءِ، مَنْ شَرِبَ مِنْهَا فَلاَ يَظْمَأُ أَبَدًا».</t>
   </si>
   <si>
-    <t>Abdullah bin Amrdan (Allah onların ikisindən də razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: Mənim hovuzum bir aylıq yol məsafəsi qədər böyükdür, suyu süddən daha ağdır, qoxusu miskdən daha gözəldir, qədəhləri göyün ulduzları qədər çoxdur, ondan içən kəs heç zaman susamaz.</t>
+    <t>Abdullah bin Amrdan (Allah onların ikisindən də razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: "Mənim hovuzum bir aylıq yol məsafəsi qədər böyükdür, suyu süddən daha ağdır, qoxusu miskdən daha gözəldir, qədəhləri göyün ulduzları qədər çoxdur, ondan içən kəs heç zaman susamaz".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنّ له حوضًا يوم القيامة، طوله مسيرة شهر وعرضه كذلك، 
 وأنّ ماءَه أشدّ بياضًا مِن اللَّبن، 
 وأنّ رائِحتَه زكيَّة أطيب من ريح المسك، 
 وأباريقه مثل نجوم السماء في كثرتها، 
 مَن شرب مِن الحوض بتلك الأباريق لا يعطش أبدًا.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Qiyamət günü öz hovuzundan bəhs edərək, onun uzunluğu və genişliyinin bir ay gedəcək qədər böyüklükdə olduğu barədə xəbər vermişdir. Həmçinin suyunun süddən daha bəyaz, ondan gələn qoxunun  miskdən daha gözəl, qədəhlərinin səma ulduzları qədər çox olması və bu qədəhlərdən içənin isə heç zaman susuzlamaycağını xəbər vermişdir.</t>
   </si>
   <si>
     <t>حوض النبي صلى الله عليه وسلم مجمع ماء عظيم يرده المؤمنون من أمته يوم القيامة.
 حصول النعيم لمن يشرب من الحوض فلا يظمأ أبدا.</t>
   </si>
   <si>
     <t>Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) hovuzu, onun ətrafında Qiyamət günü ümmətinin möminlərinin toplaşacağı böyük su hövzəsidir.
-Hovuzdan içən kəs böyük nemətə nail olur, o heç zaman susamayacaq</t>
+Hovuzdan içən kəs böyük nemətə nail olur, o heç zaman susamayacaq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65030</t>
   </si>
   <si>
     <t>إني على الحوض حتى أنظر من يرد علي منكم، وسيؤخذ ناس دوني، فأقول: يا رب مني ومن أمتي</t>
   </si>
   <si>
     <t>Mən hovuzun başında ikən sizlərdən yanıma gələni gözləyəcəyəm, lakin bəzi insanlar məndən uzaqlaşdırılacaqlar və mən :"Ya Rəbbi, onlar məndən, mənim ümmətimdəndirlər</t>
   </si>
   <si>
     <t>عَنْ أَسْمَاءَ بِنْتِ أَبِي بَكْرٍ رَضِيَ اللَّهُ عَنْهُمَا، قَالَتْ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي، فَيُقَالُ: هَلْ شَعَرْتَ مَا عَمِلُوا بَعْدَكَ، وَاللَّهِ مَا بَرِحُوا يَرْجِعُونَ عَلَى أَعْقَابِهِمْ».</t>
   </si>
   <si>
     <t>Əsma bint Əbu Bəkrdən (Allah onların ikisindən də razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Mən hovuzun başında ikən sizlərdən yanıma gələni gözləyəcəyəm, lakin bəzi insanlar məndən uzaqlaşdırılacaqlar və mən :"Ya Rəbbi, onlar məndən, mənim ümmətimdəndirlər"- deyəcəm, "Səndən sonra onların nə etdiyini bilirsənmi? -deyiləcək. Allaha and olsun ki,  onlar haqdan dönüb geriyə üz tutdular". -deyiləcək.</t>
   </si>
   <si>
     <t>يُبيِّن النبي صلى الله عليه وسلم بأنَّه سيكون يوم القيامة على حوضه لينظُرَ مَن يأتي مِن أمَّته إلى الحوض، 
 وسَيُؤخَذ ناسٌ بالقرب منه عليه الصَّلاة والسلام فيقول: يا رب منّي ومِن أُمَّتي، 
 فيُقال: هل عَلِمْت ما عملوا بعد مفارقتهم إيّاك، والله ما زالوا يرجعون على أدبارِهم ويرتَدُّون عن دينِهم، فلا هم مِنك، ولا مِن أمَّتِك.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Qiyamət günü ümmətindən hovuza gələnləri görmək üçün hovuzun başında olacaq. Bəzi kəslərə ona (Allahın salavatı və salamı onun üzərinə olsun) yaxınlaşmağa mane olunacaq və Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) deyəcək:" Ey Rəbbim, onlar məndəndir, ümmətimdəndir." Ona deyiləcək: Onların arasından ayrıldıqdan sonra  nələr etdiklərini bilirsənmi? Allaha and olsun ki, onlar haqdan dönüb geriyə üz tutdular, dinlərindən döndülər, onlar nə səndən, nə də ümmətindəndirlər.</t>
   </si>
   <si>
@@ -14100,229 +14090,229 @@
   <si>
     <t>Tövhid kəliməsinin əzəməti: Allahdan başqa ibadətə layiq haqq məbud yoxdur" kəliməsinin əzəməti və tərəzidə ağırlığı
 Dil ilə "Ləə iləhə illallah" söyləmək kifayət deyil, bununla yanaşı onun mənasını bilmək , bu kəliməyə uyğun və ondan  qaynaqlanan əməlləri etmək vacibdir.
 İxlas və tövhidin qüvvəti günahları silməyə səbəbidir.
 İman, qəlbdəki ixlasın dərəcəsinə görə fərqlənir, bəzi insanlar bu kəliməni söyləyə bilərlər, lakin, günahları qədərində əzab ediləcəklər.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[Ət-Tirmizi və İbnu Məcə rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65033</t>
   </si>
   <si>
     <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
     <t>Allah cənnət və cəhənnəmi yaradanda Cəbrayılı (Allahın salamı onun üzərinə olsun)</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan(Allah ondan razı olsun) rəvayət edildiyinə görə Allah rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə dedi: Allah cənnət və cəhənnəmi yaradanda Cəbrayılı (Allahın salamı onun üzərinə olsun) cənnətə göndərdi və dedi: Ona və onun əhli üçün orada nə hazırladığıma bax.Cəbrayıl ona baxdı və qayıdaraq dedi: İzzətinə and olsun ki, onu eşidən ora daxil olmaq istəyəcək. Sonra Allah cənnəti nəfsin sevmədiyi şeylərlə əhatə edilməsini əmr etdi və dedi: Get, ona və onun əhli üçün orada nə hazırladıqlarıma bax. O gedib baxdı və cənnətin nəfsə ağır və çətin gələn əməllərlə əhatələndiyinü gördü və : İzzətinə and olsun ki, ora kimsənin daxil olmayacağından qorxuram- dedi. Allah buyurdu: "Get, cəhənnəmə və orada onun əhli üçün hazırladıqlarıma bax".Gedib cəhənnəmə baxanda onun bir hissəsinin digər  hissəsinin üstünə çıxdığını gördü.Geri döndü və dedi: "İzzətinə and olsun ki, heç kəs ora girməyəcək." Sonra Allah cəhənnəmin şəhvətlərlə əhatələnməsini əmr etdi və dedi: "Qayıt və ona bax." Cəbrayıl cəhənnəmin şəhvətlərlə əhatələndiyini gördü və qayıdıb dedi: İzzətinə and olsun ki, bir nəfər belə qalmayıb hər kəsin ora girəcəyindən qorxuram.</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edildiyinə görə Allah rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə dedi: "Allah cənnət və cəhənnəmi yaradanda Cəbrayılı (Allahın salamı onun üzərinə olsun) cənnətə göndərdi və dedi: "Ona və onun əhli üçün orada nə hazırladığıma bax". Cəbrayıl ona baxdı və qayıdaraq dedi: "İzzətinə and olsun ki, onu eşidən ora daxil olmaq istəyəcək". Sonra Allah cənnəti nəfsin sevmədiyi şeylərlə əhatə edilməsini əmr etdi və dedi: "Get, ona və onun əhli üçün orada nə hazırladıqlarıma bax". O gedib baxdı və cənnətin nəfsə ağır və çətin gələn əməllərlə əhatələndiyinü gördü və: "İzzətinə and olsun ki, ora kimsənin daxil olmayacağından qorxuram" - dedi. Allah buyurdu: "Get, cəhənnəmə və orada onun əhli üçün hazırladıqlarıma bax". Gedib cəhənnəmə baxanda onun bir hissəsinin digər  hissəsinin üstünə çıxdığını gördü. Geri döndü və dedi: "İzzətinə and olsun ki, heç kəs ora girməyəcək". Sonra Allah cəhənnəmin şəhvətlərlə əhatələnməsini əmr etdi və dedi: "Qayıt və ona bax". Cəbrayıl cəhənnəmin şəhvətlərlə əhatələndiyini gördü və qayıdıb dedi: "İzzətinə and olsun ki, bir nəfər belə qalmayıb hər kəsin ora girəcəyindən qorxuram".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
 ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
 ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
 فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
 ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
 ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
 ثم حَفَّ الله عز وجل النار وجعل السبيل إليها بالشهوات والملذات، ثم قال: يا جبريل، اذهب فانظر إليها، 
 فذهب جبريل فنظر إليها، ثم جاء فقال: أي رب، وعزتك لقد خشيت وخفت وأشفقت ألا ينجو منها أحد؛ لما حولها من الشهوات والملذات.</t>
   </si>
   <si>
-    <t>Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Allah cənnəti yaradan zaman Cəbrayıla (Allahın salamı onun üzərinə olsun) deyir ki:"Cənnətə get və ona bax." Cəbrayıl cənnətə baxır sonra qayıdır. Cəbrayıl deyir: Ey Rəbbim, İzzətinə and olsun ki, cənnəti və onda olan neməti, ikram və xeyirləri eşidən hər kəs ora daxil olmaq istəyəcək və onun üçün əməl edəcək. Sonra Allah cənnəti nəfsin sevmədiyi şeylər və həmçinin əmrləri yerinə yetirmək, qadağalardan çəkinmək kimi çətinliklər ilə əhatələdi və ora daxil olmaq istəyənin, nəfsin sevmədiyi bu çətin yollardan keçməsini  istədi. Cənnət sevilməyən şeylərlə əhatələndikdən sonra  izzət və cəlal sahibi olan Allah dedi: Ey Cəbrayıl, get,cənnətə bax (Cəbrayıl) getdi, ona baxdı, sonra qayıdaraq dedi: Ey Rəbbim, İzzətinə and olsun ki, onun yolundakı çətinliklər və şiddətlər səbəbiylə heç kimsənin ora daxil olmamasından qorxuram. Allah cəhənnəmi yaratdıqda dedi: Ey Cəbrayıl, Get ona da bax. (O da) gedib baxdı. Sonra qayıdaraq dedi: Ey Rəbbim, izzətinə and olsun, cəhənnəmdəki əzabı, sıxıntı və cəzanı eşidən heç bir kəs ora daxil olmaq istəməz və ona aparan yollardan uzaq durar. Sonra Allah cəhənnəmi şəhvətlərlə əhatələyib, ona aparan yolları şəhvət və ləzzətlərlə etdi. Sonra dedi: "Ey Cəbrayıl, get ona bax". Cəbrayıl gedib cəhənnəmə baxdı və gəlib dedi: İzzətinə and olsun ki, o şəhvətlər və ləzzətlərlə əhatələndiyindən bir nəfərin belə ondan xilas olmayacağından qorxuram.</t>
+    <t>Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Allah cənnəti yaradan zaman Cəbrayıla (Allahın salamı onun üzərinə olsun) deyir ki: "Cənnətə get və ona bax." Cəbrayıl cənnətə baxır sonra qayıdır. Cəbrayıl deyir: Ey Rəbbim, İzzətinə and olsun ki, cənnəti və onda olan neməti, ikram və xeyirləri eşidən hər kəs ora daxil olmaq istəyəcək və onun üçün əməl edəcək. Sonra Allah cənnəti nəfsin sevmədiyi şeylər və həmçinin əmrləri yerinə yetirmək, qadağalardan çəkinmək kimi çətinliklər ilə əhatələdi və ora daxil olmaq istəyənin, nəfsin sevmədiyi bu çətin yollardan keçməsini  istədi. Cənnət sevilməyən şeylərlə əhatələndikdən sonra izzət və cəlal sahibi olan Allah dedi: Ey Cəbrayıl, get, cənnətə bax (Cəbrayıl) getdi, ona baxdı, sonra qayıdaraq dedi: Ey Rəbbim, İzzətinə and olsun ki, onun yolundakı çətinliklər və şiddətlər səbəbiylə heç kimsənin ora daxil olmamasından qorxuram. Allah cəhənnəmi yaratdıqda dedi: Ey Cəbrayıl, get ona da bax. (O da) gedib baxdı. Sonra qayıdaraq dedi: Ey Rəbbim, izzətinə and olsun, cəhənnəmdəki əzabı, sıxıntı və cəzanı eşidən heç bir kəs ora daxil olmaq istəməz və ona aparan yollardan uzaq durar. Sonra Allah cəhənnəmi şəhvətlərlə əhatələyib, ona aparan yolları şəhvət və ləzzətlərlə etdi. Sonra dedi: "Ey Cəbrayıl, get ona bax". Cəbrayıl gedib cəhənnəmə baxdı və gəlib dedi: İzzətinə and olsun ki, o şəhvətlər və ləzzətlərlə əhatələndiyindən bir nəfərin belə ondan xilas olmayacağından qorxuram və narahatam.</t>
   </si>
   <si>
     <t>الإيمان بأن الجنة والنار موجودتان الآن.
 وجوب الإيمان بالغيب وبكل ما جاء عن الله ورسوله صلى الله عليه وسلم.
 أهمية الصبر على المكاره لأنها السبيل المُوْصِل إلى الجنة.
 أهمية اجتناب المحرمات؛ لأنها السبيل الموصل إلى النار.
 جعل الجنة محفوفة بالمكاره، والنار بالشهوات، هو مقتضى الابتلاء والامتحان في الحياة الدنيا.
 طريق الجنة صعب وشاق، ويحتاج إلى الصبر والمعاناة مع الإيمان، وطريق النار مملوء بالملذات والشهوات في الدنيا.</t>
   </si>
   <si>
     <t>Cənnət və cəhənnəmin hazırda mövcud olmalarına iman etmək.
 Qeybə, izzət və cəlal sahibi olan Allah və Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) gələn hər bir şeyə iman gətirməyin vacibliyi.
 Nəfsin sevmədiyi şeylərə qarşı səbr etməyin əhəmiyyəti, çünki o cənnətə aparacaq səbəbdir.
 Haramlardan uzaq durmağın əhəmiyyəti, çünki, onlar cəhənnəmə aparacaq yollardır.
 Cənnətin sevilməyən şeylərlə, cəhənnəmin şəhvətlərlə əhatələnməsi dünya həyatında imtahan və sınağın labüdlüyüdür.
 Cənnət yolu çətin və məşəqqətlidir, imanla bərabər səbr və çətinliklərə sinə gərmək gərəklidir, cəhənnəm yolu isə dünyada şəhvət və ləzzətlərlə doludur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65034</t>
   </si>
   <si>
     <t>يؤتى بالموت كهيئة كبش أملح</t>
   </si>
   <si>
     <t>Ölüm, ağ-qara qoç şəklində gətiriləcək</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ، فَيُنَادِي مُنَادٍ: يَا أَهْلَ الجَنَّةِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: هَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، ثُمَّ يُنَادِي: يَا أَهْلَ النَّارِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: وهَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، فَيُذْبَحُ ثُمَّ يَقُولُ: يَا أَهْلَ الجَنَّةِ خُلُودٌ فَلاَ مَوْتَ، وَيَا أَهْلَ النَّارِ خُلُودٌ فَلاَ مَوْتَ، ثُمَّ قَرَأَ: {وَأَنْذِرْهُمْ يَوْمَ الحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ} [مريم: 39]، وَهَؤُلاَءِ فِي غَفْلَةٍ أَهْلُ الدُّنْيَا {وَهُمْ لاَ يُؤْمِنُونَ} [مريم: 39]».</t>
   </si>
   <si>
-    <t>Əbu Səid Əl Xudridən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Ölüm, ağ-qara qoç şəklində gətiriləcək və mələk səslənəcək: " Ey Cənnət əhli!" və onlar başlarını qaldırıraq baxacaqlar, mələk deyəcək: "Bunu tanıyırsınızmı? Onlar - Bəli, bu ölümdür - deyəcəklər, hamı onu artıq dadmışdır. Sonra mələk səslənəcək: - "Ey cəhənnəm əhli"- və onlar başlarını qaldırıb baxacaqlar, sonra isə mələk onlara deyəcək: "Bunu tanıyırsınızmı?" Onlar - Bəli, bu ölümdür - deyəcəklər, hamı onu artıq dadmışdır. Sonra bu qoç kəsiləcək və mələk deyəcək: Ey cənnət əhli, artıq ölüm yox, əbədilik var. Ey cəhənnəm əhli, artıq ölüm yox, əbədilik var." 
-Ardınca Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bu ayəni oxudu: "Sən onları işin bitmiş olacağı peşmançılıq günü ilə qorxut! İndi onlar hələ qəflətdədirlər" [Məryəm ,39] dünyada olanlar hələ qəflətdədirlər "və onlar iman gətirmirlər." [Məryəm ,39].</t>
+    <t>Əbu Səid Əl Xudridən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Ölüm, ağ-qara qoç şəklində gətiriləcək və mələk səslənəcək: "Ey Cənnət əhli!" və onlar başlarını qaldırıraq baxacaqlar, mələk deyəcək: "Bunu tanıyırsınızmı?". Onlar - Bəli, bu ölümdür - deyəcəklər, hamı onu artıq dadmışdır. Sonra mələk səslənəcək: - "Ey cəhənnəm əhli" - və onlar başlarını qaldırıb baxacaqlar, sonra isə mələk onlara deyəcək: "Bunu tanıyırsınızmı?". Onlar - Bəli, bu ölümdür - deyəcəklər, hamı onu artıq dadmışdır. Sonra bu qoç kəsiləcək və mələk deyəcək: "Ey cənnət əhli, artıq ölüm yox, əbədilik var. Ey cəhənnəm əhli, artıq ölüm yox, əbədilik var". 
+Ardınca Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bu ayəni oxudu: "Sən onları işin bitmiş olacağı peşmançılıq günü ilə qorxut! İndi onlar hələ qəflətdədirlər" [Məryəm 19 surəsi, ayə 39] - dünyada olanlar hələ qəflətdədirlər: "və onlar iman gətirmirlər" [Məryəm 19 surəsi, ayə 39].</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم أن الموت يؤتى به يوم القيامة، كهيئة ذَكَر الضأن وفيه بياض وسواد، 
 فيٌنَادى: يا أهل الجنة! فيمدُّون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول لهم: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه وعرفه، 
 ثم ينادي المنادي: يا أهل النار، فيمدون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه؛ 
 فيُذبَح، ثم يقول المنادي: يا أهل الجنة بقاء أبد الآبدين فلا موت، ويا أهل النار بقاء أبد الآبدين فلا موت. 
 وذلك ليكون زيادة في نعيم المؤمنين، ونكاية في عذاب الكافرين.
 ثم قرأ النبي صلى الله عليه وسلم: 
 {وَأَنْذِرْهُمْ يَوْمَ الْحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ وَهُمْ لا يُؤْمِنُونَ} 
 فيوم القيامة يفصل بين أهل الجنة والنار، ودخل كل إلى ما صار إليه مخلدًا فيه، 
 فيتحسر المسيء ويندم إذ لم يحسن، والمقصر إذ لم يزدد من الخير.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, Qiyamət günü ölüm erkək ağ-qara rəngində olan qoç şəklində gətriləcək, Və " Ey Cənnət əhli!" -deyə çağrılırlar və onlar  boyunlarını uzadıb, başlarını qaldırıb baxırlar. Və mələk onlara deyir: Bunu tanıyırsınızmı?! Onlar - Bəli, bu ölümdür - deyəcəklər, hamısı onu görüb dadmışdır. Sonra mələk: - "Ey cəhənnəm əhli"-  deyə çağırır və onlar boyunlarını uzadıb, başlarını qaldırıb baxırlar və onlara deyir: "Bunu tanıyırsınızmı?!" Onlar - Bəli, bu ölümdür - deyəcəklər, hamısı onu görüb dadmışdır. Sonra bu qoç kəsilir və mələk deyir: Ey cənnət əhli, artıq ölüm yox, əbədilik var. Ey cəhənnəm əhli, artıq ölüm yox, əbədilik var. Bu, möminlərin nemətini, kafirlərin isə əzabını artırmaq üçündür. Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bu ayəni oxudu: "Sən onları işin bitmiş olacağı peşmançılıq günü ilə qorxut! İndi onlar hələ qəflətdədirlər və onlar iman gətirmirlər." [Məryəm ,39] Və Qiyamət günü cənnət əhli ilə cəhənnəm əhli bir-birindən ayrılacaq. Hər biri əbədi qalacaqları yerə daxil olacaq. Pis əməl sahibi xeyir əməllər etmədiyinə görə, səhlənkar davranan isə əməllərini artırmadığına görə peşman olacaq.</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, Qiyamət günü ölüm erkək ağ-qara rəngində olan qoç şəklində gətriləcək, və " Ey Cənnət əhli!" - deyə çağrılırlar və onlar  boyunlarını uzadıb, başlarını qaldırıb baxırlar. Və mələk onlara deyir: "Bunu tanıyırsınızmı?!". Onlar - "Bəli, bu ölümdür" - deyəcəklər, hamısı onu görüb dadmışdır. Sonra mələk: - "Ey cəhənnəm əhli" -  deyə çağırır və onlar boyunlarını uzadıb, başlarını qaldırıb baxırlar və onlara deyir: "Bunu tanıyırsınızmı?!". Onlar - "Bəli, bu ölümdür" - deyəcəklər, hamısı onu görüb dadmışdır. Sonra bu qoç kəsilir və mələk deyir: "Ey cənnət əhli, artıq ölüm yox, əbədilik var. Ey cəhənnəm əhli, artıq ölüm yox, əbədilik var". Bu, möminlərin nemətini, kafirlərin isə əzabını artırmaq üçündür. Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bu ayəni oxudu: "Sən onları işin bitmiş olacağı peşmançılıq günü ilə qorxut! İndi onlar hələ qəflətdədirlər və onlar iman gətirmirlər." [Məryəm 19 surəsi, ayə 39]. Və Qiyamət günü cənnət əhli ilə cəhənnəm əhli bir-birindən ayrılacaq. Hər biri əbədi qalacaqları yerə daxil olacaq. Pis əməl sahibi xeyir əməllər etmədiyinə görə, səhlənkar davranan isə əməllərini artırmadığına görə peşman olacaq.</t>
   </si>
   <si>
     <t>مصير الإنسان في الآخرة هو الخلود في الجنة أو النار.
 التحذير الشديد من هول يوم القيامة وأنه يوم الحسرة والندم.
 بيان دوام سرور أهل الجنة، ودوام حزن أهل النّار.</t>
   </si>
   <si>
     <t>İnsanın axirətdəki aqibəti, Cənnət və ya Cəhənnəmdə əbədi qalmasıdır.
 Qiyamət gününün dəhşətindən şiddətli çəkindirmək. O gün peşmançılıq və kədər günüdür.
-Cənnət əhlinin sevincinin, cəhənnəm əhlinin hüznünün davamlı olması</t>
+Cənnət əhlinin sevincinin, cəhənnəm əhlinin hüznünün davamlı olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65035</t>
   </si>
   <si>
     <t>ناركم جزء من سبعين جزءا من نار جهنم</t>
   </si>
   <si>
     <t>Yandırdığınız alov, cəhənnəm alovunun yetmiş qatından bir qatıdır</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ»، قِيلَ: يَا رَسُولَ اللَّهِ، إِنْ كَانَتْ لَكَافِيَةً. قَالَ: «فُضِّلَتْ عَلَيْهِنَّ بِتِسْعَةٍ وَسِتِّينَ جُزْءًا كُلُّهُنَّ مِثْلُ حَرِّهَا».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Yandırdığınız alov, cəhənnəm alovunun yetmiş qatından bir qatıdır Deyildi ki, Ey Allahın Rəsulu, hətta bu alov belə (zalımları cəzalandırmağa) yetərli idi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Cəhənnəm alovu dünya alovundan  altmış doqquz qat üstün edildi. Hər bir qatın istiliyi, dünya alovunun istiliyi qədərdir".</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Yandırdığınız alov, cəhənnəm alovunun yetmiş qatından bir qatıdır. Deyildi ki: "Ey Allahın Rəsulu, hətta bu alov belə (zalımları cəzalandırmağa) yetərli idi". Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Cəhənnəm alovu dünya alovundan altmış doqquz qat üstün edildi. Hər bir qatın istiliyi, dünya alovunun istiliyi qədərdir".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن نار الدنيا جزء من سبعين جزءًا من نار جهنم، 
 فنار الآخرة تزيد قوة حرارتها على حرارة نار الدنيا بتسعة وستين جزءًا، كل جزء منها يعادل حرارة نار الدنيا. 
 فقيل: يا رسول الله إن نار الدنيا كانت كافية لتعذيب داخليها، 
 فقال: فضلت نار جهنم على نار الدنيا بتسعةٍ وستين جزءًا وكلها مثلها في شدة الحر.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dünya alovunun, cəhənnəm odundan yetmişdə bir qatı qədər olduğunu bəyan etmişdir. Axirət alovu  dünya alovundan altmış doqquz qat istidir. Hər bir qatın istiliyi dünya alovunun istiliyinə bərabərdir. Deyilir: Ey Allahın Rəsulu, dünya alovu ora daxil olanların əzab edilməsi üçün kifayət idi. Və Allah rəsulunun (Allahın salavatı və salamı onun üzərinə olsun): Cəhənnəm odu  dünya alovundan  altmış doqquz qat üstün edildi. Hər bir qatın istiliyi, dünya alovunun istiliyi qədərdir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dünya alovunun, cəhənnəm odundan yetmişdə bir qatı qədər olduğunu bəyan etmişdir. Axirət alovu dünya alovundan altmış doqquz qat istidir. Hər bir qatın istiliyi dünya alovunun istiliyinə bərabərdir. Deyilir: Ey Allahın Rəsulu, dünya alovu ora daxil olanların əzab edilməsi üçün kifayət idi. Və Allah rəsulunun (Allahın salavatı və salamı onun üzərinə olsun): Cəhənnəm odu dünya alovundan altmış doqquz qat üstün edildi. Hər bir qatın istiliyi, dünya alovunun istiliyi qədərdir - cavabı gəldi.</t>
   </si>
   <si>
     <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
 عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
   </si>
   <si>
     <t>Cəhənəmmə aparacaq əməllərdən uzaq durmaları üçün insanların cəhənnəmdən çəkindirilmələri.
 Cəhənnəm odunun və əzabının əzəməti və istiliyinin şiddəti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65036</t>
   </si>
   <si>
     <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
   </si>
   <si>
     <t>Doğru söz sahibi və doğruluğu Allah tərəfindən təsdiqlənən  Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bizə belə buyurdu: "Sizlərdən birinizin yaradılışının başlanğıcı (embrion) anasının bətnində qırx gün və qırx gecədə toplanır</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
-    <t>Abdullah bin Məsuddan (Allah ondan razı olsun)  belə dediyi rəvayət edilir: Doğru söz sahibi və doğruluğu Allah tərəfindən təsdiqlənən  Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bizə belə buyurdu: "Sizlərdən birinizin yaradılışının başlanğıcı (embrion) anasının bətnində qırx gün və qırx gecədə toplanır, sonra həmin müddətdə laxtalanmış qana çevrilir, sonra növbəti qırx gündə ət parçasına çevrilir, sonra ona mələk göndərilir və dörd şeyi yazmağı əmr edilir: ruzisini, əcəlini, əməlini, bədbəxt, yoxsa xoşbəxt olacağını. Sonra ona ruh üfürülür. Sizlərdən biriniz cənnət əhlinin əməlini edir,  onun cənnətə daxil olmasına bir arşın qalmış, ana bətnində yazılmış qədəri onu qabaqlayır və o cəhənnəm əhlinin əməlini edərək cəhənnəmə daxil olur və sizlərdən biriniz cəhənnəm əhlinin əməlini edir,  onun cəhənnəmə düşməsinə bir arşın qalmış, ana bətnində yazılmış qədəri onu qabaqlayır və o cənnət əhlinin əməlini edərək cənnətə daxil olur."</t>
+    <t>Abdullah bin Məsuddan (Allah ondan razı olsun) belə dediyi rəvayət edilir: Doğru söz sahibi və doğruluğu Allah tərəfindən təsdiqlənən  Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bizə belə buyurdu: "Sizlərdən birinizin yaradılışının başlanğıcı (embrion) anasının bətnində qırx gün və qırx gecədə toplanır, sonra həmin müddətdə laxtalanmış qana çevrilir, sonra növbəti qırx gündə ət parçasına çevrilir, sonra ona mələk göndərilir və dörd şeyi yazmağı əmr edilir: ruzisini, əcəlini, əməlini, bədbəxt, yoxsa xoşbəxt olacağını. Sonra ona ruh üfürülür. Sizlərdən biriniz cənnət əhlinin əməlini edir, onun cənnətə daxil olmasına bir arşın qalmış, ana bətnində yazılmış qədəri onu qabaqlayır və o cəhənnəm əhlinin əməlini edərək cəhənnəmə daxil olur və sizlərdən biriniz cəhənnəm əhlinin əməlini edir, onun cəhənnəmə düşməsinə bir arşın qalmış, ana bətnində yazılmış qədəri onu qabaqlayır və o cənnət əhlinin əməlini edərək cənnətə daxil olur."</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، 
 قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، 
 ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، 
 ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، 
 ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، 
 ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، 
 وأجله، وهو مدة بقائه في الدنيا، 
 وعمله، ما هو؟ وشقيٌ أو سعيد. 
 ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ 
 لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
-    <t>Abdullah bin Məsud (Allah ondan razı olsun) dedi ki, sözlərində düzgün olan və doğruluğu uca Allah tərəfindən təsdiqlənən Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bizə belə buyurdu: Sizlərdən birinizin yaradılışının mərhələləri bu şəkildədir: Kişi ilə qadın cinsi əlaqədə olduqda kişidən gələn sperma qadının rəhmində qırx gün nütfə (embrion) olaraq qalır, Sonra laxtalanmış qana çevrilir və bu ikinci qırx gündə baş verir. Sonra növbəti qırx gündə bir parça çeynənmiş ətə çevrilir. Sonra Allah üçüncü qırx günün sonunda  mələk göndərir və mələk ona ruh üfürür. Bu mələyə dörd şeyi yazmaq əmr edilmişdir: 
-İnsanın ömrü boyu əldə edəcək ruzisi, əcəli, yəni bu dünyada qalacaq müddət və əməlinin nəticəsi :  Xoşbəxt yaxud bədbəxt olacağı. Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) and içərək bildirir ki, bir kəs cənnət əhlinin əməlini görür, insanların gözündə əməlisaleh olur, onun cənnətə girməsinə bir arşın qalmış, ana bətnində yazılmış qədəri onu qabaqlayır və o cəhənnəm əhlinin əməlini görərək əməli bitmiş olur və cəhənnəmə daxil olur; Çünki əməlin qəbul olma şərti, onun üzərində sabit olmaq və dəyişdirməməkdir, başqa bir qrup insan isə cəhənnəm əhlinin əməllərini edir, cəhənnəmə düşməyinə bir arşın qalmış, yazılmış qədəri onu qabaqlayır və o cənnət əhlinin əməlini görərək cənnətə daxil olur.</t>
+    <t>Abdullah bin Məsud (Allah ondan razı olsun) dedi ki, sözlərində düzgün olan və doğruluğu Uca Allah tərəfindən təsdiqlənən Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bizə belə buyurdu: Sizlərdən birinizin yaradılışının mərhələləri bu şəkildədir: Kişi ilə qadın cinsi əlaqədə olduqda kişidən gələn sperma qadının rəhmində qırx gün nütfə (embrion) olaraq qalır. Sonra laxtalanmış qana çevrilir və bu ikinci qırx gündə baş verir. Sonra növbəti qırx gündə bir parça çeynənmiş ətə çevrilir. Sonra Allah üçüncü qırx günün sonunda mələk göndərir və mələk ona ruh üfürür. Bu mələyə dörd şeyi yazmaq əmr edilmişdir: 
+İnsanın ömrü boyu əldə edəcək ruzisi, əcəli, yəni bu dünyada qalacaq müddət və əməlinin nəticəsi: xoşbəxt yaxud bədbəxt olacağı. Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) and içərək bildirir ki, bir kəs cənnət əhlinin əməlini görür, insanların gözündə əməlisaleh olur, onun cənnətə girməsinə bir arşın qalmış, ana bətnində yazılmış qədəri onu qabaqlayır və o cəhənnəm əhlinin əməlini görərək əməli bitmiş olur və cəhənnəmə daxil olur. Çünki əməlin qəbul olma şərti, onun üzərində sabit olmaq və dəyişdirməməkdir. Başqa bir qrup insan isə cəhənnəm əhlinin əməllərini edir, cəhənnəmə düşməyinə bir arşın qalmış, yazılmış qədəri onu qabaqlayır və o cənnət əhlinin əməlini görərək cənnətə daxil olur.</t>
   </si>
   <si>
     <t>الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصا وإيمانا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصا وإيمانا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى : ( يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ ).</t>
   </si>
   <si>
     <t>Hər bir məsələ sonda qədərdə yazıldığı kimi olur və təqdir edilən reallaşır.
-"Əməllərə güvənib aldanmamaq"-xəbərdarlığı, çünki əməllər sonuna görə dəyərləndirilir.</t>
+"Əməllərə güvənib aldanmamaq" - xəbərdarlığı, çünki əməllər sonuna görə dəyərləndirilir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65037</t>
   </si>
   <si>
     <t>كتب الله مقادير الخلائق قبل أن يخلق السماوات والأرض بخمسين ألف سنة</t>
   </si>
   <si>
     <t>Allah məxluqatın qədərini, yeri və göyləri yaratmazdan əlli min il öncə yazmışdır</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ، قَالَ: وَعَرْشُهُ عَلَى الْمَاءِ».</t>
   </si>
   <si>
-    <t>Abdullah bin Amr bin Asdan (Allah onlardan razı olsun) rəvayət edildiyinə görə belə dedi: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: Allah məxluqatın qədərini, yeri və göyləri yaratmazdan əlli min il öncə yazmışdır və (o zaman) Ərşi suyun üzərində idi.</t>
+    <t>Abdullah bin Amr bin Asdan (Allah onlardan razı olsun) rəvayət edildiyinə görə belə dedi: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Allah məxluqatın qədərini, yeri və göyləri yaratmazdan əlli min il öncə yazmışdır və (o zaman) Ərşi suyun üzərində idi".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أنّ اللهَ كتب ما سيقع من أقدار الخلائق بالتفصيل من حياة وموت ورزق وغير ذلك في اللوح المحفوظ قبل أن يخلق السَّموات والأرض بخمسين ألف سنة، وهي واقعة وفق ما قضى الله عز وجل، 
 فكل شيء كائن فهو بقضاء الله وقدره، 
 فما أصاب العبد لم يكن ليخطئه، وما أخطأه لم يكن ليصيبه.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Allah yeri və göyləri yaratmazdan əlli min öncə  məxluqatın qədəriylə əlaqəli olan; həyat, ölüm, ruzi və digər baş verəcəkləri lövhu məhfuzda təfsilatı ilə yazmışdır və bütün bunlar, izzət və cəlal sahibi olan Allahın yazdığı kimi baş verir. Hər baş verən və olan  Allahın qəza və təqdiriylədir. Qul üçün təqdir edilən şey ondan yan keçməz, ona yazılmayan şey isə onun başına gəlməz.</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Allah yeri və göyləri yaratmazdan əlli min öncə məxluqatın qədəriylə əlaqəli olan; həyat, ölüm, ruzi və digər baş verəcəkləri lövhu məhfuzda təfsilatı ilə yazmışdır və bütün bunlar, izzət və cəlal sahibi olan Allahın yazdığı kimi baş verir. Hər baş verən və olan  Allahın qəza və təqdiriylədir. Qul üçün təqdir edilən şey ondan yan keçməz, ona yazılmayan şey isə onun başına gəlməz.</t>
   </si>
   <si>
     <t>وجوب الإيمان بالقضاء والقدر.
 القدر هو: علم الله بالأشياء وكتابته ومشيئته وخلقه لها.
 الإيمان بأن الأقدار مكتوبة قبل خلق السماوات والأرض يُثمِر الرضا والتسليم.
  أنّ عرش الرحمن كان على الماء قبل خلق السموات والأرض.</t>
   </si>
   <si>
-    <t>Qəza və qədərə imanın vacibliyi
+    <t>Qəza və qədərə imanın vacibliyi.
 Qədər: Allahın olacaq hər şeyi bilməsi, yazması, istəməsi və bunları yaratmasıdır.
 Yerin və göylərin yaradılmasından öncə hər şeyin qədərinin yazıldığına iman etmək, qədərə razılıq və təslimiyyət doğurur.
 Yerin və göylərin yaradılmasından öncə Rəhmanın ərşi suyun üzərində idi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65038</t>
   </si>
   <si>
     <t>كل شيء بقدر، حتى العجز والكيس، أو الكيس والعجز</t>
   </si>
   <si>
     <t>Hər şey qədərdəndir. Hətta acizlik və çalışqanlıq da yaxud çalışqanlıq və acizlik də</t>
   </si>
   <si>
     <t>عَنْ طَاوُسٍ أَنَّهُ قَالَ: أَدْرَكْتُ نَاسًا مِنْ أَصْحَابِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُونَ كُلُّ شَيْءٍ بِقَدَرٍ، قَالَ: وَسَمِعْتُ عَبْدَ اللهِ بْنَ عُمَرَ رضي الله عنهما يَقُولُ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ».</t>
   </si>
   <si>
     <t>Tavusdan belə dediyi rəvayət edilir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) sahabələrindən bir çox insana yetişdim ki, onlar -"Hər şey qədərdəndir" -deyirdilər. Dedi: Abdullah bin Ömər (Allah onların hər ikisindən razı olsun) belə dediyini eşitdim: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Hər şey qədərdəndir. Hətta acizlik və çalışqanlıq da yaxud çalışqanlıq və acizlik də".</t>
   </si>
   <si>
     <t>بيَّن النبي صلى الله عليه وسلم أن كل شيء بقدر؛ 
 حتى العجز وهو: ترك ما يجب فعله والتسويف به وتأخيره عن وقته، بأمور الدنيا والآخرة. 
 وحتى الْكَيْسُ وهو: النشاط والحِذْق بأمور الدنيا والآخرة. 
 وإن الله عز وجل قد قدَّر العجز والكيس وكل شيء، لا يقع في الوجود إلا وقد سبق به علم الله ومشيئته.</t>
   </si>
@@ -14745,76 +14735,76 @@
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, Quranı aşkarda oxuyan, sədəqəni aşkar halda verən  kimidir, Quranı gizli şəkildə oxuyan isə sədəqəni gizli şəkildə verən kimidir.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>Sədəqəni gizli vermək daha üstün olduğu kimi, Quranı da gizli və tək oxumaq daha üstündür, çünki bu halda həmin əməllər ixlasla olub, riya və nəfslə öyünməkdən uzaq olur. Lakin, Quranı aşkar və səslə oxumaq təlim məqsədi daşıyırsa, bu zaman o istisna hal ola bilər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65055</t>
   </si>
   <si>
     <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدا حبشيا، وسترون من بعدي اختلافا شديدا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
   </si>
   <si>
     <t>Sizə Allahdan qorxmağı tövsiyyə edirəm, (rəhbəriniz) həbəşi bir kölə olsa belə, ona tabe olub, itaət edin. Məndən sonra şiddətli ixtilaflar görəcəksiniz, mənim və doğru yolda olan raşidi xəlifələrin yoluna tabe olun</t>
   </si>
   <si>
     <t>عن العِرْباضِ بن ساريةَ رضي الله عنه قال: قام فينا رسول الله صلى الله عليه وسلم ذات يوم، فوَعَظَنا مَوعظةً بليغةً وَجِلتْ منها القلوبُ، وذَرَفتْ منها العيونُ، فقيل: يا رسول الله، وعظتَنَا موعظةَ مُودِّعٍ فاعهد إلينا بعهد. فقال: «عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين، عَضُّوا عليها بالنواجِذ، وإياكم والأمور المحدثات، فإن كل بدعة ضلالة».</t>
   </si>
   <si>
-    <t>İrbad bin Səriyənin (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bir gün aramızda ikən ayağa qalxıb bizə, qəlblərimizi titrədən, gözlərimizi yaşardan  bəlağətli bir xütbə söylədi. Ona dedilər ki: Ey Allahın Rəsulu, bizə sanki vida xütbəsi verdin, ona görə bizə vəsiyyət et. O dedi: “ Sizə Allahdan qorxmağı tövsiyyə edirəm, (rəhbəriniz) həbəşi bir kölə olsa belə, ona tabe olub, itaət edin. Məndən sonra şiddətli ixtilaflar görəcəksiniz, mənim və doğru yolda olan raşidi xəlifələrin yoluna tabe olun və ondan azı dişlərinizlə yapışın. Dinə artırılmış yeniliklərdən çəkinin, çünki hər bir yenilik zəlalətdir.”</t>
+    <t>İrbad bin Səriyənin (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bir gün aramızda ikən ayağa qalxıb bizə, qəlblərimizi titrədən, gözlərimizi yaşardan  bəlağətli bir xütbə söylədi. Ona dedilər ki: Ey Allahın Rəsulu, bizə sanki vida xütbəsi verdin, ona görə bizə vəsiyyət et. O dedi: “Sizə Allahdan qorxmağı tövsiyyə edirəm, (rəhbəriniz) həbəşi bir kölə olsa belə, ona tabe olub, itaət edin. Məndən sonra şiddətli ixtilaflar görəcəksiniz, mənim və doğru yolda olan raşidi xəlifələrin yoluna tabe olun və ondan azı dişlərinizlə yapışın. Dinə artırılmış yeniliklərdən çəkinin, çünki hər bir yenilik zəlalətdir”.</t>
   </si>
   <si>
     <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، 
 فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، 
 قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، 
 والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، 
 ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، 
 وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
   </si>
   <si>
-    <t>Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) qəlbləri qorxuya salan, gözləri yaşardan bəlağətli bir xütbə söylədi. Onlar Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) təsirli çıxışını görüb dedilər: "Ey Allahın Rəsulu, bu sanki vida xütbəsi idi". Onlar Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) sonra gələn dövrlərdə sarıla biləcəkləri məsləhətlər barədə ondan tövsiyələrini istədilər. Buyurdu: Sizə fərzləri yerinə yetirməklə və haramları tərk etməklə izzət və cəlal sahibi olan Allahdan qorxmağı tövsiyə edirəm. Rəhbərlərə tabe olub, itaət etmək. Əgər bir kölə sizin üzərinizdə rəhbər  və ya hakimiyyət sahibi olarsa, yəni cəmiyyətin ən aşağı təbəqəsindən olan bir kəs sizə hökmdar olarsa, bundan boyun qaçırmayın və fitnələrin oyanmaması üçün ona itaət edin, çünki sizdən kimə ömür vəfa etsə, çoxlu ixtilaflar görəcək. Sonra onlara bu ixtilafdan çıxış yolunu izah etdi ki, bu da onun yoluna və özündən sonra gələn raşidi xəlifələrin - Əbu Bəkr əs-Siddiq, Ömər bin Əl-Xəttab, Osman bin Əffan və Əli ibn Əbi Talibin (Allah onların hamısından razı olsun) yolundan bərk yapışmaqdır və azı dişləri ilə bu yola sarılmaqdır. Bu misalla sünnəyə əməl etməyin və ondan bərk yapışmağın əhəmiyyətini nəzərdə tuturdu. Onları dindəki bidətlərdən (yeniliklərdən) çəkindirdi, çünki hər bir bidət zəlalətdir.</t>
+    <t>Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) qəlbləri qorxuya salan, gözləri yaşardan bəlağətli bir xütbə söylədi. Onlar Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) təsirli çıxışını görüb dedilər: "Ey Allahın Rəsulu, bu sanki vida xütbəsi idi". Onlar Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) sonra gələn dövrlərdə sarıla biləcəkləri məsləhətlər barədə ondan tövsiyələrini istədilər. Buyurdu: Sizə fərzləri yerinə yetirməklə və haramları tərk etməklə izzət və cəlal sahibi olan Allahdan qorxmağı tövsiyə edirəm. Rəhbərlərə tabe olub, itaət etmək. Əgər bir kölə sizin üzərinizdə rəhbər və ya hakimiyyət sahibi olarsa, yəni cəmiyyətin ən aşağı təbəqəsindən olan bir kəs sizə hökmdar olarsa, bundan boyun qaçırmayın və fitnələrin oyanmaması üçün ona itaət edin, çünki sizdən kimə ömür vəfa etsə, çoxlu ixtilaflar görəcək. Sonra onlara bu ixtilafdan çıxış yolunu izah etdi ki, bu da onun yoluna və özündən sonra gələn raşidi xəlifələrin - Əbu Bəkr əs-Siddiq, Ömər bin Əl-Xəttab, Osman bin Əffan və Əli ibn Əbi Talibin (Allah onların hamısından razı olsun) yolundan bərk yapışmaqdır və azı dişləri ilə bu yola sarılmaqdır. Bu misalla sünnəyə əməl etməyin və ondan bərk yapışmağın əhəmiyyətini nəzərdə tuturdu. Onları dindəki bidətlərdən (yeniliklərdən) çəkindirdi, çünki hər bir bidət zəlalətdir.</t>
   </si>
   <si>
     <t>أهمية التَّمَسُّكِ بالسُّنّة واتباعها.
 العناية بالمواعظ وترقيق القلوب.
 الأمر باتباع الخُلَفاء الراشدين المهديين الأربعة مِن بعده، وهم أبو بكر وعمر وعثمان وعلي رضي الله عنهم.
 النهيُ عن الابتداع في الدِّين، وأنّ كل البدع ضلالة.
 السمع والطاعة لمَن تولَّى أمر المؤمنين في غير معصية.
 أهمية تقوى الله عز وجل في كل الأوقات والأحوال.
 الاختلاف واقع في هذه الأمة، وعند حدوثِهِ يلزم الرجوعُ إلى سُنّة رسول الله صلى الله عليه وسلم والخلفاء الراشدين.</t>
   </si>
   <si>
     <t>Sünnəyə sarılmaq və ona tabe olmağın əhəmiyyəti.
 Moizələrə və qəlblərin yumşalmasına verilən önəm.
-Ondan sonra gələn raşidi xəlifələrinə- Əbu Bəkr əs-Siddiq, Ömər bin Əl-Xəttab, Osman bin Əffan və Əli bin Əbi Talibə (Allah onların hamısından razı olsun) tabe olmağın əmr edilməsi.
+Ondan sonra gələn raşidi xəlifələrinə - Əbu Bəkr əs-Siddiq, Ömər bin Əl-Xəttab, Osman bin Əffan və Əli bin Əbi Talibə (Allah onların hamısından razı olsun) tabe olmağın əmr edilməsi.
 Dində yeniliyin qadağan edilməsi və dindəki hər yeniliyin zəlalət olması.
 Möminlərə rəhbərlik edən şəxsə -günahlardan başqa- digər məsələlərdə tabe olub, itaət etməyin əmr edilməsi.
 Bütün zaman və hallarda izzət və cəlal sahibi olan Allahdan qorxmağın əhəmiyyəti.
 Bu ümmətdə ixtilaflar baş verəcək, bu baş verdikdə Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) və raşidi xəlifələrinin yoluna müraciət etməyin vacibliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65057</t>
   </si>
   <si>
     <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
     <t>onlar Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) on ayə öyrənərdilər və bu ayələrdəki elm və əməli həyatlarında tətbiq etməyincə digər ayələrə keçməzdilər</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
     <t>Əbu AbdurRahmən Əs-Suləmidən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) sahabələrindən bizə Quran öyrədənlər danışırdılar ki, onlar Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) on ayə öyrənərdilər və bu ayələrdəki elm və əməli həyatlarında tətbiq etməyincə digər ayələrə keçməzdilər. Onlar- Bu sayədə elm və əməli öyrəndik-deyərdilər.</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
   </si>
   <si>
     <t>Sahabələr (Allah onlardan razı olsun) Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) Quranın on ayəsini öyrənərdilər. Bu on ayədəki elmi öyrənib, həmin ayələrə əməl etmədən başqasına  keçməzdilər. Ona görə də, elmi və əməli birikdə öyrənərdilər.</t>
@@ -14898,220 +14888,219 @@
     <t>اليهود مغضوب عليهم، والنصارى ضلال</t>
   </si>
   <si>
     <t>Yəhudilər qəzəbə düçar olmuş, xristianlar isə zəlalətə düşmüşlər</t>
   </si>
   <si>
     <t>عَنْ ‌عَدِيِّ بْنِ حَاتِمٍ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ».</t>
   </si>
   <si>
     <t>Adiy bin Hətimdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Yəhudilər qəzəbə düçar olmuş, xristianlar isə zəlalətə düşmüşlər".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اليهودَ قومٌ غَضِبَ اللهُ عليهم؛ لأنهم عرفوا الحقَّ ولم يعملوا به. 
 والنصارى قومٌ ضلال؛ لأنهم عَمِلوا بغير علم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurmuşdur ki, yəhudilər Allahın qəzəbinə gəlmiş bir qövmdür. Çünki onlar həqiqəti bildilər və ona əməl etmədilər. Xristianlar isə azmış qövmdür, çünki onlar elmsiz əməl etdilər.</t>
   </si>
   <si>
     <t>الجَمْعُ بين العلم والعمل نجاةٌ من سبيل المغضوب عليهم والضالين.
 التحذير من سبيل اليهود والنصارى، ولزوم الصراط المستقيم الذي هو الإسلام.
 كل من اليهود والنصارى ضال مغضوب عليه، لكن أَخَصُّ أوصافِ اليهود الغضبُ، وأَخَصُّ أوصاف النصارى الضلال.</t>
   </si>
   <si>
     <t>Elmlə əməli cəm etmək, qəzəbə düçar olmaqdan və zəlalətə düşməkdən qurtuluşdur.
-Yəhudi və xristianların yolundan çəkindirmək, düz yola-İslama bağlı olmaq.
+Yəhudi və xristianların yolundan çəkindirmək, düz yola - İslama bağlı olmaq.
 Yəhudi və xristianlardan hər biri zəlalətə və qəzəbə düçar olmuşdur, lakin yəhudilərin xüsusi sifəti qəzəbə uğramaları, xristianların xüsusi sifətləri isə zəlalətə düçar olmalarıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65061</t>
   </si>
   <si>
     <t>فإذا رأيت الذين يتبعون ما تشابه منه فأولئك الذين سمى الله، فاحذروهم</t>
   </si>
   <si>
     <t>Əgər mütəşabihlərdən yapışanları görsən, bil ki, onları Allah bu cür adlandırdı və onlardan uzaq durun</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رَضِيَ اللهُ عَنْهَا قَالَتْ: تَلَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ هَذِهِ الْآيَةَ: {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ، وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ، وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ} [آل عمران: 7]. قَالَتْ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ».</t>
   </si>
   <si>
-    <t>Aişədən(Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bu ayəni oxudu: 
-{Kitabı sənə nazil edən Odur. O Kitabın bir qismi mənası aydın ayələrdir ki, bunlar da Kitabın anasıdır. Digərləri isə mənası aydın olmayan mütəşabih ayələrdir. Qəlblərində əyrilik olanlar fitnə-fəsad törətmək və istədikləri kimi yozmaq məqsədilə mənası aydın olmayanın ardınca düşərlər. Onun yozumunu isə Allahdan başqa heç kəs bilməz. Elmdə qüvvətli olanlar isə deyərlər: “Biz onlara iman gətirdik, hamısı bizim Rəbbimizdəndir”. Bunu isə ancaq ağıl sahibləri dərk edərlər}.[Əli İmran: 7]  (Aişə) dedi: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dedi: " Əgər mütəşabihlərdən yapışanları görsən, bil ki, onları Allah bu cür adlandırdı və onlardan uzaq durun.</t>
+    <t>Aişədən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bu ayəni oxudu: 
+"Kitabı sənə nazil edən Odur. O Kitabın bir qismi mənası aydın ayələrdir ki, bunlar da Kitabın anasıdır. Digərləri isə mənası aydın olmayan mütəşabih ayələrdir. Qəlblərində əyrilik olanlar fitnə-fəsad törətmək və istədikləri kimi yozmaq məqsədilə mənası aydın olmayanın ardınca düşərlər. Onun yozumunu isə Allahdan başqa heç kəs bilməz. Elmdə qüvvətli olanlar isə deyərlər: “Biz onlara iman gətirdik, hamısı bizim Rəbbimizdəndir”. Bunu isə ancaq ağıl sahibləri dərk edərlər".[Əli İmran: 7]. (Aişə) dedi: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Əgər mütəşabihlərdən yapışanları görsən, bil ki, onları Allah bu cür adlandırdı və onlardan uzaq durun.</t>
   </si>
   <si>
     <t>قرأ رسول الله صلى الله عليه وسلم هذه الآية: 
 {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ}، 
 وفيها أخبر الله سبحانه أنه هو الذي أنزل على نبيه القرآن، الذي منه آيات واضحة الدلالة، معلومة الأحكام لا لبس فيها، هي أصل الكتاب ومرجعه، وهي المرجع عند الاختلاف، 
 ومنه آيات أُخر محتملة لأكثر من معنى، يلتبس معناها على بعض الناس، أو يظن أن بينها وبين الآية الأخرى تعارض، 
 ثم بين الله تعامل الناس مع هذا الآيات، 
 فالذين في قلوبهم مَيْلٌ عن الحق فيتركون المُحْكم، ويأخذون بالمتشابه المُحْتمل، يبتغون بذلك إثارة الشبهة وإضلال الناس، ويبتغون بذلك تأويلها على ما يوافق أهواءهم، 
 وأما الثابتون في العلم فإنهم يعلمون هذا المتشابه، ويردُّونه للمحكم، ويؤمنون به وأنه من عند الله سبحانه وتعالى، ولا يمكن أن يلتبس أو يتعارض، ولكن ما يتذكر بذلك ولا يتعظ إلا أصحاب العقول السليمة. 
 ثم قال النبي صلى الله عليه وسلم لأم المؤمنين عائشة رضي الله عنها أنها إذا رأت الذين يتبعون المتشابه فإنهم هم الذين سمَّى الله في قوله: 
 {فأما الذين في قلوبهم زيغ} 
 فاحذروهم ولا تصغوا إليهم.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bu ayəni oxudu: {Kitabı sənə nazil edən Odur. O Kitabın bir qismi mənası aydın ayələrdir ki, bunlar da Kitabın anasıdır. Digərləri isə mənası aydın olmayan mütəşabih ayələrdir. Qəlblərində əyrilik olanlar fitnə-fəsad törətmək və istədikləri kimi yozmaq məqsədilə mənası aydın olmayanın ardınca düşərlər. Onun yozumunu isə Allahdan başqa heç kəs bilməz. Elmdə qüvvətli olanlar isə deyərlər: “Biz onlara iman gətirdik, hamısı bizim Rəbbimizdəndir”. Bunu isə ancaq ağıl sahibləri dərk edərlər}.
- Burada uca Allah xəbər verir ki, peyğəmbərinə Quranı nazil edən odur. Quranda bəzi ayələr nəyə dəlalət etdiyi aydın olan, əhkamları məlum olan, anlamı çətin olmayan ayələrdir ki, bunlar kitabın anası və təməlidir. Onlar ixtilaf zamanı müraciət ediləsi ayələrdir. Bir qism ayələr isə bir və ya çox məna daşıyır, bu mənalar bəzi insanlara aydın olmur və ya onlar bu ayə ilə digər ayə arasında ziddiyyət  olduğunu zənn edirlər. Sonra Allah  insanların bu ayələrə yanaşmasını bəyan edir. Qəlblərində haqdan sapmağa meyli olan insanlar möhkəm ayələri tərk edir, müxtəlif mənalar ehtiva edən mütəşabihlərdən yapışıraq, şübhə yaratmaq, insanları azdırmaq və ayələri öz arzularına uyğun təfsir etmək istəyirlər. Lakin elmdə sabit olanlar isə bunların mütəşabih olduğunu bilərək onları möhkəm ayələrlə təfsir edər, bu ayələrə və onların Pak və uca Allahdan olduğuna iman gətirərlər. Onlar bilirlər ki, bu ayələr qeyri-müəyyənlik mənasını daşımır və ziddiyyət təşkil etmir. Bunu isə sağlam ağıl sahibləri dərk edib, öyüd ala bilərlər. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) möminlərin anası Aişəyə (Allah ondan razı olsun)  deyir ki, əgər mütəşabihlərə yapışanları görsə, bilsin ki, onlar Allahın ayədə adı çəkdiyi həmin şəxslərdir: {Qəlblərində əyrilik olanlar }. Onlardan çəkinin və onlara qulaq asmayın.</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bu ayəni oxudu: "Kitabı sənə nazil edən Odur. O Kitabın bir qismi mənası aydın ayələrdir ki, bunlar da Kitabın anasıdır. Digərləri isə mənası aydın olmayan mütəşabih ayələrdir. Qəlblərində əyrilik olanlar fitnə-fəsad törətmək və istədikləri kimi yozmaq məqsədilə mənası aydın olmayanın ardınca düşərlər. Onun yozumunu isə Allahdan başqa heç kəs bilməz. Elmdə qüvvətli olanlar isə deyərlər: “Biz onlara iman gətirdik, hamısı bizim Rəbbimizdəndir”. Bunu isə ancaq ağıl sahibləri dərk edərlər".
+ Burada uca Allah xəbər verir ki, peyğəmbərinə Quranı nazil edən odur. Quranda bəzi ayələr nəyə dəlalət etdiyi aydın olan, əhkamları məlum olan, anlamı çətin olmayan ayələrdir ki, bunlar kitabın anası və təməlidir. Onlar ixtilaf zamanı müraciət ediləsi ayələrdir. Bir qism ayələr isə bir və ya çox məna daşıyır, bu mənalar bəzi insanlara aydın olmur və ya onlar bu ayə ilə digər ayə arasında ziddiyyət  olduğunu zənn edirlər. Sonra Allah  insanların bu ayələrə yanaşmasını bəyan edir. Qəlblərində haqdan sapmağa meyli olan insanlar möhkəm ayələri tərk edir, müxtəlif mənalar ehtiva edən mütəşabihlərdən yapışıraq, şübhə yaratmaq, insanları azdırmaq və ayələri öz arzularına uyğun təfsir etmək istəyirlər. Lakin elmdə sabit olanlar isə bunların mütəşabih olduğunu bilərək onları möhkəm ayələrlə təfsir edər, bu ayələrə və onların Pak və uca Allahdan olduğuna iman gətirərlər. Onlar bilirlər ki, bu ayələr qeyri-müəyyənlik mənasını daşımır və ziddiyyət təşkil etmir. Bunu isə sağlam ağıl sahibləri dərk edib, öyüd ala bilərlər. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) möminlərin anası Aişəyə (Allah ondan razı olsun) deyir ki, əgər mütəşabihlərə yapışanları görsə, bilsin ki, onlar Allahın ayədə adı çəkdiyi həmin şəxslərdir: "Qəlblərində əyrilik olanlar". Onlardan çəkinin və onlara qulaq asmayın.</t>
   </si>
   <si>
     <t>المحكم من آيات القرآن: ما اتضحت دلالته وظهر معناه، والمتشابه: ما احتمل أكثر من معنى واحتاج إلى نظر وفهم.
 التحذير مِن مخالطة أهل الزيغ وأصحاب البدع ومَن يطرح المشكلات لإضلال الناس وتشكيكهم. 
 في ختم الآية بقوله تعالى: {وما يذكر إلا أولو الألباب} تعريض بالزائغين، ومدح للراسخين، يعني: مَن لم يتذكَّر ويتَّعظ، واتَّبع هواه ليس مِن أولي الألباب.
 اتباع المتشابه سبب لزيغ القلب.
 وجوب رد الآيات المتشابهة التي قد لا يُفهم معناها إلى الآيات المحكمة.
 جعل الله سبحانه بعضَ القرآن محكمًا وبعضَه متشابهًا؛ ابتلاءً للناس ليتميز أهل الإيمان من أهل الضلال.
 في وقوع المتشابه في القرآن: إظهار فضل العلماء على غيرهم، وإعلام للعقول بقصورها؛ لتستسلم لبارئها وتعترف بعجزها.
 فضيلة الرسوخ في العلم وضرورة الثبات فيه.
 للمفسرين في الوقوف على {الله} من قوله: { وما يعلم تأويله إلا الله والراسخون في العلم } قولان، فمن وقف على {الله}، فيكون المراد بالتأويل علم حقيقة الشيء وكنهه وما لا سبيل إلى إدراكه كأمر الروح والساعة مما استأثر الله بعلمه، والراسخون في العلم يؤمنون به ويكلون حقائقه إلى الله فيسلمون ويسلمون، ومن وصل ولم يقف على {الله} ، فيكون المراد بالتأويل التفسير والكشف والإيضاح، فيكون الله يعلمه والراسخون في العلم يعلمونه أيضا، فيؤمنون بها ويردونها للمحكم.</t>
   </si>
   <si>
-    <t>Quranın ayələrindən muhkəm olan : ayənin məğzinə işarə edən mənanın aydın və zahir olanıdır, mütəşabih isə bir və ya çox məna daşıyan və analiz və fəhmə ehtiyac olan ayələrdir.
+    <t>Quranın ayələrindən muhkəm olan: ayənin məğzinə işarə edən mənanın aydın və zahir olanıdır, mütəşabih isə bir və ya çox məna daşıyan və analiz və fəhmə ehtiyac olan ayələrdir.
 Qəlblərində əyrilik olanlar, bidət əhli, insanları şübhəyə salmaq üçün ortaya azdırıcı suallar çıxaranlarla bir yerdə oturmaqdan çəkindirmək.
-Ayənin sonunda uca Allahın: {Bunu isə yalnız ağıl sahibləri dərk edərlər} deməsi, qəlbləri əyri olanların ifşasına bir işarədir,  elmdə sabit və qüvvətli olanlara isə  tərifdir. Yəni: Kim düşünüb müsbət nəticə çıxarmazsa  və öz nəfsinin istəklərinə uyarsa, o ağıl sahiblərindən olmaz.
+Ayənin sonunda uca Allahın: "Bunu isə yalnız ağıl sahibləri dərk edərlər" deməsi, qəlbləri əyri olanların ifşasına bir işarədir, elmdə sabit və qüvvətli olanlara isə tərifdir. Yəni: Kim düşünüb müsbət nəticə çıxarmazsa və öz nəfsinin istəklərinə uyarsa, o ağıl sahiblərindən olmaz.
 Qəlbin əyriliyinin səbəbi mütəşabehə tabe olmaqdır.
-Mənaları hər kəs tərəfindən anlaşılmayan mütəşabeh ayələrin mənasını, muhkəm ayələrə müraciət edərək təhlil etməyin  vacibiyi.
-[...1 lines deleted...]
-Quranda mütəşabihin olması: alimlərin digərləri üzərində üstünlüyünün, insanların ağıllarının naqisliyinin, Yaradana  acizliklərini etiraf edərək təslim olmalarının göstəricisidir.
+Mənaları hər kəs tərəfindən anlaşılmayan mütəşabeh ayələrin mənasını, muhkəm ayələrə müraciət edərək təhlil etməyin vacibiyi.
+Pak olan Allah, insanları sınağa çəkərək  iman əhlini zəlalət əhlindən fərqləndirmək üçün Quranın bəzi ayələrini muhkəm, bəzilərini isə mənası aydın olmayan mütəşabih etmişdir.
+Quranda mütəşabihin olması: alimlərin digərləri üzərində üstünlüyünün, insanların ağıllarının naqisliyinin, Yaradana acizliklərini etiraf edərək təslim olmalarının göstəricisidir.
 Elmdə qüvvətli olmağın fəziləti və sabit olmağın zəruriliyi.
-Uca Allahın { Halbuki onun yozumunu Allahdan başqa heç kəs bilməz. Emdə qüvvətli olanlar } ayəsi ilə əlaqədar təfsirçilərin iki rəyi vardır: "Allah" sözündə dayananlara görə, "onun yozumunu" ifadəsində müəyyən bir şeyin həqiqi bilgisindən və mahiyyətindən bəhs olunur. Buna misal, ruhla bağlı və ya Qiyamət gününün vaxtı kimi məsələlər barədə açıqlama və ya bilgi yalnız Allaha məxsusdur və onu bilmək mümkün deyil. Ona görə elmdə qüvvətli olanlar adı keçən qeybi məsələlərə iman gətirər, həqiqətlərini Allaha həvalə edər, təslim olaraq salamat qalarlar. Amma kim "Allah" sözündə dayanmayıb, cümləyə davam edərsə, bu zaman təfsirçilərin rəyinə görə  "yozum" sözündən qəsd edilən məna təfsir, açıqlama və izahdır. Beləliklə mənası- onun yozumunu Allah bilir, elmdə qüvvətli, sabit  olanlar bilir, ona iman gətirirlər və mənasını muhkəm ayələrə müraciət etməklə təsbit edirlər.</t>
+Uca Allahın "Halbuki onun yozumunu Allahdan başqa heç kəs bilməz. Elmdə qüvvətli olanlar" ayəsi ilə əlaqədar təfsirçilərin iki rəyi vardır: "Allah" sözündə dayananlara görə, "onun yozumunu" ifadəsində müəyyən bir şeyin həqiqi bilgisindən və mahiyyətindən bəhs olunur. Buna misal, ruhla bağlı və ya Qiyamət gününün vaxtı kimi məsələlər barədə açıqlama və ya bilgi yalnız Allaha məxsusdur və onu bilmək mümkün deyil. Ona görə elmdə qüvvətli olanlar adı keçən qeybi məsələlərə iman gətirər, həqiqətlərini Allaha həvalə edər, təslim olaraq salamat qalarlar. Amma kim "Allah" sözündə dayanmayıb, cümləyə davam edərsə, bu zaman təfsirçilərin rəyinə görə  "yozum" sözündən qəsd edilən məna təfsir, açıqlama və izahdır. Beləliklə mənası - onun yozumunu Allah bilir, elmdə qüvvətli, sabit olanlar bilir, ona iman gətirirlər və mənasını muhkəm ayələrə müraciət etməklə təsbit edirlər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65062</t>
   </si>
   <si>
     <t>ما من رجل يذنب ذنبا، ثم يقوم فيتطهر، ثم يصلي، ثم يستغفر الله، إلا غفر الله له</t>
   </si>
   <si>
     <t>Əgər bir kəs günah edər, sonra dəstəmaz alaraq namaz qılar, sonra Allahdan bağışlanma diləyərsə, Allah onu bağışlayar</t>
   </si>
   <si>
     <t>‌عن عَلِيٍّ قَالَ: إِنِّي كُنْتُ رَجُلًا إِذَا سَمِعْتُ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ حَدِيثًا نَفَعَنِي اللهُ مِنْهُ بِمَا شَاءَ أَنْ يَنْفَعَنِي بِهِ، وَإِذَا حَدَّثَنِي رَجُلٌ مِنْ أَصْحَابِهِ اسْتَحْلَفْتُهُ، فَإِذَا حَلَفَ لِي صَدَّقْتُهُ، وَإِنَّهُ حَدَّثَنِي ‌أَبُو بَكْرٍ، وَصَدَقَ أَبُو بَكْرٍ، قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ»، ثُمَّ قَرَأَ هَذِهِ الْآيَةَ: {وَالَّذِينَ إِذَا فَعَلُوا فَاحِشَةً أَوْ ظَلَمُوا أَنْفُسَهُمْ ذَكَرُوا اللهَ فَاسْتَغْفَرُوا لِذُنُوبِهِمْ} [آل عمران: 135].</t>
   </si>
   <si>
-    <t>Əlidən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Mən elə bir adamam ki, Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) bir hədis eşitdiyim zaman uca Allah məni o hədislə istədiyi tərzdə faydalandırırdı. Əgər mənə Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) səhabələrindən kimsə hədis rəvayət etsəydi ona and içdirərdim, əgər and içsə, mən ona inanardım. Əbu Bəkr mənə hədis rəvayət etdi və dediklərində sadiq idi, dedi ki: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyini eşitdim: "Əgər bir kəs günah edər, sonra dəstəmaz alaraq namaz qılar, sonra Allahdan bağışlanma diləyərsə, Allah onu bağışlayar" Ardınca bu ayəni oxudu: [O kəslər ki, bir pis iş gördükdə, yaxud özlərinə zülm et­dik­də Allahı xatırlayıb günahlarının bağışlanmasını diləyərlər.] [Ali İmran:135]</t>
+    <t>Əlidən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Mən elə bir adamam ki, Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) bir hədis eşitdiyim zaman uca Allah məni o hədislə istədiyi tərzdə faydalandırırdı. Əgər mənə Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) səhabələrindən kimsə hədis rəvayət etsəydi ona and içdirərdim, əgər and içsə, mən ona inanardım. Əbu Bəkr mənə hədis rəvayət etdi və dediklərində sadiq idi, dedi ki: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyini eşitdim: "Əgər bir kəs günah edər, sonra dəstəmaz alaraq namaz qılar, sonra Allahdan bağışlanma diləyərsə, Allah onu bağışlayar". Ardınca bu ayəni oxudu: "O kəslər ki, bir pis iş gördükdə, yaxud özlərinə zülm et­dik­də Allahı xatırlayıb günahlarının bağışlanmasını diləyərlər" [Ali İmran 3 surəsi, ayə 135].</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن عبدٍ يُذنبُ ذنبًا، فيحسن الوضوء، ثم يقوم فيصلي ركعتين بنية التوبة عن ذنبه هذا، ثم يستغفر الله، إلا غفر الله له. 
 ثم قَرأ النبيُّ صلى الله عليه وسلم قولَه تعالى: 
 {والذين إذا فعلوا فاحشة أو ظلموا أنفسهم ذكروا الله فاستغفروا لذنوبهم ومن يغفر الذنوب إلا الله ولم يصروا على ما فعلوا وهم يعلمون} 
 [آل عمران: 135].</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, əgər  bəndə günah edərsə, sonra gözəl dəstəmaz alarsa, ardınca ayağa qalxıb bu günahdan tövbə niyyəti ilə iki rükət namaz qılarsa və nəhayət Allahdan bağışlanma dilərsə, Allah da onu bağışlayar.
-[...1 lines deleted...]
-​ [O kəslər ki, bir pis iş gördükdə, yaxud özlərinə zülm et­dik­də Allahı xatırlayıb günahlarının bağışlanmasını diləyərlər,- günahları Allahdan başqa kim bağışlaya bilər? Onlar bilə-bilə günah əməllərində israr etməzlər.] [Ali imran:135]</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, əgər bəndə günah edərsə, sonra gözəl dəstəmaz alarsa, ardınca ayağa qalxıb bu günahdan tövbə niyyəti ilə iki rükət namaz qılarsa və nəhayət Allahdan bağışlanma dilərsə, Allah da onu bağışlayar. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) uca Allahın bu kəlamını oxudu:
+​ "O kəslər ki, bir pis iş gördükdə, yaxud özlərinə zülm et­dik­də Allahı xatırlayıb günahlarının bağışlanmasını diləyərlər - günahları Allahdan başqa kim bağışlaya bilər? Onlar bilə-bilə günah əməllərində israr etməzlər". [Ali imran 3 surəsi, ayə 135].</t>
   </si>
   <si>
     <t>الحثُّ على الصلاة ثم الاستغفار بعد الذنب.
 سَعَةُ مغفرةِ الله عز وجل وقبوله للتوبة والاستغفار.</t>
   </si>
   <si>
     <t>Namaza təşviq, həmçinin günah etdikdən sonra bağışlanma diləməyə həvəsləndirmək.
 İzzət və cəlal sahibi olan Allahın məğfirətinin genişliyi, tövbə və istiğfarı qəbul etməsi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65063</t>
   </si>
   <si>
     <t>أليس الذي أمشاه على الرجلين في الدنيا قادرا على أن يمشيه على وجهه يوم القيامة؟</t>
   </si>
   <si>
     <t>Dünyada onu iki ayaq üstə gəzdirən Allah, onu Qiyamət günü üzü üstə gəzdirməyə qadir deyilmi?</t>
   </si>
   <si>
     <t>عَنْ ‌قَتَادَةَ رحمه الله قال: حَدَّثَنَا ‌أَنَسُ بْنُ مَالِكٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَجُلًا قَالَ: يَا نَبِيَّ اللهِ كَيْفَ يُحْشَرُ الْكَافِرُ عَلَى وَجْهِهِ؟ قَالَ: «أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟» قَالَ قَتَادَةُ: بَلَى وَعِزَّةِ رَبِّنَا.</t>
   </si>
   <si>
     <t>Qatadədən (Allah ona rəhmət etsin) belə dediyi rəvayət edilmişdir: Ənəs bin Məlik (Allah ondan razı olsun) bizə danışdı ki, bir kişi  Peyğmbərə (Allahın salavatı və salamı onun üzərinə olsun) dedi: Ey Allahın nəbisi, kafir üzü üstə necə həşr ediləcək? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Dünyada onu iki ayaq üstə gəzdirən Allah, onu Qiyamət günü üzü üstə gəzdirməyə qadir deyilmi?" Qatədə dedi: Rəbbimizin izzətinə and olsun ki, elədir.</t>
   </si>
   <si>
     <t>سُئل النبي صلى الله عليه وسلم: كيف يُحشر الكافر على وجهه يوم القيامة؟! 
 فقال النبي صلى الله عليه وسلم: أليس الله الذي أمشاه على الرجلين في الدنيا قادرًا على أن يُمشيَه على وجهه يوم القيامة؟! فالله على كل شيء قدير.</t>
   </si>
   <si>
     <t>Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşulur ki, kafir Qiyamət günü üzü üstə necə  həşr ediləcək? Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) deyir ki, dünyada onu iki ayaq üstə gəzdirən Allah, onu Qiyamət günü üzü üstə gəzdirməyə qadir deyilmi?! Allah hər şeyə qadirdir.</t>
   </si>
   <si>
     <t>هوان الكافر يوم القيامة وأنه يمشي على وجهه.</t>
   </si>
   <si>
     <t>Kafir Qiyamət günü dəyərsiz olacaq və o, üzü üstə yeriyəcək</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65068</t>
   </si>
   <si>
     <t>قل: لا إله إلا الله، أشهد لك بها يوم القيامة</t>
   </si>
   <si>
     <t>Lə iləhə illallah" de ki, buna görə Qiyamət günü sənə şahidlik edim</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِعَمِّهِ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ»، قَالَ: لَوْلَا أَنْ تُعَيِّرَنِي قُرَيْشٌ، يَقُولُونَ: إِنَّمَا حَمَلَهُ عَلَى ذَلِكَ الْجَزَعُ لَأَقْرَرْتُ بِهَا عَيْنَكَ. فَأَنْزَلَ اللهُ: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ } [القصص: 56].</t>
   </si>
   <si>
-    <t>Əbu Hureyrədən (Allah ondan razı olsun) belə söylədiyi rəvayət edilmişdir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) əmisinə belə dedi: " "Lə iləhə illallah" de ki, buna görə Qiyamət günü sənə şahidlik edim" Əmisi dedi: Qureyş məni ələ salıb, "qorxduğu üçün bunu etdi" deməsəydi, sənin istədiyini edərdim. Uca Allah bu ayəni nazil etdi: (Şübhəsiz ki, sən istədiyini doğru yola yönəldə bilməzsən. Amma Allah istədiyini doğru yola yönəldər) (Əl-qasas: 56).</t>
+    <t>Əbu Hureyrədən (Allah ondan razı olsun) belə söylədiyi rəvayət edilmişdir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) əmisinə belə dedi: "Lə iləhə illallah" de ki, buna görə Qiyamət günü sənə şahidlik edim". Əmisi dedi: Qureyş məni ələ salıb, "qorxduğu üçün bunu etdi" - deməsəydilər, sənin istədiyini edərdim. Uca Allah bu ayəni nazil etdi: "Şübhəsiz ki, sən istədiyini doğru yola yönəldə bilməzsən. Amma Allah istədiyini doğru yola yönəldər" (Əl-Qasas 28 surəsi, ayə 56).</t>
   </si>
   <si>
     <t>طَلَبَ النبيُّ صلى الله عليه وسلم مِن عمِّه أبي طالب وهو في سكرات الموت أن ينطق بلا إله إلا الله ليشْفَع له بها يوم القيامة، ويشهد له بالإسلام، 
 فأبى أن ينطق بالشَّهادة خوفًا مِن أن تَسُبَّه قريش وتقول عنه: إنَّه أسلَم بسبب الخوف مِن الموت والضَّعْف! 
 فقال للنبي صلى الله عليه وسلم: لولا ذلك لَأدخلت السّرور على قلبك بقول الشَّهادة، وأبلغتك أُمنيتك حتى ترضى! 
 فأنزل الله تعالى الآية التي تدل على أن النبي صلى الله عليه وسلم لا يملك هداية التوفيق للإسلام، بل الله عز وجل وحده يُوفِّق من يشاء. 
 وأن النبي عليه الصلاة والسلام يهدي الخلق بالدلالة والبيان والإرشاد والدعوة إلى الصراط المستقيم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) əmisi Əbu Talibdən, ölüm ayağında olarkən "lə iləhə illallah" deməsini istəyir ki, Qiyamət günü ona şəfaət edə bilsin və onun müsəlmanlığına şahidlik etsin. O isə Qureyşin onun haqqında pis sözlər söyləməsindən, "zəiflik və ölümdən qorxduğu üçün müsəlman oldu" demələrindən qorxduğu üçün şəhadət kəliməsini söyləməkdən imtina edir. Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun)  deyir ki: "Əgər bu olmasaydı, şəhadət kəliməsi ilə səni sevindirərdim və sən razı olana qədər istədiyini deyərdim". Uca Allah Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) müsəlman olmaq üçün hidayət verməyə qadir olmadığına dəlalət edən ayə endirdi. Əksinə, yalnız qüdrət və cəlal sahibi olan Allah istədiyinə hidayət verər. Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) insanları hidayətə qovuşdurmağı, yalnız dəlil sübutlara əsaslanaraq istiqamətləndirməkdən, başa salmaqdan, doğru yola dəvət etməkdən ibarətdir.</t>
   </si>
   <si>
     <t>الحق لا يُترك خوفًا من كلام الناس.
 النبي صلى الله عليه وسلم إنما يملك هداية الدلالة والإرشاد لا هداية التوفيق.
 مشروعية زيارة الكافر المريض لدعوته إلى الإسلام.
 حرص النبي صلى الله عليه وسلم على الدعوة إلى الله تعالى في كل الأحوال.</t>
   </si>
   <si>
     <t>Haqq, insanların dedi qodusundan qorxaraq tərk edilməz.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) yalnız haqqa dəlalət edən, doğru yola yönəldən hidayətə sahibdir, hidayətə müvəffəq etmək, qovuşdurmaq isə onun əlində deyil.
 İslama dəvət etmək məqsədi ilə xəstə kafiri ziyarət etməyin icazəli olması.
-Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) hər bir halda uca Allahın dininə dəvət etməsinə hərisliyi.</t>
+Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) hər bir halda Uca Allahın dininə dəvət etməsinə hərisliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65069</t>
   </si>
   <si>
     <t>إن الذي تقول وتدعو إليه لحسن، لو تخبرنا أن لما عملنا كفارة</t>
   </si>
   <si>
-    <t>Sənin söylədiklərin və dəvət etdiyin şey gözəldir. Kaş ki bizim etdiyimiz günahların bir kəfarəsi olduğunu bizə xəbər versəydin - dedilər</t>
+    <t>Sənin söylədiklərin və dəvət etdiyin şey gözəldir. Kaş ki bizim etdiyimiz günahların bir kəfarəsi olduğunu bizə xəbər versəydin" - dedilər</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا: أَنَّ نَاسًا مِنْ أَهْلِ الشِّرْكِ، كَانُوا قَدْ قَتَلُوا وَأَكْثَرُوا، وَزَنَوْا وَأَكْثَرُوا، فَأَتَوْا مُحَمَّدًا صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالُوا: إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً، فَنَزَلَ {وَالَّذِينَ لا يَدْعُونَ مَعَ اللهِ إِلَهًا آخَرَ وَلا يَقْتُلُونَ النَّفْسَ الَّتِي حَرَّمَ اللهُ إِلا بِالْحَقِّ وَلا يَزْنُونَ}[الفرقان: 68]، وَنَزَلَت: {قُلْ يَا عِبَادِيَ الَّذِينَ أَسْرَفُوا عَلَى أَنْفُسِهِمْ لا تَقْنَطُوا مِنْ رَحْمَةِ اللهِ} [الزمر: 53].</t>
   </si>
   <si>
-    <t>Abdullah bin Abbasdan (Allah ondan razı olsun) rəvayət edildiyinə görə (o belə demişdir): Şirk əhlindən olub bir çox insan öldürmüş, çox zina etmiş bir toplum insan Məhəmmədə (Allahın salavatı və salamı onun üzərinə olsun) yanına gəlib: Sənin söylədiklərin və dəvət etdiyin şey gözəldir. Kaş ki bizim etdiyimiz günahların bir kəfarəsi olduğunu bizə xəbər versəydin - dedilər. Bu zaman Uca Allahın: {Onlar Allahla yanaşı başqa məbuda ibadət etməz, Allahın haram etdiyi canı haqsız yerə qətlə yetirməz və zina etməzlər....} [Furqan surəsi: 68] və {(Ey Peyğəmbər!) de: “Ey Mənim özlərinə qarşı həddi aşmış qullarım! Allahın rəhmətindən ümidinizi üzməyin....} [Zümər surəsi: 53] ayəsi nazil oldu.</t>
+    <t>Abdullah bin Abbasdan (Allah ondan razı olsun) rəvayət edildiyinə görə (o belə demişdir): Şirk əhlindən olub bir çox insan öldürmüş, çox zina etmiş bir toplum insan Məhəmmədə (Allahın salavatı və salamı onun üzərinə olsun) yanına gəlib:" Sənin söylədiklərin və dəvət etdiyin şey gözəldir. Kaş ki bizim etdiyimiz günahların bir kəfarəsi olduğunu bizə xəbər versəydin" - dedilər. Bu zaman Uca Allahın: "Onlar Allahla yanaşı başqa məbuda ibadət etməz, Allahın haram etdiyi canı haqsız yerə qətlə yetirməz və zina etməzlər...." [Furqan 25 surəsi, ayə 68] və "(Ey Peyğəmbər!) de: “Ey Mənim özlərinə qarşı həddi aşmış qullarım! Allahın rəhmətindən ümidinizi üzməyin...." [Zümər 39 surəsi, ayə 53] ayəsi nazil oldu.</t>
   </si>
   <si>
     <t>جاء رجالٌ مِن المشركين للنبيِّ صلى الله عليه وسلم وكانوا قد أكثروا مِن القتل والزنا، فقالوا للنبي: إنّ ما تدعو إليه مِن الإسلام وتعاليمِه شيءٌ حسنٌ، ولكن ما حالُنا وما وَقَعنا فيه مِن الشرك والكبائر، هل له كفّارة؟
 فنزلت الآيتان، حيث قَبِل الله من الناس التَّوبة مع كثرة ذنوبهم وعِظمِها، ولولا ذلك لاستمرُّوا على كفرهم وطغيانهم ولَمَا دخلوا في هذا الدِّين.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına bir çox insanı öldürmüş, çox zina etmiş bəzi müşriklər gəldilər və Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) belə dedilər: İslama və onun təlimlərinə dəvət etdiyin şeylər çox gözəldir, lakin bizim halımız, etdiyimiz şirk və böyük günahlar necə olacaq, bunların kəffarəsi varmı?
 Bu zaman Uca Allahın, günahlarının çox və böyük olmasına rəğmən insanlardan tövbəni qəbul etdiyini əgər belə olmasaydı onların küfür və azğınlıqlarında davam edəcəklərini və bu dini qəbul etməyəcəklərini bildirən iki ayəsi nazil oldu.</t>
   </si>
   <si>
     <t>فضلُ الإسلام وعظمتُه وأنه يهدِمُ ما قَبله من الذنوب.
 سعة رحمة الله بعباده ومغفرته وعفوه.
 تحريم الشرك، وتحريم قتل النفس بغير حق، وتحريم الزنا، ووعيد مَن يَقترف هذه الذنوب.
 التوبة الصادقة المقترنة بالإخلاص والعمل الصالح تكفّر جميع الكبائر بما فيها الكفر بالله تعالى.
 تحريم القُنُوْطِ واليأسِ مِن رحمةِ الله سبحانه.</t>
   </si>
   <si>
     <t>İslamın fəzilətli və əzəmətli bir din olması və həmçinin keçmiş günahları bağışlaması ifadə edilmişdir.
 Uca Allahın qullarına olan rəhmətinin genişliyi, məğfirəti və onları bağışlaması.
 Şirkin, haqsız yerə adam öldürməyin və zina etməyin haram olması və bu günahları işləyənlərə əzab olunacağı barədə xəbər verilmişdir.
 Səmimi tövbə, ixlas və saleh əməllərlə birlikdə olarsa, Uca Allaha küfür də daxil olmaqla bütün büyük günahlara kəffarə olur.
 Uca Allahın rəhmətindən ümidini kəsib ümidsizliyə qapılmağın haram olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65071</t>
@@ -15139,63 +15128,63 @@
   <si>
     <t>بيان فضل ثابت بن قيس رضي الله عنه وأنّه مِن أهل الجنة.
 اهتمام النبي صلى الله عليه وسلم بالصحابة وتفقُّده لهم.
 خشية الصحابة رضوان الله عليهم وخوفهم مِن أن تُحْبَطَ أعمالُهم.
 وجوب الأدب في خِطابِه صلى الله عليه وسلم في حياتِه، وخفض الأصوات عند سماع سُنّتِه بعد وفاته.</t>
   </si>
   <si>
     <t>Sabit bin Qeysin (Allah ondan razı olsun) fəziləti və onun Cənnət əhlindən olmasının bəyanı.
 Hədisdə, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) səhabələrini görmədikdə onlar barədə soruşması və onlara önəm verməsi ifadə edilmişdir.
 Səhabələrin (Allah onlardan razı olsun) əməllərinin boşa çıxmasından dolayı qorxmaları.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) həyatda olarkən onunla danışarkən ədəbli olmağın, vəfatından sonra isə sünnəsini dinləyərkən səsin yüksəldilməməsinin vacib olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65073</t>
   </si>
   <si>
     <t>يا أيها الناس، إن الله قد أذهب عنكم عبية الجاهلية وتعاظمها بآبائها</t>
   </si>
   <si>
     <t>Ey insanlar! Allah sizdən cahiliyətin təkəbbürünü və ata-babalarınızla gürurlanmağı aradan qaldırmışdır</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَ النَّاسَ يَوْمَ فَتْحِ مَكَّةَ، فَقَالَ: «يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا، فَالنَّاسُ رَجُلَانِ: بَرٌّ تَقِيٌّ كَرِيمٌ عَلَى اللهِ، وَفَاجِرٌ شَقِيٌّ هَيِّنٌ عَلَى اللهِ، وَالنَّاسُ بَنُو آدَمَ، وَخَلَقَ اللهُ آدَمَ مِنْ تُرَابٍ، قَالَ اللهُ: {يَا أَيُّهَا النَّاسُ إِنَّا خَلَقْنَاكُمْ مِنْ ذَكَرٍ وَأُنْثَى وَجَعَلْنَاكُمْ شُعُوبًا وَقَبَائِلَ لِتَعَارَفُوا إِنَّ أَكْرَمَكُمْ عِنْدَ اللهِ أَتْقَاكُمْ إِنَّ اللهَ عَلِيمٌ خَبِيرٌ} [الحجرات: 13]».</t>
   </si>
   <si>
-    <t>İbn Ömərdən (Allah ondan və atasından razı olsun) rəvayət edildiyinə görə (o belə demişdir): Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Məkkənin fəthi günü insanlara xitabən belə buyurmuşdur: «Ey insanlar! Allah sizdən cahiliyətin təkəbbürünü və ata-babalarınızla gürurlanmağı aradan qaldırmışdır. İnsanlar iki qisimdir. Birisi: İtaətkar, müttəqi və Allah qatında dəyərlidir. Digəri də facir, bədbəxt və Allah qatında rəzil bir kimsədir. İnsanlar Adəmin övladlarıdır. Allah Adəmi torpaqdan yaratmışdır. Uca Allah belə buyurmuşdur: {Ey insanlar! Biz sizi bir kişi və bir qadından (Adəm və Həvvadan) yaratdıq. Sonra bir-birinizi tanıyasınız deyə, sizi xalqlara və qəbilələrə ayırdıq. Şübhəsiz ki, Allah yanında ən hörmətli olanınız (Ondan) ən çox qorxanınızdır. Həqiqətən, Allah (hər şeyi) biləndir, (hər şeydən) xəbərdardır}. [Hücurat surəsi: 13]».</t>
+    <t>İbn Ömərdən (Allah ondan və atasından razı olsun) rəvayət edildiyinə görə (o belə demişdir): Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Məkkənin fəthi günü insanlara xitabən belə buyurmuşdur: «Ey insanlar! Allah sizdən cahiliyətin təkəbbürünü və ata-babalarınızla gürurlanmağı aradan qaldırmışdır. İnsanlar iki qisimdir. Birisi: İtaətkar, müttəqi və Allah qatında dəyərlidir. Digəri də facir, bədbəxt və Allah qatında rəzil bir kimsədir. İnsanlar Adəmin övladlarıdır. Allah Adəmi torpaqdan yaratmışdır. Uca Allah belə buyurmuşdur: {Ey insanlar! Biz sizi bir kişi və bir qadından (Adəm və Həvvadan) yaratdıq. Sonra bir-birinizi tanıyasınız deyə, sizi xalqlara və qəbilələrə ayırdıq. Şübhəsiz ki, Allah yanında ən hörmətli olanınız (Ondan) ən çox qorxanınızdır. Həqiqətən, Allah (hər şeyi) biləndir, (hər şeydən) xəbərdardır". [Hücurat 49 surəsi, ayə 13]».</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم الناس يومَ فتحِ مكة فقال: يا أيها الناس إن الله قد رفع وأزال عنكم كِبْرَ الجاهليةِ ونَخْوَتَها، والفخرَ بالآباء، وإنما الناس على نوعين:
 إما مؤمنٌ بَرٌّ تقيٌّ طائعٌ عابدٌ لله عزوجل، فهذا كريمٌ على الله، وإنْ لم يكن ذا حَسَبٍ أو نَسَبٍ عند الناس.
 وإما كافرٌ فاجرٌ شقيٌّ، وهذا هيِّنٌ ذليل على الله، ولا يساوي شيئًا، وإنْ كان ذا حَسَبٍ وله جاه وسلطان.
 والناس كلُّهم أبناء آدم، وخلقَ اللهُ آدمَ من التراب، فلا يليق بمن أصله من تراب أن يتكبَّرَ ويُعْجَبَ بنفسه، ومصداق ذلك قول الله عز وجل: {يا أيها الناس إنا خلقناكم من ذكر وأنثى وجعلناكم شعوبا وقبائل لتعارفوا إن أكرمكم عند الله أتقاكم إن الله عليم خبير} [الحجرات: 13].</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Məkkənin fəth edildiyi gün insanlara xitab edərək belə buyurmuşdur: Ey insanlar, Allah sizdən cahiliyə təkəbbürünü və qürurunu, ata-babalar ilə fəxr etməyi aradan qaldırmışdır. İnsanlar iki növdür:
 Birinci növ: İzzət və cəlal sahibi olan Allaha ibadət edən saleh, təqva sahibi, itaətkar bir mömindir. Belə kimsə insanlar arasında əsil-nəcabət sahibi olmasa da Allah qatında dəyərli bir kimsədir.
 İkinci növ isə: Kafir, facir və bədbəxt olan kimsədir. Belə kimsə insanlar arasında əsil-nəcabət, hörmət və sayğıya sahib olsa da Allah qatında dəyərsiz, zəlil kimsədir.
-Bütün insanlar Adəmin övladlarıdır, Uca Allah Adəmi toraqdan yaratmışdır. Əsli torapaqdan olan bir kimsənin təkəbbürlük etməsi və özünü bəyənməsi yaraşmaz. Bunun dəlili izzət və cəlal sahibi olan Allahın bu ayəsidir: {Ey insanlar! Biz sizi bir kişi və bir qadından (Adəm və Həvvadan) yaratdıq. Sonra bir-birinizi tanıyasınız deyə, sizi xalqlara və qəbilələrə ayırdıq. Şübhəsiz ki, Allah yanında ən hörmətli olanınız (Ondan) ən çox qorxanınızdır. Həqiqətən, Allah (hər şeyi) biləndir, (hər şeydən) xəbərdardır}. [Hücurat surəsi: 13].</t>
+Bütün insanlar Adəmin övladlarıdır, Uca Allah Adəmi toraqdan yaratmışdır. Əsli torapaqdan olan bir kimsənin təkəbbürlük etməsi və özünü bəyənməsi yaraşmaz. Bunun dəlili izzət və cəlal sahibi olan Allahın bu ayəsidir: "Ey insanlar! Biz sizi bir kişi və bir qadından (Adəm və Həvvadan) yaratdıq. Sonra bir-birinizi tanıyasınız deyə, sizi xalqlara və qəbilələrə ayırdıq. Şübhəsiz ki, Allah yanında ən hörmətli olanınız (Ondan) ən çox qorxanınızdır. Həqiqətən, Allah (hər şeyi) biləndir, (hər şeydən) xəbərdardır". [Hücurat 49 surəsi, ayə 13].</t>
   </si>
   <si>
     <t>النهي عن التفاخر بالأنساب والأحساب.</t>
   </si>
   <si>
     <t>Hədisdə əsil-nəcabətlə öyünüb, fəxr etmək qadağan edilmişdir.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن حبان</t>
   </si>
   <si>
     <t>[Ət-Tirmizi, İbnu Hibbən rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65074</t>
   </si>
   <si>
     <t>ثم لتسألن يومئذ عن النعيم</t>
   </si>
   <si>
     <t>{Sonra da o gün nemətlər barəsində mütləq sorğu-sual olunacaqsınız}</t>
   </si>
   <si>
     <t>عَنْ ‌الزُّبَيْرِ بْنِ الْعَوَّامِ قَالَ: لَمَّا نَزَلَتْ: {ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ} [التكاثر: 8]، قَالَ الزُّبَيْرُ: يَا رَسُولَ اللهِ، وَأَيُّ النَّعِيمِ نُسْأَلُ عَنْهُ، وَإِنَّمَا هُمَا الْأَسْوَدَانِ التَّمْرُ وَالْمَاءُ؟ قَالَ: «أَمَا إِنَّهُ سَيَكُونُ».</t>
   </si>
@@ -15279,68 +15268,68 @@
   <si>
     <t>النبي صلى الله عليه وسلم معصوم فيما يُبَلِّغُه عن ربه عز وجل، في الرضا والغضب.
 حرص الصحابة رضي الله عنهم على حفظِ السنة وتبليغِها.
 جواز الحلف ولو بغير تحليفٍ لمصلحة، كتوكيد أمر.
  كتابة العلم من أهم الأسباب التي تحفظ العلم.</t>
   </si>
   <si>
     <t>Peyğəmbəri (Allahın salavatı və salamı onun üzərinə olsun) istər sakit halda olsun, istərsə də ki, qəzəbli halda olsun, Uca Allahdan təbliğ etdiyi şeylərdə məsumdur.
 Səhabələrin (Allah onlardan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) sünnəsini əzbərləməyə və təbliğ etməyə həris olmaları.
 Hər hansı bir işi təkid etmək kimi məsləhət olduğunda and içmək tələb olunmasa belə and içməyin icazəli olması.
 Elmin qorunmasındakı ən böyük səbəblərdən biri də elmin yazılmasıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65077</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يتوضأ عند كل صلاة</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər namaz üçün dəstəmaz alardı</t>
   </si>
   <si>
     <t>عن عَمْرُو بْنُ عَامِرٍ عَنْ ‌أَنَس بن مالك قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ، قُلْتُ: كَيْفَ كُنْتُمْ تَصْنَعُونَ؟ قَالَ: يُجْزِئُ أَحَدَنَا الْوُضُوءُ مَا لَمْ يُحْدِثْ.</t>
   </si>
   <si>
-    <t>Amr bin Amirdən (Allah ona rəhmət etsin) rəvayət edildiyinə görə Ənəs bin Malik (Allah ondan razı olsun) belə demişdir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər namaz üçün dəstəmaz alardı. Dedim ki: Bəs siz necə edirdiz? O da: Bizdən birisi dəstəmazını pozmadığı müddətcə aldığı dəstəmaz ona kifayət edərdi- deyərək cavab verdi.</t>
+    <t>Amr bin Amirdən (Allah ona rəhmət etsin) rəvayət edildiyinə görə Ənəs bin Malik (Allah ondan razı olsun) belə demişdir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər namaz üçün dəstəmaz alardı. Dedim ki: "Bəs siz necə edirdiz?". O da: "Bizdən birisi dəstəmazını pozmadığı müddətcə aldığı dəstəmaz ona kifayət edərdi" - deyərək cavab verdi.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يتوضأ لكلِّ صلاةٍ مفروضةٍ وإنْ لم يَنْتَقِضْ وضوؤُه؛ وذلك لتحصيل الأجر والفضل.
 ويجوز أن يُصلِّي أكثرَ مِن صلاةٍ مفروضةٍ بوضوء واحد ما دام على وضوئه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) fəzilət və savaba nail olmaq üçün dəstəmazı pozulmasa da hər namaz üçün dəstəmaz alırdı.
 Bir kimsənin dəstəmazı olduğu müddətcə aldığı dəstəmazla birdən çox fərz namazı qılması caizdir.</t>
   </si>
   <si>
     <t>أكثرُ فِعْلِ النبيِّ صلى الله عليه وسلم هو الوضوء لكل صلاة؛ طلبًا للأكمل.
 استحباب الوضوء عند كل صلاة.
 جواز تأدية أكثر من صلاة بوضوء واحد.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ən çox əməli, mükəmməl olanı əldə etmək üçün hər namaza dəstəmaz alması idi.
-Hər namaz üçün dəstəmaz almaq müstəhədir.
+Hər namaz üçün dəstəmaz almaq müstəhəbdir.
 Bir dəstəmazla birdən çox fəzr namazı qılmaq caizdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65080</t>
   </si>
   <si>
     <t>توضأ النبي صلى الله عليه وسلم مرة مرة</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) (dəstəmaz azalarının hər birini) bir dəfə yuyaraq dəstəmaz aldı</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً.</t>
   </si>
   <si>
     <t>İbn Abbasdan (Allah ondan və atsından razı olsun) rəvayət edildiyinə görə o belə demişdir. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) (dəstəmaz azalarının hər birini) bir dəfə yuyaraq dəstəmaz aldı.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانه إذا توضأ غَسَلَ كلَّ عُضوٍ من أعضاء الوضوء مرة واحدة، فيَغْسِلُ الوجهَ -ومنه المضمضة والاستنشاق-، واليدين والرجلين مرة واحدة، وهذا هو القَدْرُ الواجب.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəzən dəstəmaz alarkən hər bir dəstəmaz azasını bir dəfə yuyardı. Üzünü -ağıza və buruna su çəkmək də buna daxildir- qollarını və ayaqlarını bir dəfə yuyardı. Bu vacib olan miqdardır.</t>
   </si>
   <si>
     <t>الواجب في غَسْلِ الأعضاء مرة واحدة، وما زاد فهو مستحب.
@@ -15349,51 +15338,51 @@
   </si>
   <si>
     <t>Dəstəmaz əzalarının bir dəfə yuyulması vacibdir. Bir dəfədən artıq yuyulması isə müstəhəbdir.
 Bəzən dəstəmaz azalarının bir dəfə yuyulması caizdir.
 Dəstəmaz alarkən başa bir dəfə məsh edilir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65081</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم توضأ مرتين مرتين</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) (dəstəmaz azalarını) iki dəfə yuyaraq dəstəmaz aldı</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ زَيْدٍ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ.</t>
   </si>
   <si>
     <t>Abdullah bin Zeyddən (Allah ondan razı olsun) rəvayət edildiyinə görə o belə demişdir: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) (dəstəmaz azalarını) iki dəfə yuyaraq dəstəmaz aldı.</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانِه إذا توضأ غَسَلَ كلَّ عضو من أعضاء الوضوء مرتين، فيَغْسِل الوجهَ -ومنه المضمضة والاستنشاق- واليدين والرجلين مرتين.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəzən dəstəmaz alarkən hər bir dəstəmaz azasını iki dəfə yuyardı. Üzünü -ağıza və buruna su çəkmək də buna daxildir- qollarını və ayaqlarını iki dəfə yuyardı.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəzən dəstəmaz alarkən hər bir dəstəmaz azasını iki dəfə yuyardı. Üzünü - ağıza və buruna su çəkmək də buna daxildir - qollarını və ayaqlarını iki dəfə yuyardı.</t>
   </si>
   <si>
     <t>الواجب في غسل الأعضاء مرة واحدة وما زاد فهو مستحب.
  مشروعية الوضوء مرتين مرتين في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>Dəstəmaz azalarının bir dəfə yuyulması vacibdir. Bir dəfədən artıq yuyulması isə müstəhəbdir.
 Bəzən dəstəmaz azalarının iki dəfə yuyulması caizdir.
 Dəstəmaz alarkən başa bir dəfə məsh edilir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65082</t>
   </si>
   <si>
     <t>إذا وجد أحدكم في بطنه شيئا، فأشكل عليه أخرج منه شيء أم لا، فلا يخرجن من المسجد حتى يسمع صوتا، أو يجد ريحا</t>
   </si>
   <si>
     <t>Sizdən biri qarnında bir şey hiss edib, ondan bir şey çıxıb və ya çıxmadığını şübhə edərsə, səs eşitmədikcə yaxud iy duymadıqca məsciddən çıxmasın</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: «Sizdən biri qarnında bir şey hiss edib, ondan bir şey çıxıb və ya çıxmadığını şübhə edərsə, səs eşitmədikcə yaxud iy duymadıqca məsciddən çıxmasın».</t>
@@ -15471,171 +15460,171 @@
   <si>
     <t>مشروعيَّة اغتسال الكافر عند دخوله في الإسلام.
 شرف الإسلام واهتمامه بالجسد والرُّوح معًا.
 اختلاط الماء بالأشياء الطّاهرة لا يخرِجه عن الطّهوريَّة.
 يقوم مقام السدر المنظفات الحديثة، كالصابون ونحوه.</t>
   </si>
   <si>
     <t>Kafir bir kimsənin İslama girmək istədiyi vaxt yuyunmasının gərəkli olunması.
 Hədisdə İslam dininin şərəfi və həmçinin İslam dininin həm bədənə, həm də ruha qayğı göstərdiyi ifadə edilmişdir.
 Suyun təmiz olan şeylərlə qarışdırılması onun təmizləyici sifətini ondan almaz.
 Günümüzdə olan sabun və ona bənzər müasir təmizlik maddələri sidiri əvəz edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65085</t>
   </si>
   <si>
     <t>إذا قال المؤذن: الله أكبر الله أكبر، فقال أحدكم: الله أكبر الله أكبر</t>
   </si>
   <si>
     <t>Müəzzin: "Allahu Əkbər, Allahu Əkbər" dediyi zaman sizlərdən biri ixlasla: "Allahu Əkbər, Allahu Əkbər" desə</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، ثُمَّ قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الصَّلَاةِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الْفَلَاحِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: لَا إِلَهَ إِلَّا اللهُ مِنْ قَلْبِهِ دَخَلَ الْجَنَّةَ».</t>
   </si>
   <si>
-    <t>Ömər bin əl-Xəttabdan (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: "Müəzzin: "Allahu Əkbər, Allahu Əkbər" dediyi zaman sizlərdən biri ixlasla: "Allahu Əkbər, Allahu Əkbər" desə, sonra: "Əşhədu əllə iləhə illəllah" dediyi zaman: "Əşhədu əllə iləhə illəllah" desə, sonra: "Əşhədu ənnə Muhammədən rasulullah" dediyi zaman: "Əşhədu ənnə Muhammədən rasulullah" desə, sonra: "Həyyə aləs-saləh!" dediyi zaman: "Lə həulə va lə quvvətə illə billəh" desə, sonra: "Həyyə aləl-fələh!" dediyi zaman: "Lə həulə va lə quvvətə illə billəh" desə, sonra: "Allahu Əkbər, Allahu Əkbər" dediyi zaman: "Allahu Əkbər, Allahu Əkbər" desə və sonra da: "Lə İləhə illəllah" dediyi zaman: ürəkdən "Lə İləhə illəllah" desə Cənnətə girər".</t>
+    <t>Ömər bin əl-Xəttabdan (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: "Müəzzin: "Allahu Əkbər, Allahu Əkbər" dediyi zaman sizlərdən biri ixlasla: "Allahu Əkbər, Allahu Əkbər" desə, sonra: "Əşhədu əllə iləhə illəllah" dediyi zaman: "Əşhədu əllə iləhə illəllah" desə, sonra: "Əşhədu ənnə Muhammədən rasulullah" dediyi zaman: "Əşhədu ənnə Muhammədən rasulullah" desə, sonra: "Həyyə aləs-salə!" dediyi zaman: "Lə həulə va lə quvvətə illə billəh" desə, sonra: "Həyyə aləl-fələh!" dediyi zaman: "Lə həulə va lə quvvətə illə billəh" desə, sonra: "Allahu Əkbər, Allahu Əkbər" dediyi zaman: "Allahu Əkbər, Allahu Əkbər" desə və sonra da: "Lə İləhə illəllah" dediyi zaman: ürəkdən "Lə İləhə illəllah" desə Cənnətə girər".</t>
   </si>
   <si>
     <t>الأذان هو إعلام الناس بدخول وقت الصلاة، وكلمات الأذان كلمات جامعة لعقيدة الإيمان.
 وفي هذا الحديث بَيَّنَ النبيُّ صلى الله عليه وسلم المشروعَ عند سماع الأذان، وهو أن يقول السامع مثل ما يقول المؤذن، فإذا قال المؤذن " الله أكبر" قال السامع: "الله أكبر"، وهكذا؛ إلا عند قول المؤذن "حي على الصلاة"، "حي على الفلاح"، فيقول السامع: "لا حول ولا قوة إلا بالله".
 وبَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن رَدَّد مع المؤذن خالصًا من قلبه دخل الجنة. 
 ومعاني كلمات الأذان:
 "الله أكبر": أي أنه سبحانه أعظم وأجل وأكبر من كل شيء.
 "أشهد أن لا إله إلا الله": أي لا معبود حق إلا الله.
 "أشهد أن محمّدًا رسول الله": أي أقرُّ وأشهد بلساني وقلبي، بأن محمدًا رسول الله، أرسله الله عز وجل، وتجب طاعته.
 "حيَّ على الصَّلاة"، أي تَعالَوا إلى الصَّلاة، وقول السامع: "لا حول ولا قوَّة إلّا بالله"، أي لا حِيلَة في الخَلاص مِن مَوانع الطاعة، ولا قوَّة على فِعْلِها ولا قدرة على شيءٍ مِن الأشياء إلّا بتوفيق الله تعالى.
 "حيَّ على الفلاح"، أي تعالَوا إلى سبب الفلاح، وهو الفوز بالجنة والنجاة من النار.</t>
   </si>
   <si>
     <t>Azan, insanlara namaz vaxtının girdiyini bildirməkdir. Azanın sözləri islam əqidəsini özündə əhatə edən sözlərdir.
-Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bu hədisdə əzan eşidildiyi zaman deyilməsi lazım olan şeyi açıqlamışdır. Bu da, azanı eşidən kimsənin müəzzinin söylədiyini təkrar etməsidir. Müəzzin: "Allahu Əkbər" dediyi zaman azanı eşidən kimsə: "Allahu Əkbər" deməlidir. Azanı eşidən kimsə müəzzinin: "Həyyə aləs-saləh!" sözünə qədər bu şəkildə müəzzinin söylədiyi sözlərin eynisi ilə təkrar edir. "Həyyə aləs-saləh!", "Həyyə aləl-fələh!" dediyi zaman: "Lə həvlə va lə quvvətə illə billəh" deyir.
+Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bu hədisdə əzan eşidildiyi zaman deyilməsi lazım olan şeyi açıqlamışdır. Bu da, azanı eşidən kimsənin müəzzinin söylədiyini təkrar etməsidir. Müəzzin: "Allahu Əkbər" dediyi zaman azanı eşidən kimsə: "Allahu Əkbər" deməlidir. Azanı eşidən kimsə müəzzinin: "Həyyə aləs-salə!" sözünə qədər bu şəkildə müəzzinin söylədiyi sözlərin eynisi ilə təkrar edir. "Həyyə aləs-salə!", "Həyyə aləl-fələh!" dediyi zaman: "Lə həvlə va lə quvvətə illə billəh" deyir.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) müəzzinlə birlikdə ixlaslı bir şəkildə azanı təkrar edən kimsənin Cənnətə girəcəyini xəbər vermişdir.
 Azanın sözlərinin mənası: "Allahu Əkbər". Yəni: Uca Allah hər şeydən böyük, uca və əzəmətlidir.
 "Əşhədu əllə iləhə illəllah". Yəni: Allahdan başqa ibadətə layiq haqq məbud yoxdur.
 "Əşhədu ənnə Muhammədən rasulullah". Yəni: Dilimlə və qəlbimlə Muhammədin (Allahın salavatı və salamı onun üzərinə olsun) Allahın insanlara göndərdiyi rəsulu olduğunu və ona itaət etməyin vacib olduğunu iqrar edirəm və həmçinin buna şahidlik edirəm.
-"Həyyə aləs-saləh!". Yəni: Namaza gəlin, bunu eşidən kimsənin: "Lə həvlə va lə quvvətə illə billəh" deməsi, Allahın müvəffəq etməsi istisna olmaqla, itaətə mane olan şeylərdən qurtarmağa heç bir gücü və itaətləri edə biləcək heç bir qüvvəsi və qüdrəti yoxdur anlamındadır.
+"Həyyə aləs-salə!". Yəni: Namaza gəlin, bunu eşidən kimsənin: "Lə həvlə va lə quvvətə illə billəh" deməsi, Allahın müvəffəq etməsi istisna olmaqla, itaətə mane olan şeylərdən qurtarmağa heç bir gücü və itaətləri edə biləcək heç bir qüvvəsi və qüdrəti yoxdur anlamındadır.
 "Həyyə aləl-fələh!". Yəni: Qurtuluşa səbəb olan şeyə gəlin. Bu da, Cənnəti qazanmaq və Cəhənnəmdən xilas olmaqdır.</t>
   </si>
   <si>
     <t>فضل إجابة المؤذن بمثل ما يقول، إلا في الحَيْعَلَتَيْن، فيقول " لا حول ولا قوة إلا بالله".</t>
   </si>
   <si>
     <t>Müəzzinin söylədiyi sözləri eyni şəkildə təkrarlamağın fəzilətli. Ancaq müəzzin: "Həyyə aləs-saləh!" və "Həyyə aləl-fələh!" dediyi zaman: "Lə həvlə va lə quvvətə illə billəh" deyilməlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65086</t>
   </si>
   <si>
     <t>إذا سمعتم المؤذن فقولوا مثل ما يقول، ثم صلوا علي</t>
   </si>
   <si>
     <t>Müəzzini eşitdiyinizdə, siz də onun söylədiklərini  təkrar edin. Sonra mənə salavat gətirin</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنها أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ، فَإِنَّهُ مَنْ صَلَّى عَلَيَّ صَلَاةً صَلَّى اللهُ عَلَيْهِ بِهَا عَشْرًا، ثُمَّ سَلُوا اللهَ لِيَ الْوَسِيلَةَ، فَإِنَّهَا مَنْزِلَةٌ فِي الْجَنَّةِ، لَا تَنْبَغِي إِلَّا لِعَبْدٍ مِنْ عِبَادِ اللهِ، وَأَرْجُو أَنْ أَكُونَ أَنَا هُوَ، فَمَنْ سَأَلَ لِيَ الْوَسِيلَةَ حَلَّتْ لَهُ الشَّفَاعَةُ».</t>
   </si>
   <si>
     <t>Abdullah bin Amr bin əl-Asdan (Allah ondan razı olsun) rəvayət edildiyinə görə o, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dedyini eşitmişdir: «Müəzzini eşitdiyinizdə, siz də onun söylədiklərini  təkrar edin. Sonra mənə salavat gətirin. Kim mənə bir salavat gətirirsə, Allah da bunun qarşılığında ona on salavat edər. Sonra da Allahdan mənim üçün ''Vəsiləni" istəyin. O, Cənnətdə elə bir dərəcədir ki, Allahın qullarından yalnız bir quluna yaraşır. Ümid edirəm ki, o qul, mənəm. Kim mənim üçün ''Vəsiləni'' istəyərsə şəfaət ona halal olar».</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم مَن سمع المؤذِّنَ للصلاة أنْ يُردِّدَ خلفه فيقول مثلَ قولِه، ما عدا الحَيْعَلَتَيْن، فإنه يقول بعدهما: لا حول ولا قوة إلا بالله، ثم يصلي على النبي صلى الله عليه وسلم عقب الانتهاء من الأذان، فإنه من صلّى عليه صلاةً واحدة صلى الله عليه بسببِها عشر صلوات، ومعنى صلاة الله على عبدِه: ثناؤه على العبد عند الملائكة.
 ثم أمر بسؤال الله الوسيلةَ له صلى الله عليه وسلم، وهي مَنْزِلَةٌ في الجنة، وهي أعلاها، لا تصلح ولا تتيسر تلك المنزلة إلا لعبد واحد من جميع عباد الله تعالى، وأرجو أن أكون هو أنا، وإنما قال صلى الله عليه وسلم ذلك تواضعًا؛ لأنه إذا كانت تلك المنزلة الرفيعة لا تكون إلا لواحد، فلا يكون ذلك الواحد إلا هو صلى الله عليه وسلم؛ لأنه أفضل الخلق.
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن دعا للنبيِّ صلى الله عليه وسلم بالوسيلةِ حَصَلَتْ له شفاعتُه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) namaz üçün azan verildiyi zaman müəzzini eşidən kimsənin: "Həyyə aləs-saləh, Həyyə aləl-fələh" sözləri müstəsna olmaqla söylədiyinin eynisini təkrar etməsinə yönəltmişdir. Azan eşidən kimsə müəzzinin: "Həyyə aləs-saləh, Həyyə aləl-fələh" sözlərindən sonra: "Lə həulə va lə quvvətə illə billəh" (Qüdrət və güc yalnız Allahdadır) deyir. Azan bitdikdən sonra isə Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) salavat gətirir. Kim Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) bir salavat deyərsə, bu salavat qarşılığında Uca Allah ona on salavat edər. Uca Allahın quluna salavat etməsi, yəni: o qulunu, mələklər qatında tərif etməsi anlamındadır.
 Sonra Uca Allahdan Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) üçün "Vəsiləni" verməsini istəməyi əmr etmişdir. O, Cənnətdəki ən uca məqamdır. O məkan, Uca Allahın bütün qulları arasında yalnız bir qula yaraşar və yalnız onun üçün asanlaşar. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) o kimsənin: "Ümid edirəm ki, o qul, mən olacağam" deyərək təvazökarlıq etmişdir. Çünki bu uca məqam bütün insanlar arasında yalnız bir insana aid olacaqsa, bu zaman bu insan Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) olmalıdır. Çünki o yaradılmışların ən fəzilətlisidir.
 Sonra kim, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) Vəsiləyə nail olması üçün dua edərsə, qiyamət günü o kimsəyə şəfaət edəcəyini bəyan etmişdir.</t>
   </si>
   <si>
     <t>الحث على إجابة المؤذن.
 فضل الصلاة على النبي صلى الله عليه وسلم بعد إجابة المؤذن.
 الحث على سؤال الوسيلة للنبي صلى الله عليه وسلم بعد الصلاة عليه.
 بيان معنى الوسيلة، وعلو شأنها، حيث لا تصلح إلا لعبد واحد.
 بيان فضل النبي صلى الله عليه وسلم حيث اختُص بتلك المنزلة الرفيعة.
 من سأل الله تعالى الوسيلة للنبي صلى الله عليه وسلم حلت له الشفاعة.
 بيان تواضعه صلى الله عليه وسلم حيث طلب من أمته الدعاء له بتلك المنزلة، مع أنها ستكون له.
 سعة فضل الله ورحمته، فالحسنة بعشر أمثالها.</t>
   </si>
   <si>
     <t>Hədisdə azan verilərkən müəzzinin dediklərini təkrar etməyə təşviq edilmişdir.
 Azan verilərkən müəzzinin dediklərini təkrar etdikdən sonra Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) salavat deməyin fəziləti.
 Hədisdə, Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) salavat dedikdən sonra Uca Allahdan onun Vəsiləyə nail olmasını istəməyə təşviq edilmişdir.
 Hədisdə vəsilənin manası, yalnız bir insana layiq olduğu məqamının ucalığı bəyan edilmişdir.
 Hədisdə Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) fəziləti bəyan edilmişdir, belə ki, bu uca məqam məxluqat arasında yalnız ona xasdır.
 Kim, Uca Allahdan, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) Vəsiləyə nail olmasını istəyərsə, qiyamət günü Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) şəfaəti ona halal olacaqdır.
-O uca məqama nail olması üçün ümmətindən dua etməsini istəməsi onun nə qədər təvazökar bir şəxs olduğunu ifadə edir. Baxmayaraq ki, o məqamı sahibi yalnız odur.
+O uca məqama nail olması üçün ümmətindən dua etməsini istəməsi onun nə qədər təvazökar bir şəxs olduğunu ifadə edir. Baxmayaraq ki, o məqamın sahibi yalnız odur.
 Uca Allahın rəhməti və fəziləti genişdir. Buna görə də Uca Allah hər yaxşı bir əmələ on misli ilə qarşılıq verir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65087</t>
   </si>
   <si>
     <t>من نسي صلاة فليصل إذا ذكرها، لا كفارة لها إلا ذلك</t>
   </si>
   <si>
     <t>Kim bir namazı unudarsa onu xatırladığı zaman qılsın. Onun kəffarəsi ancaq budur</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ: {وَأَقِمِ الصَّلاةَ لِذِكْرِي} [طه: 14]».</t>
   </si>
   <si>
-    <t>Ənəs bin Məlik (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir: "Kim bir namazı unudarsa onu xatırladığı zaman qılsın. Onun kəffarəsi ancaq budur". {Məni xatırlamaq üçün namaz qıl!} [Ta-Ha Surəsi: 14].</t>
+    <t>Ənəs bin Məlik (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir: "Kim bir namazı unudarsa onu xatırladığı zaman qılsın. Onun kəffarəsi ancaq budur". "Məni xatırlamaq üçün namaz qıl!" [Ta-Ha 20 surəsi, ayə 14].</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن نَسِيَ أداءَ أيِّ صلاةٍ مفروضةٍ حتى خرج وقتُها، فعليه أن يبادرَ ويُسرع إلى قضائها حال تَذَكُّرِه لها، فلا محو وستر لذنبِ تركِها إلا أنْ يُصليَها المسلمُ عند تذكُّرِها، قال الله في كتابه الكريم: {وأقم الصلاة لذكري} [طه: 14]،  أي: أقم الصلاة المنسية إذا ذكرتَها.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) fərz namazlarından hər hansı birini vaxtı çıxdıqdan sonra xatırlayan kimsənin, xatırladığı zaman o namazı qəza etməyə tələsməsini və bu namazı tərk etmənin günahını, xatırladığı an qılmasından başqa bir şey örtüb, silə bilməyəcəyini bəyan etmişdir. Uca Allah Qurani Kərimdə belə buyurmuşdur: {Məni xatırlamaq üçün namaz qıl!} [Ta-Ha Surəsi: 14]. Bunun mənası, yəni: unutduğun namazı xatırladığın zaman qıl deməkdir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) fərz namazlarından hər hansı birini vaxtı çıxdıqdan sonra xatırlayan kimsənin, xatırladığı zaman o namazı qəza etməyə tələsməsini və bu namazı tərk etmənin günahını, xatırladığı an qılmasından başqa bir şey örtüb, silə bilməyəcəyini bəyan etmişdir. Uca Allah Qurani Kərimdə belə buyurmuşdur: "Məni xatırlamaq üçün namaz qıl!" [Ta-Ha 20 surəsi, ayə 14]. Bunun mənası, yəni: unutduğun namazı xatırladığın zaman qıl deməkdir.</t>
   </si>
   <si>
     <t>بيان أهمية الصلاة وعدم التهاون في أدائها وقضائها.
 لا يجوز تأخيرُ الصلاة عن وقتِها عَمْدًا بدون عذر.
 وجوب قضاء الصلاة على الناسي إذا ذَكَرَ والنائم إذا استيقظ.
 وجوب قضاء الصلوات على الفور ولو في أوقات النهي.</t>
   </si>
   <si>
     <t>Bu hədisdə namazın əhəmiyyəti, namazı qılmaqda və ya qəza etməkdə səhlənkar yaşmamaq bəyan edilmişdir.
 Heç bir üzür olmadan, qəsdli bir şəkildə namazın vaxtını gecikdirmək caiz deyildir.
 Unudan kimsə xatırladığı, yatan kimsə də oyandığı zaman namazı qəza etməsi vacibdir.
 Namaz qılınması qadağan olan vaxtlar da olsa belə namazların dərhal qəza edilməsi vacibdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65088</t>
   </si>
   <si>
     <t>من بنى مسجدا لله بنى الله له في الجنة مثله</t>
   </si>
   <si>
-    <t>Kim Allah üçün bir məscid bina edərsə, Allah o kimsə üçün Cənnətdə o məscidin bənzərini bina edər» -dedi</t>
+    <t>Kim Allah üçün bir məscid bina edərsə, Allah o kimsə üçün Cənnətdə o məscidin bənzərini bina edər» - dedi</t>
   </si>
   <si>
     <t>عَنْ ‌مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه: أَنَّ ‌عُثْمَانَ بْنَ عَفَّانَ أَرَادَ بِنَاءَ الْمَسْجِدِ فَكَرِهَ النَّاسُ ذَلِكَ، وَأَحَبُّوا أَنْ يَدَعَهُ عَلَى هَيْئَتِهِ، فَقَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ».</t>
   </si>
   <si>
-    <t>Mahmud bin Ləbiddən (Allah ondan razı olsun) rəvayət edildiyinə görə Osman bin Affan (Allah ondan razı olsun) Məscidun-Nəbəvini yenidən inşa etmək istədikdə, insanlar bunu xoş görməyərək Məscidin olduğu kimi qalmasını istədilər. Bunun üzərinə Osman (Allah ondan razı olsun): mən, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: «Kim Allah üçün bir məscid bina edərsə, Allah o kimsə üçün Cənnətdə o məscidin bənzərini bina edər» -dedi.</t>
+    <t>Mahmud bin Ləbiddən (Allah ondan razı olsun) rəvayət edildiyinə görə Osman bin Affan (Allah ondan razı olsun) Məscidun-Nəbəvini yenidən inşa etmək istədikdə, insanlar bunu xoş görməyərək Məscidin olduğu kimi qalmasını istədilər. Bunun üzərinə Osman (Allah ondan razı olsun): mən, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: «Kim Allah üçün bir məscid bina edərsə, Allah o kimsə üçün Cənnətdə o məscidin bənzərini bina edər» - dedi.</t>
   </si>
   <si>
     <t>أراد عثمانُ بن عفان رضي الله عنه إعادةَ بناءِ مسجدِ النبيِّ صلى الله عليه وسلم على وجهٍ أحسن من بنائه الأول، فكَرِه الناسُ ذلك؛ لِمَا فيه من تغيير بناء المسجد عن هيئةِ بُنْيانِه في عهد النبي صلى الله عليه وسلم، فكان المسجد مَبْنِيًّا باللَّبِن، وسَقْفُه كان من الجَرِيْد، ولكن عثمان أراد أن يَبنيَه بالأحجار والجَصّ، فأخبرهم عثمان رضي الله عنه، أنه سمع النبي صلى الله عليه وسلم يقول: مَن بَنى مسجدًا طلبًا لمرضاته تعالى لا رياء ولا سمعة، جزاه الله أفضلَ جزاءٍ مِن جِنسِ عملِه، وهذا الجزاء هو بناءُ الله له مثلَه في الجنة.</t>
   </si>
   <si>
     <t>Osman bin Affan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) məscidinin binasını ilk inşaasından daha yaxşı bir şəkildə yenidən inşa etmək istədi. Məscidun-Nəbəvinin yenidən inşa edilməsi, Məscidin, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) dönəmindəki şəklinin dəyişəcəyi bilən insanlar Osmanın (Allah ondan razı olsun) bu fikrini xoş qarşılamadılar. Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) məscidi kərpicdən, tavanı da xurma liflərindən edilmişdir. Lakin Osman (Allah ondan razı olsun) məscidi daş və kirəcdən yenidən inşa etmək istədi və insanlara Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə deyərkən eşitdiyini xəbər verdi: "Kim, riya və şan-şöhrət olmadan, yalınz Uca Allahın rizasına nail olma üçün bir məscid inşa edərsə, Allah, qulun etdiyi bu əməlin qarşılığını, etdiyi əməldən ən gözəli ilə mükafatlandıracaqdır. Bu mükafat da, Allahın Cənnətdə onun üçün bina etdiyinin bir bənzərini inşa etməsidir.</t>
   </si>
   <si>
     <t>الحث على بناء المساجد وفضل ذلك.
 توسيع المسجد وتجديده داخِلٌ في فضل البناء.
 أهمية الإخلاص لله تعالى في جميع الأعمال.</t>
   </si>
   <si>
     <t>Hədisdə məscid inşa etməyə təşviq edilmiş və bunun fəziləti ifadə edilmişdir.
 Məscidin genişləndirilməsi və binasının yenilənməsi, məscid bina etmək fəzilətinə daxildir.
 Bütün əməllərdə Uca Allah üçün ixlaslı olmanın önəmi bəyan edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65089</t>
   </si>
   <si>
     <t>صلاة في مسجدي هذا خير من ألف صلاة فيما سواه إلا المسجد الحرام</t>
   </si>
   <si>
     <t>Mənim bu məscidimdə qılınan bir namaz, Məscidul-Haram istisna olmaqla, başqa məscidlərdə qılınan min namazdan daha xeyirlidir</t>
@@ -15651,51 +15640,51 @@
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) öz məscidində qılınan namazın fəziləti haqqında Məkkədəki Məscidul-Haram xaric, yer üzündəki digər məscidlərdə qılınan min namazdan daha xeyirli olduğunu bəyan etmişdir. Məscidul-Haramda qılınan namaz, Məscidun-Nəbəvidə qılınan namazdan daha fəzilətlidir.</t>
   </si>
   <si>
     <t>مُضاعَفة أجر الصلاة في المسجد الحرام، والمسجد النبوي.
 الصلاةَ في المسجد الحرام خيرٌ مِن مائة ألفِ صلاةٍ في غيره مِن المساجد.</t>
   </si>
   <si>
     <t>Məscidul-Haram və Məscidun-Nəbəvidə qılınan namazın savabının qat-qat olması.
 Məscidul-Haramda qılınan bir namaz, digər məscidlərdə qılınan yüz min namazdan daha xeyirlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65090</t>
   </si>
   <si>
     <t>إذا دخل أحدكم المسجد فليركع ركعتين قبل أن يجلس</t>
   </si>
   <si>
     <t>Sizdən biri məscidə daxil olduqda, oturmazdan əvvəl iki rükət namaz qılsın</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي قَتَادَةَ السَّلَمِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ».</t>
   </si>
   <si>
-    <t>Əbu Qatədə əs-Suləmidən (Allah ondan razı olsun) rəvayət edildiyinə görə Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: «Sizdən biri məscidə daxil olduqda, oturmazdan əvvəl iki rükət namaz qılsın».</t>
+    <t>Əbu Qatədə əs-Sələmidən (Allah ondan razı olsun) rəvayət edildiyinə görə Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: «Sizdən biri məscidə daxil olduqda, oturmazdan əvvəl iki rükət namaz qılsın».</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن أتى المسجدَ ودَخَلَه في أيِّ وقت، ولأيِّ غَرَضٍ، أنْ يُصليَ ركعتين قبل أنْ يَجلس، وهما ركعتا تحية المسجد.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) günün hər hansı bir vaxtında və həmçinin hər hansı bir məqsəd üçün olmasından aslı olmayaraq məscidə daxil olan hər kəsin oturmadan öncə iki rükət namaz qılmasına təşviq etmişdir. Qılınan bu iki rükət namaz "Təhiyyətul-məscid" namazı adlanır.</t>
   </si>
   <si>
     <t>استحبابُ صلاةِ ركعتين تحيةً للمسجد قبل الجلوس.
 هذا الأمر لمن أراد الجلوس، فمن دخل المسجد وخرج قبل أن يجلس لا يتناوله الأمر.
 إذا دخل المصلي والناس في الصلاة فدخل معهم فيها أغناه عن الركعتين.</t>
   </si>
   <si>
     <t>Məscidə daxil olduqdan sonra oturmadan öncə iki rükət "Təhiyyətul-məscid" namazı qılmaq müstəhəbdir.
 Hədisdə gələn bu əmr, məscidə daxil olub oturmak istəyən kimsəyə aiddir. Məscidə daxil olub, oturmadan öncə çıxan kimsəyə bu əmr aid deyildir.
 Məscidə daxil olduqda insanların camaatla namaza başladığını görərsə, onlarla birlikdə qılınan namaza qoşulmalıdır. Bu zaman camaatla birlikdə qıldığı namaz həmin iki rükəti əvəz edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65091</t>
   </si>
   <si>
     <t>إذا دخل أحدكم المسجد فليقل: اللهم افتح لي أبواب رحمتك، وإذا خرج فليقل: اللهم إني أسألك من فضلك</t>
   </si>
   <si>
     <t>Sizdən biri məscidə daxil olduqda: Allahumməftəh li əbvabə rahmətik [Allahım, Öz mərhəmət qapılarını mənim üçün aç!], məsciddən çıxdığı zaman isə: Allahummə inni əsəlukə min fədlik [Allahım, Sənin lütfündən di­ləyirəm] desin</t>
@@ -15783,51 +15772,51 @@
   <si>
     <t>رواه الترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Ət-Tirmizi, Ən-Nəsai, İbnu Məcə və Əhməd rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65094</t>
   </si>
   <si>
     <t>يا بلال، أقم الصلاة، أرحنا بها</t>
   </si>
   <si>
     <t>Ey Bilal! Namaz üçüm iqamə ver. Bizi namazla rahatlat</t>
   </si>
   <si>
     <t>عن سالم بن أبي الجَعْدِ قال: قال رجل: ليتني صَلَّيتُ فاسترحْتُ، فكأنّهم عابُوا ذلك عليه، فقال: سمعتُ رسولَ الله صلى الله عليه وسلم يقول: «يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها».</t>
   </si>
   <si>
     <t>Səlim bin Əbil-Caddan rəvayət edildiyinə görə bir kişi: “Kaş ki namaz qılmış olsaydım, istirahət edərdim” deyincə, orada olanlar sanki onun bu sözündə ayıb gördülər, bu zaman kişi onlara belə dedi mən: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: «Ey Bilal! Namaz üçüm iqamə ver. Bizi namazla rahatlat».</t>
   </si>
   <si>
     <t>قال رجلٌ من الصحابة: ليتني صَليتُ فاستَرحتُ، فكأنَّ مَن حَوله عابُوا ذلك عليه، فقال: سمعتُ النبيَّ صلى الله عليه وسلم يقول: يا بلال! ارفع أذانَ الصلاةِ وأقِمْها؛ لنَستريحَ بها؛ وذلك لِمَا فيها من مناجاة لله تعالى، وراحة للروح والقلب.</t>
   </si>
   <si>
-    <t>Səhabələrdən bir kişi; "Kaş ki namaz qılmış olsaydım, istirahət edərdim" dedi. Sanki ətrafında olanlar onun söylədiyi bu sözündən dolayı qınadılar. Bunun üzərinə o, ətrafında olanlara, mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Ey Bilal! Namaz üçün azan oxu və iqamə ver ki, biz namazla rahatlaşaq". Çünki namazda Uca Allahla münacat, qəlbin və ruhun rahatlığı vardır.</t>
+    <t>Səhabələrdən bir kişi: "Kaş ki namaz qılmış olsaydım, istirahət edərdim" dedi. Sanki ətrafında olanlar onun söylədiyi bu sözündən dolayı qınadılar. Bunun üzərinə o, ətrafında olanlara, mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Ey Bilal! Namaz üçün azan oxu və iqamə ver ki, biz namazla rahatlaşaq". Çünki namazda Uca Allahla münacat, qəlbin və ruhun rahatlığı vardır.</t>
   </si>
   <si>
     <t>راحة القلب تكون بالصلاة؛ لما فيها من مناجاة الله تعالى.
 الإنكار على مَن تَثَاقَلَ عن العبادة.
 مَن أدَّى الواجِبَ الذي عليه، وأبرأ ذِمَّتَه منه، حَصَلتْ له بذلك راحةٌ وشعورٌ بالاطمئنان.</t>
   </si>
   <si>
     <t>Namazda Uca Allahı yalvararaq çağırmaq olduğu üçün orada qəlbin rahatlığı olur.
 İbadətdə tənbəllik edən kimsənin qınanması.
 Kim, üzərinə düşən vacibi yerinə yetirərsə, onun məsuliyyətini üzərindən götürər və beləliklə də o, rahatlıq və arxayınlıq hissinə ovuşar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65095</t>
   </si>
   <si>
     <t>أيها الناس، إنما صنعت هذا لتأتموا ولتعلموا صلاتي</t>
   </si>
   <si>
     <t>Ey insanlar! Bu gördüyünüz şeyləri yalnız mənə uymanız və mənim namazımı öyrənəsiniz deyə etdim» deyə buyurdu</t>
   </si>
   <si>
     <t>عن أَبِي حَازِمِ بْن دِينَارٍ: أَنَّ رِجَالًا أَتَوْا سَهْلَ بْنَ سَعْدٍ السَّاعِدِيَّ، وَقَدِ امْتَرَوْا فِي الْمِنْبَرِ مِمَّ عُودُهُ، فَسَأَلُوهُ عَنْ ذَلِكَ، فَقَالَ: وَاللهِ إِنِّي لَأَعْرِفُ مِمَّا هُوَ، وَلَقَدْ رَأَيْتُهُ أَوَّلَ يَوْمٍ وُضِعَ، وَأَوَّلَ يَوْمٍ جَلَسَ عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، أَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِلَى فُلَانَةَ -امْرَأَةٍ من الأنصار قَدْ سَمَّاهَا سَهْلٌ-: «مُرِي غُلَامَكِ النَّجَّارَ أَنْ يَعْمَلَ لِي أَعْوَادًا أَجْلِسُ عَلَيْهِنَّ إِذَا كَلَّمْتُ النَّاسَ»، فَأَمَرَتْهُ فَعَمِلَهَا مِنْ طَرْفَاءِ الْغَابَةِ، ثُمَّ جَاءَ بِهَا، فَأَرْسَلَتْ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَمَرَ بِهَا فَوُضِعَتْ هَاهُنَا، ثُمَّ رَأَيْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَّى عَلَيْهَا وَكَبَّرَ وَهُوَ عَلَيْهَا، ثُمَّ رَكَعَ وَهُوَ عَلَيْهَا، ثُمَّ نَزَلَ الْقَهْقَرَى، فَسَجَدَ فِي أَصْلِ الْمِنْبَرِ ثُمَّ عَادَ، فَلَمَّا فَرَغَ أَقْبَلَ عَلَى النَّاسِ فَقَالَ: «أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي».</t>
   </si>
   <si>
     <t>Əbu Həzim bin Dinardan rəvayət edildiyinə görə Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) Məscidindəki minbərin hansı ağacdan edildiyini münaqişə edən bir dəstə insan, Səhl bin Səad əs-Saidinin yanına gəlib ondan bu məsələyə aydınlıq gətirməsini istədilər. Səhl onlara belə dedi: Allaha and olsun ki, mən onun nədən düzəldiyini bilirəm. Mən onu Məscidə ilk qoyulduğu günü də, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) ilk dəfə onun üzərinə oturduğu günü də bilirəm. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) filan qadına -Səhl, Ənsardan olan bu qadının adını söyləmişdir- bir nəfəri gödərib: "Nəccar, kölənə əmr et, mənim üçün insanlara xitab etdiyim zaman üzərinə otura biləcəyim, taxtalardan bir şey düzəltsin"- deyə buyurdu. O qadın da köləsinə minbər düzəltməsini əmr etdi. Kölə də Tarfə meşəsinin ağaclarından minbəri düzəltdi. Sonra kölə onu qadına gətirdi. Qadın da Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) göndərdi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) minbərin bura qoyulmasını əmr etdi. Sonra Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) onun üzərində namaz qıldığını gördüm: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) minbər üzərində olarkən təkbir etdi, sonra yenə də minbər üzərində ikən rüku etdi. Sonra geriyə gedərək aşağıya endi və minbərin dibində səcdə etdi. Sonra yenə minbərin üzərinə qalxdı. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namazı bitirdikdə üzünü insanlara çevirib və: «Ey insanlar! Bu gördüyünüz şeyləri yalnız mənə uymanız və mənim namazımı öyrənəsiniz deyə etdim» deyə buyurdu.</t>
@@ -15843,306 +15832,306 @@
 جواز الصلاة على المنبر للتعليم، وجواز ارتفاع الإمام على المأموم لحاجة.
 جواز الاستعانة بأهل الصناعات في حوائج المسلمين.
 جواز الحركة اليسيرة في الصلاة للحاجة.
 جواز نظر المأموم إلى إمامه في الصلاة؛ ليتعلم منه وأن ذلك لا ينافي الخشوع.</t>
   </si>
   <si>
     <t>Məsciddə minbər qoymaq və xətibin onun üzərinə çıxıb xütbə verməsi müstəhəbdir. Minbərin faydası: səsin çatması və daha yaxşı eşidilməsi üçündür.
 Öyrətmək üçün minbərin üzərində namaz qılmaq icazəlidir. Həmçinin ehtiyac anında imamın camaatdan yuxarıda namaz qılması da caizdir.
 Müsəlmanların ehtiyacını ödəmək üçün sənətkarlardan yardım istəməyin icazəli olması.
 Ehtiyac üzündən namazda az bir hərəkət etmənin icazəli olması.
 Öyrənmək məqsədi ilə namazda camaatın imama baxması icazəlidir və bu, xüşuya xələl gətirməz.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65096</t>
   </si>
   <si>
     <t>إذا صليتم فأقيموا صفوفكم، ثم ليؤمكم أحدكم فإذا كبر فكبروا</t>
   </si>
   <si>
     <t>Namaz qıldığınız zaman səflərinizi düz tutun sonra sizdən biri sizə imam olsun. İmam təkbir etdiyi zaman siz də təkbir edin</t>
   </si>
   <si>
     <t>عَنْ ‌حِطَّانَ بْنِ عَبْدِ اللهِ الرَّقَاشِيِّ قَالَ: صَلَّيْتُ مَعَ ‌أَبِي مُوسَى الْأَشْعَرِيِّ صَلَاةً، فَلَمَّا كَانَ عِنْدَ الْقَعْدَةِ قَالَ رَجُلٌ مِنَ الْقَوْمِ: أُقِرَّتِ الصَّلَاةُ بِالْبِرِّ وَالزَّكَاةِ، قَالَ: فَلَمَّا قَضَى أَبُو مُوسَى الصَّلَاةَ وَسَلَّمَ انْصَرَفَ فَقَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ قَالَ: فَأَرَمَّ الْقَوْمُ، ثُمَّ قَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ فَأَرَمَّ الْقَوْمُ، فَقَالَ: لَعَلَّكَ يَا حِطَّانُ قُلْتَهَا؟ قَالَ: مَا قُلْتُهَا، وَلَقَدْ رَهِبْتُ أَنْ تَبْكَعَنِي بِهَا، فَقَالَ رَجُلٌ مِنَ الْقَوْمِ: أَنَا قُلْتُهَا، وَلَمْ أُرِدْ بِهَا إِلَّا الْخَيْرَ، فَقَالَ أَبُو مُوسَى: أَمَا تَعْلَمُونَ كَيْفَ تَقُولُونَ فِي صَلَاتِكُمْ؟ إِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَنَا فَبَيَّنَ لَنَا سُنَّتَنَا وَعَلَّمَنَا صَلَاتَنَا، فَقَالَ: «إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا، وَإِذْ قَالَ: {غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ} [الفاتحة: 7]، فَقُولُوا: آمِينَ، يُجِبْكُمُ اللهُ، فَإِذَا كَبَّرَ وَرَكَعَ فَكَبِّرُوا وَارْكَعُوا، فَإِنَّ الْإِمَامَ يَرْكَعُ قَبْلَكُمْ، وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا قَالَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، فَقُولُوا: اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، يَسْمَعِ اللهُ لَكُمْ، فَإِنَّ اللهَ تَبَارَكَ وَتَعَالَى قَالَ عَلَى لِسَانِ نَبِيِّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، وَإِذَا كَبَّرَ وَسَجَدَ فَكَبِّرُوا وَاسْجُدُوا، فَإِنَّ الْإِمَامَ يَسْجُدُ قَبْلَكُمْ وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا كَانَ عِنْدَ الْقَعْدَةِ فَلْيَكُنْ مِنْ أَوَّلِ قَوْلِ أَحَدِكُمُ: التَّحِيَّاتُ الطَّيِّبَاتُ الصَّلَوَاتُ لِلهِ، السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».</t>
   </si>
   <si>
-    <t>Hittan bin Abdullah ər-Rəqqaşi belə demişdir: Əbu Musa əl-Əşari (Allah ondan razı olsun) ilə birlikdə namaz qıldım. Oturuş əsnasında camaatdan bir kişi: “Namaz, yaxşılıq və zəkatla birlikdə iqrar olundu” dedi. Əbu Musa namazı qılıb qurtardıqdan sonra: “Sizdən bu sözü söyləyən kim idi?” diyə soruşdu. Camaat susdu. O yenədə: “Sizdən bu sözü söyləyən kim idi?” diyə təkrar soruşdu. Camaat yenədə susdu. O da: “Ola bilsin o sözü söyləyən sənsən ey Hittan!” dedi. Hittan da: “Mən söyləmədim" dedi. Hittan deyir ki: bundan dolayı məni danlayacağından qorxdum. Bu zaman camaatdan bir kişi: “Onu mən söylədim, ancaq bunu söylərkən niyyətim xeyirdən başqa bir şey deyildir” dedi. Əbu Musa da: “Məgər siz namazınızda nə söyləyəcəyinizi bilmirsinizmi? dedi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bizə bir xütbə verdi və o xütbədə bizə sünnəmizi  bəyan etdi və namazımızı bizə öyrətdi və belə buyurdu: «Namaz qıldığınız zaman səflərinizi düz tutun sonra sizdən biri sizə imam olsun. İmam təkbir etdiyi zaman siz də təkbir edin» "Ğayril-məğdubi aleyhim valad-dallin” (Bizi doğru yola yönəlt! Nemət bəxş etdiyin kimsələrin yoluna, qəzəbə uğramışların və azmışların (yoluna) yox!) [Fatihə surəsi: 7] dediyi zaman siz: “Əmin” deyin ki, Allah duanıza cavab versin. İmam təkbir edib, rükuya getdiyi zaman siz də təkbir edin və rükuya gedin. Çünki imam sizdən öncə rüku edər və sizdən öncə rükudan qalxar». Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)  belə buyurdu: «O, bu şəkildədir. İmam: “Səmi Allahu limən həmidəh” dediyi zaman: “Allahummə Rabbənə va ləkə-l-həmd” deyin. Allah sizi eşidər. Uca Allah Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) dili ilə “Səmiallahu limən həmidəh” (Allah Ona həmd edəni eşitdi!)» buyurmuşdur. İmam təkbir edib, səcdəyə getdiyi zaman siz də təkbir edib, səcdəyə gedin. Çünki imam sizdən öncə səcdəyə gedir və sizdən öncə səcdədən qalxır.» Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: «O da, bu şəkildədir». İmam oturduğu zaman sizin ilk sözünüz bu olsun: «Ət-Təhiyyatu, ət-Tayyibətu, əs-Saləvatu lilləhi, əs-Sələmu aleykə əyyuhən-nəbiyyu va rahmətullahi va bərakətuhu, əs-Sələmu aleynə va alə ibədil-ləhis-salihin. Əşhədu əllə iləhə illəllahu va əşhədu ənnə Muhammədən abduhu va rasuluhu».</t>
+    <t>Hittan bin Abdullah ər-Rəqqaşi belə demişdir: Əbu Musa əl-Əşari (Allah ondan razı olsun) ilə birlikdə namaz qıldım. Oturuş əsnasında camaatdan bir kişi: “Namaz, yaxşılıq və zəkatla birlikdə iqrar olundu” dedi. Əbu Musa namazı qılıb qurtardıqdan sonra: “Sizdən bu sözü söyləyən kim idi?” diyə soruşdu. Camaat susdu. O yenədə: “Sizdən bu sözü söyləyən kim idi?” diyə təkrar soruşdu. Camaat yenədə susdu. O da: “Ola bilsin o sözü söyləyən sənsən ey Hittan!” dedi. Hittan da: “Mən söyləmədim" dedi. Hittan deyir ki: "Bundan dolayı məni danlayacağından qorxdum". Bu zaman camaatdan bir kişi: “Onu mən söylədim, ancaq bunu söylərkən niyyətim xeyirdən başqa bir şey deyildir” dedi. Əbu Musa da: “Məgər siz namazınızda nə söyləyəcəyinizi bilmirsinizmi? dedi. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bizə bir xütbə verdi və o xütbədə bizə sünnəmizi  bəyan etdi və namazımızı bizə öyrətdi və belə buyurdu: «Namaz qıldığınız zaman səflərinizi düz tutun sonra sizdən biri sizə imam olsun. İmam təkbir etdiyi zaman siz də təkbir edin» "Ğayril-məğdubi aleyhim valad-dallin” (Bizi doğru yola yönəlt! Nemət bəxş etdiyin kimsələrin yoluna, qəzəbə uğramışların və azmışların (yoluna) yox!) [Fatihə surəsi: 7] dediyi zaman siz: “Əmin” deyin ki, Allah duanıza cavab versin. İmam təkbir edib, rükuya getdiyi zaman siz də təkbir edin və rükuya gedin. Çünki imam sizdən öncə rüku edər və sizdən öncə rükudan qalxar». Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)  belə buyurdu: «O, bu şəkildədir. İmam: “Səmi Allahu limən həmidəh” dediyi zaman: “Allahummə Rabbənə va ləkə-l-həmd” deyin. Allah sizi eşidər. Uca Allah Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) dili ilə “Səmiallahu limən həmidəh” (Allah Ona həmd edəni eşitdi!)» buyurmuşdur. İmam təkbir edib, səcdəyə getdiyi zaman siz də təkbir edib, səcdəyə gedin. Çünki imam sizdən öncə səcdəyə gedir və sizdən öncə səcdədən qalxır.» Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: «O da, bu şəkildədir». İmam oturduğu zaman sizin ilk sözünüz bu olsun: «Ət-Təhiyyatu, ət-Tayyibətu, əs-Saləvatu lilləhi, əs-Sələmu aleykə əyyuhən-nəbiyyu va rahmətullahi va bərakətuhu, əs-Sələmu aleynə va alə ibədil-ləhis-salihin. Əşhədu əllə iləhə illəllahu va əşhədu ənnə Muhammədən abduhu va rasuluhu».</t>
   </si>
   <si>
     <t>صلى الصحابيُّ أبو موسى الأشعري رضي الله عنه صلاةً، فلما كان عند القَعدة التي فيها التشهد، قال رجل من المصلين خلفه: قُرِنَتْ الصلاة في القرآن بالبر والزكاة، فلما انتهى أبو موسى رضي الله عنه من الصلاة توجَّه إلى المأمومين، فسألهم: أيكم القائل كلمة: قرنت الصلاة في القرآن بالبر والزكاة؟! فسكت القوم، ولم يتكلم منهم أحد، فكرر عليهم السؤال مرة أخرى، فلما لم يَرُد عليه أحد، قال أبو موسى رضي الله عنه: لعلك يا حطان قلتها! لجَسَارَتِه وقربِه منه وصِلَتِه به، مما لا يؤذيه اتهامُه، وليدفع الفاعل الحقيقي إلى الاعتراف، فنفى حِطَّانُ ذلك، وقال: لقد خفت أنْ تُوَبِّخَني ظنًا منك أني قلتها؛ وهنا قال رجل من القوم: أنا قلتُها، ولم أقصد بها إلا خيرًا، فقال أبو موسى مُعلِّمًا له: أما تعلمون كيف تقولون في صلاتكم؟! وهذا استنكار منه، ثم أخبر أبو موسى أن النبي صلى الله عليه وسلم خَطَبَهم ذات مرة، فَبَيَّنَ لهم شريْعَتَهم، وعلَّمَهم صلاتَهم، فقال صلى الله عليه وسلم:
 إذا صليتم فأقيموا صفوفكم واعتدلوا فيها، ثم يؤم الناسَ واحدٌ منهم، فإذا كَبّر الإمام تكبيرة الإحرام، فكبروا مثله، وإذا قرأ الفاتحة وبلغ: {غير المغضوب عليهم ولا الضالين} [الفاتحة: 7]، فقولوا: آمين؛ فإذا فعلتم ذلك يستجيب الله دعاءكم، فإذا كبر وركع فكبروا واركعوا؛ فإن الإمام يركع قبلكم ويرفع قبلكم فلا تسبقوه؛ لأن اللحظة التي سبقكم الإمام بها في تقدمه إلى الركوع، تنجبر لكم بتأخيركم في الركوع بعد رفعه لحظة، فتلك اللحظة بتلك اللحظة، وصار قدر ركوعكم كقدر ركوعه، وإذا قال الإمام: سمع الله لمن حمده، فقولوا: اللهم ربنا لك الحمد، فإذا قال المصلون ذلك فإن الله سبحانه يسمع دعاءهم وقولَهم، فإن الله تبارك وتعالى قال على لسان نبيه صلى الله عليه وسلم: سمع الله لمن حمده،ثم إذا كبر الإمام وسجد، فعلى المأمومين أن يكبروا ويسجدوا، فإن الإمام يسجد قبلهم، ويرفع قبلهم، فتلك اللحظة بتلك اللحظة، وصار قدر سجود المأموم كقدر سجود الإمام،وإذا كان عند القعود للتشهد فليكن أول قول المصلي: "التحيات الطيبات الصلوات لله" فالمُلْكُ والبقاءُ والعَظَمةُ كلُّها مُسْتَحَقَّة لله تعالى، وكذا الصلوات الخمس كلُّها لله، "السلام عليك أيها النبي ورحمة الله وبركاته، السلام علينا وعلى عباد الله الصالحين"، فادعوا الله السلامة من كل عيب وآفة ونقص وفساد؛ ونخص نبينا محمد صلى الله عليه وسلم بالتسليم، ثم نسلم على أنفسنا، ثم نسلم على عباد الله الصالحين القائمين بما يجب عليهم من حقوق الله تعالى وحقوق عباده، ثم نشهد أن لا إله إلا الله، ونشهد أن محمدًا عبده ورسوله.</t>
   </si>
   <si>
-    <t>Səhabələrdən olan Əbu Musa əl-Əşari (Allah ondan razı olsun) bir namaz qıldı. Təşəhhüdə oturduğları zaman arxasındakı camaatdan bir kişi: “Quranda, namaz, yaxşılıq və zəkatla birlikdə zikir edildi" dedi. Əbu Musa (Allah ondan razı olsun) namazı qılıb qutardıqdan sonra camaata tərəf döndü və kimin: “Quranda, namaz, yaxşılıq və zəkatla birlikdə zikir edildi" dediyini soruşdu. Camaat susdu və kimsə ona cavab vermədi. Bunun üzərinə o: “Bu sözü hansınız söylədi?” diyə təkrarən soruşdu. Camaat yenə də susub kimsə cavab vermədikdə, Əbu Musa (Allah ondan razı olsun): “Ola bilsin bunu söyləyən sənsən ey Hittan!” dedi. Əbu Musa (Allah ondan razı olsun)  Hittanın cəsarəti, özünə yaxın olması və aralarındakı qohumluq bağının olmasından dolayı onu bu şəkildə itham etməsi ilə sözün həqiqi sahibinin ortaya çıxıb etiraf etməsini istəmişdir. Hittan da: “Mən söyləmədim" deyərək bunu inkar etdi. Hittan deyir ki: "Əbu Musanın bundan dolayı məni danlayacağından qorxdum". Bu zaman camaatdan bir kişi: “Onu mən söylədim, ancaq bunu söylərkən niyyətim xeyirdən başqa bir şey deyildir” dedi. Əbu Musa (Allah ondan razı olsun) da ona öyrətmək məqsədi ilə: “Siz namazınızda nə söyləyəcəyinizi bilmirsinizmi?" diyərək kişiyə təəccüb etdi. Sonra Əbu Musa, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bir gün onlara bir xütbə verdiyini, onlara şəriətlərini və namazlarını öyrətdiyini xəbər verərək Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) onlara belə buyurduğunu dedi:
+    <t>Səhabələrdən olan Əbu Musa əl-Əşari (Allah ondan razı olsun) bir namaz qıldı. Təşəhhüdə oturduğları zaman arxasındakı camaatdan bir kişi: “Quranda, namaz, yaxşılıq və zəkatla birlikdə zikir edildi" dedi. Əbu Musa (Allah ondan razı olsun) namazı qılıb qutardıqdan sonra camaata tərəf döndü və kimin: “Quranda, namaz, yaxşılıq və zəkatla birlikdə zikir edildi" dediyini soruşdu. Camaat susdu və kimsə ona cavab vermədi. Bunun üzərinə o: “Bu sözü hansınız söylədi?” diyə təkrarən soruşdu. Camaat yenə də susub kimsə cavab vermədikdə, Əbu Musa (Allah ondan razı olsun): “Ola bilsin bunu söyləyən sənsən ey Hittan!” dedi. Əbu Musa (Allah ondan razı olsun)  Hittanın cəsarəti, özünə yaxın olması və aralarındakı qohumluq bağının olmasından dolayı - onu bu şəkildə itham etməsi ilə sözün həqiqi sahibinin ortaya çıxıb etiraf etməsini istəmişdir, və Hittana qarşı bu söz - ona heç bir narahatlıq yaratmayacaq. Hittan da: “Mən söyləmədim" deyərək bunu inkar etdi. Hittan deyir ki: "Əbu Musanın bundan dolayı məni danlayacağından qorxdum". Bu zaman camaatdan bir kişi: “Onu mən söylədim, ancaq bunu söylərkən niyyətim xeyirdən başqa bir şey deyildir” dedi. Əbu Musa (Allah ondan razı olsun) da ona öyrətmək məqsədi ilə: “Siz namazınızda nə söyləyəcəyinizi bilmirsinizmi?" diyərək kişiyə təəccüb etdi. Sonra Əbu Musa, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bir gün onlara bir xütbə verdiyini, onlara şəriətlərini və namazlarını öyrətdiyini xəbər verərək Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) onlara belə buyurduğunu dedi:
 Namaz qıldığınız zaman səflərinizi düz tutun sonra sizdən biri sizə imam olsun. İmam, Təkbiratul-ehram etdiyi zaman siz də onun kimi təkbiratul-ehram edin. Fatihə surəsini oxuyub: «Ğayril-məğdubi aleyhim valad-dallin” (Bizi doğru yola yönəlt! Nemət bəxş etdiyin kimsələrin yoluna, qəzəbə uğramışların və azmışların (yoluna) yox!) [Fatihə surəsi: 7] ayəsinə çatdığı zaman: “Əmin” deyin. Əgər belə desəniz, Uca Allah duanıza cavab verər. İmam təkbir edib, rükuya getdiyi zaman sizdə təkbir edib rükuya gedin. İmam sizdən öncə rüku edir və sizdən öncə rükudan qalxır. Elə isə onu qabaqlamayın. Çünki rükuya gedərkən imamın sizdən öncə rükuya getməsi, rükudan qalxarkən siz gecikdiyiniz zamanı əvəz edər. Rükuya gedərkən azca gecikməniz, qalxarkən gec qalxmanızı əvəz edər. Beləcə də sizin rüku miqdarınız ilə imamın rüku miqdarı bərabər olur.  İmam: "Səmi Allahu limən həmidəh” dediyi zaman: “Siz: Allahummə Rabbənə va ləkəl-həmd” deyin. Camaat bunu söyləyərsə Allah onların duasını və sözünü eşidər. Uca Allah, Peyğəmbərinin (Allahın salavatı və salamı onun üzərinə olsun) dili ilə Allahın Ona həmd edən qulunu eşitdiyini xəbər vermişdir. Sonra imam təkbir edib səcdəyə getdiyi zaman camaat da təkbir edib səcdəyə gedir. İmam camaatdan öncə səcdəyə gedir və səcdədən qalxır. Beləcə də camaatın səcdə miqdarı ilə imamın səcdə miqdarı bərabər olur. Təşəhhüd duasını oxumaq üçün oturduğu zaman namaz qılan kimsə ilk olaraq: “Ət-Təhiyyatu, ət-Tayyibətu, əs-Saləvatu lillahi" Mülk, əbədilik və əzəmət Uca Allahın haqqıdır. Eyni şəkildə beş vaxt namaz da Uca Allah üçündür. "əs-Sələmu aleykə əyyuhən-nəbiyyu va rahmətullahi va bərakətuhu, əs-Sələmu aleynə va alə ibədil-ləhis-salihin". Hər növ ayıb, naqislik, əksiklikdən və fitnə-fəsaddan salamat olmaq üçün Uca Allaha dua edin. Birinci Peyğəmbərimiz Muhammədə (Allahın salavatı və salamı onun üzərinə olsun) sonra da özümüzə daha sonra isə Uca Allahın və qullarının haqqını yerinə yetirən saleh qullarına salam veririk. Sonra da Uca Allahdan başqa ibadətə haqqı olan haqq məbud olmadığına və Muhammədin (Allahın salavatı və salamı onun üzərinə olsun) Allahın qulu və rəsulu olduğuna şahidlik edirik.</t>
   </si>
   <si>
     <t>بيان صيغة من صيغ التشهد.
 أفعال الصلاة وأقوالها لا بد أن تكون مما ثبت عن النبي صلى الله عليه وسلم، فلا يجوز لأحد أن يبتدع فيها قولًا أو فعلًا لم يثبت في السنة.
 عدم جواز مسابقة الإمام والتأخُّر عنه، والمشروع للمأموم متابعة الإمام في أفعاله.
 ذكر ما كان عليه النبي صلى الله عليه وسلم من الاهتمام في التبليغ، وتعليم أمته أحكام الدين.
 الإمام هو القدوة للمأموم، فلا يجوز له أنْ يُسابِقَه في أفعال الصلاة ولا أن يقارنَه ولا أن يتأخر عنه، بل يكون ابتداء متابعته بعد تأكده من دخوله في الفعل الذي يريد أن يفعله، وأن السنة اتباعه فيها.
 مشروعية إقامة الصفوف في الصلاة.</t>
   </si>
   <si>
     <t>Hədisdə Təşəhhüdün növlərindən bir növü bəyan edilmişdir.
 Namazdakı söz və hərəkətlər Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) sabit olduğu kimi olmalıdır. Hər hansı bir kimsənin namaz içində sünnətdə sabit olmayan söz və ya hərəkətlər uydurması qəbul edilməzdir.
 Namazda imamı qabaqlamaq və ya imamdan geridə qalmaq icazəli deyildir. Əksinə, camaatın, imamın hərəkətlərinin arxasınca hərəkət etməsi lazımdır.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) dini təbliğ etməyə və dinin əhkamlarını ümmətinə öyrətməyə verdiyi önəmin zikr edilməsi.
 İmam, namazda axrasında duran camaat üçün örnəkdir. Namaz qılarkən imamdan öncə keçmək, onunla birlikdə və ya ondan geridə qalarak hərəkət etmək caiz deyildir. Əksinə, camaatın hərəkətləri, imamın etmək istədiyi hərəkətə başladığına əmin olduqdan sonra həmən arxasınca o hərəkətin edilməsi gərəkdir. Sünnə, namazda ona tabe olmaqdır.
 Namazda səflərın düz tutulması buyurulmuşdur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65097</t>
   </si>
   <si>
     <t>والذي نفسي بيده، إني لأقربكم شبها بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه لصلاته حتى فارق الدنيا</t>
   </si>
   <si>
     <t>Nəfsim əlində olana and olsun ki, aranızda namazıAllah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) namazına ən çox oxşayan mənim namazımdır. Bu onun dünyadan ayrılana qədər qıldığı namaz idi" deyirdi</t>
   </si>
   <si>
     <t>عن أَبي هُرَيْرَةَ رضي الله عنه: أنه كَانَ يُكَبِّرُ فِي كُلِّ صَلَاةٍ مِنَ الْمَكْتُوبَةِ وَغَيْرِهَا، فِي رَمَضَانَ وَغَيْرِهِ، فَيُكَبِّرُ حِينَ يَقُومُ، ثُمَّ يُكَبِّرُ حِينَ يَرْكَعُ، ثُمَّ يَقُولُ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، ثُمَّ يَقُولُ: رَبَّنَا وَلَكَ الْحَمْدُ، قَبْلَ أَنْ يَسْجُدَ، ثُمَّ يَقُولُ: اللهُ أَكْبَرُ حِينَ يَهْوِي سَاجِدًا، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَسْجُدُ، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَقُومُ مِنَ الْجُلُوسِ فِي الِاثْنَتَيْنِ، وَيَفْعَلُ ذَلِكَ فِي كُلِّ رَكْعَةٍ، حَتَّى يَفْرُغَ مِنَ الصَّلَاةِ، ثُمَّ يَقُولُ حِينَ يَنْصَرِفُ: وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا.</t>
   </si>
   <si>
-    <t>Əbu Hureyrədən (Allah ondan razı olsun) rəvayət edildiyinə görə O, Fərz və digər bütün namazlarda, Ramazan ayında və ramazandan başqa aylarda hər namazda təkbir gətirirdi. Namaza qalxdıqda təkbir gətirərdi, rüku edərkən də təkbir gətirərdi. Sonra: "Səmi Allahu limən həmidəh" deyib rükudan qalxdıqdan sonra səcdə etməzdən əvvəl: "Rabbənə və ləkə-l-həmd" deyərdi. Sonra səcdə etmək üçün əyildiyində təkbir edir, səcdədən başını qaldırınca yenə də təkbir gətirirdi sonra təkrar səcdə etmək üçün təkbir gətirir sonra səcdədən başını qaldırınca yenə də təkbir gətirirdi. İkinci rükəti qılıb qurtardıqdan sonra üçüncü rükətə qalxarkən yenə təkbir gətirirdi. Sonra da bunu namazın hər rükətində namazı biti­rənə qədər edirdi. Namazı bitirib insanlara tərəf dönüb: Nəfsim əlində olana and olsun ki, aranızda namazıAllah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) namazına ən çox oxşayan mənim namazımdır. Bu onun dünyadan ayrılana qədər qıldığı namaz idi" deyirdi.</t>
+    <t>Əbu Hureyrədən (Allah ondan razı olsun) rəvayət edildiyinə görə o, Fərz və digər bütün namazlarda, Ramazan ayında və ramazandan başqa aylarda hər namazda təkbir gətirirdi. Namaza qalxdıqda təkbir gətirərdi, rüku edərkən də təkbir gətirərdi. Sonra: "Səmi Allahu limən həmidəh" deyib rükudan qalxdıqdan sonra səcdə etməzdən əvvəl: "Rabbənə və ləkə-l-həmd" deyərdi. Sonra səcdə etmək üçün əyildiyində təkbir edir, səcdədən başını qaldırınca yenə də təkbir gətirirdi sonra təkrar səcdə etmək üçün təkbir gətirir sonra səcdədən başını qaldırınca yenə də təkbir gətirirdi. İkinci rükəti qılıb qurtardıqdan sonra üçüncü rükətə qalxarkən yenə təkbir gətirirdi. Sonra da bunu namazın hər rükətində namazı biti­rənə qədər edirdi. Namazı bitirib insanlara tərəf dönüb: Nəfsim əlində olana and olsun ki, aranızda namazıAllah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) namazına ən çox oxşayan mənim namazımdır. Bu onun dünyadan ayrılana qədər qıldığı namaz idi" deyirdi.</t>
   </si>
   <si>
     <t>يَروي أبو هريرة رضي الله عنه جزءًا من صفة صلاة النبي صلى الله عليه وسلم، ويخبر أنه كان إذا قام إلى الصلاة يكبر حين يقوم تكبيرة الإحرام، ثم يكبر حين يَنْتَقل إلى الركوع، وحين يسجد، وحين يرفع رأسه من السجود، وحين يسجد السجدة الثانية، وحين يرفع رأسه منها، وحين يقوم من الركعتين الأوليين بعد الجلوس للتشهد الأول في الصلاة الثلاثية أو الرباعية، ثم يفعل ذلك في الصلاة كلها حتى يقضيَها، وكان يقول حين يرفع ظهره من الركوع: سمع الله لمن حمده، ثم يقول وهو قائم: ربنا لك الحمد.
 ثم يقول أبو هريرة حين ينصرف من الصلاة: والذي نفسي بيده، إني لأقربكم شَبَهًا بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه صفة صلاته حتى فارق الدنيا.</t>
   </si>
   <si>
     <t>Əbu Hureyrə (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) necə namaz qılmasının bir qismini rəvayət etmişdir. O Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) namaza qalxdıqda qiyamda olarkən Təkbiratul-ihram edərək namaza başlayar sonra rüku, səcdə, başını səcdədən qaldırarkən, ikinci səcdəni edərkən, başını ikinci səcdədən qaldırarkən, üç və dörd rükətli namazlarda ilk təşəhüddən qalxarkən də təkbir gətirdiyini xəbər vermişdir. Sonra da bunu namazın hər rükətində namazı bitirincəyə qədər etdiyini, başını rükudan qaldırdığında: "Səmi Allahu limən həmidəh" deyib rükudan qalxdıqdan sonra belini düz tutunca: "Rabbənə va ləkəl-həmd" dediyini xəbər vermişdir.
 Əbu Hureyrə (Allah ondan razı olsun) namazı bitirdikdən sonra insanlara tərəf dönüb: "Nəfsim əlində olana and olsun ki, aranızda namazı Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) namazına ən çox oxşayan mənim namazımdır. Bu, onun dünyadan ayrılana qədər qıldığı namazın sifəti idi" dedi.</t>
   </si>
   <si>
     <t>يكون التكبير أثناء كلِّ خَفْضٍ ورَفْعٍ إلا في رفعه من الركوع فيقول سمع الله لمن حمده.
 حرص الصحابة على الاقتداء بالنبي صلى الله عليه وسلم وحفظ سُنَّتِه.</t>
   </si>
   <si>
     <t>Rükudan qalxarkən: "Səmiallahu limən həmidəh" demək istisna olmaqla, namazda bütün əyilmək və qalxmalarda təkbir edilir.
 Səhabələrin, Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) tabe olmalarına və həmçinin onun sünnəsini qorumağa həris olmaları.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65098</t>
   </si>
   <si>
     <t>قال الله تعالى: قسمت الصلاة بيني وبين عبدي نصفين، ولعبدي ما سأل</t>
   </si>
   <si>
     <t>Uca Allah belə buyurmuşdur: Namazı qulumla Özüm aramda iki yerə böldüm, qulum üçün istədiyi vardır</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عنه سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ الْعَبْدُ: {الْحَمْدُ لِلهِ رَبِّ الْعَالَمِينَ}، قَالَ اللهُ تَعَالَى: حَمِدَنِي عَبْدِي، وَإِذَا قَالَ: {الرَّحْمَنِ الرَّحِيمِ}، قَالَ اللهُ تَعَالَى: أَثْنَى عَلَيَّ عَبْدِي، وَإِذَا قَالَ: {مَالِكِ يَوْمِ الدِّينِ}، قَالَ: مَجَّدَنِي عَبْدِي، -وَقَالَ مَرَّةً: فَوَّضَ إِلَيَّ عَبْدِي-، فَإِذَا قَالَ: {إِيَّاكَ نَعْبُدُ وَإِيَّاكَ نَسْتَعِينُ}، قَالَ: هَذَا بَيْنِي وَبَيْنَ عَبْدِي وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ: {اهْدِنَا الصِّرَاطَ الْمُسْتَقِيمَ، صِرَاطَ الَّذِينَ أَنْعَمْتَ عَلَيْهِمْ غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ}، قَالَ: هَذَا لِعَبْدِي وَلِعَبْدِي مَا سَأَلَ».</t>
   </si>
   <si>
-    <t>Əbu Hureyrədən (Allah ondan razı olsun) rəvayət edildiyinə görə o belə demişdir: Mən Peyğəmbərin(Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Uca Allah belə buyurmuşdur: Namazı qulumla Özüm aramda iki yerə böldüm, qulum üçün istədiyi vardır. Qul: (Həmd, aləmlərin Rəbbi olan Allaha məxsusdur) deyincə, Uca Allah: (Qulum Məni həmd etdi) deyə buyurar. Qul: (Mərhəmətli və Rəhmli olana) deyincə, Allah: (Qulum Məni öydü) deyər. Qul: (Din gününün Sahibinə) deyincə, (Qulum Məni ucaltdı) yaxud da: (Qulum işini Mənə həvalə etdi) deyər. Qul: (Biz yalnız Sənə ibadət edir və yalnız Səndən kömək diləyirik) deyincə, (Bu, qulumla Mənim aramda ortaq olan qisimdir və quluma istədiyi olacaqdır) diyə buyurar. Qul: (Bizi doğru yola yönəlt! Nemət bəxş etdiyin kimsələrin yoluna, qəzəbə uğramışların və azmışların (yoluna) yox!) deyincə, Allah: (Bu, quluma aiddir, quluma istədiyi veriləcəkdir) diyə buyurar.</t>
+    <t>Əbu Hureyrədən (Allah ondan razı olsun) rəvayət edildiyinə görə o belə demişdir: Mən Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Uca Allah belə buyurmuşdur: Namazı qulumla Özüm aramda iki yerə böldüm, qulum üçün istədiyi vardır. Qul: (Həmd, aləmlərin Rəbbi olan Allaha məxsusdur) deyincə, Uca Allah: (Qulum Məni həmd etdi) deyə buyurar. Qul: (Mərhəmətli və Rəhmli olana) deyincə, Allah: (Qulum Məni öydü) deyər. Qul: (Din gününün Sahibinə) deyincə, (Qulum Məni ucaltdı) yaxud da: (Qulum işini Mənə həvalə etdi) deyər. Qul: (Biz yalnız Sənə ibadət edir və yalnız Səndən kömək diləyirik) deyincə, (Bu, qulumla Mənim aramda ortaq olan qisimdir və quluma istədiyi olacaqdır) diyə buyurar. Qul: (Bizi doğru yola yönəlt! Nemət bəxş etdiyin kimsələrin yoluna, qəzəbə uğramışların və azmışların (yoluna) yox!) deyincə, Allah: (Bu, quluma aiddir, quluma istədiyi veriləcəkdir) diyə buyurar".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى قال في الحديث القدسي: قسمت سورة الفاتحة في الصلاة بيني وبين عبدي نصفين، لي نصفُها، وله نصفُها.
 فنصفُها الأول: حمدٌ وثناءٌ وتمجيدٌ لله، أجزيه عليه خير الجزاء.
 ونصفُها الثاني: تَضَرُّعٌ ودعاء، أستجيب له وأعطيه ما سأل. 
 فإذا قال المصلي: {الحمد لله رب العالمين}، قال الله: حمدني عبدي، وإذا قال: {الرحمن الرحيم}، قال الله: أثنى عليَّ عبدي فمدحني واعتراف لي بعموم الإنعام على خَلْقي، وإذا قال: {مالك يوم الدين}، قال الله: مَجَّدني عبدي، وهو الشرف الواسع.
 فإذا قال: {إياك نعبد وإياك نستعين}، قال الله: هذا بيني وبين عبدي.
 فالنصف الأول من هذه الآية لله وهو: (إياك نعبد) وهو اعتراف بالألوهية لله، والاستجابة بالعبادة، وبه ينتهي النصف الذي لله. 
 والنصف الثاني من الآية وهو للعبد: (إياك نستعين) طلب العون من الله، ووعده بالإعانة.
 فإذا قال: {اهدنا الصراط المستقيم * صراط الذين أنعمت عليهم غير المغضوب عليهم ولا الضالين}، قال الله: هذا تضرُّع ودعاء من عبدي، ولعبدي ما سأل، وقد أجبتُ دعاءه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Uca Allahın qüdsi bir hədisdə belə buyurduğunu xəbər vermişdir: Namazda Fatihə surəsini qulumla Özüm aramda iki yerə böldüm, Fatihə surəsinin yarısı Mənim, yarısı isə onundur.
 Fatihə surəsinin birinci yarısı: Uca Allaha həmd-səna və Ona tərifdir. Buna görə qulumu ən xeyirli qarşılıqla mükafatlandıracağam.
 Fatihə surəsinin ikinci yarısı: Yalvarmaq və duadır. Qulumun duasını qəbul edəcəm və ona istədiyini verəcəm.
-Namaz qılan kimsə: (Həmd, aləmlərin Rəbbi olan Allaha məxsusdur) deyincə, Uca Allah: (Qulum Məni həmd etdi) deyə buyurar. Qul: (Mərhəmətli və Rəhmli olana) deyincə, Allah: (Qulum Məni təriflədi, Mənə həmd etdi və qullarıma olan nemətimi itiraf etdi) deyər. Qul: (Din gününün Sahibinə) deyincə, Allah:(Qulum Məni ucaltdı, bu böyük şərəfdir) deyər.
+Namaz qılan kimsə: (Həmd, aləmlərin Rəbbi olan Allaha məxsusdur) deyincə, Uca Allah: (Qulum Məni həmd etdi) deyə buyurar. Qul: (Mərhəmətli və Rəhmli olana) deyincə, Allah: (Qulum Məni təriflədi, Mənə həmd etdi və qullarıma olan nemətimi itiraf etdi) deyər. Qul: (Din gününün Sahibinə) deyincə, Allah: (Qulum Məni ucaltdı, bu böyük şərəfdir) deyər.
 Namaz qılan kimsə: (Biz yalnız Sənə ibadət edir və yalnız Səndən kömək diləyirik) deyincə, Allah: (Bu, qulumla Mənim aramda ortaq olan qisimdir) deyə buyurar.
 Bu ayənin birinci qismi: (Biz yalnız Sənə ibadət edir) Allaha aiddir. Bu, Uca Allahın ibadətə layiq tək haqq ilah olduğunu etiraf etmək və Onun ibadət çağrısına icabət etməkdir və bununla da Uca Allaha aid olan qisim burada bitir.
 Ayənin ikinci qismi: (və yalnız Səndən kömək diləyirik) isə qula aiddir. Bu, Uca Allahdan yardım diləməyi və Ondan yardım diləyənə yardım edəcəyinə dair vədinin gerçəkləşəcəyini ifadə edir.
-Namaz qılan kimsə: (Bizi doğru yola yönəlt! Nemət bəxş etdiyin kimsələrin yoluna, qəzəbə uğramışların və azmışların (yoluna) yox!) deyincə, Allah: (Bu, qulumun yalvarması və dua etməsidir, quluma istədiyi veriləcəkdir, Mən artıq onun duasına icabət etdim) diyə buyurar.</t>
+Namaz qılan kimsə: (Bizi doğru yola yönəlt!* Nemət bəxş etdiyin kimsələrin yoluna, qəzəbə uğramışların və azmışların (yoluna) yox!) deyincə, Allah: (Bu, qulumun yalvarması və dua etməsidir, quluma istədiyi veriləcəkdir, Mən artıq onun duasına icabət etdim) diyə buyurar.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 عظم شأن الفاتحة فقد سماها الله تعالى (الصلاة).
 بيان عناية الله تعالى بعبده، حيث مَدَحَه بسبب حَمْدِه وثنائِه وتمجيدِه، ووَعدَه أنْ يُعطيَه ما سأل.
 اشتملت هذه السورة الكريمة، على حمد الله، وذكر المعاد، ودعاء الله، وإخلاص العبادة له، وسؤال الهداية إلى الصراط المستقيم، والتحذير من مسالك الباطل.
 استشعار المصلي هذا الحديث -اذا قرأ الفاتحة- يَزيدُ مِن خشوعِه في الصلاة.</t>
   </si>
   <si>
     <t>Bu hədisdə Fatihə surəsinin önəminin böyüklüyü ifadə edilmiş və Uca Allah bu surəni namaz olaraq adlandırmışdır.
 Hədisdə Uca Allahın quluna olan qayğısı ifadə edilmiş, həmçinin, qulunun Onu həmd-səna etməsindən dolayı qulunu mədh etməsi xəbər verilmiş və sonda isə qulun Ondan istədiyinin ona verəcəyini vəd etmişdir.
 Bu surə özündə, Uca Allaha həmd-səna etməyi, öldükdən sonra yenidən dirilməyi, Allaha dua etməyi, ixlasla Ona ibadət etməyi, doğru yola yönəltməsini istəməyi və batil yollardan çəkindirməyi əhatə etmişdir.
-Namaz qılan kimsə -Fatihə surəsini oxuduğu zaman- bu hədisi xatırlayarsa bu onun namazdakı xuşusunu artırar.</t>
+Namaz qılan kimsə - Fatihə surəsini oxuduğu zaman - bu hədisi xatırlayarsa bu onun namazdakı xuşusunu artırar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65099</t>
   </si>
   <si>
     <t>أسوأ الناس سرقة الذي يسرق صلاته قال: وكيف يسرق صلاته؟ قال: لا يتم ركوعها، ولا سجودها</t>
   </si>
   <si>
     <t>Oğruların ən pisi, (tələsik namaz qılıb) namazından oğruyandır". Ondan: Kişi namazından necə oğruya bilər? deyə soruşulunca, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun): "Namazın rükusunu və səcdəsini tam olaraq etməz" deyərək cavab verdi</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا».</t>
   </si>
   <si>
     <t>Əbu Hureyrədən (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: "Oğruların ən pisi, (tələsik namaz qılıb) namazından oğruyandır". Ondan: Kişi namazından necə oğruya bilər? deyə soruşulunca, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun): "Namazın rükusunu və səcdəsini tam olaraq etməz" deyərək cavab verdi.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أشدَّ الناسِ قُبْحًا في السَّرِقَة الذي يَسْرِقُ مِن صلاتِه؛ وذلك لأنَّ أَخْذَ مالِ الغيرِ ربما ينتفع به في الدنيا، بخلاف هذا السارق، فإنه سَرَقَ حقَّ نفسِه مِن الثواب والأجر، قالوا: يا رسول الله، وكيف يسرق من صلاته؟ قال: لا يتم ركوعها ولا سجودها؛ وذلك بأنْ يستعجل في الركوع والسجود، فلا يأتي بهما على الوجه الأكمل.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) oğruluq edənlərin ən pisinin, namazından oğruluq edən kimsənin olduğunu bildirmişdir. Çünki başqasının malını oğrayan kimsə bəlkə bu dünyada o maldan özünə fayda verə bilər. Amma namazından oğrayan kimsə isə özünün namazdan ona çatan savab və əcrdən olan haqqını oğurlamış olur. Səhabələr: "Ey Allahın elçisi! Kişi namazından necə oğraya bilər axı?" diyə soruşunca, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun): "Kişi namazın rükusunu və səcdəsini tələsik etdiyi üçün namazın rükusunu və səcdəsini tam kamil bir şəkildə əda etməz" deyərək cavab verdi.</t>
   </si>
   <si>
     <t>أهمية إحسان الصلاة والإتيان بأركانها بطمأنينة وخشوع.
 وصف مَن لا يتم ركوعه وسجوده بأنه سارقٌ تنفيرٌ عن ذلك، وتنبيهٌ على تحريمِه.
 وجوب إتمام الركوع والسجود في الصلاة والاعتدال منهما.</t>
   </si>
   <si>
     <t>Namazın ərkanlarnı xuşu ilə və tələsmədən, rahat bir halda qılınmasının və namazı ən gözəl bir şəkildə əda edilməsinin önəmi.
 Rüku və səcdəni tam bir şəkildə əda etməyən kimsənin oğru olaraq vəsf edilməsi, həmçinin bu əməlin haram olduğuna  diqqət çəkilməsi.
 Namazda rüku və səcdənin tam bir şəkildə əda etməyin, rüku və səcdə edərkən hər bir əza öz yerini tutana qədər tələsmədən gözləməyin vacib olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65100</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم إذا رفع ظهره من الركوع قال: سمع الله لمن حمده</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) rükudan belini qaldırdığı zaman belə deyərdi: "Səmi Allahu limən həmidəh,</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) rükudan belini qaldırdığı zaman belə deyərdi: "Səmi Allahu limən həmidəh</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ أَبِي أَوْفَى رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ، اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ».</t>
   </si>
   <si>
-    <t>Əbu Əvfədən (Allah ondan razı olsun) rəvayət edildiyinə görə belə demişdir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) rükudan belini qaldırdığı zaman belə deyərdi: "Səmi Allahu limən həmidəh, Allahummə Rabbənə va ləkəl-həmd, miləs-səməvati va miləl-ardi, va milə mə şitə min şeyin bəd".</t>
+    <t>İbn Əbu Əvfədən (Allah ondan razı olsun) rəvayət edildiyinə görə belə demişdir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) rükudan belini qaldırdığı zaman belə deyərdi: "Səmi Allahu limən həmidəh, Allahummə Rabbənə va ləkəl-həmd, miləs-səməvati va miləl-ardi, va milə mə şitə min şeyin bəd".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم إذا رفع ظهرَه مِن الركوع في الصلاة يقول: "سمع الله لِمَن حمده"، أي: أنّ مَن حَمِدَ الله تعالى استجاب الله تعالى له، وقَبِل حَمْدَه وأثابَه، ثم يحمد الله بقوله: " اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ "، حَمْدًا يملأُ السماوات والأرضين وما بينهما، ويملأ ما شاء الله من شيء.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namazda rükudan belini qaldırdığı zaman belə deyərdi: Səmi Allahu limən həmidəh. Yəni: Kim Uca Allah həmd edərsə Uca Allah ona icabət edər, Onun həmd etməsini qəbul edər və onu mükafatlandırar. Sonra ''Allahummə Rabbənə va ləkəl-həmd, miləs-səməvati va miləl-ardi, va milə mə şitə min şeyin bəd'' sözü ilə Allaha həmd edər. Yəni: Göylər dolusu, yerlər dolusu, onların ara­sında olanlar və bundan sonra dilədiyin şeylər dolusu Uca Allaha həmd sənalar ol­sun).</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) namazda rükudan belini qaldırdığı zaman belə deyərdi: Səmi Allahu limən həmidəh. Yəni: Kim Uca Allah həmd edərsə Uca Allah ona icabət edər, Onun həmd etməsini qəbul edər və onu mükafatlandırar. Sonra ''Allahummə Rabbənə va ləkəl-həmd, miləs-səməvati va miləl-ardi, va milə mə şitə min şeyin bəd'' sözü ilə Allaha həmd edər. Yəni: Göylər dolusu, yerlər dolusu, onların ara­sında olanlar və bundan sonra dilədiyin şeylər dolusu Uca Allaha həmd sənalar ol­sun.</t>
   </si>
   <si>
     <t>بيان ما يُستَحبُّ أن يقولَه المصلي إذا رفع رأسه من الركوع.
 مشروعية الاعتدال والطمأنينة بعد الرفع من الركوع؛ لأنه لا يمكن أن يقول هذا الذكر إلا إذا اعتدل واطمأن.
 هذا الذكر مشروع في جميع الصلوات سواء كانت فرضًا أو نفلًا.</t>
   </si>
   <si>
     <t>Namaz qılan kimsə rükudan qalxdığı zaman söyləməsi müstəhəb olan duanın bəyanı.
 Rükudan qalxdıqdan sonra hər bir əza öz yerini tutana qədər tələsmədən gözləməyin vacib olması. Çünki rükudan tam qalxıb hər bir əza öz yerini tutana qədər gözləmədən bu zikrin söylənməsi mümkün deyildir.
 Bu zikirin fərz və ya nafilə namazı olmasından aslı olmayaraq bütün namazlarda söylənilməsi buyurulmuşdur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65101</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم كان يقول في دبر كل صلاة مكتوبة</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər fərz namazdan sonra bu zikri edərdi</t>
   </si>
   <si>
     <t>عَنْ ‌وَرَّادٍ كَاتِبِ الْمُغِيرَةِ بْنِ شُعْبَةَ قَالَ: أَمْلَى عَلَيَّ الْمُغِيرَةُ بْنُ شُعْبَةَ فِي كِتَابٍ إِلَى مُعَاوِيَةَ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ».</t>
   </si>
   <si>
-    <t>Muğirə bin Şöbənin (Allah ondan razı olsun) katibi Ravvaddan rəvayət edildiyinə görə o belə demişdir: Muğirə bin Şöbə (Allah ondan razı olsun), Müaviyəyə (Allah ondan razı olsun) göndərdiyi məktubda mənə bunu imla etdi: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər fərz namazdan sonra bu zikri edərdi: «Lə iləhə illəllahu vahdəhu lə şərikə ləh. Ləhul-mulku va ləhul-həmdu va huvə alə kulli şeyin qadir. Allahummə, lə məniə limə ə'taytə va lə mu'tiyə limə mənə'tə va lə yənfəu zəl-cəddi minkəl-cədd».</t>
+    <t>Muğirə bin Şöbənin (Allah ondan razı olsun) katibi Ravvaddan rəvayət edildiyinə görə o belə demişdir: Muğirə bin Şöbə (Allah ondan razı olsun), Müaviyəyə (Allah ondan razı olsun) göndərdiyi məktubda mənə bunu imla etdi: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər fərz namazdan sonra bu zikri edərdi: «Lə iləhə illə-Llahu vahdəhu lə şərikə ləh. Ləhul-mulku va ləhul-həmdu va huvə alə kulli şeyin qadir. Allahummə, lə məniə limə ə'taytə va lə mu'tiyə limə mənə'tə va lə yənfəu zəl-cəddi minkəl-cədd».</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عَقِيب كلِّ صلاةِ فريضة: " لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ".
 أي: أُقِرُّ واعترفُ بكلمة التَّوحيد لا إله إلا الله، فالعبادة الحَقَّة أُثْبِتُها لله، وأَنفيها عمّا سواه، فلا معبود بحق إلا الله، ومُقِرٌّ أنَّ المُلْك الحقيقيّ التام لله، وجميع حمد أهل السموات والأرض مُستَحقٌّ لله تعالى، حيث هو قادر على كل شيء، وما قدَّره الله مِن عطاءٍ أو منعٍ لا رادَّ له، وعنده لا ينفع ذا الغنى غِناه، إنما ينفعه العمل الصالح.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər fərz namazını qılıb qutardıqdan sonra bu zikri edərdi: «Lə iləhə illəl-lahu vahdəhu lə şərikə ləh. Ləhul-mulku va ləhul-həmdu va huvə alə kulli şeyin qadir. Allahummə, lə məniə limə ə'taytə va lə mu'tiyə limə mənə'tə va lə yənfəu zəl-cəddi minkəl-cəddu».
 Yəni: Mən tövhid kəlməsi olan Lə iləhə illallahı qəbul və təsdiq edirəm. Həqiqi ibadətə yalnız Uca Allahın layiq olduğunu təsdiq edir və Ondan başqasına edilməsini isə inkar edirəm. Allahdan başqa ibadətə layiq haqq məbud yoxdur. Mülkün bütünlükə Uca Allaha aid olduğunu, səma və yer əhlinin bütün həmdləri yalnız Uca Allaha xas olduğunu və Onun hər bir şeyə qadir olduğunu, Uca Allahın təqdir edib verdiyinə kiminsə mane olacağını və verməyib mane olduğunu da kiminsə verə bilməyəcəyini iqrar edirəm. Həmçinin zəngin olanın zənginliyi Allah qatında heç bir fayda verməyəcəyini, insana yalnız saleh əməllərin fayda verəcəyini də iqrar edirəm.</t>
   </si>
   <si>
     <t>استحباب هذا الذكر عقيب الصلوات لما اشتمل عليه من ألفاظ التوحيد والحمد.
 المبادرة إلى امتثال السنن، وإشاعتها.</t>
   </si>
   <si>
     <t>Bu zikr özlüyündə tövhid və həmd-səna dolu mənalar əhatə etdiyinə görə fərz namazlardan sonra söylənməsi müstəhəbdir.
 Sünnəni yerinə yetirməyə və onu insanlar arasında yaymağa tələsmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65102</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم كان يقول بين السجدتين: رب اغفر لي، رب اغفر لي</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) iki səcdə arasında belə deyərdi: «Rabbiğfir li, Rabbiğfir li</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) iki səcdə arasında belə deyərdi: «Rabbi-ğfir li, Rabbi-ğfir li</t>
   </si>
   <si>
     <t>عن حُذَيْفَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي».</t>
   </si>
   <si>
-    <t>Huzeyfədan (Allah ondan razı olsun) rəvayət edildiğinə görə: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) iki səcdə arasında belə deyərdi: «Rabbiğfir li, Rabbiğfir li».</t>
+    <t>Huzeyfədan (Allah ondan razı olsun) rəvayət edildiğinə görə: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) iki səcdə arasında belə deyərdi: «Rabbi-ğfir li, Rabbi-ğfir li».</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عند الجلوس بين السجدتين: رب اغفر لي رب اغفر لي، ويكررها.
 ومعنى رب اغفر لي: طَلَبُ العبدِ مِن ربِّه أنْ يَمْحُوَ ذنوبَه ويَستُرَ عيوبَه.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) iki səcdə arasında oturduğu zaman «Rabbiğfir li, Rabbiğfir li» diyərək bunu təkrar edərdi.
-"Rabbiğfir li" zikrinin mənası: Qulun, Rəbbindən günahlarını silməsi və eyiblərini örtməsini istəməsidir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) iki səcdə arasında oturduğu zaman «Rabbi-ğfir li, Rabbi-ğfir li» diyərək bunu təkrar edərdi.
+"Rabbi-ğfir li" zikrinin mənası: Qulun, Rəbbindən günahlarını silməsi və eyiblərini örtməsini istəməsidir.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء بين السجدتين في صلاة الفَرْضِ والنَّفْلِ.
 استحباب تكرار قول: رب اغفر لي، والواجب مرة واحدة.</t>
   </si>
   <si>
     <t>Bu duanın fərz və ya nafilə namazı olmasından aslı olmayaraq bütün namazlarda iki səcdə arasında söylənilməsinin məşru olması.
-"Rabbiğfir li" zikrini təkrar etmək müstəhəbdir. Bir dəfə söyləmək isə vacibdir.</t>
+"Rabbi-ğfir li" zikrini təkrar etmək müstəhəbdir. Bir dəfə söyləmək isə vacibdir.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Əbu Davud, Ən-Nəsai,İbnu Məcə və Əhməd rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65104</t>
   </si>
   <si>
     <t>ذاك شيطان يقال له خنزب، فإذا أحسسته فتعوذ بالله منه، واتفل على يسارك ثلاثا</t>
   </si>
   <si>
     <t>Bu Xinzəb deyilən şey­tandır. Onu hiss etdiyin an ondan Allaha sığın və sol tərəfinə üç dəfə yavaşca tüpür</t>
   </si>
   <si>
     <t>عن عُثْمَانَ بْنَ أَبِي الْعَاصِ رضي الله عنه: أنه أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ الشَّيْطَانَ قَدْ حَالَ بَيْنِي وَبَيْنَ صَلَاتِي وَقِرَاءَتِي يَلْبِسُهَا عَلَيَّ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا»، قَالَ: فَفَعَلْتُ ذَلِكَ فَأَذْهَبَهُ اللهُ عَنِّي.</t>
   </si>
   <si>
-    <t>Osman bin Əbil-Asdan (Allah ondan razı olsun) rəvayət edildiyinə görə: O, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gələrək: "Ey Al­lahın Rəsulu‎, şeytan mənimlə namazım və qiraətim ara­sına girdi, namazımı və qiraətimi qarışdırdı” dedi. Bunun üzərinə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona belə buyurdu: "Bu Xinzəb deyilən şey­tandır. Onu hiss etdiyin an ondan Allaha sığın və sol tərəfinə üç dəfə yavaşca tüpür". Osman dedi ki: mən elə etdim, Allah da onu məndən uzaqlaşdırdı.</t>
+    <t>Osman bin Əbil-Asdan (Allah ondan razı olsun) rəvayət edildiyinə görə: o, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gələrək: "Ey Al­lahın Rəsulu‎, şeytan mənimlə namazım və qiraətim ara­sına girdi, namazımı və qiraətimi qarışdırdı” dedi. Bunun üzərinə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona belə buyurdu: "Bu Xinzəb deyilən şey­tandır. Onu hiss etdiyin an ondan Allaha sığın və sol tərəfinə üç dəfə yavaşca tüpür". Osman dedi ki: mən elə etdim, Allah da onu məndən uzaqlaşdırdı.</t>
   </si>
   <si>
     <t>أتى عثمانُ بن أبي العاص رضي الله عنه إلى النبيِّ صلى الله عليه وسلم فقال: يا رسول الله إن الشيطان قد حَجَزَ بيني وبين صلاتي، ومَنَعني الخشوعَ فيها، وخَلَطَ عليَّ قراءتي وشَكَّكَني فيها، 
 فقال له رسول الله صلى الله عليه وسلم: ذاك هو شيطان يقال له خِنْزَبٌ، فإذا وَجَدْتَ هذا وشَعَرتَ به فاعتصم بالله، واستعذ بالله منه، وانفخ عن يسارك مع يَسِيْرٍ مِن الرِّيْق ثلاث مرات، قال عثمان: ففعلتُ ما أَمَرَني به النبيُّ صلى الله عليه وسلم فأذْهَبَه الله عني.</t>
   </si>
   <si>
-    <t>Osman bin Əbil-As (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gələrək belə dedi: "Ey Al­lahın Rəsulu‎, şeytan mənimlə namazım və qiraətim ara­sına girdi, namazı xuşu ilə qılmağıma mane oldu, qiraətimi qarışdırmağa və namazda şəkk etməyimə səbəb oldu- dedi. Bunun eşidən Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona: «Bu Xinzəb deyilən Şey­tandır. Onu hiss etdiyin zaman Allaha üz tut, ondan Allaha sığın və xəfif bir şəkildə üç dəfə sol tərəfinə tüpür». Osman (Allah ondan razı olsun): Mən, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) mənə əmr etdiyi şeyi etdim. Allah da onu məndən uzaqlaşdırdı. dedi.</t>
+    <t>Osman bin Əbil-As (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına gələrək belə dedi: "Ey Al­lahın Rəsulu‎, şeytan mənimlə namazım və qiraətim ara­sına girdi, namazı xuşu ilə qılmağıma mane oldu, qiraətimi qarışdırmağa və namazda şəkk etməyimə səbəb oldu" - dedi. Bunun eşidən Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ona: «Bu Xinzəb deyilən Şey­tandır. Onu hiss etdiyin zaman Allaha üz tut, ondan Allaha sığın və xəfif bir şəkildə üç dəfə sol tərəfinə tüpür». Osman (Allah ondan razı olsun): Mən, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) mənə əmr etdiyi şeyi etdim. Allah da onu məndən uzaqlaşdırdı dedi.</t>
   </si>
   <si>
     <t>أهمية الخشوعِ وحضورِ القلب في الصلاة، وأن الشيطان يجتهد في التَّشْوِيْشِ والتَّشْكِيْكِ فيها.
 استحباب التَّعَوُّذِ من الشيطان عند وسوسته في الصلاة، مع التَّفْل عن اليسار ثلاثًا.
 بيان ما كان عليه الصحابة رضي الله عنهم من رجوعِهم إلى النبي صلى الله عليه وسلم فيما يحصل لهم من المشكلات حتى يحلها لهم.
 حياة قلوب الصحابة، وأنّ همَّهم الآخرة.</t>
   </si>
   <si>
     <t>Namazda xuşu və qəlbin hazır olmasının önəmi, şeytanın namaz qılan kimsənin fikrini yayındırıb, namazında şübhəyə düşürməyə çalışdığı ifadə edilmişdir.
 Namazda vəsvəsə gəldiyi zaman sol tərəfə üç dəfə tüpürərək şeytandan Allaha sığınmağın müstəhəb olması.
 Hədisdə, səhabələr (Allah onlardan razı olsun) başlarına gələn problemli məsələləri Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) anlatdıqları zaman onlara həmin məsələnin çözümünü tapması ifadə edilmişdir.
 Səhabələrin qəlblərinin diri və onların bütün dərd-sərlərinin axirəti qazanmaq olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65105</t>
   </si>
   <si>
     <t>إن الله لا يقبل من العمل إلا ما كان له خالصا، وابتغي به وجهه</t>
   </si>
   <si>
     <t>Şüphəsiz Allah xalis olaraq Onun üçün edilən və Onun razılığı axtarılan əməldən başqa heç bir əməli qəbul etməz</t>
   </si>
   <si>
     <t>عَنْ أَبِي أُمَامَةَ الْبَاهِلِيِّ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ رَجُلًا غَزَا يَلْتَمِسُ الْأَجْرَ وَالذِّكْرَ، مَا لَهُ؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» فَأَعَادَهَا ثَلَاثَ مَرَّاتٍ، يَقُولُ لَهُ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» ثُمَّ قَالَ: «إِنَّ اللَّهَ لَا يَقْبَلُ مِنَ الْعَمَلِ إِلَّا مَا كَانَ لَهُ خَالِصًا، وَابْتُغِيَ بِهِ وَجْهُهُ»</t>
   </si>
@@ -16203,80 +16192,80 @@
   <si>
     <t>الإيمان له حلاوةٌ وطعْمٌ يُذاق بالقلوب، كما تُذاق حلاوة الطعام والشراب بالفم.
 الجسد لا يجد حلاوة الطعام والشراب إلا عند صحته، فكذلك القلب إذا سَلِم من مرض الأهواء المُضلَّة والشهوات المحرَّمة، وجد حلاوة الإيمان، ومتى مرض وسقم لم يجد حلاوة الإيمان، بل قد يستحلي ما فيه هلاكُه من الأهواء والمعاصي.
 الإنسان إذا رضي أمرًا واستحسنه سَهُل عليه أمره، ولم يشق عليه شيء منه، وفرح بكل ما جاء به، وخالط بشاشته قلبه، فكذلك المؤمن إذا دخل قلبه الإيمان، سهلت عليه طاعة ربه ولذَّت له نفسه، ولم يشق عليه معاناتها.
 قال ابن القيم: هذا الحديث تضمن الرضا بربوبيته سبحانه وألوهيته، والرضا برسوله والانقياد له، والرضا بدينه والتسليم له.</t>
   </si>
   <si>
     <t>Yeməyin və içkinin şirinliyi ağızda hiss olunduğu kimi, imanın da qəlbdə hiss olunan bir şirinliyi və dadı vardır.
 Bədən yeməyin və içkinin dadını yalnız sağlam olduqda hiss etdiyi kimi, qəlb də azdırıcı arzulardan və haram istəklərdən sağlam olduqda imanın şirinliyini daddar. Əgər qəlb xəstələnsə və zəifləsə, artıq imanın şirinliyini hiss etməz, əksinə, onu məhv edəcək istəkləri və günahları şirin hesab edə bilər.
 Əgər insan bir şeydən razı qalar və onu bəyənərsə, onu etmək onun üçün asan olar, bundan heç bir şey onun üçün çətin gəlməz və onun gətirdiyi hər bir şey ilə fərəhlənər, qəlbi onunla sevinər. Eləcə də mömin, əgər iman onun qəlbinə daxil olarsa, Rəbbinə itaət onun üçün asanlaşar, nəfsi bundan ləzzət alar və itaətin əziyyəti ona çətin gəlməz.
 İbn əl-Qeyyim demişdir: “Bu hədis, pak və nöqsansız Allahın rububiyyətindən və ilahlığından razılıq, rəsulundan razılıq və ona tabe olmaq, dinindən razılıq və ona təslim olmağı əhatə edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65116</t>
   </si>
   <si>
     <t>أربع من كن فيه كان منافقا خالصا، ومن كانت فيه خلة منهن كانت فيه خلة من نفاق حتى يدعها: إذا حدث كذب، وإذا عاهد غدر، وإذا وعد أخلف، وإذا خاصم فجر</t>
   </si>
   <si>
     <t>Dörd xislət kimdə olarsa o, xalis münafiq olar, kimdə bunlardan bir xislət olarsa, onu tərk edənə qədər özündə nifaqdan bir xislət qalmış deməkdir: danışdığı zaman yalan danışar, əhd etdiyi zaman sözündə durmaz, vəd verdiyi zaman ona xilaf çıxar, düşmənçilik etdiyi zaman da ədalətsiz olar</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ».</t>
   </si>
   <si>
-    <t>Abdullah ibn Amrdan (Allah ondan razı olsun) rəvayət edilir ki, o, belə dedi: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)  dedi: "Dörd xislət kimdə olarsa o, xalis münafiq olar, kimdə bunlardan bir xislət olarsa, onu tərk edənə qədər özündə nifaqdan bir xislət qalmış deməkdir: danışdığı zaman yalan danışar, əhd etdiyi zaman sözündə durmaz, vəd verdiyi zaman ona xilaf çıxar, düşmənçilik etdiyi zaman da ədalətsiz olar."</t>
+    <t>Abdullah ibn Amrdan (Allah ondan razı olsun) rəvayət edilir ki, o, belə dedi: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Dörd xislət kimdə olarsa o, xalis münafiq olar, kimdə bunlardan bir xislət olarsa, onu tərk edənə qədər özündə nifaqdan bir xislət qalmış deməkdir: danışdığı zaman yalan danışar, əhd etdiyi zaman sözündə durmaz, vəd verdiyi zaman ona xilaf çıxar, düşmənçilik etdiyi zaman da ədalətsiz olar".</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي: 
 الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
 الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
 الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
 الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
 فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dörd xüsusiyyət barədə xəbərdarlıq etmişdir ki, əgər müsəlmanda bunlar cəm olarsa, bu xüsusiyyətlərə görə münafiqlərə çox bənzəyər və bu, həmin xüsusiyyətlərin üstünlük təşkil etdiyi şəxslərə aiddir, lakin nadir hallarda (bu xüsusiyyətləri) olanlar, bura daxil deyildir və bu xüsusiyyətlər:
 Birincisi: Danışdıqda bilərəkdən yalan danışar və sözlərində doğru olmaz.
 İkincisi:  Əhd bağlayanda ona əməl etməz və yoldaşına xəyanət edər.
 Üçüncüsü: Vəd verdiyi zaman vədinə xilaf çıxar, onu yerinə yetirməz.
 Dördüncüsü: Bir kəslə ixtilaf və mübahisə etdikdə, mübahisəsi şiddətli olar, haqqdan sapar, mübahisə etdiyi kəsi inkar etmək və batil çıxarmaqda hiyləgərlik edər, batil və yalan söz danışar.
-Münafiqlik,  gizlətdiyi şeyin əksini izhar etməkdir və  bu məna bu xüsusiyyətlərə malik olan şəxsdə   mövcuddur və  onun nifaqı danışdığı kəslərə, söz verdiklərinə, ona güvənənlərə, onunla mübahisə edənlərə, onunla əhd bağlayanlara qarşıdır. Yoxsa o, dində İslamını izhar edib küfrünü gizlədən münafiq deyil. Kimdə bu xüsusiyyətlərdən biri olarsa; onu tərk edənə qədər onda nifaqdan bir sifət qalar.</t>
+Münafiqlik, gizlətdiyi şeyin əksini izhar etməkdir və bu məna bu xüsusiyyətlərə malik olan şəxsdə mövcuddur və onun nifaqı danışdığı kəslərə, söz verdiklərinə, ona güvənənlərə, onunla mübahisə edənlərə, onunla əhd bağlayanlara qarşıdır. Yoxsa o, dində İslamını izhar edib küfrünü gizlədən münafiq deyil. Kimdə bu xüsusiyyətlərdən biri olarsa; onu tərk edənə qədər onda nifaqdan bir sifət qalar.</t>
   </si>
   <si>
     <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
 المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
 قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
 النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
 قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
 قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
   </si>
   <si>
     <t>Onlara düşməkdən çəkindirmək və qorxutmaq üçün münafiqin bəzi əlamətlərinin izahı.
 Hədisdən nəzərdə tutulan: Bu xüsusiyyətlər nifaq xüsusiyyətləridir və onlara malik olan şəxs bu xüsusiyyətlərdə münafiqlərə bənzəyir və onların əxlaqına tabe olur, lakin o küfrü gizlədərək İslamı zahir etdirən münafiq deyil. Həmçinin deyilmişdir ki, bu, həmin xüsusiyyətlərin üstünlük təşkil etdiyi, onlara etinasız yanaşan və onları kiçik görən şəxsə aid edilir; Çünki kim belə olarsa, o, çox vaxt fasid etiqadda olur.
-Əl-Qəzali demişdir: “Dinin əsli üç şeylə məhdudlaşır: söz, əməl və niyyət, yalanla sözün pozulmasına, xəyanətlə əməlin pozulmasına və vədə xilaf çıxmaqla niyyətin pozulmasına işarə etmişdir. Çünki vədə xilaf çıxmaq qəsdi vəd verən zaman olarsa, bu pis sayılır. Lakin əgər o, vədində qərarlı olarsa və sonra qarşısına bir maneə  çıxsa və ya (fərqli) rəyə gəlsə, bunda nifaq xüsusiyyəti olmaz."
+Əl-Qəzali demişdir: “Dinin əsli üç şeylə məhdudlaşır: söz, əməl və niyyət, yalanla sözün pozulmasına, xəyanətlə əməlin pozulmasına və vədə xilaf çıxmaqla niyyətin pozulmasına işarə etmişdir. Çünki vədə xilaf çıxmaq qəsdi vəd verən zaman olarsa, bu pis sayılır. Lakin əgər o, vədində qərarlı olarsa və sonra qarşısına bir maneə  çıxsa və ya (fərqli) rəyə gəlsə, bunda nifaq xüsusiyyəti olmaz".
 Nifaq iki növdür: sahibini imandan çıxaran, İslamı göstərib, küfrü gizlətmək olan "etiqad" nifaqı və münafiqlərə, onların əxlaqında oxşamaq olan "əməli" nifaqdır ki, bu da sahibini imandan çıxarmaz, lakin bu böyük günahlardan bir günahdır.
 İbn Həcər demişdir: "Alimlər həmrəydirlər ki, kim qəlbi və dili ilə iman gətirib - bu xüsusiyyətləri edərsə, ona kafir hökmü verilməz və o, cəhənnəmdə əbədi qalacaq münafiq deyil".
 Ən-Nəvəvi dedi: "Bir qrup alim demişdir: “Hədisdə nəzərdə tutulan Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) zamanında olan münafiqlərdir ki, iman etdiklərini söyləyib haqqı yalan saydılar, dində olduqlarına güvənildilər, lakin xəyanət etdilər, dinə və ona dəstək verməyə vəd verdilər, lakin vədlərinə xilaf çıxdılar və mübahisələrində ədalətsizlik etdilər".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65124</t>
   </si>
   <si>
     <t>من حسن إسلام المرء تركه ما لا يعنيه</t>
   </si>
   <si>
     <t>Kişinin, özünə aid olmayan şeyi tərk etməsi, onun İslamının gözəlliyindəndir</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مِنْ حُسْنِ إِسْلَامِ المَرْءِ تَرْكُهُ مَا لَا يَعْنِيهِ».</t>
   </si>
   <si>
     <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Allah Rəsulu (sallallahu əleyhi va səlləm) belə demişdir: "Kişinin, özünə aid olmayan şeyi tərk etməsi, onun İslamının gözəlliyindəndir".</t>
   </si>
   <si>
     <t>بين النبي صلى الله عليه وسلم: أن من كمال محاسن إسلام المسلم وتمام إيمانه، ابتعاده عما لا يعنيه ولا يخصه ولا يهمه وما لا يفيده من الأقوال والأفعال، أو مما لا يعنيه من أمور الدين والدنيا، فالاشتغال بما ليس للإنسان ربما شغله عما يعنيه، أو أداه إلى ما يلزمه اجتنابه؛ فإن الإنسان مسؤول عن أعماله يوم القيامة.</t>
   </si>
   <si>
     <t>Peyğəmbər (sallallahu əleyhi va səlləm) bu hədisdə bəyan etmişdir ki, müsəlmanın İslamının kamilliyi və imanının tamlığından biri də, din və dünya işlərində ona aidiyyəti olmayan, onu maraqlandırmayan və həmçinin ona fayda verməyən söz və əməllərdən uzaq durmasıdır. Çünki insanın ona aidiyyəti olmayan işlərlə məşğul olması, onu, özünə aid olan işlərdən yayındıra bilər yaxud da onu uzaq durmalı olduğu şeylərə sürükləyə bilər. Çünki insan Qiyamət günü öz əməllərinə görə sorğu-sual olunacaqdır.</t>
   </si>
@@ -16291,101 +16280,101 @@
 يدخل في عموم معنى الحديث: الابتعاد عما لا يعني مما حرم الله عزوجل وما كرهه النبي صلى الله عليه وسلم، وكذلك ما لا يحتاج إليه من أمور أخروية كحقائق الغيب وتفاصيل الحكم في الخلق والأمر، ومنها السؤال والبحث عن مسائل مقدرة ومفترضة لم تقع، أو لا تكاد تقع، أو لا يتصور وقوعها.</t>
   </si>
   <si>
     <t>İnsanlar İslamda fərqli səviyyələrdədirlər və o bəzi əməllərlə daha da gözəlləşir.
 Lağlağı və artıq söz və hərəkətlərdən uzaq durmaq, insanın İslamının kamilliyinin göstəricisidir.
 İnsanı, dininə və dünyasına aid olan işlərlə məşğul olmasına  təşviq etmək. Əgər insanın İslamının gözəlliyindən biri, ona aid olmayan şeyləri tərk etməsidirsə, deməli onun İslamının gözəlliyindən biri də, ona aidiyyəti olan şeylərlə məşğul olmasıdır.
 İbn Qayyim (Allah ona rəhmət etsin) belə demişdir: “Peyğəmbər (sallallahu əleyhi va səlləm) bütün təqva anlayışını bir cümlədə cəmləmişdir və bu cür demişdir: "Kişinin, özünə aid olmayan şeyləri tərk etməsi, onun İslamının gözəlliyindəndir". Bu ifadə, insana aidiyyəti olmayan hər şeyin: istər söz, baxış, dinləmə, toxunma, yerimə, düşüncə, istərsə də digər zahiri və batini hərəkətlərin tərkini əhatə edir. Bu, təqva haqqında kifayət edən bir kəlamdır”.
 İbn Rəcəb belə demişdir: Bu hədis ədəb qaydalarının əsaslarından bir əsasdır.
 Elm öyrənməyə təşviq etmək. Çünki insan məhz elm vasitəsilə, nəyin ona aid olduğunu və nəyin ona aid olmadığını ayırd edə bilir.
 Yaxşılığı əmr etmək, pislikdən çəkindirmək və nəsihət vermək insana aid olan işlərdəndir. Çünki o, bu şeylərlə əmr olunmuşdur.
 Hədisin ümumi mənasına aşağıdakılar da daxildir: Uca Allahın haram buyurduğu və Peyğəmbərin (sallallahu əleyhi va səlləm) bəyənmədiyi — insana aid olmayan — işlərdən uzaq durmaq. Həmçinin insanın ehtiyac duymadığı axirət məsələləri, məsələn: qeyb aləminin həqiqətləri və yaradılışda və ilahi hökmdəki təfərrüatlar kimi şeylər də bu qəbildəndir. Eləcə də hələ baş verməmiş, çox nadir hallarda baş verə biləcək və ya heç vaxt baş verməsi mümkün olmayan ehtimal və fərziyyəvi məsələləri soruşmaq və müzakirə etmək bu hədisin əhatə dairəsinə daxildir.</t>
   </si>
   <si>
     <t>رواه الترمذي وغيره</t>
   </si>
   <si>
     <t>[رواه الترمذي وغيره]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65255</t>
   </si>
   <si>
     <t>بين كل أذانين صلاة، بين كل أذانين صلاة ثم قال في الثالثة: لمن شاء</t>
   </si>
   <si>
-    <t>Hər iki azan (azan və iqamə) arasında namaz vardır, hər iki azan arasında namaz vardır" Sonra üçüncü dəfədə əlavə etdi: "İstəyən üçün</t>
+    <t>Hər iki azan (azan və iqamə) arasında namaz vardır, hər iki azan arasında namaz vardır". Sonra üçüncü dəfədə əlavə etdi: "İstəyən üçün</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مُغَفَّلٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صلى الله عليه وسلم: «بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ».</t>
   </si>
   <si>
-    <t>Abdullah bin Muğaffəldən (Allah ondan razı olsun) rəvayət edilir ki, o, dedi: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: "Hər iki azan (azan və iqamə) arasında namaz vardır, hər iki azan arasında namaz vardır" Sonra üçüncü dəfədə əlavə etdi: "İstəyən üçün".</t>
+    <t>Abdullah bin Muğaffəldən (Allah ondan razı olsun) rəvayət edilir ki, o, dedi: Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: "Hər iki azan (azan və iqamə) arasında namaz vardır, hər iki azan arasında namaz vardır". Sonra üçüncü dəfədə əlavə etdi: "İstəyən üçün".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ بَيْنَ كلِّ أذانٍ وإقامةٍ صلاةُ نافلةٍ، وكرَّر ذلك ثلاثًا، وأخبر في الثالثة أن ذلك مُستحبٌّ لِمَن أراد أن يصلي.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər azan və iqamə arasında nafilə namazı olduğunu bəyan edərək bunu üç dəfə təkrar etdi və üçüncü dəfədə bunun namaz qılmaq istəyən kəs üçün müstəhəb olduğunu bildirdi.</t>
   </si>
   <si>
     <t>استحباب الصلاة بين الأذان والإقامة.
 هدي النبي صلى الله عليه وسلم في تكرار القول، وذلك إسماعًا وتأكيدًا لأهمية ما يقول.
 المراد بالأذانين: الأذان والإقامة، وأطلق عليهما (الأذانَين) تغليبًا، كالقمرين (الشمس والقمر) والعُمَرَيْن (أبي بكر وعمر).
 الأذان إعلام بدخول الوقت، والإقامة إعلام بحضور فعل الصلاة.</t>
   </si>
   <si>
     <t>Azan və iqamə arasında namaz qılmağın müstəhəbliyi.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) dediklərini eşitdirmək və əhəmiyyətini təsdiq etmək üçün sözünü təkrarlamaq metodu.
 (Ərəb dilində) İki azan dedikdə: azan və iqamə nəzərdə tutulur və onlar üçün iki azan sözünün işlənməsi (azanın) üstünlük təşkil etdiyinə görədir, necə ki, iki ay (günəş və ay üçün) və iki Ömər (Əbu Bəkr və Ömər üçün) işlədilir.
-Azan namaz vaxtının daxil olmasının xəbərdarlığı, iqamə isə namazın indi yerinə yetirilməsinin   xəbərdarlığdır.</t>
+Azan namaz vaxtının daxil olmasının xəbərdarlığı, iqamə isə namazın indi yerinə yetirilməsinin xəbərdarlığdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65479</t>
   </si>
   <si>
     <t>إذا مات الإنسان انقطع عنه عمله إلا من ثلاثة: إلا من صدقة جارية، أو علم ينتفع به، أو ولد صالح يدعو له</t>
   </si>
   <si>
     <t>İnsan vəfat etdikdə üç əməldən başqa bütün əməlləri dayanar: bu davamlı sədəqə, fayda verən elm və ya onun üçün dua edən saleh övladdır</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا مَاتَ الْإِنْسَانُ انْقَطَعَ عَنْهُ عَمَلُهُ إِلَّا مِنْ ثَلَاثَةٍ: إِلَّا مِنْ صَدَقَةٍ جَارِيَةٍ، أَوْ عِلْمٍ يُنْتَفَعُ بِهِ، أَوْ وَلَدٍ صَالِحٍ يَدْعُو لَهُ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "İnsan vəfat etdikdə üç əməldən başqa bütün əməlləri dayanar: bu davamlı sədəqə, fayda verən elm və ya onun üçün dua edən saleh övladdır.</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) rəvayət edilir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "İnsan vəfat etdikdə üç əməldən başqa bütün əməlləri dayanar: bu davamlı sədəqə, fayda verən elm və ya onun üçün dua edən saleh övladdır".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ عملَ الميتِ ينقطع بموته، فلا تحصل له الحسنات بعد موته إلا في هذه الأشياء الثلاثة؛ لكونه كان سببَها: 
 الأول: الصدقة التي يَجْري ثوابُها ويدوم، غير المُنقَطِع كالوقف، وبناء المساجد، وحفر الآبار، وغير ذلك.
 الثاني: العلم الذي يَنتفِعُ به الناس، كتصنيف كتب العلم، أو كأنْ يُعَلِّمَ شخصًا، فيقوم ذلك الشخص بنشر ذلك العلم بعد موته.
 الثالث: الولد الصالح المؤمن يدعو لوالديه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, ölən kəsin əməli onun ölümü ilə sona çatır, ona görə də, ölümündən sonra bu üç şeydən başqa o, savab əldə edə bilmir; Çünki bu üş şeyə onun özü səbəb olub:
 Birincisi: Vəqf, məscid tikmək, quyu qazmaq və s. kimi savabı axarlı və davamlı, fasiləsiz olan sədəqə.
-İkincisi: Elm kitabları yazmaq və ya kiməsə elm öyrədib, öldükdən sonra həmin şəxsin bu elmi yaması kimi insanların faydalandığı elm.
+İkincisi: Elm kitabları yazmaq və ya kiməsə elm öyrədib, öldükdən sonra həmin şəxsin bu elmi yayması kimi insanların faydalandığı elm.
 Üçüncüsü: Valideynlərinə dua edən saleh mömin övlad.</t>
   </si>
   <si>
     <t>أجمع أهل العلم على أنّ مما يَلْحَقُ الإنسانَ بعد موته من الثواب: الصدقة الجارية، والعلم الذي ينتفع به، والدعاء، وورد في الأحاديث الأخرى: الحج أيضًا.
 خص هذه الثلاثة بالذكر في هذا الحديث؛ لأنها أصول الخير، وأغلب ما يقصد أهل الفضل بقاءَه بعدهم.
 كل علم يُنتَفَع به فإنه يحصل له الأجر، لكن على رأسها وقمَّتِها العلمُ الشرعي والعلوم المساندة له.
 العلم أنفع هذه الثلاث؛ لأن العلم ينتفع به الإنسان الذي يتعلمه، العلم فيه حفظ الشريعة، فيه نفع الخلق عمومًا، وهو أشمل وأعم لأنه يتعلم من علمك الموجود في حياتك والموجود بعد وفاتك.
 الحث على تربية الأولاد الصالحين؛ فهم الذين ينفعون والديهم في الآخرة، ومِن نَفْعِهم أنهم يدعون لهم.
 الحث على الإحسان إلى الوالدين بعد موتهما، وهو أيضا من البر الذي يستفيد الولد منه.
 الدعاء ينفع الميت ولو كان من غير الولد، ولكن خص الولد بالذكر لأنه الذي يستمر في الدعاء للشخص غالبًا إلى أن يموت هو.</t>
   </si>
   <si>
     <t>Alimlər icma etmişdirlər ki, insanın ölümündən sonra aldığı savablar arasında davamlı sədəqə, faydalı elm və dua vardır. Digər hədislərdə həmçinin həcc də qeyd olunmuşdur.
 Hədisdə bu üç əməl xüsusi olaraq qeyd edilmişdir. Çünki onlar xeyirin əsaslarıdır və adətən fəzilət sahiblərinin özlərindən sonra qalmağını qəsd etdikləri şeylərdir.
 Faydalı olan hər bir elm üçün savab əldə edilir, lakin onun başında və zirvəsində şəriət elmi və onu dəstəkləyən elmlər dayanır.
 Bu üç şeyin ən faydalısı elmdir. Çünki elm həm onu öyrənən insana fayda verir, həm də şəriətin qorunmasına xidmət edir, ümumilikdə bütün insanlara xeyir gətirir. O, daha geniş və əhatəlidir. Çünki insan sənin elminlə həm həyatında, həm də ölümündən sonra faydalana bilər.
 Saleh övladlar yetişdirməyə təşviq etmək. Çünki məhz onlar axirətdə valideynlərinə fayda verəcəklər. Onların faydalarından biri də valideynləri üçün dua etmələridir.
 Valideynlər öldükdən sonra onlara yaxşılıq etməyə təşviq etmək. Bu həmçinin övladın özünə fayda verən xeyirxahlığın bir növüdür.
 Dua, övlad tərəfindən edilməsə belə, ölüyə fayda verir. Lakin hədisdə övladın xüsusilə qeyd olunmasının səbəbi budur ki, valideynləri üçün ölümündən sonra da davamlı şəkildə dua edənlər əsasən məhz övladlardır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65566</t>
   </si>
   <si>
     <t>يا رسول الله، إن أم سعد ماتت، فأي الصدقة أفضل؟، قال: الماء، قال: فحفر بئرا، وقال: هذه لأم سعد</t>
@@ -16420,98 +16409,99 @@
   <si>
     <t>حسن بمجموع طرقه</t>
   </si>
   <si>
     <t>[حسن بمجموع طرقه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65613</t>
   </si>
   <si>
     <t>ليس المؤمن بالطعان ولا اللعان ولا الفاحش ولا البذيء</t>
   </si>
   <si>
     <t>“Mömin tənə edən, lənət edən, pis söz danışan və ədəbsiz davranan deyildir”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ».</t>
   </si>
   <si>
     <t>Abdullah bin Məsuddan (Allah ondan razı olsun) rəvayət edilir ki, o, belə demişdir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: “Mömin tənə edən, lənət edən, pis söz danışan və ədəbsiz davranan deyildir”.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ليس مِن شَأنِ المؤمنِ الكامِلِ الإيمانِ أنْ يكونَ عيّابًا للناس في أنسابهم، ولا كثير الشتائم واللعن، ولا الفاحش بالفعل ولا بالقول الذي لا حياء له.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, insanları nəsillərinə görə ayıblamaq, tez-tez söyüş söymək və lənət etmək,  ədəbsiz, çirkin söz danışmaq və hərəkət etmək möminin sifəti deyil.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, insanları nəsillərinə görə ayıblamaq, tez-tez söyüş söymək və lənət etmək, ədəbsiz, çirkin söz danışmaq və hərəkət etmək möminin sifəti deyil.</t>
   </si>
   <si>
     <t>نفيُ الإيمانِ في النصوص الشرعية لا يكون إلا لِفعل مُحرّم أو ترك واجب.
 الحث على حفظِ الجوارح وصونِها عن المساوئ، خاصة اللسان.
 قال السندي: وفي صيغة المبالغة في (الطعّان، واللعّان) دلالة على أن صدور الطعن واللعن على قِلَّة فيمن يستحق ذلك لا يضر في الاتصاف بصفات أهل الإيمان.</t>
   </si>
   <si>
     <t>Şəriət mətnlərində imanın inkar edilməsi yalnız haramın işlənməsi və ya vacibin tərki səbəbi ilə olur.
 Əzaları, xüsusən də dili pisliklərdən qorumağa təşviq etmək.
-Sindi demişdir: “(ət-Taan, əl-Ləən) Tənə edən və lənət edən” kəlmələrinin mübaliğə formasında gəlməsi onun göstəricisidir ki, az halda bu ifadələrin layiq olan şəxsə söylənməsi iman əhlinin bu sifətlə vəsf olunmasına xələl gətirmir.</t>
+Sindi demişdir: “(ət-Taan, əl-Ləən) Tənə edən və lənət edən” kəlmələrinin mübaliğə formasında gəlməsi onun göstəricisidir ki, az halda bu ifadələrin layiq olan şəxsə söylənməsi iman əhlinin bu sifətlə vəsf olunmasına xələl gətirmir".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65869</t>
   </si>
   <si>
     <t>ويل للأعقاب من النار أسبغوا الوضوء</t>
   </si>
   <si>
     <t>Cəhənnəm odunda (yanan) dabanlara vay olsun, dəstəmazı tam alın</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرٍو رَضيَ اللهُ عنهما قَالَ: رَجَعْنَا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ مَكَّةَ إِلَى الْمَدِينَةِ حَتَّى إِذَا كُنَّا بِمَاءٍ بِالطَّرِيقِ تَعَجَّلَ قَوْمٌ عِنْدَ الْعَصْرِ، فَتَوَضَّؤُوا وَهُمْ عِجَالٌ، فَانْتَهَيْنَا إِلَيْهِمْ وَأَعْقَابُهُمْ تَلُوحُ لَمْ يَمَسَّهَا الْمَاءُ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ».</t>
   </si>
   <si>
-    <t>Abdullah bin Amr (Allah onların hər ikisindən razı olsun) demişdir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ilə Məkkədən Mədinəyə qayıdarkən yolda su tapdıq və insanlar əsr namazı üçün tələsdi və tələsik formada dəstəmaz aldılar. Biz onların yanına gəldikdə, dabanlarına su dəymədiyi görünürdü. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: " Cəhənnəm odunda (yanan) dabanlara vay olsun, dəstəmazı tam alın."</t>
+    <t>Abdullah bin Amr (Allah onların hər ikisindən razı olsun) demişdir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ilə Məkkədən Mədinəyə qayıdarkən yolda su tapdıq və insanlar əsr namazı üçün tələsdi və tələsik formada dəstəmaz aldılar. Biz onların yanına gəldikdə, dabanlarına su dəymədiyi görünürdü. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Cəhənnəm odunda (yanan) dabanlara vay olsun, dəstəmazı tam alın".</t>
   </si>
   <si>
     <t>سافَرَ النبيُّ صلى الله عليه وسلم من مكةَ إلى المدينةِ ومعه أصحابه، وفي طريقهم وَجَدوا ماءً، فأسرع بالوضوء لصلاة العصر بعضُ الصحابة حتى إنّ مؤخَّرَ أقدامِهم يظهر للناظِر يَبُوستُها من الماء، فقال النبي صلى الله عليه وسلم: عَذابٌ وهلاكٌ في النار للمقصِّرين في غسل مؤخَّرِ القدمِ حين الوضوء، وأمرهم أن يُبالِغوا في إكمال الوضوء.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) səhabələri ilə birlikdə Məkkədən Mədinəyə səfər etdi və yolda su tapdılar. Bəzi sahabələr əsr namazı üçün dəstəmaz almağa o qədər tələsdilər ki, ayaqlarının arxalarının quru olduğu baxan kəsə aşkar göründü. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: Dəstəmaz alarkən ayaqlarının arxasını yumaqda səhlənkarlıq edənlərə cəhənnəmdə əzab və həlak vardır və onlara dəstəmazı kamil almağı əmr etdi.</t>
   </si>
   <si>
     <t>وجوب غسل الرجلين في الوضوء؛ لأنه لو جاز المسح لما توعّد بالنار مَن ترك غسل العقب.
 وجوب تعميم الأعضاء المغسولة بالغسل، وأن من ترك جزءًا يسيرًا مما يجب تطهيره عمدًا وتساهلًا لا تصح صلاته.
 أهمية تعليم الجاهل وإرشاده.
 العالم ينكر ما يراه من تضييع الفرائض والسنن بالأسلوب المناسب.
 قال محمد إسحاق الدهلوي: الإسباغ على ثلاثة أنواع: فرض وهو استيعاب المحل مرة، وسنة وهو الغسل ثلاثًا، ومستحب وهو الإطالة مع التثليث.</t>
   </si>
   <si>
     <t>Dəstəmaz alarkən ayaqları yumaq vacibdir. Çünki məsh çəkmək icazəli olsaydı, dabanını yumayan kəsi atəşlə hədələməzdi.
 Yuyulması fərz olan bədən üzvlərinin hər tərəfini tam şəkildə yumaq vacibdir. Əgər bir kəs yuyulması vacib olan yerdən az bir hissəni bilərəkdən və ya səhlənkarlıqla tərk edərsə, onun namazı səhih sayılmaz.
-Cahilləri öyrətməyin və yönəltməyin əhəmiyyəti
+Cahilləri öyrətməyin və yönəltməyin əhəmiyyəti.
 Alim vacib və sünnələrdə yol verilən nöqsanlardan gördüklərini münasib üslubda inkar edir.
-Muhəmməd İshaq Əd-Dəhləvi  demişdir: “İsbağ üç növdür: 1.Vacib olan, bu (yuyulması gərəkən) yerləri bir dəfə yumaqdır.
-[...1 lines deleted...]
-3. Müstəhəb olan- üç dəfə olmaqla uzun müddət yumaq.</t>
+Muhəmməd İshaq Əd-Dəhləvi demişdir: “İsbağ üç növdür: 
+1. Vacib olan, bu (yuyulması gərəkən) yerləri bir dəfə yumaqdır.
+2. Sünnət olan - üç dəfə yumaq.
+3. Müstəhəb olan - üç dəfə olmaqla uzun müddət yumaq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/66392</t>
   </si>
   <si>
     <t>إن الله فرض فرائض فلا تضيعوها، وحد حدودا فلا تعتدوها، وحرم أشياء فلا تنتهكوها، وسكت عن أشياء رحمة لكم غير نسيان فلا تبحثوا عنها</t>
   </si>
   <si>
     <t>Uca Allah bəzi əməlləri fərz etmişdir, onları zay etməyin. Bəzi hüdudlar qoymuşdur, onları aşmayın. Bəzi şeyləri isə haram buyurmuşdur, onları etməyin. Bəzi işlər barədə unutqanlıqdan deyil də, lakin sizə mərhəmət olaraq susmuşdur, elə isə onları araşdırmayın</t>
   </si>
   <si>
     <t>عَنْ أَبِي ثَعْلَبَةَ الخُشَنِيِّ جُرْثُومِ بن نَاشِرٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَال: «إِنَّ اللَّهَ فَرَضَ فَرَائِضَ فَلَا تُضَيِّعُوهَا، وَحَدَّ حُدُودًا فَلَا تَعْتَدُوهَا، وَحَرَّمَ أَشْيَاءَ فَلَا تَنْتَهِكُوهَا، وَسَكَتَ عَنْ أَشْيَاءَ رَحْمَةً لَكُمْ غَيْرَ نِسْيَانٍ فَلَا تَبْحَثُوا عَنْهَا».</t>
   </si>
   <si>
     <t>Əbu Sələbə əl-Xuşəni Cursum bin Nəşir (Allah ondan razı olsun)  Rəsulullahın (sallallahu aleyhi və səlləm) belə dediyini rəvayət edir: "Uca Allah bəzi əməlləri fərz etmişdir, onları zay etməyin. Bəzi hüdudlar qoymuşdur, onları aşmayın. Bəzi şeyləri isə haram buyurmuşdur, onları etməyin. Bəzi işlər barədə unutqanlıqdan deyil də, lakin sizə mərhəmət olaraq susmuşdur, elə isə onları araşdırmayın".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الله أوجب أشياء وفرض فرائض فالتزموها ولا تفرطوا فيها بالترك أو التهاون فيها، وجعل لكم حواجز وزواجر مقدرةً تحجزكم وتزجركم عما لا يرضاه، فلا تزيدوا عليها عمَّا أمر به الشرع، وحرم محرمات فلا تتناولوها ولا تقربوها، وما عدا ذلك تركها وسكت عنها رحمة بعباده، فتبقى على أصل إباحتها فلا تبحثوا عنها.</t>
   </si>
   <si>
     <t>Peyğəmbər (sallallahu əleyhi va səlləm) xəbər verir ki, Allah bəzi şeyləri vacib və bəzi şeyləri isə fərz etmişdir. Onlara riayət edin və onları tərk etməklə və ya onlara səhlənkar yanaşmaqla onları zay etməyin. Allah sizə, Özünün razı qalmadığı şeylərdən çəkindirmək və saxlamaq üçün bəzi maneələr və qadağalar da qoymuşdur. Buna görə də şəriətin buyurduğundan artıq bir şey etməyin. Allah bəzi şeyləri haram etmişdir, onları işləməyin və onlara yaxınlaşmayın. Bunlardan başqa şeyləri isə qullarına mərhəmət olaraq tərk etmişdir və onlar barəsində susmuşdur. Ona görə də bu şeylər, əsli hökmündə halal olaraq qalır, bu səbəbdən onların hökmünü araşdırmayın.</t>
   </si>
   <si>
     <t>الحديث دليل على أن الله هو المشرع فالأمر بيده سبحانه.
 تضمن الحديث قواعد الشرع حكمًا وإباحةً؛ إذ الحكم الشرعي إمَّا مسكوتٌ عنه أو متكلَّم به، وهو إما: مأمورٌ به وجوبًا أو ندبًا، أو منهيٌّ عنه تحريمًا أو كراهةً، أو مباحٌ.
@@ -16530,185 +16520,185 @@
   </si>
   <si>
     <t>رواه الدارقطني في سننه، وغيره</t>
   </si>
   <si>
     <t>[رواه الدارقطني في سننه وغيره]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/66510</t>
   </si>
   <si>
     <t>Əməllər niyyətlərə görədir. Hər kəsə yalnız niyyət etdiyi şey vardır</t>
   </si>
   <si>
     <t>عَنْ أَمِيرِ المُؤْمِنِينَ أَبِي حَفْصٍ عُمَرَ بْنِ الخَطَّابِ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إنَّمَا الأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ فَهِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوْ امْرَأَةٍ يَنْكِحُهَا فَهِجْرَتُهُ إلَى مَا هَاجَرَ إلَيْهِ».</t>
   </si>
   <si>
     <t>Möminlərin əmiri Əbu Hafs Ömər bin Xattab (Allah ondan razı olsun) demişdir: Mən Allah Rəsulunun (salləllahu aleyhi va səlləm) belə dediyini eşitdim: "Əməllər niyyətlərə görədir. Hər kəsə yalnız niyyət etdiyi şey vardır. Kimin hicrəti Allah və Onun Rəsulu üçün olarsa, onun hicrəti, Allah və Onun Rəsulu üçün olar. Kimin də hicrəti, əldə edəcəyi dünya malına və ya evlənəcəyi qadına görə olarsa, onun hicrəti hicrət etdiyi şey üçün olar".</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.
 النية يفرق بها بين العبادات بعضها عن بعض وأيضًا العبادات عن العادات.</t>
   </si>
   <si>
-    <t>İxlasa təşviq , çünki Allah yalnız Onun razılığı üçün edilmiş əməli qəbul edir.
+    <t>İxlasa təşviq, çünki Allah yalnız Onun razılığı üçün edilmiş əməli qəbul edir.
 İzzət və cəlal sahibi olan Allaha yaxınlaşdıran əməlləri mükəlləf olan insan adət olaraq edərsə, bunları Allah üçün etmədikcə, savab əldə etməz.
 Niyyət ibadətləri bir-birindən, həmçinin ibadətlərlə adətləri bir-birindən ayırır.</t>
   </si>
   <si>
     <t>رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري،  وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة</t>
   </si>
   <si>
     <t>[رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/66511</t>
   </si>
   <si>
-    <t>Əbu Abdurrahman Abdullah bin Ömər bin Xattab (Allah ondan razı olsun) demişdir: Mən Allah Rəsulunun (salləllahu aleyhi va səlləm) belə dediyini eşitdim:||İslam beş təməl üzərində qurulub: Allahdan başqa ibadətə layiq məbud olmadığına, Muhəmmədin Onun qulu və rəsulu olduğuna şəhadət etmək, namaz qılmaq, zəkat vermək, Allahın evini həcc etmək və Ramazan orucunu tutmaq</t>
+    <t>Əbu Abdurrahman Abdullah bin Ömər bin Xattab (Allah ondan razı olsun) demişdir: Mən Allah Rəsulunun (salləllahu aleyhi va səlləm) belə dediyini eşitdim:||"İslam beş təməl üzərində qurulub: Allahdan başqa ibadətə layiq haqq məbud olmadığına, Muhəmmədin Onun qulu və rəsulu olduğuna şəhadət etmək, namaz qılmaq, zəkat vermək, Allahın evini həcc etmək və Ramazan orucunu tutmaq</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
-    <t>Əbu Abdurrahman Abdullah bin Ömər bin Xattab (Allah ondan razı olsun) demişdir: Mən Allah Rəsulunun (salləllahu aleyhi va səlləm) belə dediyini eşitdim: İslam beş təməl üzərində qurulub: Allahdan başqa ibadətə layiq məbud olmadığına, Muhəmmədin Onun qulu və rəsulu olduğuna şəhadət etmək, namaz qılmaq, zəkat vermək, Allahın evini həcc etmək və Ramazan orucunu tutmaq".</t>
+    <t>Əbu Abdurrahman Abdullah bin Ömər bin Xattab (Allah ondan razı olsun) demişdir: Mən Allah Rəsulunun (salləllahu aleyhi va səlləm) belə dediyini eşitdim: "İslam beş təməl üzərində qurulub: Allahdan başqa ibadətə layiq haqq məbud olmadığına, Muhəmmədin Onun qulu və rəsulu olduğuna şəhadət etmək, namaz qılmaq, zəkat vermək, Allahın evini həcc etmək və Ramazan orucunu tutmaq".</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
     <t>رواه البخاري ومسلم</t>
   </si>
   <si>
     <t>[رواه البخاري ومسلم]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/66512</t>
   </si>
   <si>
     <t>إن أحدكم يجمع خلقه في بطن أمه أربعين يوما</t>
   </si>
   <si>
     <t>Sizlərdən birinizin yaradılışı (embrion) anasının bətnində qırx gündə cəm edilir</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «إِنَّ أَحَدَكُمْ يُجْمَعُ خَلْقُهُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا، ثُمَّ يَكُونُ عَلَقَةً مِثْلَ ذَلِكَ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَ ذَلِكَ، ثُمَّ يُرْسَلُ إلَيْهِ المَلَكُ فَيَنْفُخُ فِيهِ الرُّوحَ، وَيُؤْمَرُ بِأَرْبَعِ كَلِمَاتٍ: بِكَتْبِ رِزْقِهِ، وَأَجَلِهِ، وَعَمَلِهِ، وَشَقِيٍّ أَوْ سَعِيدٍ؛ فَوَالَّذِي لَا إلَهَ غَيْرُهُ إنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُهَا، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
     <t>Əbu Abdurrahman Abdullah bin Məsud (Allah ondan razı olsun) belə demişdir: Doğru söz sahibi və doğruluğu təsdiqlənmiş Allah Rəsulu (salləllahu aleyhi va səlləm) bizə belə buyurdu: "Sizlərdən birinizin yaradılışı (embrion) anasının bətnində qırx gündə cəm edilir, sonra həmin müddətdə laxtalanmış qana çevrilir, sonra növbəti qırx gündə ət parçasına çevrilir, sonra ona mələk göndərilir və mələk ona ruh üfürür. Ona dörd şeyi: ruzisini, əcəlini, əməlini, bədbəxt və ya xoşbəxt olacağını - yazmaq əmr edilir. Özündən başqa heç bir ilah olmayana and olsun ki, sizlərdən biriniz Cənnət əhlinin əməlini edər, onun Cənnətə daxil olmasına bir qarış qalmış, ana bətnində yazılmış qədəri onu qabaqlayar və o, Cəhənnəm əhlinin əməlini edərək Cəhənnəmə daxil olar. Sizlərdən biriniz Cəhənnəm əhlinin əməlini edər, onun Cəhənnəmə düşməsinə bir qarış qalmış, ana bətnində yazılmış qədəri onu qabaqlayar və o, Cənnət əhlinin əməlini edərək cənnətə daxil olar".</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، وأجله، وهو مدة بقائه في الدنيا، وعمله، ما هو؟ وشقيٌ أو سعيد. ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
     <t>بيان مراحل خلق الإنسان.
 الإيمان بالقضاء والقدر.
 الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
   </si>
   <si>
     <t>İnsanın yaradılış mərhələlərinin bəyanı.
 Qəza və qədərə iman.
 Hər bir məsələ sonda qədərdə yazıldığı kimi olur və təqdir edilən reallaşır.
-"Əməllərə güvənib aldanmamaq"-xəbərdarlığı, çünki əməllər sonuna görə dəyərləndirilir.
+"Əməllərə güvənib aldanmamaq" - xəbərdarlığı, çünki əməllər sonuna görə dəyərləndirilir.
 ____</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/66513</t>
   </si>
   <si>
     <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
   </si>
   <si>
     <t>Kim bizim bu işimizdə (dinimizdə) onda olmayan bir yenilik edərsə o, rədd olunar</t>
   </si>
   <si>
     <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
 وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>Möminlərin anası Ummu Abdullah Aişə (Allah ondan razı olsun) rəvayət edir ki, Allah Rəsulu (salləllahu aleyhi va səlləm) belə buyurmuşdur: "Kim bizim bu işimizdə (dinimizdə) onda olmayan bir yenilik edərsə o, rədd olunar".</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>İbadətlər Quran və sünnədə gələn dəlillərə əsaslanır, ona görə də biz uca Allaha dinə artırılmış yeniliklər və ya sonradan uydurulmuş bidətlərlə deyil, Onun əmr etdiyi qayda-qanunlara tam uyğun olaraq ibadət edirik.
 Din hər hansı bir kəsin fikri və xoşuna gəldiyi tərzdə deyil, Allah Rəsuluna (Allahın salavatı və salamı onun üzərinə olsun) tabe olmaqla gerçəkləşir.
 Bu hədis dinin kamilliyinə dəlildir.
-Bidət, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) və onun səhabələrinin dövründə öz əksini və təsdiqini tapmayan,  əqidədə , eləcə də söz və əməldə sonradan əlavə edilən yeniliklərdir.
-Bu hədis İslamın əsaslarından biridir və əməllər üçün tərəzi misalındadır. Necə ki, uca Allahın razılığı umulmayan hər bir işin savabı olmadığı kimi,Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) buyurduğu şəriətə uyğun olmayan əməl də onu edən üçün faydasız olar.
+Bidət, Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) və onun səhabələrinin dövründə öz əksini və təsdiqini tapmayan əqidədə, eləcə də söz və əməldə sonradan əlavə edilən yeniliklərdir.
+Bu hədis İslamın əsaslarından biridir və əməllər üçün tərəzi misalındadır. Necə ki, uca Allahın razılığı umulmayan hər bir işin savabı olmadığı kimi, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) buyurduğu şəriətə uyğun olmayan əməl də onu edən üçün faydasız olar.
 Hədis, sonradan yaranan bidətləri və ortaya çıxan münkərləri rədd edən bir qaydadır.
 Qadağan olunan yeniliklər dini məsələləri əhatə edir, dünya işlərindəki yeniliklərə aid deyildir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/66514</t>
   </si>
   <si>
     <t>إن الحلال بين، وإن الحرام بين</t>
   </si>
   <si>
-    <t>Əbu Abdullah Numən bin Bəşir (Allah ondan razı olsun) demişdir: Mən Allah Rəsulunun (salləllahu aleyhi va səlləm) belə dediyini eşitdim:||"Şübhəsiz ki, halal olan şeylər bəllidir, haram olan şeylər bəllidir, onların arasında əksər insanların bilmədiyi şübhəli məsələr var. Kim şübhələrdən çəkinərsə, dinini və şərəfini qorumuş olar. Lakin kim şübhələrə uyarsa , harama düşmüş olar. (Onun misalı) Qoruğun ətrafında sürüsünü otaran çobanın misalı kimidir, onun sürüsü sanki qadağan edilən qoruğa daxil olmaq istəyir. Bilin ki, hər hökmdarın öz qoruğu vardır. Allahın qoruğu da, onun haramlarıdır. Agah olun ki, bədəndə bir ət parçası vardır ki, o sağlam olarsa bütün bədən sağlam olar, o pozularsa, bədənin bütün əzaları pozular. Bilin ki, bu qəlbdir</t>
+    <t>Əbu Abdullah Numən bin Bəşir (Allah ondan razı olsun) demişdir: Mən Allah Rəsulunun (salləllahu aleyhi va səlləm) belə dediyini eşitdim:||"Şübhəsiz ki, halal olan şeylər bəllidir, haram olan şeylər bəllidir, onların arasında əksər insanların bilmədiyi şübhəli məsələlər var. Kim şübhələrdən çəkinərsə, dinini və şərəfini qorumuş olar. Lakin kim şübhələrə uyarsa, harama düşmüş olar. (Onun misalı) Qoruğun ətrafında sürüsünü otaran çobanın misalı kimidir, onun sürüsü sanki qadağan edilən qoruğa daxil olmaq istəyir. Bilin ki, hər hökmdarın öz qoruğu vardır. Allahın qoruğu da, onun haramlarıdır. Agah olun ki, bədəndə bir ət parçası vardır ki, o sağlam olarsa bütün bədən sağlam olar, o pozularsa, bədənin bütün əzaları pozular. Bilin ki, bu qəlbdir</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
   </si>
   <si>
-    <t>Əbu Abdullah Numən bin Bəşir (Allah ondan razı olsun) demişdir: Mən Allah Rəsulunun (salləllahu aleyhi va səlləm) belə dediyini eşitdim: "Şübhəsiz ki, halal olan şeylər bəllidir, haram olan şeylər bəllidir, onların arasında əksər insanların bilmədiyi şübhəli məsələr var. Kim şübhələrdən çəkinərsə, dinini və şərəfini qorumuş olar. Lakin kim şübhələrə uyarsa , harama düşmüş olar. (Onun misalı) Qoruğun ətrafında sürüsünü otaran çobanın misalı kimidir, onun sürüsü sanki qadağan edilən qoruğa daxil olmaq istəyir. Bilin ki, hər hökmdarın öz qoruğu vardır. Allahın qoruğu da, onun haramlarıdır. Agah olun ki, bədəndə bir ət parçası vardır ki, o sağlam olarsa bütün bədən sağlam olar, o pozularsa, bədənin bütün əzaları pozular. Bilin ki, bu qəlbdir.</t>
+    <t>Əbu Abdullah Numən bin Bəşir (Allah ondan razı olsun) demişdir: Mən Allah Rəsulunun (salləllahu aleyhi va səlləm) belə dediyini eşitdim: "Şübhəsiz ki, halal olan şeylər bəllidir, haram olan şeylər bəllidir, onların arasında əksər insanların bilmədiyi şübhəli məsələlər var. Kim şübhələrdən çəkinərsə, dinini və şərəfini qorumuş olar. Lakin kim şübhələrə uyarsa, harama düşmüş olar. (Onun misalı) Qoruğun ətrafında sürüsünü otaran çobanın misalı kimidir, onun sürüsü sanki qadağan edilən qoruğa daxil olmaq istəyir. Bilin ki, hər hökmdarın öz qoruğu vardır. Allahın qoruğu da, onun haramlarıdır. Agah olun ki, bədəndə bir ət parçası vardır ki, o sağlam olarsa bütün bədən sağlam olar, o pozularsa, bədənin bütün əzaları pozular. Bilin ki, bu qəlbdir".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>الحديث قاعدة في اتقاء الشبهات.
 الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Bu hədis şübhəli şeylərdən uzaq durmaqda qaydadır.
 Hökmü bəlli olmayan şübhəli məsələni tərk etməyə rəğbətləndirmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/66515</t>
   </si>
   <si>
-    <t>Əbu Ruqayya Təmim bin Ovs əd-Dəri (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (sallallahu aleyhi va səlləm) belə demişdir:||"Din nəsihətdir". Biz dedik: Kimə? Peyğəmərimiz (Allahın salavatı və salamı onun üzərinə olsun): "Allaha, kitabına, rəsuluna, müsəlmanların rəhbərlərinə və bütün müsəmanlara" -deyə buyurdu</t>
+    <t>Əbu Ruqayya Təmim bin Ovs əd-Dəri (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (sallallahu aleyhi va səlləm) belə demişdir:||"Din nəsihətdir". Biz dedik: Kimə? Peyğəmərimiz (Allahın salavatı və salamı onun üzərinə olsun): "Allaha, kitabına, rəsuluna, müsəlmanların rəhbərlərinə və bütün müsəmanlara" - deyə buyurdu</t>
   </si>
   <si>
     <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
-    <t>Əbu Ruqayya Təmim bin Ovs əd-Dəri (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (sallallahu aleyhi va səlləm) belə demişdir: "Din nəsihətdir". Biz dedik: Kimə? Peyğəmərimiz (Allahın salavatı və salamı onun üzərinə olsun): "Allaha, kitabına, rəsuluna, müsəlmanların rəhbərlərinə və bütün müsəmanlara" -deyə buyurdu.</t>
+    <t>Əbu Ruqayya Təmim bin Ovs əd-Dəri (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (sallallahu aleyhi va səlləm) belə demişdir: "Din nəsihətdir". Biz dedik: Kimə? Peyğəmərimiz (Allahın salavatı və salamı onun üzərinə olsun): "Allaha, kitabına, rəsuluna, müsəlmanların rəhbərlərinə və bütün müsəmanlara" - deyə buyurdu.</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Peyğəmbər (sallallahu aleyhi va səlləm) Dinin ixlas və səmimiyyət üzərində qurulduğunu xəbər vermişdir. Beləliklə bu din, Uca Allahın vacib buyurduğu kimi qüsursuz və aldatma olmadan kamil şəkildə yerinə yetirilməlidir. Peyğəmbərdən (sallallahu aleyhi va səlləm) soruşdular: Səmimiyyət kimin üçün olmalıdır? O, belə cavab verdi: Birincisi: Səmimiyyət Uca və Pak olan Allah üçün olmalıdır.
 Bu, əməllərdə ixlaslı olmaq, Ona heç bir şərik qoşmamaq, Onun aləmlərin Rəbbi olduğuna, bütün ibadətlərin yalnız Ona məxsus olduğuna və ad və sifətlərinə iman gətirmək, Onun şanını ucaltmaq və insanları Ona iman etməyə dəvət etməklə olur. İkincisi: Səmimiyyət Uca Allahın Kitabı, Qurani-Kərim üçün olmalıdır. Bu, Quranın, Allahın kəlamı və kitabların sonuncusu olduğuna və Qurani-Kərimin özündən əvvəlki bütün şəriətlərin hökmünü ləğv etdiyinə etiqad etməklə, ona böyük hörmətlə yanaşmaqla, Qurani-Kərimi layiqincə oxumaqla, mühkəm (aydın və qəti olan) ayələrinə əməl etməklə, mütəşabih ayələrinə təslim olmaqla, Onun ayələrini təhrif edənlərin öz istəklərinə uyğun yozmalarını rədd etməklə, Quranın öyüdlərindən ibrət almaqla, Quran elmini təbliğ etməklə və insanları ona dəvət etməklə olur. Üçüncüsü: Səmimiyyət Allahın Rəsulu Muhəmməd (sallallahu aleyhi va səlləm) üçün olmalıdır. Bunun üçün Onun elçilərin sonuncusu olduğuna etiqad edirik, dediklərini təsdiq edirik, əmrlərinə tabe olub, qadağalarından çəkinirik, Uca Allaha yalnız onun gətirdiyi şəriətlə ibadət edirik, onun haqqını uca tutub, ona hörmət edirik, dəvətini yayır, şəriətini insanlara çatdırırıq, ona qarşı atılan ittihamları rədd edirik. Dördüncüsü: Səmimiyyət müsəlmanların rəhbərləri üçün olmalıdır. Bunun üçün haqq yolda onlara yardım göstərir, idarəçilik məsələsində onların işinə qarışmırıq, Allaha itaət çərçivəsində onları eşidib itaət edirik. Beşincisi: Səmimiyyət müsəlmanlar üçün olmalıdır. Bunun üçün onlara yaxşılıq edib, haqqa dəvət edirik, onlara əziyyət verməkdən çəkinirik, onlar üçün xeyir istəyib, yaxşılıq və təqvada onlarla yardımlaşırıq.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع. 
 عِظَم منزلة النصيحة من الدين. 
 اشتمال الدين على الاعتقادات والأقوال والأعمال. 
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/66516</t>
   </si>
@@ -16880,54 +16870,54 @@
     <t>Əbul-Abbas Abdullah bin Abbas (Allah onların hər ikisindən razı olsun) demişdir: Bir gün mən minik üzərində Rəsulullahın (sallallahu aleyhi və səlləm) arxa tərəfində idim, o, belə buyurdu: “Ey oğul! Mən sənə bir neçə kəlmə öyrədəcəm: Allahı qoru ki, (yəni günahlardan çəkin, yalnız ona ibadət et) Allah da səni qorusun. Allahı qoru ki, Onu öz qarşında görəsən. Bir şey istədikdə, Allahdan istə. Kömək istədikdə, yenə də Allahdan kömək istə. Bil ki, əgər bütün insanlar sənə xeyir vermək üçün bir yerə yığışsalar belə, Allahın (sənin qədərinə) yazdığından başqa sənə heç bir xeyir verə bilməzlər. Əgər sənə zərər vermək üçün bir yerə yığışsalar, yenə də Allahın (sənin qədərinə) yazdığından başqa sənə heç bir zərər verə bilməzlər. (Artıq) qələmlər qaldırılmış, səhifələr qurumuşdur”.</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
 وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
   </si>
   <si>
     <t>İbn Abbas (Allah ondan və atasından razı olsun) xəbər verir ki, o azyaşlı olarkən Allah Rəsulu (sallallahu aleyhi va səlləm) ilə birlikdə minik üzərində idi. Allah Rəsulu (sallallahu aleyhi va səlləm) ona belə buyurdu: Sənə bəzi işlər və sözlər öyrədəcəyəm ki, Allah onların vasitəsilə sənə fayda verəcəkdir: Uca Allahı, əmrlərini yerinə yetirməklə və qadağalarından çəkinməklə qoru. Elə et ki, Allah səni daima itaət və ibadət olan əməllərdə görsün, günah və haramlar içində görməsin. Əgər sən belə etsən, Allah da bunun qarşılığında səni bu dünyanın bəlalarından, axirətin əzablarından qoruyar və hansı işə yönəlsən, orada sənə yardım edər. Əgər bir şey istəsən, yalnız Allahdan istə. Çünki istəyənlərin dualarına yalnız O, cavab verir. Əgər kömək istəsən, yalnız Allahdan kömək istə. Əmin ol ki, əgər yer üzündə olan bütün insanlar sənə fayda vermək üçün bir yerə toplaşsalar belə, onlar Allahın sənə yazdığından başqa fayda verə bilməzlər. Eyni şəkildə, əgər yer üzündə olan bütün insanlar sənə zərər vermək üçün bir yerə toplaşsalar belə, yenə də onlar Allahın sənə təqdir etdiyindən başqa zərər verə bilməzlər. Bil ki, bütün bunlar, Uca Allahın hikməti və elmi əsasında əvvəlcədən yazılıb və təqdir olunmuşdur. Allahın yazdığına heç bir dəyişiklik ola bilməz. Kim Allahın əmrlərini qoruyub, qadağalarından çəkinərsə, Uca Allah o qulun qarşısında olar, onun halını bilər, ona yardım edər və dəstək verər. Əgər insan rahatlıq vaxtında Allaha itaət edərsə, Allah da onun üçün çətinlik zamanı rahatlıq və çıxış yolu bəxş edər. Hər bir qul, Uca Allahın onun haqqında yazdığı və təqdir etdiyi xeyir və şərrə razı qalmalıdır. İnsan, müsibət və çətinliklər qarşısında səbrli olmalıdır. Çünki səbr qurtuluşun açarıdır. Əgər çətinlik şiddətlənərsə, bu zaman Allahdan bir çıxış yolu gələr. Əgər bir çətinlik meydana gələrsə, Allah onun ardınca mütləq bir asanlıq verər.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
 البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
 تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
   </si>
   <si>
     <t>Azyaşlılara və uşaqlara tövhid (Allahın təkliyi), ədəb və digər dini məsələlərinin öyrədilməsinin əhəmiyyəti.
-Əməlin mükafatı yaxud cəzası, onun növündəndir
+Əməlin mükafatı yaxud cəzası, onun növündəndir.
 Yalnız Allaha təvəkkül edib, ona etimad etmək əmr edilmişdir. O nə gözəl qoruyandır.
-Qəza və qədərə iman edib, ondan razı qalmaq, 
-(bilmək lazımdır ki) həqiqətən Allah hər şeyi təqdir etmişdir
+Qəza və qədərə iman edib, ondan razı qalmaq, (bilmək lazımdır ki) həqiqətən Allah hər şeyi təqdir etmişdir.
+Kim Allahın əmrinə riayət etməzsə, Allah da onu qoruyub, mühafizə etməz.
 Ən böyük sevindirici xəbər budur ki, insan çətinliyə düşərsə, ardından gələcək rahatlığı gözləməlidir.
 Qula müsibət baş verdikdə və sevdiyi bir şeyi itirdikdə təsəlli verici söz, Peyğəmbərin (sallallahu aleyhi va səlləm) bu kəlamındadır: "Bil ki, sənin başına gələn şey - heç vaxt səndən yan keçə bilməzdi. Və səndən yan keçən bir şey isə, heç vaxt sənin başına gələ bilməzdi". Birinci cümlə xoşagəlməz bir hadisə baş verdikdə təsəllidir.
 İkinci cümlə isə sevilən bir şey əldən çıxdıqda təsəllidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/66522</t>
   </si>
   <si>
     <t>Əbu Məs'ud 'Uqbə bin 'Amr əl-Ənsari əl-Bədri (Allah ondan razı olsun) rəvayət edir ki, Rəsulullah (sallallahu aleyhi va səlləm) belə demişdir:||"İnsanların ilkin peyğəmbəlik kəlamından bildikləri sözlərdən biri: Utanmırsansa, istədiyini et" - sözüdür</t>
   </si>
   <si>
     <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
   </si>
   <si>
     <t>Əbu Məs'ud 'Uqbə bin 'Amr əl-Ənsari əl-Bədri (Allah ondan razı olsun) rəvayət edir ki, Rəsulullah (sallallahu aleyhi va səlləm) belə demişdir: "İnsanların ilkin peyğəmbəlik kəlamından bildikləri sözlərdən biri: Utanmırsansa, istədiyini et" - sözüdür.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/66523</t>
   </si>
   <si>
     <t>Əbu Amr – yaxud Əbu Amra – Sufyan bin Abdullah (Allah ondan razı olsun) belə demişdir:||Dedim: “Ey Allahın Rəsulu, mənə İslamda elə bir şey söylə ki, onu səndən başqa heç kimdən soruşmayım. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: De ki: "Allaha iman gətirdim, ardınca da doğru yolu tut</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
   </si>
@@ -17052,51 +17042,51 @@
     <t>لا ضرر ولا ضرار</t>
   </si>
   <si>
     <t>Dində (başqasına) zərər vermək və zərəri zərər ilə qarşılamaq da olmaz</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ سَعْدِ بْنِ مَالِكِ بْنِ سِنَانٍ الخُدْرِيّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا ضَرَرَ وَلَا ضِرَارَ».</t>
   </si>
   <si>
     <t>Əbu Səid Səd bin Malik bin Sinan əl-Xudri (Allah ondan razı olsun) rəvayət edir ki, Rəsulullah (sallallahu aleyhi və səlləm) belə demişdir: "Dində (başqasına) zərər vermək və zərəri zərər ilə qarşılamaq da olmaz".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.</t>
   </si>
   <si>
     <t>Peyğəmbər (sallallahu aleyhi va səlləm) bu hədisdə zərərin növündən və şəklindən asılı olmayaraq, onu istər özündən, istərsə də başqalarından uzaqlaşdırmağın vacib olduğunu bəyan etmişdir. Heç kəsin nə özünə, nə də başqalarına zərər verməsi halal deyildir. Həmçinin onun zərərə zərərlə cavab verməsi halal deyildir. Çünki həddi aşmadan qisas almaq istisna olmaqla, heç bir halda zərər, ona müqabil zərər verməklə aradan qaldırılmaz.</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 الحديث قاعدة في تحريم الضرر، والضرار بالقول أو بالفعل أو بالترك.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
-    <t>Günahın  mislindən artıq cəza verilməsinin qadağan edilməsi.
+    <t>Günahın mislindən artıq cəza verilməsinin qadağan edilməsi.
 Allah qullarına, onlara zərər verəcək şeyi əmr etməz.
 Bu hədis sözlə, əməllə və ya səhlənkarlıqla (tərk etməklə) zərər verməyin haram olduğunu bildirən fiqhi qaydadır.
 Şəriətin qaydalarından biri də: "Zərər aradan qalxmalıdır" qaydasıdır və şəriət zərəri qəbul etmir və başqalarına zərər verməyi də inkar edir.</t>
   </si>
   <si>
     <t>رواه ابن ماجه، والدارقطني، وغيرهما مسندًا</t>
   </si>
   <si>
     <t>[رواه ابن ماجه والدارقطني وغيرهما مسندًا]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/66531</t>
   </si>
   <si>
     <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، لكن البينة على المدعى، واليمين على من أنكر</t>
   </si>
   <si>
     <t>İbn Abbasdan  (Allah ondan və atasından razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu  rəvayət edilir:||“Əgər insanların istədikləri onlara iddialarına görə verilmiş olsaydı, o zaman onların bir qismi digərlərinin qanını və malını iddia etmiş olardı. Lakin iddia edən şəxs dəlil-sübut gətirməli, bu iddianı inkar edən şəxs isə and içməlidir”</t>
   </si>
   <si>
     <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، لَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
   </si>
   <si>
     <t>İbn Abbasdan  (Allah ondan və atasından razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu  rəvayət edilir: “Əgər insanların istədikləri onlara iddialarına görə verilmiş olsaydı, o zaman onların bir qismi digərlərinin qanını və malını iddia etmiş olardı. Lakin iddia edən şəxs dəlil-sübut gətirməli, bu iddianı inkar edən şəxs isə and içməlidir”.</t>
   </si>
@@ -17235,57 +17225,57 @@
     <t>Əbu Musa əl-Əşari (Allah ondan razı olsun) Peyğəmbərin (sallallahu əleyhi va səlləm) onu Yəmənə göndərdiyi zaman onun Peyğəmbərdən (sallallahu əleyhi va səlləm) orada hazırlanan bəzi içkilərin haram olub-olmadığını soruşduğunu xəbər verir. Əbu Musa (Allah ondan razı olsun) dedi: Bunlardan biri Bitdir. O, baldan hazırlanan şərabdır. Digəri isə Mizrdir. O isə arpadan hazırlanan şərabdır. Peyğəmbərə (sallallahu əleyhi va səlləm) qısa və geniş mənaları əhatə edən kəlimələr bəxş edilmişdir. O, (sallallahu əleyhi va səlləm) belə buyurdu: "Hər bir sərxoşedici (içki) haramdır".</t>
   </si>
   <si>
     <t>النبيذ: هو الماء الذي يلقى فيه التمر أو العسل أو الشعير ونحوها؛ فيكتسب منها طعمًا ومذاقًا حلوًا، وقد يتخمر بعد ذلك ويصبح مسكرًا.
 الحديث قاعدة في تحريم جميع أنواع المسكرات كالخمر والحشيشة وغيرها.
 أهمية السؤال عن ما يحتاج إليه المسلم.
 كان أول ما حرمت الخمر عند حضور وقت الصلاة لما صلى بعض المهاجرين وقرأ في صلاته فخلط في قراءته؛ فنزل قوله تعالى: {يَا أَيُّهَا الَّذِينَ آمَنُوا لَا تَقْرَبُوا الصَّلَاةَ وَأَنْتُمْ سُكَارَى حَتَّى تَعْلَمُوا مَا تَقُولُونَ} [النساء: 43].  وكان منادي رسول الله صلى الله عليه وسلم ينادي: لا يقرب الصلاةَ سكران. ثم إن الله حرمها على الإطلاق بقوله: {يَا أَيُّهَا الَّذِينَ آمَنُوا إِنَّمَا الْخَمْرُ وَالْمَيْسِرُ وَالْأَنْصَابُ وَالْأَزْلَامُ رِجْسٌ مِنْ عَمَلِ الشَّيْطَانِ فَاجْتَنِبُوهُ لَعَلَّكُمْ تُفْلِحُونَ 90 إِنَّمَا يُرِيدُ الشَّيْطَانُ أَنْ يُوقِعَ بَيْنَكُمُ الْعَدَاوَةَ وَالْبَغْضَاءَ فِي الْخَمْرِ وَالْمَيْسِرِ وَيَصُدَّكُمْ عَنْ ذِكْرِ اللَّهِ وَعَنِ الصَّلَاةِ فَهَلْ أَنْتُمْ مُنْتَهُونَ} [المائدة: 90، 91].
 أن الله تعالى حرَّم الخمر لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 العبرة في التحريم وجود صفة الإسكار؛ فإذا اتصف النبيذ بالإسكار فهو محرم، وإذا لم يتصف بالإسكار فهو مباح.</t>
   </si>
   <si>
     <t>Nəbiz: Bu, içinə xurma, bal, arpa və ya bu kimi təbii məhsullar atılmış sudur. Su həmin maddələrlə qarışdıqdan sonra onların dadını və şirinliyini alır. (Əgər bu qarışım bir müddət saxlanılarsa), mayalanaraq sərxoşedici içki ola bilər.
 Bu hədis, şərab, həşiş və digər bu kimi bütün sərxoşedici maddələrin haram olduğunu bildirən ümumi bir şəriət qaydasıdır.
 Müsəlmanın ehtiyac duyduğu məsələlər barəsində sual verməsinin əhəmiyyəti.
 Şərabın ilk dəfə haram edilməsi namaz vaxtının girməsi ilə əlaqadar idi. Belə ki, bəzi mühacirlər namaz qılarkən Quran oxudular və oxuduğu ayələri bir-birinə qarışdıraraq səhv oxudular. Bu zaman Uca Allah bu ayəni nazil etdi: (Ey iman gətirənlər! Sərxoş ikən nə dediyinizi anlayana qədər namaza yaxınlaşmayın). (Nisa: 43). Allah Rəsulunun (sallallahu əleyhi va səlləm) carçısı səslənərək belə dedi: “Sərxoş insan namaza yaxınlaşmasın!”. Daha sonra Uca Allah şərabı tamamilə haram edərək belə buyurdu: (Ey iman gətirənlər! Şübhəsiz ki, şərab da, qumar da, (ibadət üçün) dik qoyulmuş daşlar da, fal oxları da şeytan əməlindən olan murdar şeylərdir. Bunlardan çəkinin ki, bəlkə nicat tapasınız. Həqiqətən, şeytan şərab və qumar vasitəsilə sizin aranıza ədavət və kin salmaq, sizi Allahı anmaqdan və namazdan ayırmaq istər. Bunlara son qoyacaqsınızmı?). (Maidə: 90, 91).
 Uca Allah şərabı, onun böyük zərərləri və fəsadları səbəbilə haram etmişdir.
 Bir şeyin haram sayılmasında əsas meyar onun sərxoşedici xüsusiyyətə malik olmasıdır. Əgər nəbiz sərxoş edirsə, haramdır. Əgər sərxoş etmirsə, icazəlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/66536</t>
   </si>
   <si>
     <t>أربع من كن فيه كان منافقا، وإن كانت خصلة منهن فيه كانت فيه خصلة من النفاق حتى يدعها: من إذا حدث كذب، وإذا وعد أخلف، وإذا خاصم فجر، وإذا عاهد غدر</t>
   </si>
   <si>
-    <t>Abdullah ibn Amrdan (Allah ondan razı olsun) rəvayət edilir ki, o, belə dedi: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)  dedi:||"Dörd xislət vardır ki, bunlar kimdə olarsa o, xalis münafiq sayılar. Hər kimdə bunlardan biri olarsa, onu tərk edənə qədər özündə nifaqdan bir xislət qalmış olar. Bu xislətlər bunlardır: Danışdığı zaman yalan danışar. Vəd verdikdə vədinə xilaf çıxar. Mübahisə etdikdə haqsızlıq edər. Əhd bağladıqda əhdini pozar</t>
+    <t>Abdullah ibn Amrdan (Allah ondan razı olsun) rəvayət edilir ki, o, belə dedi: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi:||"Dörd xislət vardır ki, bunlar kimdə olarsa o, xalis münafiq sayılar. Hər kimdə bunlardan biri olarsa, onu tərk edənə qədər özündə nifaqdan bir xislət qalmış olar. Bu xislətlər bunlardır: Danışdığı zaman yalan danışar. Vəd verdikdə vədinə xilaf çıxar. Mübahisə etdikdə haqsızlıq edər. Əhd bağladıqda əhdini pozar</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا، وَإِنْ كَانَتْ خَصْلَةٌ مِنْهُنَّ فِيهِ كَانَتْ فِيهِ خَصْلَةٌ مِنَ النِّفَاقِ حَتَّى يَدَعَهَا: مَنْ إِذَا حَدَّثَ كَذَبَ، وإِذَا وَعَدَ أَخْلَفَ، وإذَا خَاصَمَ فَجَرَ، وَإِذَا عَاهَدَ غَدَرَ».</t>
   </si>
   <si>
-    <t>Abdullah ibn Amrdan (Allah ondan razı olsun) rəvayət edilir ki, o, belə dedi: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun)  dedi: "Dörd xislət vardır ki, bunlar kimdə olarsa o, xalis münafiq sayılar. Hər kimdə bunlardan biri olarsa, onu tərk edənə qədər özündə nifaqdan bir xislət qalmış olar. Bu xislətlər bunlardır: Danışdığı zaman yalan danışar. Vəd verdikdə vədinə xilaf çıxar. Mübahisə etdikdə haqsızlıq edər. Əhd bağladıqda əhdini pozar".</t>
+    <t>Abdullah ibn Amrdan (Allah ondan razı olsun) rəvayət edilir ki, o, belə dedi: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Dörd xislət vardır ki, bunlar kimdə olarsa o, xalis münafiq sayılar. Hər kimdə bunlardan biri olarsa, onu tərk edənə qədər özündə nifaqdan bir xislət qalmış olar. Bu xislətlər bunlardır: Danışdığı zaman yalan danışar. Vəd verdikdə vədinə xilaf çıxar. Mübahisə etdikdə haqsızlıq edər. Əhd bağladıqda əhdini pozar".</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي:
 الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
 الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
 الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
 الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
 فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/66537</t>
   </si>
   <si>
     <t>لو أنكم كنتم توكلون على الله حق توكله لرزقكم كما يرزق الطير تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>Əgər siz Allaha layiqincə təvəkkül etsəydiniz, O, səhər yuvasından ac çıxıb, axşam tox qayıdan quşu ruziləndirdiyi kimi, sizi də ruziləndirərdi</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْ أَنَّكُمْ كُنْتُمْ تَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ لَرَزَقَكُمْ كَمَا يَرْزَقُ الطَّيْرَ تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>Ömər bin Xattab (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (salləllahu aleyhi va səlləm) belə buyurmuşdur: "Əgər siz Allaha layiqincə təvəkkül etsəydiniz, O, səhər yuvasından ac çıxıb, axşam tox qayıdan quşu ruziləndirdiyi kimi, sizi də ruziləndirərdi".</t>
   </si>
   <si>