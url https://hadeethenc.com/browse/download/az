--- v2 (2026-02-01)
+++ v3 (2026-02-21)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4375">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4373">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Azərbaycan
 # Source: https://hadeethenc.com/az
-# Last update: 2026-01-29 18:37:07 (v1.29.0)
-# Check for updates: https://hadeethenc.com/en/check/az/v1.29.0
+# Last update: 2026-02-01 15:07:17 (v1.30.0)
+# Check for updates: https://hadeethenc.com/en/check/az/v1.30.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -931,58 +931,58 @@
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) təmizlənməyin bəzi əhkamlarını açıqlamışdır, bunlardan: Birincisi: kim dəstəmaz alarsa, suyu burnuna nəfəsiylə çəkməli, sonra nəfəsiylə də çıxarmalıdır. İkincisi: kim təbii ehtiyacını ödədikdən sonra önünü və ya arxasını  sudan savayı başqa vasitəylə, məsələn, daş parçası və buna bənzər vasitələrlə təmizləmək istəsə, onu tək sayda, ən azı üç, ən çoxu isə nəcasətin çıxışını dayandıracaq və həmin yeri təmizləyəcək miqdarda etməlidir. Üçüncüsü: gecə yuxusundan oyanan şəxs dəstəmaz almaq üçün üç dəfə əlini qabın xaricində taki yumayınca, onu qaba salmasın, çünki o, əlinin harada gecələdiyini bilmir və nəcasətə bulaşdığından əmin də deyil. Və ola bilər ki, şeytan suyu qarışdıraraq insanlara zərərli və ya suyu korlayan şeyləri ona əlavə etsin.</t>
   </si>
   <si>
     <t>يجب الاستنشاق في الوضوء، وهو: إدخال الماء في الأنف بواسطة النَّفَس، وكذلك يجب الاستنثار، وهو: إخراج الماء من الأنف بواسطة النَّفَس. 
 استحباب الاستجمار وترًا.
 مشروعية غسل اليدين بعد نوم الليل ثلاثًا.</t>
   </si>
   <si>
     <t>Dəstəmazda "istinşaq" vacibdir ki, bu da - nəfəslə buruna su daxil etməkdir. Həmçinin "istinsar" da vacibdir ki, bu da nəfəslə burundan suyu çıxartmaqdır.
 İfrazatdan sonra sudan başqa digər vasitələrlə təmizlənməyin, "isticmarın" tək olaraq edilməsinin müstəhəb olması.
 Gecə yuxusundan sonra əlləri üç dəfə yumaq buyurulmuşdur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3033</t>
   </si>
   <si>
     <t>إذا دخل الرجل بيته، فذكر الله عند دخوله وعند طعامه، قال الشيطان: لا مبيت لكم، ولا عشاء</t>
   </si>
   <si>
     <t>İnsan evinə daxil olduğu zaman və yeməyə başlayarkən Allahı zikr edərsə, şeytan köməkçilərinə deyər: Sizə bu evdə gecələmək üçün yer və şam yeməyindən pay yoxdur</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ، وَإِذَا دَخَلَ، فَلَمْ يَذْكُرِ اللهَ عِنْدَ دُخُولِهِ، قَالَ الشَّيْطَانُ: أَدْرَكْتُمُ الْمَبِيتَ، وَإِذَا لَمْ يَذْكُرِ اللهَ عِنْدَ طَعَامِهِ، قَالَ: أَدْرَكْتُمُ الْمَبِيتَ وَالْعَشَاءَ».</t>
   </si>
   <si>
-    <t>Cabir bin Abdullahdan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "İnsan evinə daxil olduğu zaman və yeməyə başlayarkən Allahı zikr edərsə, şeytan köməkçilərinə deyər: Sizə bu evdə gecələmək üçün yer və şam yeməyindən pay yoxdur. Lakin insan evinə girərərkən Allahı zikr etməzsə, şeytan öz ardıcıllarına deyər: Gecələməyə yeriniz var. Yemək yediyində Allahı zikr etməzsə şeytan onlara deyər ki, artıq həm gecələməyə yeriniz, həm də yeməkdən payınız vardır.</t>
+    <t>Cabir bin Abdullahdan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "İnsan evinə daxil olduğu zaman və yeməyə başlayarkən Allahı zikr edərsə, şeytan köməkçilərinə deyər: Sizə bu evdə gecələmək üçün yer və şam yeməyindən pay yoxdur. Lakin insan evinə girərərkən Allahı zikr etməzsə, şeytan öz ardıcıllarına deyər: Gecələməyə yeriniz var. Yemək yediyində Allahı zikr etməzsə şeytan onlara deyər ki, artıq həm gecələməyə yeriniz, həm də yeməkdən payınız vardır".</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِذِكْر الله عند دخول البيت وقبل تَنَاوُلِ الطعام، وأنه إذا ذَكَرَ اللهَ بقوله: (باسم الله) عند دخوله لبيتِه وعند بدء طعامِه، قال الشيطان لأعوانه: لا حَظَّ لكم بالمبيت ولا العشاء في هذا البيت الذي تَحَصَّنَ صاحبُه منكم بذكر الله تعالى. 
 وأما إذا دخل الرجل بيته فلم يذكر الله عند دخوله ولا عند تناوله الطعام، فيخبر الشيطان أعوانه أنهم أدركوا المبيت، والعشاء في هذا البيت.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) evə girərkən və yeməyə başlamazdan əvvəl Allahı zikr etməyi əmr edir və bildirir ki, əgər bir kəs evinə girərkən və yeməyə başlayarkən Allahı "bismilləh"  (Allahın adı ilə) deyərək zikr edərsə: Şeytan köməkçilərinə deyər: Sizə bu evdə gecələmək və şam etmək  üçün pay yoxdur, çünki ev sahibi uca Allahı zikr etməklə öz toxunulmazlığını təmin etdi. Lakin  əgər insan nə evə girdiyi zaman, nə də ki, yemək yeyərkən Allahı zikr etməzsə, şeytan öz köməkçilərinə onların bu evdə gecələyib, şam edəcəklərini xəbər verər.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) evə girərkən və yeməyə başlamazdan əvvəl Allahı zikr etməyi əmr edir və bildirir ki, əgər bir kəs evinə girərkən və yeməyə başlayarkən Allahı "bismilləh" (Allahın adı ilə) deyərək zikr edərsə: Şeytan köməkçilərinə deyər: Sizə bu evdə gecələmək və şam etmək  üçün pay yoxdur, çünki ev sahibi uca Allahı zikr etməklə öz toxunulmazlığını təmin etdi. Lakin  əgər insan nə evə girdiyi zaman, nə də ki, yemək yeyərkən Allahı zikr etməzsə, şeytan öz köməkçilərinə onların bu evdə gecələyib, şam edəcəklərini xəbər verər.</t>
   </si>
   <si>
     <t>استحباب ذِكرِ الله عند دخول البيت وعند الطعام، فإن الشيطان يبيت في البيوت، ويأكل من طعام أهلها إذا لم يذكروا اسم الله تعالى.
 الشيطان يُراقِبُ ابنَ آدم في عملِهِ وتَصَرُّفِه وفي أموره كلِّها، فإذا غَفَل عن الذكر نال مُرادَه منه.
 الذكر يطرد الشيطان.
 لكل شيطان أتباع وأولياء يستبشرون بقوله ويَتَّبعون أمرَه.</t>
   </si>
   <si>
     <t>Evə girərkən və yemək yeyərkən Allahı zikr etməyin müstəhəb olması. Çünki şeytan, uca Allahın adını zikr etməyən kəslərin evlərində gecələyir və onların yeməklərini yeyir.
 Şeytan Adəm övladının bütün əməllərinə, davranışına və bütün işlərinə nəzarət edir, elə ki, insan zikr etməkdən yayınır, şeytan onun bu halından istifadə edərək öz istəyinə nail olur.
 Zikr şeytanı qovur.
 Hər bir şeytanın, onun sözlərinə sevinən, əmrlərinə əməl edən ardıcılları və dostları vardır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3037</t>
   </si>
   <si>
     <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
   </si>
   <si>
     <t>Ən böyük günahlar: Allaha şərik qoşmaq, valideyinlərin üzünə ağ olmaq, adam öldürmək və yalandan (Allaha) and içməkdir</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».</t>
   </si>
@@ -1788,102 +1788,102 @@
     <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Dul qadına və kasıba əl tutan şəxs, Allah yolunda cihad edən və ya gecələri yorulmadan namaz qılıb, gündüzləri oruc tutan şəxs kimidir”.</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الذي يقوم بمصالِحِ المرأةِ التي مات عنها زوجُها وليس لها أحدٌ يقوم بشؤونِها، والمسكينِ المُحتاج، ويُنفِقُ عليهم محتسبًا الأجرَ عند الله تعالى، فهو في الأجر كالمجاهد في سبيل الله، أو كالقائم في صلاة التهجد الذي لا يَتعب، الصائم الذي لا يفطر.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurur ki, əri vəfat etmiş və heç kimdən maddi dəstəyi olmayan bir qadına, həmçinin maddi ehtiyacları olan insanlara yardım edən və savabını uca Allahdan umaraq onlara xərcləyən kəs, Allah yolunda cihad edən və ya yorulmadan gecə namazlarını qılan, oruc tutub iftarını açmayan şəxs kimi savab sahibidir.</t>
   </si>
   <si>
     <t>الحثُّ على التعاون والتكافل وسَدّ حاجات الضعفاء.
 العبادة تشمل كلَّ عمل صالح، ومن العبادة السعي على الأرملة والمسكين.
 قال ابن هبيرة: والمراد أن الله تعالى يجمع له ثواب الصائم والقائم والمجاهد في دفعة؛ وذلك أنه قام للأرملة مقام زوجها ...، وقام على ذلك المسكين الذي عجز عن قيامه بنفسه، فأنفق هذا فضل قوته، وتصدق بجَلَدِه، فكان نفعه إذًا  يكافئ الصوم والقيام والجهاد.</t>
   </si>
   <si>
     <t>Xeyir işlərdə əməkdaşlığa, həmrəyliyə təşviq, kasıbların ehtiyacını ödəməyə çağırış.
 İbadət bütün saleh əməlləri əhatə edir, dul qadına və kasıblara yardım etməyə çalışmaq da ibadətdəndir.
 İbn Hubeyra demişdir: "Burada nəzərdə tutulan odur ki, Allah-təala həmin adamın tək bir əl tutmaq əməlinə görə, oruc tutanın, gecələr namaz qılanın və mücahidin- bunların hər birinin qazandığı üç əməlin savabını cəm olaraq ona bir dəfəyə verir. Çünki o, dul qadına ərinin əvəzinə maddi baxımdan dayaq oldu, özünü dolandıra bilməyən kasıba əl tutdu, bununla da öz gündəlik payından bir hissəsini xərclədi və sədəqə verdi. Ona görə də onun əcri oruc tutmağın, gecə namazının və cihadın savabına bərabər oldu".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3135</t>
   </si>
   <si>
     <t>بادروا بالأعمال فتنا كقطع الليل المظلم،</t>
   </si>
   <si>
-    <t>Zülmət gecənin parçaları kimi fitnələr gəlmədən öncə saleh əməllərə tələsin,</t>
+    <t>Zülmət gecənin parçaları kimi fitnələr gəlmədən öncə saleh əməllərə tələsin</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ، يُصْبِحُ الرَّجُلُ مُؤْمِنًا وَيُمْسِي كَافِرًا، أَوْ يُمْسِي مُؤْمِنًا وَيُصْبِحُ كَافِرًا، يَبِيعُ دِينَهُ بِعَرَضٍ مِنَ الدُّنْيَا».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun(Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Zülmət gecənin parçaları kimi fitnələr gəlmədən öncə saleh əməllərə tələsin, insan mömin olaraq sabahlayıb, kafir olaraq axşamlayar, mömin olaraq axşamlayıb, kafir olaraq sabahlayar. Az dünya malı qarşılığında dinini satar."</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun(Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Zülmət gecənin parçaları kimi fitnələr gəlmədən öncə saleh əməllərə tələsin, insan mömin olaraq sabahlayıb, kafir olaraq axşamlayar, mömin olaraq axşamlayıb, kafir olaraq sabahlayar. Az dünya malı qarşılığında dinini satar".</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المؤمنَ بالمسارعة والإكثار من الأعمال الصالحة قبل تعذُّرِها والاشتغال عنها بمجيء الفتن والشبهات التي تمنع منها، وتصد عنها، وهي مظلمة كقطع الليل، يختلط فيها الحق بالباطل، فيصعب على الناس التمييز بينهما، ومن شدتها يتخبط الإنسان حتى إنه يصبح مؤمنًا ويمسي كافرًا، ويمسي مؤمنًا ويصبح كافرًا، يترك دينه بمتاع من الدنيا زائل.</t>
   </si>
   <si>
-    <t>Peyğəmbər(Allahın salavatı və salamı onun üzərinə olsun) mömini həvəsləndirir ki, saleh əməllər qeyri-mümkün olmamış və ya onlara mane olan fitnə və şübhələr gəlməmiş, saleh əməllər işləməyi tezləşdirsinlər və çoxaltsınlar.  Çünki, bu şübhə və fitnələr gecə kimi zülmətdir, orada haqq batilə qarışır və insanlar üçün onları bir-birindən ayırmaq çətinləşir. Və onun şiddətindən  insan o qədər çaşqınlığa düşür ki,  hətta o, mömin kimi sabahlayıb, axşam kafir olur və ya axşam mömin olduğu halda, kafir kimi sabahlayır,  dünya həyatının keçici ləzzətlərinə görə dinini tərk edir.</t>
+    <t>Peyğəmbər(Allahın salavatı və salamı onun üzərinə olsun) mömini həvəsləndirir ki, saleh əməllər qeyri-mümkün olmamış və ya onlara mane olan fitnə və şübhələr gəlməmiş, saleh əməllər işləməyi tezləşdirsinlər və çoxaltsınlar. Çünki, bu şübhə və fitnələr gecə kimi zülmətdir, orada haqq batilə qarışır və insanlar üçün onları bir-birindən ayırmaq çətinləşir. Və onun şiddətindən  insan o qədər çaşqınlığa düşür ki,  hətta o, mömin kimi sabahlayıb, axşam kafir olur və ya axşam mömin olduğu halda, kafir kimi sabahlayır,  dünya həyatının keçici ləzzətlərinə görə dinini tərk edir.</t>
   </si>
   <si>
     <t>وجوب التمسُّك بالدين، والمبادرة إلى العمل الصالح قبل أن تَحوْل الموانع دونه.
 الإشارة إلى تتابع الفتن المضلة آخر الزمان، وأنه كلما ذهبت فتنة أعقبتها فتنة أخرى.
 إذا ضَعُف دين الإنسان وتنازل عنه مقابل الأمور الدنيوية من مال أو غيره كان ذلك سببًا في انحرافه وتركه للدين وانسياقه مع الفتن.
 في الحديث دليل على أن الأعمال الصالحة سبب للنجاة من الفتن.
 الفتن قسمان: فتن شبهات وعلاجها العلم، وفتن شهوات وعلاجها الإيمان والصبر.
 في الحديث إشارة إلى أن مَن قلَّ عمله كانت الفتنة إليه أسرع، وأن من كثر عمله ينبغي ألّا يغتر بما عنده بل يستزيد.</t>
   </si>
   <si>
-    <t>Dinə bağlı olmağın vacibliyi və maneələr meydana gəlməzdən əvvəl  yaxşı işlərə tələsmək.
+    <t>Dinə bağlı olmağın vacibliyi və maneələr meydana gəlməzdən əvvəl yaxşı işlərə tələsmək.
 Axır zamanda azdırıcı fitnələrin ardıcıl baş verəcəyinə işarə edilir və hər dəfə bir fitnə ortadan qalxdıqda, onun ardınca başqa bir fitnə gələcək.
 Əgər insanın dini zəifləyərsə və dünyəvi işlər, məsələn, pul və ya digər şeylər qarşılığında dinində güzəştə gedərsə, bu onun azmasına, dini tərk etməsinə və fitnələrə qapılmasına səbəb olar.
 Hədisdə saleh əməllərin fitnələrdən qurtuluş vasitəsi olduğuna dəlil vardır.
 Fitnələr iki növdür: Şübhələrin fitnəsi və onun müalicəsi elmdir və şəhvətlərin fitnəsi və onun müalicəsi isə iman və səbrdir.
 Hədisdə işarə vardır ki, kimin əməli az olarsa, fitnə ona daha tez təsir edər. Əməli çox olan isə, etdiyi əməllərə aldanmamalı, əksinə artırmalıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3138</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم يكثر أن يقول: يا مقلب القلوب ثبت قلبي على دينك</t>
   </si>
   <si>
-    <t>Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) tez-tez deyərdi: “Ey qəlbləri çevirən, mənim qəlbimi öz dinində sabit et.”</t>
+    <t>Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) tez-tez deyərdi: “Ey qəlbləri çevirən, mənim qəlbimi öz dinində sabit et</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ: «يَا مُقَلِّبَ القُلُوبِ ثَبِّتْ قَلْبِي عَلَى دِينِكَ»، فَقُلْتُ: يَا رَسُولَ اللهِ، آمَنَّا بِكَ وَبِمَا جِئْتَ بِهِ فَهَلْ تَخَافُ عَلَيْنَا؟ قَالَ: «نَعَمْ، إِنَّ القُلُوبَ بَيْنَ أُصْبُعَيْنِ مِنْ أَصَابِعِ اللهِ يُقَلِّبُهَا كَيْفَ يَشَاءُ».</t>
   </si>
   <si>
-    <t>Ənəsdən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) tez-tez deyərdi: “Ey qəlbləri çevirən, mənim qəlbimi öz dinində sabit et.”  Mən dedim: Ey Allahın Rəsulu, biz sənə və sənin gətirdiyinə iman gətirdik. Sən bizim üçün qorxursan? O dedi: “Bəli, qəlblər Allahın barmaqlarından iki barmağı arasındadır, onları istədiyi kimi çevirər."</t>
+    <t>Ənəsdən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) tez-tez deyərdi: “Ey qəlbləri çevirən, mənim qəlbimi öz dinində sabit et".  Mən dedim: "Ey Allahın Rəsulu, biz sənə və sənin gətirdiyinə iman gətirdik. Sən bizim üçün qorxursan?". O dedi: “Bəli, qəlblər Allahın barmaqlarından iki barmağı arasındadır, onları istədiyi kimi çevirər".</t>
   </si>
   <si>
     <t>كانَ أكثرُ دعاء النبي صلى الله عليه وسلم سؤال الله الثّبات على الدين والطاعة، والبعد من الزيغ والضلال، 
 فتعجَّب أنس بن مالك رضي الله عنه من إكثار النبي صلى الله عليه وسلم من هذا الدعاء، فأخبره النبي صلى الله عليه وسلم أن القلوبَ بين أُصبعَينِ مِنْ أصابعِ اللهِ يُقَلِّبها كيف يشاء، 
 فالقلب هو محطُّ الإيمان والكفر، وقد سمي القلب قلبًا لكثرة تقلُّبه؛ فهو أَشَدُّ انقِلابًا مِن القِدْرِ إِذا اجتمعَتْ غَلْيًا، فمن شاء الله أقام قلبه على الهدى، وثبته على الدين، ومن شاء الله صرف قلبه عن الهدى إلى الزيغ والضلال.</t>
   </si>
   <si>
-    <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ən çox etdiyi dua, Allahdan dində və itaətdə sabitlik, azğınlıqdan və zəlalətdən uzaq olmağı istəmək idi . Ənəs bin Malik (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bu duanı tez-tez etməsinə təəccübləndi və Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ona xəbər verdi ki, qəlblər Allahın barmaqlarından iki barmağı arasındadır və onları istədiyi kimi çevirir. Qəlb iman və küfrün qərar tutduğu yerdir və tez-tez dəyişdiyi üçün qəlb  adlandırılmışdır. Onun dəyişməsi, qaynayan qazanın dəyişməsindən daha güclüdür. Allah kimi istəsə, qəlbini hidayətə yönəldər, dində sabit edər və Allah kimi istəsə, onun qəlbini hidayətdən azğınlığa və zəlalətə yönəldər.</t>
+    <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ən çox etdiyi dua, Allahdan dində və itaətdə sabitlik, azğınlıqdan və zəlalətdən uzaq olmağı istəmək idi. Ənəs bin Malik (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bu duanı tez-tez etməsinə təəccübləndi və Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ona xəbər verdi ki, qəlblər Allahın barmaqlarından iki barmağı arasındadır və onları istədiyi kimi çevirir. Qəlb iman və küfrün qərar tutduğu yerdir və tez-tez dəyişdiyi üçün qəlb  adlandırılmışdır. Onun dəyişməsi, qaynayan qazanın dəyişməsindən daha güclüdür. Allah kimi istəsə, qəlbini hidayətə yönəldər, dində sabit edər və Allah kimi istəsə, onun qəlbini hidayətdən azğınlığa və zəlalətə yönəldər.</t>
   </si>
   <si>
     <t>خضوع النبي صلى الله عليه وسلم لربِّه وتضرُّعه إليه، وإرشاد الأمة إلى سؤال ذلك.
 أهمية الاستقامة والثبات على الدين، وأنَّ العبرة بالخاتمة.
 العبد لا يستغني عن تثبيت الله له على الإسلام طرفة عين.
 الحث على الإكثار من هذا الدعاء، تأسِّيًا بالنبي عليه الصلاة والسلام.
 الثبات على الإسلام هو النعمة العظمى التي ينبغي على العبد أن يسعى إليها ويشكر مولاه عليها.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) öz Rəbbinə təslim olması və Ona yalvarması və ümmətini bunu istəməyə yönəltməsi.
 Doğru yolda olmağın və dində  sabitliyin əhəmiyyəti və ibrətin (əməllərin qiymətləndirilməsinin) sonluğa görə olması.
 Bəndə bir göz qırpımı olsa da belə, Allahın onu İslam üzərində sabit etməsindən ehtiyacsız deyil.
 Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) nümunə götürərək bu duanı çox etməyə təşviq etmək.
 İslamda sabitlik, bəndənin səy göstərməli olduğu və Mövlasına (Rəbbinə) şükür etməli olduğu ən böyük nemətdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3142</t>
   </si>
   <si>
     <t>إذا شرب الكلب في إناء أحدكم فليغسله سبعا</t>
   </si>
   <si>
     <t>Əgər it birinizin qabından içərsə, onu yeddi dəfə yusun</t>
   </si>
   <si>
@@ -2127,51 +2127,51 @@
   </si>
   <si>
     <t>Səmimi niyyət və gücü yetəni etmək, tələb olunan əməl görülməsə belə, nəzərdə tutulan əcrə və savaba nail olmaq üçün səbəbdir.
 İzzət və Cəlal sahibi Allah yolunda cihad etmək və şəhadəti istəməyə rəğbətləndirmək.
 Uca Allahın bu ümmətə olan ikramı, çünki onlara az bir əməllə cənnətdə ən yüksək dərəcələr bəxş edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3157</t>
   </si>
   <si>
     <t>ما يزال البلاء بالمؤمن والمؤمنة في نفسه وولده وماله حتى يلقى الله وما عليه خطيئة</t>
   </si>
   <si>
     <t>Mömin kişi və mömin qadının, günahlardan tam təmizlənmiş halda Allahla qarşılaşana qədər özündə, övladlarında və malında bəla baş verməyə davam edər</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَا يَزَالُ البَلاَءُ بِالمُؤْمِنِ وَالمُؤْمِنَةِ فِي نَفْسِهِ وَوَلَدِهِ وَمَالِهِ حَتَّى يَلْقَى اللَّهَ وَمَا عَلَيْهِ خَطِيئَةٌ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Mömin kişi və mömin qadının, günahlardan tam təmizlənmiş halda Allahla qarşılaşana qədər özündə, övladlarında və malında bəla baş verməyə davam edər".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن البلاء والاختبار لا ينفكُّ عن العبد المؤمن والمؤمنة، في نفسه من صحتِه وجسدِه، وفي أولاده مِن مرض أو وفاة أو عقوق أو غير ذلك، وفي ماله من افتقار وذهاب تجارة وسرقة، وكَسَادِ عيش وضيق في الرزق، حتى يُكَفِّرَ اللهُ عنه بذلك البلاء كلَّ ذنوبِه وخطاياه حتى إذا لقي الله يكون قد طَهُرَ من كل الذنوب والآثام التي ارتكبها.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, bəla və imtahan mömin kişi və mömin qadına, özlərinin sağlamlığında və bədənində,  övladlarının xəstəliyində, ölümündə, valideyinlərinin üzünə ağ olmaqda və başqa şeylərində, mallarında isə kasıbçılığın olması, ticarətin yox olması, oğurluq, həyatın çətinliyi və ruzinin azalması şəklində baş verməyə davam edər ki, Allah bu bəlalarla onu bütün günah və xətalardan təmizləyər, hətta O, Allahla qarşılaşdığı vaxt artıq işlədiyi bütün günah və asiliklərdən təmizlənmiş olar.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, bəla və imtahan mömin kişi və mömin qadına, özlərinin sağlamlığında və bədənində, övladlarının xəstəliyində, ölümündə, valideyinlərinin üzünə ağ olmaqda və başqa şeylərində, mallarında isə kasıbçılığın olması, ticarətin yox olması, oğurluq, həyatın çətinliyi və ruzinin azalması şəklində baş verməyə davam edər ki, Allah bu bəlalarla onu bütün günah və xətalardan təmizləyər, hətta O, Allahla qarşılaşdığı vaxt artıq işlədiyi bütün günah və asiliklərdən təmizlənmiş olar.</t>
   </si>
   <si>
     <t>من رحمة الله بعباده المؤمنين أن يكفِّر عنهم ذنوبَهم في دنياهم بمصائب الدنيا وآفاتها.
 البلاء بمجرَّده يكفِّر الذنوب بشرط الإيمان، فإذا صبر العبد ولم يسخط أُجِر.
 الحث على الصبر في جميع الأمور، فيما يحب ويكره، يصبر حتى يؤدي ما أوجب الله، ويصبر حتى يبتعد عما حرم الله، يرجو ثواب الله ويخشى عقابه.
 قوله: "بالمؤمن والمؤمنة"، زيادة لفظ المؤمنة فيه دليل على مزيد من التأكيد للمرأة؛ وإلا لو قال: "بالمؤمن" لدخل فيه المرأة؛ لأن ذلك لا يختص بالرجل، فإذا وقع البلاء بالمرأة فكذلك هي موعودة بمثل هذا الجزاء بتكفير الذنوب والخطايا. 
 مما يهوِّن على العبد ما يلقاه من الآلام مرة بعد مرة الفضلُ المترتب على البلاء.</t>
   </si>
   <si>
     <t>Allahın mömin qullarına olan mərhəmətindən biri də odur ki, O,  dünyada ikən onların günahlarını dünya müsibətləri və bəlaları ilə təmizləyir.
 Təkcə bəla (müsibət) imanın olması şərti ilə günahları yuyar, ona görə də qul səbr edib qəzəblənməsə, savab qazanar.
 (Qulu) sevdiyi və sevmədiyi hər bir işdə səbirli olmağa təşviq etmək. O, Allahın mükafatına ümid edərək və Onun əzabından qorxaraq, Allahın vacib etdiyini yerinə yetirmək üçün səbr edər, həmçinin Allahın haram etdiklərindən uzaq durmaq üçün də səbr edər.
 Onun (Allahın salavatı və salamı onun üzərinə olsun): “mömin kişi və mömin qadın” deməsi, yəni “mömin qadın” sözünü əlavə etməsi, qadınlara önəm verilməsinə dəlildir. Yoxsa, sadəcə“mömin” söyləsəydi, bu kəlimə qadını da özündə əhatə edərdi, çünki bu yalnız kişilərə aid deyil. Buna görə qadına da bəla toxunduqda, ona da günah və xətalarının  təmizlənməsi olaraq eyni mükafat vəd edilir.
 Qulun hər dəfə üzləşdiyi ağrı-acıları ona asanlaşdıran, bu bəlaya görə verilən fəzilətdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3159</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم كان إذا صلى فرج بين يديه حتى يبدو بياض إبطيه</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) namaz qılarkən (səcdədə) əllərini qoltuqaltılarının ağartısı görünənə qədər aralayardı</t>
   </si>
   <si>
@@ -2344,51 +2344,51 @@
   </si>
   <si>
     <t>“Möminin halı necə də təəccüblüdür, onun hər halı xeyirdir və bu, mömindən başqa heç kəsə aid deyil</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ، إِنْ أَصَابَتْهُ سَرَّاءُ شَكَرَ، فَكَانَ خَيْرًا لَهُ، وَإِنْ أَصَابَتْهُ ضَرَّاءُ صَبَرَ، فَكَانَ خَيْرًا لَهُ».</t>
   </si>
   <si>
     <t>Suheybdən (Allah ondan razı olsun) rəvayət edilir ki, Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə dedi: “Möminin halı necə də təəccüblüdür, onun hər halı xeyirdir və bu, mömindən başqa heç kəsə aid deyil. Əgər ona bir sevinc toxunsa, şükür edər və bu onun üçün xeyir olar. Əgər başına bir müsibət gəlsə, səbir edər və bu onun üçün xeyir olar”.</t>
   </si>
   <si>
     <t>يَتَعَجَّبُ صلى الله عليه وسلم مِن شأن المؤمن وأحواله على وجه الاستحسان؛ وذلك لأن أحواله كلها خير، وليس ذلك لأحد إلا للمؤمن؛ 
 إن أصابته سرّاءُ شكرَ اللهَ عليها؛ فيحصل له الأجر بالشكر، 
 وإن أصابته ضراءُ صبرَ واحتسب الأجر على الله، فيحصل له الأجر بالصبر، فهو في أجر على كل حال.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) möminin vəziyyətinə və halına gözəl şəkildə təəccüb edir. Çünki onun hər bir halı xeyirdir və bu mömindən başqa heç kəs üçün belə deyil. Əgər ona bir sevinc toxunsa, buna görə Allaha şükür edər və şükrünə görə əcr qazanar. Əgər başına bir müsibət gəlsə, səbr edər və mükafatını Allahdan umar və səbr etdiyinə görə əcr qazanar. Beləliklə o, hər bir halında savab qazanar.</t>
   </si>
   <si>
     <t>فضل الشكر على السراء والصبر على الضراء، فمَن فعَلَ ذلك حصل له خير الدارين، ومن لم يشكر على النعمة، ولم يصبر على المصيبة، فاته الأجر، وحصل له الوزر.
 فضل الإيمان، وأنّ الأجر في كل حال لا يكون إلا لأهل الإيمان.
 الشكر عند السراء، والصبر على الضراء من خصال المؤمنين.
 الإيمان بقضاء الله وقدره يجعل المؤمن في رضا كامل على كل أحواله، بخلاف غير المؤمن الذي يكون في سخط دائم عند وقوع ضرر عليه، وإذا ما حاز نعمة من الله عز وجل انشغل بها عن طاعة الله، فضلًا عن صرفها في معصيته.</t>
   </si>
   <si>
-    <t>Yaxşı günlərə şükür etmək və çətinliyə səbr etməyin fəziləti. Hər kim bunu edərsə, hər iki dünyanın xeyrinə nail olar. Hər kim nemətə şükr və müsibətə səbr etməzsə, savabdan məhrum olar və günah qazanar.
+    <t>Yaxşı günlərə [görə Allaha] şükür etmək və çətinliyə səbr etməyin fəziləti. Hər kim bunu edərsə, hər iki dünyanın xeyrinə nail olar. Hər kim nemətə şükr və müsibətə səbr etməzsə, savabdan məhrum olar və günah qazanar.
 İmanın fəziləti və hər bir halda mükafatın yalnız iman sahiblərinə aid olması.
 Yaxşı günlərdə şükr etmək, sıxıntıda isə səbr etmək möminlərin xüsusiyyətlərindəndir.
 Özünə bir zərər toxunduğu zaman daim qəzəb içində olan kafirdən fərqli olaraq, Allahın qəza və qədərinə iman, mömini bütün hallarında tam razı salır. Kafir Allahdan bir nemət əldə edərsə, bu onu nəinki Allaha itaətdən yayındırar, üstəlik bu neməti Ona asi olmağa sərf edər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3298</t>
   </si>
   <si>
     <t>صفة الغسل من الجنابة</t>
   </si>
   <si>
     <t>Cənabət qüslu almağın vəsfi</t>
   </si>
   <si>
     <t>عَنْ مَيْمُونَةُ أُمِّ المؤمِنينَ رضي الله عنها قَالتْ: وَضَعْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ غُسْلًا، فَسَتَرْتُهُ بِثَوْبٍ، وَصَبَّ عَلَى يَدَيْهِ، فَغَسَلَهُمَا، ثُمَّ صَبَّ بِيَمِينِهِ عَلَى شِمَالِهِ، فَغَسَلَ فَرْجَهُ، فَضَرَبَ بِيَدِهِ الأَرْضَ، فَمَسَحَهَا، ثُمَّ غَسَلَهَا، فَمَضْمَضَ وَاسْتَنْشَقَ، وَغَسَلَ وَجْهَهُ وَذِرَاعَيْهِ، ثُمَّ صَبَّ عَلَى رَأْسِهِ وَأَفَاضَ عَلَى جَسَدِهِ، ثُمَّ تَنَحَّى، فَغَسَلَ قَدَمَيْهِ، فَنَاوَلْتُهُ ثَوْبًا فَلَمْ يَأْخُذْهُ، فَانْطَلَقَ وَهُوَ يَنْفُضُ يَدَيْهِ.</t>
   </si>
   <si>
     <t>Möminlərin anası Meymunədən (Allah ondan razı olsun) rəvayət edildiyinə  görə, o demişdir: "Mən Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) üçün qüsl suyu qoydum və onu paltarla örtdüm. O, da əllərinə su töküb yudu, sonra sağ əli ilə sol əlinə su tökdü və övrətini yudu, əlini yerə vuraraq məsh etdi (yerə sürtdü), sonra yudu, sonra mədməda və istinşaq etdi (ağzına və burununa su alaraq onları yudu), üzünü və qollarını yudu, sonra başına və bütün bədəninə su tökdü, sonra kənara çəkilib ayaqlarını yudu. Ona bir dəsmal verdim, amma götürmədi, çıxıb getdi və əllərini silkələdi".</t>
   </si>
   <si>
     <t>أَخْبرتْ أم المؤمنين ميمونة رضي الله عنها عن صفة اغتسال النبي صلى الله عليه وسلم من الجنابة، حيث وضعت له ماءً ليغتسل به، وسترتْه بساتر، ففعل النبي صلى الله عليه وسلم ما يلي:  
 أولًا: صب الماء على يديه فغسلهما قبل أن يدخلهما الإناء. 
 ثانيًا: صب الماء بيده اليمنى على اليسرى فغسل فرجه؛ لتنظيفه مما علق به من أثر الجنابة. 
 ثالثًا: ضرب بيده الأرض فمسحها ثم غسلها ليزيل الأذى عنها. 
 رابعًا: تمضمض؛ بأن أدخل الماء في فمه وحركه وأداره ثم ألقاه، واستنشق؛ بأن أدخل الماء في أنفه بِنَفَسِهِ، ثم أخرجه لينظفه.
@@ -2498,51 +2498,51 @@
 Cənabət məfhumu, məninin-spermanın çıxması və ya sperma çıxmasa belə, cinsi əlaqədə olan kəsə aid edilir.
 Ərlə xanımın bir-birinin övrət yerlərinə baxmasının və eyni qabdan qüsl almalarının icazəli olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3316</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم إذا عطس وضع يده أو ثوبه على فيه، وخفض أو غض بها صوته</t>
   </si>
   <si>
     <t>Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) asqırdığı zaman əlini və ya paltarını ağzının üstünə qoyar və onunla səsini aşağı salardı</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ.</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: "Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) asqırdığı zaman əlini və ya paltarını ağzının üstünə qoyar və onunla səsini aşağı salardı".</t>
   </si>
   <si>
     <t>كان صلى الله عليه وسلم إذا عَطَس:
 أولًا: يضع يدَه، أو ثوبَه على فيه؛ لئلا يخرج من فيه أو أنفه شيء يؤذي جليسَه. 
 ثانيًا: يخفض صوته ولا يرفعه.</t>
   </si>
   <si>
     <t>Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) asqırdığı zaman:
-Birincisi: Əlini və ya paltarını ağzının üstünə qoyardı ki, onun ağzından və ya burnundan yanındakı şəxsə zərər verəcək heç bir şey çıxmasın.
+Birincisi: Əlini və ya paltarını ağzının üstünə qoyardı ki, onun ağzından və ya burnundan yanındakı şəxsə narahatlığa səbəb olan (əziyyətverici) heç bir şey çıxmasın.
 İkincisi: Səsini aşağı salar, qaldırmazdı.</t>
   </si>
   <si>
     <t>بيان هديه صلى الله عليه وسلم في العطاس والاقتداء به في ذلك.
 استحباب وضع الثوب أو منديل ونحوه على فمه وأنفه إذا عطس لئلا يخرج منه شيء يؤذي جليسه.
 خفض الصوت بالعطاس مطلوب، وهو من كمال الأدب، ومن مكارم الأخلاق.</t>
   </si>
   <si>
     <t>Asqırmaqda onun (Allahın salavatı və salamı onun üzərinə olsun) yolunun bəyanı və bu işdə ona tabe olmaq.
 Bir kəs asqıran zaman onunla oturan şəxsə zərər verə biləcək bir şey çıxmasın deyə ağzına və burnuna paltar, dəsmal və ya bu kimi şeylər qoymasının bəyənilən olması.
 Asqırarkən səsi aşağı salmaq tələb olunandır və bu, kamil ədəb və gözəl əxlaqdandır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3317</t>
   </si>
   <si>
     <t>لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد</t>
   </si>
   <si>
     <t>Allah yəhudilərə və xristianlara lənət eləsin! Onlar peyğəmbər­ləri­nin qəbirlərini məscidlərə çevirdi­lər</t>
   </si>
   <si>
     <t>عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.</t>
   </si>
   <si>
@@ -3011,80 +3011,80 @@
   </si>
   <si>
     <t>İbn Ömər - Allah ondan razı olsun - bir kişinin: Xeyr, Kəbəyə and olsun dediyini eşitdi. Bunu eşidən İbn Ömər - Allah ondan razı olsun - ona belə dedi: Allahdan başqasına and içilməz. Çünki mən, Peyğəmbərin - salləllahu aleyhi va səlləm - belə dediyini eşitdim: "Kim Allahdan başqasına and içərsə ya küfür edər ya da şərik qoşar".</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>Peyğəmbər - salləllahu aleyhi va səlləm - bu hədisdə Uca Allahdan və Onun ad və sifətlərindən başqası adına and içən kimsənin Allaha küfür etdiyini yaxud Ona şərik qoşduğunu xəbər vermişdir. Çünki kişinin bir şeyə and içməsi, onun and içdiyi şeyi təzim etdiyinə görədir. Bütün təzim və böyüklük isə yalnız tək Allaha aiddir. Buna görə də yalnız Uca Allaha və Onun ad və sifətlərinə and içilər. Bu and kiçik şirkin bir növüdür. Lakin and içən kimsə Allahdan başqa and içdiyini Allahı təzim etdiyi kimi yaxud ondan daha çox təzimlə and içərsə, bu zaman onun bu andı böyük şirk növünə daxil olar.</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>And içərək təzim edilmək Uca Allahın haqqıdır. Yalnız Uca Allaha və ya Onun ad və sifətlərinə and içilər.
 Səhabənin yaxşılığı əmr edib pislikdən çəkindirməyə həris olması, xüsusən də münkər olan əməl şirk və ya küfür ilə əlaqəli olarsa.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3359</t>
   </si>
   <si>
     <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
   </si>
   <si>
-    <t>Siz iman gətirməyincə cənnətə daxil olmazssızvə bir-birinizi sevməyincə də iman gətirmiş sayılmazsınız. Sizə elə bir şey deyimmi ki, onu etsəniz  bir-birinizi sevərsiz ? "Aranızda salamı yayın</t>
+    <t>Siz iman gətirməyincə cənnətə daxil olmazssızvə bir-birinizi sevməyincə də iman gətirmiş sayılmazsınız. Sizə elə bir şey deyimmi ki, onu etsəniz bir-birinizi sevərsiz? Aranızda salamı yayın</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Siz iman gətirməyincə cənnətə daxil olmazssızvə bir-birinizi sevməyincə də iman gətirmiş sayılmazsınız. Sizə elə bir şey deyimmi ki, onu etsəniz  bir-birinizi sevərsiz ? "Aranızda salamı yayın."</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Siz iman gətirməyincə cənnətə daxil olmazssızvə bir-birinizi sevməyincə də iman gətirmiş sayılmazsınız. Sizə elə bir şey deyimmi ki, onu etsəniz bir-birinizi sevərsiz? Aranızda salamı yayın".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لن يدخل الجنة إلا المؤمنون، ولا يكتمل الإيمان ولا يَصلُحُ حَالَ المجتمعِ المسلم حتى يُحِبَّ بعضُهم بعضًا. 
 ثم أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أفضلِ الأُمور التي بها تَعُمُّ المَحبةُ، وهي إفشاء السلام بين المسلمين، الذي جعله الله تحية لعباده.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Cənnətə yalnız möminlərin daxil olacağını, bir-birilərini sevməyincə də imanlarının kamil olmayacağını və nəticə etibarı ilə müsəlman toplumun islah olmayacağını açıqlamışdır. Beləliklə Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) müsəlmanlar arasında məhəbbətə səbəb ola biləcək ən faydalı əmələ, Allahın qulları üçün salamlaşma olaraq təyin etdiyi, salamı  yaymağa yönləndirdi.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Cənnətə yalnız möminlərin daxil olacağını, bir-birilərini sevməyincə də imanlarının kamil olmayacağını və nəticə etibarı ilə müsəlman toplumun islah olmayacağını açıqlamışdır. Beləliklə Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) müsəlmanlar arasında məhəbbətə səbəb ola biləcək ən faydalı əmələ, Allahın qulları üçün salamlaşma olaraq təyin etdiyi, salamı yaymağa yönləndirdi.</t>
   </si>
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
 من كمال الإيمان أن يُحِبَّ المُسلمُ لأخيه ما يحب لنفسه.
 استحباب إفشاء السلام وبذله للمسلمين؛ لما فيه من نشر المحبة والأمان بين الناس.
 السلام لا يُلْقَى إلا على مسلم؛ لقوله -صلى الله عليه وسلم-: "بينكم".
 بذل السلام فيه رَفْعُ التقاطُعِ والتهاجر والشحناء.
 أهمية المحبة بين المسلمين وأنها من كمال الإيمان.
 جاء في حديث آخر أن صيغه السلام الكاملة: "السلام عليكم ورحمة الله وبركاته"، ويكفي: "السلام عليكم".</t>
   </si>
   <si>
     <t>Cənnətə yalnız imanla daxil olmaq mümkündür.
-Müsəlman özünə rəva bilib sevdiyini, qardaşı üçün də sevməsi imanın kamilliyindəndir.
+Müsəlman özünə rəva bilib sevdiyini (istədiyini), qardaşı üçün də sevməsi imanın kamilliyindəndir.
 İnsanlar arasında sevgi və əminamanlığın genişlənməsi nöqteyi nəzərindən, salam vermək və müsəlmanları da ona təşviq etməyin müstəhəb olması.
 Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) "aranızda" sözünə əsasən salam yalnız müsəlmana verilir.
-Salamı yaymaq -ayrılıq, bir-birini tərk etmə və düşmənçiliyi aradan qaldırır.
+Salamı yaymaq - ayrılıq, bir-birini tərk etmə və düşmənçiliyi aradan qaldırır.
 Müsəlmanlar arasında sevginin əhəmiyyəti və imanın kamilliyinin bir parçası olması.
 Başqa bir hədisdə isə salamın tam forması: “Əssələmu aleykum va rahmətullahi va barakatuhu (Allahın salamı, rəhməti və bərəkəti üzərinizə olsun)" varid olmuşdur. “Əs-sələmu aleykum” da kifayət olan formasıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3361</t>
   </si>
   <si>
     <t>أي العمل أحب إلى الله؟ قال: الصلاة على وقتها، قال: ثم أي؟ قال: ثم بر الوالدين قال: ثم أي؟ قال: الجهاد في سبيل الله</t>
   </si>
   <si>
     <t>Hansı əməl Allaha daha sevimlidir?". Buyurdu: "Vaxtında qılınan namaz". Dedi: "Sonra hansı?". Buyurdu: "Valideynə yaxşılıq". Dedi: "Sonra hansı?". Buyurdu: "Allah yolunda cihad</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بِن مَسْعُودٍ رضي الله عنه قَالَ: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ» قَالَ: حَدَّثَنِي بِهِنَّ، وَلَوِ اسْتَزَدْتُهُ لَزَادَنِي.</t>
   </si>
   <si>
     <t>Abdullah bin Məsudun (Allah ondan razı olsun) belə dediyi rəvayət edilir: Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşdum: "Hansı əməl Allaha daha sevimlidir?". Buyurdu: "Vaxtında qılınan namaz". Dedi: "Sonra hansı?". Buyurdu: "Valideynə yaxşılıq". Dedi: "Sonra hansı?". Buyurdu: "Allah yolunda cihad" Dedi: Allah Rəsulu mənə bunları söylədi. Əgər soruşmağa davam etsəydim, o da cavab verməyə davam edərdi.</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم: أيُّ العمل أحب إلى الله؟ 
 فقال: الصلاة المفروضة في وقتِها الذي حَدَّده الشارع، 
 ثم بر الوالدين، بالإحسان إليهما، والقيام بحقهما، وترك عقوقهما، 
 ثم الجهاد في سبيل الله، لإعلاء كلمة الله عز وجل، والدفاع عن دين الإسلام وأهله، وإظهار شعائره، وذلك بالنفس والمال.
 قال ابن مسعود رضي الله عنه: أخبرني بهذه الأعمال؛ ولو قلت له: ثم أي؟ لزادني.</t>
   </si>
@@ -3161,51 +3161,51 @@
 O (Allahın salavatı və salamı onun üzərinə olsun) onlara dedi: Eşitdiyiniz bu səs yetmiş il əvvəl Cəhənnəmin kənarından atılmış bir daşın səsidir, o orada düşməyə davam edirdi ki, indi səsi eşitdiyiniz zaman cəhənnəmin dibinə çatdı.</t>
   </si>
   <si>
     <t>الحث على الاستعداد لليوم الآخر بالعمل الصالح، والتحذير من جهنم.
 استحباب إسناد العلم إلى الله تعالى فيما لا علم للإنسان به.
 إثارة المعلّم الاهتمام والانتباه قبل البيان؛ ليكون أدعى إلى الإفهام.</t>
   </si>
   <si>
     <t>Saleh əməllər işləməklə Qiyamət gününə hazırlaşmağa təşviq etmək və cəhənnəmdən çəkindirmək.
 İnsanın bilmədiyi şeylər barəsində elmin Uca Allaha nisbət edilməsinin bəyənilən olması.
 Daha yaxşı başa düşülən olması üçün müəllimin, izah etməzdən əvvəl  tələbələrinin maraq və diqqətini oyatması;</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3370</t>
   </si>
   <si>
     <t>أن رجلا أكل عند رسول الله صلى الله عليه وسلم بشماله، فقال: كل بيمينك، قال: لا أستطيع، قال: لا استطعت</t>
   </si>
   <si>
     <t>Bir kişi Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ilə bir süfrə arxasında sol əli ilə yemək yeyirdi, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun): “Sağ əlinlə ye”- dedi. O isə "Bacarmıram" deyə cavab verdi. Dedi: "Heç bacarmayasan</t>
   </si>
   <si>
     <t>عَنْ سَلَمَةَ بْنِ الْأَكْوَعِ رضي الله عنه: أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ»، مَا مَنَعَهُ إِلَّا الْكِبْرُ، قَالَ: فَمَا رَفَعَهَا إِلَى فِيهِ.</t>
   </si>
   <si>
-    <t>Sələmə bin Əl-Əkvadən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Bir kişi Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ilə bir süfrə arxasında sol əli ilə yemək yeyirdi, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun): “Sağ əlinlə ye”- dedi. O isə "Bacarmıram" deyə cavab verdi. Dedi: "Heç bacarmayasan.", bunu etməyə onun təkəbbürlüyü mane oldu. Buyurdu ki: Sağ əlini bir daha ağzına apara bilmədi.</t>
+    <t>Sələmə bin Əl-Əkvadən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Bir kişi Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) ilə bir süfrə arxasında sol əli ilə yemək yeyirdi, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun): “Sağ əlinlə ye”- dedi. O isə "Bacarmıram" deyə cavab verdi. Dedi: "Heç bacarmayasan", bunu etməyə onun təkəbbürlüyü mane oldu. Buyurdu ki: Sağ əlini bir daha ağzına apara bilmədi.</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم رجلًا يَأكلُ بيدِه الشمال، فأَمَرَه أن يَأكلَ بيدِه اليمنى، 
 فأجابه الرجل تَكَبُّرًا وكَذِبًا بأنه لا يستطيع! 
 فدعا عليه النبيُّ صلى الله عليه وسلم أن يُحْرَمَ الأكلَ باليمين، 
 فأجاب الله دعوةَ نبيِّه بأنْ شُلَّتْ يَمينُه، فلم يرفعْها إلى فمِهِ بعد ذلك بطعام أو شراب.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bir kişinin sol əli ilə yemək yediyini görüb, ona sağ əli ilə yeməyi əmr etdi. Kişi isə ona yalan olaraq və təkəbbürlük edərək bacarmadığını cavab verdi. Peyğəmbər(Allahın salavatı və salamı onun üzərinə olsun) ona bəd dua etdi ki, sağ əliylə yeməkdən məhrum olsun. Allah Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) duasına cavab verərək adamın sağ əlini iflic etdi, ona görə də bir daha sağ əlini yemək və ya içmək üçün ağzına qaldıra bilmədi.</t>
   </si>
   <si>
     <t>وجوب الأكل باليمين، وحرمة الأكل بالشمال.
 الاستكبار عن تطبيق الأحكام الشرعية يستحق فاعلُه العقوبةَ.
 إكرام الله لنبيه محمد صلى الله عليه وسلم بإجابة دعوته.
 مشروعية الأمر بالمعروف والنهي عن المنكر على كل حالٍ حتى في حالِ الأكل.</t>
   </si>
   <si>
     <t>Sağ əl ilə yeməyin vacibliyi və sol əl ilə yeməyin haramlılığı.
 Şəriət hökmlərinin icrasından təkəbbürlük edən kəs cəzaya layiqdir.
 Duasına cavab verməklə Allahın öz Peyğəmbəri Muhəmmədin (Allahın salavatı və salamı onun üzərinə olsun) duasını qəbul etməklə ona verdiyi dəyər.
 Bütün hallarda-hətta yemək əsnasında olsa belə-xeyir işləri əmr etmək və qadağanlardan çəkindirmənin zəruriliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3372</t>
   </si>
@@ -4251,193 +4251,193 @@
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurur ki, namazın səhihlik şərtlərindən biri də təmizlikdir. Ona görə də namaz qılmaq istəyən yuxudan ayıldıqda, nəcis və sidiyin ifrazı və bu kimi digər dəstəmazı batil edən hallar baş verdikdə dəstəmaz almalıdır.</t>
   </si>
   <si>
     <t>صلاةُ المُحْدِثِ لا تُقبل حتى يتطهرَ بالغسل من الحَدَث الأكبر وبالوضوء من الأصغر.
 الوضوء هو أَخْذُ ماءٍ وإدارته في الفم وإخراجه، ثم سحب الماء بنَفَسه إلى باطن أنفه، ثم إخراجه ونثره، ثم غسل وجهه ثلاث مرات، ثم غسل يديه مع المرفقين ثلاثًا، ثم مسح جميع رأسه مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.</t>
   </si>
   <si>
     <t>Böyük cənabətdən qüsl almayınca (çimmək), sidik və nəcis ifrazından dəstəmaz alıb təmizlənməyincə, namaz qəbul olunmaz.
 Dəstəmaz: suyu götürərək, ağızda bütünlüklə dövr etdirmək  və çıxarmaq, sonra nəfəsi ilə suyu burnunun içinə çəkmək, sonra çıxarmaq, sonra üç dəfə üzünü yumaq, sonra əlləri dirsəklər də daxil olmaqla üç dəfə yumaq, sonra bütün başına bir dəfə məsh çəkmək, sonra üç dəfə ayaqları topuqlar da daxil olmaqla yumaqdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3534</t>
   </si>
   <si>
     <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>Bir qul xəstələndiyindən və ya səfərə çıxdığından dolayı davamlı olaraq etdiyi ibadətləri etməzsə, ona müqim(sakin olduğu) və sağlam olarkən etdiyi əməllərin savabı kimi savab yazılar</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
-    <t>Əbu Musa əl-Əşaridən - Allah ondan razı olsun - rəvayət edilən hədisdə Allah Rəsulu -salləllahu aleyhi va səlləm- belə buyurmuşdur: "Bir qul xəstələndiyindən və ya səfərə çıxdığından dolayı davamlı olaraq etdiyi ibadətləri etməzsə, ona müqim(sakin olduğu) və sağlam olarkən etdiyi əməllərin savabı kimi savab yazılar".</t>
+    <t>Əbu Musa əl-Əşaridən - Allah ondan razı olsun - rəvayət edilən hədisdə Allah Rəsulu - salləllahu aleyhi va səlləm - belə buyurmuşdur: "Bir qul xəstələndiyindən və ya səfərə çıxdığından dolayı davamlı olaraq etdiyi ibadətləri etməzsə, ona müqim(sakin olduğu) və sağlam olarkən etdiyi əməllərin savabı kimi savab yazılar".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
-    <t>Peyğəmbər -salləllahu aleyhi va səlləm- bir müsləmanın sağlam və müqim olarkən adəti üzrə etmiş olduğu saleh bir əməli xəstəlik, səfər və ya hər hansı bir üzürdən dolayı etmədiyində, ona, sağlam və müqim olarkən etmiş kimi savab yazılmasının Allahın lütfu və rəhməti olduğunu xəbər vermişdir.</t>
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - bir müsləmanın sağlam və müqim olarkən adəti üzrə etmiş olduğu saleh bir əməli xəstəlik, səfər və ya hər hansı bir üzürdən dolayı etmədiyində, ona, sağlam və müqim olarkən etmiş kimi savab yazılmasının Allahın lütfu və rəhməti olduğunu xəbər vermişdir.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Hədisdə Allahın qulları üzərindəki lütfünün genişliyi ifadə edilmişdir.
 Hədisdə saleh əməllərə can atmağa, sağlamlıq və boş vaxtlardan faydalı istifadə etməyə təşviq vardır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3553</t>
   </si>
   <si>
     <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>Zikrin ən fəzilətlisi: «Lə iləhə illəllah» kəlməsidir, duanın ən fəzilətlisi isə: «Əlhəmdulilləh» sözüdür</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
-    <t>Cabir bin Abdullahdan -Allah ondan razı olsun- rəvayət edildiyinə görə o, belə demişdir: Mən Allah Rəsulunun -salləllahu aleyhi va səlləm- belə dediyini eşitdim: "Zikrin ən fəzilətlisi: «Lə iləhə illəllah» kəlməsidir, duanın ən fəzilətlisi isə: «Əlhəmdulilləh» sözüdür".</t>
+    <t>Cabir bin Abdullahdan - Allah ondan razı olsun - rəvayət edildiyinə görə o, belə demişdir: Mən Allah Rəsulunun - salləllahu aleyhi va səlləm - belə dediyini eşitdim: "Zikrin ən fəzilətlisi: «Lə iləhə illəllah» kəlməsidir, duanın ən fəzilətlisi isə: «Əlhəmdulilləh» sözüdür".</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
-    <t>Peyğəmbər-salləllahu aleyhi va səlləm- bizə ən fəzilətli zikrin “Lə iləhə illallah" kəlməsi olduğunu, yəni: Uca Allahdan başqa ibadətə layiq haqq məbud olmadığını və eyni zamanda ən fəzilətli duanın da "Əlhəmdulillah" sözü olduğunu, yəni: Uca Allahın nemətləri bəxş edən, bütün kamil və gözəl vəsflərə layiq olan mənasına gəldiyini xəbər vermişdir.</t>
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - bizə ən fəzilətli zikrin “Lə iləhə illallah" kəlməsi olduğunu, yəni: Uca Allahdan başqa ibadətə layiq haqq məbud olmadığını və eyni zamanda ən fəzilətli duanın da "Əlhəmdulillah" sözü olduğunu, yəni: Uca Allahın nemətləri bəxş edən, bütün kamil və gözəl vəsflərə layiq olan mənasına gəldiyini xəbər vermişdir.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Bu hədis Uca Allahı tövhid kəlməsi ilə çoxlu zikr etməyə və həmd-səna edərək Ona dua etməyə təşviq etmişdir.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[Ət-Tirmizi, Ən-Nəsai əl-Kubrada və İbn Məcə rəvayət ediblər]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3567</t>
   </si>
   <si>
     <t>ألا أدلكم على ما يمحو الله به الخطايا، ويرفع به الدرجات؟</t>
   </si>
   <si>
     <t>Sizi Allahın günahları sildiyi və dərəcələri yüksəltdiyi şeyə yönəldimmi?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟» قَالُوا بَلَى يَا رَسُولَ اللهِ قَالَ: «إِسْبَاغُ الْوُضُوءِ عَلَى الْمَكَارِهِ، وَكَثْرَةُ الْخُطَا إِلَى الْمَسَاجِدِ، وَانْتِظَارُ الصَّلَاةِ بَعْدَ الصَّلَاةِ، فَذَلِكُمُ الرِّبَاطُ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: Sizi Allahın günahları sildiyi və dərəcələri yüksəltdiyi şeyə yönəldimmi? Dedilər: Bəli Ey Allahın Elçisi.
-Dedi: "Çətinliklərə baxmayaraq dəstəmazı tam almaq, məscidlərə çoxlu addımlar atmaq, namazdan sonra növbəti namazı gözləmək və bu ribatdır."</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: "Sizi Allahın günahları sildiyi və dərəcələri yüksəltdiyi şeyə yönəldimmi?". Dedilər: "Bəli Ey Allahın elçisi".
+Dedi: "Çətinliklərə baxmayaraq dəstəmazı tam almaq, məscidlərə çoxlu addımlar atmaq, namazdan sonra növbəti namazı gözləmək və bu ribatdır".</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه هل يُريدون أنْ يدلَّهم على أعمال تكون سببًا في مغفرة الذنوب، ومحوها من كُتب الحفظة، وعلو المنازل في الجنة؟ 
 قال الصحابة: نعم نريد ذلك. قال: 
 الأول: استيعاب وإتمام الوضوء على مشقة؛ كَبردٍ، وقلة ماء، وألم جسم، وماء حار. 
 الثاني: كثرة الخُطا -وهي ما بين القدمين- إلى المساجد ببعد الدار، وكثرة التكرار. 
 الثالث: انتظار وقت الصلاة، وتعلُّق القلب بها، والتأهب لها، والجلوس لها في المسجد لانتظار الجماعة، فإذا صلاها انتظر في مصلاه صلاةً أخرى. 
 ثم بيَّنَ صلى الله عليه وسلم أنَّ هذه الأمور هي المرابطة الحقيقية؛ لأنها تسد طرق الشيطان على النفس، وتقهر الهوى، وتمنعها من قبول الوساوس، فيغلب بها حزبُ الله جنودَ الشيطان؛ وذلك هو الجهاد الأكبر، فكانت بمنزلة الرباط على ثغر العدو.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) 
 səhabələrindən soruşdu ki, onları, günahların bağışlanmasına, 
 onların əməllərin yazan mələklərin kitabından silinməsinə və cənnətdə yüksək məqama səbəb olacaq əməllərə yönəltməyini istəyirlərmi?
 Səhabələr dedilər: Bəli, biz bunu istəyirik. O, dedi:
 Birincisi: Soyuq hava, su azlığı, bədən ağrısı və qaynar su kimi çətinliklər olsa da belə, dəstəmazı kamil və tam şəkildə almaq.
-İkincisi: Evin uzaq olması səbəbiylə və təkrar-təkrar məscidlərə gedərək, atılan -iki ayaq arasında olan- addımları çoxaltmaq .
+İkincisi: Evin uzaq olması səbəbiylə və təkrar-təkrar məscidlərə gedərək, atılan - iki ayaq arasında olan - addımları çoxaltmaq.
 Üçüncüsü: Namazın vaxtını gözləmək, qəlbi ona (namaza) bağlamaq, ona hazırlıq görmək və onu camaatla qılmaq üçün məsciddə oturub gözləmək və namazı qıldıqda növbəti namaz üçün öz yerində gözləmək.
 Sonra, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bu işlərin həqiqi keşik çəkmək olduğunu izah etdi. Çünki o şeytanın insan üzərindəki yollarını bağlayır, nəfsi istəklərə qalib gəlir və onun vəsvəsələri qəbul etməsinə mane olur və onun vasitəsilə Allahın ordusu şeytanın əsgərlərini məğlub edir. Bu, ən böyük cihaddır və düşmənin sərhədində keşik çəkmək kimidir.</t>
   </si>
   <si>
     <t>أهمية المحافظة على صلاة الجماعة في المسجد، والاهتمام بالصلوات وعدم التشاغل عنها.
 حسن عرض النبي صلى الله عليه وسلم وتشويقه لأصحابه حيث بدأهم بثواب عظيم على طريقة السؤال، وهذه طريقة من طرق التعليم.
 فائدة عرض المسألة بالسؤال والجواب: أن يكون الكلام أوقع في النفس بحكم الإبهام والتبيين.
 قال النووي رحمه الله: فذلكم الرباط أي: الرباط المرغَّب فيه، وأصل الرباط الحبس على الشيء، كأنه حبس نفسه على هذه الطاعة، وقيل: إنه أفضل الرباط كما قيل: الجهاد جهاد النفس، ويحتمل أنه الرباط المتيسر الممكن، أي: إنه من أنواع الرباط.
 كررت كلمة "الرباط" وعرفت ب(ال) التعريف؛ ذلك تعظيمٌ لشأن هذه الأعمال.</t>
   </si>
   <si>
     <t>Məsciddə camaat namazını qılmağın, namazlara diqqət yetirməyin və ondan yayınmamağın əhəmiyyəti.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) gözəl təqdimatı və səhabələrini təşviq etməsi. Belə ki o, sual şəklində böyük bir savaba işarə edərək başladı və bu, öyrətmə üsullarından biridir.
-Məsələni sual və cavab şəklində təqdim etməyin faydası: Söhbətin qeyri-müəyyən olması, sonra isə izah edilməsinə görə insana daha çox təsir edir.
-Ən-Nəvəvi (Allah ona rəhmət etsin) demişdi: Bu, keşik çəkməkdir, yəni, təşviq edilən keşik çəkmək və keşik çəkməyin əsası bir şeyə bağlı qalmaqdır, sanki o, özünü bu itaətə həbs etmişdir. Həmçinin deyilmişdir: Bu, ən yaxşı keşik çəkməkdir, necə ki- Cihad nəfsin cihadıdır-deyilmişdir. Ola bilsin ki, mövcud və mümkün olan keşik çəkmək olsun, yəni: bu keşik çəkmənin növlərindən biridir.
+Məsələni sual və cavab şəklində təqdim etməyin faydası: söhbətin qeyri-müəyyən olması, sonra isə izah edilməsinə görə insana daha çox təsir edir.
+Ən-Nəvəvi (Allah ona rəhmət etsin) demişdi: "Bu, keşik çəkməkdir, yəni, təşviq edilən keşik çəkmək və keşik çəkməyin əsası bir şeyə bağlı qalmaqdır, sanki o, özünü bu itaətə həbs etmişdir. Həmçinin deyilmişdir: Bu, ən yaxşı keşik çəkməkdir, necə ki - Cihad nəfsin cihadıdır - deyilmişdir. Ola bilsin ki, mövcud və mümkün olan keşik çəkmək olsun, yəni: bu keşik çəkmənin növlərindən biridir".
 "Ər-Ribat" kəliməsi təkrar-təkrar işlədilmiş və "ال"  artiklı ilə müəyyən edilmişdir; bu isə bu əməllərin qədr-qiymətini böyütmək üçündür.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3574</t>
   </si>
   <si>
     <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
   </si>
   <si>
     <t>Sizə əməllərinizin ən xeyirlisini, Hökmradınızın  yanında ən pak olanını, dərəcələrinizi ən çox artıranı</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
   </si>
   <si>
-    <t>Əbu Dərdadan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Sizə əməllərinizin ən xeyirlisini, Hökmradınızın  yanında ən pak olanını, dərəcələrinizi ən çox artıranı sizin üçün qızıl və pul xərcləməkdən daha xeyirlisini və sizin üçün düşməninizlə qarşılaşıb onların boyunlarını vurmaqdan, onların da sizin boynunuzu vurmaqdan daha xeyirli olanını xəbər verimmi? Onlar dedilər: Bəli. O, dedi: “Uca Allahı zikr etməkdir”.</t>
+    <t>Əbu Dərdadan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Sizə əməllərinizin ən xeyirlisini, Hökmradınızın  yanında ən pak olanını, dərəcələrinizi ən çox artıranı sizin üçün qızıl və gümüş xərcləməkdən daha xeyirlisini və sizin üçün düşməninizlə qarşılaşıb onların boyunlarını vurmaqdan, onların da sizin boynunuzu vurmaqdan daha xeyirli olanını xəbər verimmi?". Onlar dedilər: "Bəli". O, dedi: “Uca Allahı zikr etməkdir”.</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
 هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
 وأرفعها في منازلكم في الجنة؟ 
 وخير لكم من التصدُّق بالذهب والفضة؟ 
 وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
 قال الصحابة: نعم نريد ذلك. 
 قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) səhabələrindən soruşdu:
 İstəyirsinizmi ki, sizə izzət və cəlal sahibi olan, hökmdar Allahın yanında əməllərinizin ən fəzilətlisi, ən şərəflisi, ən üstünü, ən pakı və ən təmizi haqqında xəbər verim və sizi öyrədim?
 Cənnətdə dərəcələrinizi ən çox artıracaq əməli?
-Sizin üçün qızıl və gümüşü sədəqə verməkdən daha xeyirli olanı ?
+Sizin üçün qızıl və gümüşü sədəqə verməkdən daha xeyirli olanı?
 Sizin üçün kafirlərlə döyüşmək üçün qarşılaşıb onların boyunlarını vurmaqdan, onların da sizin boyunlarınızı vurmaqdan daha xeyirli olanı?
 Səhabələr dedilər: Bəli, biz bunu istəyirik.
 O(Allahın salavatı və salamı onun üzərinə olsun) dedi: (Bu əməl) hər zaman, hər şəkildə və hər vəziyyətdə Uca Allahı zikr etməkdir.</t>
   </si>
   <si>
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>Həm zahirdə, həm də batində Uca Allahı zikr etməkdə davamlı  olmaq, Uca Allaha yaxınlaşdıran ən böyük və ən faydalı əməllərdən biridir.
-Bütün əməllər Uca Allahın zikrini  yerinə yetirmək üçün fərz edilmişdir. Uca Allah buyurmuşdur: (Və Məni zikr etmək üçün namaz qıl). Və o (Allahın salavatı və salamı onun üzərinə olsun) demişdir: "Kəbə ətrafında təvaf etmək, Səfa ilə Mərvə arasında səy etmək və Camaratda daş atmaq yalnız Uca Allahın zikrini yerinə yetirmək üçündür". Hədisi Əbu Davud və Tirmizi rəvayət etmişlər.
-[...1 lines deleted...]
-Əl-Munəvi “Feydul-Qadir”də demişdir: “Bu hədis belə təfsir edilmişdir ki, zikr, onunla xitab edilən kəslər üçün daha xeyirli idi . Əgər bu xitab döyüşdə İslama fayda vermiş şücaətli, cəsur birisinə yönəlsə idi, ona cihad, kasıblara fayda verən varlıya yönəlsə idi, ona sədəqə, həccə qadir olan birisinə yönəlsə idi, ona həcc etmək və ata-anası sağ olan birisinə yönəlsə idi, ona, onlara yaxşılıq etmək (ən xeyirli əməl kimi) deyilərdi. Və bununla da xəbərlər arasında uyğunluq hasil olur.
+Bütün əməllər Uca Allahın zikrini  yerinə yetirmək üçün fərz edilmişdir. Uca Allah buyurmuşdur: "Və Məni zikr etmək üçün namaz qıl". Və o (Allahın salavatı və salamı onun üzərinə olsun) demişdir: "Kəbə ətrafında təvaf etmək, Səfa ilə Mərvə arasında səy etmək və Camaratda daş atmaq yalnız Uca Allahın zikrini yerinə yetirmək üçündür". Hədisi Əbu Davud və Tirmizi rəvayət etmişlər.
+Əl-İzz bin Əbdis-Sələm “Qavəid” kitabında belə demişdir: “Bu hədis ona dəlalət edir ki, savab bütün ibadətlərdə çəkilən əziyyətin miqdarına görə olmur. Hərdən Uca Allah az əməllərə görə çox əməllərin  savabından artıq savab verir. Buna görə də savabın miqdarı (əməlin) şərəf dərəcəsindəki fərqindən asılıdır".
+Əl-Munəvi “Feydul-Qadir”də demişdir: “Bu hədis belə təfsir edilmişdir ki, zikr, onunla xitab edilən kəslər üçün daha xeyirli idi . Əgər bu xitab döyüşdə İslama fayda vermiş şücaətli, cəsur birisinə yönəlsə idi, ona cihad, kasıblara fayda verən varlıya yönəlsə idi, ona sədəqə, həccə qadir olan birisinə yönəlsə idi, ona həcc etmək və ata-anası sağ olan birisinə yönəlsə idi, ona, onlara yaxşılıq etmək (ən xeyirli əməl kimi) deyilərdi. Və bununla da xəbərlər arasında uyğunluq hasil olur".
 Ən kamil zikr, qəlbin təfəkkürü (fikirləşməsi) ilə birgə dilin söylədiyi zikrdir. Sonra yalnız təfəkkür kimi qəlblə olan, sonra isə yalnız dillə olan zikrdir. Və hər birində in şəə Allah mükafat vardır.
 Müsəlmanın səhər və axşam zikrləri, məscidə, evə, ayaqyoluna girib-çıxarkən və sair kimi hallarla bağlı zikrləri davamlı etməsi, onu Allahı çox zikr edənlərdən edir.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Ət-Tirmizi, İbnu Məcə və Əhməd rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3575</t>
   </si>
   <si>
     <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>Cənnət sizə ayaqqabınızın bağından daha yaxındır. Cəhənnəm də həmçinin</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>Abdullah bin Məsuddan - Allah ondan razı olsun - rəvayət edildiyine görə Allah Rəsulu - salləllahu aleyhi va səlləm - belə buyurmuşdur: "Cənnət sizə ayaqqabınızın bağından daha yaxındır. Cəhənnəm də həmçinin".</t>
   </si>
   <si>
@@ -4658,127 +4658,127 @@
 الإنسان إذا اقتصر على الواجب في الشرع فإنه مُفلح، ولكن لا يعني هذا أنه لا يُسن أن يأتي بالتطوع؛ لأن التطوع تكمل به الفرائض يوم القيامة.</t>
   </si>
   <si>
     <t>İslam şəriətinin yumşaqlığı və mükəlləflərə (şəriətin əmr və qadağaları yönəlmiş insanlara) asanlığı.
 Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) bu kişi ilə gözəl rəftar etməsi, belə ki, ona, özünə yaxınlaşmasına və sual verməsinə şərait yaratdı.
 Uca Allaha dəvətdə ən vacib olandan başlamaq.
 İslam əqidə və əməldən ibarətdir, buna görə iman olmadan əməlin və əməl olmadan  imanın faydası yoxdur.
 Bu əməllərin əhəmiyyəti və İslamın əsaslarından olması.
 Cümə namazı beş vacib namaza daxildir; çünki bu namaz cümə günü, cümənin vacib olduğu şəxslər üçün zöhr namazının əvəzinədir.
 Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) təlimə (dini öyrətməyə) İslamın ən önəmli vacibatları ilə başladı ki, bunlar da şəhadət kəliməsindən sonra gələn İslamın əsaslarıdır. Çünki, o adam müsəlman idi. Lakin həccdən danışmadı, çünki həcc vacib edilməmişdi və ya hələ vaxtı gəlməmişdi.
 İnsan şəriətdə vacib olan ibadətlərlə  kifayətlənərsə, o, nicat tapmış olar. Lakin bu o demək deyil ki, könüllü ibadətləri etmək sünnət deyil. Çünki qiyamət günü vacib ibadətlər könüllü ibadətlərlə tamamlanacaq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3700</t>
   </si>
   <si>
     <t>ما يصيب المسلم من نصب ولا وصب ولا هم ولا حزن ولا أذى ولا غم حتى الشوكة يشاكها إلا كفر الله بها من خطاياه</t>
   </si>
   <si>
     <t>“Müsəlmanın başına gələn bəlalar içərisində elə bir yorğunluq, xəstəlik, dərd, kədər, əziyyət və sıxıntı, qəm, hətta bədəninə batan tikan kimi bəla yoxdur ki, Allah buna görə onun günahlarını bağışlamasın”</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَعَنْ أَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ».</t>
   </si>
   <si>
-    <t>Əbu Səid əl-Xudridən və Əbu Hureyradan (Allah onlardan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilmişdir: “Müsəlmanın başına gələn bəlalar içərisində elə bir yorğunluq, xəstəlik, dərd, kədər, əziyyət və sıxıntı, qəm, hətta bədəninə batan tikan kimi bəla yoxdur ki, Allah buna görə onun günahlarını bağışlamasın”</t>
+    <t>Əbu Səid əl-Xudridən və Əbu Hureyradan (Allah onlardan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilmişdir: “Müsəlmanın başına gələn bəlalar içərisində elə bir yorğunluq, xəstəlik, dərd, kədər, əziyyət və sıxıntı, qəm, hətta bədəninə batan tikan kimi bəla yoxdur ki, Allah buna görə onun günahlarını bağışlamasın”.</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ ما يُصاب به المسلمُ مِن أمراضٍ وهمومٍ وأحزانٍ وكروبٍ ومصائبَ وشدائدَ وخوفٍ وجوعٍ -حتى لو كانت شوكة تُصيبه فَتُؤْلِمُه-، يكونُ ذلك كفارةً لذنوبه وحطًّا لخطاياه.</t>
   </si>
   <si>
-    <t>Peyğəmbər(Allahın salavatı və salamı onun üzərinə olsun) izah edir ki, müsəlmanın başına gələn hər hansı xəstəlik, narahatlıq, qəm-qüssə, sıxıntı, bəla, çətinlik, qorxu və aclıq - hətta bədəninə batıb  ağrı verən tikan belə-onun günahlarının təmizlənməsinə və xətalarıının bağışlanmasına səbəbdir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) izah edir ki, müsəlmanın başına gələn hər hansı xəstəlik, narahatlıq, qəm - qüssə, sıxıntı, bəla, çətinlik, qorxu və aclıq - hətta bədəninə batıb  ağrı verən tikan belə-onun günahlarının təmizlənməsinə və xətalarıının bağışlanmasına səbəbdir.</t>
   </si>
   <si>
     <t>بيان فضل الله على عباده المؤمنين ورحمته بهم بغفران الذنوب بأقل ضرر يصيبهم.
 ينبغي للمسلم أن يَحْتَسِبَ عند الله ما يُصيبه، ويَصبر على كل صغيرة وكبيرة، لتكون له رفعة في الدرجات وكفارة للسيئات.</t>
   </si>
   <si>
     <t>Mömin bəndələrin başına gələn ən kiçik əziyyətlərə görə  günahlarının bağışlaması, Allahın onlara olan lütfünün və onlara qarşı mərhəmətinin təzahürüdür.
 Müsəlman, başına gələn müsibətin mükafatını Allahdan ummalı, baş verəcək hər bir böyük və ya kiçik hadisəyə səbr etməlidir ki, bununla da dərəcəsi yüksəlsin və günahları silinsin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3701</t>
   </si>
   <si>
     <t>حجبت النار بالشهوات، وحجبت الجنة بالمكاره</t>
   </si>
   <si>
     <t>Cəhənnəm şəhvətlərlə (nəfsə xoş gələn şeylərlə), Cənnət isə nəfsin istəmədiyi şeylərlə əhatə edilmişdir</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradən - Allah ondan razı olsun - rəvayət edildiyinə görə, Allah Rəsulu - salləllahu aleyhi va səlləm - belə buyurmuşdur: "Cəhənnəm şəhvətlərlə (nəfsə xoş gələn şeylərlə), Cənnət isə nəfsin istəmədiyi şeylərlə əhatə edilmişdir".</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
 وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
   </si>
   <si>
     <t>Peyğəmbər - salləllahu aleyhi va səlləm - Cəhənnəmin haramları etmək və fərzlərə laqeyd və səhlənkar yanaşmaq kimi nəfsin arzuladığı şeylər ilə əhatə edildiyini xəbər vermişdir. Kim nəfsinin istəklərinə uyarsa, Cəhənnəmə layiq olar. Cənnət isə əmr edilənləri yerinə yetirməyə səbr etmək, haramları tərk edib bunda qərarlı olmaq kimi nəfsin xoş görmədiyi şeylər ilə əhatə edilmişdir. Kim bu çətin yolları aşar və bu işdə nəfsi ilə mücadələ edərsə,Cənnətə daxil olmağa layiq olar.</t>
   </si>
   <si>
     <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
 الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
 فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
   </si>
   <si>
     <t>İnsanı şəhvətinin arxasınca sürükləyən səbəblərdən biri də şeytanın insana şər və çirkin şeyləri gözəl göstərməsidir. Beləcə, nəfs onu gözəl görür və ona meyil edir.
 Hədisdə nəfsə xoş gələn haramlardan uzaq durmaq əmr edilmişdir. Çünki bu, Cəhənnəmə aparan yoldur. Həmçinin nəfsə xoş gəlməyən şeylərə də səbr etmək əmr edilmişdir. Çünki bu da Cənnətə aparan yoldur.
 Hədisdə nəfslə mücadilə etməyin, ibadətlərə həris olmağın, nəfsin xoşlamadığı şeylərə və itaətləri əhatə edən çətinliklərə səbr etməyin fəziləti bəyan edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3702</t>
   </si>
   <si>
     <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
-    <t>Müsəlmanın müsəlman üzərində beş haqqı vardır: Salamını almaq, xəstələndiyində ziyarət etmək, cənazəsini müşayiət etmək, dəvətinə icabət etmək və asqırdıqda: (Əlhəmdulilləh) deyənə: (Yərhəmukəllah) (yəni: Allah sənə rəhmət etsin) deməkdir</t>
+    <t>Müsəlmanın müsəlman üzərində beş haqqı vardır: Salamını almaq, xəstələndiyində ziyarət etmək, cənazəsini müşayiət etmək, dəvətinə icabət etmək və asqırdıqda: (əlhəmdu-li-Lləh) deyənə: (yərhəmukə-Llah) (yəni: Allah sənə rəhmət etsin) deməkdir</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradən -Allah ondan razı olsun- rəvayət edildiyinə görə,  belə demişdir: Mən Allah Rəsulunun -salləllahu aleyhi va səlləm- belə dediyini eşitdim: "Müsəlmanın müsəlman üzərində beş haqqı vardır: Salamını almaq, xəstələndiyində ziyarət etmək, cənazəsini müşayiət etmək, dəvətinə icabət etmək və asqırdıqda: (Əlhəmdulilləh) deyənə: (Yərhəmukəllah) (yəni: Allah sənə rəhmət etsin) deməkdir."</t>
+    <t>Əbu Hureyradən - Allah ondan razı olsun - rəvayət edildiyinə görə,  belə demişdir: Mən Allah Rəsulunun - salləllahu aleyhi va səlləm - belə dediyini eşitdim: "Müsəlmanın müsəlman üzərində beş haqqı vardır: Salamını almaq, xəstələndiyində ziyarət etmək, cənazəsini müşayiət etmək, dəvətinə icabət etmək və asqırdıqda: (əlhəmdu-li-Lləh) deyənə: (yərhəmukə-Llah) (yəni: Allah sənə rəhmət etsin) deməkdir".</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
   <si>
-    <t>Peyğəmbər -salləllahu aleyhi va səlləm- bu hədisdə bir müsəlmanın müsləman qardaşı üzərindəki haqqlarından bəzilərini bəyan etmişdir. Bu haqqlardan birincisi, salam verən kimsənin salamını almaqdır.
+    <t>Peyğəmbər - salləllahu aleyhi va səlləm - bu hədisdə bir müsəlmanın müsləman qardaşı üzərindəki haqqlarından bəzilərini bəyan etmişdir. Bu haqqlardan birincisi, salam verən kimsənin salamını almaqdır.
 İkincisi: Xəstənin ziyarət edilməsidir.
 Üçüncüsü: Cənazəni evindən cənazə namazı qılınan yerə gətirilməsinə, oradan da məzarlığa dəfn edilməsinə qədər müşayiət etməkdir.
 Dördüncüsü: Toya və s. buna bənzər məclislərə dəvət ediləndə qardaşının dəvətinə icabət etməkdir.
-Beşincisi: Asqırdıqda: (Əlhəmdulilləh) deyən kimsəyə: (Yərhəmukəllah) (yəni: Allah sənə rəhm etsin) deməkdir. Asqıran kimsə də buna cavab olaraq: (Yəhdikumullahu va yuslih bələkum) (yəni: Allah sizi doğru yola yönəltsin və halınızı islah etsin) deyə cavab verir.</t>
+Beşincisi: Asqırdıqda: (əlhəmdu-li-Lləh) deyən kimsəyə: (yərhəmukə-Llah) (yəni: Allah sənə rəhm etsin) deməkdir. Asqıran kimsə də buna cavab olaraq: (yəhdikumu-Llahu va yuslih bələkum) (yəni: Allah sizi doğru yola yönəltsin və halınızı islah etsin) deyə cavab verir.</t>
   </si>
   <si>
     <t>عظمة الإسلام في تأكيد الحقوق بين المسلمين وتوثيق الأُخوَّة والمحبة بينهم.</t>
   </si>
   <si>
     <t>Hədisdə müsəlmanlar arasında haqlara diqqət edilməsi, qardaşlıq və sevgi bağlarının qüvvətləndirilməsində İslamın böyüklüyü ifadə edilmişdr.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/3706</t>
   </si>
   <si>
     <t>خير يوم طلعت عليه الشمس يوم الجمعة</t>
   </si>
   <si>
     <t>Günəşin üzərinə doğduğu ən xeyirli gün cümə günüdür</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ، فِيهِ خُلِقَ آدَمُ، وَفِيهِ أُدْخِلَ الْجَنَّةَ، وَفِيهِ أُخْرِجَ مِنْهَا، وَلَا تَقُومُ السَّاعَةُ إِلَّا فِي يَوْمِ الْجُمُعَةِ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Günəşin üzərinə doğduğu ən xeyirli gün cümə günüdür, Adəm həmin gün yaradılıb, həmin gün Cənnətə daxil edilib, həmin gün oradan çıxarılıb və Qiyamət yalnız cümə günü qopacaq».</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ خيْرَ يومٍ طلعت عليه الشمس يومُ الجمعة، 
 ومن خصائصه: أن الله خلق فيه آدم عليه السلام، وفيه أدخله الجنة، وفيه أخرجه منها وأهبطه إلى الأرض، ولا تقوم الساعة إلا في يوم الجمعة.</t>
@@ -5177,51 +5177,51 @@
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Ramazan ayının son on gecəsində olan Qədr gecəsini ibadətlə keçirməyin fəziləti barədə xəbər vermiş və bildirmişdir ki, kim bu gecəni namaz qılmaqla, Quran oxumaqla, dua və zikr etməklə keçirib, həmin gecənin varlığına və fəzilətinə iman gətirər, bu əməllərin savabını yalnız Allahdan umar,  riyadan və şan-şöhrətdən uzaq durarsa, Allah onun keçmiş günahlarını bağışlayar.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
 فضل الله ورحمته، فإنّ مَن قام ليلة القدر إيمانًا واحتسابًا غُفر له ما تقدم من ذنبه.</t>
   </si>
   <si>
     <t>Qədr gecəsinin fəziləti və onu ibadətlə keçirməyə təşviq.
 Saleh əməllər yalnız səmimi, doğru niyyətlə qəbul edilir.
 Allahın qullarına lütfü və rəhmətidir ki, hər kimsə imanla və savabını yalnız Allahdan umaraq Qədr gecəsini ibadətlə keçirərsə, keçmiş günahları bağışlanar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4202</t>
   </si>
   <si>
     <t>من يرد الله به خيرا يصب منه</t>
   </si>
   <si>
     <t>Allah kimə xeyir istərsə, onu müsibətlə imtahana çəkər</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
   </si>
   <si>
-    <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Allah kimə xeyir istərsə, onu müsibətlə imtahana çəkər."</t>
+    <t>Əbu Hureyra (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Allah kimə xeyir istərsə, onu müsibətlə imtahana çəkər".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله إذا أراد بأحدٍ من عباده المؤمنين خيرًا ابتلاهم في أنفسهم وأموالهم وأهلهم، لِمَا يحصل فيه للمؤمن من اللجوء إلى الله تعالى بالدعاء، وتكفير السيئات، ورِفْعَة الدرجات.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Allah mömin qullarından birinə xeyir istərsə, onu özü ilə, var-dövləti ilə, ailəsi ilə imtahana çəkər. Nəticə olaraq mömin də, günahlarının təmizlənməsi və dərəcəsinin artması üçün duaya sarılar.</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>Həqiqətən mömin müxtəlif növ bəlalara məruz qalır.
 Bəla, müsibət Allahın qulunu sevməsinin işarəsi ola bilər. Onun dərəcəsini artırar, məqamını yüksəldər və günahlarını silər.
 Müsibətlərə səbr etməyə və dözümlüyə təşviq.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4204</t>
   </si>
   <si>
     <t>المسلم إذا سئل في القبر: يشهد أن لا إله إلا الله وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>Müsəlmandan qəbirdə soruşulduqda: Allahdan başqa ilah olmadığına və Məhəmmədin Allahın Rəsulu olduğuna şəhadət verər”</t>
@@ -5448,105 +5448,105 @@
   <si>
     <t>Ehtiyac duyulan ən vacib olanla məşğul olmaq, hazırda ehtiyac olmayan şeyləri tərk etmək və baş verməyən şeylər haqqında sual verməklə məşğul olmamaq lazımdır.
 Məsələləri çətinləşdirə biləcək sual verməyin və çoxlu ixtilafa səbəb olacaq şübhələr qapısını açmağın haramlılığı.
 Bütün qadağaları tərk etmək əmr edilmişdir; çünki onu tərk etməyin heç bir çətinliyi yoxdur və buna görə də onun  qadağan edilməsi ümumidir.
 Əmr olunanı bacarılan miqdarda yerinə yetirməyin tələb edilməsi; çünki onu yerinə yetirmək çətin və ya mümkünsüz ola bilər. Buna görə də o bacarılan miqdarda əmr edilib.
 Çox sual verməyin qadağan edilməsi.
 Alimlər sualı iki qismə bölmüşdür: Onlardan biri: Din məsələsində ehtiyac duyulan şeyləri öyrənmək üçün  olandır ki, bunun özü əmr edilmişdir. Səhabələrin sualları da bu növdəndir. 
 İkincisi: İnadkarlıq və çətinləşdirmə şəklində olan suallar və bu növ qadağan olunandır.
 Bu ümmət, öncəki ümmətlərin etdiyi kimi edib peyğəmbərinə müxalif olmaqdan qadağan edilmişdir.
 Ehtiyac olmayan şeylərdə, xüsusən də yalnız Allahın bildiyi qeybi məsələlər və Qiyamət gününün halları kimi əl çatmayan işlərdə çoxlu sual vermək və peyğəmbərlərə müxalif olmaq həlak olmağın səbəbidir.
 Çətin məsələlərdə sual verməyin qadağan edilməsi, əl-Əvzəi demişdir: "Allah qulunu elmin bərəkətindən məhrum etmək istəyərsə, onun dilinə mübahisə etməyi salar, mən onların insanların ən az elmlisi olduğunu  gördüm". İbn Vəhb demişdir: Malikin belə dediyini eşitdim: "Elmdə mübahisə etmək, insanın qəlbindən elm nurunu aparar".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4295</t>
   </si>
   <si>
     <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
   </si>
   <si>
     <t>Sən məndən əzəmətli bir əməl barədə soruşdun. Həqiqətən də o Allahın asanlaşdırdığı kimsələr üçün asandır</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
   </si>
   <si>
-    <t>Muaz bin Cəbəl (Allah ondan razı olsun) demişdir: Mən Peyğəmbərlə (sallallahu aleyhi və səlləm) birgə səfərdə idim. Bir gün, biz yol gedərkən ona yaxınlaşdım və dedim: "Ey Allahın Rəsulu, məni Cənnətə daxil edəcək və Cəhənnəmdən uzaqlaşdıracaq əməl barədə mənə xəbər ver!". Peyğəmbər (sallallahu aleyhi və səlləm) buyurdu: "Sən məndən əzəmətli bir əməl barədə soruşdun. Həqiqətən də o Allahın asanlaşdırdığı kimsələr üçün asandır". Gərək, Allaha ibadət edəsən və Ona heç bir şeyi şərik qoşmayasan, namazı qılasan, zəkat verəsən, ramazan ayını oruc tutasan və Kəbəni ziyarət edəsən”. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) dedi: “Səni xeyir qapılarına yönəldimmi? Oruc qalxandır. Sədəqə suyun odu söndürdüyü kimi günahları söndürür (silir). Kişinin gecənin ortasında qıldığı namazı da, habelə”. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) bu ayəni oxudu: “Onlar gecə namazını qılmaq üçün böyürlərini yataqdan qaldırır, qorxu və ümid içində öz Rəbbinə yalvarır və onlara verdiyimiz ruzilərdən Allah yolunda xərcləyirlər. Etdikləri əməllərin mükafatı olaraq onlar üçün gözlərinə sevinc gətirəcək nələr saxlandığını heç kəs bilmir”. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) dedi: “Sənə dinin başı, onun dirəyi və ən uca zirvəsi barədə xəbər verimmi?” Mən dedim: "Bəli, Ey Allahın Rəsulu". O, buyurdu: “Dinin başı İslam, dirəyi namaz, ən uca zirvəsi isə cihaddır”. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) dedi: “Sənə bunların hamısını özündə cəm edən xislət barədə xəbər verimmi?”. Mən dedim: "Əlbəttə, Ey Allahın Rəsulu". O, əli ilə öz dilini tutub dedi: “Bunu, saxla!” Mən dedim: "Ey Allahın Peyğəmbəri! Məgər biz, danışdığımız sözlərə görə hesaba çəkiləcəyik?!". Peyğəmbər (sallallahu aleyhi və səlləm) dedi: “Anan səni itirsin ey Muaz! Məgər insanları üzüstə yaxud burunları üzərində Cəhənnəmə sürükləyən yalnız dilləri ilə əkdiklərinin bəhrəsi deyilmi?!”.</t>
+    <t>Muaz bin Cəbəl (Allah ondan razı olsun) demişdir: Mən Peyğəmbərlə (sallallahu aleyhi və səlləm) birgə səfərdə idim. Bir gün, biz yol gedərkən ona yaxınlaşdım və dedim: "Ey Allahın Rəsulu, məni Cənnətə daxil edəcək və Cəhənnəmdən uzaqlaşdıracaq əməl barədə mənə xəbər ver!". Peyğəmbər (sallallahu aleyhi və səlləm) buyurdu: "Sən məndən əzəmətli bir əməl barədə soruşdun. Həqiqətən də o Allahın asanlaşdırdığı kimsələr üçün asandır. Gərək, Allaha ibadət edəsən və Ona heç bir şeyi şərik qoşmayasan, namazı qılasan, zəkat verəsən, ramazan ayını oruc tutasan və Kəbəni ziyarət edəsən”. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) dedi: “Səni xeyir qapılarına yönəldimmi? Oruc qalxandır. Sədəqə suyun odu söndürdüyü kimi günahları söndürür (silir). Kişinin gecənin ortasında qıldığı namazı da, habelə”. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) bu ayəni oxudu: “Onlar gecə namazını qılmaq üçün böyürlərini yataqdan qaldırır, qorxu və ümid içində öz Rəbbinə yalvarır və onlara verdiyimiz ruzilərdən Allah yolunda xərcləyirlər. Etdikləri əməllərin mükafatı olaraq onlar üçün gözlərinə sevinc gətirəcək nələr saxlandığını heç kəs bilmir”. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) dedi: “Sənə dinin başı, onun dirəyi və ən uca zirvəsi barədə xəbər verimmi?” Mən dedim: "Bəli, Ey Allahın Rəsulu". O, buyurdu: “Dinin başı İslam, dirəyi namaz, ən uca zirvəsi isə cihaddır”. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) dedi: “Sənə bunların hamısını özündə cəm edən xislət barədə xəbər verimmi?”. Mən dedim: "Əlbəttə, Ey Allahın Rəsulu". O, əli ilə öz dilini tutub dedi: “Bunu, saxla!” Mən dedim: "Ey Allahın Peyğəmbəri! Məgər biz, danışdığımız sözlərə görə hesaba çəkiləcəyik?!". Peyğəmbər (sallallahu aleyhi və səlləm) dedi: “Anan səni itirsin ey Muaz! Məgər insanları üzüstə yaxud burunları üzərində Cəhənnəmə sürükləyən yalnız dilləri ilə əkdiklərinin bəhrəsi deyilmi?!”.</t>
   </si>
   <si>
     <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
 قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
 الأول: تعبد الله وحده ولا تشرك به شيئًا. 
 الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
 الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
 الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
 ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
 أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
 ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
 ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
 ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟ 
 قال معاذ رضي الله عنه: بلى يا رسول الله. 
 قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. 
 وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله. 
 ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. 
 قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟! 
 قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
   </si>
   <si>
     <t>Muaz (Allah ondan razı olsun) demişdir: Mən Peyğəmbərlə (sallallahu aleyhi və səlləm) birgə səfərdə idim. Bir gün biz yol gedərkən ona yaxınlaşdım və dedim: "Ey Allahın Rəsulu, məni Cənnətə daxil edəcək və Cəhənnəmdən uzaqlaşdıracaq əməl barədə mənə xəbər ver!". Peyğəmbər (sallallahu aleyhi və səlləm) dedi: “Sən artıq edilməsi nəfslərə əzəmətli gələn bir əməl barədə soruşdun. Həqiqətən də o Allahın asanlaşdırdığı kimsələr üçün asan və rahahatdır; İslamın fərzlərini yerinə yetir:
 Birincisi: Tək Allaha ibadət et və Ona heç bir şeyi şərik qoşma.
 İkincisi: Gecə və gündüz, şərtlərini, rukunlarını və vaciblərini yerinə yetirərək: fəcr, zöhr, əsr, məğrib və işa olmaqla beş vaxt fərz namazlarını doğru-düzgün qıl.
 Üçüncüsü: Fərz olan zəkatı ver. Zəkat, şəriətdə müəyyən miqdara çatan hər bir maldan çıxarılıb, zəkata layiq kimsələrə verilən, vacib və mal ilə olan ibadətidir.
 Dördüncüsü: Ramazan ayını oruc tut. Oruc sübh namazı girdikdən günəş batana qədər yeməkdən, içməkdən və orucu batil edən digər şeylərdən ibadət niyyəti ilə imtina etməkdir.
 Beşincisi: Uca Allaha ibadət etmək məqsədi ilə - müəyyən ayinləri icra etmək üçün Məkkəyə gedib, Allahın Evinə həcc et.
 Sonra Peyğəmbər (sallallahu aleyhi və səlləm) belə dedi: Sənə xeyir qapılarına aparan yolu öyrədimmi? Bu, o fərzlərin ardınca nafilə ibadətlər etməklədir:
 Birincisi: Nafilə orucdur. Bu, şəhvəti sındıraraq və nəfsi zəiflədərək insanın günahlara düşməsinə maneə olur.
 İkincisi: Nafilə sədəqə insan günah etdikdən sonra günahı söndürür, onu yuyub aparır və əsərini silir.
-Üçüncü: Kişinin gecənin axırıncı üçdə birində qıldığı təhəccüd namazı. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) Uca Allahın bu ayəsini oxudu: {Onlar gecə namazını qılmaq üçün böyürlərini yataqdan} yəni: yatdıqları yerdən qaldırır, {qorxu və ümid içində öz Rəbbinə yalvarır} yəni: namaz, zikr, Quran oxumaq və dua etməklə və {onlara verdiyimiz ruzilərdən Allah yolunda xərcləyirlər. Onlar üçün gözlərinə sevinc gətirəcək nələr saxlandığını heç kəs bilmir} yəni: Qiyamət günü və Cənnətdə onlar üçün gözlərini sevindirəcək hansı nemətlər saxlandığını kimsə bilməz {etdikləri əməllərin mükafatı olaraq}.
+Üçüncü: Kişinin gecənin axırıncı üçdə birində qıldığı təhəccüd namazı. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) Uca Allahın bu ayəsini oxudu: "Onlar gecə namazını qılmaq üçün böyürlərini yataqdan" yəni: yatdıqları yerdən qaldırır, "qorxu və ümid içində öz Rəbbinə yalvarır" yəni: namaz, zikr, Quran oxumaq və dua etməklə və "onlara verdiyimiz ruzilərdən Allah yolunda xərcləyirlər. Onlar üçün gözlərinə sevinc gətirəcək nələr saxlandığını heç kəs bilmir" yəni: Qiyamət günü və Cənnətdə onlar üçün gözlərini sevindirəcək hansı nemətlər saxlandığını kimsə bilməz "etdikləri əməllərin mükafatı olaraq".
 Sonra Peyğəmbər (sallallahu aleyhi və səlləm) dedi: Sənə dinin əsası, dinin sökəndiyi dirəyi və ən uca zirvəsi haqqında xəbər verimmi?
 Muaz (Allah ondan razı olsun) dedi: Bəli, Ey Allahın Rəsulu.
 Peyğəmbər (sallallahu aleyhi və səlləm) dedi: Dinin başı İslamdır və onun əsası iki şəhadətdir və bu ikisi ilə insan dinin əslinə sahib olur. Dinin dirəyi isə namazdır. Dirəksiz ev olmadığı kimi namazsız da İslam yoxdur. Kim namaz qılarsa dini qüvvətlənər və ucalar. Dinin ən uca və ən ali zirvəsi isə cihad və həmçinin Allahın kəlməsini uca tutmaq üçün dinin düşmənləri ilə mübarizədə səy göstərməklə əldə edilir.
 Sonra Peyğəmbər (sallallahu aleyhi və səlləm) dedi: Sənə bütün bu dediklərimi möhkəmlədən və kamilləşdirən bir şey haqqında xəbər verimmi? Peyğəmbər (sallallahu aleyhi və səlləm) dilini tutub belə dedi: Bunu qoru və sənə aid olmayan şeylər haqqında danışma. Muaz dedi: Rəbbimiz bizi danışdığımız hər bir sözə görə hesaba çəkəcək və cəza verəcəkmi?!
 Peyğəmbər (sallallahu aleyhi və səlləm) dedi: “Anan səni itirsin ey Muaz!”. Bu, Peyğəmbərin (sallallahu aleyhi və səlləm) Muaza (Allah ondan razı olsun) heç də bəddua etməsi anlamında deyil, sadəcə bu kəlimə, ərəblərin qarşısındakı insanı, bilib, diqqət etməli olduğu bir işə xəbərdarlıq etməsi üçündür. Sonra Peyğəmbər (sallallahu aleyhi və səlləm) belə dedi: Məgər insanları üzüstə Cəhənnəmə sürükləyib atan onların dilləri ilə etdikləri küfr, iftira, söyüş, qeybət, nəmmamlıq, böhtan və s. bu kimi günahları deyilmi?!</t>
   </si>
   <si>
     <t>حرص الصحابة رضي الله عنهم على العِلْم، ولهذا يَكثُرُ منهم سؤال النبي صلى الله عليه وسلم عنه.
 فقه الصحابة رضي الله عنهم لعلمهم أنَّ الأعمال سبب لدخول الجنة.
 السؤال الذي صَدَر من معاذ رضي الله عنه سؤال عظيم؛ لأنه في الحقيقة هو سِرُّ الحياة والوجود، فكل موجود في هذه الدنيا من بني آدم أو من الجنّ غايته إما الجنة وإما النار، فلذلك كان هذا السؤال عظيمًا.
 ترتُّب دخوله الجنة على الإتيان بأركان الإسلام الخمسة، وهي: الشهادتان والصلاة والزكاة والصيام والحج.
 رأس الدين وأغلى المُهمّات وأعلى الواجبات توحيد الله، بعبادته وحده لا شريك له.
 رحمة الله بعباده أنْ فتح لهم أبواب الخير ليتزوَّدوا من أسباب الأجر ومغفرة الذنوب.
 فضل التقرب بالنوافل بعد أداء الفرائض.
 الصلاة من الإسلام بمنزلة العمود الذي تقوم عليه الخَيْمَة، يَذهب الإسلام بذهابها، كما تسقط الخيمة بسقوط عمودها.
 وجوب حفظ اللسان عما يضر الإنسان في دينه.
 كَفُّ اللسان وضبطُه وحَبسُه هو أصل الخير كله.</t>
   </si>
   <si>
     <t>Səhabələrin (Allah onlardan razı olsun) elmə olan hərisliyi. Buna görə də onlar Peyğəmbərə (sallallahu aleyhi və səlləm) çoxlu suallar verərdilər.
 Səhabələrin (Allah onlardan razı olsun) əməllərin Cənnətə daxil olmaq üçün səbəb olduğunu bilmələri onların dini bilgilərindən qaynaqlanırdı.
-Muazın (Allah ondan razı olsun) verdiyi sual əzəmətli sualdır. Çünki əslində bu sual, həyatın və varlığın sirridir. İstət insan, istərsə də cin olmasından aslı olmayaraq dünyada mövcud olan varlığın sonu ya Cənnətdir va da Cəhənnəm. Ona görə də bu sual əzəmətli sual idi.
+Muazın (Allah ondan razı olsun) verdiyi sual əzəmətli sualdır. Çünki əslində bu sual, həyatın və varlığın sirridir. İstər insan, istərsə də cin olmasından aslı olmayaraq dünyada mövcud olan varlığın sonu ya Cənnətdir va da Cəhənnəm. Ona görə də bu sual əzəmətli sual idi.
 Cənnətə daxil olmaq İslamın beş şərtinə əməl etməkdən asılıdır. Bunlar: İki şəhadət kəlməsini (mənasını anlayaraq) tələffüz etmək, namaz qılmaq, oruc tutmaq, zəkat vermək və Həccə getməkdir.
 Dinin başı, işlərin ən qiymətlisi və vacibərin ən üstünü heç bir şəriki olmayan Tək Uca Allahı ibadətdə təkləşdirməkdir.
 Uca Allah öz qullarına xeyir qapılarını açmaqla onlara rəhm edir ki, onlar savab qazanmaq və günahlarının bağışlanması üçün vasitələr əldə etsinlər.
 Fərz ibadətləri yerinə yetirdikdən sonra nafilə ibadətlərlə Uca Allaha yaxınlaşmağın fəziləti.
 İslamda namaz, çadırın üzərində dayandığı dirəyinə (sütununa) bənzəyir. Dirək yıxıldıqda çadır da yıxıldığı kimi, namaz da olmasa İslam yox olub gedər.
 Dili, insana dinində zərər verən şeylərdən qorumaq vacibdir.
 Dili cilovlamaq, ona nəzarət etmək və qoruyub-saxlamaq hər bir xeyirin əsasıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4303</t>
   </si>
   <si>
     <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>İki müsəlman qılıncla (bir-birini öldürmək üçün) qarşı-qarşıya gəlirsə, öldürən də, ölən də cəhənnəmdədir</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>Əbu Bəkrədən (Allah ondan razı olsun) rəvayət edilən hədisdə Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "İki müsəlman qılıncla (bir-birini öldürmək üçün) qarşı-qarşıya gəlirsə, öldürən də, ölən də cəhənnəmdədir". Dedim: "Ey Allahın Rəsulu, bu qatildir, bəs ölənin günahı nədir? (O niyə cəhənnəmdədir?) Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "O da, müsəlman qardaşını öldürmək istəyirdi".</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
@@ -6509,72 +6509,71 @@
 من عظيم فضل الله تيسير أسباب الأجر.
 تفاضل العباد في نصيبهم من أبواب البر والخير.
 كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
 مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
   </si>
   <si>
     <t>Uca Allahı davamiyyətli olaraq zikr etməyin fəziləti.
 Uca Allahın lütfünün böyüklüyündən biri də savab qazanmaq yollarını asanlaşdırmasıdır.
 Qulların yaxşılıq və xeyir qapılarından əldə etdikləri payda bir-birindən üstün olması.
 Uca Allahı təsbih, həmd, təhlil, təkbir və s. bu kimi zikrlərlə, dil və qəlb bir-birinə uyğunlaşaraq çox zikr etmək, bir çox nafilə ibadətlərin yerini tutur.
 Peyğəmbərin (sallallahu aleyhi və səlləm) sual verənlərin halına diqqət edərək hər birinin halına uyğun olan cavab verməsi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4716</t>
   </si>
   <si>
     <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
   </si>
   <si>
     <t>Sizlərdən biriniz özü üçün istədiyini qardaşına istəmədikcə (kamil) iman gətirmiş olmaz</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ».</t>
   </si>
   <si>
-    <t>Ənəsdən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Sizlərdən biriniz özü üçün istədiyini qardaşına istəmədikcə (kamil) iman gətirmiş olmaz."</t>
+    <t>Ənəsdən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: "Sizlərdən biriniz özü üçün istədiyini qardaşına istəmədikcə (kamil) iman gətirmiş olmaz".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) açıq şəkildə bildirmişdir ki, hər bir müsəlman özü üçün sevdiyi itaətləri, dində və dünyada olan xeyir növlərini qardaşı üçün istəmədikcə, özü üçün sevmədiyi şeyi də onun üçün sevməyənə qədər onun imanı kamil olmaz. Buna görə də o, müsəlman qardaşının dinində bir nöqsan görərsə, onu düzəltməyə çalışar, onda xeyir görərsə onu xeyirə istiqamətləndirər və ona yardım edər, din və dünya işlərində ona nəsihət edər.</t>
   </si>
   <si>
     <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
 الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
 تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
 استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
 قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
   </si>
   <si>
     <t>İnsanın özü üçün sevdiyini qardaşı üçün də sevməsinin vacibliyi. Çünki özü üçün sevdiyini qardaşı üçün sevməyən bir kəsdən imanın inkar olunması bunun vacibliyinə dəlalət edir.
 Allah üçün olan qardaşlıq nəsil (qan) qardaşlığından üstündür, ona görə də onun haqqı daha vacibdir.
 Aldatma, qeybət, həsəd, müsəlmanın özünə, malına və namusuna təcavüz kimi sevgiyə zidd olan bütün söz və hərəkətlərin haram olması.
-(İnsanı) həvəsləndirəcək- "Qardaşına” sözü kimi bəzi sözlərdən istifadə etmək “
-[...1 lines deleted...]
-kifayətlənərək bunu deməmişdir.</t>
+(İnsanı) həvəsləndirəcək - "Qardaşına” sözü kimi bəzi sözlərdən istifadə etmək.
+Əl-Kirmani - rahiməhullah - demişdir: “Özünün sevmədiyi şərri qardaşı üçün də sevməməyi imandandır və o, bunu qeyd etməmişdir. Çünki bir şeyi sevmək onun əksinə nifrət etməyi zəruri edir, ona görə də (qeyd olunanlarla) kifayətlənərək bunu deməmişdir".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4717</t>
   </si>
   <si>
     <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>Əgər siz Allaha layiqincə təvəkkül etsəniz, O sizə də ruzini səhər yuvasından ac çıxıb, (axşam) tox qayıdan quşun ruzisi  kimi  yetirər</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>Ömər bin Əl-Xattabdan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Əgər siz Allaha layiqincə təvəkkül etsəniz, O sizə də ruzini səhər yuvasından ac çıxıb, (axşam) tox qayıdan quşun ruzisi  kimi  yetirər".</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bizi dünyəvi və dini işlərdə faydalı əməllərə sarınmaqla və zərərli şeyləri dəf etməklə izzət və cəlal sahibi olan Allaha güvənməyə təşviq edir, çünki bizə neməti verən, onu bizdən uzaqlaşdıran, zərəri dəf edib, xeyiri bizə əta edən yalnız pak və Uca Allahdır. Allaha sidq qəlblə təvəkkül edib, zərərləri uzaqlaşdırmaq və faydaları əldə etmək üçün səbəblərdən yapışmalıyıq, bunu etdiymiz zaman Allah bizi, səhər ac ikən yuvasından çıxıb, sonra axşam qarnı tox qayıdan quşu ruziləndirdiyi kimi ruziləndirər. Quşun bu hərəkəti, tənbəllik etməyib və başqalarına arxayın olmayıb, ruzi ardınca getmə misallarından biridir.</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
@@ -7032,69 +7031,69 @@
 İkincisi: Elmi haqqında. Onu Allahın razılığı üçün öyrəndimi? Onunla əməl etdimi? Bu elmi layiq olan kəslərə çatdırdımı?
 Üçüncüsü: Malı haqqında. Onu haradan qazandı, halal yoxsa haram yoldan qazandı? Qazancını nəyə xərclədi, Allahı razı salacaq şeylərə yoxsa Onu qəzəbləndirəcək şeylərə?
 Dördüncüsü: Bədəni, gücü, sağlamlığı və gəncliyi haqqında. Gəncliyini necə keçirdi və nəyə sərf etdi?</t>
   </si>
   <si>
     <t>الحث على اغتنام الحياة فيما يرضي الله تعالى.
 نعم الله على العباد كثيرة، وسيسأله عن النعيم الذي كان فيه، فعليه أن يضع نعم الله فيما يرضيه.</t>
   </si>
   <si>
     <t>Həyatı Uca Allahı razı salacaq şəkildə yaşamağa təşviq etmək.
 Allahın qullarına verdiyi nemətlər çoxdur. Allah quluna verdiyi bu nemətlər haqqında ondan soruşacaq. Buna görə də o, Allahın nemətlərini Onun razı qaldığı şeylərdə istifadə etməlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4950</t>
   </si>
   <si>
     <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>Cəbrayıl mənə qonşu haqqında o qədər tövsiyə etdi ki, ona da mirasdan pay düşəcəyini zənn etdim</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
-    <t>İbn Ömərdən (Allah onların hər ikisindən razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilmişdir: "Cəbrayıl mənə qonşu haqqında o qədər tövsiyə etdi ki, ona da mirasdan pay düşəcəyini zənn etdim."</t>
+    <t>İbn Ömərdən (Allah onların hər ikisindən razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilmişdir: "Cəbrayıl mənə qonşu haqqında o qədər tövsiyə etdi ki, ona da mirasdan pay düşəcəyini zənn etdim".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Cəbrayıl israrla, təkrar-təkrar ona qonşuya diqqət göstərməyi əmr etdi. Evi yaxın olan qonşu, müsəlman və ya kafir, insana qohum olub-olmamasından asılı olmayaraq, haqqının qorunmasını, ona əziyyət verməməsini, ona qarşı xeyirxahlıq göstərməsini, əziyyətinə səbr etməsini tövsiyə etdi. Qonşu haqqının belə böyük olduğundan və Cəbrayılın bunu təkrar-təkrar xatırlatmasından Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanın ölümündən sonra tərk etdiyi əmlakından qonşusuna da verməli olduğu haqda vəhyin enəcəyini zənn etdi.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Qonşu haqqının möhtəşəmliyi və buna riayət etməyin vacibliyi.
 Qonşu haqqını israrla tövsiyə etməsi, ona hörməti, sevgini, xeyirxahlıq etməyi, ondan zərəri uzaqlaşdırmağı, xəstəliyində onu ziyarət etməyi, sevincli halında onu təbrik etməyi, müsibətə uğradıqda başsağlığı verməyi gərəkdirir.
 Qonşunun qapısı nə qədər yaxındırsa, haqqı o qədər böyükdür.
-Qonşuya xeyirxahlıq etmək, ondan zərəri dəf etmək kimi əməllərin cəmiyyətin islahında rol oynaması , bu şəriətin kamilliyinin göstəricisidir</t>
+Qonşuya xeyirxahlıq etmək, ondan zərəri dəf etmək kimi əməllərin cəmiyyətin islahında rol oynaması, bu şəriətin kamilliyinin göstəricisidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/4965</t>
   </si>
   <si>
     <t>أرأيتم لو أن نهرا بباب أحدكم يغتسل فيه كل يوم خمسا، ما تقول ذلك يبقي من درنه؟</t>
   </si>
   <si>
     <t>Sizin birinizin qapısının önündə bir çay olsa və o, həmin çayda hər gün beş dəfə yuyunsa o kəsdə çirkdən bir şey qalarmı?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟» قَالُوا: لَا يُبْقِي مِنْ دَرَنِهِ شَيْئًا، قَالَ: «فَذَلِكَ مِثْلُ الصَّلَوَاتِ الخَمْسِ، يَمْحُو اللَّهُ بِهِ الخَطَايَا».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allahın Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdiyi rəvayət edilir: «Sizin birinizin qapısının önündə bir çay olsa və o, həmin çayda hər gün beş dəfə yuyunsa o kəsdə çirkdən bir şey qalarmı?». Səhabələr: "O kəsin üzərində çirkdən heç bir şey qalmaz" dedilər. Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: «Beş vaxt namaz da bunun kimidir, Allah onunla günahları silib yox edir».</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الصلواتِ الخمس في كلِّ يومٍ وليلةٍ في إزالتِها وتكفيرِها لصغائر الذنوب والخطايا بِنَهْرٍ على بابِ الإنسان يَغتسلُ منه كلَّ يومٍ خمسَ مرات، فلا يبقى مِن دَرَنِهِ ووَسَخِهِ شيءٌ.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) kiçik günahların və xətaların aradan qaldırılması və bağışlanması üçün hər gün qılınan beş vaxt namazı insanın qapısının ağzından axan və gündə beş dəfə yuyunduğu bir çaya bənzətmişdir. Belə birinin üzərində çirkdən və kirdən  heç bir şey qalmaz.</t>
   </si>
   <si>
     <t>هذا الفضلُ خاصٌّ بتكفير الصغائر، أما الكبائر فلا بُد من التوبة منها.
 فضل أداء الصلوات الخمس والمحافظة عليها بشروطِها وأركانِها وواجباتِها وسننِها.</t>
@@ -7432,57 +7431,57 @@
   </si>
   <si>
     <t>Sədəqə yalnız insanın mal-dövlətindən xərclədiyi vəsaitlərlə məhdudlaşmır, o, həmçinin insanın etdiyi və söylədiyi və insanlara faydası olan bütün xeyirləri əhatə edir.
 Xeyir əmələ və başqalarına fayda verəcək işlərə təşviq.
 Kiçik və cüzi  olsa belə, xeyirdən olan heç bir şeyi kiçik görməmək.</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
     <t>[Əl-Buxari Cabirin hədisini, Muslim Huzeyfə hədisini rəvayət etdilər]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5346</t>
   </si>
   <si>
     <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
     <t>Din qardaşını sadəcə gülər üzlə qarşılamaq olsa belə, xeyirdən sayılan heç bir əməli kiçik zənn etmə</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
-    <t>Əbu Zərrdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) mənə belə dedi: "Din qardaşını sadəcə gülər üzlə qarşılamaq olsa belə, xeyirdən sayılan heç bir əməli kiçik zənn etmə."</t>
+    <t>Əbu Zərrdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) mənə belə dedi: "Din qardaşını sadəcə gülər üzlə qarşılamaq olsa belə, xeyirdən sayılan heç bir əməli kiçik zənn etmə".</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) cüzi olsa belə xeyir əmələ təşviq edir və onun şənini kiçiltməməyi tövsiyə edir. Buna misal olaraq görüş zamanı təbəssüm etməyi göstərmək olar. Müsəlman qardaşla ünsiyyətdə səmimiyyət, qəlbinə sevinc bəxş etmək kimi xüsusiyyətlərə malik olmaq üçün hər bir  müsəlman bu kimi əməllərə həris olmalıdır.</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) cüzi olsa belə xeyir əmələ təşviq edir və onun şənini kiçiltməməyi tövsiyə edir. Buna misal olaraq görüş zamanı təbəssüm etməyi göstərmək olar. Müsəlman qardaşla ünsiyyətdə səmimiyyət, qəlbinə sevinc bəxş etmək kimi xüsusiyyətlərə malik olmaq üçün hər bir müsəlman bu kimi əməllərə həris olmalıdır.</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
   </si>
   <si>
     <t>Möminlər arasında məhəbbət, görüşdükdə təbəssüm və bir-birini sevindirməyin fəziləti.
 Şəriətin hər bir məsələni özündə ehtiva etməsi və kamilliyi. O müsəlmanların islahı və sözlərinin birliyini təsbit etmək üçün bərqərar olmuşdur.
 Az olsa belə, xeyir əməli etməyə təşviq.
 Müsəlmanları sevindirməyin müstəhəbliyi, belə ki, bu onların birliyini reallaşdırır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5348</t>
   </si>
   <si>
     <t>ليس الشديد بالصرعة، إنما الشديد الذي يملك نفسه عند الغضب</t>
   </si>
   <si>
     <t>Güclü, güləşdə qalib gələn deyil, həqiqi güclü, qəzəb zamanı nəfsini cilovlayan insandır</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ».</t>
   </si>
@@ -7903,51 +7902,51 @@
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Fatihə surəsini oxumadan namazın səhih olmadığını bildirmişdir. Çünki o hər rükətdə namazın rukunlarından biridir .</t>
   </si>
   <si>
     <t>لا يُجْزِىءُ عن قراءةِ الفاتحةِ غيرُها مع القُدرةِ عليها.
 بُطلان الركعة التي لم يُقرأْ فيها بالفاتحة، مِن المُتَعَمِّدِ والجاهلِ والناسي؛ لأنها ركن، والأركان لا تسقط مطلقًا.
 تسقط قراءةُ الفاتحةِ عن المأموم إذا أدركَ الإمام راكعًا.</t>
   </si>
   <si>
     <t>Oxumağa qadir olduğu halda Fatihə oxumağı başqa heç bir şey əvəz etməz.
 Qəsdən, bilmədən və ya unudaraq fatihə surəsi oxunmayan rükət  batildir. Çünki o, bir rukndur və namazın ruknları heç vaxt düşməz.
 Əgər imamın arxasında qılan, imama rukuda olan zaman yetişərsə, (həmin rükətdə) fatihə surəsini oxumaq onun üzərindən düşər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5378</t>
   </si>
   <si>
     <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>Qulun Allaha ən yaxın olduğu an, səcdədə olduğu məqamdır. Səcdədə olarkən duanı çoxaldın</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Qulun Allaha ən yaxın olduğu an, səcdədə olduğu məqamdır. Səcdədə olarkən duanı çoxaldın."</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Qulun Allaha ən yaxın olduğu an, səcdədə olduğu məqamdır. Səcdədə olarkən duanı çoxaldın".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, qulun Rəbbinə ən yaxın olduğu an, səcdə etdiyi andır və buna səbəb namaz qılanın səcdə əsnasında bədəninin ən uca və ən şərəfli hissəsini  izzət və cəlal sahibi olan Allaha itəatkarlıqla, zəlilliklə və təvazökarlıqla yerə qoymasıdır.
 Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) səcdədə duanı artırmağı əmr edir. Nəticədə Allaha zəlilliklə edilən səcdədə, söz və feil birləşir.</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
     <t>İtaət, qulun uca və pak olan Allaha yaxınlığını artırır.
 Səcdədə duanı artırmağın müstəhəbliyi, çünki duanın qəbul olunma məqamlarındandır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5382</t>
   </si>
   <si>
     <t>من اغتسل يوم الجمعة غسل الجنابة ثم راح، فكأنما قرب بدنة</t>
   </si>
   <si>
     <t>Kim cümə günü cənabət qüslu  alar, sonra cüməyə gedərsə, sanki (Allah yolunda) dəvə kəsmiş kimi olar</t>
@@ -7985,51 +7984,51 @@
 حضور الملائكة صلاة الجمعة واستماعهم للخطبة.
 الملائكة على أبواب المساجد، يكتبون القادمين، الأوّل فالأول، في المجيء إلى صلاة الجمعة.
 قال ابن رجب: قوله: "من اغتسل يوم الجمعة، ثم راح" يَدُلّ على أن الغُسل المستحب للجمعة أوّله طلوع الفجر، وآخره الرواح إلى الجمعة.</t>
   </si>
   <si>
     <t>Cümə günü namaza getməzdən əvvəl qüsl almağa təşviq etmək.
 Günün ilk saatlarından cümə namazına tez gəlməyin fəziləti.
 Saleh əməllər işləməyə tələsməyə həvəsləndirmək.
 Mələklərin cümə namazında iştirak etməsi və xütbəni dinləmələri.
 Mələklər məscidlərin qapılarında durub, cümə namazına ilk olaraq gələnləri yazır.
 İbn Rəcəb (Allah ona rəhmət etsin) demişdir: “Onun: “Kim cümə günü qüsl alıb sonra gedərsə” sözü, dəlalət edir ki, cümə günü üçün müstəhəb olan qüslün ilk vaxtı sübh namazının girməsi ilə başlayıb, cüməyə getməklə  bitir".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5393</t>
   </si>
   <si>
     <t>من أكل طعاما فقال: الحمد لله الذي أطعمني هذا ورزقنيه من غير حول مني ولا قوة، غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Kim yemək yeyib: “Əlhəmdu-lilləhil-ləzi ətaməni həzə va razəqanihi min ğeyri həvlin minni və ləə qüvvətin (Mənim tərəfimdən heç bir güc və qüvvət sərf olmadan bunu mənə yedizdirən və mənə ruzi olaraq verən Allaha həmd olsun” desə, onun keçmiş günahları bağışlanar</t>
   </si>
   <si>
     <t>عَنْ سَهْلِ بْنِ مُعَاذِ بْنِ أَنَسٍ عَنْ أَبِيهِ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
-    <t>Səhl bin Muaz bin Ənəs atasından rəvayət edərək belə demişdir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: Kim yemək yeyib: “Əlhəmdu-lilləhil-ləzi ətaməni həzə va razəqanihi min ğeyri həvlin minni və ləə qüvvətin (Mənim tərəfimdən heç bir güc və qüvvət sərf olmadan bunu mənə yedizdirən və mənə ruzi olaraq verən Allaha həmd olsun” desə, onun keçmiş günahları bağışlanar.</t>
+    <t>Səhl bin Muaz bin Ənəs atasından rəvayət edərək belə demişdir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: "Kim yemək yeyib: “Əlhəmdu-lilləhil-ləzi ətaməni həzə va razəqanihi min ğeyri həvlin minni və ləə qüvvətin (Mənim tərəfimdən heç bir güc və qüvvət sərf olmadan bunu mənə yedizdirən və mənə ruzi olaraq verən Allaha həmd olsun” desə, onun keçmiş günahları bağışlanar".</t>
   </si>
   <si>
     <t>يحثُّ النبيُّ صلى الله عليه وسلم مَن أَكلَ طعامًا بأنْ يَحمدَ الله، فلا قدرة لي في جلب الطعام، ولا في أكله إلا بالله تعالى وإعانته، 
 ثم بشَّر صلى الله عليه وسلم مَن قال ذلك بأنه مستحق لمغفرة الله له ما مضى من ذنوبه الصغائر.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) yemək yeyən kəsi Allaha həmd etməyə təşviq edir, çünki insanın Uca Allah və Onun köməyi olmadan yeməyi əldə etməyə və yeməyə gücü yoxdur. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bu sözləri deyəni, Allah tərəfindən ötüb-keçmiş kiçik günahlarının bağışlanmasına layiq olduğu ilə müjdələdi.</t>
   </si>
   <si>
     <t>استحباب حَمْد الله تعالى في آخر الطعام.
 بيان عظيم فضل الله تعالى على عباده حيث رزَقَهم ويَسَّرَ لهم أسباب الرزق وجعل في ذلك تكفير السيئات.
 أمور العباد كلها من الله عز وجل، وليست بحولهم وقوتهم، والعبد مأمور بفعل الأسباب.</t>
   </si>
   <si>
     <t>Yeməyin sonunda Uca Allaha həmd etməyin müstəhəbliyi.
 Uca Allahın qulları üzərindəki lütfünün böyüklüyünün bəyanı, belə ki, onları ruziləndirdi, ruzi səbəblərini onlar üçün asanlaşdırdı və bunu onların  günahlarının təmizlənməsi səbəbi etdi.
 Qulların bütün işləri onların gücü və qüvvəti ilə deyil, əksinə izzət və Cəlal sahibi olan Allahdandır və (bununla yanaşı) bəndəyə səbəbləri yerinə yetirmək əmr edilmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5431</t>
   </si>
   <si>
     <t>من توضأ فأحسن الوضوء ثم أتى الجمعة فاستمع وأنصت غفر له ما بينه وبين الجمعة وزيادة ثلاثة أيام</t>
   </si>
   <si>
@@ -8084,108 +8083,108 @@
 Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbərdarlıq edir ki, sübh namazını tərk etmək, həmçinin sübh namazını qılan kəsə əngəl törədmək, ona zor tətbiq etmək, əhdin (himayənin) pozulmasına və onun ləğvinə gətirib çıxarar. Kim bunu edərsə, Allahdan uzaqlaşar, Onun haqqını ödəməkdə səhlənkar olduğu üçün şiddətli təhdidə layiq olar, o  üzü üstə cəhənnəmə atılar.</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
     <t>Sübh namazının əhəmiyyəti və fəzilətinin bəyanı.
 Sübh namazını qılan insana əngəl törətməkdən şiddətli çəkindirmə.
 Uca Allahın saleh qullarına pislik edənlərdən intiqam alması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5435</t>
   </si>
   <si>
     <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>Allaha və axirət gününə iman gətirən, ya xeyir söyləsin, ya da sussun</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Allaha və axirət gününə iman gətirən, ya xeyir söyləsin, ya da sussun, Allaha və axirət gününə iman gətirən qonşusuna yaxşılıq etsin, kim Allaha və axirət gününə iman gətirirsə, qonağına qarşı səxavətli və əliaçıq olsun."</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Allaha və axirət gününə iman gətirən, ya xeyir söyləsin, ya da sussun, Allaha və axirət gününə iman gətirən qonşusuna yaxşılıq etsin, kim Allaha və axirət gününə iman gətirirsə, qonağına qarşı səxavətli və əliaçıq olsun".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Allaha və dönəcəyi axirət gününə iman gətirən mömin barədə bəhs edir, etdiyi əməlin müqabilini alacağı barədə xəbər verir. İmanı onu aşağıdakı xüsusi keyfiyyətlərə yiyələnməsinə təşviq edir:
-Birincisi: Təsbih (SubhənaAllah), təhlil (lə iləhə iləllaAllah), xeyir işlərə çağırmaq və qadağalardan çəkindirmək, insanların arasını gözəl sözlərlə islah etmək kimi gözəl sözlər. Bunu etmək iqtidarında olmazsa, susmalı, əziyyət verməkdən çəkinməli və dilini pislikdən qorumalıdır.
+Birincisi: Təsbih (Subhəna-Allah), təhlil (lə iləhə iləlla-Allah), xeyir işlərə çağırmaq və qadağalardan çəkindirmək, insanların arasını gözəl sözlərlə islah etmək kimi xoş ifadələr. Bunu etmək iqtidarında olmazsa, susmalı, əziyyət verməkdən çəkinməli və dilini pislikdən qorumalıdır.
 İkincisi: Qonşuya qarşı ehtiramla yanaşmaq: ona xeyirxahlıq etmək, əziyyət verməmək.
-Üçüncüsü: Səni ziyarətə gələn qonağa: gözəl söz, yemək təqdim etmək və buna  bənzər səxavətli əməllərlə yaxşılıq etmək.</t>
+Üçüncüsü: Səni ziyarətə gələn qonağa: gözəl söz, yemək təqdim etmək və buna bənzər səxavətli əməllərlə yaxşılıq etmək.</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
 التحذير من آفات اللسان.
 دين الإسلام دين الأُلفة والكرم.
 هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
 كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
   </si>
   <si>
-    <t>Allaha və axirət gününə iman etmək bütün xeyirlərin əsasıdir, iman  xeyir işlər  görməyə həvəsləndirir.
+    <t>Allaha və axirət gününə iman etmək bütün xeyirlərin əsasıdir, iman xeyir işlər görməyə həvəsləndirir.
 Dilin bəlalarından çəkindirmək.
 İslam dini ülfət, birlik və səxavət dinidir.
 Bu xüsusiyyətlər imanın şaxələrindən və tərifəlayiq ədəblərdəndir.
 Çox danışmaq bəzən bəyənilməyənə və ya haram sözə gətirib çıxara bilər, salamatlıq yalnız xeyir söyləməkdədir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5437</t>
   </si>
   <si>
     <t>من لا يرحم الناس لا يرحمه الله عز وجل</t>
   </si>
   <si>
     <t>İnsanlara rəhm etməyənə izzət və cəlal sahibi olan Allah rəhm etməz</t>
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
-    <t>Cərir bin Abdullahdan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "İnsanlara rəhm etməyənə izzət və cəlal sahibi olan Allah rəhm etməz"</t>
+    <t>Cərir bin Abdullahdan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "İnsanlara rəhm etməyənə izzət və cəlal sahibi olan Allah rəhm etməz".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, insanlara rəhm etməyənə izzət və cəlal sahibi olan Allah rəhm etməz. Qulun yaradılmış varlıqlara qarşı rəhmli olması, onun uca Allahın rəhmətinə nail olması üçün ən böyük səbəblərdən biridir.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>Rəhmət keyfiyyəti tək insanlara deyil, bütün yaradılmışlara qarşı tələb olunandı, lakin burada insana verilən xüsusi dəyərə görə o, fərdi surətdə qeyd edilmişdir.
 Allah rəhmlidir, rəhmli qullarına mərhəmət edir. Əməlin mükafatı yaxud cəzası, onun növündəndir.
-İnsanlara rəhmət- onlara xeyiri çatdırmağı, şəri onlardan uzaqlaşdırmağı, onlarla gözəl davranmağı əhatə edir.</t>
+İnsanlara rəhmət - onlara xeyiri çatdırmağı, şəri onlardan uzaqlaşdırmağı, onlarla gözəl davranmağı əhatə edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5439</t>
   </si>
   <si>
     <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
   </si>
   <si>
     <t>Ey Adəm oğlu, nə qədər ki, Mənə dua edib ümid bəsləyirsən, sənin etdiyin günahları bağışlayaram və onlara əhəmiyyət vermərəm</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
   </si>
   <si>
     <t>Ənəs bin Malikdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyini eşitdim: "Uca  Allah buyurdu: Ey Adəm oğlu, nə qədər ki, Mənə dua edib ümid bəsləyirsən, sənin etdiyin günahları bağışlayaram və onlara əhəmiyyət vermərəm. Ey Adəm oğlu, əgər sənin günahların göydəki buludlara çatsa, sonra Məndən bağışlanma diləsən, Mən səni bağışlayaram və onlara əhəmiyyət vermərəm, ey Adəm oğlu, əgər sən Mənə yer dolusu günahla gəlsən və Mənə heç bir şeyi şərik qoşmadan mənimlə qarşılaşsan, Mən səni yer dolusu bağışlanmayla qarşılayaram".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلَّى اللهُ علَيه وسلَّم أنَّ الله تباركَ وتعالى قال في الحديثِ القدسيِّ: يا ابنَ آدمَ ما دمْتَ تدْعونِي وتَرْجو رَحْمتي، ولمْ تَقْنَطْ؛ سَتَرتُ ذنبَكَ ومحوتُه غير مبالٍ فيه؛ ولو كانَ هذا الذنب والمعصية من الكبائر. 
 يا ابن آدم: لو كَثُرَت ذُنوبُك كثرةً تَملَأُ ما بينَ السَّماءِ والأرضِ بحيث تَبلُغُ أقطارَها وتَعُمَّ نَواحِيَها، ثمَّ استَغفَرتَني؛ محوت وغَفَرتُ لك جميعَها غيرَ مُبالٍ بكَثرتِها.
 يا ابنَ آدمَ: إنَّك لو أتيتَني بعدَ الموتِ بمِلْءِ الأرضِ ذُنوبًا ومَعاصِيَ، وكنتَ قد مِتَّ مُوحِّدًا لا تُشرِكُ بي شيئًا؛ لقابَلتُ هذه الذُّنوبَ والْمعاصِيَ، بمِلْئِ الأرض، مَغفِرةً؛ لأنَّني واسِعُ المغفرةِ، وأغفِرُ كل الذنوب إلا الشِّركَ.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, Uca Allah qüdsü hədisdə buyurub: Ey Adəm oğlu, nə qədər ki, Mənə dua edib rəhmətimə ümid bəsləyirsən və ümidini kəsmirsən; bu günah və itaətsizlik böyük günahlardan olsa da belə, sənin günahını örtər və ona əhəmiyyət vermədən silərəm. Ey Adəm övladı, əgər sənin günahların göylə yerin arasını  dolduraraq, onun hər tərəfinə çatıb, hər yerini bürüyəcək qədər çox olsa, sonra Məndən bağışlanma diləsən, çoxluğuna əhəmiyyət vermədən hamısını silib, bağışlayaram.
 Ey Adəm övladı, əgər ölümdən sonra yer dolusu günah və asiliklə mənim yanıma gəlsən və mənə heç bir şeyi şərik qoşmadan tövhid əhli olaraq ölmüsənsə - Mən bu günah və asilikləri yer dolusu bağışlanma ilə qarşılayaram. Çünki Mən bağışlaması geniş olanam və şirkdən başqa bütün günahları bağışlayıram.</t>
   </si>
@@ -8223,71 +8222,71 @@
     <t>Aişədən (Allah ondan razə olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Allah dərgahında ən qəzəbinə gələn insanlar, mübahisə etdikdə həddi aşanlardır".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Uca və Müqəddəs Allah insanlar arasında haqqa tabe olmayıb, şiddətli şəkildə və çox mübahisə edən, onu rədd etməyə çalışan və yaxud haqlı olaraq mübahisə edən, lakin mübahisədə həddi aşaraq mübaliğə edən və elmsiz höcətləşən kəsə nifrət bəsləyir.</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
     <t>Şərii məhkəmə yolu ilə haqqını tələb edən məzlum, sözügedən məzəmmətli mübahisə mövzusuna daxil deyildir.
 Höcətləşmə və mübahisə müsəlmanların arasında ayrılıq və düşmənçiliyə səbəb olacaq dilin bəlalarındandır.
 Gözəl mübahisə, haqq üzərində qurulan və gözəl üslubla edilən müzakirədir, lakin haqqı inkar etməklə, batilə üstünlük vermək və dəlilsiz, sübutsuz mübahisə etmək məzəmmət olunan mübahisədir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5474</t>
   </si>
   <si>
     <t>أحب الكلام إلى الله أربع: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، لا يضرك بأيهن بدأت</t>
   </si>
   <si>
-    <t>Allaha ən sevimli olan dörd kəlimə vardır: Subhanallah (Allah və nöqsanlardan pakdır), əlhəmdulilləh (həmd yalnız Allaha məxsusdur), ləə iləhə illəllah (Allahdan başqa ibadətə layiq ilah yoxdur), Allahu əkbər (Allah ən böyükdür).Hansıyla başlasan zərəri olmaz</t>
+    <t>Allaha ən sevimli olan dörd kəlimə vardır: Subhanallah (Allah nöqsanlardan pakdır), əlhəmdulilləh (həmd yalnız Allaha məxsusdur), ləə iləhə illəllah (Allahdan başqa ibadətə layiq ilah yoxdur), Allahu əkbər (Allah ən böyükdür). Hansıyla başlasan zərəri olmaz</t>
   </si>
   <si>
     <t>عن سَمُرَة بن جندبٍ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ».</t>
   </si>
   <si>
-    <t>Səmura bin Cundəbdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Allaha ən sevimli olan dörd kəlimə vardır: Subhanallah (Allah və nöqsanlardan pakdır), əlhəmdulilləh (həmd yalnız Allaha məxsusdur), ləə iləhə illəllah (Allahdan başqa ibadətə layiq ilah yoxdur), Allahu əkbər (Allah ən böyükdür).Hansıyla başlasan zərəri olmaz.</t>
+    <t>Səmura bin Cundəbdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Allaha ən sevimli olan dörd kəlimə vardır: Subhanallah (Allah nöqsanlardan pakdır), əlhəmdulilləh (həmd yalnız Allaha məxsusdur), ləə iləhə illəllah (Allahdan başqa ibadətə layiq ilah yoxdur), Allahu əkbər (Allah ən böyükdür). Hansıyla başlasan zərəri olmaz".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أحبَّ الكلام إلى الله تعالى أربع: 
 سبحان الله: وتعني تنزيه الله تعالى عن كل نَقْصٍ. 
 والحمد لله: وهي وصف الله بالكمال التام مع محبته وتعظيمه. 
 ولا إله إلا الله: أي: لا معبود حق إلا الله. 
 والله أكبر: أي: أَجَلُّ وأعظم وأعزُّ من كل شيء. 
 وأن فضلها وحصول ثوابها لا يقتضي ترتيبَها عند النطق بها.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, uca Allaha ən sevimli olan kəlimələr dörddür:
 Subhanallah: Yəni uca Allahın bütün nöqsanlardan uzaq olması.
 Əlhəmdulilləh: Bu, sevgi və təzim bəsləməklə Allahı ən mükəmməl sifətlə vəsf etməkdir.
-Lə iləhə illəllah: Yəni, Allahdan başqa ibadətə layiq olan məbud yoxdur.
+Lə iləhə illəllah: Yəni, Allahdan başqa ibadətə layiq olan haqq məbud yoxdur.
 Allahu əkbər: Yəni, O hər şeydən ən izzətli, ən əzəmətli, ən böyükdür.
 Bu fəziləti və savabını əldə etmək üçün bu kəlimələri tələffüz edərkən onları sıra qaydasında söyləmək vacib deyildir.</t>
   </si>
   <si>
     <t>يُسْرُ الشريعة، حيث لا يَضُرُّ بأي هذه الكلمات بدأت.</t>
   </si>
   <si>
     <t>Şəriətin asanlığı, belə ki, hansı biri ilə başlasan fərq etmir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5475</t>
   </si>
   <si>
     <t>سئل رسول الله صلى الله عليه وسلم عن أكثر ما يدخل الناس الجنة، فقال: تقوى الله وحسن الخلق</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanları ən çox cənnətə salan meyar haqqında soruşuldu. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) isə belə buyurdu: "Təqva və gözəl əxlaq</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ»، وَسُئِلَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ النَّارَ فَقَالَ: «الْفَمُ وَالْفَرْجُ».</t>
   </si>
   <si>
     <t>Əbu Hureyrə (Allah ondan razı olsun) demişdir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanları ən çox cənnətə salan meyar haqqında soruşuldu. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) isə belə buyurdu: "Təqva və gözəl əxlaq". Sonra insanları ən çox cəhənnəmə aparan məsələ haqqında soruşuldu və buyurdu ki: "Ağız (dil) və cinsiyyət orqanı".</t>
   </si>
   <si>
@@ -8350,266 +8349,265 @@
 Həya gözəl əməl etməyə və çirkin əməli tərk etməyə sövq edən  əxlaqdır.</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
     <t>Səni xeyirdən çəkindirən şey həya adlanmaz, bu, xəcalət, acizlik, zəiflik, qorxaqlıq adlanar.
 İzzət və Cəlal sahibi olan Allahdan həya etmək, Onun əmrlərini yerinə yetirməklə və qadağalarından çəkinməklə gerçəkləşir.
 Yaradılmışlardan həya etmək, onlara ehtiram etməklə, onlara layiq olduqları dəyəri verməklə və ümumiyyətlə çirkin olaraq qəbul edilən əməllərdən uzaq durmaqla gerçəkləşir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5478</t>
   </si>
   <si>
     <t>المؤمن القوي، خير وأحب إلى الله من المؤمن الضعيف، وفي كل خير،</t>
   </si>
   <si>
     <t>Güclü mömin zəif mömindən daha xeyirli və Allaha daha sevimlidir. Və hər ikisində də xeyir vardır</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ، احْرِصْ عَلَى مَا يَنْفَعُكَ، وَاسْتَعِنْ بِاللهِ وَلَا تَعْجَزْ، وَإِنْ أَصَابَكَ شَيْءٌ، فَلَا تَقُلْ لَوْ أَنِّي فَعَلْتُ كَانَ كَذَا وَكَذَا، وَلَكِنْ قُلْ قَدَرُ اللهِ وَمَا شَاءَ فَعَلَ، فَإِنَّ (لَوْ) تَفْتَحُ عَمَلَ الشَّيْطَانِ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Güclü mömin zəif mömindən daha xeyirli və Allaha daha sevimlidir. Və hər ikisində də xeyir vardır. Sənə faydalı olan şeylərə həris ol. Allahdan yardım istə və acizlik etmə. Başına bir müsibət gəldiyi zaman "əgər belə etsəydim bu cür olardı, belə olardı" demə.  Lakin de ki, "Allahın qədəridir və O, istədiyini edir". Çünki "əgər" kəliməsi şeytanın edəcəyi işlərə qapı açır".</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Güclü mömin zəif mömindən daha xeyirli və Allaha daha sevimlidir. Və hər ikisində də xeyir vardır. Sənə faydalı olan şeylərə həris ol. Allahdan yardım istə və acizlik etmə. Başına bir müsibət gəldiyi zaman "əgər belə etsəydim bu cür olardı, belə olardı" demə. Lakin de ki, "Allahın qədəridir və O, istədiyini edir". Çünki "əgər" kəliməsi şeytanın edəcəyi işlərə qapı açır".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المؤمنَ خيرٌ كلُّه، ولكن المؤمن القوي في إيمانِهِ وعزيمتِهِ ومالِهِ وغيرِها مِن أوجه القوة خيرٌ وأحبُّ إلى الله عز وجل من المؤمن الضعيف. 
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, hər bir mömin xeyirlidir. Lakin imanı, əzmi, malı və digər cəhətləri ilə güclü olan mömin, Allah üçün zəif mömindən daha xeyirli və daha sevimlidir. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) mömin olan kəsə  Uca Allaha etimad edərək, Ondan yardım istəyərək və ona təvəkkül edərək, özünə fayda verəcək, dünya və axirətlə bağlı işlərdə  səbəbləri götürməsini tövsiyə etmişdir. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər iki dünyada faydalı olan işləri etməkdə acizlik göstərməyi, tənbəllik etməyi və qəfləti qadağan etdi. Əgər mömin Allahdan kömək istəyərək səylə çalışarsa və səbəblərdən yapışarsa və Allahdan xeyir istəyərsə, o zaman  bütün işlərini  yalnız Allaha həvalə etməli və Uca Allahın seçiminin daha xeyirli olduğunu bilməlidir. Bundan sonra başına bir müsibət gələrsə belə deməsin: "Əgər belə etsəydim, belə olardı" Qədərə etiraz edərək, olub keçənlərə kədərlənərək "əgər  və ya kaşki" demək şeytana qapı açır. Lakin təslimiyyət və razılıqla "Allahın qədəridir və O, istədiyini edir" desin. Baş verən hər şey Allahın istədiyi kimi olmuşdur. Çünki O, istədiyini edəndir. Onun hökmünü rədd edəcək (ortadan qaldıracaq) və hökmünü qınayacaq heç kim yoxdur.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, hər bir mömin xeyirlidir. Lakin imanı, əzmi, malı və digər cəhətləri ilə güclü olan mömin, Allah üçün zəif mömindən daha xeyirli və daha sevimlidir. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) mömin olan kəsə  Uca Allaha etimad edərək, Ondan yardım istəyərək və ona təvəkkül edərək, özünə fayda verəcək, dünya və axirətlə bağlı işlərdə səbəbləri götürməsini tövsiyə etmişdir. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) hər iki dünyada faydalı olan işləri etməkdə acizlik göstərməyi, tənbəllik etməyi və qəfləti qadağan etdi. Əgər mömin Allahdan kömək istəyərək səylə çalışarsa və səbəblərdən yapışarsa və Allahdan xeyir istəyərsə, o zaman  bütün işlərini  yalnız Allaha həvalə etməli və Uca Allahın seçiminin daha xeyirli olduğunu bilməlidir. Bundan sonra başına bir müsibət gələrsə belə deməsin: "Əgər belə etsəydim, belə olardı". Qədərə etiraz edərək, olub keçənlərə kədərlənərək "əgər və ya kaşki" demək şeytana qapı açır. Lakin təslimiyyət və razılıqla "Allahın qədəridir və O, istədiyini edir" desin. Baş verən hər şey Allahın istədiyi kimi olmuşdur. Çünki O, istədiyini edəndir. Onun hökmünü rədd edəcək (ortadan qaldıracaq) və hökmünü qınayacaq heç kim yoxdur.</t>
   </si>
   <si>
     <t>تَفاوُت الناس في الإيمان.
 استحباب القوة في الأعمال؛ لأنه يحصل بها من الفائدةِ ما لا يحصل بالضعف.
 الإنسانُ ينبغي أنْ يحرصَ على ما ينفعُه، ويترك ما لا ينفعه.
 يجب على المؤمن أنْ يَطلُبَ معونةَ الله له في كل أموره، ولا يعتمد على نفسه.
 إثبات القضاء والقدر، وأنه لا ينافي بَذْلَ الأسباب والسعي في طلب الخيرات.
 النهي عن قول «لو» على وجه التَّسَخُّطِ عند نزول المصائب، وتحريم الاعتراض على القضاء والقدر لله تعالى.</t>
   </si>
   <si>
-    <t>İnsanların imanlarına görə fərqlənməsi
+    <t>İnsanların imanlarına görə fərqlənməsi.
 Əməllərdə qüvvətli olmağın sevilməsi, çünki güc ilə əldə edilən faydalar zəifliklə əldə edilmir.
 İnsan özünə fayda verən şeylərə həris olmalı, ona fayda verməyən şeyləri isə tərk etməlidir.
 Mömin bütün işlərində Allahdan kömək istəməli, özünə güvənməməlidir.
 Qəza və qədəri isbat etmək. Bu xeyir əldə etmək üçün səbəblərdən yapışmağı və çalışmağı inkar etmir.
 Müsibət zamanı qəzəblənərək "əgər" deməyin qadağan edilməsi və Uca Allahın qəza və qədərinə etiraz etməyin haramlığı.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5493</t>
   </si>
   <si>
     <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>Dua ibadətdir</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
-    <t>Numan bin Bəşirdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Dua ibadətdir", sonra bu ayəni oxudu: {Rəbbiniz belə buyurdu: “Mənə dua edin ki, dualarınızı qəbul edim! Mənə ibadət etməyə  təkəbbür göstərənlər zəlil bir halda cəhənnəmə girəcəklər.} [Ğafir:60]"</t>
+    <t>Numan bin Bəşirdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: "Dua ibadətdir", sonra bu ayəni oxudu: "Rəbbiniz belə buyurdu: “Mənə dua edin ki, dualarınızı qəbul edim! Mənə ibadət etməyə  təkəbbür göstərənlər zəlil bir halda cəhənnəmə girəcəklər" [Ğafir 40 surəsi, ayə 60].</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, dua ibadətin əsasıdır. Burada önəmli olan budur ki, edilən dua sırf Allah üçün olmalıdır, bu dua istər istək və tələb duası olsun, belə ki, Allah Təalədən dünya və axirətdə özünə fayda verən şeyləri umub və zərər verən şeyləri dəf etməyi istəsin, yaxud da ibadət duası olsun, bu isə Allahın sevib və razı qaldığı zahiri və batini əməllərdən və sözlərdən, həmçinin qəlbi ilə, bədəni ilə və mal-dövləti ilə icra edilən ümumi ibadətlərdən ibarətdir.
-Arxasınca Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) uca Allahın bu kəlamını dəlil gətirərək deyir: Uca Allah buyurur: {Mənə dua edin ki, dualarınızı qəbul edim! Mənə ibadət etməyə  təkəbbür göstərənlər zəlil bir halda cəhənnəmə girəcəklər.}</t>
+Arxasınca Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) uca Allahın bu kəlamını dəlil gətirərək deyir: Uca Allah buyurur: "Mənə dua edin ki, dualarınızı qəbul edim! Mənə ibadət etməyə  təkəbbür göstərənlər zəlil bir halda cəhənnəmə girəcəklər".</t>
   </si>
   <si>
     <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
 الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
 الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
   </si>
   <si>
     <t>Dua ibadətin əsasıdır və Allahdan başqasına yönəltmək olmaz.
 Dua qulluğun həqiqətini, Uca Rəbbin qüdrətini, Onun kimsəyə ehtiyacı olmadığını və qulun Ona möhtaclığının etirafını özündə ehtiva edir.
 Duanı tərk etməyə görə və Allaha ibadətdə təkəbbürlük etməyə görə şiddətli xəbərdarlıq edilmişdir. Allaha dua etməyə təkəbbürlük edənlər cəhənnəmə alçaldılmış və zəlil vəziyyətdə girəcəklər.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5496</t>
   </si>
   <si>
     <t>كان أكثر دعاء النبي صلى الله عليه وسلم: اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار</t>
   </si>
   <si>
-    <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ən çox etdiyi duası bu idi: "Allahummə Rabbənə ətinə fiddunyə həsənətən və fil-əxirati həsənətən və qinə əzəbən-nər". (Ey Rəbbimiz olan Allahım, bizə dünyada da, axirətdə də gözəl nemətlər ver və bizi od əzabından (Cəhənnəmdən) qoru)</t>
+    <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ən çox etdiyi duası bu idi: "Allahummə Rabbənə ətinə fiddunyə həsənətən və fil-əxirati həsənətən və qinə əzəbən-nər" (Ey Rəbbimiz olan Allahım, bizə dünyada da, axirətdə də gözəl nemətlər ver və bizi od əzabından (Cəhənnəmdən) qoru)</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ».</t>
   </si>
   <si>
-    <t>Ənəsdən (Allah ondan razı olsun) rəvayət edildiyinə görə o, belə dedi: Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ən çox etdiyi duası bu idi: "Allahummə Rabbənə ətinə fiddunyə həsənətən və fil-əxirati həsənətən və qinə əzəbən-nər". (Ey Rəbbimiz olan Allahım, bizə dünyada da, axirətdə də gözəl nemətlər ver və bizi od əzabından (Cəhənnəmdən) qoru).</t>
+    <t>Ənəsdən (Allah ondan razı olsun) rəvayət edildiyinə görə o, belə dedi: Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ən çox etdiyi duası bu idi: "Allahummə Rabbənə ətinə fiddunyə həsənətən və fil-əxirati həsənətən və qinə əzəbən-nər" (Ey Rəbbimiz olan Allahım, bizə dünyada da, axirətdə də gözəl nemətlər ver və bizi od əzabından (Cəhənnəmdən) qoru).</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يُكْثِرُ الدعاءَ بِجَوامِعِ الدعاء، ومنها: 
 "اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار"،
 فهو يشتمل على حسنة الدنيا من رزق هنيءٍ واسع حلال، وزوجة صالحة، وولدٍ تقَرُّ به العين، وراحة، وعلمٍ نافع، وعمل صالح، ونحو ذلك من المطالب المحبوبة والمباحة، وحسنة الآخرة من السلامة من العقوبات في القبر والموقف والنار، وحصول رضا الله، والفوز بالنعيم المُقيم، والقرب من الرب الرحيم.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) başqa duaları özündə cəm edən duaları daha çox edərdi, onlardan biri budur: "Allahummə Rabbənə ətinə fiddunyə həsənətən və fil-əxirati həsənətən və qinə əzəbən-nər." Və bu, bol, geniş, halal ruzi və saleh həyat yoldaşı, gözün sevinci olan övlad, rahatlıq faydalı elm və saleh əməl və digər sevimli, mübah istəklər kimi dünya xeyirlərini  əhatə edir və eyni zamanda qəbrdə, məhşərdə və cəhənnəmdə əzabdan salamat qalmaq və Allahın razılığına,əbədi  nemətə və Rəhimli Rəbbə yaxın olmağa nail olmaq kimi axirət xeyirlərini də əhatə edir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) başqa duaları özündə cəm edən duaları daha çox edərdi, onlardan biri budur: "Allahummə Rabbənə ətinə fiddunyə həsənətən və fil-əxirati həsənətən və qinə əzəbən-nər". Və bu, bol, geniş, halal ruzi və saleh həyat yoldaşı, gözün sevinci olan övlad, rahatlıq faydalı elm və saleh əməl və digər sevimli, mübah istəklər kimi dünya xeyirlərini  əhatə edir və eyni zamanda qəbrdə, məhşərdə və cəhənnəmdə əzabdan salamat qalmaq və Allahın razılığına, əbədi nemətə və Rəhimli Rəbbə yaxın olmağa nail olmaq kimi axirət xeyirlərini də əhatə edir.</t>
   </si>
   <si>
     <t>استحباب الدعاء بالأدعية الجامعة، تأسيًا بالنبي صلى الله عليه وسلم.
 الأكمل أنْ يَجمعَ الإنسانُ في دعائه بين خير الدنيا والآخرة.</t>
   </si>
   <si>
-    <t>Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) nümunə götürərək əhatəli-geniş dualar etməyin bəyənilən olması
+    <t>Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) nümunə götürərək əhatəli-geniş dualar etməyin bəyənilən olması.
 İnsanın duasında dünya və axirət xeyirlərini cəm etməsi daha kamildir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5502</t>
   </si>
   <si>
     <t>سيد الاستغفار</t>
   </si>
   <si>
     <t>Seyyidul-istiğfar</t>
   </si>
   <si>
     <t>عَنْ شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَيِّدُ الِاسْتِغْفَارِ أَنْ تَقُولَ: اللَّهُمَّ أَنْتَ رَبِّي لاَ إِلَهَ إِلَّا أَنْتَ، خَلَقْتَنِي وَأَنَا عَبْدُكَ، وَأَنَا عَلَى عَهْدِكَ وَوَعْدِكَ مَا اسْتَطَعْتُ، أَعُوذُ بِكَ مِنْ شَرِّ مَا صَنَعْتُ، أَبُوءُ لَكَ بِنِعْمَتِكَ عَلَيَّ، وَأَبُوءُ لَكَ بِذَنْبِي فَاغْفِرْ لِي، فَإِنَّهُ لاَ يَغْفِرُ الذُّنُوبَ إِلَّا أَنْتَ» قَالَ: «وَمَنْ قَالَهَا مِنَ النَّهَارِ مُوقِنًا بِهَا، فَمَاتَ مِنْ يَوْمِهِ قَبْلَ أَنْ يُمْسِيَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ، وَمَنْ قَالَهَا مِنَ اللَّيْلِ وَهُوَ مُوقِنٌ بِهَا، فَمَاتَ قَبْلَ أَنْ يُصْبِحَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ».</t>
   </si>
   <si>
-    <t>Şəddəd bin Əvsdən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun)
- belə dediyi rəvayət edilir: "Seyyidul-istiğfar (istiğfarın seyyidi) "Allahummə əntə Rabbi ləə iləhə illə əntə, xaləqtəni və ənə abdukə və ənə alə əhdikə və vədikə məstətatu, əuzu bikə min şərri mə sanətu, əbuu ləkə binimətikə aləyyə və əbuu ləkə bizənbi, fəğfir li, fəinnəhu lə yəğfiruz-zunubə illə əntə" (Allahım, Sən mənim Rəbbimsən, Səndən başqa haqq məbud yoxdur, məni Sən yaratdın, mən də Sənin qulunam, bacardığım qədər Sənin əhdinə və vədinə sadiqəm. Etdiklərimin şərrindən sənə sığınıram. Sənin üzərimə olan  nemətini və günahlarımı etiraf edirəm. Məni bağışla, çünki Səndən başqa heç kim günahları bağışlamaz”.) söyləməyindir. Kim bunu əminliklə gündüz desə və o gün axşamdan əvvəl ölsə, Cənnət əhlindən olar, kim bunu gecə əminliklə desə və səhərə çıxmamış ölsə o, Cənnət əhlindən olar".</t>
+    <t>Şəddəd bin Əvsdən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Seyyidul-istiğfar (istiğfarın seyyidi) "Allahummə əntə Rabbi ləə iləhə illə əntə, xaləqtəni və ənə abdukə və ənə alə əhdikə və vədikə məstətatu, əuzu bikə min şərri mə sanətu, əbuu ləkə binimətikə aləyyə və əbuu ləkə bizənbi, fəğfir li, fəinnəhu lə yəğfiruz-zunubə illə əntə" (Allahım, Sən mənim Rəbbimsən, Səndən başqa haqq məbud yoxdur, məni Sən yaratdın, mən də Sənin qulunam, bacardığım qədər Sənin əhdinə və vədinə sadiqəm. Etdiklərimin şərrindən sənə sığınıram. Sənin üzərimə olan  nemətini və günahlarımı etiraf edirəm. Məni bağışla, çünki Səndən başqa heç kim günahları bağışlamaz”) - söyləməyindir. Kim bunu əminliklə gündüz desə və o gün axşamdan əvvəl ölsə, Cənnət əhlindən olar, kim bunu gecə əminliklə desə və səhərə çıxmamış ölsə o, Cənnət əhlindən olar".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ للاستغفار ألفاظًا، وأنَّ أفضلَها وأعظمَها أنْ يقولَ العبد: 
 "اللهم أنت ربي لا إله إلا أنت خلقتني وأنا عبدك وأنا على عَهْدِكَ وَوَعْدِكَ ما اسْتَطَعْتُ أعوذ بك من شر ما صنعتُ أَبُوءُ لك بنعمتك عليَّ وأَبُوءُ لك بذنبي فَاغْفرْ لي فإنه لا يغفر الذنوب إلا أنت" 
 فيُقِرُّ العبدُ لله بالتوحيد أولًا، وأنَّ الله خالقُه ومعبوده لا شريك له، وأنه على ما عاهد الله سبحانه عليه من الإيمان به والطاعة له، بحسب استطاعته؛ لأن العبد مهما قام به من العبادة لا يَقْدِرُ أن يأتيَ بجميع ما أمره الله به ولا القيام بما يجب من شكر النعم، وأنه يلتجئ إلى الله، ويعتصم به، فإنه المستعاذ به من الشر الذي صنعه العبد، 
 وأنه يقر ويعترف له طوعًا بنعمته عليه، ويرجع على نفسه بالإقرار والاعتراف بإثمه ومعصيته، 
 وبعد هذا التوسل إلى الله، يدعو ربه أن يغفر له بأن يستر ذنوبه ويقيه آثامَها بعفوه وفضله ورحمته، فإنه لا يغفر الذنوب إلا هو عز وجل. 
 ثم أخبر عليه الصلاة والسلام أنها من أذكار الصباح والليل، فمن قالها بيقين واستحضار لمعانيها وإيمان بها في أول يومه، ما بين طلوع الشمس إلى زوالها، وهو وقت النهار، فمات، دخل الجنة، 
 ومن قالها ليلًا، وهو من غروب الشمس إلى طلوع الفجر، فمات قبل أن يصبح، دخل الجنة.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, istiğfarın (bağışlanmaq istəməyin) bir neçə sözləri vardır və onların ən üstünü və ən böyüyü qulun belə deməsidir: “Allahım, Sən mənim Rəbbimsən, Səndən başqa haqq məbud yoxdur, məni Sən yaratdın, mən də Sənin qulunam, bacardığım qədər Sənin əhdinə və vədinə sadiqəm. Etdiklərimin şərrindən sənə sığınıram. Sənin üzərimə olan  nemətini və günahlarımı etiraf edirəm. Elə isə məni bağışla, çünki Səndən başqa heç kim günahları bağışlamaz”. Qul ilk olaraq Allahın tövhidini (təkliyini) və Uca Allahın  Onun yaradıcısı olduğunu və Allahın heç bir şəriki olmadığını etiraf edir və gücü çatdığı qədər Uca Allaha iman və itaətlə bağlı verdiyi əhdinə bağlı qalacağını bildirir. Çünki qul nə qədər ibadət etsə də, Allahın ona əmr etdiyi hər bir şeyi yerinə yetirməyə və nemətlərə lazımi qədər şükür etməyə gücü çatmır. Və qul Allaha üz tutub Ona sığınmalıdır. Çünki qulun etdiyi pislikdən yalnız Allaha sığınılar. Və O, könüllü olaraq Allahın ona olan nemətini təsdiqləyir və etiraf edir. Öz nəfsinə günahını və Allaha etdiyi  itaətsizliyini iqrar və etiraf edir. Allaha bu şəkildə yaxınlaşdıqdan sonra Rəbbinə dua edir ki, Allah əfvi, lütfü və rəhməti ilə onun günahlarını örtərək və onu günahlardan qoruyaraq, onu bağışlasın. Çünki Allahdan başqa heç kəs günahları bağışlamaz. Sonra o, sallallahu aleyhi və səlləm xəbər vermişdir ki, bu, səhər və axşam zikrlərindən biridir. Və hər kim günün əvvəlində, günəşin doğuşu ilə günorta vaxtı günəşin zəvalı (zeniti keçməsi) arasında, bunu ​yəqinliklə , mənalarını düşünərək və iman gətirərək desə və sonra ölsə, Cənnətə girər. Və hər kim bunu gecə-günəşin batmağından sonra səhərə kimi desə və səhər açılmamış ölsə, Cənnətə daxil olar.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, istiğfarın (bağışlanmaq istəməyin) bir neçə sözləri vardır və onların ən üstünü və ən böyüyü qulun belə deməsidir: “Allahım, Sən mənim Rəbbimsən, Səndən başqa haqq məbud yoxdur, məni Sən yaratdın, mən də Sənin qulunam, bacardığım qədər Sənin əhdinə və vədinə sadiqəm. Etdiklərimin şərrindən sənə sığınıram. Sənin üzərimə olan  nemətini və günahlarımı etiraf edirəm. Elə isə məni bağışla, çünki Səndən başqa heç kim günahları bağışlamaz”. Qul ilk olaraq Allahın tövhidini (təkliyini) və Uca Allahın  Onun yaradıcısı olduğunu və Allahın heç bir şəriki olmadığını etiraf edir və gücü çatdığı qədər Uca Allaha iman və itaətlə bağlı verdiyi əhdinə bağlı qalacağını bildirir. Çünki qul nə qədər ibadət etsə də, Allahın ona əmr etdiyi hər bir şeyi yerinə yetirməyə və nemətlərə lazımi qədər şükür etməyə gücü çatmır. Və qul Allaha üz tutub Ona sığınmalıdır. Çünki qulun etdiyi pislikdən yalnız Allaha sığınılar. Və O, könüllü olaraq Allahın ona olan nemətini təsdiqləyir və etiraf edir. Öz nəfsinə günahını və Allaha etdiyi  itaətsizliyini iqrar və etiraf edir. Allaha bu şəkildə yaxınlaşdıqdan sonra Rəbbinə dua edir ki, Allah əfvi, lütfü və rəhməti ilə onun günahlarını örtərək və onu günahlardan qoruyaraq, onu bağışlasın. Çünki Allahdan başqa heç kəs günahları bağışlamaz. Sonra o, sallallahu aleyhi və səlləm xəbər vermişdir ki, bu, səhər və axşam zikrlərindən biridir. Və hər kim günün əvvəlində, günəşin doğuşu ilə günorta vaxtı günəşin zəvalı (zeniti keçməsi) arasında, bunu ​yəqinliklə, mənalarını düşünərək və iman gətirərək desə və sonra ölsə, Cənnətə girər. Və hər kim bunu gecə-günəşin batmağından sonra səhərə kimi desə və səhər açılmamış ölsə, Cənnətə daxil olar.</t>
   </si>
   <si>
     <t>صيغ الاستغفار تختلف وبعضها أفضل من بعض.
 أنه ينبغي للعبد أن يحرص على دعاء الله بهذا الدعاء؛ لأنه سيد الاستغفار.</t>
   </si>
   <si>
     <t>Bağışlanma istəmək formaları müxtəlifdir və onların bəziləri digərlərindən daha üstündür.
 Qul bu dua ilə Allaha dua etməyə həris olmalıdır, çünki bu dua seyyidul istiğfardır (Bağışlanma istəməyin ən fəzilətli formasıdır).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5503</t>
   </si>
   <si>
     <t>عليكم بالصدق، فإن الصدق يهدي إلى البر، وإن البر يهدي إلى الجنة</t>
   </si>
   <si>
     <t>Dürüstlük (doğru danışmaq) üzərinizə vacibdir, çünki dürüstlük xeyirə, xeyir isə cənnətə aparır</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَلَيْكُمْ بِالصِّدْقِ، فَإِنَّ الصِّدْقَ يَهْدِي إِلَى الْبِرِّ، وَإِنَّ الْبِرَّ يَهْدِي إِلَى الْجَنَّةِ، وَمَا يَزَالُ الرَّجُلُ يَصْدُقُ وَيَتَحَرَّى الصِّدْقَ حَتَّى يُكْتَبَ عِنْدَ اللهِ صِدِّيقًا، وَإِيَّاكُمْ وَالْكَذِبَ، فَإِنَّ الْكَذِبَ يَهْدِي إِلَى الْفُجُورِ، وَإِنَّ الْفُجُورَ يَهْدِي إِلَى النَّارِ، وَمَا يَزَالُ الرَّجُلُ يَكْذِبُ وَيَتَحَرَّى الْكَذِبَ حَتَّى يُكْتَبَ عِنْدَ اللهِ كَذَّابًا».</t>
   </si>
   <si>
-    <t>Abdullah bin Məsuddan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: Dürüstlük (doğru danışmaq) üzərinizə vacibdir, çünki dürüstlük xeyirə, xeyir isə cənnətə aparır, insan o qədər doğru danışar və ona bağlı qalar ki, hətta Allah yanında doğru danışan kimi yazılar. Yalandan çəkinin, çünki, yalan pisliyə, pislik isə cəhənnəmə aparır. İnsan o qədər yalan danışar və ona bağlı qalar ki, hətta Allah yanında yalançı kimi yazılar.</t>
+    <t>Abdullah bin Məsuddan (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Dürüstlük (doğru danışmaq) üzərinizə vacibdir, çünki dürüstlük xeyirə, xeyir isə cənnətə aparır, insan o qədər doğru danışar və ona bağlı qalar ki, hətta Allah yanında doğru danışan kimi yazılar. Yalandan çəkinin, çünki, yalan pisliyə, pislik isə cəhənnəmə aparır. İnsan o qədər yalan danışar və ona bağlı qalar ki, hətta Allah yanında yalançı kimi yazılar".</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بالصدق، وأَخبر أن الالتزام به يوصِل إلى العمل الصالح الدائم، والمواظب على فعل الخير يوصل صاحبه إلى الجنة، ولا يزال يتكرر منه الصدق في السر والعلانية، ويستحق اسم صِدِّيق؛ وهو المبالغة في الصدق، 
 ثم حذَّر صلى الله عليه وسلم من الكذب وقول الباطل؛ لأنه يبعث على الميل عن الاستقامة، وإلى فعل الشر والفساد والمعاصي، ثم يوصله إلى النار، وما زال يستكثر من الكذب حتى يُكتب عند الله من الكاذبين.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dürüstlüyü (doğru danışmağı) əmr etmiş və ona bağlılığın daimi saleh əmələ səbəb olduğunu və xeyir əməl etməkdə davamlı olmağın isə sahibini Cənnətə aparacağını xəbər vermişdir.
-İnsan gizli və aşkarda dürüstlüyə davam etdikcə "siddiq" adını qazanmağı haqq edər. Bu dürüstlük  sözünün mübaliğə (gücləndirilmiş) şəklidir. Sonra o (Allahın salavatı və salamı onun üzərinə olsun), yalan və batil söz danışmaqdan çəkindirmişdir. Çünki, yalan (insanı) doğru yoldan kənara çıxmağa, şərrə, fitnə-fəsad və günah əməllərə sövq edir ki, bu da sonra onu cəhənnəmə aparır və (insan) o qədər çox yalan danışmağa davam edər ki, Allah yanında yalançılardan yazılar.</t>
+İnsan gizli və aşkarda dürüstlüyə davam etdikcə "siddiq" adını qazanmağı haqq edər. Bu dürüstlük sözünün mübaliğə (gücləndirilmiş) şəklidir. Sonra o (Allahın salavatı və salamı onun üzərinə olsun), yalan və batil söz danışmaqdan çəkindirmişdir. Çünki, yalan (insanı) doğru yoldan kənara çıxmağa, şərrə, fitnə-fəsad və günah əməllərə sövq edir ki, bu da sonra onu cəhənnəmə aparır və (insan) o qədər çox yalan danışmağa davam edər ki, Allah yanında yalançılardan yazılar.</t>
   </si>
   <si>
     <t>الصدق خلق كريم يحصل بالاكتساب والمجاهدة، فإنَّ الرجل ما يزال يصدُق ويتحرى الصدق، حتى يكون الصدق سجية له وطبعًا، فيكتب عند الله من الصديقين والأبرار.
 الكذب خلق ذميم يكتسبه صاحبه من طول ممارسته، وتحريه قولًا وفعلًا، حتى يصبح خُلقًا وسجية، ثم يكتب عند الله تعالى من الكذابين.
 الصدق يطلق على صدق اللسان، وهو نقيض الكذب، والصدق في النية، وهو الإخلاص، والصدق في العزم على خير نواه، والصدق في الأعمال، وأقلُّه استواءُ سريرتِه وعلانيته، والصدق في المقامات، كالصدق في الخوف والرجاء وغيرهما، فمن اتصف بذلك كان صدّيقًا، أو ببعضها كان صادقًا.</t>
   </si>
   <si>
     <t>Dürüstlük çalışmaqla qazanılan və əldə edilən nəcib bir əxlaqdır ki, insan o qədər doğru danışar və ona bağlı qalar ki,  doğruluq onun üçün bir xüsusiyyət və təbiət halına gələr, o, Allah yanında  siddiq və xeyirxah kəslərdən biri kimi yazılar.
 Yalan məzəmmət olunan (pislənən)  bir əxlaqdır, onun sahibi bunu uzun müddət sözdə və əməldə işləməklə qazanar ki, hətta artıq onun əxlaq və xasiyyətinə çevrilər, sonra da həmin kəs Allah yanında yalançılardan yazılar.
-Dürüstlük yalanın əksi olan dilin doğruluğunu, ixlas olan niyyətin düzgünlüyünü və niyyət edilən xeyirə əzmkarlıqda sadiqliyi, əməldə dürüstlüyü -bu da ən azından gizli və aşkar halın bərabər olmasıdır-, ümid, qorxu və digər məqamlarda doğruluğu ifadə edir. Bunların hamısı kimdə olarsa o, siddiq olar, bunların bəzisi kimdə olarsa, o, sadiq olar.</t>
+Dürüstlük yalanın əksi olan dilin doğruluğunu, ixlas olan niyyətin düzgünlüyünü və niyyət edilən xeyirə əzmkarlıqda sadiqliyi, əməldə dürüstlüyü - bu da ən azından gizli və aşkar halın bərabər olmasıdır - ümid, qorxu və digər məqamlarda doğruluğu ifadə edir. Bunların hamısı kimdə olarsa o, siddiq olar, bunların bəzisi kimdə olarsa, o, sadiq olar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5504</t>
   </si>
   <si>
     <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
   </si>
   <si>
     <t>Dildə yüngül, tərəzidə ağır, Rəhmana sevimli gələn iki kəlimə vardır</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
   </si>
   <si>
-    <t>Əbu Hureyrədən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilmişdir: "Dildə yüngül, tərəzidə ağır, Rəhmana sevimli gələn iki kəlimə vardır: Subhənallahil-Azim, Subhənallahi və bihəmdih".</t>
+    <t>Əbu Hureyrədən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilmişdir: "Dildə yüngül, tərəzidə ağır, Rəhmana sevimli gələn iki kəlimə vardır: Subhənallahil-Azim, Subhənallahi və bihəmdihi".</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
 سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanın çətinlik çəkmədən, hər zaman bu iki kəliməni tələffüz etməsi barədə xəbər verir və vurğulayır ki, əməl tərəzisində bu iki kəlimənin mükafatı möhtəşəmdir və həmçinin bildirir ki, bunlar  Rəhman olan uca və müqəddəs Rəbbimizə sevimli olan kəlimələrdəndir:
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) insanın çətinlik çəkmədən, hər zaman bu iki kəliməni tələffüz etməsi barədə xəbər verir və vurğulayır ki, əməl tərəzisində bu iki kəlimənin mükafatı möhtəşəmdir və həmçinin bildirir ki, bunlar Rəhman olan uca və müqəddəs Rəbbimizə sevimli olan kəlimələrdəndir:
 "Subhənallahil-Azim, Subhənallahi və bihəmdihi" sözləri uca və müqəddəs Allahın əzəmət və kamillik sifətləriylə vəsfini və nöqsanlardan uzaq olmasını ehtiva edir.</t>
   </si>
   <si>
     <t>أعظم الذكر أن يُجْمَعَ فيه بين تنزيهِ الله والثناءِ عليه.
 بيان سعة رحمة الله بعباده، فهو يجزي على العمل القليل بالثواب الجزيل.</t>
   </si>
   <si>
-    <t>Ən möhtəşəm zikr- Allahı eyiblərdən münəzzəh edən və Ona həmd səna edilən zikrin bir yerdə, bir araya gəlməsidir.
+    <t>Ən möhtəşəm zikr - Allahı eyiblərdən münəzzəh edən və Ona həmd səna edilən zikrin bir yerdə, bir araya gəlməsidir.
 Allahın qullarına qarşı olan rəhmətinin genişliyinin bəyanı, və az əməl olsa belə O, əvəzini  böyük mükafatla verir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5507</t>
   </si>
   <si>
     <t>ليس شيء أكرم على الله تعالى من الدعاء</t>
   </si>
   <si>
     <t>Uca Allah qatında duadan daha dəyərli bir şey yoxdur</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ».</t>
   </si>
   <si>
     <t>Əbu Hureyrədən (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə  söylədiyi rəvayət edilmişdir: "Uca Allah qatında duadan daha dəyərli bir şey yoxdur".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, Allaha edilən ibadətlər arasında duadan daha üstünü yoxdur, çünki dua etməklə uca və pak olan Allahın məxluqatdan  ali və zəngin olması ilə bərabər qulun  aciz və Ona möhtac olması etiraf olunur.</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, Allaha edilən ibadətlər arasında duadan daha üstünü yoxdur, çünki dua etməklə uca və pak olan Allahın məxluqatdan ali və zəngin olması ilə bərabər qulun  aciz və Ona möhtac olması etiraf olunur.</t>
   </si>
   <si>
     <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Duanın fəziləti, belə ki, Allaha dua etmək- Onu əzəmətləndirməkdir, pak olan Allahın hər kəsdən ehtiyacsız olmasıdır, çünki yoxsula dua edilməz, Allah eşidəndir, çünki kar olan birinə dua edilməz, Allah Kərimdir, xəsisdən bir şey istənilməz, O mərhmətlidir, qəddardan rəhmət dilənilməz, O qüdrət sahibidir, acizdən nəsə istənilməz, O yaxındır, uzaqda olan eşitməz. Bu və digər  Allaha xas olan uca və gözəl sifətlərini etiraf etməkdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5509</t>
   </si>
   <si>
     <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>Sədəqə, var-dövlətdən bir şey əksiltməz, nə qədər ki, qul mərhəmətlidir, əvəzində Allah da onun  izzətini artırar. Kim Allah üçün təvazökarlıq edərsə, Allah onu ucaldar</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Sədəqə, var-dövlətdən bir şey əksiltməz, nə qədər ki, qul mərhəmətlidir, əvəzində Allah da onun  izzətini artırar. Kim Allah üçün təvazökarlıq edərsə, Allah onu ucaldar".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
@@ -8648,113 +8646,113 @@
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki,  kim müsəlman qardaşının yoxluğunda  onun qınanmasının, haqqında pis söylənilməsinin qarşısını alarsa, Qiyamət günü Allah da onu əzabdan qoruyar.</t>
   </si>
   <si>
     <t>النهي عن الكلام في أعراض المسلمين.
 الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
 الإسلام دين التآخي والتناصُر بين أهله.</t>
   </si>
   <si>
     <t>Müsəlmanların şərəf-ləyaqətləri barədə söz-söhbət etmək qadağan edilmişdir.
 Əməlin mükafatı yaxud cəzası onun növündəndir, kim qardaşının şərəf-ləyaqətini qoruyarsa, Allah da onu cəhənnəm əzabından qoruyar.
 İslam, qardaşlıq və dəstək dinidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5514</t>
   </si>
   <si>
     <t>من قال: سبحان الله وبحمده، في يوم مائة مرة، حطت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>Kim gün ərzində yüz dəfə Subhənallahi və bihəmdihi deyərsə, günahları dəniz köpüyü qədər olsa belə bağışlanar</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Kim gün ərzində yüz dəfə Subhənallahi və bihəmdihi deyərsə, günahları dəniz köpüyü qədər olsa belə bağışlanar.</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Kim gün ərzində yüz dəfə Subhənallahi və bihəmdihi deyərsə, günahları dəniz köpüyü qədər olsa belə bağışlanar".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في يوم مائة مرة: «سبحان الله وبحمده»؛ مُحيتْ خطاياه وغُفِرت، ولو كانت كثيرة مثل الرَّغْوَة البيضاء التي تعلو البحر عند تَمَوُّجِه وهَيَجَانِه.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, kim gün ərzində yüz dəfə: "Subhənallahi və bihəmdihi" deyərsə, günahları coşan dənizin üzərini alan köpüklər qədər çox olsa belə silinər.</t>
   </si>
   <si>
     <t>هذا الأجر يحصل لمن قالها في اليوم مُتَوالِيَة أو مُتَفَرِّقة.
 التسبيح: هو تنزيه الله عن النقص، والحمد:  وصفه بالكمال مع المحبة والتعظيم.
 المراد في الحديث تَكْفير صغائر الذنوب، وأمَّا الكبائر فلا بدَّ لها من توبة.</t>
   </si>
   <si>
     <t>Bu savaba gün ərzində istər ardıcıl surətdə, istərsə də ayrı-ayrılıqda deməklə nail olunur.
-Təsbih (subhanallah): Allah nöqsansızdır-deməkdir.
+Təsbih (subhanallah): Allah nöqsansızdır - deməkdir.
 Əlhəmdulilləh: Allahı sevərək və təzim edərək, kamillik sifəti ilə  vəsf etməkdir.
 Hədisdə nəzərdə tutulan kiçik günahların bağışlanmasıdır, böyük günahlara gəldikdə isə onlara tövbə etmək gərəkdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5516</t>
   </si>
   <si>
     <t>من قال: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، عشر مرار</t>
   </si>
   <si>
-    <t>Kim on dəfə</t>
+    <t>Kim on dəfə, "Lə iləhə illallah vəhdəhu lə şərikə ləhu, ləhulmulku və ləhulhəmdu və huva alə kulli şeyin qadir" söylərsə</t>
   </si>
   <si>
     <t>عن أبي أيوب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ كَانَ كَمَنْ أَعْتَقَ أَرْبَعَةَ أَنْفُسٍ مِنْ وَلَدِ إِسْمَاعِيلَ».</t>
   </si>
   <si>
-    <t>Əbu Əyyubdan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: " Kim on dəfə, "Lə iləhə illallah vəhdəhu lə şərikə ləhu, ləhulmulku və ləhulhəmdu və huva alə kulli şeyin qadir" söylərsə, İsmayıl nəslindən dörd qul azad  etmiş kimi olar.</t>
+    <t>Əbu Əyyubdan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Kim on dəfə, "Lə iləhə illallah vəhdəhu lə şərikə ləhu, ləhulmulku və ləhulhəmdu və huva alə kulli şeyin qadir" söylərsə, İsmayıl nəslindən dörd qul azad etmiş kimi olar".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال: «لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير»، ومعناها: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المُخْتَصُّ بالمُلْكِ التامّ، والمُستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يُعجزه شيء. 
 فمَن كَرَّر هذا الذِّكْرَ العظيم في يوم عشر مرَّات؛ صار له من الأجر مثل أجر من أزال الرِّقِّ عن أربعة مماليك من ذُرِّيَّة إسماعيل بن إبراهيم عليهما الصلاة والسلام، وخَصَّ ذُريةَ إسماعيل عليه السلام؛ لأنهم أشرفُ من غيرهم.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki: Kim "lə iləhə illallah, vahdəhu lə şərikə ləhu, ləhul-mulku və ləhul-həmdu və huva alə kulli şeyin qadir " deyərsə - mənası: "Allahdan başqa ibadətə layiq məbud yoxdur, O təkdir, şəriki yoxdur. Pak olan uca Allah mütləq hakimiyyət sahibidir, yalnız O, məhəbbətlə, və təzim olunaraq mədh və sənaya layiqdir. Onun üçün heç bir şey əngəl deyildir, O hər şeyə qadirdir. Kim bu əzəmətli zikri gün ərzində on dəfə söylərsə, İbrahim oğlu İsmayılın (Allahın onlara salamı olsun) soyundan dörd qul azad edən kəsin əcri qədər savab qazanar. Hədisdə İsmayılın züriyyəti (Allahın onun üzərinə salamı olsun) digərlərindən daha şərəfli olduğu üçün xüsusi qeyd edilmişdir.</t>
   </si>
   <si>
     <t>فضيلة هذا الذكر المتضمن إفراد الله تعالى بالألوهية، والملك، والحمد، والقدرة التامة.
 ينال ثواب هذا الذكر من قاله متواليا أو متفرقا.</t>
   </si>
   <si>
     <t>Uca Allahın uluhiyyətdə, mülkündə, həmd olunmasında, kamil qüdrət sahibliyində tək olmasını özündə ehtiva edən bu zikrin fəziləti.
 Bu zikri istər ardıcıl, istərsə də ayrı-ayrılıqda söyləyən kəs onun savabına çatar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5517</t>
   </si>
   <si>
     <t>من يرد الله به خيرا يفقهه في الدين</t>
   </si>
   <si>
     <t>Allah kimə xeyir dilərsə, onu dində anlayış sahibi edər</t>
   </si>
   <si>
     <t>عن معاوية رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ، وَإِنَّمَا أَنَا قَاسِمٌ، وَاللهُ يُعْطِي، وَلَنْ تَزَالَ هَذِهِ الْأُمَّةُ قَائِمَةً عَلَى أَمْرِ اللهِ، لَا يَضُرُّهُمْ مَنْ خَالَفَهُمْ، حَتَّى يَأْتِيَ أَمْرُ اللهِ».</t>
   </si>
   <si>
-    <t>Muaviyə (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət edir: "Allah kimə xeyir dilərsə, onu dində anlayış sahibi edər, mən  sadəcə nemətləri bölüb paylayanam, (nemətləri) yetirən isə Allahdır. Bu ümmət Allahın əmri gəlincəyə (Qiyamətə qədər) qədər Onun əhkamları üzərində olacaq, onlara müxalif olanlar onlara zərər vura bilməyəcəklər.</t>
+    <t>Muaviyə (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət edir: "Allah kimə xeyir dilərsə, onu dində anlayış sahibi edər, mən  sadəcə nemətləri bölüb paylayanam, (nemətləri) yetirən isə Allahdır. Bu ümmət Allahın əmri gəlincəyə (Qiyamətə) qədər Onun əhkamları üzərində olacaq, onlara müxalif olanlar onlara zərər vura bilməyəcəklər".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن أراد اللهُ به خيرًا فإنه يرزقه فَهمًا في دينه سبحانه، وأنه عليه الصلاة والسلام قاسِمٌ يَقْسِمُ ويُوَزِّعُ ما آتاه الله تعالى من الرزق والعلم وغيرِه، وأنَّ المُعطِي حقيقةً هو الله، وأما غيرُه فهم أسبابٌ لا تَنْفَعُ إلا بإذن الله، وأنه لن تزال هذه الأمةُ قائمةً على أمر الله، لا يضرهم مَن خالفهم، حتى تقوم الساعة.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, Allah kimə xeyir istəsə, onu pak olan Allahın dinində anlayış istedadına yiyələndirər. Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) uca Allahın verdiyi ruzini, elmi və digər şeyləri bərabər bölüb paylayandır. Həqiqi mənada yetirən Allahdır, başqaları isə yalnız Allahın izni ilə fayda verə biləcək səbəblərdəndir. Bu ümmət Qiyamətə qədər Allahın əhkamları üzərində olacaq, əleyhdarları isə onlara zərər verə bilməyəcəklər.</t>
   </si>
   <si>
     <t>عَظَمة وفَضْل العلم الشرعي وتَعَلُّمُه والحثُّ عليه.
 القيام بالحق لا بد من وجودِه في هذه الأمة، فإذا تخلَّت عنه طائفة قام به غيرُها. 
 التَّفَقُّهُ في الدين مِن إرادةِ اللهِ تعالى الخيرَ لعبدِه. 
 النبي صلى الله عليه وسلم إنما يُعْطِي بأمر الله ومشيئته، وأنه لا يملك شيئًا.</t>
   </si>
   <si>
     <t>Şəriət elminin və onu öyrənməyin əzəməti və fəziləti, və bu elmə təşviqin önəmi.
 Bu ümmət üçün haqqı uca tutmaq mütləqdir, əgər bir qrup insan buna əməli etməzsə, digərləri onları əvəz edər.
 Dini düzgün anlamaq neməti, uca Allahın quluna xeyir istəməsindən irəli gəlir.
 Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) yalnız Allahın əmri və istəyi ilə bəxş edir və o heç bir şeyin sahibi deyildir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5518</t>
   </si>
   <si>
     <t>يا أيها الناس، أفشوا السلام، وأطعموا الطعام، وصلوا الأرحام، وصلوا بالليل والناس نيام، تدخلوا الجنة بسلام</t>
   </si>
@@ -8976,130 +8974,130 @@
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, dünya nemətlərinin ləzzətləri müəyyən bir zaman ötdükcə bitir, saleh həyat yoldaşı isə bu dünyada olan ən gözəl nemətdir, o qadın ki, əri ona nəzər salanda sevinər, əmr etdikdə itaət edər, ərinin yoxluğunda onun şərəf-ləyaqətini və var-dövlətini qoruyar.</t>
   </si>
   <si>
     <t>جواز التَّمَتُّعِ بطَيِّبَاتِ الدنيا التي أحلَّها الله لعباده دون سَرَفٍ أو مَخِيْلَة.
 الترغيب في اختيار الزوجة الصالحة؛ لأنها عَوْنٌ للزوج على طاعة ربه.
 خير متاع الدنيا ما كان في طاعة الله أو أعان عليها.</t>
   </si>
   <si>
     <t>İsraf və təkəbbürlük etmədən Allahın qullarına halal etdiyi dünyanın təmiz nemətlərindən istifadəsinin icazəli olması.
 Saleh zövcə seçməyə təşviq, çünki o, Rəbbinə itaətdə ərinə dayaqdır.
 Dünya nemətlərinin ən xeyirlisi Allaha itaətdə olan və ya Ona itaət etməyə yardım edəndir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5794</t>
   </si>
   <si>
     <t>إن الدين يسر، ولن يشاد الدين أحد إلا غلبه، فسددوا وقاربوا</t>
   </si>
   <si>
     <t>“Həqiqətən din asandır. Kim dini çətinləşdirərsə, din ona üstün gələr. Düzgünlüyə riayət edin, (bacarmasanız çalışın ona) yaxınlaşın</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا، وَأَبْشِرُوا، وَاسْتَعِينُوا بِالْغَدْوَةِ وَالرَّوْحَةِ وَشَيْءٍ مِنَ الدُّلْجَةِ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu  rəvayət edilir: “Həqiqətən din asandır. Kim dini çətinləşdirərsə, din ona üstün gələr. Düzgünlüyə riayət edin, (bacarmasanız çalışın ona) yaxınlaşın və sevinin. Səhər tezdən, günorta vaxtı və gecənin bir hissəsindən  istifadə edin”.</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: “Həqiqətən din asandır. Kim dini çətinləşdirərsə, din ona üstün gələr. Düzgünlüyə riayət edin, (bacarmasanız çalışın ona) yaxınlaşın və sevinin. Səhər tezdən, günorta vaxtı və gecənin bir hissəsindən istifadə edin”.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دينَ الإسلامِ مبنيٌّ على التيسير والسهولة في كل شؤونه، ويتأكد التيسير عند وجود سبب العجز والحاجة، ولأنَّ التعمُّقَ في الأعمال الدينية وترك الرفق عاقبتُه العجز والانقطاع عن العمل كله أو بعضه،
 ثم حث صلى الله عليه وسلم على التوسط من غير مبالغة؛ فلا يُقصِّر العبد فيما أُمر به، ولا يتحمل ما لا يطيقه، فإن عجز عن العمل بالأكمل؛ فالعمل على ما يَقْرُبُ منه.
 وبشَّر صلى الله عليه وسلم بالثواب الجزيل على العمل الدائم وإن قلَّ لمَن عجز عن العمل بالأكمل؛ لأن العجز إذا لم يكن من صنيعه فلا يستلزم نقص أجره. 
 وحيث أن الدنيا في الحقيقة دار سفر ونُقْلة إلى الآخرة أمر صلى الله عليه وسلم بالاستعانة على مداومة العبادة بإيقاعها في الأوقات الثلاثية المنشطة: 
 الأول: الغَدوة: بسير أول النهار؛ ما بين صلاة الفجر وطلوع الشمس. 
 الثاني: الرَّوحة: بالسير بعد الزوال. 
 الثالث: الدُّلْجة: بسير الليل كله أو بعضه، ولأن عمل الليل أشق من عمل النهار أمر ببعضه بقوله: وشيءٍ من الدلجة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) açıq şəkildə bildirmişdir ki, İslam dini bütün işlərində asanlıq və rahatlıq üzərində bina edilimiş və acizlik və ehtiyac üçün bir səbəb olduqda isə asanlıq daha da artırılmışdır. Çünki, dini işlərdə dərinliyə getmək və yumşaqlığı tərk etməyin aqibəti acizlik və əməllərin hamısının və ya bir hissəsinin tərk edilməsi ilə nəticələnir. Sonra o (Allahın salavatı və salamı onun üzərinə olsun) həddi aşmadan orta yol tutmağa çağırmışdır. Qul, ona əmr olunan əməldə səhlənkar davranmasın, gücü çatmayacağını isə özünə yük etməsin. Əməli kamil şəkildə etməkdən aciz qalarsa, kamilliyə yaxınlaşmağa çalışsın.
-O (Allahın salavatı və salamı onun üzərinə olsun)  əməli kamil şəkildə yerinə yetirməyə qadir olmayanları, az da olsa daimi əmələ görə böyük mükafatın olması ilə müjdələmişdir. Çünki acizlik onun öz tərəfindən (öz səhlənkarlığından ) deyilsə, bu, onun əcrinin azalmasını gərəkdirmir.
+O (Allahın salavatı və salamı onun üzərinə olsun) əməli kamil şəkildə yerinə yetirməyə qadir olmayanları, az da olsa daimi əmələ görə böyük mükafatın olması ilə müjdələmişdir. Çünki acizlik onun öz tərəfindən (öz səhlənkarlığından) deyilsə, bu, onun əcrinin azalmasını gərəkdirmir.
 Bu dünya, əslində səfər yeri və axirətə keçid yeri olduğundan, o (Allahın salavatı və salamı onun üzərinə olsun) ibadətdə davamlı olmağa yardım etmək üçün onları üç stimullaşdırıcı vaxtlara həyata keçirtməyi əmr etmişdir:
-Birincisi: səhər: günün əvvəli; Sübh namazı ilə günəşin doğması arasında.
-[...1 lines deleted...]
-Üçüncüsü: Gecə: bütün gecə və ya onun bir hissəsi. Gecənin işi gündüzün işindən daha çətin olduğu üçün "və gecədən bir hissə" deyərək onun bir hissəsini əmr etmişdir.</t>
+Birincisi: səhər: günün əvvəli; sübh namazı ilə günəşin doğması arasında.
+İkincisi: rovhə: günorta günəşin zeniti keçməsindən sonra.
+Üçüncüsü: gecə: bütün gecə və ya onun bir hissəsi. Gecənin işi gündüzün işindən daha çətin olduğu üçün "və gecədən bir hissə" deyərək onun bir hissəsini əmr etmişdir.</t>
   </si>
   <si>
     <t>يُسر وسماحة الشريعة الإسلامية وتوسُّطها بين الإفراط والتفريط.
 على العبد أن يأتي بالأمر بقدر استطاعته، من دون تساهل أو تشديد.
 على العبد أن يختار أوقات النشاط في العبادة، وهذه الأوقات الثلاثة بخصوصها هي أروح ما يكون فيها البدن للعبادة.
 قال ابن حجر العسقلاني: كأنه صلى الله عليه وسلم خاطب مسافرًا إلى مقصدٍ، وهذه الأوقات الثلاثة أطيب أوقات المسافر، فنبهه على أوقات نشاطه؛ لأن المسافر إذا سافر الليل والنهار جميعًا عجز وانقطع، وإذا تحرَّى السير في هذه الأوقات المنشطة أمكنته المداومة من غير مشقة.
 قال ابن حجر: الإشارة في هذا الحديث إلى الأخذ بالرخصة الشرعية، فإنّ الأخذ بالعزيمة في موضع الرخصة تَنَطُّعٌ، كمن يترك التيمم عند العجز عن استعمال الماء فيفضي به استعماله إلى حصول الضرر.
 قال ابن المنير: في هذا الحديث عَلَمٌ من أعلام النبوة، فقد رأينا ورأى الناس قبلنا أن كل متنطع في الدين ينقطع، وليس المراد مَنْعِ طلب الأكمل في العبادة فإنه من الأمور المحمودة، بل منع الإفراط المؤدّي إلى الملال، أو المبالغة في التطوع المفضي إلى ترك الأفضل، أو إخراج الفرض عن وقته كمَن بات يصلي الليل كلَّه فنام عن صلاة الصبح في الجماعة، أو إلى أن طلعت الشمس فخرج وقت الفريضة.</t>
   </si>
   <si>
-    <t>İslam şəriətinin asanlığı və mərhəməti və onun  ifrat və təfrit arasında orta yol tutması.
+    <t>İslam şəriətinin asanlığı və mərhəməti və onun "ifrat və təfrit" arasında orta yol tutması.
 Qul səhlənkarlıq etmədən və həddi aşmadan bacardığı qədər Allahın əmrini yerinə yetirməlidir.
 Qul ibadətdə gümrah olduğu vaxtları seçməlidir və xüsusən bu üç vaxt bədənin ibadət etmək üçün  ən yaxşı vaxtlarıdır.
-İbn Həcər Əsqaləni demişdir: “Sanki Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) müəyyən bir yerə gedən müsafirə xitab edir və bu üç vaxt müsafirin ən yaxşı vaxtıdır, buna görə də onun fəal olduğu vaxtlara diqqət çəkmişdir; Çünki müsafir  gecə-gündüzün hamısını səfərdə keçirsə, acizləşər və səfəri yarımçıq qalar, lakin gümrah olduğu vaxtlarda hərəkət edərsə, çətinlik çəkmədən yoluna davam edə bilər.
-[...1 lines deleted...]
-İbn əl-Munir dedi: Bu hədisdə peyğəmbərlik əlamətlərindən bir əlamət vardır və biz görmüşük və bizdən əvvəlkilər də görüblər ki, dində çətinləşdirən hər kəs əməlini dayandırır və burada nəzərdə tutulan ibadətdə kamilliyə nail olmağı qadağan etmək deyil, əksinə bu tərif olunan işdir. Lakin, qəsd olunan bezməyə aparan həddi aşmaq  və ya əfzəl olanı tərk etməyə səbəb olan könüllü işlərdə mübaliğə etmək və ya fərz ibadətini vaxtından sonraya saxlamaqdır, necə ki, bütün gecəni namaz qılan kəs camaat namazından yatıb qalır və ya günəş doğub namazın vaxtı çıxana qədər yatıb qalır.</t>
+İbn Həcər Əsqaləni demişdir: “Sanki Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) müəyyən bir yerə gedən müsafirə xitab edir və bu üç vaxt müsafirin ən yaxşı vaxtıdır, buna görə də onun fəal olduğu vaxtlara diqqət çəkmişdir; Çünki müsafir  gecə-gündüzün hamısını səfərdə keçirsə, acizləşər və səfəri yarımçıq qalar, lakin gümrah olduğu vaxtlarda hərəkət edərsə, çətinlik çəkmədən yoluna davam edə bilər".
+İbn Həcər demişdir: "Bu hədisdə şəriət rüxsəti ilə əməl etməyə işarə vardır, çünki rüxsət məqamında əsil olanı götürmək özünü çətinliyə salmaqdır. Bu, sudan istifadə edə bilməyən kəsin təyəmmümü tərk edərək sudan istifadə etməklə özünə zərər vurmasına bənzəyir".
+İbn əl-Munir dedi: "Bu hədisdə peyğəmbərlik əlamətlərindən bir əlamət vardır və biz görmüşük və bizdən əvvəlkilər də görüblər ki, dində çətinləşdirən hər kəs əməlini dayandırır və burada nəzərdə tutulan ibadətdə kamilliyə nail olmağı qadağan etmək deyil, əksinə bu tərif olunan işdir. Lakin, qəsd olunan bezməyə aparan həddi aşmaq  və ya əfzəl olanı tərk etməyə səbəb olan könüllü işlərdə mübaliğə etmək və ya fərz ibadətini vaxtından sonraya saxlamaqdır, necə ki, bütün gecəni namaz qılan kəs camaat namazından yatıb qalır və ya günəş doğub namazın vaxtı çıxana qədər yatıb qalır".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5795</t>
   </si>
   <si>
     <t>إن الرفق لا يكون في شيء إلا زانه، ولا ينزع من شيء إلا شانه</t>
   </si>
   <si>
     <t>Həqiqətən hər bir əməldə yumşaq davranmaq əməli bəzəyər, yoxluğu isə həmin əməli çirkin edər</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها زوج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ».</t>
   </si>
   <si>
-    <t>Peyğəmbərimizin (Allahın salavatı və salamı onun üzərinə olsun) zövcəsi Aişədən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: Həqiqətən hər bir əməldə yumşaq davranmaq əməli bəzəyər, yoxluğu isə həmin əməli çirkin edər.</t>
+    <t>Peyğəmbərimizin (Allahın salavatı və salamı onun üzərinə olsun) zövcəsi Aişədən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Həqiqətən hər bir əməldə yumşaq davranmaq əməli bəzəyər, yoxluğu isə həmin əməli çirkin edər".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الرِّفْقَ واللينَ والتَّمَهُّلَ بالقَول والفِعل يَزيدُ الأمور جمالًا وكمالًا وحُسْنًا، وأحْرى أنْ يُدْركَ صاحبُها حاجتَه.
 وعدم الرفق يَعِيْبُ الأمورَ ويُقَبِّحُها ويَمنعُ صاحبَها مِن إِدراكِ حاجتِه، وإنْ أدرَكها فبِمَشَقَّة.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, sözdə və əməldə yumşaqlıq, mülayimlik, ehtiyatlı davranma hər bir işin gözəlliyini, keyfiyyətini və mükəmməlliyini artırır və ehtiyacı olana daha rahat anlatmağa yardım edir.
 Həlim olmamaq işləri qüsurlu edər, qəbahətli edər və ehtiyac sahibinin istədiyi şeyə nail olmasına mane olar və nail olsa belə çətinliklə əldə edər.</t>
   </si>
   <si>
     <t>الحثُّ على التَّخَلُّقِ بالرِّفق. 
 الرِّفقُ يَزينُ المرءَ، وهو سببٌ لكل خير في أمور الدِّين والدنيا.</t>
   </si>
   <si>
     <t>Yumşaq xasiyyətə yiyələnməyə təşviq.
 Yumşaqlıq insanı gözəlləşdirir və bu dünya və axirətdə ümumi xeyirlərə nail olmağa səbəb olur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5796</t>
   </si>
   <si>
     <t>إن الله ليرضى عن العبد أن يأكل الأكلة فيحمده عليها، أو يشرب الشربة فيحمده عليها</t>
   </si>
   <si>
     <t>Həqiqətən Allah, yedikdən sonra həmd edən və içdikdən sonra həmd edən qulundan razıdır</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا».</t>
   </si>
   <si>
-    <t>Ənəs bin Məlikdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Həqiqətən Allah, yedikdən sonra həmd edən və içdikdən sonra həmd edən qulundan razıdır."</t>
+    <t>Ənəs bin Məlikdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Həqiqətən Allah, yedikdən sonra həmd edən və içdikdən sonra həmd edən qulundan razıdır".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ حَمْدَ العبدِ ربَّه على فَضْلِهِ ونِعَمِهِ مِن الأمور التي يَحْصُل بها رضا الله؛ فيَطْعَمُ الطعامَ ويقول: الحمد لله، ويَشرَبُ الشَّرَابَ ويقول: الحمد لله.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, Rəbbinin lütfü və nemətinə görə qulun həmd etməsi, Allahın razılığını qazandıran əməllərdən hesab edilir: yemək yeyir və əlhəmdulilləh deyir, su içir və əlhəmdulilləh deyir.</t>
   </si>
   <si>
     <t>كرم الله عز وجل، فقد تَفَضَّلَ بالرزق ورَضِيَ بالحَمْد.
 رضا الله يُنالُ بأيسر سبب، كالحمد بعد الأكل والشرب.
 من آداب الطعام والشراب: حمد الله تعالى عَقِب الأكل والشرب.</t>
   </si>
   <si>
     <t>İzzət və cəlal sahibi olan Allahın səxavəti, lütf olaraq ruzi verir və qulun həmd etməsindən razı qalır.
 Allahın razılığı, yedikdən və içdikdən sonra həmd etmək kimi ən asan səbəblərlə əldə edilir.
 Yemək və içmək ədəblərindən biri: Yemək və içməkdən sonra uca Allaha həmd etmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5798</t>
   </si>
   <si>
     <t>إن المؤمن ليدرك بحسن خلقه درجة الصائم القائم</t>
   </si>
   <si>
     <t>Həqiqətən mömin gözəl əxlaqla, oruc tutan və gecələri namaz qılan kəsin dərəcəsinə çatır</t>
@@ -9177,77 +9175,77 @@
     <t>Əbu Hureyrədən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə buyurduğu rəvayət edilir: Allah buyurdu :"Ey Adəm övladı mənim yolumda xərclə ki, mən də sənə yetirim".</t>
   </si>
   <si>
     <t>يَخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال: أنفق يا ابن آدم -من النفقات الواجبة والمستحبة- أُوَسِّعْ عليك وآتِك عِوَضًا عن ذلك وأباركْ لك فيه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, uca və pak Allah buyurdu: Ey Adəm övladı, vacib və müstəhəb sədəqələrdən xərclə ki, mən də sənin ruzini artırım, xərclədiyinin əvəzini sənə yetirim və onu sənə bərəkətli edim.</t>
   </si>
   <si>
     <t>الحث على الصدقة والإنفاق في سبيل الله.
 الإنفاق في وجوه الخير من أعظم أسباب البركة في الرزق ومضاعفته، وإخلاف الله على العبد ما أنفقه.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Sədəqəyə, Allah yolunda xərcləməyə təşviq.
 Xeyriyyə işlərində xərcləmək ruzini bərəkətləndirən və onu artıran  və Allahın bəndəyə xərclədiyinin əvəzini verməsi üçün ən böyük səbəblərdəndir.
 Bu hədis Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) öz Rəbbindən nəql etdiyi hədisdir və bu hədis qüdsü və ya ilahi hədis adlanır və onun ləfzi və mənası Allahdandır. Lakin bu hədislərdə, Quranda olan fərqləndirici xüsusiyyətlər yoxdur, məsələn, qiraəti ilə ibadət etmək, onun üçün dəstəmazlı olmaq, Quranın mislinin olmaması, ona qarşı nəyisə çıxartmaqda insanların aciz olması və s.kimi xüsusiyyətlərin bu hədislərə olmaması ilə fərqlənməsidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5805</t>
   </si>
   <si>
     <t>أن رجلا سأل النبي صلى الله عليه وسلم: أي الإسلام خير؟ قال: تطعم الطعام، وتقرأ السلام على من عرفت ومن لم تعرف</t>
   </si>
   <si>
-    <t>Bir kişi Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşdu: İslamın hansı əməli daha xeyirlidir? O, dedi: “Yemək yedirtməyin, tanıdığın və tanımadığın hərkəsə salam verməyin”</t>
+    <t>Bir kişi Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşdu: "İslamın hansı əməli daha xeyirlidir?". O, dedi: “Yemək yedirtməyin, tanıdığın və tanımadığın hərkəsə salam verməyin”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ».</t>
   </si>
   <si>
-    <t>Abdullah bin Amrdan (Allah onların hər ikisindən razı olsun) rəvayət edilir: Bir kişi Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşdu: İslamın hansı əməli daha xeyirlidir? O, dedi: “Yemək yedirtməyin, tanıdığın və tanımadığın hərkəsə salam verməyin”.</t>
+    <t>Abdullah bin Amrdan (Allah onların hər ikisindən razı olsun) rəvayət edilir: Bir kişi Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşdu: "İslamın hansı əməli daha xeyirlidir?". O, dedi: “Yemək yedirtməyin, tanıdığın və tanımadığın hərkəsə salam verməyin”.</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم: أيُّ خِصَالِ الإسلامِ أفضلُ؟ فَذَكَرَ خَصْلتين:
 الأولى: الإكثار من إطعام الفقراء، ويدخل فيه الصدقة والهدية والضيافة والوليمة، وتتأكد فضيلة الإطعام في أوقات المجاعة وغلاء الأسعار. 
 والثانية: إلقاء السلام على كلِّ مسلم، عَرَفْتَه أوْ لم تَعْرِفْه.</t>
   </si>
   <si>
     <t>Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) soruşuldu: İslamın hansı xüsusiyyəti daha üstündür? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) iki xüsusiyyəti qeyd etdi:
 Birincisi: Sədəqə vermək, hədiyyə etmək, qonaqpərvərlik və ziyafət vermək kimi əməlləri əhatə edən kasıbları yedizdirməyi çoxaltmaq. Aclıq və bahalıq dövründə kasıbları yedizdirməyin fəziləti daha da artır.
 İkincisi: Tanıdığın və tanımadığın hər bir müsəlmana salam vermək.</t>
   </si>
   <si>
     <t>حرص الصحابة على معرفة الخِصال التي تنفع في الدنيا والآخرة.
 السلام وإطعام الطعام من أفضل الأعمال في الإسلام؛ لفضلها وحاجة الناس إليها في كل وقت.
 بهاتين الخصلتين يجتمع الإحسان بالقول والفعل، وهو أكمل الإحسان.
 هذه الخصال فيما يتعلَّق بتعامل المسلمين فيما بينهم، وهناك خِصالٌ في تعامُلِ العبد مع ربِّه.
 البدء بالسلام مخصوص بين المسلمين، فلا يُسلَّم ابتداءً على كافر.</t>
   </si>
   <si>
-    <t>Səhabələrin dünya və axirətdə faydalı olan xüsusiyyətləri öyrənməyə olan hərisliyi
+    <t>Səhabələrin dünya və axirətdə faydalı olan xüsusiyyətləri öyrənməyə olan hərisliyi.
 Salam vermək və yemək yedizdirmək fəzilətinə və hər zaman insanların onlara ehtiyac duyduqlarına görə İslamda ən fəzilətli əməllərdəndir.
 Ehsan (xeyirxahlıq) bu iki xislətlə söz və əməldə birləşir və bu ehsanın ən kamil formasıdır.
 Bu xüsusiyyətlər müsəlmanların öz aralarında necə rəftar etmələri ilə əlaqədardır. Həmçinin qulun öz Rəbbi ilə rəftarında da müəyyən xüsusiyyətlər vardır.
 İlk olaraq salam vermək müsəlmanlara xasdır, kafirə isə ilk olaraq salam verilməməlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5808</t>
   </si>
   <si>
     <t>إن الله ليملي للظالم، حتى إذا أخذه لم يفلته</t>
   </si>
   <si>
     <t>Həqiqətən, Allah zalıma möhlət verir ki, onu yaxalayanda boyun qaçırmasın</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ» قَالَ: ثُمَّ قَرَأَ: «{وَكَذَلِكَ أَخْذُ رَبِّكَ إِذَا أَخَذَ الْقُرَى وَهِيَ ظَالِمَةٌ إِنَّ أَخْذَهُ أَلِيمٌ شَدِيدٌ}[هود: 102]»</t>
   </si>
   <si>
     <t>Əbu Musadan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Həqiqətən, Allah zalıma möhlət verir ki, onu yaxalayanda boyun qaçırmasın”. Buyurdu ki, sonra bu ayəni oxudu: "Rəbbin haqsızlıq edən məmləkətləri yaxaladığı zaman məhz belə yaxalayır. Onun yaxalaması həqiqətən də üzücüdür, şiddətlidir" [Hud 11 surəsi, ayə 102].
 ​</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من التَّمادِي في الظلم بالمعاصي والشرك وظلم الناس في حقوقهم، فإن الله تعالى يُمْهِلُ الظالمَ ويؤخِّرُه ويُطيل له في عُمُرِه ومالِه فلا يُعاجِلُه العقوبةَ؛ فإنْ لم يتب أَخَذَه ولم يُطْلِقْه ولم يَتْرُكْه لكثرة ظلمه.
 ثم قرأ صلى الله عليه وسلم: {وكذلك أخذ ربك إذا أخذ القرى وهي ظالمة إن أخذه أليم شديد} [هود: 102].</t>
   </si>
@@ -9423,67 +9421,67 @@
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) sinələrdə əzbərlənən Quranı unutmamaq üçün ona bağlı qalmağı və  onu mütəmadi olaraq oxumağı əmr etmişdir. O (Allahın salavatı və salamı onun üzərinə olsun) and içərək təkid edir ki, Quranın sinələrdən itməsi və getməsi, ayağının ortasından iplə bağlanmış dəvənin ipdən qurtulub qaçmasından daha asandır. Əgər insan Quranı oxumağa davam edərsə, onu saxlayar, əgər oxumağı buraxarsa, əzbərlədiyi gedər və itər.</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>Əgər Quran əzbərləyən onu mütəmadi oxuyarsa, yaddaşına həkk olar, əks halda əzbərlədikləri onun yaddaşından itər və onları unudar.
 Quranı davamlı oxumağın faydalarından: mükafat və savab, və Qiyamət günü oxuyanın dərəcəsinin ucalığı.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5907</t>
   </si>
   <si>
     <t>خيركم من تعلم القرآن وعلمه</t>
   </si>
   <si>
     <t>Sizin ən xeyirliniz Quranı öyrənən və onu öyrədəndir</t>
   </si>
   <si>
     <t>عن عثمان رضي الله عنه عن النبي صلى الله عليه وسلم قال: «خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ».</t>
   </si>
   <si>
-    <t>Osmandan (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Sizin ən xeyirliniz Quranı öyrənən və onu öyrədəndir."</t>
+    <t>Osmandan (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə demişdir: "Sizin ən xeyirliniz Quranı öyrənən və onu öyrədəndir".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أفضلَ المسلمين وأعلاهم عند الله درجة: مَن تَعَلَّم القرآنَ، تلاوةً وحفظًا وترتيلًا وفقهًا وتفسيرًا، وعَلَّمَ غيرَه ما عنده من علوم القرآن مع عَمَلِهِ به.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurur ki, müsəlmanların ən xeyirlisi və Allah qatında ən yüksək dərəcəyə malik olanı Quranı tilavətlə oxumaqla, əzbərləməklə, onun təfsirini və elmini öyrənər və bilik əldə edər. Onun əhkamlarına əməl edər və bildiyi Quran elmlərini başqalarına öyrədər.</t>
   </si>
   <si>
     <t>بيان شرف القرآن، وأنه خير الكلام؛ لأنه كلام الله.
 خير المُتعلمين مَن يُعَلِّمُ غيرَه لا مَن يَقتصِرُ على نفسِه.
 تَعَلُّمُ القرآنِ وتَعْلِيْمُه يشمل التلاوةَ والمعاني والأحكام.</t>
   </si>
   <si>
-    <t>Quranın şərəfli olmasının və kəlamlarının ən xeyirli olmasının açıqlaması.  Çünki bu, Allahın kəlamıdır.
+    <t>Quranın şərəfli olmasının və kəlamlarının ən xeyirli olmasının açıqlaması. Çünki bu, Allahın kəlamıdır.
 Öyrənənlərin ən xeyirlisi özünün öyrənməsi ilə kifayətlənməz, əksinə öyrəndiklərini başqalarına öyrədər.
-Quranı öyrənmək və öyrətmək- tilavəti, mənaları və əhkamları da ehtiva edir.</t>
+Quranı öyrənmək və öyrətmək - tilavəti, mənaları və əhkamları da ehtiva edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5913</t>
   </si>
   <si>
     <t>والذي نفسي بيده لتركبن سنة من كان قبلكم</t>
   </si>
   <si>
     <t>Nəfsim əlində olana and olsun ki, siz özünüzdən əvvəlkilərin yoluna tabe olacaqsınız."
 ​</t>
   </si>
   <si>
     <t>عَنْ أَبِي وَاقِدٍ اللَّيْثِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لَمَّا خَرَجَ إِلَى حُنَيْنٍ مَرَّ بِشَجَرَةٍ لِلْمُشْرِكِينَ يُقَالُ لَهَا: ذَاتُ أَنْوَاطٍ يُعَلِّقُونَ عَلَيْهَا أَسْلِحَتَهُمْ، فَقَالُوا: يَا رَسُولَ اللهِ، اجْعَلْ لَنَا ذَاتَ أَنْوَاطٍ كَمَا لَهُمْ ذَاتُ أَنْوَاطٍ، فَقَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «سُبْحَانَ اللهِ! هَذَا كَمَا قَالَ قَوْمُ مُوسَى {اجْعَلْ لَنَا إِلَهًا كَمَا لَهُمْ آلِهَةٌ} [الأعراف: 138] وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ».</t>
   </si>
   <si>
     <t>Əbu Vaqid əl-Leysidən (Allah ondan razı olsun) belə rəvayət edilir: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) Huneynə çıxanda müşriklərin silahlarını asdıqları "Zətu-Ənvat" deyilən bir ağacın yanından keçdi və səhabələr dedilər: Ey Allahın elçisi, onların Zətu-Ənvat ağacı olduğu kimi, bizim üçün də Zətu-Ənvat ağacı düzəlt!”  Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dedi: “Subhənallah-(Allah pak və müqəddəsdir! )Bu, Musanın qövmünün dediyi kimidir: “Onların ilahları olduğu kimi, bizim üçün də bir ilah düzəlt!” [Əraf: 138] Nəfsim əlində olana and olsun ki, siz özünüzdən əvvəlkilərin yoluna tabe olacaqsınız."
 ​</t>
   </si>
   <si>
     <t>خَرَجَ رسولُ الله صلى الله عليه وسلم إلى حُنَيْن وهو: وادٍ بين الطائف ومكة، وكان معه بعضُ الصحابة الذين دخلوا في الإسلام قريبًا، 
 فمرُّوا بشجرة يقال لها: "ذات أنواط"، أي: ذات مُعَلَّقات، كان المشركون يُعَظِّمونها ويعلِّقون عليها أسلحتَهم وغيرَها طلبًا للبركة، 
 فطلبوا مِن الرسول صلى الله عليه وسلم أن يَجْعَلَ لهم شجرةً مثلَها، يُعلِّقون عليها أسلحتهم، طلبًا للبركة؛ ظَنًّا منهم أنَّ هذا أمرٌ جائز، 
 فسبَّح النبيُّ صلى الله عليه وسلم استنكارًا لهذه المقالة، وتعظيمًا لله، وأخبَر أنّ هذه المقالة تُشْبِهُ مقالةَ قوم موسى له: {اجعل لنا إلهًا كما لهم آلهة}، 
 لمَّا رَأَوْا مَن يَعْبُدُ الأصنام فطلبوا أن يكونَ لهم أصنامٌ كما للمشركين أصنامٌ، وأنَّ هذا اتّباعٌ لطريقتِهم، 
 ثم أخبَر صلى الله عليه وسلم أنَّ هذه الأمة ستَتَّبِع طريقةَ اليهود والنصارى وتفعل فِعلَهم، مُحَذِّرًا من ذلك.</t>
@@ -9585,57 +9583,57 @@
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) evinə, Aişənin (Allah ondan razı olsun) yanına girdikdə gördü ki, o, əşyaların saxlandığı kiçik şkafın üzərini canlıların şəkilləri olan parça ilə örtüb. Sonra Allah üçün qəzəbdən onun üzünün rəngi dəyişdi və parçanı çıxarıb dedi: Qiyamət günü əzabı ən şiddətli olacaq insanlar, çəkdikləri şəkillər ilə Allahın yaratmağına bənzər işlər görənlərdir. Aişə dedi: "Biz də ondan bir və ya iki yastıq düzəltdik.</t>
   </si>
   <si>
     <t>إنكار المنكر وقتَ رؤيتِه وعدم التراخي في ذلك، ما لم يكن في ذلك مفسدة أكبر.
 العذاب يوم القيامة يتفاوت بحسب عِظَمِ الذنب.
 تصوير ذوات الأرواح من كبائر الذنوب.
 من حِكَمِ تحريم التصوير مضاهاة خلق الله تعالى، سواءً قصد المصوِّرُ المضاهاة أو لم يقصد.
 حرص الشريعة على حفظ الأموال بالاستفادة منها بعد تجنيبِها ما يحرم فيها.
 المنع من صناعة صور ذات الأرواح على أيِّ شَكْلٍ كان، ولو كانت ممتهنة.</t>
   </si>
   <si>
     <t>Daha böyük fitnə-fəsad törətmədikcə, münkəri (pis bir işi) gördükdə onu dərhal inkar etmək və bu işdə yubanmamaq.
 Qiyamət günü əzab, günahın böyüklüyünə görə fərqlənir.
 Ruhu olan şeylərin (canlıların) şəklini çəkmək böyük günahlardandır.
 (Ruhu olan şeylərin) şəkillərini çəkməyin qadağan edilməsində olan hikmətlərindən biri, niyyətində olub-olmamasından asılı olmayaraq, rəsm çəkənin Uca Allahın yaratmasına bənzər əməl etməsidir.
 Şəriət, haramlardan çəkindikdən sonra malı istifadə edərək onu qoruyub saxlamağa həvəsləndirir.
 Hansı formada olursa-olsun, hətta kiçik görülsə belə, ruhu olan şeylərin şəkillərinin düzəltməyin qadağan olunması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5931</t>
   </si>
   <si>
     <t>من نزل منزلا ثم قال: أعوذ بكلمات الله التامات من شر ما خلق، لم يضره شيء حتى يرتحل من منزله ذلك</t>
   </si>
   <si>
-    <t>“Kim bir məkana çatıb, orada dayanıb qalarsa, ardınca “Yaratdıqlarının şərindən Allahın kamil kəlmələrinə sığınıram” duasını oxuyarsa, ona, həmin yeri tərk edənə qədər heç bir ziyan dəyməz.”</t>
+    <t>“Kim bir məkana çatıb, orada dayanıb qalarsa, ardınca “Yaratdıqlarının şərindən Allahın kamil kəlmələrinə sığınıram” duasını oxuyarsa, ona, həmin yeri tərk edənə qədər heç bir ziyan dəyməz”</t>
   </si>
   <si>
     <t>عن خَوْلَةَ بِنْتَ حَكِيمٍ السُّلَمِيَّةَ قَالتْ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ».</t>
   </si>
   <si>
-    <t>Xəvlə bint Həkim əs-Suləmiyyədən (Allah ondan razı olsun) rəvayət edilir ki, o dedi: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: “Kim bir məkana çatıb, orada dayanıb qalarsa, ardınca “Yaratdıqlarının şərindən Allahın kamil kəlmələrinə sığınıram” duasını oxuyarsa, ona, həmin yeri tərk edənə qədər heç bir ziyan dəyməz.”</t>
+    <t>Xəvlə bint Həkim əs-Suləmiyyədən (Allah ondan razı olsun) rəvayət edilir ki, o dedi: Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitdim: “Kim bir məkana çatıb, orada dayanıb qalarsa, ardınca “Yaratdıqlarının şərindən Allahın kamil kəlmələrinə sığınıram” duasını oxuyarsa, ona, həmin yeri tərk edənə qədər heç bir ziyan dəyməz”.</t>
   </si>
   <si>
     <t>يُرْشِدُ النبيُّ صلى الله عليه وسلم أُمَّتَه إلى الاعتصام والالتجاء النافع الذي يَندفِعُ به كلُّ محذورٍ يخافُه الإنسان عندما يَنزِل مكانًا من الأرض، سواء كان في سفر أو نزهة أو غير ذلك: بأنْ يعتصمَ ويلتجئَ بكلمات الله الكاملة في فضلها وبركتها ونفعها، السالمة من كل عيب ونقص، من شر كل مخلوق فيه شر، فيَأْمَنَ في منزلِه ذلك ما دام مُقيمًا فيه مِن كلِّ ما يؤذي.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) öz ümmətini, yer üzündə hər hansı bir yerdə müvəqqəti olsa belə məskunlaşarkən qorxduğu bütün təhlükələrdən  qorunmaq üçün faydalı vasitələrdən bərk yapışmağa və onlara sarılmağa çağırır, bu istər səfərdə, istər gəzintidə və ya buna bənzər hallarda ola bilir: müsəlman, Allahın bütün eyb və nöqsanlardan uzaq olan kamil  kəlamlarının fəzilətinə, bərəkətinə və faydasına görə, bu kəlamlara sarılar, şəri olan hər bir canlının şərrindən bu kəlamlara sığınar və beləliklə də qərarlaşdığı yerdə təhlükədən qorunub əmin-amanlıqda olar.</t>
   </si>
   <si>
     <t>الاستعاذة عبادة، وهي ما كانت بالله تعالى أو بأسمائه وصفاته.
 جواز الاستعاذة بكلام الله، لأنه صفة من صفاته سبحانه، بخلاف الاستعاذة بأي مخلوق فهي شرك.
 فضيلة هذا الدعاء وبركته.
 التَّحَصُّن بالأذكار سببٌ لحماية العبد من الشرور.
 إبطال الاستعاذة بغير الله من الجن والسَّحَرة والدجَّالين وغيرهم.
 مشروعية هذا الدعاء لمَن نزل مكانًا في الحضر أو السَّفر.</t>
   </si>
   <si>
     <t>Allaha sığınmaq ibadətdir və bu uca Allaha, həmçinin Onun isim və sifətlərinə sığınmaqla olur.
 Allahın kəlamlarına sığınmağın icazəli olması, çünki o uca Allahın sifətlərindən biridir. Lakin hər hansı yaradılmışa sığınmaq isə şirkdir.
 Bu duanın fəziləti və bərəkəti.
 Zikrlərlə qorunmaq qulun  pisliklərdən himayə olunmasına səbəbdir.
 Cin, sehrbaz, saxtakarlara və Allahdan başqa digərlərinə sığınmaq qadağan edilmişdir.
 Yaşayış yerində və ya səfərdə olarkən bu duanı etməyin şəriətdə buyurulması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/5932</t>
@@ -9876,74 +9874,74 @@
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) qızı Fatimə (Allah ondan razı olsun) dəyirman daşının üyütməyə görə əlində buraxdığı izdən şikayətləndi, ona görə də  Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yanına əsir gəldikdə, ev işlərini görməsi üçün bu əsiri xidmətçi olaraq istəmək üçün onun yanına getdi. Lakin onu evində tapmadı və Aişəni (Allah ondan razı olsun) gördü və bu barədə ona danışdı. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) gələndə, Aişə  Fatimənin (Allah onların hər ikisindən razı olsun) onun yanına ondan bir qulluqçu istəmək üçün gəldiyini xəbər verdi. Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Fatimə və Əli (Allah onların hər ikisindən razı olsun) yatmağa hazırlaşarkən onların evinə gəldi və onların arasında əyləşdi, hətta Əli (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ayaqlarının soyuqluğunu qarnında hiss etdi.  Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) dedi: Sizə  verməyimi istədiyiniz xidmətçidən daha xeyirli olanını sizə öyrədimmi? Onlar: Bəli dedilər və o, (Allahın salavatı və salamı onun üzərinə olsun) dedi: Gecə yatmaq üçün yerinizə  uzananda otuz dörd dəfə “Allahu Əkbər” deyərək təkbir gətirin, Otuz üç dəfə “subhənallah" deyərək Allahı təqdis edin, Və otuz üç dəfə “əlhəmdu lilləh" deyərək Allaha həmd  edin; Bu zikr sizin üçün xidmətçidən daha xeyirlidir.</t>
   </si>
   <si>
     <t>استحباب المداومة على هذا الذكر المبارك، حيث ورد أن عليا رضي الله عنه لم يترك هذه الوصية النبوية، المتضمنة حتى ليلة صفين.
 هذا الذكر لا يقال إلا في نوم الليل ولفظه عند مسلم من رواية معاذ عن شعبة "إذا أخذتما مضاجعكما من الليل".
 إذا نسي المسلم هذا الذكر في أول الليل ثم ذكره آخره فلا بأس بقوله؛ لأن علي رضي الله عنه راوي الحديث يقول بأنه نسي قوله ليلة صفين أول الليل ثم تذكر فقاله قبل الصبح.
 قال المهلب: فيه حمل الإنسان أهله على ما يحمل عليه نفسه من إيثار الآخرة على الدنيا إذا كانت لهم قدرة على ذلك.
 قال ابن حجر العسقلاني: من واظب عليه لا يتضرر بكثرة العمل ولا يشق عليه ولو حصل له التعب.
 قال العيني: وجه الخيرية إما أن يراد به أنه يتعلق بالآخرة والخادم بالدنيا، والآخرة خير وأبقى، وإما أن يراد بالنسبة إلى ما طلبته بأن يحصل لها بسبب هذه الأذكار قوة تقدر على الخدمة أكثر مما يقدر الخادم.</t>
   </si>
   <si>
     <t>Bu mübarək zikri davamlı etməyin müstəhəbliyi, belə ki, rəvayət olunur ki, Əli (Allah ondan razı olsun) bu peyğəmbərlik vəsiyyətini, Siffin gecəsində belə tərk etməmişdir.
 Bu zikr yalnız gecə yatmazdan əvvəl deyilir və Müslimdə bu hədisin ləfzi Muaz bin Şubədən nəql edilən rəvayətdə bu cürdür: “ Gecə yatağınıza uzandıqda”.
 Müsəlman gecənin əvvəlində bu zikri unudub, sonra gecənin sonunda xatırlayarsa, onu söyləməyinin eybi yoxdur; çünki hədisin ravisi Əli (Allah ondan razı olsun) deyir ki, O, Siffin gecəsi, gecənin əvvəlində bu zikri söyləməyi unutdu, daha sonra sübhdən qabaq xatırladı və dedi.
 Əl-Mühəlləb demişdir: “Hədisdə işarə vardır ki, insan axirəti  dünyadan üstün tutduğu kimi, əgər gücləri çatarsa,  ailə üzvlərini də buna təşviq etməlidir".
 İbn Həcər əl-Əsqaləni demişdir: “Kim bu zikri deməkdə davamlı olarsa, çox iş ona zərər verməz və yorulsa belə, bu ona çətin gəlməz.
 Əl-Ayni demişdir: (Hədisdə bu zikrin) daha xeyirli olması cəhəti ya bu zikrin axirətlə bağlı olması və xidmətçinin isə dünya həyatıyla əlaqəli olmasıdır və axirət daha xeyirli və davamlıdır, ya da onun istədiyi işdə bu zikrlər səbəbiylə xidmətçinin qadir olduğu gücdən artıq iş görmək gücü qazanmasına görədir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6076</t>
   </si>
   <si>
     <t>قل هو الله أحد والمعوذتين حين تمسي وتصبح ثلاث مرات، تكفيك من كل شيء</t>
   </si>
   <si>
-    <t>{Qul huvallahu əhəd} və "Fələq" və "Nəss" surələrini oxu, hər cür şərrə qarşı sənə kifayət edər</t>
+    <t>Qul huvallahu əhəd" və "Fələq" və "Nəss" surələrini oxu, hər cür şərrə qarşı sənə kifayət edər</t>
   </si>
   <si>
     <t>عَن عبدِ اللهِ بن خُبَيب رضي الله عنه أنه قال: خَرَجْنَا فِي لَيْلَةٍ مَطِيرَةٍ وَظُلْمَةٍ شَدِيدَةٍ، نَطْلُبُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؛ يُصَلِّي لَنَا، قَالَ: فَأَدْرَكْتُهُ، فَقَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، ثُمَّ قَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، قَالَ: «قُلْ»، فَقُلْتُ: مَا أَقُولُ؟ قَالَ: «{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ».</t>
   </si>
   <si>
-    <t>Abdullah bin Xubeybdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Yağışlı və şiddətli zülmət bir gecədə Allah Rəsulunu(Allahın salavatı və salamı onun üzərinə olsun) bizə namaz qıldırması üçün axtarmağa çıxdıq və onu tapdıq. O, dedi: “De”. Mən isə heç bir şey demədim. Sonra yenə dedi: “De”. Mən yenə heç bir şey demədim. Sonra yenə "De" dedi. Mən də: "Nə deyim?" dedim. Buyurdu: "Səhərə və axşama çıxdığında üç dəfə «{Qul huvallahu əhəd} və "Fələq" və "Nəss" surələrini oxu, hər cür şərrə qarşı sənə kifayət edər".</t>
+    <t>Abdullah bin Xubeybdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Yağışlı və şiddətli zülmət bir gecədə Allah Rəsulunu(Allahın salavatı və salamı onun üzərinə olsun) bizə namaz qıldırması üçün axtarmağa çıxdıq və onu tapdıq. O, dedi: “De”. Mən isə heç bir şey demədim. Sonra yenə dedi: “De”. Mən yenə heç bir şey demədim. Sonra yenə "De" dedi. Mən də: "Nə deyim?". dedim. Buyurdu: "Səhərə və axşama çıxdığında üç dəfə «"Qul huvallahu əhəd" və "Fələq" və "Nəss" surələrini oxu, hər cür şərrə qarşı sənə kifayət edər".</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ الجليلُ عبدُ الله بن خبيب رضي الله عنه: أنهم خَرَجوا في ليلةٍ كثيرة المطر وكانت الظلمةُ شديدةً، للبحث عن رسول الله صلى الله عليه وسلم؛ ليصلي بهم، فوجدوه، 
 فقال له النبي صلى الله عليه وسلم: "قل" أي اقرأ، فلم يقرأ شيئًا، 
 فأعاد عليه النبي صلى الله عليه وسلم قولَه، فقال عبد الله: ماذا أقرأ يا رسول الله؟ 
 فقال النبي صلى الله عليه وسلم: اقرأ سورة الإخلاص {قل هو الله أحد}، والمعوذتين {قل أعوذ برب الفلق}، و{قل أعوذ برب الناس}، وقتَ المساء، ووقت الصباح، ثلاث مرات تحفظك من كل شرٍّ، وتقيك من كل سوء.</t>
   </si>
   <si>
-    <t>Böyük səhabə Abdullah bin Xubeyb (Allah ondan razı olsun) xəbər verir ki, onlar bol yağışlı və şiddətli qaranlıq bir gecədə, özlərinə namaz qıldırması üçün Allah Rəsulunu (Allahın salavatı və salamı onun üzərinə olsun) axtarmaq üçün çıxdılar və onu tapdılar. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ona dedi: “De”, yəni "oxu", amma o, heç nə oxumadı. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) sözünü ona təkrar dedi və Abdullah dedi: Nə oxuyum, ey Allahın Rəsulu? Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Səhər və axşam üç dəfə "İxlas" surəsini -{De: O, Allah birdir} və "Fələq" və "Nəss" surələrini : {De: sübhün Rəbbinə sığınıram} və { De: insanların Rəbbinə sığınıram} oxu, səni hər cür şərdən və bütün pisliklərdən  qoruyar.</t>
+    <t>Böyük səhabə Abdullah bin Xubeyb (Allah ondan razı olsun) xəbər verir ki, onlar bol yağışlı və şiddətli qaranlıq bir gecədə, özlərinə namaz qıldırması üçün Allah Rəsulunu (Allahın salavatı və salamı onun üzərinə olsun) axtarmaq üçün çıxdılar və onu tapdılar. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ona dedi: “De”, yəni "oxu", amma o, heç nə oxumadı. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) sözünü ona təkrar dedi və Abdullah dedi: Nə oxuyum, ey Allahın Rəsulu? Sonra Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: "Səhər və axşam üç dəfə "İxlas" surəsini - "De: O, Allah birdir" və "Fələq" və "Nəss" surələrini : "De: sübhün Rəbbinə sığınıram" və "De: insanların Rəbbinə sığınıram" oxu, səni hər cür şərdən və bütün pisliklərdən  qoruyar.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين في الصباح والمساء وأنها حِرْزٌ من كلِّ شَرٍّ.
 فضل قراءة سورة الإخلاص والمعوذتين.</t>
   </si>
   <si>
-    <t>Səhər-axşam "İxlas,Fələq və Nəss" surələrini oxumağın bəyənilən olması və bu bütün şərrdən qorunmadır.
-"İxlas,Fələq və Nəss" surələrini oxumağın fəziləti.</t>
+    <t>Səhər-axşam "İxlas, Fələq və Nəss" surələrini oxumağın bəyənilən olması və bu bütün şərrdən qorunmadır.
+"İxlas, Fələq və Nəss" surələrini oxumağın fəziləti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6082</t>
   </si>
   <si>
     <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
   </si>
   <si>
     <t>"De:Ləə iləhə illallahu vəhdəhu lə şərikə ləhu, Allahu Əkbər kəbiran, vəl-həmdu lilləhi kəsiran, Subhənallahi Rabbil-ələmin, lə həvlə və ləə quvvətə illə billəhil-əzizil-həkim!</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
     <t>Sə'ddən (Allah ondan razı olsun) belə söylədiyi rəvayət edilir: Bir bədəvi ərəb (səhrada yaşayan) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) yanına gəldi və dedi: "Mənə söyləməyə zikr öyrət". Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi:: "De:Ləə iləhə illallahu vəhdəhu lə şərikə ləhu, Allahu Əkbər kəbiran, vəl-həmdu lilləhi kəsiran, Subhənallahi Rabbil-ələmin, lə həvlə və ləə quvvətə illə billəhil-əzizil-həkim!" (Tək Olan Allahdan başqa ilah yoxdur, onun şəriki yoxdur, Allah ən böyükdür. Allaha çoxlu həmd olsun, aləmlərin Rəbbi olan Allah eyib və nöqsanlardan Pakdır! Qüdrətli və Hikmət sahibi Allahdan başqa heç bir güc və qüdrəti olan yoxdur!) Bədəvi ərəb dedi: Bunlar Rəbbim üçündür. Bəs özüm üçün nə söyləyim? Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "De: "Allahumməğfirli, vərhəmni,vəhdini,vərzuqni!" (Allahım, məni bağışla, mənə rəhm et, mənə hidayət et və məni ruziləndir!).</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
@@ -10091,90 +10089,90 @@
 "O hər şeyə qadirdir" - qüdrəti hər yöndən kamil və tamdır, Onu heç nə aciz edə bilməz və hər hansı işi etməsinə mane ola bilməz.
 "Allahdan başqa güc və qüvvət sahibi yoxdur"- yəni bir haldan başqa hala və Allaha asilikdən itaətə keçmək, yalnız güc və qüvvət sahibi Allahın yardımıyla mümkündür. Yardım edən Odur və yalnız Ona güvənilir.
 "Allahdan başqa ibadətə layiq olan ilah yoxdur, və yalnız Ona ibadət edirik" - uluhiyyət-ilahlıq mənasının təkidlə vurğulanması və şirkin inkar edilməsi və ibadətin  yalnız Ona layiq olması deməkdir.
 "Nemət Ona məxsusdur  və fəzilət Onundur" - yəni neməti yaradan və onun sahibi olan Odur və qullarından istədiyinə onu verən də Odur.
 "Gözəl tərif Ona məxsusdur" - Hər bir halda gözəl tərif Özünə, sifətlərinə, fellərinə və nemətlərinə aiddir.
 "Allahdan başqa ibadətə layiq ilah yoxdur. Dini yalnız Ona məxsus edərik" - yəni biz Allaha itaətdə riya və şan-söhrət güdmədən tövhid əhliyik.
 "Kafirlərin xoşuna gəlməsə belə" - yəni kafirlər sevməsə belə Allahın tövhidində, Ona ibadətdə sabitik.</t>
   </si>
   <si>
     <t>استحباب المحافظة على هذا الذكر بعد كل صلاة مكتوبة.
 المسلم يَعْتَزُّ بدينِهِ ويُظْهِرُ شعائرَه، ولو كره الكافرون.
 إذا وَرَدَتْ في الحديث كلمةُ: "دُبر الصلاة"، فإن كان ما في الحديث ذِكْرًا فالأصل أن يكون بعد السلام، وإن كان دعاءً فيكون قبل السلام من الصلاة.</t>
   </si>
   <si>
     <t>Hər fərz namazdan sonra bu zikrə riayət etməyin müstəhəb olması.
 Müsəlman öz diniylə qürur duyar, kafirlər sevməsə belə şüarlarını izhar edər.
 Əgər hədisdə "namazın sonunda" sözü işlədilibsə və bu hədisdə zikr qeyd olunubsa, qayda budur ki, həmin zikr salamdan sonra deyilir, və əgər duadırsa, salamdan öncə deyilməsinə işarədir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6203</t>
   </si>
   <si>
     <t>لا تجعلوا بيوتكم مقابر، إن الشيطان ينفر من البيت الذي تقرأ فيه سورة البقرة</t>
   </si>
   <si>
-    <t>Evlərinizi qəbirstanlığa çevirməyin. Həqiqətən şeytan Bəqərə surəsi oxunan evdən qaçır.</t>
+    <t>Evlərinizi qəbirstanlığa çevirməyin. Həqiqətən şeytan Bəqərə surəsi oxunan evdən qaçır</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Evlərinizi qəbirstanlığa çevirməyin. Həqiqətən şeytan Bəqərə surəsi oxunan evdən qaçır. "</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Evlərinizi qəbirstanlığa çevirməyin. Həqiqətən şeytan Bəqərə surəsi oxunan evdən qaçır".</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن تعطيلِ البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ثم أخبر صلى الله عليه وسلم أنَّ الشيطانَ يَنْفِرُ من البيت الذي تُقرأُ فيه سورةُ البقرة.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) evlərdə namaz qılınmasının tərkini qadağan etmişdir. Çünki namaz qılınmayan ev qəbirstanlıq kimidir.
 Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, şeytan Bəqərə surəsi oxunan evdən qaçar.</t>
   </si>
   <si>
     <t>استحباب الإكثار من العبادات وصلاة النافلة في البيوت.
 لا يجوز الصلاة في المقابر؛ لأنها وسيلة من وسائل الشرك والغلو في أصحابها، ما عدا صلاة الجنازة.
 النهي عن الصلاة عند القبور قد تَقَرَّر عند الصحابة، ولذلك نهى النبي صلى الله عليه وسلم أن تُجعل البيوت مثل المقابر لا يُصلّى فيها.</t>
   </si>
   <si>
     <t>Evlərdə ibadətləri və nafilə namazlarını çoxaltmağın müstəhəb olması.
 Qəbirstanlıqda namaz qılmaq icazəli deyil, çünki şirkə sürükləyən vasitələrdəndir və həmçinin qəbirdəkilərin şənini ifrat etməkdir. Orada yalnız cənazə namazı icazəlidir.
 Qəbirlər olan yerdə namaz qılmağın qadağan edilməsi sahabələr arasında artıq aydın məsələ idi. Buna görə də Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) evləri, qəbirstanlıqlarda olduğu kimi  namaz qılınmayan məkana çevirməyi qadağan etmişdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6208</t>
   </si>
   <si>
     <t>لأن أقول: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، أحب إلي مما طلعت عليه الشمس</t>
   </si>
   <si>
     <t>Subhənallah valhəmdulilləh, və ləə iləhə illallah,vallahu əkbər" söyləmək günəşin üzərinə doğduğu hər şeydən mənə sevimlidir</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Subhənallah valhəmdulilləh, və ləə iləhə illallah,vallahu əkbər" söyləmək günəşin üzərinə doğduğu hər şeydən mənə sevimlidir."</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Subhənallah valhəmdulilləh, və ləə iləhə illallah,vallahu əkbər" söyləmək günəşin üzərinə doğduğu hər şeydən mənə sevimlidir".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ ذِكْرَ اللهِ تعالى بهذه الكلمات العظيمات خيرٌ من الدنيا وما فيها، وهي: 
 "سبحان الله": تنزيه لله عن النقائص.
 "الحمد لله": ثناء عليه بصفات الكمال مع محبته وتعظيمه.
 "لا إله إلا الله": لا معبود بحق إلا الله.
 "الله أكبر": أعظم وأجل من كلِّ شيء.</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, uca Allahı bu əzəmətli kəlimələrlə zikr etmək dünya və dünyada nə varsa ondan xeyirlidir. Bunlar:
 "SubhanAllah": Uca Allahı hər cür nöqsanlardan pak tutmaq.
 "Əlhəmdulilləh": kamil sifətləriylə Ona məhəbbət bəsləyərək və təzim edərək Onu tərifləmək.
 "Ləə iləhəh illallah": Allahdan başqa haqq məbud yoxdur.
 "Allahu əkbər": hər şeydən ən böyük və ən əzəmətli olan.</t>
   </si>
   <si>
     <t>الحث على ذكر الله، وأنه أحب مما طلعت عليه الشمس.
 الحض على الإكثار من الذكر؛ لما فيه من الأجر والفضل.
 متاع الدنيا قليل وشهواتها زائلة.</t>
   </si>
   <si>
     <t>Allahı zikr etməyə təşviq və zikrin günəşin üzərinə doğduğu hər şeydən sevimli olması.
 Savabına və fəzilətinə görə zikri çoxaltmağa təşviq.
 Dünya ləzzəti az və ehtirasları keçicidir.</t>
   </si>
@@ -10411,90 +10409,90 @@
 "دينًا" أي: اعتقادًا وانقيادًا،
 "غفر له ذنبه" أي: من الصغائر.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, hər kim müəzzini eşidəndə bu cür deyərsə: "Əşhədu əllə iləhə illallah vəhdəhu lə şərikə ləhu" yəni, təsdiq və etiraf edirəm və xəbər verirəm ki, Allahdan başqa ibadətə layiq həqiqi məbud yoxdur, Ondan başqa bütün ibadət olunanlar batildir, "Və ənnə Muhəmmədən əbduhu və rasuluhu". Yəni, Muhəmməd, bir quldur, ona ibadət edilməz və bir elçidir, yalan danışmaz, "Radiytu bi-Lləhi Rabbən". Yəni: Allahın Rəbbliyindən, ilahlığından, ad və sifətlərindən razıyam. "Və bi-Muhəmmədin rasulən" (Və rəsul olaraq Muhəmməddən razı qaldım)". Yəni onunla bizə göndərilən və bizə çatdırdığı hər bir şeydən, "Və bil İsləmi" (İslamdan). Yəni:  Əmr və qadağaları ilə, İslamın bütün hökmlərindən, "Dinən" (Din olaraq). Yəni: etiqad edərək və boyun əyərək. "Günahları bağışlanar". Yəni: kiçik günahları.</t>
   </si>
   <si>
     <t>ترديد هذا الدعاء عند سماع النداء من مُكَفِّرات الذنوب.</t>
   </si>
   <si>
     <t>Azanı eşidərkən bu duanı təkrar etmək günahları təmizləyən şeylərdən biridir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6272</t>
   </si>
   <si>
     <t>من قرأ بالآيتين من آخر سورة البقرة في ليلة كفتاه</t>
   </si>
   <si>
     <t>Kim gecə Bəqərə surəsinin son iki ayəsini oxuyarsa, ona yetər</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ».</t>
   </si>
   <si>
-    <t>Əbu Məsuddan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Kim gecə Bəqərə surəsinin son iki ayəsini oxuyarsa, ona yetər."</t>
+    <t>Əbu Məsuddan (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Kim gecə Bəqərə surəsinin son iki ayəsini oxuyarsa, ona yetər".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قَرأ الآيتين الأخيرتين من سورة البقرة في الليل فإنَّ الله يكفيه الشر والمكروه، وقيل: تكفيه عن قيام الليل، وقيل: تكفيه عن سائر الأوراد، وقيل: إنهما أقلُّ ما يجزىء من قراءة القرآن في قيام الليل، وقيل غير ذلك، ولعل كلَّ ما ذُكِرَ صحيح يَشملُه اللفظ.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, kim gecə Bəqərə surəsinin son iki ayəsini oxuyarsa, Allah onu şər və pisliklərdən qoruyar. Həmçinin deyilmişdir: Gecə namazının əvəzini verər. Həmçinin: Zikr və Quran oxumağın əvəzini verər. Həmçinin deyilmişdir ki: Ən azı, gecə namazında bu iki ayə miqdarında oxumaq yetərli olur və bu kimi digər rəylər mövcuddur. Bütün bu deyilənlərin hamısının doğru olması və həmin sözün bütün bu mənaları ehtiva etməsi ehtimal olunur.</t>
   </si>
   <si>
     <t>بيان فضل أواخر سورة البقرة، وهي من قوله تعالى : (آمن الرسول ...)  إلى آخر السورة.
 أواخر سورة البقرة تدفع عن صاحبها السوءَ والشرَّ والشيطانَ إذا قرأها من الليل.
 الليلة تبدأ بغروب الشمس، وتنتهي بطلوع الفجر.</t>
   </si>
   <si>
-    <t>Bəqərə surəsinin son ayələrinin  fəzilətinin bəyanı və bu uca Allahın :(Rəsul iman etdi) sözündən, surənin sonuna qədər olan hissəsidir.
+    <t>Bəqərə surəsinin son ayələrinin  fəzilətinin bəyanı və bu uca Allahın: "Rəsul iman etdi" sözündən, surənin sonuna qədər olan hissəsidir.
 Gecə Bəqərə surəsinin son ayələrini oxuyanı, bu ayələr pislikdən, şərdən və şeytandan qoruyar.
-Gecə, günəşin batmasıyla başlayır və sübhün girməsiylə- dan yeri ağaranda bitir.</t>
+Gecə, günəşin batmasıyla başlayır və sübhün girməsiylə - dan yeri ağaranda bitir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6274</t>
   </si>
   <si>
     <t>من قرأ حرفا من كتاب الله فله به حسنة، والحسنة بعشر أمثالها</t>
   </si>
   <si>
     <t>Kim Allahın kitabından bir hərf oxuyarsa, ona bir savab yazılar. Savab isə on mislindədir</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا، لَا أَقُولُ {الم} حَرْفٌ، وَلَكِنْ {أَلِفٌ} حَرْفٌ، وَ{لَامٌ} حَرْفٌ، وَ{مِيمٌ} حَرْفٌ».</t>
   </si>
   <si>
-    <t>Abdullah bin Məsud (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət edir: " Kim Allahın kitabından bir hərf oxuyarsa, ona bir savab yazılar. Savab isə on mislindədir Deməzdim ki,(Əlif ləm mim) bir hərfdir, lakin (əlif) bir hərf, (ləm) bir hərf və (mim) də bir hərfdir."</t>
+    <t>Abdullah bin Məsud (Allah ondan razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət edir: "Kim Allahın kitabından bir hərf oxuyarsa, ona bir savab yazılar. Savab isə on mislindədir. Deməzdim ki, "Əlif ləm mim" bir hərfdir, lakin "əlif" bir hərf, "ləm" bir hərf və "mim" də bir hərfdir".</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم أنَّ كلَّ مسلمٍ يقرأ حرفًا من كتاب اللّه فله به حسنة، ويُضاعَفُ له الأجرُ إلى عشَرةِ أمثالِه.
 ثم بَيَّنَ ذلك بقوله: (لا أقول "ألم" حرف، ولكن ألف حرف، ولام حرف، وميم حرف): فتكون ثلاثة فيها ثلاثون حسنة.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, hər bir müsəlman Allahın kitabından bir hərf oxusa bir savab qazanar, bu savab da on qat mislində artar.
-Sonra (Deməzdim ki, əlif, ləm, mim bir hərfdir, lakin əlif bir hərf, ləm bir hərf, mim də bir hərfdir) deyərək bəyan edir ki, üç savab burada otuz savaba bərabər olur.</t>
+Sonra "Deməzdim ki, əlif, ləm, mim bir hərfdir, lakin əlif bir hərf, ləm bir hərf, mim də bir hərfdir" deyərək bəyan edir ki, üç savab burada otuz savaba bərabər olur.</t>
   </si>
   <si>
     <t>الحث على الإكثار من تلاوة القرآن.
 للقارئ بكل حرف من كل كلمة يتلوها حسنة مضاعفة بعشر أمثالها.
 سعة رحمة الله وكرمه حيث ضاعف للعباد الأجر فضلًا منه وكرمًا.
 فضل القرآن على غيره من الكلام، والتعبد بتلاوته؛ وذلك بأنه كلام الله تعالى.</t>
   </si>
   <si>
     <t>Quran tilavətini artırmağa təşviq.
 Quran oxuyan kəsin oxuduğu sözlərdə hər hərfə qarşılıq on qat savab vardır.
 Allahın rəhmət və lütfünün genişliyi, çünki qula lütfündən və fəzilətindən dolayı onun əcrini qat qat artırmışdır.
 Quranın digər sözlərdən üstünlüyü, onu tilavət etmək ibadətdir, çünki o uca Allahın kəlamıdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/6275</t>
   </si>
   <si>
     <t>كذبني ابن آدم ولم يكن له ذلك، وشتمني ولم يكن له ذلك</t>
   </si>
   <si>
     <t>Adəm oğlu məni yalanladı və onun belə bir haqqı yox idi və məni söydü, lakin onun buna haqqı yox idi</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «قَالَ اللَّهُ: كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ، فَأَمَّا تَكْذِيبُهُ إِيَّايَ فَقَوْلُهُ: لَنْ يُعِيدَنِي، كَمَا بَدَأَنِي، وَلَيْسَ أَوَّلُ الخَلْقِ بِأَهْوَنَ عَلَيَّ مِنْ إِعَادَتِهِ، وَأَمَّا شَتْمُهُ إِيَّايَ فَقَوْلُهُ: اتَّخَذَ اللَّهُ وَلَدًا وَأَنَا الأَحَدُ الصَّمَدُ، لَمْ أَلِدْ وَلَمْ أُولَدْ، وَلَمْ يَكُنْ لِي كُفْؤًا أَحَدٌ».</t>
   </si>
@@ -11213,51 +11211,51 @@
   <si>
     <t>كان النبي صلى الله عليه وسلم يذكر الله على كل أحيانه</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) hər zaman Allahı zikr edərdi</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
   </si>
   <si>
     <t>Aişədən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) hər zaman Allahı zikr edərdi.</t>
   </si>
   <si>
     <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
   </si>
   <si>
     <t>Aişə, möminlərin anası (Allah ondan razı olsun) xəbər verir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Uca Allahı zikr etməyə çox həris idi və uca Allahı hər zaman, hər yerdə və hər halda zikr edərdi.</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
     <t>Uca Allahı zikr etmək üçün dəstəmaz və ya qüsl şərt deyil.
-Peyğəmbər -sallallahu aleyhi və səlləm-Uca Allahı davamlı zikr etmsi.
+Peyğəmbərin - sallallahu aleyhi və səlləm - Uca Allahı davamlı zikr etməsi.
 Uca Allahı Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) sünnəsinə uyğun olaraq hər zaman və hər halda  daha çox zikr etməyə təşviq, istisna hal insanın ehtiyacını ödədiyi məkan və zamandır, bu halda zikr etmək qadağandır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8402</t>
   </si>
   <si>
     <t>سألت رسول الله صلى الله عليه وسلم عن نظر الفجاءة فأمرني أن أصرف بصري</t>
   </si>
   <si>
     <t>Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) (əcnəbi qadına) qəflətən(qeyri-qəsdli) olan baxış haqqında soruşdum və mənə baxışımı kənara çəkməyi əmr etdi</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِ بْنِ عَبْدِ اللهِ رَضيَ اللهُ عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي.</t>
   </si>
   <si>
     <t>Cərir bin Abdullahdan (Allah ondan razı olsun) rəvayət edilir ki, o belə dedi: Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) (əcnəbi qadına) qəflətən(qeyri-qəsdli) olan baxış haqqında soruşdum və mənə baxışımı kənara çəkməyi əmr etdi.</t>
   </si>
   <si>
     <t>سَأَلَ جَريرُ بن عبد الله رضي الله عنه النبيَّ صلى الله عليه وسلم عن نَظَرِ الرَّجُلِ للمرأةِ الأجنبيةِ عنه بَغْتَةً مِن غير قَصْدٍ؟ فأمرَه صلى الله عليه وسلم يَجِبُ عليه أن يَفْتِلَ وجهَه إلى الشِّقِّ الآخَرِ والناحيةِ الأخرى فَوْرَ عِلْمِهِ، وليس عليه إثم.</t>
   </si>
   <si>
     <t>Cərir bin Abdullah (Allah ondan razı olsun) Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) kişinin qəflətən, qəsdsiz yad qadına baxması haqqında soruşdu? O (Allahın salavatı və salamı onun üzərinə olsun) buyurdu ki, həmən o, üzünü digər tərəfə və yönə çevirməlidir və bu zaman ona heç bir günah yoxdur.</t>
   </si>
   <si>
     <t>الحضُّ على غضِّ البَصَر.
@@ -11427,53 +11425,53 @@
   </si>
   <si>
     <t>كنا عند عمر فقال: نهينا عن التكلف</t>
   </si>
   <si>
     <t>Biz bir gün Ömərin yanında idik, o, belə dedi: “Bizə, təkəlluf etmək (çətinləşdirmək) qadağan edildi”</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ».</t>
   </si>
   <si>
     <t>Ənəsin (Allah ondan razı olsun) belə dediyi rəvayət edilir: Biz bir gün Ömərin yanında idik, o, belə dedi: “Bizə, təkəlluf etmək (çətinləşdirmək) qadağan edildi”.</t>
   </si>
   <si>
     <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
   </si>
   <si>
     <t>Ömər (Allah ondan razı olsun) xəbər verir ki, Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) zərurət olmadığı halda, sözdə və əməldə çətinliyə səbəb olan hər şeyi qadağan etmişdir.</t>
   </si>
   <si>
     <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
 ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
 الإسلام دين يسر.</t>
   </si>
   <si>
-    <t>Qadağan edilən dərinə getmək arasında: Çox sual vermək və ya kiminsə bilmədiyi məsələlərdə onu həmin məsələlərlə çətinliyə salmaq və ya Allahın bəxş etdiyi geniş və asan bir məsələdə sərt olub, onu daraldıb çətinə salmaq.
+    <t>Qadağan edilən dərinə getmək (əlavə mükəlləfiyyət) arasında: insanın çox sual verməyi, bilmədiyi məsələlərlə özünü çətinliyə salmağı və ya Allahın genişlik və asanlıq bəxş etdiyi bir məsələdə sərt olub, onu daraldıb çətinə salmaq.
 ​
-Müsəlman sözündə, əməlində: yeməyində, içməyində və  bütün hallarda özünü yumşaqlığa və çətinləşdirməməyə alışdırmalıdır.
+Müsəlman sözündə, əməlində: yeməyində, içməyində və bütün hallarda özünü yumşaqlığa və çətinləşdirməməyə alışdırmalıdır.
 İslam asanlıq dinidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/8945</t>
   </si>
   <si>
     <t>لا تدخل الملائكة بيتا فيه كلب ولا صورة</t>
   </si>
   <si>
     <t>“İçində it və şəkil olan evə mələklər girməz”</t>
   </si>
   <si>
     <t>عَنْ أَبِي طَلْحَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَدْخُلُ المَلاَئِكَةُ بَيْتًا فِيهِ كَلْبٌ وَلاَ صُورَةٌ».</t>
   </si>
   <si>
     <t>Əbu Talhadan (Allah ondan razı olsun) rəvayət edilir ki, Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə buyurdu: “İçində it və şəkil olan evə mələklər girməz”.</t>
   </si>
   <si>
     <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ ملائكة الرحمة لا تدخل بيتًا فيه كلبٌ ولا صورة ذَوَات الأرواح؛ 
 وذلك أن صورة ما فيه روح: معصية فاحشة، وفيها مضاهاة لخلق الله، ووسيلة من وسائل الشرك، وبعضها صورة ما يعبد من دون الله، 
 وأما سبب امتناعهم من بيت فيه كلب: لكثرة أكله النجاسات، ولأن بعضها يُسمى شيطانًا؛ والملائكة ضد الشياطين، 
 ولقبح رائحة الكلب؛ والملائكة تكره الرائحة القبيحة، ولأنها منهيٌّ عن اتخاذها؛ فعُوقِب متخذها بحرمانه دخول ملائكة الرحمة بيته، وصلاتها فيه، واستغفارها له، وتبريكها عليه وفي بيته، ودفعها أذى الشيطان عنه.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verdi ki, rəhmət mələkləri, içində it və ya ruhu olan canlıların şəkli olan evə girməzlər. Çünki ruhu olan bir canlının şəklini çəkmək böyük günahdır və onda Allahın yaratmasına bənzəmək və şirkə aparan vasitələrdən bir vasitə vardır, bəziləri isə Allahdan başqa ibadət edilən şeylərin şəklidir. İt olan evdən çəkinmələrinin səbəbinə gəlincə: İtlərin çox nəcasət yediyinə və bəzilərinin şeytan adlandırıldığına görədir;  mələklər isə şeytanların ziddidir. Həmçinin itin pis iyili olmasına görədir;  mələklər isə pis qoxunu sevmirlər, həmçinin it saxlamağın şəriət tərəfindən qadağan edilməsinə görədir; buna görə də, it saxlayan şəxs, rəhmət mələklərinin evinə daxil olmalarından, orada namaz qılmaqlarından, onun üçün bağışlanma diləməklərindən, ona və evinə xeyir-dua verməklərindən və şeytanın pisliyini ondan dəf etməklərindən məhrum olunmaqla cəzalandırılır.</t>
@@ -11751,51 +11749,51 @@
 Tövhid əhli cəhənnəm odunda əbədi qalmayacaqlar, günahlarına görə ora daxil olsalar belə, təmizləndikdən  sonra oradan çıxarılacaqlar.
 Şəhadət kəliməsinin sidq ürəklə deyən kəs üçün fəziləti.
 Hədisi söyləmək fəsad doğuracaqsa, bəzi hallarda onu  söyləməmək icazəlidir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10098</t>
   </si>
   <si>
     <t>المسلم من سلم المسلمون من لسانه ويده، والمهاجر من هجر ما نهى الله عنه</t>
   </si>
   <si>
     <t>Müsəlman o kəsdir ki, digər müsəlmanlar onun dilindən və əlindən əmin-amanlıqda olar, mühacir isə Allahın haram etdiklərini tərk edəndir”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ».</t>
   </si>
   <si>
     <t>Abdullah ibn Amrdan (Allah onların hər ikisindən razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Müsəlman o kəsdir ki, digər müsəlmanlar onun dilindən və əlindən əmin-amanlıqda olar, mühacir isə Allahın haram etdiklərini tərk edəndir”.</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ كاملَ الإسلامِ هو مَن سَلِم المسلمون من لسانه فلا يَسُبُّهم، ولا يَلعنُهم، ولا يغتابهم، ولا يسعى بينهم بأيِّ نوع من أنواع الأذى بلسانه، 
 وسلِموا مِن يده فلا يَعتدي عليهم، ولا يأخذ أموالَهم بغير حق، وما أشبه ذلك، 
 والمهاجر من ترك ما حرَّم الله تعالى.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, İslamı kamil olan  müsəlman, digər müsəlmanların dilindən əmin-amanlıqda olan kəsdir, onları söyməz, lənətləməz, onların qeybətini etməz, dili ilə onlara heç bir zərər yetirməyə çalışmaz. Onlar onun əlindən əmin-amanlıqdadırlar, onlara hücum etməz, onların mallarını haqsız yerə almaz və buna bənzər heç bir şey etməz. Mühacir isə Uca Allahın haram etdiklərini tərk edən kəsdir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər vermişdir ki, İslamı kamil olan müsəlman - o kəsdir ki, digər müsəlmanlar onun dilindən əmin-amanlıqdadırlar, belə isə o onları söyməz, lənətləməz, onların qeybətini etməz, dili ilə onlara heç bir zərər yetirməyə çalışmaz. Onlar onun əlindən əmin-amanlıqdadırlar, onlara hücum etməz, onların mallarını haqsız yerə almaz və buna bənzər heç bir şey etməz. Mühacir isə Uca Allahın haram etdiklərini tərk edən kəsdir.</t>
   </si>
   <si>
     <t>كمال الإسلام لا يكون إلا بِعَدَم إِلْحاقِ الأذى بالآخرين ماديًّا كان أو معنويًّا.
 خص اللسان واليد بالذكر؛ لكثرة أخطائهما وأضرارهما، فإنَّ معظم الشرور تصدر عنهما.
 الحث على ترك المعاصي والتزام ما أمر الله تعالى به.
 أفضل المسلمين مَن أدَّى حقوق الله تعالى وحقوق المسلمين.
 الاعتداء قد يكون قولًا أو فعلًا.
 الهجرة الكاملة هي هَجْرُ ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>İslamın kamilliyi, yalnız başqalarına maddi və mənəvi zərər verməməklə hasil olur.
 Dilin və əlin xüsusi olaraq qeyd edilməsi, onların çoxlu xəta və zərərlərinə görədir. Çünki, şərlərin çoxu onlardan çıxır.
 Günahları tərk etməyə və Uca Allahın əmr etdiklərini yerinə yetirməyə təşviq.
 Müsəlmanların ən üstünü Uca Allahın haqqını və müsəlmanların haqlarını yerinə yetirəndir.
 Başqalarının haqlarını tapdalamaq, sözlə və ya əməllə ola bilər.
 Kamil hicrət, Uca Allahın haram etdiklərini tərk etməkdir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/10101</t>
   </si>
   <si>
     <t>ينزل ربنا تبارك وتعالى كل ليلة إلى السماء الدنيا حين يبقى ثلث الليل الآخر</t>
   </si>
   <si>
     <t>Hər gecə uca və müqəddəs Rəbbimiz gecənin son üçdə birində dünya səmasına enərək</t>
@@ -12493,51 +12491,51 @@
     <t>Əbu Musa Əl-Əşaridən (Allah ondan razı olsun) rəvayət edildiyinə görə Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: "Vəlisiz nikah yoxdur".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) qadının vəlisi olmadan nikah bağlanmasının səhih olmadığını bəyan etmişdir.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
 يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
   </si>
   <si>
     <t>Vəli, nikahın səhih olması üçün şərtdir. Əgər nikah, qadının vəlisi olmadan bağlanarsa yaxud qadın özü özünü evləndirərsə nikah səhih sayılmaz.
 Vəli, qadına ən yaxın olan kişidir. Əgər qadına daha yaxın bir vəli varsa, bu zaman ona uzaq olan bir vəlinin onu evləndirməsi xətadır.
 Vəlinin: mükəlləf, kişi, nikahın məsləhətini bilən bir şəxs olması və həmçinin vəlisi olduğu qadın ilə vəlinin eyni bir dindən olması şərtdir. Kimdə bu şətrlərdən biri yoxdursa o, nikah əqdində qadına vəlilik etmə hüquqna sahib deyildir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/58066</t>
   </si>
   <si>
     <t>يا غلام، سم الله، وكل بيمينك، وكل مما يليك</t>
   </si>
   <si>
-    <t>Ey oğlan, Bismilləh de. Sağ əlinlə ye və sənə yaxın olan yerdən ye”</t>
+    <t>Ey oğlan, Bismilləh de. Sağ əlinlə ye və sənə yaxın olan yerdən ye</t>
   </si>
   <si>
     <t>عن عُمر بن أبي سلمة رضي الله عنه قال: كُنْتُ غُلَامًا فِي حَجْرِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَانَتْ يَدِي تَطِيشُ فِي الصَّحْفَةِ، فَقَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ» فَمَا زَالَتْ تِلْكَ طِعْمَتِي بَعْدُ.</t>
   </si>
   <si>
     <t>Ömər ibn Əbu Sələmədən (Allah ondan razı olsun) rəvayət edildiyinə görə o belə demişdir. Mən Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) himayəsində olan bir uşaq idim. Yemək yeyərkən əlim yemək qabının hər yanına dolaşırdı. Bunu görən Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) mənə belə dedi: «Ey oğlan, Bismilləh de. Sağ əlinlə ye və sənə yaxın olan yerdən ye”. Bundan sonra mənim yemək yemə tərzim Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) mənə öyrədiyi kimi oldu.</t>
   </si>
   <si>
     <t>يُخْبِرُ عُمَرُ بن أبي سلمة رضي الله عنهما، ابن زوجة النبي صلى الله عليه وسلم أم سلمة رضي الله عنها، -وكان تحت تربيتِه ورعايته-، أنه كان أثناء الأكل يَنْقُلُ يدَه في جوانب الإناء ليلتقط الطعام، فعلَّمه النبي صلى الله عليه وسلم ثلاثة آداب من آداب الأكل: 
 أولها: قول "بسم الله" في بداية الأكل. 
 وثانيها: الأكل باليمين. 
 وثالثها: الأكل من الجانب الذي يَقْرُبُ منه من الطعام.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) tərbiyəsi və himayəsi altında böyüyən, xanımı Ummu Sələmənin (Allah ondan razı olsun) oğlu Ömər bin Əbu Sələmə (Allah ondan razı olsun) yemək yeyərkən yeməyi almaq üçün əlinin qabın hər tərəfində gəzib dolaşdığını və bunun üzərindən Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) ona yemək yemə ədəbləridən üçünü öyrətdiyini xəbər vermişdir. Bu ədəblər aşağıdakılardır:
 Birincisi: Yeməyə başlamazdan öncə: "Bismilləh" demək.
 İkincisi: Sağ əl ilə yemək.
 Üçüncüsü: Qabda yeməyin özünə yaxın olan tərəfindən yemək.</t>
   </si>
   <si>
     <t>من آداب الأكل والشرب التسميةُ في أوله.
 تعليم الصبيان الآداب، لاسيَّما من كان تحت كفالة الإنسان.
 رفق النبي صلى الله عليه وسلم، وسعة صدره في تعليم الصغار وتأديبهم.
 من آداب الطعام الأكل مما يلي الإنسان، إلا إذا كان أصنافًا متعددة فله أن يأخذ منها.
 التزام الصحابة بما أدَّبهم به النبي صلى الله عليه وسلم، وذلك مستفاد من قول عمر: فما زالت تلك طعمتي بعد.</t>
@@ -13053,70 +13051,68 @@
   </si>
   <si>
     <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماوات والأرض</t>
   </si>
   <si>
     <t>Təmizlik imanın yarısıdır. Əlhəmdulilləh tərəzini doldurur. Subhənallah və əlhəmdulilləh sözləri isə yerlər və göylərin arasını doldurur</t>
   </si>
   <si>
     <t>عن أبي مالكٍ الأشعريِّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا».</t>
   </si>
   <si>
     <t>Əbu Malik Əl-Əşaridən (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: "Təmizlik imanın yarısıdır. Əlhəmdulilləh tərəzini doldurur. Subhənallah və əlhəmdulilləh sözləri isə yerlər və göylərin arasını doldurur. Namaz nurdur, sədəqə burhandır (dəlildir), səbr isə işıqdır. Quran ya sənin leyhinə ya da əleyhinə dəlildir. Hər kəs sabahlayaraq öz nəfsini satar, kimisi (Allaha itaət etməklə Cəhənnəm əzabından) onu azad edər, kimisi isə (şeytana tabe olmaqla) onu həlak edər".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. 
 وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. 
 وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. 
 وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. 
 وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. 
 وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. 
 وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. 
 ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، 
 فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
-    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) zahiri təmizliyin dəstəmaz və qüsl ilə olacağını və bunun namazın şərti olduğunu xəbər vermişdir. Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) "Əlhəmdulilləh tərəzini doldurur"- sözü, Uca Allaha tərifdir və Onu kamil sifətlərlə vəsf etməkdir. Bu söz, qiyamət günü tərəzidə çəkiləcək və əməllər tərəzisini dolduracaqdır. Peyğəmbərin (Allahın salamı və salavatı onun üzərinə olsun) "Subhənallah və əlhəmdulilləh"- sözü, Uca Allahı  bütün nöqsanlardan uca tutmaq, Onu, Cəlalına layiq bir şəkildə kamil sifətlərlə vəsf edərək, Ona məhəbbət bəsləmək və Ona təzim etmək göylər və yer arasını doldurur. Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) "Namaz nurdur"- sözü, qulun qəlbində, üzündə, qəbrində və həşr edildiyində nur olacağı mənasındadır. "Sədəqə bürhandır"- sözü, möminin imanında səmimi olduğuna və imanının qarşılığında veriləcək vədə inanmadığı üçün ondan üz çevirən münafiqdən fərqli olduğuna dəlildir. "Səbr işıqdır"- sözü, nəfsi, dözümsüzlük nümayiş etdirməkdən və qəzəblənməkdən saxlaması deməkdir. Bu işıq, günəş işığı kimi hərarətli və yandıran bir işıqdır. Çünki, səbr etmək məşəqqətli bir işdir və insanın nəfsi ilə mübarizə aparıb, onun istəklərindən əngəllməsi lazımdır. Səbr sahibi nur, hidayət və haqq üzərində davam edir. Allaha itaətdə səbr etmək, günahlara qarşı səbr etmək və dünyada başına gələn müsibətlərə və müxtəlif çətinliklərə səbr etmək  səbrin növlərindəndir. "Quran ya sənin leyhinə dəlildir" - oxumaqla və  ona əməl etməklə sənin lehinə dəlildir, 
-"ya da aleyhinə dəlildir" - ondan qaynaqlanan əməlləri və tilavətini tərk etməklə  sənə qarşı hüccətdir. Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, bütün insanlar yataqlarından qalxıb evlərindən çıxaraq müxtəlif işlər görmək üçün yer üzünə yayılırlar və çalışmağa başlayırlar. Onlardan bir qismi Allaha itaət üzərində olaraq özlərini cəhənnəmdən xilas edir, bir qismi isə, bu yoldan azaraq haramlara düşür və cəhənnəmə daxil olaraq özlərini həlak edirlər.</t>
+    <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) zahiri təmizliyin dəstəmaz və qüsl ilə olacağını və bunun namazın şərti olduğunu xəbər vermişdir. Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) "Əlhəmdulilləh tərəzini doldurur" - sözü, Uca Allaha tərifdir və Onu kamil sifətlərlə vəsf etməkdir. Bu söz, qiyamət günü tərəzidə çəkiləcək və əməllər tərəzisini dolduracaqdır. Peyğəmbərin (Allahın salamı və salavatı onun üzərinə olsun) "Subhənallah və əlhəmdulilləh" - sözü, Uca Allahı  bütün nöqsanlardan uca tutmaq, Onu, Cəlalına layiq bir şəkildə kamil sifətlərlə vəsf edərək, Ona məhəbbət bəsləmək və Ona təzim etmək göylər və yer arasını doldurur. Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) "Namaz nurdur" - sözü, qulun qəlbində, üzündə, qəbrində və həşr edildiyində nur olacağı mənasındadır. "Sədəqə bürhandır" - sözü, möminin imanında səmimi olduğuna və imanının qarşılığında veriləcək vədə inanmadığı üçün ondan üz çevirən münafiqdən fərqli olduğuna dəlildir. "Səbr işıqdır" - sözü, nəfsi, dözümsüzlük nümayiş etdirməkdən və qəzəblənməkdən saxlaması deməkdir. Bu işıq, günəş işığı kimi hərarətli və yandıran bir işıqdır. Çünki, səbr etmək məşəqqətli bir işdir və insanın nəfsi ilə mübarizə aparıb, onun istəklərindən əngəllməsi lazımdır. Səbr sahibi nur, hidayət və haqq üzərində davam edir. Allaha itaətdə səbr etmək, günahlara qarşı səbr etmək və dünyada başına gələn müsibətlərə və müxtəlif çətinliklərə səbr etmək  səbrin növlərindəndir. "Quran ya sənin leyhinə dəlildir" - oxumaqla və  ona əməl etməklə sənin lehinə dəlildir, "ya da aleyhinə dəlildir" - ondan qaynaqlanan əməlləri və tilavətini tərk etməklə  sənə qarşı hüccətdir. Sonra Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, bütün insanlar yataqlarından qalxıb evlərindən çıxaraq müxtəlif işlər görmək üçün yer üzünə yayılırlar və çalışmağa başlayırlar. Onlardan bir qismi Allaha itaət üzərində olaraq özlərini cəhənnəmdən xilas edir, bir qismi isə, bu yoldan azaraq haramlara düşür və cəhənnəmə daxil olaraq özlərini həlak edirlər.</t>
   </si>
   <si>
     <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
 أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
 الصدقة دليل على صدق الإيمان.
 أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
 النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
 كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
 الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
   </si>
   <si>
-    <t>Təmizlik iki növdür:  Zahiri təmizlik və bu, dəstəmaz və qüslla baş verir. 
- Daxili təmizlik- bu isə iman, tövhid və saleh əməllərlə hasil olur.
+    <t>Təmizlik iki növdür: Zahiri təmizlik və bu, dəstəmaz və qüslla baş verir. Daxili təmizlik - bu isə iman, tövhid və saleh əməllərlə hasil olur.
 Namazlara diqqət edib, vaxtında qılmağın əhəmiyyəti və onun bu dünyada da, qiyamət günündə də, insan üçün nur olması.
 Sədəqə imanın səmimiliyinə dəlildir.
 Quranın hökmlərinə əməl etməyin əhəmiyyəti və onun sənin əleyhinə yox, leyhinə dəlil olması üçün təsdiq etməyin önəmi.
 Nəfsi itaətlə məşğul etməsən, səni günahlarla məşğul edər.
-Hər bir insanın müəyyən əməllər etməsi qaçılmazdır,  o ya itaətlə özünü cəhənnəmdən xilas edər, ya da asiliklə özünü cəhənnəmə atar.
+Hər bir insanın müəyyən əməllər etməsi qaçılmazdır, o ya itaətlə özünü cəhənnəmdən xilas edər, ya da asiliklə özünü cəhənnəmə atar.
 Səbr dözümlülüyü və qarşılığını Allahdan gözləməyi tələb edir və bunda da çətinlik var.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65004</t>
   </si>
   <si>
     <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
   </si>
   <si>
     <t>Bilin ki, bir kişinin ona məndən çatan hədis barədə öz oturacağının qoltuğuna rahat söykənərək belə söyləyəcəyi zaman yaxındadir: "Bizimlə sizin aranızda Allahın kitabı var</t>
   </si>
   <si>
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
     <t>Miqdəd bin Madikərib (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini rəvayət etmişdir: "Bilin ki, bir kişinin ona məndən çatan hədis barədə öz oturacağının qoltuğuna rahat söykənərək belə söyləyəcəyi zaman yaxındadir: "Bizimlə sizin aranızda Allahın kitabı var, orada nəyi halal gördüksə, onu halal bilərik, haram gördüyümüzü isə haram bilərik". Bilin ki, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) haram etdikləri Allahın haram etdikləri kimidir".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, bir qrup insanın toplaşdığı məclisdə, onlardan birinin öz oturacağının qoltuğuna söykəndiyi halda Peyğəmbərdən (Allahın salavatı və salamı onun üzərinə olsun) ona bir hədis deyildikdə, o hədis barədə: "Bizimlə sizin aranızdakı məsələlərdə hökm verən Qurani Kərimdir və o bizə kifayətdir, orada nə  halal tapsaq ona əməl edərik və nə haram görsək ondan uzaqlaşarıq" deməsi zamanı artıq yaxınlaşmışdır. Sonra Peyğəmbərimiz (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, onun sünnəsində haram etdiyi və ya qadağan etdiyi hər şey Allahın haram etdiyinin hökmü kimidir, çünki o, öz Rəbbinin hökmlərini çatdırır.</t>
   </si>
   <si>
@@ -13556,57 +13552,57 @@
   <si>
     <t>عَنْ حَكِيمِ بْنِ حِزَامٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ أَشْيَاءَ كُنْتُ أَتَحَنَّثُ بِهَا فِي الجَاهِلِيَّةِ مِنْ صَدَقَةٍ أَوْ عَتَاقَةٍ، وَصِلَةِ رَحِمٍ، فَهَلْ فِيهَا مِنْ أَجْرٍ؟ فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ».</t>
   </si>
   <si>
     <t>Həkim bin Hizəmdən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Dedim: "Ey Allahın Rəsulu, cahiliyyədə etdiyim sədəqə vermək, qul azad etmək, qohumluq əlaqələrini saxlamaq kimi xeyir əməllərə görə mənim əcrim varmı?". Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Sən keçmişdə etdiyin xeyir əməllərlə müsəlman oldun".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن الكافر إذا أسلم فإنه يثاب على ما كان يعمل في الجاهلية قبل إسلامه من الأعمال الصالحة من صدقة أو عتاقة عبيد أو صلة رحم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, kafir müsəlman olduqda İslamdan öncə cahiliyyə dövründə etdiyi sədəqə, qul azad etmək, qohumluq əlaqələrini  saxlamaq kimi saleh əməllərə görə də savab qazanır.</t>
   </si>
   <si>
     <t>أن حسنات الكافر في الدنيا لا يثاب عليها في الآخرة إذا مات على كفره.</t>
   </si>
   <si>
     <t>Kafir əgər küfr üzərində ölərsə, dünyadakı etdiyi xeyir əməllərə görə axirətdə savab qazanmır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65016</t>
   </si>
   <si>
     <t>إن الله يحب أن تؤتى رخصه، كما يحب أن تؤتى عزائمه</t>
   </si>
   <si>
-    <t>Həqiqətən Allahın sizə buyurduğu vacib əməlləri sevdiyi kimi, rüxsətlə (yüngülləşdirici) buyurduğu əməlləri də etmənizi  sevir</t>
+    <t>Həqiqətən Allahın sizə buyurduğu vacib əməlləri sevdiyi kimi, rüxsətlə (yüngülləşdirici) buyurduğu əməlləri də etmənizi sevir</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ».</t>
   </si>
   <si>
-    <t>İbn Abbasdan (Allah ondan və atasından razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: Həqiqətən Allahın sizə buyurduğu vacib əməlləri sevdiyi kimi, rüxsətlə (yüngülləşdirici) buyurduğu əməlləri də etmənizi  sevir.</t>
+    <t>İbn Abbasdan (Allah ondan və atasından razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Həqiqətən Allahın sizə buyurduğu vacib əməlləri sevdiyi kimi, rüxsətlə (yüngülləşdirici) buyurduğu əməlləri də etmənizi sevir".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله يـحب أن تؤتى رخصه التي شرعها، من التخفيفات في الأحكام والعبادات، والتسهيل فيها على الـمكلف لعذر -كقصر الصلاة وجمعها في حال السفرـ، 
 كما أنه يحب أن تؤتى عزائمه، من الأمور الواجبة؛ لأن أمر الله في الرخص والعزائم واحد.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, həqiqətən Allah əhkam və ibadətlərdəki buyurduğu yüngüllükləri, səfər zamanı namazı qısaltmaq və cəm etmək kimi mükəlləflərə asanlaşdırdığı rüxsətlərin edilməsini sevir. Eyni şəkildə Uca Allah, əmrlərinin də yerinə yetirilməsini sevir, çünki Onun rüxsətlərdə və fərzlərdəki əmrləri eynidir.</t>
   </si>
   <si>
     <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
 كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
   </si>
   <si>
     <t>Uca Allahın qullarına rəhmkar olması. Pak və nöqsansız uca Allah şəriət rüxsətlərinin yerinə yetirilməsini sevir.
 Şəriətin kamilliyi və müsəlmanın üzərindən çətinliyin götürülməsi.</t>
   </si>
   <si>
     <t>رواه ابن حبان</t>
   </si>
   <si>
     <t>[İbnu Hibbən rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65017</t>
   </si>
@@ -13674,51 +13670,51 @@
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) münafiqin halını bəyan edərək bildirir ki, o iki qoyun sürüsü arasında tərəddüd edən qoyun kimidir, bilmir  hansına qoşulsun. Bəzən bir sürüyə gedər, bəzən də digərinə. Və onlar imanla küfr arasında tərəddüddə qalıblar,  zahirən və daxilən nə möminlərlə, nə də kafirlərlə birlikdədirlər. Lakin, zahirən möminlərlə olsalar da, daxilən şəkk və tərəddüd içərsindədirlər, gah möminlərə, gah da kafirlərə meyil edərlər.</t>
   </si>
   <si>
     <t>من هدي النبي صلى الله عليه وسلم ضرب المثل لتقريب المعاني.
 بيان حال المنافقين من التردد والشك وعدم الاستقرار.
 التحذير من حال المنافقين والحث على الصدق والعزم في الإيمان ظاهرًا وباطنًا.</t>
   </si>
   <si>
     <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) nəfis üslublarından biri də danışdığı hədisləri daha aydın və düzgün çatdırmaq üçün misal gətirməkdən istifadə etməsidir.
 Münafiqlərin qeyri sabit, şəkk və tərəddüddə olmalarının açıqlaması.
 Münafiqlərin halından çəkindirmək, zahiri və daxili imanda sadiqliyə və əzimkarlığa təşviq etmək.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65019</t>
   </si>
   <si>
     <t>إن الإيمان ليخلق في جوف أحدكم كما يخلق الثوب الخلق، فاسألوا الله أن يجدد الإيمان في قلوبكم</t>
   </si>
   <si>
     <t>Paltar köhnəldiyi kimi içinizdəki iman da köhnəlir. Allahdan qəlblərinizdəki imanın yenilənməsini istəyin</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
-    <t>Abdullah bin Amrdan (Allah onların ikisindən də razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Paltar köhnəldiyi kimi içinizdəki iman da köhnəlir. Allahdan qəlblərinizdəki imanın yenilənməsini istəyin.</t>
+    <t>Abdullah bin Amrdan (Allah onların ikisindən də razı olsun) Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Paltar köhnəldiyi kimi içinizdəki iman da köhnəlir. Allahdan qəlblərinizdəki imanın yenilənməsini istəyin".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bildirir ki, uzun müddət isifadə olunan yeni geyim köhnəldiyi kimi, müsəlmanın qəlbindəki iman da köhnəlir və zəifləyir. Bu, ibadətdəki zəiflik, günahlara bulaşmaq və şəhvətlərə qapılmaq səbəbilədir. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bizi uca Allaha imanımızın təzələnməsi üçün dua etməyə, fərzləri yerinə yetirməyə və çoxlu zikr və istiğfar etməyə istiqamətləndirir.</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>Allahdan sabitlik və qəlblərmizdəki imanın yeniləməsini diləməyə təşviq etmək.
 İman söz, əməl və etiqaddır, itaətlə artır, günahla azalır.</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
   </si>
   <si>
     <t>[Əl-Hakim və Ət-Tabarani rəvayət etdi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65020</t>
@@ -14515,66 +14511,66 @@
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) ümmətini, kitab əhlinin kitablarındakı rəvayətlərə aldanmaqdan çəkindirmişdir. Belə ki, yəhudilər Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) zamanında tövratı öz dilləri olan ivritlə oxuyub, ərəbcə təfsir edərdilər. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) buyurdu: Əhli kitabdan nə doğrunu qəbul edin, nə də onları yalanlayın.
 Onun bu sözləri, kitab əhlindən gələn rəvayətlərdə doğrunun yalandan ayırd olmamasına görədir. Çünki uca Allah bizə, Qurana və onlara endirilən kitaba iman gətirməyimizi əmr edib. Lakin, onların öz kitablarından rəvayət etdiklərindən hansının doğru və hansının yalnış olmasını bildirən bir sübut-dəlil şəriətimizdə gəlməyibsə, bu xəbərlərin doğrusunu yalnışından ayırmağın yolu yoxdur. Ona görə də, bu mövqedə qalırıq, onların təhrif etdikləri məsələlərdə  ortaq olmamaq üçün həmin şeyləri təsdiq etmirik və ya bu şeylərin doğru ola biləcək ehtimalını yalanlamırıq ki, səhvən, iman gətirməyimizə əmr olunan şeyi inkar etməyək. Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə deməyimizi əmr edib: ( Biz Allaha, bizə nazil olana, İbrahimə, İsmailə, İshaqa, Yəquba və onun nəslinə nazil olana, Musa və İsaya verilənlərə, özlərinin Rəbbi tərəfindən peyğəmbərlərə verilənlərə iman gətirdik. Biz onların arasında  fərq qoymuruq. Biz yalnız Ona təslim olanlarıq!) (Əl-bəqərə 136)</t>
   </si>
   <si>
     <t>ما أخبر به أهل الكتاب ثلاثة أقسام: قسم يوافق القرآن والسنة فيُصدَّق، وقسم يخالف القرآن والسنة فهذا باطل ويكذَّب، وقسم ثالث ليس في القرآن والسنة ما يدل على صدقه ولا كذبه؛ فهذا يُروى، ولا يُصدَّق ولا يُكذَّب.</t>
   </si>
   <si>
     <t>Kitab əhlindən olan  xəbərlər  üç qismə bölünür:
 1. Quran və sünnəyə müvafiq olduğu üçün təsdiqlənən.
 2.Quran və sünnəyə müxalif olduğu üçün batil olan və yalanlanan.
 3. Quran və sünnədə doğruluğuna və ya yalan olmasına dair dəlil olmayan qismdir ki, bu  rəvayət edilir, lakin nə doğru, nə də yalan sayılar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65046</t>
   </si>
   <si>
     <t>لا تعلموا العلم لتباهوا به العلماء، ولا لتماروا به السفهاء</t>
   </si>
   <si>
     <t>Alimlərin qarşısında lovğalanmaq, səfehlərlə mübahisə etmək</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ، وَلَا تَخَيَّرُوا بِهِ الْمَجَالِسَ، فَمَنْ فَعَلَ ذَلِكَ، فَالنَّارُ النَّارُ».</t>
   </si>
   <si>
-    <t>Cabir bin Abdullahdan (Allah onların hər ikisindən razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: Alimlərin qarşısında lovğalanmaq, səfehlərlə mübahisə etmək, məclislərdə seçilmək üçün elm öyrənməyin. Kim belə edərsə, o oddadır, oddadır.</t>
+    <t>Cabir bin Abdullahdan (Allah onların hər ikisindən razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: "Alimlərin qarşısında lovğalanmaq, səfehlərlə mübahisə etmək, məclislərdə seçilmək üçün elm öyrənməyin. Kim belə edərsə, o oddadır, oddadır".</t>
   </si>
   <si>
     <t>حذَّّر النبي صلى الله عليه وسلم من طلب العلم لمفاخرة ومباهاة العلماء، وإظهار أني عالم مثلكم، أو لتخاطبوا وتجادلوا به السفهاء وخِفاف العقول، أو يتعلم لأن يتصدَّر في المجالس، ويُقدَّم على غيره فيها. 
 فمن فعل ذلك؛ فإنه يستحقّ النار بريائه وعدم الإخلاص في طلب العلم لله.</t>
   </si>
   <si>
     <t>Burada Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) elm tələbəsini alimlərin iştirak etdiyi məclislərdə özü ilə fəxr edib öyünməsindən, "mən də sizin kimi elmə sahibəm" düşüncəsini izhar etməkdən, səfehlərlə, dar düşüncəli insanlarla mübahisə etməkdən, məclislərdə öndə olmaq və digərlərindən önə çıxmaq məqsədilə elm öyrənilməsindən çəkindirmişdir. Kim bunu edərsə, riyakarlığına görə və elm tələbində ixlaslı olmadığı üçün Cəhənnəmə girməyə layiq olar.</t>
   </si>
   <si>
     <t>الوعيد بالنار لمن تعلَّم العلم ليفاخر به أو يجادل به أو يتصدَّر به المجالس، ونحو ذلك.
 أهمية إخلاص النية لمن تعلَّم العلم وعلَّمه.
 النية أساس الأعمال وعليها يكون الجزاء.</t>
   </si>
   <si>
-    <t>Elmi,  fəxr etmək, mubahisə etmək və məclislərdə baş tərəfdə oturmaq və bənzər məqsədlərlə öyrənənlər üçün cəhənnəm vəd edilmişdir.
+    <t>Elmi, fəxr etmək, mubahisə etmək və məclislərdə baş tərəfdə oturmaq və bənzər məqsədlərlə öyrənənlər üçün cəhənnəm vəd edilmişdir.
 Elmi ixlasla öyrənməyin və bu elmi başqlarına öyrətməyin əhəmiyyəti.
 Niyyət əməllərin əsasıdır və mükafat ona görə olur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65047</t>
   </si>
   <si>
     <t>ضرب الله مثلا صراطا مستقيما</t>
   </si>
   <si>
     <t>Allah doğru yola misal çəkir. Yolun iki tərəfində iki divar, divarlarda  açılmış qapılar, qapıların üzərinə isə endirilmiş qeyri şəffaf pərdələr vardır. Yolun qapısında  bir bələdçi çağırış edir: Ey insanlar, hamınız doğru yola yönəlin, ondan dönməyin</t>
   </si>
   <si>
     <t>عَنْ النَّوَّاسِ بْنِ سَمْعَانَ الْأَنْصَارِيِّ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا، وَعَلَى جَنْبَتَيْ الصِّرَاطِ سُورَانِ، فِيهِمَا أَبْوَابٌ مُفَتَّحَةٌ، وَعَلَى الْأَبْوَابِ سُتُورٌ مُرْخَاةٌ، وَعَلَى بَابِ الصِّرَاطِ دَاعٍ يَقُولُ: أَيُّهَا النَّاسُ، ادْخُلُوا الصِّرَاطَ جَمِيعًا، وَلَا تَتَعَرَّجُوا، وَدَاعٍ يَدْعُو مِنْ فَوْقِ الصِّرَاطِ، فَإِذَا أَرَادَ يَفْتَحُ شَيْئًا مِنْ تِلْكَ الْأَبْوَابِ، قَالَ: وَيْحَكَ لَا تَفْتَحْهُ، فَإِنَّكَ إِنْ تَفْتَحْهُ تَلِجْهُ، وَالصِّرَاطُ الْإِسْلَامُ، وَالسُّورَانِ: حُدُودُ اللهِ، وَالْأَبْوَابُ الْمُفَتَّحَةُ: مَحَارِمُ اللهِ، وَذَلِكَ الدَّاعِي عَلَى رَأْسِ الصِّرَاطِ: كِتَابُ اللهِ، وَالدَّاعِي مِنِ فَوْقَ الصِّرَاطِ: وَاعِظُ اللهِ فِي قَلْبِ كُلِّ مُسْلِمٍ».</t>
   </si>
   <si>
     <t>Nəvvas bin Səman Əl Ənsaridən (Allah ondan razı olsun) rəvayət olunan hədisdə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: Allah doğru yola misal çəkir. Yolun iki tərəfində iki divar, divarlarda  açılmış qapılar, qapıların üzərinə isə endirilmiş qeyri şəffaf pərdələr vardır. Yolun qapısında  bir bələdçi çağırış edir: Ey insanlar, hamınız doğru yola yönəlin, ondan dönməyin. Kimsə bu qapılardan birini açmaq istədikdə, yolun yuxarısından başqa bir bələdçı səslənir: Vay olsun sənə, qəti o qapını açma, çünki açsan ora girəcəksən. 
 Yol-İslamdır, divarlar isə -Allahın qoyduğu hüdudlardır, açılmış qapılar- haramlardır. Yolun başında duran bələdçi- Allahın kitabıdır. Yolun yuxarısındakı bələdçi isə hər bir müsəlmanın qəlbindəki nəsihətçidir.</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم: أن الله ضرب مثلًا للإسلام بالطريق المستقيم المُمتد لا اعوجاج فيه، وعلى جانبي هذا الطريق، سوران أو جداران يحيطان به من جهتيه وهما حدود الله، يتخلل هذين الجدارين أبواب مفتَّحة هي محارم الله، 
 وعلى تلك الأبواب ستائر لا تُظهِر للمارِّ على الطريق مَن بداخلها، 
 وفي أول الطريق داعٍ يوجِّه الناسَ ويرشدهم ويقول لهم: سيروا عليه دون أن تميلوا إلى الأطراف والجوانب، وهذا الداعي هو كتاب الله، 
 وهناك داع آخر من فوق الطريق؛ وهذا الداعي كلما همّ الماشي على الصراط أن يفتح قدرًا يسيرًا من ستور تلك الأبواب زجره وقال له: ويلك لا تفتحْه! فإنك إن تفتحْه تَلِجْه ولن تستطيع أن تمسك نفسك عن الدخول، وهذا الداعي هو واعظ الله في قلب كل مسلم.</t>
   </si>
@@ -14645,82 +14641,82 @@
   <si>
     <t>يُبَيِّن ابن عباس رضي الله عنهما أن سور القرآن الكريم كانت تنزل على النبي صلى الله عليه وسلم ولا يَعرف انفصالَها وانتهاءها، حتى تنزل عليه: "بسم الله الرحمن الرحيم"، فيَعلم أن السورة السابقة قد خُتمت، وأنها بداية لسورة جديدة.</t>
   </si>
   <si>
     <t>İbn Abbas (Allah onların hər ikisindən razı olsun) bildirir ki, Quranın surələri Peyğəmbərə (Allahın salavatı və salamı onun üzərinə olsun) nazil olarkən  "bismilləhir-rahmənir-rahim" ayəsi enməyincə, o, bu surələrin bir-birindən ayrılmasını, surənin bitdiyini bilməzdi. Bununla da Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) öncəki surənin bitdiyini və yeni surənin başlanğıcını bilirdi.</t>
   </si>
   <si>
     <t>البسملة يُفصَل بها بين السُّور، إلا بين سورة الأنفال وسورة التوبة.</t>
   </si>
   <si>
     <t>Bəsmələ, Ənfal və Tövbə surələrinin arası istisna olmaqla qalan surələri bir- birindən ayırır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65051</t>
   </si>
   <si>
     <t>أيحب أحدكم إذا رجع إلى أهله أن يجد فيه ثلاث خلفات عظام سمان؟</t>
   </si>
   <si>
     <t>Sizlərdən biriniz ailəsinin yanına döndüyündə orada üç kök böyük hamilə dəvə görmək istəyərmi?</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟» قُلْنَا: نَعَمْ. قَالَ: «فَثَلَاثُ آيَاتٍ يَقْرَأُ بِهِنَّ أَحَدُكُمْ فِي صَلَاتِهِ خَيْرٌ لَهُ مِنْ ثَلَاثِ خَلِفَاتٍ عِظَامٍ سِمَانٍ».</t>
   </si>
   <si>
-    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Sizlərdən biriniz ailəsinin yanına döndüyündə orada üç kök böyük hamilə dəvə görmək istəyərmi?" Biz: "Bəli" dedik. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun): "Sizlərdən birinizin namazda oxuduğu üç ayə, üç  böyük, kök, hamilə dəvəyə sahib olmaqdan daha xeyirlidir" deyə buyurdu.</t>
+    <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Sizlərdən biriniz ailəsinin yanına döndüyündə orada üç kök böyük hamilə dəvə görmək istəyərmi?". Biz: "Bəli" dedik. Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun): "Sizlərdən birinizin namazda oxuduğu üç ayə, üç  böyük, kök, hamilə dəvəyə sahib olmaqdan daha xeyirlidir" - deyə buyurdu.</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن أجر قراءة ثلاثة آيات في الصلاة؛ خير من أن يجد الإنسان في بيته ثلاث نُوْقٍ حوامل عظام سمان.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) bəyan edir ki, namazda üç ayə oxumağın savabı, insanın evindəki üç kök, böyük, hamilə dəvədən daha xeyirlidir.</t>
   </si>
   <si>
     <t>بيان فضل قراءة القرآن في الصلاة.
 الأعمال الصالحة خير وأبقى من متاع الدنيا الفاني.
 هذا الفضل ليس مُقيَّدًا بقراءة ثلاث آيات فقط؛ فكلما زاد المصلي من قراءة الآيات في صلاته كان ثوابها خيرًا له من عددهن من الخَلِفات.</t>
   </si>
   <si>
-    <t>Namazda Quran oxumağın fəziləti
+    <t>Namazda Quran oxumağın fəziləti.
 Saleh əməllər fani dünya ləzzətlərindən daha xeyirli və davamlıdır.
 Bu fəzilət sadəcə üç ayə oxunmaqla kifayətlənmir. Namaz qılan kəs namazında oxuduğu Quran ayələrini artırarsa, əldə edəcəyi savab, ayələrin sayı qədər kök böyük hamilə dəvələrdən daha xeyirli olar.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65053</t>
   </si>
   <si>
     <t>يقال لصاحب القرآن: اقرأ وارتق، ورتل كما كنت ترتل في الدنيا، فإن منزلك عند آخر آية تقرؤها</t>
   </si>
   <si>
     <t>Quran sahibinə deyiləcək: Oxu və yüksəl, dünyada tərtil ilə oxuduğun kimi burada da tərtillə oxu, şübhəsiz ki, sənin dərəcən, oxuduğun son ayəyə qədərdir</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
-    <t>Abdullah bin Amrdan (Allah onların hər ikisindən razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Quran sahibinə deyiləcək: Oxu və yüksəl, dünyada tərtil ilə oxuduğun kimi burada da tərtillə oxu, şübhəsiz ki, sənin dərəcən, oxuduğun son ayəyə qədərdir."</t>
+    <t>Abdullah bin Amrdan (Allah onların hər ikisindən razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Quran sahibinə deyiləcək: Oxu və yüksəl, dünyada tərtil ilə oxuduğun kimi burada da tərtillə oxu, şübhəsiz ki, sənin dərəcən, oxuduğun son ayəyə qədərdir".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, Quranı oxuyana, əhkamlarına əməl edənə, oxuyaraq əzbərləyənə, cənnətə daxil olarkən deyiləcək: Quranı oxu və cənnətin dərəcələrinə bununla yüksəl, dünyada tələsmədən rahatlıqla aramla oxuduğun kimi burada da elə oxu. Şübhəsiz ki, sənin son yerin, oxuduğun son ayəyə qədərdir.</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Mukafat əməllərin keyfiyyət və kəmiyyətinə uyğun verilir.
 Quranı oxumağa, əzbərləməyə, onu düşünüb anlamağa çalışmağa və əhkamlarına əməl etməyə təşviq.
 Cənnətdə bir çox məqamlar və dərəcələr vardır. Quran sahibləri orada ən üstün dərəcələrə nail olur.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65054</t>
   </si>
   <si>
     <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
@@ -14779,123 +14775,123 @@
 أهمية تقوى الله عز وجل في كل الأوقات والأحوال.
 الاختلاف واقع في هذه الأمة، وعند حدوثِهِ يلزم الرجوعُ إلى سُنّة رسول الله صلى الله عليه وسلم والخلفاء الراشدين.</t>
   </si>
   <si>
     <t>Sünnəyə sarılmaq və ona tabe olmağın əhəmiyyəti.
 Moizələrə və qəlblərin yumşalmasına verilən önəm.
 Ondan sonra gələn raşidi xəlifələrinə - Əbu Bəkr əs-Siddiq, Ömər bin Əl-Xəttab, Osman bin Əffan və Əli bin Əbi Talibə (Allah onların hamısından razı olsun) tabe olmağın əmr edilməsi.
 Dində yeniliyin qadağan edilməsi və dindəki hər yeniliyin zəlalət olması.
 Möminlərə rəhbərlik edən şəxsə -günahlardan başqa- digər məsələlərdə tabe olub, itaət etməyin əmr edilməsi.
 Bütün zaman və hallarda izzət və cəlal sahibi olan Allahdan qorxmağın əhəmiyyəti.
 Bu ümmətdə ixtilaflar baş verəcək, bu baş verdikdə Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) və raşidi xəlifələrinin yoluna müraciət etməyin vacibliyi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65057</t>
   </si>
   <si>
     <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
     <t>onlar Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) on ayə öyrənərdilər və bu ayələrdəki elm və əməli həyatlarında tətbiq etməyincə digər ayələrə keçməzdilər</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
-    <t>Əbu AbdurRahmən Əs-Suləmidən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) sahabələrindən bizə Quran öyrədənlər danışırdılar ki, onlar Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) on ayə öyrənərdilər və bu ayələrdəki elm və əməli həyatlarında tətbiq etməyincə digər ayələrə keçməzdilər. Onlar- Bu sayədə elm və əməli öyrəndik-deyərdilər.</t>
+    <t>Əbu AbdurRahmən Əs-Suləmidən (Allah ona rəhmət etsin) belə dediyi rəvayət edilir: Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) sahabələrindən bizə Quran öyrədənlər danışırdılar ki, onlar Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) on ayə öyrənərdilər və bu ayələrdəki elm və əməli həyatlarında tətbiq etməyincə digər ayələrə keçməzdilər. Onlar - "Bu sayədə elm və əməli öyrəndik" - deyərdilər.</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
   </si>
   <si>
     <t>Sahabələr (Allah onlardan razı olsun) Allah Rəsulundan (Allahın salavatı və salamı onun üzərinə olsun) Quranın on ayəsini öyrənərdilər. Bu on ayədəki elmi öyrənib, həmin ayələrə əməl etmədən başqasına  keçməzdilər. Ona görə də, elmi və əməli birikdə öyrənərdilər.</t>
   </si>
   <si>
     <t>فضل الصحابة رضي الله عنهم وحرصهم على تعلم القرآن.
 تعلم القرآن يكون بالعلم والعمل بما فيه، وليس بقراءته وحفظه فقط.
 العلم يكون قبل القول والعمل.</t>
   </si>
   <si>
     <t>Sahabələrin (Allah onlardan razı olsun) fəziləti və onların Quran öyrənməyə hərislikləri.
 Quranı öyrənmək, elm və ayələrə əməl etməklə olur, sadəcə oxumaq və əzbərləməklə deyil.
-Elm,  sözdən və əməldən öncədir.</t>
+Elm, sözdən və əməldən öncədir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65058</t>
   </si>
   <si>
     <t>يا أبا المنذر، أتدري أي آية من كتاب الله معك أعظم؟ قال: قلت: الله لا إله إلا هو الحي القيوم البقرة: . قال: فضرب في صدري، وقال: والله ليهنك العلم، أبا المنذر</t>
   </si>
   <si>
-    <t>Ey Əbul Munzir, bilirsənmi, Allahın kitabındakı hansı ayə daha əzəmətlidir?" Dedi: Mən cavab verdim :{Allah, Ondan başqa ibadətə layiq məbud yoxdur, əbədi Yaşayandır, bütün yaratdıqlarının Qəyyumudur.} [Əl bəqərə:255]  O sinəmə vurub dedi: "Ey Əbul Munzir, vallahi elm sənə mübarək olsun</t>
+    <t>Ey Əbul Munzir, bilirsənmi, Allahın kitabındakı hansı ayə daha əzəmətlidir?". Dedi: Mən cavab verdim: "Allah, Ondan başqa ibadətə layiq məbud yoxdur, əbədi Yaşayandır, bütün yaratdıqlarının Qəyyumudur" [Əl bəqərə 2 surəsi, ayə 255]. O sinəmə vurub dedi: "Ey Əbul Munzir, vallahi elm sənə mübarək olsun</t>
   </si>
   <si>
     <t>عَنْ ‌أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ. قَالَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ».</t>
   </si>
   <si>
-    <t>Ubey bin Kəbdan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Ey Əbul Munzir, bilirsənmi ki, Allahın kitabındakı hansı ayə daha əzəmətlidir?" Dedi: Mən cavab verdim: Allah və Rəsulu ən doğrusunu bilir! Dedi: "Ey Əbul Munzir, bilirsənmi, Allahın kitabındakı hansı ayə daha əzəmətlidir?" Dedi: Mən cavab verdim :{Allah, Ondan başqa ibadətə layiq məbud yoxdur, əbədi Yaşayandır, bütün yaratdıqlarının Qəyyumudur.} [Əl bəqərə:255]  O sinəmə vurub dedi: "Ey Əbul Munzir, vallahi elm sənə mübarək olsun."</t>
+    <t>Ubey bin Kəbdan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Ey Əbul Munzir, bilirsənmi ki, Allahın kitabındakı hansı ayə daha əzəmətlidir?". Dedi: Mən cavab verdim: Allah və Rəsulu ən doğrusunu bilir! Dedi: "Ey Əbul Munzir, bilirsənmi, Allahın kitabındakı hansı ayə daha əzəmətlidir?". Dedi: Mən cavab verdim: "Allah, Ondan başqa ibadətə layiq məbud yoxdur, əbədi Yaşayandır, bütün yaratdıqlarının Qəyyumudur" [Əl bəqərə 2 surəsi, ayə 255]. O sinəmə vurub dedi: "Ey Əbul Munzir, vallahi elm sənə mübarək olsun".</t>
   </si>
   <si>
     <t>سأل النبيُّ صلى الله عليه وسلم أبيَّ بن كعب عن أعظم آية في كتاب الله، 
 فتردد في الإجابة، ثم قال: هي آية الكرسي: {الله لا إله إلا هو الحي القيوم}، 
 فأيَّده النبي صلى الله عليه وسلم، وضرب النبي على صدره إشارة إلى امتلائه علمًا وحكمة، ودعا له بأن يَسعدَ بهذا العلم وأن يُيَسَّر له.</t>
   </si>
   <si>
-    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Ubey bin Kabdən Allahın kitabında olan ən əzəmətli ayə haqqında soruşur. O isə tərəddüd edir, sonra deyir: Bu kürsi ayəsidir: {Allah, Ondan başqa ibadətə layiq məbud yoxdur, əbədi Yaşayandır, bütün yaratdıqlarının Qəyyumudur.}  Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onu dəstəkləyib, sinəsinə vuraraq qəlbinin elm və hikmətlə dolu olduğuna işarə edir. Bu elmlə xoşbəxt olması üçün və elmin ona  asanlaşdırılması üçün  Allaha dua edir.</t>
+    <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) Ubey bin Kabdən Allahın kitabında olan ən əzəmətli ayə haqqında soruşur. O isə tərəddüd edir, sonra deyir: Bu kürsi ayəsidir: "Allah, Ondan başqa ibadətə layiq məbud yoxdur, əbədi Yaşayandır, bütün yaratdıqlarının Qəyyumudur". Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) onu dəstəkləyib, sinəsinə vuraraq qəlbinin elm və hikmətlə dolu olduğuna işarə edir. Bu elmlə xoşbəxt olması üçün və elmin ona asanlaşdırılması üçün Allaha dua edir.</t>
   </si>
   <si>
     <t>منقبة عظيمة لأبي بن كعب رضي الله عنه.
 آية الكرسي أعظم آية في كتاب الله تعالى، فينبغي حفظها وتدبر معانيها والعمل بها.</t>
   </si>
   <si>
     <t>Bu, Ubey bin Kabın (Allah ondan razı olsun) fəzilətinə dair önəmli qissədir.
 Kürsi ayəsi uca Allahın kitabında ən əzəmətli ayədir, onu əzbərləmək, mənaları haqda düşünmək  və ona əməl etmək lazımdır.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65059</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم كان إذا أوى إلى فراشه كل ليلة جمع كفيه، ثم نفث فيهما فقرأ فيهما: قل هو الله أحد، وقل أعوذ برب الفلق، وقل أعوذ برب الناس</t>
   </si>
   <si>
     <t>Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) hər gecə çarpayısına uzandıqda, ovuclarını birləşdirərək onlara üfləyər və onlara İxlas, Fələq, Nəs sürələrini oxuyar</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}، ثُمَّ يَمْسَحُ بِهِمَا مَا اسْتَطَاعَ مِنْ جَسَدِهِ، يَبْدَأُ بِهِمَا عَلَى رَأْسِهِ وَوَجْهِهِ وَمَا أَقْبَلَ مِنْ جَسَدِهِ، يَفْعَلُ ذَلِكَ ثَلَاثَ مَرَّاتٍ.</t>
   </si>
   <si>
     <t>Aişədən (Allah ondan razı olsun) belə dediyi rəvayət edilir: Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) hər gecə çarpayısına uzandıqda, ovuclarını birləşdirərək onlara üfləyər və onlara İxlas, Fələq, Nəs sürələrini oxuyar, sonra isə əllərini bədənin bacardığı qədər hər yerinə sürtərdi. Başından, üzündən, bədənin ön hissəsindən başlayardı. Bunu üç  dəfə edərdi.</t>
   </si>
   <si>
     <t>كان من هديه صلى الله عليه وسلم إذا أوى إلى فراشه لينام جَمَعَ كفـيه ورفعهما -كما يفعل الداعي- ونَفَخَ فيهما من فمِه نفخًا لطيفًا مع رِيْق يسير ويقرأ السور الثلاث: 
 {قل هو الله أحد} 
 و{قل أعوذ برب الفلق} 
 و{قل أعوذ برب الناس}، 
 ثم يمسح بكفيه ما استطاع من جسده؛ بادئًا برأسه ووجهه وبالجزء الأمامي من بدنه، يكرر هذا الفعل ثلاث مرات.</t>
   </si>
   <si>
-    <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yatmaq üçün yatağına girərkən etdiyi şeylərdən biri də, ovuclarını birləşdirərək, dua edən insan kimi  əllərini qaldırar, xəfif tüpürərək ovuclarına üfürər , İxlas, Fələq, Nəs sürələrini  oxuyar, sonra isə başından, üzündən, bədənin ön qismindən başlayaraq, əllərini bədənin bacardığı qədər hər yerinə sürtərdi. Bunu üç dəfə edərdi.</t>
+    <t>Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) yatmaq üçün yatağına girərkən etdiyi şeylərdən biri də, ovuclarını birləşdirərək, dua edən insan kimi  əllərini qaldırar, xəfif tüpürərək ovuclarına üfürər, İxlas, Fələq, Nəs sürələrini  oxuyar, sonra isə başından, üzündən, bədənin ön qismindən başlayaraq, əllərini bədənin bacardığı qədər hər yerinə sürtərdi. Bunu üç dəfə edərdi.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين قبل النوم والنفث بهنَّ، ومسح ما استطاع من جسده.</t>
   </si>
   <si>
     <t>Yatmazdan öncə əllərin içinə üfürməklə İxlas, Fələq, Nəs surələrini oxuyub, sonra bədənin bacarıldığı qədər hər yerinə sürtməyin müstəhəb olması.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65060</t>
   </si>
   <si>
     <t>اليهود مغضوب عليهم، والنصارى ضلال</t>
   </si>
   <si>
     <t>Yəhudilər qəzəbə düçar olmuş, xristianlar isə zəlalətə düşmüşlər</t>
   </si>
   <si>
     <t>عَنْ ‌عَدِيِّ بْنِ حَاتِمٍ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ».</t>
   </si>
   <si>
     <t>Adiy bin Hətimdən (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyi rəvayət edilir: "Yəhudilər qəzəbə düçar olmuş, xristianlar isə zəlalətə düşmüşlər".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اليهودَ قومٌ غَضِبَ اللهُ عليهم؛ لأنهم عرفوا الحقَّ ولم يعملوا به. 
 والنصارى قومٌ ضلال؛ لأنهم عَمِلوا بغير علم.</t>
@@ -15665,57 +15661,57 @@
     <t>Əbu Qatədə əs-Sələmidən (Allah ondan razı olsun) rəvayət edildiyinə görə Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: «Sizdən biri məscidə daxil olduqda, oturmazdan əvvəl iki rükət namaz qılsın».</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن أتى المسجدَ ودَخَلَه في أيِّ وقت، ولأيِّ غَرَضٍ، أنْ يُصليَ ركعتين قبل أنْ يَجلس، وهما ركعتا تحية المسجد.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) günün hər hansı bir vaxtında və həmçinin hər hansı bir məqsəd üçün olmasından aslı olmayaraq məscidə daxil olan hər kəsin oturmadan öncə iki rükət namaz qılmasına təşviq etmişdir. Qılınan bu iki rükət namaz "Təhiyyətul-məscid" namazı adlanır.</t>
   </si>
   <si>
     <t>استحبابُ صلاةِ ركعتين تحيةً للمسجد قبل الجلوس.
 هذا الأمر لمن أراد الجلوس، فمن دخل المسجد وخرج قبل أن يجلس لا يتناوله الأمر.
 إذا دخل المصلي والناس في الصلاة فدخل معهم فيها أغناه عن الركعتين.</t>
   </si>
   <si>
     <t>Məscidə daxil olduqdan sonra oturmadan öncə iki rükət "Təhiyyətul-məscid" namazı qılmaq müstəhəbdir.
 Hədisdə gələn bu əmr, məscidə daxil olub oturmak istəyən kimsəyə aiddir. Məscidə daxil olub, oturmadan öncə çıxan kimsəyə bu əmr aid deyildir.
 Məscidə daxil olduqda insanların camaatla namaza başladığını görərsə, onlarla birlikdə qılınan namaza qoşulmalıdır. Bu zaman camaatla birlikdə qıldığı namaz həmin iki rükəti əvəz edir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65091</t>
   </si>
   <si>
     <t>إذا دخل أحدكم المسجد فليقل: اللهم افتح لي أبواب رحمتك، وإذا خرج فليقل: اللهم إني أسألك من فضلك</t>
   </si>
   <si>
-    <t>Sizdən biri məscidə daxil olduqda: Allahumməftəh li əbvabə rahmətik [Allahım, Öz mərhəmət qapılarını mənim üçün aç!], məsciddən çıxdığı zaman isə: Allahummə inni əsəlukə min fədlik [Allahım, Sənin lütfündən di­ləyirəm] desin</t>
+    <t>Sizdən biri məscidə daxil olduqda: Allahummə-ftəh li əbvabə rahmətik [Allahım, Öz mərhəmət qapılarını mənim üçün aç!], məsciddən çıxdığı zaman isə: Allahummə inni əsəlukə min fədlik [Allahım, Sənin lütfündən di­ləyirəm] desin</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي حُمَيْدٍ أَوْ عَنْ ‌أَبِي أُسَيْدٍ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ».</t>
   </si>
   <si>
-    <t>Əbu Humeyddən və ya Əbu Useyiddən (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: "Sizdən biri məscidə daxil olduqda: Allahumməftəh li əbvabə rahmətik [Allahım, Öz mərhəmət qapılarını mənim üçün aç!], məsciddən çıxdığı zaman isə: Allahummə inni əsəlukə min fədlik [Allahım, Sənin lütfündən di­ləyirəm] desin".</t>
+    <t>Əbu Humeyddən və ya Əbu Useyiddən (Allah ondan razı olsun) rəvayət edildiyinə görə Allah Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) belə buyurmuşdur: "Sizdən biri məscidə daxil olduqda: Allahummə-ftəh li əbvabə rahmətik [Allahım, Öz mərhəmət qapılarını mənim üçün aç!], məsciddən çıxdığı zaman isə: Allahummə inni əsəlukə min fədlik [Allahım, Sənin lütfündən di­ləyirəm] desin".</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم أمَّتَه إلى الدّعاء الذي يقال عند دخول المسجد: (اللَّهُمَّ افْتَحْ لي أَبْوابَ رَحْمَتِكَ)، فيسألُ اللهَ تعالى أن يهيئ له أسباب رحمته، وإذا أراد الخروج فليقل: (اللَّهُمَّ إني أَسْأَلُك مِن فَضْلِكَ)، فيسألُ اللهَ مِن فضلِه ومَزيدِ إحسانِه من الرِّزقِ الحلالِ.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) məscidə daxil olarkən ümmətinə: «Allahım, Öz mərhəmət qapılarını mənim üçün aç!» deməsini, Uca Allahdan onun üçün rəhmət səbəblərini asanlaşdırmasını, məsciddən çıxakən: «Allahım, Sənin lütfündən di­ləyirəm» deməsini, Uca Allahdan lütfünü və halal ruzidən olan ehsanını onun üçün artırmasını istəməyi öyrətmişdir.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند دخول المسجد والخروج منه.
 تخصيص ذكر الرَّحمة بالدّخول، والفضل بالخروج: أنّ الدّاخل اشتغل بما يقرِّبه إلى الله وإلى جنته فناسَب أن يذكُر الرَّحمة، فإذا خرج سعى في الأرض ابتِغاء فضل الله مِن الرِّزق، فناسَب ذكر الفَضْل.
 هذه الأذكار تقال عند إرادة دخول المسجد، وعند إرادة الخروج منه.</t>
   </si>
   <si>
     <t>Məscidə daxil olarkən və oradan çıxarkən bu duanı oxumağın müstəhəb olması.
 Məscidə daxil olarkən Uca Allahdan rəhmət, çıxarkən Uca Allahın lütfünü istəməsinin hikmətlərindən də biri budur ki, məscidə daxil olan kimsə, onu, Allaha və Cənnətə yaxınlaşdıracaq şeylərlə məşğul olacağı üçün rəhmət ibarəsi istifadə edilmişdir. Məsciddən çıxdığında isə Allahın bəxş edəcəyi ruzini eldə etmək üçün yer üzündə səy edəcəyinə görə lütf ibarəsi istifadə edilmişdir.
 Bu zikirlər, məscidə daxil olmaq və məsciddən çıxmaq istənildiyində deyilir.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65092</t>
   </si>
   <si>
     <t>إن بين الرجل وبين الشرك والكفر ترك الصلاة</t>
   </si>
   <si>
     <t>Kişi ilə şirk və küfür arasında namazı tərk etməsi vardır</t>
@@ -16153,75 +16149,75 @@
   <si>
     <t>Allah ancaq ixlasla və Peyğəmbərin (Allahın salavatı və salamı onun üzərinə olsun) sünnəsinə uyğun olaraq edilmiş əməlləri qəbul edər.
 Müftinin cavabının gözəlliyindəndir ki, onun fətvası sual verənin məqsədini və daha çoxunu əhatə etsin.
 Bir şey haqqında sualı təkrarlamaqla onun böyüklüyünün təsdiqlənməsi.
 Həqiqi mücahid o kəsdir ki, Allahın kəlamının ən üstün olması üçün çalışır, səmimi niyyətlə axirət savabını və əcrini axtarır və onun mübarizəsi dünya üçün deyildir.</t>
   </si>
   <si>
     <t>رواه النسائي</t>
   </si>
   <si>
     <t>[رواه النسائي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65107</t>
   </si>
   <si>
     <t>ذاق طعم الإيمان من رضي بالله ربا، وبالإسلام دينا، وبمحمد رسولا</t>
   </si>
   <si>
     <t>Allahdan rəbb olaraq, İslamdan din olaraq, Muhəmməddən rəsul olaraq razı olan kəs imanın şirinliyini dadmışdır</t>
   </si>
   <si>
     <t>عَنِ الْعَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا».</t>
   </si>
   <si>
-    <t>Abbas bin Əbdul Muttalibdən (Allah ondan razı olsun) rəvayət edilir ki, o, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitmişdir: Allahdan rəbb olaraq, İslamdan din olaraq, Muhəmməddən rəsul olaraq razı olan kəs imanın şirinliyini dadmışdır.</t>
+    <t>Abbas bin Əbdul Muttalibdən (Allah ondan razı olsun) rəvayət edilir ki, o, Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə dediyini eşitmişdir: "Allahdan rəbb olaraq, İslamdan din olaraq, Muhəmməddən rəsul olaraq razı olan kəs imanın şirinliyini dadmışdır".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ المؤمنَ الصادقَ في إيمانِه المُطمئنّ به قلبه سيجِدُ ويُدرِكُ في قلبِه من الانشراحِ والاتساعِ والفرح والحلاوة ولذة القُرْب من الله تعالى إنْ هو رَضِيَ بثلاثة أمور: 
 أولًا: رضي بالله ربًّا، وذلك بأن يَنشرحَ صدرُه بما يَرِدُ عليه من الله بمقتضى الربوبية من قسمة الأرزاق والأحوال، فلا يجد في قلبه اعتراضًا على شيء من ذلك، ولم يطلُب ربًّا غير الله تعالى.
 ثانيًا: رضي بالإسلام دينًا، وذلك بأن ينشرحَ صدرُه بما يتضمنه الإسلام من التكاليف والواجبات، ولم يَسْعَ في غير طريقِ الإسلام.
 ثالثًا: رضي بمحمد صلى الله عليه وسلم رسولًا، وذلك بأن ينشرح صدره ويفرح بجميع ما جاء به من غير تَردُّد ولا شَك، فلم يَسْلُك إلا ما يوافق هَدْيَه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Peyğəmbər (Allahın salavatı və salamı onun üzərinə olsun) xəbər verir ki, imanında sadiq olan və qəlbi bununla aram tapan mömin əgər üç şeydən razı olarsa, qəlbində açıqlıq, genişlik, sevinc, şirinlik və Uca Allaha yaxınlığın ləzzətini hiss edər:
 Birincisi: O, Rəbb olaraq Allahdan razı olarsa və bu, rububiyyətin gərəyi olaraq Allahdan gələn ruzi və şərait bölgüsünə qəlbinin açılması(qane olması)və bunlardan heç birinə qəlbində etiraz olmaması və Uca Allahdan başqa bir Rəbb istəməməsi ilə olur.
 İkincisi: İslamı din olaraq razı olmaq. Bu, insanın qəlbinin İslamın ehtiva etdiyi hökmlər və vacibatlara qarşı genişlənməsi, onları məmnuniyyətlə qəbul etməsi və İslamdan başqa bir yola yönəlməməsi ilə olur.
 Üçüncüsü: Rəsul olaraq Muhəmməddən (Allahın salavatı və salamı onun üzərinə olsun) razı olarsa və bu, tərəddüd və şübhə etmədən onun gətirdiyi hər bir şeyə qəlbini açması və buna sevinməsiylə və yalnız onun hidayətinə uyğun olan yolu izləməsi ilə olur.</t>
   </si>
   <si>
     <t>الإيمان له حلاوةٌ وطعْمٌ يُذاق بالقلوب، كما تُذاق حلاوة الطعام والشراب بالفم.
 الجسد لا يجد حلاوة الطعام والشراب إلا عند صحته، فكذلك القلب إذا سَلِم من مرض الأهواء المُضلَّة والشهوات المحرَّمة، وجد حلاوة الإيمان، ومتى مرض وسقم لم يجد حلاوة الإيمان، بل قد يستحلي ما فيه هلاكُه من الأهواء والمعاصي.
 الإنسان إذا رضي أمرًا واستحسنه سَهُل عليه أمره، ولم يشق عليه شيء منه، وفرح بكل ما جاء به، وخالط بشاشته قلبه، فكذلك المؤمن إذا دخل قلبه الإيمان، سهلت عليه طاعة ربه ولذَّت له نفسه، ولم يشق عليه معاناتها.
 قال ابن القيم: هذا الحديث تضمن الرضا بربوبيته سبحانه وألوهيته، والرضا برسوله والانقياد له، والرضا بدينه والتسليم له.</t>
   </si>
   <si>
     <t>Yeməyin və içkinin şirinliyi ağızda hiss olunduğu kimi, imanın da qəlbdə hiss olunan bir şirinliyi və dadı vardır.
 Bədən yeməyin və içkinin dadını yalnız sağlam olduqda hiss etdiyi kimi, qəlb də azdırıcı arzulardan və haram istəklərdən sağlam olduqda imanın şirinliyini daddar. Əgər qəlb xəstələnsə və zəifləsə, artıq imanın şirinliyini hiss etməz, əksinə, onu məhv edəcək istəkləri və günahları şirin hesab edə bilər.
 Əgər insan bir şeydən razı qalar və onu bəyənərsə, onu etmək onun üçün asan olar, bundan heç bir şey onun üçün çətin gəlməz və onun gətirdiyi hər bir şey ilə fərəhlənər, qəlbi onunla sevinər. Eləcə də mömin, əgər iman onun qəlbinə daxil olarsa, Rəbbinə itaət onun üçün asanlaşar, nəfsi bundan ləzzət alar və itaətin əziyyəti ona çətin gəlməz.
-İbn əl-Qeyyim demişdir: “Bu hədis, pak və nöqsansız Allahın rububiyyətindən və ilahlığından razılıq, rəsulundan razılıq və ona tabe olmaq, dinindən razılıq və ona təslim olmağı əhatə edir.</t>
+İbn əl-Qeyyim demişdir: “Bu hədis, pak və nöqsansız Allahın rububiyyətindən və ilahlığından razılıq, rəsulundan razılıq və ona tabe olmaq, dinindən razılıq və ona təslim olmağı əhatə edir".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/65116</t>
   </si>
   <si>
     <t>أربع من كن فيه كان منافقا خالصا، ومن كانت فيه خلة منهن كانت فيه خلة من نفاق حتى يدعها: إذا حدث كذب، وإذا عاهد غدر، وإذا وعد أخلف، وإذا خاصم فجر</t>
   </si>
   <si>
     <t>Dörd xislət kimdə olarsa o, xalis münafiq olar, kimdə bunlardan bir xislət olarsa, onu tərk edənə qədər özündə nifaqdan bir xislət qalmış deməkdir: danışdığı zaman yalan danışar, əhd etdiyi zaman sözündə durmaz, vəd verdiyi zaman ona xilaf çıxar, düşmənçilik etdiyi zaman da ədalətsiz olar</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ».</t>
   </si>
   <si>
     <t>Abdullah ibn Amrdan (Allah ondan razı olsun) rəvayət edilir ki, o, belə dedi: Allahın Rəsulu (Allahın salavatı və salamı onun üzərinə olsun) dedi: "Dörd xislət kimdə olarsa o, xalis münafiq olar, kimdə bunlardan bir xislət olarsa, onu tərk edənə qədər özündə nifaqdan bir xislət qalmış deməkdir: danışdığı zaman yalan danışar, əhd etdiyi zaman sözündə durmaz, vəd verdiyi zaman ona xilaf çıxar, düşmənçilik etdiyi zaman da ədalətsiz olar".</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي: 
 الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
 الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
 الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
 الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
 فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
   </si>
   <si>
@@ -16798,58 +16794,51 @@
   <si>
     <t>Rəsulullahın (sallallahu aleyhi və səlləm) reyhan qoxulu nəvəsi Əbu Muhəmməd Həsən ibn Əli ibn Əbu Talib (Allah onların hər ikisindən razı olsun) demişdir: Mən Rəsulullahın (sallallahu aleyhi və səlləm) belə buyurduğunu yadda saxlamışam: "Sənə şübhə verən şeyi, şübhə verməyən şeylə dəyiş".</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه.</t>
   </si>
   <si>
     <t>Peyğəmbər (sallallahu aleyhi və səlləm) bu hədisdə qadağan olub-olmamasında, haram və ya halal olub-olmamasında şəkk etdiyin söz və əməlləri, şəkk etmədiyin, yaxşı və halal olduğuna əmin olduğum şeylərlə dəyişməyi əmr etmişdir.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي</t>
   </si>
   <si>
     <t>[رواه الترمذي والنسائي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/66519</t>
   </si>
   <si>
     <t>Rəsulullahın (salləllahu aleyhi va səlləm) xidmətçisi olan Əbu Həmzə Ənəs ibn Malik (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (salləllahu aleyhi va səlləm) belə buyurmuşdur:||"Sizlərdən biriniz özü üçün istədiyini qardaşına istəmədikcə (kamil) iman gətirmiş olmaz</t>
   </si>
   <si>
     <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
   </si>
   <si>
-    <t>Rəsulullahın (salləllahu aleyhi va səlləm) xidmətçisi olan Əbu Həmzə Ənəs ibn Malik (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (salləllahu aleyhi va səlləm) belə buyurmuşdur: "Sizlərdən biriniz özü üçün istədiyini qardaşına istəmədikcə (kamil) iman gətirmiş olmaz."</t>
-[...6 lines deleted...]
-Əl-Kirmani-rahiməhullah-demişdir: “Özünün sevmədiyi şərri qardaşı üçün də sevməməyi imandandır və o, bunu qeyd etməmişdir. Çünki bir şeyi sevmək onun əksinə nifrət etməyi zəruri edir, ona görə də (qeyd olunanlarla)</t>
+    <t>Rəsulullahın (salləllahu aleyhi va səlləm) xidmətçisi olan Əbu Həmzə Ənəs ibn Malik (Allah ondan razı olsun) rəvayət edir ki, Peyğəmbər (salləllahu aleyhi va səlləm) belə buyurmuşdur: "Sizlərdən biriniz özü üçün istədiyini qardaşına istəmədikcə (kamil) iman gətirmiş olmaz".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/66520</t>
   </si>
   <si>
     <t>Allah hər bir şeylə gözəl davranmağı əmr etmişdir</t>
   </si>
   <si>
     <t>عَنْ أَبِي يَعْلَى شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا القِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذِّبْحَةَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، وَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
     <t>Əbu Yə'lə Şəddəd bin Ovs (Allah ondan razı olsun) rəvayət edir ki, Rəsulullah (sallallahu aleyhi va səlləm) belə buyurmuşdur: "Allah hər bir şeylə gözəl davranmağı əmr etmişdir. Elə isə (haqlı olaraq) birisini öldürdükdə, onu gözəl tərzdə öldürün. Habelə, heyvan kəsdikdə, onu gözəl tərzdə kəsin. Sizdən biriniz bıçağını itiləsin və kəsəcəyi heyvanı rahatlasın".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
 إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
@@ -16937,60 +16926,50 @@
     <t>Əgər mən gündəlik fərz namazlarını qılıb, Ramazan orucunu tutsam, Allahın halalını halal, haramını haram saysam</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ اللَّهِ جَابِرِ بْنِ عَبْدِ اللَّهِ الْأَنْصَارِيِّ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ المَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الحَلَالَ، وَحَرَّمْتُ الحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الجَنَّةَ؟ قَالَ: «نَعَمْ».</t>
   </si>
   <si>
     <t>Əbu Abdullah Cabir bin Abdullah əl-Ənsari (Allah onların hər ikisindən razı olsun) belə demişdir: Bir kişi Allah Rəsulundan (sallallahu aleyhi va səlləm) soruşaraq belə dedi: Əgər mən gündəlik fərz namazlarını qılıb, Ramazan orucunu tutsam, Allahın halalını halal, haramını haram saysam və bunlara başqa heç bir əməl əlavə etməsəm, Cənnətə daxil olarammı? Allah Rəsulu (sallallahu aleyhi va səlləm) ona: "Bəli" – deyərək cavab verdi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/66525</t>
   </si>
   <si>
     <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماء والأرض</t>
   </si>
   <si>
     <t>Təmizlik imanın yarısıdır. Əlhəmdulilləh zikri tərəzini doldurur. Subhənallah və Əlhəmdulilləh sözləri isə göylə yer arasını doldurur</t>
   </si>
   <si>
     <t>عَنْ أَبِي مَالِكٍ الحَارِثِ بْنِ عَاصِمٍ الأَشْعَرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاءِ وَالأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا»</t>
   </si>
   <si>
     <t>Əbu Malik əl-Həris bin Asim əl-Əşari (Allah ondan razı olsun) rəvayət edir ki, Allah Rəsulu (sallallahu aleyhi va səlləm) belə demişdir: "Təmizlik imanın yarısıdır. Əlhəmdulilləh zikri tərəzini doldurur. Subhənallah və Əlhəmdulilləh sözləri isə göylə yer arasını doldurur. Namaz nurdur. Sədəqə burhandır (dəlildir). Səbr işıqdır (parıltıdır). Quran isə sənin ya lehinə ya da əleyhinə hüccətdir. Hər kəs sabahlayaraq öz nəfsini satar, kimisi (Allaha itaət etməklə Cəhənnəm əzabından) onu azad edər, kimisi isə (şeytana tabe olmaqla) onu həlak edər".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
-  </si>
-[...8 lines deleted...]
-</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/66526</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir:||"İnsanın oynaqlarından hər biri üçün bir sədəqə vardır. Günəşin doğduğu hər gün iki insanın arasında ədalətlə hökm verməyin sədəqədir. Bir kişiyə öz miniyinə minməkdə yardım etməyin və ya onun əşyasını qaldırıb miniyinin üzərinə qoymağın sədəqədir. Gözəl söz sədəqədir. Namaz qılmağa getdikdə atdığın hər bir addım sədəqədir. Yoldan insanlara əziyyət verən şeyi kənarlaşdırmağın sədəqədir</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلَامَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ تَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَتُعِينُ الرَّجُلَ فِي دَابَّتِهِ فَتَحْمِلُهُ عَلَيْهَا أَوْ تَرْفَعُ لَهُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ تَمْشِيهَا إِلَى الصَّلَاةِ صَدَقَةٌ، وَتُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Əbu Hureyradan (Allah ondan razı olsun) Allah Rəsulunun (Allahın salavatı və salamı onun üzərinə olsun) belə söylədiyi rəvayət edilir: "İnsanın oynaqlarından hər biri üçün bir sədəqə vardır. Günəşin doğduğu hər gün iki insanın arasında ədalətlə hökm verməyin sədəqədir. Bir kişiyə öz miniyinə minməkdə yardım etməyin və ya onun əşyasını qaldırıb miniyinin üzərinə qoymağın sədəqədir. Gözəl söz sədəqədir. Namaz qılmağa getdikdə atdığın hər bir addım sədəqədir. Yoldan insanlara əziyyət verən şeyi kənarlaşdırmağın sədəqədir".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: عدلك وإصلاحك بيـن متخاصمين صدقةٌ، وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ، وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/az/browse/hadith/66527</t>
   </si>
   <si>
     <t>أوصيكم بتقوى الله، والسمع والطاعة، وإن تأمر عليكم عبد، فإنه من يعش منكم بعدي فسيرى اختلافا كثيرا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
   </si>
   <si>
     <t>“Sizə Allahdan qorxmağı, əmiriniz bir kölə olsa belə, ona tabe olub, itaət etməyi tövsiyyə edirəm. Məndən sonra sizdən kim yaşasa çoxlu ixtilaflar görəcəkdir. Belə olduğu təqdirdə siz mənim və doğru yolda olan raşidi xəlifələrin yoluna tabe olun</t>
   </si>
@@ -39141,962 +39120,962 @@
       <c r="A458">
         <v>66520</v>
       </c>
       <c r="B458" t="s">
         <v>1616</v>
       </c>
       <c r="C458" t="s">
         <v>4232</v>
       </c>
       <c r="D458" t="s">
         <v>4233</v>
       </c>
       <c r="E458" t="s">
         <v>4234</v>
       </c>
       <c r="F458" t="s">
         <v>1620</v>
       </c>
       <c r="G458" t="s">
         <v>1621</v>
       </c>
       <c r="H458" t="s">
         <v>1622</v>
       </c>
       <c r="I458" t="s">
-        <v>4235</v>
+        <v>1623</v>
       </c>
       <c r="J458" t="s">
         <v>24</v>
       </c>
       <c r="K458" t="s">
         <v>25</v>
       </c>
       <c r="L458" t="s">
         <v>26</v>
       </c>
       <c r="M458" t="s">
         <v>27</v>
       </c>
       <c r="N458" t="s">
         <v>28</v>
       </c>
       <c r="O458" t="s">
-        <v>4236</v>
+        <v>4235</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
         <v>66521</v>
       </c>
       <c r="B459" t="s">
         <v>1466</v>
       </c>
       <c r="C459" t="s">
+        <v>4236</v>
+      </c>
+      <c r="D459" t="s">
         <v>4237</v>
       </c>
-      <c r="D459" t="s">
+      <c r="E459" t="s">
         <v>4238</v>
       </c>
-      <c r="E459" t="s">
+      <c r="F459" t="s">
         <v>4239</v>
-      </c>
-[...1 lines deleted...]
-        <v>4240</v>
       </c>
       <c r="G459" t="s">
         <v>1471</v>
       </c>
       <c r="H459" t="s">
-        <v>4241</v>
+        <v>4240</v>
       </c>
       <c r="I459" t="s">
         <v>1473</v>
       </c>
       <c r="J459" t="s">
         <v>24</v>
       </c>
       <c r="K459" t="s">
         <v>170</v>
       </c>
       <c r="L459" t="s">
         <v>26</v>
       </c>
       <c r="M459" t="s">
         <v>171</v>
       </c>
       <c r="N459" t="s">
         <v>28</v>
       </c>
       <c r="O459" t="s">
-        <v>4242</v>
+        <v>4241</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
         <v>66522</v>
       </c>
       <c r="B460" t="s">
+        <v>4242</v>
+      </c>
+      <c r="C460" t="s">
         <v>4243</v>
       </c>
-      <c r="C460" t="s">
+      <c r="D460" t="s">
         <v>4244</v>
       </c>
-      <c r="D460" t="s">
+      <c r="E460" t="s">
         <v>4245</v>
       </c>
-      <c r="E460" t="s">
+      <c r="F460" t="s">
         <v>4246</v>
       </c>
-      <c r="F460" t="s">
+      <c r="G460" t="s">
         <v>4247</v>
       </c>
-      <c r="G460" t="s">
+      <c r="H460" t="s">
         <v>4248</v>
       </c>
-      <c r="H460" t="s">
+      <c r="I460" t="s">
         <v>4249</v>
-      </c>
-[...1 lines deleted...]
-        <v>4250</v>
       </c>
       <c r="J460" t="s">
         <v>24</v>
       </c>
       <c r="K460" t="s">
         <v>4100</v>
       </c>
       <c r="L460" t="s">
         <v>26</v>
       </c>
       <c r="M460" t="s">
         <v>4101</v>
       </c>
       <c r="N460" t="s">
         <v>28</v>
       </c>
       <c r="O460" t="s">
-        <v>4251</v>
+        <v>4250</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
         <v>66523</v>
       </c>
       <c r="B461" t="s">
         <v>1511</v>
       </c>
       <c r="C461" t="s">
+        <v>4251</v>
+      </c>
+      <c r="D461" t="s">
         <v>4252</v>
       </c>
-      <c r="D461" t="s">
+      <c r="E461" t="s">
         <v>4253</v>
-      </c>
-[...1 lines deleted...]
-        <v>4254</v>
       </c>
       <c r="F461" t="s">
         <v>1515</v>
       </c>
       <c r="G461" t="s">
         <v>1516</v>
       </c>
       <c r="H461" t="s">
         <v>1517</v>
       </c>
       <c r="I461" t="s">
         <v>1518</v>
       </c>
       <c r="J461" t="s">
         <v>24</v>
       </c>
       <c r="K461" t="s">
         <v>47</v>
       </c>
       <c r="L461" t="s">
         <v>26</v>
       </c>
       <c r="M461" t="s">
         <v>48</v>
       </c>
       <c r="N461" t="s">
         <v>28</v>
       </c>
       <c r="O461" t="s">
-        <v>4255</v>
+        <v>4254</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
         <v>66524</v>
       </c>
       <c r="B462" t="s">
         <v>3401</v>
       </c>
       <c r="C462" t="s">
+        <v>4255</v>
+      </c>
+      <c r="D462" t="s">
         <v>4256</v>
       </c>
-      <c r="D462" t="s">
+      <c r="E462" t="s">
         <v>4257</v>
       </c>
-      <c r="E462" t="s">
+      <c r="F462" t="s">
         <v>4258</v>
-      </c>
-[...1 lines deleted...]
-        <v>4259</v>
       </c>
       <c r="G462" t="s">
         <v>3406</v>
       </c>
       <c r="H462" t="s">
         <v>3407</v>
       </c>
       <c r="I462" t="s">
         <v>3408</v>
       </c>
       <c r="J462" t="s">
         <v>24</v>
       </c>
       <c r="K462" t="s">
         <v>170</v>
       </c>
       <c r="L462" t="s">
         <v>26</v>
       </c>
       <c r="M462" t="s">
         <v>171</v>
       </c>
       <c r="N462" t="s">
         <v>28</v>
       </c>
       <c r="O462" t="s">
-        <v>4260</v>
+        <v>4259</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
         <v>66525</v>
       </c>
       <c r="B463" t="s">
+        <v>4260</v>
+      </c>
+      <c r="C463" t="s">
         <v>4261</v>
       </c>
-      <c r="C463" t="s">
+      <c r="D463" t="s">
         <v>4262</v>
       </c>
-      <c r="D463" t="s">
+      <c r="E463" t="s">
         <v>4263</v>
-      </c>
-[...1 lines deleted...]
-        <v>4264</v>
       </c>
       <c r="F463" t="s">
         <v>3262</v>
       </c>
       <c r="G463" t="s">
         <v>3263</v>
       </c>
       <c r="H463" t="s">
         <v>3264</v>
       </c>
       <c r="I463" t="s">
         <v>3265</v>
       </c>
       <c r="J463" t="s">
         <v>24</v>
       </c>
       <c r="K463" t="s">
         <v>170</v>
       </c>
       <c r="L463" t="s">
         <v>26</v>
       </c>
       <c r="M463" t="s">
         <v>171</v>
       </c>
       <c r="N463" t="s">
         <v>28</v>
       </c>
       <c r="O463" t="s">
-        <v>4265</v>
+        <v>4264</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
         <v>66526</v>
       </c>
       <c r="B464" t="s">
+        <v>4265</v>
+      </c>
+      <c r="C464" t="s">
         <v>4266</v>
       </c>
-      <c r="C464" t="s">
+      <c r="D464" t="s">
         <v>4267</v>
       </c>
-      <c r="D464" t="s">
+      <c r="E464" t="s">
         <v>4268</v>
       </c>
-      <c r="E464" t="s">
+      <c r="F464" t="s">
         <v>4269</v>
-      </c>
-[...1 lines deleted...]
-        <v>4270</v>
       </c>
       <c r="G464" t="s">
         <v>3272</v>
       </c>
       <c r="H464" t="s">
         <v>3273</v>
       </c>
       <c r="I464" t="s">
-        <v>4271</v>
+        <v>3274</v>
       </c>
       <c r="J464" t="s">
         <v>24</v>
       </c>
       <c r="K464" t="s">
         <v>170</v>
       </c>
       <c r="L464" t="s">
         <v>26</v>
       </c>
       <c r="M464" t="s">
         <v>171</v>
       </c>
       <c r="N464" t="s">
         <v>28</v>
       </c>
       <c r="O464" t="s">
-        <v>4272</v>
+        <v>4270</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
         <v>66527</v>
       </c>
       <c r="B465" t="s">
         <v>1558</v>
       </c>
       <c r="C465" t="s">
+        <v>4271</v>
+      </c>
+      <c r="D465" t="s">
+        <v>4272</v>
+      </c>
+      <c r="E465" t="s">
         <v>4273</v>
       </c>
-      <c r="D465" t="s">
+      <c r="F465" t="s">
         <v>4274</v>
-      </c>
-[...4 lines deleted...]
-        <v>4276</v>
       </c>
       <c r="G465" t="s">
         <v>1563</v>
       </c>
       <c r="H465" t="s">
         <v>1564</v>
       </c>
       <c r="I465" t="s">
         <v>1565</v>
       </c>
       <c r="J465" t="s">
         <v>24</v>
       </c>
       <c r="K465" t="s">
         <v>4173</v>
       </c>
       <c r="L465" t="s">
         <v>26</v>
       </c>
       <c r="M465" t="s">
         <v>4174</v>
       </c>
       <c r="N465" t="s">
         <v>28</v>
       </c>
       <c r="O465" t="s">
-        <v>4277</v>
+        <v>4275</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
         <v>66529</v>
       </c>
       <c r="B466" t="s">
+        <v>4276</v>
+      </c>
+      <c r="C466" t="s">
+        <v>4277</v>
+      </c>
+      <c r="D466" t="s">
         <v>4278</v>
       </c>
-      <c r="C466" t="s">
+      <c r="E466" t="s">
         <v>4279</v>
       </c>
-      <c r="D466" t="s">
+      <c r="F466" t="s">
         <v>4280</v>
-      </c>
-[...4 lines deleted...]
-        <v>4282</v>
       </c>
       <c r="G466" t="s">
         <v>3702</v>
       </c>
       <c r="H466" t="s">
         <v>3703</v>
       </c>
       <c r="I466" t="s">
         <v>3704</v>
       </c>
       <c r="J466" t="s">
         <v>24</v>
       </c>
       <c r="K466" t="s">
         <v>1931</v>
       </c>
       <c r="L466" t="s">
         <v>26</v>
       </c>
       <c r="M466" t="s">
         <v>1932</v>
       </c>
       <c r="N466" t="s">
         <v>28</v>
       </c>
       <c r="O466" t="s">
-        <v>4283</v>
+        <v>4281</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
         <v>66530</v>
       </c>
       <c r="B467" t="s">
+        <v>4282</v>
+      </c>
+      <c r="C467" t="s">
+        <v>4283</v>
+      </c>
+      <c r="D467" t="s">
         <v>4284</v>
       </c>
-      <c r="C467" t="s">
+      <c r="E467" t="s">
         <v>4285</v>
       </c>
-      <c r="D467" t="s">
+      <c r="F467" t="s">
         <v>4286</v>
-      </c>
-[...4 lines deleted...]
-        <v>4288</v>
       </c>
       <c r="G467" t="s">
         <v>1388</v>
       </c>
       <c r="H467" t="s">
         <v>1389</v>
       </c>
       <c r="I467" t="s">
         <v>1390</v>
       </c>
       <c r="J467" t="s">
         <v>24</v>
       </c>
       <c r="K467" t="s">
         <v>1691</v>
       </c>
       <c r="L467" t="s">
         <v>26</v>
       </c>
       <c r="M467" t="s">
         <v>1692</v>
       </c>
       <c r="N467" t="s">
         <v>28</v>
       </c>
       <c r="O467" t="s">
-        <v>4289</v>
+        <v>4287</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
         <v>66531</v>
       </c>
       <c r="B468" t="s">
+        <v>4288</v>
+      </c>
+      <c r="C468" t="s">
+        <v>4289</v>
+      </c>
+      <c r="D468" t="s">
         <v>4290</v>
       </c>
-      <c r="C468" t="s">
+      <c r="E468" t="s">
         <v>4291</v>
       </c>
-      <c r="D468" t="s">
+      <c r="F468" t="s">
         <v>4292</v>
       </c>
-      <c r="E468" t="s">
+      <c r="G468" t="s">
         <v>4293</v>
       </c>
-      <c r="F468" t="s">
+      <c r="H468" t="s">
         <v>4294</v>
       </c>
-      <c r="G468" t="s">
+      <c r="I468" t="s">
         <v>4295</v>
-      </c>
-[...4 lines deleted...]
-        <v>4297</v>
       </c>
       <c r="J468" t="s">
         <v>441</v>
       </c>
       <c r="K468" t="s">
-        <v>4298</v>
+        <v>4296</v>
       </c>
       <c r="L468" t="s">
         <v>443</v>
       </c>
       <c r="M468" t="s">
-        <v>4299</v>
+        <v>4297</v>
       </c>
       <c r="N468" t="s">
         <v>28</v>
       </c>
       <c r="O468" t="s">
-        <v>4300</v>
+        <v>4298</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
         <v>66532</v>
       </c>
       <c r="B469" t="s">
+        <v>4299</v>
+      </c>
+      <c r="C469" t="s">
+        <v>4300</v>
+      </c>
+      <c r="D469" t="s">
         <v>4301</v>
       </c>
-      <c r="C469" t="s">
+      <c r="E469" t="s">
         <v>4302</v>
-      </c>
-[...4 lines deleted...]
-        <v>4304</v>
       </c>
       <c r="F469" t="s">
         <v>1638</v>
       </c>
       <c r="G469" t="s">
         <v>1639</v>
       </c>
       <c r="H469" t="s">
         <v>1640</v>
       </c>
       <c r="I469" t="s">
         <v>1641</v>
       </c>
       <c r="J469" t="s">
         <v>441</v>
       </c>
       <c r="K469" t="s">
-        <v>4305</v>
+        <v>4303</v>
       </c>
       <c r="L469" t="s">
         <v>443</v>
       </c>
       <c r="M469" t="s">
-        <v>4306</v>
+        <v>4304</v>
       </c>
       <c r="N469" t="s">
         <v>28</v>
       </c>
       <c r="O469" t="s">
-        <v>4307</v>
+        <v>4305</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
         <v>66533</v>
       </c>
       <c r="B470" t="s">
+        <v>4306</v>
+      </c>
+      <c r="C470" t="s">
+        <v>4307</v>
+      </c>
+      <c r="D470" t="s">
         <v>4308</v>
       </c>
-      <c r="C470" t="s">
+      <c r="E470" t="s">
         <v>4309</v>
-      </c>
-[...4 lines deleted...]
-        <v>4311</v>
       </c>
       <c r="F470" t="s">
         <v>1479</v>
       </c>
       <c r="G470" t="s">
         <v>1480</v>
       </c>
       <c r="H470" t="s">
         <v>1481</v>
       </c>
       <c r="I470" t="s">
+        <v>4310</v>
+      </c>
+      <c r="J470" t="s">
+        <v>24</v>
+      </c>
+      <c r="K470" t="s">
+        <v>4311</v>
+      </c>
+      <c r="L470" t="s">
+        <v>26</v>
+      </c>
+      <c r="M470" t="s">
         <v>4312</v>
       </c>
-      <c r="J470" t="s">
-[...2 lines deleted...]
-      <c r="K470" t="s">
+      <c r="N470" t="s">
+        <v>28</v>
+      </c>
+      <c r="O470" t="s">
         <v>4313</v>
-      </c>
-[...10 lines deleted...]
-        <v>4315</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
         <v>66534</v>
       </c>
       <c r="B471" t="s">
+        <v>4314</v>
+      </c>
+      <c r="C471" t="s">
+        <v>4315</v>
+      </c>
+      <c r="D471" t="s">
         <v>4316</v>
       </c>
-      <c r="C471" t="s">
+      <c r="E471" t="s">
         <v>4317</v>
       </c>
-      <c r="D471" t="s">
+      <c r="F471" t="s">
         <v>4318</v>
       </c>
-      <c r="E471" t="s">
+      <c r="G471" t="s">
         <v>4319</v>
-      </c>
-[...4 lines deleted...]
-        <v>4321</v>
       </c>
       <c r="H471" t="s">
         <v>2643</v>
       </c>
       <c r="I471" t="s">
         <v>2644</v>
       </c>
       <c r="J471" t="s">
         <v>24</v>
       </c>
       <c r="K471" t="s">
         <v>47</v>
       </c>
       <c r="L471" t="s">
         <v>26</v>
       </c>
       <c r="M471" t="s">
         <v>48</v>
       </c>
       <c r="N471" t="s">
         <v>28</v>
       </c>
       <c r="O471" t="s">
-        <v>4322</v>
+        <v>4320</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
         <v>66535</v>
       </c>
       <c r="B472" t="s">
+        <v>4321</v>
+      </c>
+      <c r="C472" t="s">
+        <v>4322</v>
+      </c>
+      <c r="D472" t="s">
         <v>4323</v>
       </c>
-      <c r="C472" t="s">
+      <c r="E472" t="s">
         <v>4324</v>
       </c>
-      <c r="D472" t="s">
+      <c r="F472" t="s">
         <v>4325</v>
       </c>
-      <c r="E472" t="s">
+      <c r="G472" t="s">
         <v>4326</v>
       </c>
-      <c r="F472" t="s">
+      <c r="H472" t="s">
         <v>4327</v>
       </c>
-      <c r="G472" t="s">
+      <c r="I472" t="s">
         <v>4328</v>
       </c>
-      <c r="H472" t="s">
+      <c r="J472" t="s">
         <v>4329</v>
       </c>
-      <c r="I472" t="s">
+      <c r="K472" t="s">
         <v>4330</v>
       </c>
-      <c r="J472" t="s">
+      <c r="L472" t="s">
         <v>4331</v>
       </c>
-      <c r="K472" t="s">
+      <c r="M472" t="s">
         <v>4332</v>
       </c>
-      <c r="L472" t="s">
+      <c r="N472" t="s">
+        <v>28</v>
+      </c>
+      <c r="O472" t="s">
         <v>4333</v>
-      </c>
-[...7 lines deleted...]
-        <v>4335</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
         <v>66536</v>
       </c>
       <c r="B473" t="s">
+        <v>4334</v>
+      </c>
+      <c r="C473" t="s">
+        <v>4335</v>
+      </c>
+      <c r="D473" t="s">
         <v>4336</v>
       </c>
-      <c r="C473" t="s">
+      <c r="E473" t="s">
         <v>4337</v>
       </c>
-      <c r="D473" t="s">
+      <c r="F473" t="s">
         <v>4338</v>
       </c>
-      <c r="E473" t="s">
+      <c r="G473" t="s">
         <v>4339</v>
       </c>
-      <c r="F473" t="s">
+      <c r="H473" t="s">
         <v>4340</v>
       </c>
-      <c r="G473" t="s">
+      <c r="I473" t="s">
         <v>4341</v>
-      </c>
-[...4 lines deleted...]
-        <v>4343</v>
       </c>
       <c r="J473" t="s">
         <v>24</v>
       </c>
       <c r="K473" t="s">
         <v>4173</v>
       </c>
       <c r="L473" t="s">
         <v>26</v>
       </c>
       <c r="M473" t="s">
         <v>4174</v>
       </c>
       <c r="N473" t="s">
         <v>28</v>
       </c>
       <c r="O473" t="s">
-        <v>4344</v>
+        <v>4342</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
         <v>66537</v>
       </c>
       <c r="B474" t="s">
+        <v>4343</v>
+      </c>
+      <c r="C474" t="s">
+        <v>4344</v>
+      </c>
+      <c r="D474" t="s">
         <v>4345</v>
       </c>
-      <c r="C474" t="s">
+      <c r="E474" t="s">
         <v>4346</v>
       </c>
-      <c r="D474" t="s">
+      <c r="F474" t="s">
         <v>4347</v>
-      </c>
-[...4 lines deleted...]
-        <v>4349</v>
       </c>
       <c r="G474" t="s">
         <v>4088</v>
       </c>
       <c r="H474" t="s">
         <v>4089</v>
       </c>
       <c r="I474" t="s">
         <v>4090</v>
       </c>
       <c r="J474" t="s">
         <v>24</v>
       </c>
       <c r="K474" t="s">
         <v>4173</v>
       </c>
       <c r="L474" t="s">
         <v>26</v>
       </c>
       <c r="M474" t="s">
         <v>4174</v>
       </c>
       <c r="N474" t="s">
         <v>28</v>
       </c>
       <c r="O474" t="s">
-        <v>4350</v>
+        <v>4348</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
         <v>66538</v>
       </c>
       <c r="B475" t="s">
+        <v>4349</v>
+      </c>
+      <c r="C475" t="s">
+        <v>4350</v>
+      </c>
+      <c r="D475" t="s">
         <v>4351</v>
       </c>
-      <c r="C475" t="s">
+      <c r="E475" t="s">
         <v>4352</v>
       </c>
-      <c r="D475" t="s">
+      <c r="F475" t="s">
         <v>4353</v>
-      </c>
-[...4 lines deleted...]
-        <v>4355</v>
       </c>
       <c r="G475" t="s">
         <v>1630</v>
       </c>
       <c r="H475" t="s">
         <v>1631</v>
       </c>
       <c r="I475" t="s">
         <v>1632</v>
       </c>
       <c r="J475" t="s">
         <v>24</v>
       </c>
       <c r="K475" t="s">
+        <v>4354</v>
+      </c>
+      <c r="L475" t="s">
+        <v>26</v>
+      </c>
+      <c r="M475" t="s">
+        <v>4355</v>
+      </c>
+      <c r="N475" t="s">
+        <v>28</v>
+      </c>
+      <c r="O475" t="s">
         <v>4356</v>
-      </c>
-[...10 lines deleted...]
-        <v>4358</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
         <v>66540</v>
       </c>
       <c r="B476" t="s">
+        <v>4357</v>
+      </c>
+      <c r="C476" t="s">
+        <v>4358</v>
+      </c>
+      <c r="D476" t="s">
         <v>4359</v>
       </c>
-      <c r="C476" t="s">
+      <c r="E476" t="s">
         <v>4360</v>
       </c>
-      <c r="D476" t="s">
+      <c r="F476" t="s">
         <v>4361</v>
       </c>
-      <c r="E476" t="s">
+      <c r="G476" t="s">
         <v>4362</v>
       </c>
-      <c r="F476" t="s">
+      <c r="H476" t="s">
         <v>4363</v>
-      </c>
-[...4 lines deleted...]
-        <v>4365</v>
       </c>
       <c r="I476" t="s">
         <v>1419</v>
       </c>
       <c r="J476" t="s">
         <v>24</v>
       </c>
       <c r="K476" t="s">
+        <v>4364</v>
+      </c>
+      <c r="L476" t="s">
+        <v>26</v>
+      </c>
+      <c r="M476" t="s">
+        <v>4365</v>
+      </c>
+      <c r="N476" t="s">
+        <v>28</v>
+      </c>
+      <c r="O476" t="s">
         <v>4366</v>
-      </c>
-[...10 lines deleted...]
-        <v>4368</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
         <v>66541</v>
       </c>
       <c r="B477" t="s">
         <v>1607</v>
       </c>
       <c r="C477" t="s">
         <v>1608</v>
       </c>
       <c r="D477" t="s">
+        <v>4367</v>
+      </c>
+      <c r="E477" t="s">
+        <v>4368</v>
+      </c>
+      <c r="F477" t="s">
         <v>4369</v>
-      </c>
-[...4 lines deleted...]
-        <v>4371</v>
       </c>
       <c r="G477" t="s">
         <v>1612</v>
       </c>
       <c r="H477" t="s">
         <v>1613</v>
       </c>
       <c r="I477" t="s">
         <v>1614</v>
       </c>
       <c r="J477" t="s">
         <v>24</v>
       </c>
       <c r="K477" t="s">
+        <v>4370</v>
+      </c>
+      <c r="L477" t="s">
+        <v>26</v>
+      </c>
+      <c r="M477" t="s">
+        <v>4371</v>
+      </c>
+      <c r="N477" t="s">
+        <v>28</v>
+      </c>
+      <c r="O477" t="s">
         <v>4372</v>
-      </c>
-[...10 lines deleted...]
-        <v>4374</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">