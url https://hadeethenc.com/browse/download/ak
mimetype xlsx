--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="553">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="657">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Akan
 # Source: https://hadeethenc.com/ak
-# Last update: 2025-08-14 03:21:02 (v1.10.0)
-# Check for updates: https://hadeethenc.com/en/check/ak/v1.10.0
+# Last update: 2025-10-28 03:40:15 (v1.12.0)
+# Check for updates: https://hadeethenc.com/en/check/ak/v1.12.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -112,118 +112,81 @@
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>Ɛmmom yɛbra bɔne wɔ berɛ biara mu, na ne bra mu yɛ ketee wɔ hajj berɛ mu ɛnam hajj ho amammerɛ no nti.
 Nipa biara ho nni mfomsoɔ ne bɔne biara wɔ berɛ a wɔwoo no no; na ɔnsoa afoforɔ bɔne nso mma wɔn.</t>
   </si>
   <si>
     <t>صحيح</t>
   </si>
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
     <t>[صحيح]</t>
   </si>
   <si>
     <t>[متفق عليه]</t>
   </si>
   <si>
     <t>ak</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ak/browse/hadith/2758</t>
-  </si>
-[...32 lines deleted...]
-    <t>https://hadeethenc.com/ak/browse/hadith/2997</t>
   </si>
   <si>
     <t>إذا أحب الرجل أخاه فليخبره أنه يحبه</t>
   </si>
   <si>
     <t>sɛ ɔbarima bi dɔ ne nua a, ɛwɔ sɛ ɔka kyerɛ no sɛ ɔdɔ no</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Al-Miqdam ibn Ma’di Karib(Nyankopɔn ani nnye ne ho) kaa sɛ: Ɔkɔmhyɛni (Nyankopɔn nhyira ne n’asomdwoeɛ nka no) Kaa sɛ: " sɛ ɔbarima bi dɔ ne nua a, ɛwɔ sɛ ɔka kyerɛ no sɛ ɔdɔ no"</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Ɔkɔmhyɛni(Nyankopɔn nhyira ne na’somdwoeɛ nka no) daa nneɛma a ɛhyɛ ayɔnkofa a ɛda agyidifoɔ ntam no mu kena na ɛma ɔdɔ trɛ wɔ wɔn ntam no mu baako adi: sɛ obi dɔ ne yɔnko Muslimini a, ɛwɔ sɛ ɔka kyerɛ no sɛ ɔdɔ no.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Nneyɛɛ pa a ɛwɔ mu; sɛ ɔdɔ bɛyɛ kan Nyankopɔn nti na ɛmmom ɛnyɛ wiase apɛdeɛ nti.
 Ɛfata sɛ yɛbɔ amaneɛ kyerɛ neɛ yɛdɔ no no ɛwɔ Nyame nti sɛdea ɔdɔ ne nkabɔmu no bi bɛka ho.
 Sɛ yɛbɛma ɔdɔ a ɛwɔ agyedifoɔ ntam no bɛda adi no ma agyidifoɔ anuasɛm no mu yɛ den, na ɛbɔ nkabɔmu no ho ban firi mpaepaemu ho.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
-  </si>
-[...1 lines deleted...]
-    <t>[رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ak/browse/hadith/3017</t>
   </si>
   <si>
     <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
     <t>(Montwe mo ho mfiri ade nson a ɛsɛe onipa ho</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
     <t>Abii Huraira Onyame penie nka no aka sɛ: ɔkɔmhyɛni Mohammɛd Onyame nhyira ne asomdwoe nka no kaa sɛ: (Montwe mo ho mfiri ade nson a ɛsɛe onipa ho, na asuafoɔ no kaa sɛ: Oh Allah somafoɔ! na ɛno ne deɛn?  Ɔkaa sɛ: abosomsom ne nkonyaayie, ne Nipakum a Onyame ayɛ no akyiwade gye nokware kwan so, ne nsihodie, Agyanka sikadie, ne ako mu mmirikatuo,ne adwaman nkontompo wɔ agyidifoɔ mmaa ahoteefoɔ a wɔ bɔ wɔn ho ban).</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
 رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
 خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
 سادسًا: الفرار من المعركة مع الكفار.
 سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
@@ -1581,51 +1544,51 @@
   </si>
   <si>
     <t>[رواه الترمذي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ak/browse/hadith/4811</t>
   </si>
   <si>
     <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>“Akoa bi yɛɛ bɔne na ɔkaa sɛ: O Onyankopɔn, fa me bɔne kyɛ me</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>Yɛ nya Hadis yi firi Abu Hurairata-Nyame peninee nka no nkyɛn Ɔkɔmhyɛni no, Nyankopɔn nhyira ne asomdwoe nka no, kaeɛ, firii n’Awurade hɔ, Ade Nyinaa so Tumfoɔ na Anuonyam wɔ No, sɛ Ɔkaa sɛ: “Akoa bi yɛɛ bɔne na ɔkaa sɛ: O Onyankopɔn, fa me bɔne kyɛ me. Na Onyankopɔn, Nhyira ne No, Ɔsorosoroni no kaa sɛ: M’akoa yɛɛ bɔne na wahunu sɛ ɔwɔ Awurade a Ɔde bɔne kyɛ na Ɔtumi nso twe aso wɔ bɔne ho. Afei ɔyɛɛ bɔne bio na kaa sɛ: O Awurade, fa me bɔne kyɛ me. Na Onyankopɔn, Nhyira ne No, Ɔsorosoroni no kaa sɛ: M’akoa yɛɛ bɔne, na wahunu sɛ ɔwɔ Awurade a Ɔde bɔne kyɛ na Ɔtumi nso twe aso wɔ bɔne ho. Afei ɔyɛɛ bɔne bio na ɔkaa sɛ: ‘O Awurade, fa me bɔne kyɛ me.’ Na Nyankopɔn, Nhyira ne No, Ɔsorosoroni no kaa sɛ: ‘M’akoa yɛɛ bɔne, na ɔnim sɛ ɔwɔ Awurade bi a Ɔde bɔne kyɛ na Ɔtumi nso twe aso wɔ bɔne ho. Yɛ nea wopɛ biara, na Mede akyɛ wo.</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
-    <t>KƆmwhenee-Asomdwe ne nhyira nka nu-gye feri na Awuradi SƐ ampa Akuwa se wo de bone bi ansaa na wo ka se:Nyankonpon Fa me bone kye me,Nyakonpon Kokroko ka se:M a akuwa nu ade bone na wo nyim se wo wo Wura wo de bone kye,na wo kata ne bone nu su,na wo de kye nu,anaa se wo be twe na su,Nti Me de akye wo. Afei akoa no yɛɛ bɔne bio na ɔkaa sɛ: O Awurade, fa me bɔne kyɛ me. Na Onyankopɔn kaa sɛ: M’akoa yɛɛ bɔne na wahunu sɛ ɔwɔ Awurade a Ɔde bɔne kyɛ, na  Ɔkata so na Ɔbu N’ani gu so, anaa Ɔtwe aso wɔ ho. Mede akyɛ M’akoa. Afei akoa no yɛɛ bɔne bio na ɔkaa sɛ: O Awurade, fa me bɔne kyɛ me. Na Nyankopɔn kaa sɛ: M'akoa no yɛɛ bɔne na wahunu sɛ ɔwɔ Awurade bi a Ɔde bɔne kyɛ, na Ɔkata so na Ɔbu N'ani gu so, anaase Ɔtwe aso wɔ ho. Mede akyɛ M’akoa, enti ma ɔnyɛ nea ɔpɛ biara, abere biara a ɔbɛyɛ bɔne no, ɔgyae bɔne no, na ɔnu ne ho, na ɔsi gyinaeɛ sɛ ɔrensan nkɔ mu bio, nanso ne kra di no so nkonim na ɔhwe bɔne no mu bio. Berɛ biara a ɔbɛkɔ so ayɛ bɔne na wasakra no, Mede bɛkyɛ no, efiri sɛ adwensakra pepa nea ɛdii n’anim kan no.</t>
+    <t>Ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no reka kyerɛ yɛn firi n'awurade nkyɛn sɛ: sɛ akoa bi yɛ bɔne na afei ɔka sɛ: Oh Onyankopɔn fa me bɔne kyɛ me a, Allah Okokuroko no ka sɛ: m'akoa ayɛ bɔne, ɛna wahunu sɛ ɔwɔ Owura bi a Ɔde bɔne kyɛ, na Wakata no nkyom na wabu n'ani agu so, anaasɛ watwe n'aso wɔ ho, na Me de akyɛ no. Afei akoa no yɛɛ bɔne bio na ɔkaa sɛ: O Awurade, fa me bɔne kyɛ me. Na Onyankopɔn kaa sɛ: M’akoa yɛɛ bɔne na wahunu sɛ ɔwɔ Awurade a Ɔde bɔne kyɛ, na  Ɔkata so na Ɔbu N’ani gu so, anaa Ɔtwe aso wɔ ho. Mede akyɛ M’akoa. Afei akoa no yɛɛ bɔne bio na ɔkaa sɛ: O Awurade, fa me bɔne kyɛ me. Na Nyankopɔn kaa sɛ: M'akoa no yɛɛ bɔne na wahunu sɛ ɔwɔ Awurade bi a Ɔde bɔne kyɛ, na Ɔkata so na Ɔbu N'ani gu so, anaase Ɔtwe aso wɔ ho. Mede akyɛ M’akoa, enti ma ɔnyɛ nea ɔpɛ biara, abere biara a ɔbɛyɛ bɔne no, ɔgyae bɔne no, na ɔnu ne ho, na ɔsi gyinaeɛ sɛ ɔrensan nkɔ mu bio, nanso ne kra di no so nkonim na ɔhwe bɔne no mu bio. Berɛ biara a ɔbɛkɔ so ayɛ bɔne na wasakra no, Mede bɛkyɛ no, efiri sɛ adwensakra pepa nea ɛdii n’anim kan no.</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>Onyankopɔn mmɔborohunu kɛseɛ a Ɔwɔ ma N’asomfo no so, na ɛmfa ho sɛ obi bɛyɛ bɔne anaa ɔbɛyɛ biribi no, sɛ ɔnu ne ho sakra, na ɔsan kɔ Ne nkyɛn a, Onyankopɔn bɛgye n’adwensakyera no atom.
 Obi a ɔgye Nyankopɔn Ade Nyinaa so Tumfoɔ di no wɔ anidaso wɔ n’Awurade bɔnefafirie ho na ɔsuro N’asotwe, enti ɔyɛ ntɛm sakra na ɔnkɔ so nyɛ bɔne.
 Tebea ahodoɔ a ɛbɛma obi anya nokorɛ nsakraeɛ ne: bɔne no a ɔbɛgyae, anu ne ho, na wasi ne bo sɛ ɔrensan nkɔ bɔne no mu bio. Sɛ adwensakra no yɛ bɔne a wayɛ afoforɔ wɔ sika, anidie, anaa nkwa mu a, ɛnneɛ wɔde tebea a ɛtɔ so nan ka ho, a ɛne sɛ: wobɛsrɛ nea ɔfata no bɔnefafirie, anaasɛ wode ne kyɛfa no bɛma no.
 Onyankopɔn ho nimdeɛ mfasoɔ no  na ɛma akoa no nya ne som mu nsɛm ho nimdeɛ, enti berɛ biara a ɔbɛyɛ mfomsoɔ no, ɔnu ne ho, na ɔmma n’abam mmu na ɔmfa ne ho nhyɛ mu bio.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ak/browse/hadith/4817</t>
   </si>
   <si>
     <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
   </si>
   <si>
     <t>Ampa sɛ, atɛntreneefoɔ no bɛka Nyankopɔn ho wɔ hann adwa so, wɔ Mmɔborɔhunufoɔ, Otumfoɔ no nifa so. Ne nsa mmienu no nyinaa yɛ nifa</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
   </si>
@@ -1635,81 +1598,518 @@
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
     <t>Ɔkɔmhyɛni no, Nyankopɔn nhyira ne asomdwoe nka no, bɔ yɛn amanneɛ sɛ wɔn a wɔde atɛntrenee ne nokorɛ di hene wɔ nnipa a wɔdi wɔn so, ne wɔn ahennie mu, ne wɔn mmusua ntam no bɛtena adwa a ɛkorɔn, a ɛwɔ sorosoro a wɔde hann abɔ, sɛ anuonyam ama wɔn wɔ Owusɔreɛ Da no mu. Saa adwa yi wɔ Mmɔborɔhunufoɔ, Ɔsorosoroni no nifa so, na Ne nsa mmienu nyinaa, anuonyam nka No, yɛ nifa.</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
     <t>Atɛntrenee mu mfasoɔ ne ne nkuranhyɛ.
 Atɛntrenee yɛ nea ɛfa biribiara ho na ɛfa  aman ahodoɔ so die ne amammuo ahodoɔ nyinaa wɔ nnipa mu, ɛmpo atɛntrenee a ɛda ayerenom, mma, ne nneɛma afoforɔ ntam.
 Ateneneefoɔ gyinabea ho asɛm wɔ Owusɔreɛ Da no.
 Agyidifoɔ no gyinabea bɛyɛ soronko denam sɛdeɛ wɔn nnwuma teɛ wɔ Owusɔreɛ Da no.
 Ɔkwan a wɔfa so hyɛ nkuran no yɛ akwan a wɔfa so frɛ dɔm kɔ Islam mu no mu baako a ɛhyɛ onipa a wɔrefrɛ no no nkuran sɛ ɔnyɛ setie.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ak/browse/hadith/4935</t>
   </si>
   <si>
+    <t>كل أمتي يدخلون الجنة إلا من أبى</t>
+  </si>
+  <si>
+    <t>{ M'akyidifoɔ nyina ara bɛwura soro aheman mu agye neɛ ɔbɛpo</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
+  </si>
+  <si>
+    <t>Yɛnyaa Hadisi yi firii Abu Hurayrah nkyɛn, Allah nnye no ntom, sɛ Allah somafoɔ, Allah nhyira ne n'asomdwoeɛ nka no kaa sɛ: { M'akyidifoɔ nyina ara bɛwura soro aheman mu agye neɛ ɔbɛpo, wɔkaa sɛ; oh Allah somafoɔ, na hwan na bɛpo? Ɔkaa sɛ: neɛ ɔbɛyɛ sotie ama me no bɛwura soro aheman mu, na neɛ ɔbɛte me so atua no apo (soro aheman no)}.</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
+فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
+فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
+  </si>
+  <si>
+    <t>Ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no rebɔ yɛn amaneɛ sɛ ne dɔm nyina ara bɛwura ɔsoro aheman mu agye neɛ ɔno ara bɛpo!
+Asuafoɔ no, Allah nnye wɔn ntom kaa sɛ: na hwan na bɛpo oh Allah somafoɔ?
+Ɛna ɔyii wɔn ano sɛ (Allah nhyira ne n'asomdwoeɛ nka no): obi biara a ɔbɛbrɛ ne ho ase, na wadi n'akyi, na watie somafoɔ no Allah nhyira ne n'asomdwoeɛ nka no no bɛwura ɔsoro aheman mu, na deɛ ɔbɛyɛ asoɔden na wammrɛ ne ho ase anni Islam mmrasɛm no so no, ɛneɛ na wapo sɛ ɔbɛwura ɔsoro aheman mu ɛnam ne nnwuma bɔne nti.</t>
+  </si>
+  <si>
+    <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
+طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
+بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
+شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
+  </si>
+  <si>
+    <t>Osetie ma Ɔsomafoɔ no (Nyankopɔn nhyira ne asomdwoe nka no) yɛ osetie ma Onyankopɔn, na asoɔden tia no no yɛ asoɔden tia Onyankopɔn.
+Osetie ma Ɔkɔmhyɛni (Nyankopɔn nhyira ne asomdwoe nka no) ɛde wokɔ Ɔsoro Ahemman Turo no, na asoɔden tia no no de wokɔ Egya no mu.
+Asɛmpa ma asoɔmmrɛfoɔ a wɔwɔ ɔman yi mu: wɔn nyinaa bɛkɔ  Ɔsoro Ahemman Turo no mu gye sɛ wɔn a wɔtia Onyankopɔn ne Ne Somafoɔ no.
+Mmɔborohunu a ɔwɔ ma ne man ne ɔpɛpa a na ɔwɔ sɛ ɔbɛkyerɛ wɔn kwan.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/4947</t>
+  </si>
+  <si>
     <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>Ɔbɔfoɔ gabera kɔɔ so kaa afutusɛm kyerɛɛ me wɔ neɛ te bɛn me, Kɔpim sɛ me susu sɛ Ɔbɛ di m'adeɛ</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
     <t>YƐ nya feri IBNU UMAR-Nyame peninee enka nu-ka se:KƆmwhenee-Asomdwe ne nhyira nka nu- ka se: Ɔbɔfoɔ gabera kɔɔ so kaa afutusɛm kyerɛɛ me wɔ neɛ te bɛn me, Kɔpim sɛ me susu sɛ Ɔbɛ di m'adeɛ.</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Ɔkɔmhyɛni (asomdwoeɛ ne nhyira nka no) bɔɔ amanneɛ sɛ Gabriel kɔɔ so tuu no fo mpɛn pii sɛ ɔnhwɛ n’afipamfoɔ yie, sɛ wɔyɛ Muslimifoɔ anaa wɔyɛ annye anniefoɔ, abusuafoɔ anaasɛ wɔnyɛ abusuafoɔ, denam wɔn kyɛfa a ɔbɛkora so, na ɔnyɛ wɔn bɔne, na wadɔ wɔn, na wanya abotare wɔ wɔn bɔne no ho. Ɔkɔmhyɛni (asomdwoeɛ ne nhyira nka no) susuu sɛ, ɛgyina obuo a ɔwɔ ma ofipamfoɔ no kyɛfa ne Gabriel afotuo a ɔtaa de ma no mpɛn pii no so no, adiyisɛm bi bɛba ne nkyɛn a ɛbɛma no anya adedie afiri  ne fipamfoɔ no ahonya mu wɔ ne wuo akyi.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Ofipamfo kyɛfa ho mfasoɔ ne hia a ehia sɛ wodi so.
 Kyɛfa a ofipamfo no wɔ so dua denam samanseɛ so no hwehwɛ sɛ wodi no ni, woyɛ no ayamyɛ, na wo ne no di no yie, bɔ ne ho ban firi asiane ho, kɔsra no berɛ  a ɔyare, woma no amo berɛ a n’ani agye, na woma no awerɛkyekyerɛ nsɛm berɛ a ɔwɔ ahokyerɛ mu.
 Ofipamfo no pono bɛn no ara na ne kyɛfa no nso ho rehia kɛse.
 Islam mmara no pɛyɛ a ɛwie no gyina nea ɛde ba ɔmanfoɔ yiedie mu, a nea ɛka ho ne afipamfoɔ a wɔne wɔn di no yie na wɔbɔ wɔn ho ban firi asiane ho.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ak/browse/hadith/4965</t>
+  </si>
+  <si>
+    <t>إن الرقى والتمائم والتولة شرك</t>
+  </si>
+  <si>
+    <t>Esipi sɛ nkankyeɛ, bansere ne woreyɛ obi aduro ama wadɔ wo (bɛdiankɔ) yɛ abosomsɛm</t>
+  </si>
+  <si>
+    <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
+  </si>
+  <si>
+    <t>Yɛnyaa hadisi yi firii Abdullah bin Mas'ud nkyɛn, Allah nnye no ntom ɔkaa sɛ, metee sɛ Allah somafoɔ; Allah nhyira ne n'asomdwoeɛ nka no reka sɛ: &lt;&lt;Esipi sɛ nkankyeɛ, bansere ne woreyɛ obi aduro ama wadɔ wo (bɛdiankɔ) yɛ abosomsɛm&gt;&gt;.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
+أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
+ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
+ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
+فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
+أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
+  </si>
+  <si>
+    <t>Ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no rekyerɛ nneɛma bi a ne yɛ yɛ abosomsɛm mu akyerɛ yɛn, na ɛmu bi ne:
+Neɛ edi kan: Arruqaa (Nkankyeɛ): ɛyɛ nsɛmfua a bi na wɔka no abagyimi berɛ no de hwehwɛ ayaresa a abosomsɛm bi wɔ mu.
+Neɛ ɛtɔ so mmienu: Attamaa-im (Bansere): neɛ wɔde tɔma ne neɛ ɛkeka ho ayɛ a wɔde san mmɔfra ne mmoa ne neɛ ɛkeka ho ho sɛ ɛbɛbɔ wɔn ho ban afiri ani bɔne ho.
+Neɛ ɛtɔ so mmiɛnsa: Attiwala (bɛdiankɔ) a wɔyɛ sɛ ɔbɛma obi adɔ obi.
+Saa nneyɛɛ yinom ka abosomsom, ɛfiri sɛ wɔ mu no woreyɛ biribi nnyinasoɔ, na ɛno nso a ɛnni nnyinasosɛm pɔtee bi a mmrasɛm no si so dua, anaa anisoɔ nnyinasosɛm bi a nsɔhwɛ asi so dua. Na mmom mmrasɛm nyinasosɛm bi te sɛ Kur'ani akenkan anaasɛ anisoɔ nnyinasosɛm te sɛ ayaresa a ɔnam nsɔhwɛ so asi so dua no, wɔma ho kwan sɛ wogye di sɛ ɛyɛ nnyinasosɛm, na mfasoɔ ne ɔhaw hyɛ Allah nsam.</t>
+  </si>
+  <si>
+    <t>صيانة التوحيد والعقيدة عما يُخِلُّ بها.
+تحريم استعمال الرقى الشركية والتمائم والتولة.
+اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
+التحذير من فعل الأسباب الشركية والمحرمة.
+تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
+ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
+الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
+  </si>
+  <si>
+    <t>Worekora gyedie ne nyamekoro som no afiri ade biara a ɛbɛma wapene so atoto n'ase ho.
+Bra a wabra nkankyeɛ a ɛyɛ abosomsom, bansere ne woreyɛ obi aduro sɛneɛ ɔbɛdɔ wo.
+Sɛ onipa bɛnya gyedie wɔ ade mmiɛnsa yi mu sɛ ɛwɔ nnyinasosɛm no yɛ abosomsɛm ketewa, ɛfiri sɛ wama adeɛ a ɛnni nnyinasosɛm nnyinasoɔ, na mmom sɛ ɔnya gyedie sɛ ɛtumi ma mfasoɔ  ne ɔhaw bi a, ɛno yɛ abosomsom kɛseɛ.
+Kɔkɔbɔ ɛfa obibiara a ɔbɛfa abosomsɛm akwan ne nneɛma a wabra no so.
+Bra a wabra nkankyeɛ ɔde pɛ ayaresa agye neɛ Islam mmrasɛm no ma ho kwan.
+Ɛfata sɛ wode w'akoma bata Allah nko ara ho, ɛfiri sɛ Ɔno nko ara nkyɛn na ɔhaw ne mfasoɔ wɔ, ɛno nti papa biara mma agye No nkyɛn, na obi nsi ɔhaw bi ano kwan agye Allah Okokuroko no.
+Nkankyeɛ a ɔdepɛ ayaresa a ɔpene so no gyina nneɛma mmiɛnsa yi so: 1. Sɛ wobɛgye adi sɛ ɛyɛ nnyinasoɔ kɛkɛ na ɛmmoa agye Allah pene so. 2. Ɛsɛsɛ ɛyɛ Kur'ani mu nsɛm anaa Allah din ne abodin ahodoɔ no bi, anaa akɔmhyɛfoɔ mpaeɛ ne mpaeɛ a ɛfiri Islam mmrasɛm no mu. 3. Ɛsɛsɛ ɛyɛ kasa a nteaseɛ wɔ mu na mmom ɛnyɛ nkonyaayisɛm ne abyisɛm biara.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود وابن ماجه وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/5273</t>
+  </si>
+  <si>
+    <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
+  </si>
+  <si>
+    <t>Monim neɛ wɔfrɛ no kɔnkɔnsa?, wɔkaa sɛ: Allah ne no somafoɔ na nim, wɔkaa sɛ: &lt;&lt;woreka wo nua bi ho asɛm a ɔkyiri</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
+  </si>
+  <si>
+    <t>Yɛnyaa Hadisi yi firii Abu Hurayrah nkyɛn, Allah nnye no ntom, sɛ Allah somafoɔ, Allah nhyira ne n'asomdwoeɛ nka no kaa sɛ: &lt;&lt;Monim neɛ wɔfrɛ no kɔnkɔnsa?, wɔkaa sɛ: Allah ne no somafoɔ na nim, wɔkaa sɛ: &lt;&lt;woreka wo nua bi ho asɛm a ɔkyiri&gt;&gt;, wɔkaa sɛ: sɛ ɛkɔ ba sɛ neɛ mereka no yɛ nokware ɛɛ? Ɔkaa sɛ: sɛdeɛ woreka no yɛ nokware a, ɛneɛ  na wadi no ho nkɔnkɔnsa, sɛ ɛnyɛ nokware nso a, na  watwitwa ne nantini&gt;&gt;.</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
+وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
+  </si>
+  <si>
+    <t>Ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no rekyerɛkyerɛ sɛdeɛ wabra kɔnkɔnsa ankasa, na ɛne sɛ woreka muslimini bi a ɔnni hɔ akyiriasɛm a ɔmpɛ, sɛ ɛyɛ ne bɔbea anaa ne suban bi, sɛ ebia: anikyew, ɔsisifoɔ, nkontomponi ne suban bɔne a ɛkeka ho, ɛmpo sɛ ɔwɔ saa suban no mu a.
+Na mmom sɛdeɛ woreka no nnim a, ɛneɛ na wei ano yɛ den sene kɔnkɔnsa, ɛno yɛ nantinitwitwa, kyerɛ sɛ woreka asɛm bi ato onipa bi so a ɛnni mu.</t>
+  </si>
+  <si>
+    <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
+حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
+قول المسؤول عن ما لا يعلمه: الله أعلم.
+صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
+الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>Ɔkwan pa a ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no fa so kyerɛ adeɛ, sɛneɛ ɔbisa nsɛm bi wɔ nsɛmmisa kwan so.
+Obuo a na asuafoɔ no wɔ ma ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no, wɔ berɛ a wɔkaa sɛ: Allah ne No somafoɔ nko ara na nim.
+Sɛ woreka sɛ 'Allah na nim' berɛ a wabisa wo biribi a wonni ho nimdeɛ.
+Sɛdeɛ Islam mmrasɛm no nam kyɛfa ne anuadɔ ɛwɔ yɛn ntam rebɔ yɛn mpatamu ho ban.
+Yɛabra kɔnkɔnsa agye wɔ tebea ahodoɔ bi mu a ɛfata; na ɛmu bi ne: woresi asisie bi ho kwan, wɔ berɛ a deɛ yɛasisi no a ɔrentumi nnye no kyɛfa no reka akyerɛ obi a ɔbɛtumi agye no kyɛfa ama no, na waka sɛ: asomasi asisi me, anaa wayɛ me sɛi, na ebi nso ne sɛ: worehwehwɛ adwenkyerɛ wɔ awareɛ, ayɔnkofa ne fipam mu, ne deɛ ɛtete saa.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/5326</t>
+  </si>
+  <si>
+    <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
+  </si>
+  <si>
+    <t>《Oh Onyankopɔn! neɛ ɔbɛdi me dɔm yi anim wɔ wɔn dwumadie bi mu na wayɛ nneɛma mu den ama wɔn no; ma nneɛma mu ɛnyɛ den ma no, na obi a ɔbɛdi me dɔm yi anim na wama nneɛma mu ayɛ mmrɛ ama wɔn no ma nneɛma mu nyɛ mmrɛ ma no》</t>
+  </si>
+  <si>
+    <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
+  </si>
+  <si>
+    <t>Yɛnyaa hadisi yi firii Aisha nkyɛn, (Allah nnye no ntom) ɔkaa sɛ: mete firii Allah somafoɔ no nkyɛn (Allah nhyira ne n'asomdwoeɛ nka no) sɛ ɔreka wɔ me fie ha sɛ: 《Oh Onyankopɔn! neɛ ɔbɛdi me dɔm yi anim wɔ wɔn dwumadie bi mu na wayɛ nneɛma mu den ama wɔn no; ma nneɛma mu ɛnyɛ den ma no, na obi a ɔbɛdi me dɔm yi anim na wama nneɛma mu ayɛ mmrɛ ama wɔn no ma nneɛma mu nyɛ mmrɛ ma no》.</t>
+  </si>
+  <si>
+    <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
+وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
+  </si>
+  <si>
+    <t>Allah somafoɔ (Allah nhyira ne n'asomdwoeɛ nka no) abɔ mpaeɛ atia obibiara a wɔde muslimifoɔ dwumadie bi ahyɛ ne nsa, sɛ ɛyɛ ketewa anaa kɛseɛ, sɛ ɛyɛ dibea mua anaa ɔfa bi, na ahokyerɛ bɛba wɔn so na wanyɛ nneɛma mu mmrɛ ama wɔn no, sɛ Allah Okokuroko mfa ne dwumadie so akatua ma no; Ɔnyɛ nneɛma mu den ma no.
+Na deɛ ɔbɛdwo na wayɛ nneɛma mu mmrɛ ama wɔn no, Allah nnwo ma no na Ɔnyɛ ne nneɛma mu mmrɛ ma no.</t>
+  </si>
+  <si>
+    <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
+الجزاء من جنس العمل.
+ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
+  </si>
+  <si>
+    <t>Ɛyɛ nhyɛ sɛ obibiara a ɔdi muslimifoɔ dwumadie bi so no yɛ nneɛma mu mmrɛ ma wɔn sɛneɛ ɔbɛtumi biara.
+Dwuma a wobɛdi no ɛso akatua na wobɛnya.
+Nsania a ɛkyerɛ neɛ ɛyɛ ahodwoɔ ne ahokyerɛ ne neɛ ɛne Kur'ani ne Sunna (Ɔkɔmhyɛni akwan) mmɔ abira.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/5330</t>
+  </si>
+  <si>
+    <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
+  </si>
+  <si>
+    <t>Mmranteɛ (Nnipa) no bi wɔ hɔ a wɔde wɔn ho hyɛ Allah ahonyadeɛ mu a ɛnyɛ kwan pa so, na wɔnom wɔ ogya dareɛ mu atemmuada no</t>
+  </si>
+  <si>
+    <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
+  </si>
+  <si>
+    <t>Yɛnyaa hadisi yi firii Khawlatul Al Ansariyyat nkyɛn Allah nnye no ntom, ɔkaa sɛ; "metee sɛ ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no reka sɛ: &lt;&lt;Mmranteɛ (Nnipa) no bi wɔ hɔ a wɔde wɔn ho hyɛ Allah ahonyadeɛ mu a ɛnyɛ kwan pa so, na wɔnom wɔ ogya dareɛ mu atemmuada no&gt;&gt;.</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
+ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no rebɔ yɛn amaneɛ sɛ nnipa nom bi wɔ hɔ a wɔhye Muslimifoɔ ahonyadeɛ wɔ kwan bɔnee so, ɛna wɔfa bi a ɛnyɛ kwan pa so, na wei yɛ asɛmfua prɛkopɛ ma ahonyadeɛ ɛfa sɛneɛ wobɛboa ano ne sɛneɛ wode bɛdi dwuma wɔ akwan a ɛnyɛ papa so, na woresɛe no wɔ ɔkwan bɔne so, na sɛ woredi nnyanka sika hyɛ mu bi, ne woredi nnyapadeɛ sika, ne worepo sɛ ahwɛsodeɛ bi wɔ wo nkyɛn, ne woreyi sika afiri amansan fotoɔ mu a ɛnyɛ kwan pa so.
+Afei ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no bɔɔ yɛn amaneɛ sɛ wɔn akatua yɛ ogya dareɛ mu owusɔreɛ da no.</t>
+  </si>
+  <si>
+    <t>المال الذي بأيدي الناس هو مال الله، استَخْلَفَهم عليه لينفقوه بالطرق المشروعة، ويجتنبوا التصرف فيه بالباطل، وهذا عامٌّ في الولاة وغيرهم من سائر الناس.
+تشديد الشرع في المال العام،  وأنه من ولي منه شيئًا فإنه سيحاسب يوم القيامة على جِبَايَتِه وإنفاقه.
+يدخل في هذا الوعيد مَن يتصرَّفُ تصرُّفًا غير شرعي في المال سواء كان ماله أو مال غيره.</t>
+  </si>
+  <si>
+    <t>Sika a ɛwɔ amanfoɔ nsa mu yɛ Allah sika na ɔde ahyɛ wɔn nsa sɛ wɔmfa nni dwuma wɔ mmara kwan so, na wɔntwe wɔn ho sɛ ɔbɛsɛe no kwan bɔne so, na wei kɔ ma akannifoɔ ne nnipa a aka nyina ara.
+Mmara katee a ɛfa amansan sika ho, sɛ neɛ ɔhwɛ biribiara so wɔ mu no bɛbu ho akonta owusɔreɛ da no wɔ kwan a ɔfaa so boa ano ne ɔkwan a ɔde dii dwuma.
+Neɛ ɔsɛe sika wɔ ɔkwan a ɛnyɛ mmara kwan so no, sɛ ɛyɛ ne sika anaasɛ obi sika hyɛ saa kɔkɔbɔ yi ase bi.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/5331</t>
+  </si>
+  <si>
+    <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
+  </si>
+  <si>
+    <t>Akoa biara nni hɔ a Allah de nkrɔfoɔ binom bɛhyɛ ne nsa, na wawu wɔ berɛ a ɔyɛ sisifoɔ wɔ ne nkrɔfoɔ no so, agye Allah ayɛ ɔsoro aheman mu akyiwadeɛ ama no</t>
+  </si>
+  <si>
+    <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
+  </si>
+  <si>
+    <t>Yɛnyaa hadisi yi firii Mu'aqqil bin Yasaar Al-Muzniyu nkyɛn Allah nnye no ntom, ɔkaa sɛ: metee sɛ Allah somafoɔ, Allah nhyira ne n'asomdwoeɛ nka no, reka sɛ: &lt;&lt;Akoa biara nni hɔ a Allah de nkrɔfoɔ binom bɛhyɛ ne nsa, na wawu wɔ berɛ a ɔyɛ sisifoɔ wɔ ne nkrɔfoɔ no so, agye Allah ayɛ ɔsoro aheman mu akyiwadeɛ ama no&gt;&gt;.</t>
+  </si>
+  <si>
+    <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
+  </si>
+  <si>
+    <t>Ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no rebɔ yɛn amaneɛ sɛ, obibiara a Allah ayɛ no kannini a amanfoɔ hyɛ n'ase no, sɛ ɛyɛ okannini prɛkopɛ tesɛ ɔhene anaasɛ okannini titiriw te sɛ ɔbarima bi wɔ ne fie mu anaasɛ ɔbaa bi wɔ ne fie mu, obi a ɔbɛtɔ sini wɔ n'asodie a ɛsɛ sɛ ɔyɛ ma n'asefoɔ no, na wasisi wɔn na wanni nokware ama wɔn no, na wadi wɔn hwammɔ wɔ wɔn kyɛfa mu wɔ ɔsom ne wiase afa mu, ɛneɛ na saa su no fata asotwee a ano yɛ den.</t>
+  </si>
+  <si>
+    <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
+الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
+عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
+  </si>
+  <si>
+    <t>Saa kɔkɔbɔ yi nkɔ mma akannifoɔ akɛseɛ ne wɔn ananmusifoɔ nko ara, na mmom ɛkɔ ma obiara a Allah de asodie bi ama no.
+Ɛyɛ nhyɛ ma obibiara a ɔdi biribi so wɔ muslimifoɔ asetena mu sɛ ɔdi nokware ma wɔn, na ɔbɔ ne ho mmɔden wɔ nneɛma a ɔrehwɛ so no so, na ɔnhwɛ na wanni wɔn hwammɔ.
+Asɛde kɛseɛ a ɛda obi a  wɔde asodie bi ahyɛ ne nsa, sɛ ɛyɛ akannie prɛkopɛ anaasɛ titiriw bi, kɛseɛ anaasɛ ketewa.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/5335</t>
+  </si>
+  <si>
+    <t>كل معروف صدقة</t>
+  </si>
+  <si>
+    <t>Dwumadi pa biara yɛ adɔeɛ (sadaqa)</t>
+  </si>
+  <si>
+    <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>470. Yɛnyaa hadisi yi firii Jabir bin Abdullah nkyɛn Allah nnye wɔn ntom, sɛ ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no kaa sɛ: &lt;&lt; Dwumadi pa biara yɛ adɔeɛ (sadaqa)&gt;&gt;.</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
+  </si>
+  <si>
+    <t>Ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no rebɔ yɛn amaneɛ sɛ papa biara ne mmoa biara wobɛyɛ afoforɔ no, sɛ ɛyɛ kasa anaa nneyɛɛ bi bɛyɛ adɔeɛ (sadaqa), na akatua ne nhyira wɔ mu.</t>
+  </si>
+  <si>
+    <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
+فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
+عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
+  </si>
+  <si>
+    <t>Adɔeɛ (sadaqa) nnyɛ neɛ obi yi firi ne sika mu nko ara, na mmom ɛyɛ papa biara a onipa bi reyɛ anaa ɔreka akyerɛ afoforɔ.
+Ɛrehyɛ yɛn nkuran sɛ yɛyɛ papa ne ade biara a mfasoɔ wɔ mu ma afoforɔ.
+Mɛmmu papa biara animtia, sɛ ne yɔ yɛ mmrɛ anaa ketewa mpo  a."</t>
+  </si>
+  <si>
+    <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
+  </si>
+  <si>
+    <t>[رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/5346</t>
+  </si>
+  <si>
+    <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
+  </si>
+  <si>
+    <t>《Mɛmmu papa biara animtia, mpo sɛ wo nua na worete w'anim akyea no kɛkɛ a》</t>
+  </si>
+  <si>
+    <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
+  </si>
+  <si>
+    <t>Yɛnyaa hadisi yi firii Abu Dhar nkyɛn Allah nnye no ntom ɔkaa sɛ, ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no ka kyerɛɛ me sɛɛ: 《Mɛmmu papa biara animtia, mpo sɛ wo nua na worete w'anim akyea no kɛkɛ a》.</t>
+  </si>
+  <si>
+    <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
+  </si>
+  <si>
+    <t>Ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no rehyɛ yɛn nkuran wɔ papa yɔ ho, na mma ɔmmu no animtia mpo sɛ ɛsua a, na ɛmu bi ne sɛ worete w'anim berɛ worehyia obi, na ɛfata sɛ muslimini bɔ mmɔden wɔ ho, esiane sɛ ɛde ahotɔ ne anigyeɛ brɛ ne nua muslimini.</t>
+  </si>
+  <si>
+    <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
+كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
+الحث على فعل المعروف وإن قَلَّ.
+استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
+  </si>
+  <si>
+    <t>Mfasoɔ a ɛwɔ adɔeɛ a ɛwɔ muslimifoɔ ntam, ne anwenwene ne animteɛ berɛ a worehyia obi.
+Sɛneɛ Islam mmrasɛm no hyɛ ma na biribiara wɔ mu, na ɛde biribiara a ɛbɛsiesie muslimifoɔ ntam na aka wɔn abɔ mu baaɛ.
+Nkuranhyɛ a ɛwɔ papayɔ mu mpo sɛ ɛsua a.
+Ɔpɛ a ɔpɛ sɛ wode anigyeɛ brɛ muslimifoɔ, esiane sɛ ɛnam ɛno so de nkabom ba wɔn ntɛm.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/5348</t>
+  </si>
+  <si>
+    <t>ليس الشديد بالصرعة، إنما الشديد الذي يملك نفسه عند الغضب</t>
+  </si>
+  <si>
+    <t>Ɛnyɛ ɔhoɔdenfoɔ ne deɛ ɔboro ne yɔnko wɔ ntɔkwa mu na mmom ɔhoɔdenfoɔ ne deɛ ɔtumi hyɛ ne ho so wɔ abufuo berɛ mu</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ».</t>
+  </si>
+  <si>
+    <t>Yɛnyaa Hadisi yi firii Abu Hurayrah nkyɛn, Allah nnye no ntom, sɛ Allah somafoɔ, Allah nhyira ne n'asomdwoeɛ nka no kaa sɛ: &lt;&lt; Ɛnyɛ ɔhoɔdenfoɔ ne deɛ ɔboro ne yɔnko wɔ ntɔkwa mu na mmom ɔhoɔdenfoɔ ne deɛ ɔtumi hyɛ ne ho so wɔ abufuo berɛ mu&gt;&gt;.</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ القوةَ الحقيقيةَ ليست قوةَ الجَسَد، أو الذي يَصْرَعُ غيرَه من الأقوياء، وإنما القويُّ الشديدُ هو الذي جاهَدَ نفسَه وقَهَرَها حينما يَشتدُّ به الغضبُ؛ لأنَّ هذا يدل على قوّة تَمَكُّنِهِ من نفسه وتَغَلُّبِه على الشيطان.</t>
+  </si>
+  <si>
+    <t>Ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no rekyerɛ yɛn mu sɛ, esipi sɛ ahoɔden ankasa nyɛ honam mu ahoɔden, anaasɛ deɛ ɔne n'afɛfoɔ ahoɔdenfoɔ di aperepereɛ, na mmom ɔhoɔdenfoɔ ne deɛ wako atia ne kra na wabrɛ no ase wɔ berɛ a abufuo ahyɛ no so, ɛfiri sɛ wei kyerɛ ahohyɛsoɔ a ɛmu yɛ den wɔ ne kra so ɛne nkonim a wadi wɔ ɔbonsam so.</t>
+  </si>
+  <si>
+    <t>فضيلة الحِلْم وضَبْط النفس عند الغضب، وأنه من الأعمال الصالحة التي حَثَّ عليها الإسلام.
+مجاهدة النفس عند الغضب أشدُّ من مجاهدة العدو.
+تغيير الإسلام لمفهوم القوة الجاهلي إلى أخلاق كريمة، فأشد الناس قوّة هو مَن مَلَكَ زِمَام نفسِه.
+الابتعاد عن الغضب؛ لما يسبِّبُه من الأضرار على الأفراد والمجتمع.</t>
+  </si>
+  <si>
+    <t>Suban pa ho mfaso ne sɛ worehyɛ wo ho so berɛ a wo bo afu, na ɛsipi sɛ nneyɛɛ pa a Islamsom hyɛ yɛn ho nkuran.
+Worehyɛ wo ho so abufuo berɛ mu ɛyɛ den sene sɛ woreko atia atamfo.
+Nsakraeɛ a Islamsom de aba fa abagyimi berɛ nteaseɛ a wɔwɔ fa ahoɔden ho ɛkɔ suban pa ho, na deɛ ne ho yɛ den pa ara ne deɛ wahyɛ ne ho so.
+Woretwe wo ho afiri abufuo ho, esiane ɔhaw a ɛde brɛ ankorɛankorɛ ne asafo nyina ara.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/5351</t>
+  </si>
+  <si>
+    <t>من تشبه بقوم فهو منهم</t>
+  </si>
+  <si>
+    <t>Obibiara a ɔbɛsuasua nkrɔfoɔ binom no ka wɔnom ho</t>
+  </si>
+  <si>
+    <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
+  </si>
+  <si>
+    <t>Yɛnyaa hadisi yi firii Ibn Umar nkyɛn Allah nnye wɔn ntom ɔkaa sɛ, Allah somafoɔ, Allah nhyira ne n'asomdwoeɛ nka no ɔkaa sɛ: &lt;&lt;Obibiara a ɔbɛsuasua nkrɔfoɔ binom no ka wɔnom ho&gt;&gt;.</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَشَبَّهَ بقومٍ من الكفارِ أو الفُسَّاق أو الصالحين -وذلك بأنْ يَفعَلَ شيئًا من خصائصِهم من العقائد أو العبادات أو العادات- فهو منهم؛ لأنَّ التَّشَبُّهَ بهم في الظاهر يؤدِّي إلى التشبه بهم في الباطن، ولا شك أنَّ التشبهَ بالقوم ناتجٌ عن إعجاب، وقد يؤدِّي إلى محبتهم وتعظيمهم والركون إليهم، وهذا قد يَجرُّ المرءَ إلى أنْ يتشبه بهم حتى في الباطن والعبادة -والعياذ بالله-.</t>
+  </si>
+  <si>
+    <t>Ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no rebɔ yɛn amaneɛ sɛ obibiara a ɔbɛsuasua nkrɔfoɔ binom wɔ annyeanniefoɔ, anaa ɔbrasɛeɛfoɔ anaa apapafoɔ bi - ɛne sɛ ɔreyɛ biribi a ɛyɛ wɔn gyedie su bi, anaa wɔn nyamesom bi, anaa wɔn amammerɛ bi- na ɔka wɔn ho; ɛfiri sɛ woresuasua wɔnom apueɛ (honam) mu no kyerɛ sɛ woresuasua wɔnom wɔ kokoam mu (akoma) mu, na akyinnyeɛ biara nni mu sɛ woresuasua nkrɔfoɔ binom firi w'ani a ɛgye wɔn ho nti, na ɛbetumi ama wadɔ wɔn, na wakrɔn wɔn, na wode wo ho ato wɔn so, na wei kyerɛ sɛ onipa bi betumi asuasua nkrɔfoɔ binom wɔ kokoam mu ne nyamesom mu- Allah mpa nnwu.</t>
+  </si>
+  <si>
+    <t>التحذير من التشبُّه بالكفار والفساق.
+الحث على التشبه بالصالحين والاقتداء بهم.
+التشبه في الظاهر يورث المحبة في الباطن.
+يَنالُ الإنسان من الوعيد والإثم بحسب التشبه ونوعه.
+النهي عن التشبه بالكفار في دينهم وفي عاداتهم المختصة بهم، أما ما لم يكن كذلك كتعلُّم الصناعات ونحوها فلا يدخل في النهي.</t>
+  </si>
+  <si>
+    <t>Ɔrebɔ yɛn kɔkɔ sɛ yɛbɛsuasua annyeanniefoɔ ne ɔbrasɛeɛfoɔ.
+Ɔrehyɛ yɛn nkuran sɛ yɛbɛsuasua apapafoɔ na yɛdi wɔn akyi.
+Woresuasua nkrɔfoɔ binom anisoɔ ma wonya ɔdɔ bi akoma mu.
+Onipa bi bɔne ne n'asotwee gyina sɛneɛ ɔsuasua nkrɔfoɔ binom ne adeɛ a ɔresuasua no so.
+Ɔbra yɛn sɛ yɛbɛsuasua annyeanniefoɔ wɔ wɔn som mu ne amammerɛ bi a ɛyɛ wɔn deɛ pɔtee, na mmom deɛ ɛnte saa te sɛ nsaano dwuma bi ne deɛ ɛkeka ho no nka deɛ wabra no ho.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/5353</t>
+  </si>
+  <si>
+    <t>من دل على خير فله مثل أجر فاعله</t>
+  </si>
+  <si>
+    <t>Neɛ ɔbɛkyerɛ obi papa kwan no, ɔno nso wɔ nhyira te sɛ deɛ ɔreyɛ papa no</t>
+  </si>
+  <si>
+    <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
+  </si>
+  <si>
+    <t>Yɛnyaa hadisi yi firii Abii Mas'ud Al Ansari nkyɛn Allah nnye no ntom ɔkaa sɛ: Abranteɛ bi baa ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no nkyɛn, na ɔkaa sɛ: makɔ ahohia mu nti fa me, na  ɔkaa sɛ: &lt;&lt;menni bi&gt;&gt;, na abranteɛ bi kaa sɛ: oh Allah somafoɔ, merekɔkyerɛ no obi a ɔbɛtumi af no, na Allah somafoɔ Allah nhyira ne n'asomdwoeɛ nka no kaa sɛ: &lt;&lt;Neɛ ɔbɛkyerɛ obi papa kwan no, ɔno nso wɔ nhyira te sɛ deɛ ɔreyɛ papa no&gt;&gt;</t>
+  </si>
+  <si>
+    <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
+  </si>
+  <si>
+    <t>Abranteɛ bi baa ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no nkyɛn, na ɔkaa sɛ: m'aboa a meforo awu, nti fa me wɔ w'aboa so fa me kɔ, ɛna ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no srɛɛ no sɛ ɔnni aboa biara a ɔbɛtumi de afa no, ɛna abranteɛ bi a na ɔbɛn hɔ kaa sɛ: oh Allah somafoɔ, mɛkyerɛ no obi a ɔbɛtumi afa no, ɛna Allah somafoɔ Allah nhyira ne n'asomdwoeɛ nka no kaa sɛ ɔno nso wɔ papa no ho nhyira, ɛfiri sɛ wakyerɛ neɛ wakɔ ahohiahia mu akɔ ne nkyɛn.</t>
+  </si>
+  <si>
+    <t>الحث على الدلالة على الخير.
+الحضُّ على فعل الخير من أسباب تَكَافُل المجتمع المسلم وتكامله.
+سَعَة فضل الله تعالى.
+الحديث قاعدة عامة فيدخل فيه كلُّ أعمال الخير.
+الإنسان إذا لم يتمكَّن مِن تحقيق رغبة السائل، فإنه يَدُلُّه على غيره.</t>
+  </si>
+  <si>
+    <t>Ɔrehyɛ yɛn nkuran sɛ yɛbɛkyerɛ afoforɔ papa kwan.
+Worekyerɛ afoforɔ papa kwan ka nneɛma a ɛde koroyɛ ne nkabom ba muslimifoɔ mpata mu.
+Sɛneɛ Allah Okokuroko n'adom trɛ.
+Hadisi no yɛ adwuma wɔ biribiara mu, nti dwumadi pa biara hyɛ mu bi.
+Sɛ onipa bi antumi anyɛ obisafoɔ bi adesrɛdeɛ amma no a, na ɛsɛsɛ ɔkyerɛ no obi foforɔ nkyɛn.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/5354</t>
+  </si>
+  <si>
+    <t>لا تسبوا الأموات، فإنهم قد أفضوا إلى ما قدموا</t>
+  </si>
+  <si>
+    <t>Mma ndidi awufoɔ atɛm, ɛfiri sɛ wɔaduru (dwumadie) wɔde too wɔn anim ho dada</t>
+  </si>
+  <si>
+    <t>عن عائشة رضي الله عنها قالت: قال النبي صلى الله عليه وسلم: «لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا».</t>
+  </si>
+  <si>
+    <t>Yɛnyaa hadisi yi firii Aisha nkyɛn Allah nnye no ntom, ɔkaa sɛ: ɔkɔmhyɛni -Allah nhyira ne n’asomdwoeɛ nka no- kaa sɛ: &lt;&lt; Mma ndidi awufoɔ atɛm, ɛfiri sɛ wɔaduru (dwumadie) wɔde too wɔn anim ho dada&gt;&gt;.</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حُرْمةَ سبِّ الأموات والوقوع في أعراضهم، وأنَّ هذا من مَسَاوِئ الأخلاق، فإنهم وَصَلُوا إلى ما قدَّموه من أعمال صالحة أو طالحة، وكما أنّ هذا السبَّ لا يبلغهم فإنّه إنما يؤذي الأحياء.</t>
+  </si>
+  <si>
+    <t>Ɔkɔmhyɛni Allah nhyira ne n’asomdwoeɛ nka no rekyerɛ yɛn bra a wabra sɛ yɛdome awufoɔ na yɛreko atia wɔn annimuonyam, na wei yɛ sintɔ wɔ suban mu, ɛfiri sɛ wɔn aduru neɛ wɔn de too wɔn anim ho dada sɛ ɛyɛ papa anaa bɔne, na sɛneɛ saa nnome yi nnuru wɔn nkyɛn no neɛ ɛyɛ a ne sɛ ɛha ateasefoɔ no.</t>
+  </si>
+  <si>
+    <t>الحديث دليل على تحريم سب الأموات.
+ترك سب الأموات فيه مراعاة لمصلحة الأحياء، والحفاظ على سلامة المجتمع من التشاحن والتباغض.
+الحكمة من النهي عن سبهم أنهم وصلوا إلى ما قدموا فلا ينفع سبهم، وفيه إيذاء لأقاربه الأحياء.
+أنه لا ينبغي للإنسان أن يقول ما لا مصلحة فيه.</t>
+  </si>
+  <si>
+    <t>Hadisi yi yɛ nnyinasoɔ ma bra a wabra sɛ yɛdome awufoɔ.
+Sɛ yɛregyae sɛ yɛredome awufoɔ wɔ mfasoɔ ma ateasefoɔ yiedie ho, na ɛbɔ asomdwoeɛ ɛwɔ yɛn mpatamu ho ban firi ntawantawa ne ɔtan ho.
+Nyansasua a ɛwɔ bra a wabra sɛ wɔdome awufoɔ no ne sɛ wɔn aduru neɛ wɔde too wɔn anim ho (wɔn nnwumadie) nti nnome wobɛdome wɔn nni mfasoɔ biara wɔ wɔn so, na mmom ɔhaw wɔ mu ma n’abusuafoɔ ne ateasefoɔ no.
+Na mfata sɛ onipa bɛka neɛ ɛmfa yiedie biara mma.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/5364</t>
   </si>
   <si>
     <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>Obiara wo ye Gyedie de ma Nyame ne Atamuada da nu,na wo ka nokware anaa se wo ye koum</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>Hadiis a yɛnya afiri Abu Huraira ho Onyame npenie nka nɔ nokware ɔkomhyani Mohammɛd Onyame asomdwie nka nɔ akasɛ: "Obiara wo ye Gyedie de ma Nyame ne Atamuada da nu,na wo ka nokware anaa se wo ye koum,Obiara wo ye Gyedie de ma Nyame ne Atamuada da nu wo fa nidiye ma na asetena ahokanee,nea wo be ye gyedi ne Atamuada da wo fa bu ne nidiye emma na Hohowo".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>Ɔkɔmhyɛni (Nyankopɔn nhyira ne asomdwoe nka no) kyerɛkyerɛɛ mu sɛ akoa a ɔgye Nyankopɔn die ne Awieeɛ Da no a ɔbɛsan akɔ no, na emu na ɔbɛnya ne nnwuma so akatua no, ɛkanyan ne gyidie ma ɔyɛ su ahodoɔ a ɛdidi soɔ yi:
 Nea edi kan: Kasa pa, te sɛ Onyankopɔn anuonyamhyɛ ne Onyankopɔn baakoyɛ a wɔka ho asɛm,Na ɔbɛhyɛ ma wɔayɛ papa, Na ɔbɛbara nea ɛnyɛ, ne nnipa a ɔbɛsiesie wɔn ntam. Sɛ wantumi anyɛ saa a, ɛnneɛ ɛsɛ sɛ ɔyɛ komm, na ma ɔnha afoforɔ, na ɔmmɔ ne tɛkrɛma ho ban.
 Nea ɛtɔ so mmienu: Obi afipamfoɔ a ɔbɛdi wɔn nni, te sɛ ayamyɛ a ɔbɛyɛ wɔn na ɔnyɛ wɔn bɔne.
 Nea ɛtɔ so mmiɛnsa: Ɔhɔhoɔ bi a ɔbɛba abɛsra wo a wobɛdi no nni, denam kasa pa a wobɛka, aduane a wode bɛma, ne nea ɛtete saa so.</t>
   </si>
@@ -1884,51 +2284,52 @@
     <t>الحياء من الإيمان</t>
   </si>
   <si>
     <t>fɛreɛ ka gyedie ho</t>
   </si>
   <si>
     <t>عن عبد الله بن عمر رضي الله عنهما قال: سَمِعَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلًا يَعِظُ أَخَاهُ فِي الْحَيَاءِ، فَقَالَ: «الْحَيَاءُ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Yɛnyaa Hadisi yi firii Abdullah bin Umar nkyɛn Allah nnye wɔnom ntom, ɔkaa sɛ: Ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no tee sɛ abranteɛ bi retu onua fo ɛfa fɛreɛ ho, na ɔkaa sɛ: &lt;&lt;fɛreɛ ka gyedie ho&gt;&gt;.</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
 والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no tee sɛ abranteɛ bi retu onua fo sɛ ɔnnyae fɛreɛ pii no, ɛna ɔkyerɛɛ mu kyerɛɛ no sɛ: esipi sɛ fɛreɛ ka gyedie ho, na esipi sɛ ɛmfa biribiara mma gyesɛ papa nko ara.
 Na fɛreɛ yɛ su bi a ɛkura (hyɛ) obi ma ɔdi dwuma pa na ɔgyae bɔne.</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
-    <t>Fɛreɛ a ɛfiri Allah Okokuroko hɔ no ma woyɛ n'ahyɛdeɛ na ama wagyae neɛ Wabra.
+    <t>Nea esiw wo kwan sɛ wobɛyɛ papa no, wɔmfrɛ no ahobrɛase, na mmom wɔfrɛ no fɛre, tumi a wontumi nyɛ, mmerɛwyɛ, ne ahufo.
+Fɛreɛ a ɛfiri Allah Okokuroko hɔ no ma woyɛ n'ahyɛdeɛ na ama wagyae neɛ Wabra.
 Abɔdeɛ anim fɛreɛ yɛ obuo, na wode wɔn regyina wɔn gyinaberɛ na watwe wo ho afiri neɛ ɔkyiri ho.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ak/browse/hadith/5478</t>
   </si>
   <si>
     <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>Mpaebɔ, ɛno ne nyamesom</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
     <t>Yɛnyaa Hadisi yi firii Anu'man bin Bashir nkyɛn Allah nnye no ntom ɔkaa sɛ: metee sɛ ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no reka sɛ: &lt;&lt;Mpaebɔ, ɛno ne nyamesom&gt;&gt; Na afei ɔkanee: &lt;&lt;Na mo Awurade aka sɛ momfrɛ me na mɛgye mo so, esipi sɛ wɔn a akɛsesɛm wɔ wɔn mu sɛ ɔbɛsom Me no bɛwura ogya dareɛ no mu wɔ animguaseɛ mu&gt;&gt;.[Gafir:60]</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
     <t>Ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no rebɔ yɛn amaneɛ sɛ, esipi sɛ mpaebɔ; ɛno ne nyamesom, nti ɛsɛsɛ mpaebɔ nyina ara yɛ Allah nti, sɛ ɛyɛ abisa anaa adesrɛ mpaeɛ o, sɛ ɔbɛsrɛ Allah Okokuroko mfasodeɛ bi, ne ahobammɔ firi neɛ ɛha no wɔ wiase ne atemmuada no, anaasɛ ɛyɛ nyamesom mpaeɛ, na ɛno ne ade biara a Allah pɛ na n'ani gye ho sɛ ɛyɛ kasa anaa dwumadie, neɛ apue ne neɛ asuma, akoma mu, honamdua mu anaa sika mu nyamesom.
 Ansa na ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no kaa nyinasosɛm a ɛfa ho, Allah kaa sɛ: {Momfrɛ me na mɛgye mo so, esipi sɛ wɔn a akɛsesɛm wɔ wɔn mu sɛ ɔbɛsom Me no bɛwura ogya dareɛ no mu wɔ animguaseɛ mu}.</t>
@@ -2424,51 +2825,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O58"/>
+  <dimension ref="A1:O69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -2533,2631 +2934,3145 @@
       </c>
       <c r="I3" t="s">
         <v>23</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>25</v>
       </c>
       <c r="L3" t="s">
         <v>26</v>
       </c>
       <c r="M3" t="s">
         <v>27</v>
       </c>
       <c r="N3" t="s">
         <v>28</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4">
-        <v>2997</v>
+        <v>3017</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>34</v>
       </c>
       <c r="G4" t="s">
         <v>35</v>
       </c>
       <c r="H4" t="s">
         <v>36</v>
       </c>
       <c r="I4" t="s">
         <v>37</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="L4" t="s">
         <v>26</v>
       </c>
-      <c r="M4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N4" t="s">
         <v>28</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5">
-        <v>3017</v>
+        <v>3331</v>
       </c>
       <c r="B5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L5" t="s">
         <v>26</v>
       </c>
       <c r="M5" t="s">
+        <v>27</v>
+      </c>
+      <c r="N5" t="s">
+        <v>28</v>
+      </c>
+      <c r="O5" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6">
-        <v>3331</v>
+        <v>3336</v>
       </c>
       <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
         <v>50</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>51</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>52</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
         <v>53</v>
       </c>
-      <c r="F6" t="s">
+      <c r="G6" t="s">
         <v>54</v>
       </c>
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>55</v>
       </c>
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="L6" t="s">
         <v>26</v>
       </c>
       <c r="M6" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="N6" t="s">
         <v>28</v>
       </c>
       <c r="O6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7">
-        <v>3336</v>
+        <v>3342</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="I7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L7" t="s">
         <v>26</v>
       </c>
       <c r="M7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="N7" t="s">
         <v>28</v>
       </c>
       <c r="O7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8">
-        <v>3342</v>
+        <v>3347</v>
       </c>
       <c r="B8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>78</v>
+        <v>68</v>
       </c>
       <c r="L8" t="s">
         <v>26</v>
       </c>
       <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
+        <v>28</v>
+      </c>
+      <c r="O8" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9">
-        <v>3347</v>
+        <v>3350</v>
       </c>
       <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
         <v>81</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>82</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>83</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
         <v>84</v>
       </c>
-      <c r="F9" t="s">
+      <c r="G9" t="s">
         <v>85</v>
       </c>
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>86</v>
       </c>
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>87</v>
       </c>
-      <c r="I9" t="s">
+      <c r="J9" t="s">
         <v>88</v>
       </c>
-      <c r="J9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K9" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="L9" t="s">
-        <v>26</v>
+        <v>90</v>
       </c>
       <c r="M9" t="s">
-        <v>79</v>
+        <v>91</v>
       </c>
       <c r="N9" t="s">
         <v>28</v>
       </c>
       <c r="O9" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10">
-        <v>3350</v>
+        <v>3359</v>
       </c>
       <c r="B10" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C10" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D10" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="E10" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="F10" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="G10" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="H10" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="I10" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="J10" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="L10" t="s">
-        <v>100</v>
+        <v>26</v>
       </c>
       <c r="M10" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N10" t="s">
         <v>28</v>
       </c>
       <c r="O10" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11">
-        <v>3359</v>
+        <v>3390</v>
       </c>
       <c r="B11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E11" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F11" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G11" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="H11" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="I11" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="L11" t="s">
         <v>26</v>
       </c>
       <c r="M11" t="s">
+        <v>27</v>
+      </c>
+      <c r="N11" t="s">
+        <v>28</v>
+      </c>
+      <c r="O11" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12">
-        <v>3390</v>
+        <v>3406</v>
       </c>
       <c r="B12" t="s">
+        <v>113</v>
+      </c>
+      <c r="C12" t="s">
         <v>114</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>115</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>116</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
         <v>117</v>
       </c>
-      <c r="F12" t="s">
+      <c r="G12" t="s">
         <v>118</v>
       </c>
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>119</v>
       </c>
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>25</v>
+        <v>121</v>
       </c>
       <c r="L12" t="s">
         <v>26</v>
       </c>
       <c r="M12" t="s">
-        <v>27</v>
+        <v>122</v>
       </c>
       <c r="N12" t="s">
         <v>28</v>
       </c>
       <c r="O12" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13">
-        <v>3406</v>
+        <v>3414</v>
       </c>
       <c r="B13" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C13" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D13" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E13" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F13" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G13" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="H13" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="I13" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="L13" t="s">
         <v>26</v>
       </c>
       <c r="M13" t="s">
+        <v>122</v>
+      </c>
+      <c r="N13" t="s">
+        <v>28</v>
+      </c>
+      <c r="O13" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14">
-        <v>3414</v>
+        <v>3418</v>
       </c>
       <c r="B14" t="s">
+        <v>133</v>
+      </c>
+      <c r="C14" t="s">
         <v>134</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>135</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>136</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
         <v>137</v>
       </c>
-      <c r="F14" t="s">
+      <c r="G14" t="s">
         <v>138</v>
       </c>
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>139</v>
       </c>
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>131</v>
+        <v>68</v>
       </c>
       <c r="L14" t="s">
         <v>26</v>
       </c>
       <c r="M14" t="s">
-        <v>132</v>
+        <v>69</v>
       </c>
       <c r="N14" t="s">
         <v>28</v>
       </c>
       <c r="O14" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15">
-        <v>3418</v>
+        <v>3420</v>
       </c>
       <c r="B15" t="s">
+        <v>142</v>
+      </c>
+      <c r="C15" t="s">
         <v>143</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>144</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>145</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
         <v>146</v>
       </c>
-      <c r="F15" t="s">
+      <c r="G15" t="s">
         <v>147</v>
       </c>
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>148</v>
       </c>
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>78</v>
+        <v>68</v>
       </c>
       <c r="L15" t="s">
         <v>26</v>
       </c>
       <c r="M15" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="N15" t="s">
         <v>28</v>
       </c>
       <c r="O15" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16">
-        <v>3420</v>
+        <v>3475</v>
       </c>
       <c r="B16" t="s">
+        <v>151</v>
+      </c>
+      <c r="C16" t="s">
         <v>152</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>153</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>154</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
         <v>155</v>
       </c>
-      <c r="F16" t="s">
+      <c r="G16" t="s">
         <v>156</v>
       </c>
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>157</v>
       </c>
-      <c r="H16" t="s">
+      <c r="I16" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>78</v>
+        <v>121</v>
       </c>
       <c r="L16" t="s">
         <v>26</v>
       </c>
       <c r="M16" t="s">
-        <v>79</v>
+        <v>122</v>
       </c>
       <c r="N16" t="s">
         <v>28</v>
       </c>
       <c r="O16" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17">
-        <v>3475</v>
+        <v>3553</v>
       </c>
       <c r="B17" t="s">
+        <v>160</v>
+      </c>
+      <c r="C17" t="s">
         <v>161</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>162</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>163</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
         <v>164</v>
       </c>
-      <c r="F17" t="s">
+      <c r="G17" t="s">
         <v>165</v>
       </c>
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>166</v>
       </c>
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="L17" t="s">
         <v>26</v>
       </c>
       <c r="M17" t="s">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="N17" t="s">
         <v>28</v>
       </c>
       <c r="O17" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18">
-        <v>3553</v>
+        <v>3567</v>
       </c>
       <c r="B18" t="s">
+        <v>169</v>
+      </c>
+      <c r="C18" t="s">
         <v>170</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>171</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>172</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
         <v>173</v>
       </c>
-      <c r="F18" t="s">
+      <c r="G18" t="s">
         <v>174</v>
       </c>
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>175</v>
       </c>
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>176</v>
       </c>
-      <c r="I18" t="s">
+      <c r="J18" t="s">
+        <v>88</v>
+      </c>
+      <c r="K18" t="s">
         <v>177</v>
       </c>
-      <c r="J18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L18" t="s">
-        <v>26</v>
+        <v>90</v>
       </c>
       <c r="M18" t="s">
-        <v>132</v>
+        <v>178</v>
       </c>
       <c r="N18" t="s">
         <v>28</v>
       </c>
       <c r="O18" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19">
-        <v>3567</v>
+        <v>3581</v>
       </c>
       <c r="B19" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C19" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D19" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E19" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F19" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G19" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="H19" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I19" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J19" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="K19" t="s">
-        <v>187</v>
+        <v>121</v>
       </c>
       <c r="L19" t="s">
-        <v>100</v>
+        <v>26</v>
       </c>
       <c r="M19" t="s">
+        <v>122</v>
+      </c>
+      <c r="N19" t="s">
+        <v>28</v>
+      </c>
+      <c r="O19" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20">
-        <v>3581</v>
+        <v>3588</v>
       </c>
       <c r="B20" t="s">
+        <v>189</v>
+      </c>
+      <c r="C20" t="s">
         <v>190</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>191</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>192</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
         <v>193</v>
       </c>
-      <c r="F20" t="s">
+      <c r="G20" t="s">
         <v>194</v>
       </c>
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>195</v>
       </c>
-      <c r="H20" t="s">
+      <c r="I20" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>131</v>
+        <v>197</v>
       </c>
       <c r="L20" t="s">
         <v>26</v>
       </c>
       <c r="M20" t="s">
-        <v>132</v>
+        <v>198</v>
       </c>
       <c r="N20" t="s">
         <v>28</v>
       </c>
       <c r="O20" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21">
-        <v>3588</v>
+        <v>3591</v>
       </c>
       <c r="B21" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C21" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D21" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E21" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F21" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G21" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H21" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="I21" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>207</v>
+        <v>68</v>
       </c>
       <c r="L21" t="s">
         <v>26</v>
       </c>
       <c r="M21" t="s">
+        <v>69</v>
+      </c>
+      <c r="N21" t="s">
+        <v>28</v>
+      </c>
+      <c r="O21" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
-        <v>3591</v>
+        <v>3686</v>
       </c>
       <c r="B22" t="s">
+        <v>209</v>
+      </c>
+      <c r="C22" t="s">
         <v>210</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>211</v>
       </c>
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>212</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" t="s">
         <v>213</v>
       </c>
-      <c r="F22" t="s">
+      <c r="G22" t="s">
         <v>214</v>
       </c>
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>215</v>
       </c>
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>78</v>
+        <v>121</v>
       </c>
       <c r="L22" t="s">
         <v>26</v>
       </c>
       <c r="M22" t="s">
-        <v>79</v>
+        <v>122</v>
       </c>
       <c r="N22" t="s">
         <v>28</v>
       </c>
       <c r="O22" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
-        <v>3686</v>
+        <v>3702</v>
       </c>
       <c r="B23" t="s">
+        <v>218</v>
+      </c>
+      <c r="C23" t="s">
         <v>219</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>220</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>221</v>
       </c>
-      <c r="E23" t="s">
+      <c r="F23" t="s">
         <v>222</v>
       </c>
-      <c r="F23" t="s">
+      <c r="G23" t="s">
         <v>223</v>
       </c>
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>224</v>
       </c>
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
-        <v>3702</v>
+        <v>3706</v>
       </c>
       <c r="B24" t="s">
+        <v>227</v>
+      </c>
+      <c r="C24" t="s">
         <v>228</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>229</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>230</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
         <v>231</v>
       </c>
-      <c r="F24" t="s">
+      <c r="G24" t="s">
         <v>232</v>
       </c>
-      <c r="G24" t="s">
+      <c r="H24" t="s">
         <v>233</v>
       </c>
-      <c r="H24" t="s">
+      <c r="I24" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>131</v>
+        <v>25</v>
       </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
-        <v>132</v>
+        <v>27</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
-        <v>3706</v>
+        <v>3716</v>
       </c>
       <c r="B25" t="s">
+        <v>236</v>
+      </c>
+      <c r="C25" t="s">
         <v>237</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>238</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>239</v>
       </c>
-      <c r="E25" t="s">
+      <c r="F25" t="s">
         <v>240</v>
       </c>
-      <c r="F25" t="s">
+      <c r="G25" t="s">
         <v>241</v>
       </c>
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>242</v>
       </c>
-      <c r="H25" t="s">
+      <c r="I25" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>25</v>
+        <v>121</v>
       </c>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
-        <v>27</v>
+        <v>122</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
-        <v>3716</v>
+        <v>3753</v>
       </c>
       <c r="B26" t="s">
+        <v>245</v>
+      </c>
+      <c r="C26" t="s">
         <v>246</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>247</v>
       </c>
-      <c r="D26" t="s">
+      <c r="E26" t="s">
         <v>248</v>
       </c>
-      <c r="E26" t="s">
+      <c r="F26" t="s">
         <v>249</v>
       </c>
-      <c r="F26" t="s">
+      <c r="G26" t="s">
         <v>250</v>
       </c>
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>251</v>
       </c>
-      <c r="H26" t="s">
+      <c r="I26" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>131</v>
+        <v>25</v>
       </c>
       <c r="L26" t="s">
         <v>26</v>
       </c>
       <c r="M26" t="s">
-        <v>132</v>
+        <v>27</v>
       </c>
       <c r="N26" t="s">
         <v>28</v>
       </c>
       <c r="O26" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
-        <v>3753</v>
+        <v>3854</v>
       </c>
       <c r="B27" t="s">
+        <v>254</v>
+      </c>
+      <c r="C27" t="s">
         <v>255</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>256</v>
       </c>
-      <c r="D27" t="s">
+      <c r="E27" t="s">
         <v>257</v>
       </c>
-      <c r="E27" t="s">
+      <c r="F27" t="s">
         <v>258</v>
       </c>
-      <c r="F27" t="s">
+      <c r="G27" t="s">
         <v>259</v>
       </c>
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>260</v>
       </c>
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>25</v>
+        <v>121</v>
       </c>
       <c r="L27" t="s">
         <v>26</v>
       </c>
       <c r="M27" t="s">
-        <v>27</v>
+        <v>122</v>
       </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
-        <v>3854</v>
+        <v>4186</v>
       </c>
       <c r="B28" t="s">
+        <v>263</v>
+      </c>
+      <c r="C28" t="s">
         <v>264</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>265</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28" t="s">
         <v>266</v>
       </c>
-      <c r="E28" t="s">
+      <c r="F28" t="s">
         <v>267</v>
       </c>
-      <c r="F28" t="s">
+      <c r="G28" t="s">
         <v>268</v>
       </c>
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>269</v>
       </c>
-      <c r="H28" t="s">
+      <c r="I28" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>131</v>
+        <v>271</v>
       </c>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28" t="s">
-        <v>132</v>
+        <v>272</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
-        <v>4186</v>
+        <v>4196</v>
       </c>
       <c r="B29" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C29" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D29" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E29" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F29" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="G29" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="H29" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="I29" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>281</v>
+        <v>25</v>
       </c>
       <c r="L29" t="s">
         <v>26</v>
       </c>
       <c r="M29" t="s">
+        <v>27</v>
+      </c>
+      <c r="N29" t="s">
+        <v>28</v>
+      </c>
+      <c r="O29" t="s">
         <v>282</v>
-      </c>
-[...4 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
-        <v>4196</v>
+        <v>4202</v>
       </c>
       <c r="B30" t="s">
+        <v>283</v>
+      </c>
+      <c r="C30" t="s">
         <v>284</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>285</v>
       </c>
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>286</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s">
         <v>287</v>
       </c>
-      <c r="F30" t="s">
+      <c r="G30" t="s">
         <v>288</v>
       </c>
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>289</v>
       </c>
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
         <v>25</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
         <v>27</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
-        <v>4202</v>
+        <v>4204</v>
       </c>
       <c r="B31" t="s">
+        <v>292</v>
+      </c>
+      <c r="C31" t="s">
         <v>293</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>294</v>
       </c>
-      <c r="D31" t="s">
+      <c r="E31" t="s">
         <v>295</v>
       </c>
-      <c r="E31" t="s">
+      <c r="F31" t="s">
         <v>296</v>
       </c>
-      <c r="F31" t="s">
+      <c r="G31" t="s">
         <v>297</v>
       </c>
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>298</v>
       </c>
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>25</v>
+        <v>121</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
-        <v>27</v>
+        <v>122</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>4204</v>
+        <v>4304</v>
       </c>
       <c r="B32" t="s">
+        <v>301</v>
+      </c>
+      <c r="C32" t="s">
         <v>302</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>303</v>
       </c>
-      <c r="D32" t="s">
+      <c r="E32" t="s">
         <v>304</v>
       </c>
-      <c r="E32" t="s">
+      <c r="F32" t="s">
         <v>305</v>
       </c>
-      <c r="F32" t="s">
+      <c r="G32" t="s">
         <v>306</v>
       </c>
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>307</v>
       </c>
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>131</v>
+        <v>25</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
-        <v>132</v>
+        <v>27</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>4304</v>
+        <v>4309</v>
       </c>
       <c r="B33" t="s">
+        <v>310</v>
+      </c>
+      <c r="C33" t="s">
         <v>311</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>312</v>
       </c>
-      <c r="D33" t="s">
+      <c r="E33" t="s">
         <v>313</v>
       </c>
-      <c r="E33" t="s">
+      <c r="F33" t="s">
         <v>314</v>
       </c>
-      <c r="F33" t="s">
+      <c r="G33" t="s">
         <v>315</v>
       </c>
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>316</v>
       </c>
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>4309</v>
+        <v>4314</v>
       </c>
       <c r="B34" t="s">
+        <v>319</v>
+      </c>
+      <c r="C34" t="s">
         <v>320</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>321</v>
       </c>
-      <c r="D34" t="s">
+      <c r="E34" t="s">
         <v>322</v>
       </c>
-      <c r="E34" t="s">
+      <c r="F34" t="s">
         <v>323</v>
       </c>
-      <c r="F34" t="s">
+      <c r="G34" t="s">
         <v>324</v>
       </c>
-      <c r="G34" t="s">
+      <c r="H34" t="s">
         <v>325</v>
       </c>
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>78</v>
+        <v>25</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>4314</v>
+        <v>4319</v>
       </c>
       <c r="B35" t="s">
+        <v>328</v>
+      </c>
+      <c r="C35" t="s">
         <v>329</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>330</v>
       </c>
-      <c r="D35" t="s">
+      <c r="E35" t="s">
         <v>331</v>
       </c>
-      <c r="E35" t="s">
+      <c r="F35" t="s">
         <v>332</v>
       </c>
-      <c r="F35" t="s">
+      <c r="G35" t="s">
         <v>333</v>
       </c>
-      <c r="G35" t="s">
+      <c r="H35" t="s">
         <v>334</v>
       </c>
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>4319</v>
+        <v>4322</v>
       </c>
       <c r="B36" t="s">
+        <v>337</v>
+      </c>
+      <c r="C36" t="s">
         <v>338</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>339</v>
       </c>
-      <c r="D36" t="s">
+      <c r="E36" t="s">
         <v>340</v>
       </c>
-      <c r="E36" t="s">
+      <c r="F36" t="s">
         <v>341</v>
       </c>
-      <c r="F36" t="s">
+      <c r="G36" t="s">
         <v>342</v>
       </c>
-      <c r="G36" t="s">
+      <c r="H36" t="s">
         <v>343</v>
       </c>
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
-        <v>78</v>
+        <v>25</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>4322</v>
+        <v>4555</v>
       </c>
       <c r="B37" t="s">
+        <v>346</v>
+      </c>
+      <c r="C37" t="s">
         <v>347</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>348</v>
       </c>
-      <c r="D37" t="s">
+      <c r="E37" t="s">
         <v>349</v>
       </c>
-      <c r="E37" t="s">
+      <c r="F37" t="s">
         <v>350</v>
       </c>
-      <c r="F37" t="s">
+      <c r="G37" t="s">
         <v>351</v>
       </c>
-      <c r="G37" t="s">
+      <c r="H37" t="s">
         <v>352</v>
       </c>
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>4555</v>
+        <v>4560</v>
       </c>
       <c r="B38" t="s">
+        <v>355</v>
+      </c>
+      <c r="C38" t="s">
         <v>356</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>357</v>
       </c>
-      <c r="D38" t="s">
+      <c r="E38" t="s">
         <v>358</v>
       </c>
-      <c r="E38" t="s">
+      <c r="F38" t="s">
         <v>359</v>
       </c>
-      <c r="F38" t="s">
+      <c r="G38" t="s">
         <v>360</v>
       </c>
-      <c r="G38" t="s">
+      <c r="H38" t="s">
         <v>361</v>
       </c>
-      <c r="H38" t="s">
+      <c r="I38" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>78</v>
+        <v>25</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>4560</v>
+        <v>4563</v>
       </c>
       <c r="B39" t="s">
+        <v>364</v>
+      </c>
+      <c r="C39" t="s">
         <v>365</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>366</v>
       </c>
-      <c r="D39" t="s">
+      <c r="E39" t="s">
         <v>367</v>
       </c>
-      <c r="E39" t="s">
+      <c r="F39" t="s">
         <v>368</v>
       </c>
-      <c r="F39" t="s">
+      <c r="G39" t="s">
         <v>369</v>
       </c>
-      <c r="G39" t="s">
+      <c r="H39" t="s">
         <v>370</v>
       </c>
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>4563</v>
+        <v>4721</v>
       </c>
       <c r="B40" t="s">
+        <v>373</v>
+      </c>
+      <c r="C40" t="s">
         <v>374</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>375</v>
       </c>
-      <c r="D40" t="s">
+      <c r="E40" t="s">
         <v>376</v>
       </c>
-      <c r="E40" t="s">
+      <c r="F40" t="s">
         <v>377</v>
       </c>
-      <c r="F40" t="s">
+      <c r="G40" t="s">
         <v>378</v>
       </c>
-      <c r="G40" t="s">
+      <c r="H40" t="s">
         <v>379</v>
       </c>
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>78</v>
+        <v>381</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
-        <v>79</v>
+        <v>382</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>4721</v>
+        <v>4810</v>
       </c>
       <c r="B41" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C41" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D41" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E41" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="F41" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="G41" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="H41" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="I41" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>391</v>
+        <v>68</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
+        <v>69</v>
+      </c>
+      <c r="N41" t="s">
+        <v>28</v>
+      </c>
+      <c r="O41" t="s">
         <v>392</v>
-      </c>
-[...4 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>4810</v>
+        <v>4811</v>
       </c>
       <c r="B42" t="s">
+        <v>393</v>
+      </c>
+      <c r="C42" t="s">
         <v>394</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>395</v>
       </c>
-      <c r="D42" t="s">
+      <c r="E42" t="s">
         <v>396</v>
       </c>
-      <c r="E42" t="s">
+      <c r="F42" t="s">
         <v>397</v>
       </c>
-      <c r="F42" t="s">
+      <c r="G42" t="s">
         <v>398</v>
       </c>
-      <c r="G42" t="s">
+      <c r="H42" t="s">
         <v>399</v>
       </c>
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>78</v>
+        <v>401</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
-        <v>79</v>
+        <v>402</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>4811</v>
+        <v>4817</v>
       </c>
       <c r="B43" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C43" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D43" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="E43" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="F43" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="G43" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="H43" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="I43" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>411</v>
+        <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
+        <v>27</v>
+      </c>
+      <c r="N43" t="s">
+        <v>28</v>
+      </c>
+      <c r="O43" t="s">
         <v>412</v>
-      </c>
-[...4 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>4817</v>
+        <v>4935</v>
       </c>
       <c r="B44" t="s">
+        <v>413</v>
+      </c>
+      <c r="C44" t="s">
         <v>414</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>415</v>
       </c>
-      <c r="D44" t="s">
+      <c r="E44" t="s">
         <v>416</v>
       </c>
-      <c r="E44" t="s">
+      <c r="F44" t="s">
         <v>417</v>
       </c>
-      <c r="F44" t="s">
+      <c r="G44" t="s">
         <v>418</v>
       </c>
-      <c r="G44" t="s">
+      <c r="H44" t="s">
         <v>419</v>
       </c>
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>4935</v>
+        <v>4947</v>
       </c>
       <c r="B45" t="s">
+        <v>422</v>
+      </c>
+      <c r="C45" t="s">
         <v>423</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>424</v>
       </c>
-      <c r="D45" t="s">
+      <c r="E45" t="s">
         <v>425</v>
       </c>
-      <c r="E45" t="s">
+      <c r="F45" t="s">
         <v>426</v>
       </c>
-      <c r="F45" t="s">
+      <c r="G45" t="s">
         <v>427</v>
       </c>
-      <c r="G45" t="s">
+      <c r="H45" t="s">
         <v>428</v>
       </c>
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>78</v>
+        <v>121</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
-        <v>79</v>
+        <v>122</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
         <v>4965</v>
       </c>
       <c r="B46" t="s">
+        <v>431</v>
+      </c>
+      <c r="C46" t="s">
         <v>432</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>433</v>
       </c>
-      <c r="D46" t="s">
+      <c r="E46" t="s">
         <v>434</v>
       </c>
-      <c r="E46" t="s">
+      <c r="F46" t="s">
         <v>435</v>
       </c>
-      <c r="F46" t="s">
+      <c r="G46" t="s">
         <v>436</v>
       </c>
-      <c r="G46" t="s">
+      <c r="H46" t="s">
         <v>437</v>
       </c>
-      <c r="H46" t="s">
+      <c r="I46" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>5437</v>
+        <v>5273</v>
       </c>
       <c r="B47" t="s">
+        <v>440</v>
+      </c>
+      <c r="C47" t="s">
         <v>441</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>442</v>
       </c>
-      <c r="D47" t="s">
+      <c r="E47" t="s">
         <v>443</v>
       </c>
-      <c r="E47" t="s">
+      <c r="F47" t="s">
         <v>444</v>
       </c>
-      <c r="F47" t="s">
+      <c r="G47" t="s">
         <v>445</v>
       </c>
-      <c r="G47" t="s">
+      <c r="H47" t="s">
         <v>446</v>
       </c>
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>25</v>
+        <v>448</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
-        <v>27</v>
+        <v>449</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>5439</v>
+        <v>5326</v>
       </c>
       <c r="B48" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C48" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D48" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="E48" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="F48" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="G48" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="H48" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="I48" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="L48" t="s">
         <v>26</v>
       </c>
       <c r="M48" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>5474</v>
+        <v>5330</v>
       </c>
       <c r="B49" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C49" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D49" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="E49" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="F49" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G49" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H49" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="I49" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>5475</v>
+        <v>5331</v>
       </c>
       <c r="B50" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C50" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D50" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="E50" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="F50" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="G50" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="H50" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="I50" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>78</v>
+        <v>121</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
-        <v>79</v>
+        <v>122</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>5476</v>
+        <v>5335</v>
       </c>
       <c r="B51" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C51" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D51" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="E51" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="F51" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="G51" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="H51" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="I51" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="J51" t="s">
-        <v>485</v>
+        <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>391</v>
+        <v>25</v>
       </c>
       <c r="L51" t="s">
+        <v>26</v>
+      </c>
+      <c r="M51" t="s">
+        <v>27</v>
+      </c>
+      <c r="N51" t="s">
+        <v>28</v>
+      </c>
+      <c r="O51" t="s">
         <v>486</v>
-      </c>
-[...7 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>5478</v>
+        <v>5346</v>
       </c>
       <c r="B52" t="s">
+        <v>487</v>
+      </c>
+      <c r="C52" t="s">
         <v>488</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>489</v>
       </c>
-      <c r="D52" t="s">
+      <c r="E52" t="s">
         <v>490</v>
       </c>
-      <c r="E52" t="s">
+      <c r="F52" t="s">
         <v>491</v>
       </c>
-      <c r="F52" t="s">
+      <c r="G52" t="s">
         <v>492</v>
       </c>
-      <c r="G52" t="s">
+      <c r="H52" t="s">
         <v>493</v>
       </c>
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>25</v>
+        <v>495</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
-        <v>27</v>
+        <v>496</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>5496</v>
+        <v>5348</v>
       </c>
       <c r="B53" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C53" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D53" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="E53" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="F53" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="G53" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="H53" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="I53" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>505</v>
+        <v>68</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
+        <v>69</v>
+      </c>
+      <c r="N53" t="s">
+        <v>28</v>
+      </c>
+      <c r="O53" t="s">
         <v>506</v>
-      </c>
-[...4 lines deleted...]
-        <v>507</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>5507</v>
+        <v>5351</v>
       </c>
       <c r="B54" t="s">
+        <v>507</v>
+      </c>
+      <c r="C54" t="s">
         <v>508</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>509</v>
       </c>
-      <c r="D54" t="s">
+      <c r="E54" t="s">
         <v>510</v>
       </c>
-      <c r="E54" t="s">
+      <c r="F54" t="s">
         <v>511</v>
       </c>
-      <c r="F54" t="s">
+      <c r="G54" t="s">
         <v>512</v>
       </c>
-      <c r="G54" t="s">
+      <c r="H54" t="s">
         <v>513</v>
       </c>
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
         <v>25</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
         <v>27</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>5509</v>
+        <v>5353</v>
       </c>
       <c r="B55" t="s">
+        <v>516</v>
+      </c>
+      <c r="C55" t="s">
         <v>517</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
         <v>518</v>
       </c>
-      <c r="D55" t="s">
+      <c r="E55" t="s">
         <v>519</v>
       </c>
-      <c r="E55" t="s">
+      <c r="F55" t="s">
         <v>520</v>
       </c>
-      <c r="F55" t="s">
+      <c r="G55" t="s">
         <v>521</v>
       </c>
-      <c r="G55" t="s">
+      <c r="H55" t="s">
         <v>522</v>
       </c>
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>523</v>
       </c>
-      <c r="I55" t="s">
+      <c r="J55" t="s">
+        <v>88</v>
+      </c>
+      <c r="K55" t="s">
         <v>524</v>
       </c>
-      <c r="J55" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L55" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="M55" t="s">
-        <v>392</v>
+        <v>525</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>5512</v>
+        <v>5354</v>
       </c>
       <c r="B56" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C56" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D56" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="E56" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="F56" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="G56" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="H56" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="I56" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>78</v>
+        <v>68</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>5514</v>
+        <v>5364</v>
       </c>
       <c r="B57" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C57" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D57" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="E57" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F57" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="G57" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="H57" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I57" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>281</v>
+        <v>121</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
-        <v>282</v>
+        <v>122</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>5907</v>
+        <v>5437</v>
       </c>
       <c r="B58" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C58" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D58" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="E58" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="F58" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="G58" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="H58" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="I58" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
         <v>25</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
         <v>27</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>552</v>
+        <v>553</v>
+      </c>
+    </row>
+    <row r="59" spans="1:15">
+      <c r="A59">
+        <v>5439</v>
+      </c>
+      <c r="B59" t="s">
+        <v>554</v>
+      </c>
+      <c r="C59" t="s">
+        <v>555</v>
+      </c>
+      <c r="D59" t="s">
+        <v>556</v>
+      </c>
+      <c r="E59" t="s">
+        <v>557</v>
+      </c>
+      <c r="F59" t="s">
+        <v>558</v>
+      </c>
+      <c r="G59" t="s">
+        <v>559</v>
+      </c>
+      <c r="H59" t="s">
+        <v>560</v>
+      </c>
+      <c r="I59" t="s">
+        <v>561</v>
+      </c>
+      <c r="J59" t="s">
+        <v>24</v>
+      </c>
+      <c r="K59" t="s">
+        <v>25</v>
+      </c>
+      <c r="L59" t="s">
+        <v>26</v>
+      </c>
+      <c r="M59" t="s">
+        <v>27</v>
+      </c>
+      <c r="N59" t="s">
+        <v>28</v>
+      </c>
+      <c r="O59" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="60" spans="1:15">
+      <c r="A60">
+        <v>5474</v>
+      </c>
+      <c r="B60" t="s">
+        <v>563</v>
+      </c>
+      <c r="C60" t="s">
+        <v>564</v>
+      </c>
+      <c r="D60" t="s">
+        <v>565</v>
+      </c>
+      <c r="E60" t="s">
+        <v>566</v>
+      </c>
+      <c r="F60" t="s">
+        <v>567</v>
+      </c>
+      <c r="G60" t="s">
+        <v>568</v>
+      </c>
+      <c r="H60" t="s">
+        <v>569</v>
+      </c>
+      <c r="I60" t="s">
+        <v>570</v>
+      </c>
+      <c r="J60" t="s">
+        <v>24</v>
+      </c>
+      <c r="K60" t="s">
+        <v>25</v>
+      </c>
+      <c r="L60" t="s">
+        <v>26</v>
+      </c>
+      <c r="M60" t="s">
+        <v>27</v>
+      </c>
+      <c r="N60" t="s">
+        <v>28</v>
+      </c>
+      <c r="O60" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="61" spans="1:15">
+      <c r="A61">
+        <v>5475</v>
+      </c>
+      <c r="B61" t="s">
+        <v>572</v>
+      </c>
+      <c r="C61" t="s">
+        <v>573</v>
+      </c>
+      <c r="D61" t="s">
+        <v>574</v>
+      </c>
+      <c r="E61" t="s">
+        <v>575</v>
+      </c>
+      <c r="F61" t="s">
+        <v>576</v>
+      </c>
+      <c r="G61" t="s">
+        <v>577</v>
+      </c>
+      <c r="H61" t="s">
+        <v>578</v>
+      </c>
+      <c r="I61" t="s">
+        <v>579</v>
+      </c>
+      <c r="J61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K61" t="s">
+        <v>68</v>
+      </c>
+      <c r="L61" t="s">
+        <v>26</v>
+      </c>
+      <c r="M61" t="s">
+        <v>69</v>
+      </c>
+      <c r="N61" t="s">
+        <v>28</v>
+      </c>
+      <c r="O61" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="62" spans="1:15">
+      <c r="A62">
+        <v>5476</v>
+      </c>
+      <c r="B62" t="s">
+        <v>581</v>
+      </c>
+      <c r="C62" t="s">
+        <v>582</v>
+      </c>
+      <c r="D62" t="s">
+        <v>583</v>
+      </c>
+      <c r="E62" t="s">
+        <v>584</v>
+      </c>
+      <c r="F62" t="s">
+        <v>585</v>
+      </c>
+      <c r="G62" t="s">
+        <v>586</v>
+      </c>
+      <c r="H62" t="s">
+        <v>587</v>
+      </c>
+      <c r="I62" t="s">
+        <v>588</v>
+      </c>
+      <c r="J62" t="s">
+        <v>589</v>
+      </c>
+      <c r="K62" t="s">
+        <v>381</v>
+      </c>
+      <c r="L62" t="s">
+        <v>590</v>
+      </c>
+      <c r="M62" t="s">
+        <v>382</v>
+      </c>
+      <c r="N62" t="s">
+        <v>28</v>
+      </c>
+      <c r="O62" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="63" spans="1:15">
+      <c r="A63">
+        <v>5478</v>
+      </c>
+      <c r="B63" t="s">
+        <v>592</v>
+      </c>
+      <c r="C63" t="s">
+        <v>593</v>
+      </c>
+      <c r="D63" t="s">
+        <v>594</v>
+      </c>
+      <c r="E63" t="s">
+        <v>595</v>
+      </c>
+      <c r="F63" t="s">
+        <v>596</v>
+      </c>
+      <c r="G63" t="s">
+        <v>597</v>
+      </c>
+      <c r="H63" t="s">
+        <v>598</v>
+      </c>
+      <c r="I63" t="s">
+        <v>599</v>
+      </c>
+      <c r="J63" t="s">
+        <v>24</v>
+      </c>
+      <c r="K63" t="s">
+        <v>25</v>
+      </c>
+      <c r="L63" t="s">
+        <v>26</v>
+      </c>
+      <c r="M63" t="s">
+        <v>27</v>
+      </c>
+      <c r="N63" t="s">
+        <v>28</v>
+      </c>
+      <c r="O63" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="64" spans="1:15">
+      <c r="A64">
+        <v>5496</v>
+      </c>
+      <c r="B64" t="s">
+        <v>601</v>
+      </c>
+      <c r="C64" t="s">
+        <v>602</v>
+      </c>
+      <c r="D64" t="s">
+        <v>603</v>
+      </c>
+      <c r="E64" t="s">
+        <v>604</v>
+      </c>
+      <c r="F64" t="s">
+        <v>605</v>
+      </c>
+      <c r="G64" t="s">
+        <v>606</v>
+      </c>
+      <c r="H64" t="s">
+        <v>607</v>
+      </c>
+      <c r="I64" t="s">
+        <v>608</v>
+      </c>
+      <c r="J64" t="s">
+        <v>24</v>
+      </c>
+      <c r="K64" t="s">
+        <v>609</v>
+      </c>
+      <c r="L64" t="s">
+        <v>26</v>
+      </c>
+      <c r="M64" t="s">
+        <v>610</v>
+      </c>
+      <c r="N64" t="s">
+        <v>28</v>
+      </c>
+      <c r="O64" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="65" spans="1:15">
+      <c r="A65">
+        <v>5507</v>
+      </c>
+      <c r="B65" t="s">
+        <v>612</v>
+      </c>
+      <c r="C65" t="s">
+        <v>613</v>
+      </c>
+      <c r="D65" t="s">
+        <v>614</v>
+      </c>
+      <c r="E65" t="s">
+        <v>615</v>
+      </c>
+      <c r="F65" t="s">
+        <v>616</v>
+      </c>
+      <c r="G65" t="s">
+        <v>617</v>
+      </c>
+      <c r="H65" t="s">
+        <v>618</v>
+      </c>
+      <c r="I65" t="s">
+        <v>619</v>
+      </c>
+      <c r="J65" t="s">
+        <v>24</v>
+      </c>
+      <c r="K65" t="s">
+        <v>25</v>
+      </c>
+      <c r="L65" t="s">
+        <v>26</v>
+      </c>
+      <c r="M65" t="s">
+        <v>27</v>
+      </c>
+      <c r="N65" t="s">
+        <v>28</v>
+      </c>
+      <c r="O65" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="66" spans="1:15">
+      <c r="A66">
+        <v>5509</v>
+      </c>
+      <c r="B66" t="s">
+        <v>621</v>
+      </c>
+      <c r="C66" t="s">
+        <v>622</v>
+      </c>
+      <c r="D66" t="s">
+        <v>623</v>
+      </c>
+      <c r="E66" t="s">
+        <v>624</v>
+      </c>
+      <c r="F66" t="s">
+        <v>625</v>
+      </c>
+      <c r="G66" t="s">
+        <v>626</v>
+      </c>
+      <c r="H66" t="s">
+        <v>627</v>
+      </c>
+      <c r="I66" t="s">
+        <v>628</v>
+      </c>
+      <c r="J66" t="s">
+        <v>88</v>
+      </c>
+      <c r="K66" t="s">
+        <v>381</v>
+      </c>
+      <c r="L66" t="s">
+        <v>90</v>
+      </c>
+      <c r="M66" t="s">
+        <v>382</v>
+      </c>
+      <c r="N66" t="s">
+        <v>28</v>
+      </c>
+      <c r="O66" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="67" spans="1:15">
+      <c r="A67">
+        <v>5512</v>
+      </c>
+      <c r="B67" t="s">
+        <v>630</v>
+      </c>
+      <c r="C67" t="s">
+        <v>631</v>
+      </c>
+      <c r="D67" t="s">
+        <v>632</v>
+      </c>
+      <c r="E67" t="s">
+        <v>633</v>
+      </c>
+      <c r="F67" t="s">
+        <v>634</v>
+      </c>
+      <c r="G67" t="s">
+        <v>635</v>
+      </c>
+      <c r="H67" t="s">
+        <v>636</v>
+      </c>
+      <c r="I67" t="s">
+        <v>637</v>
+      </c>
+      <c r="J67" t="s">
+        <v>24</v>
+      </c>
+      <c r="K67" t="s">
+        <v>68</v>
+      </c>
+      <c r="L67" t="s">
+        <v>26</v>
+      </c>
+      <c r="M67" t="s">
+        <v>69</v>
+      </c>
+      <c r="N67" t="s">
+        <v>28</v>
+      </c>
+      <c r="O67" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="68" spans="1:15">
+      <c r="A68">
+        <v>5514</v>
+      </c>
+      <c r="B68" t="s">
+        <v>639</v>
+      </c>
+      <c r="C68" t="s">
+        <v>640</v>
+      </c>
+      <c r="D68" t="s">
+        <v>641</v>
+      </c>
+      <c r="E68" t="s">
+        <v>642</v>
+      </c>
+      <c r="F68" t="s">
+        <v>643</v>
+      </c>
+      <c r="G68" t="s">
+        <v>644</v>
+      </c>
+      <c r="H68" t="s">
+        <v>645</v>
+      </c>
+      <c r="I68" t="s">
+        <v>646</v>
+      </c>
+      <c r="J68" t="s">
+        <v>24</v>
+      </c>
+      <c r="K68" t="s">
+        <v>271</v>
+      </c>
+      <c r="L68" t="s">
+        <v>26</v>
+      </c>
+      <c r="M68" t="s">
+        <v>272</v>
+      </c>
+      <c r="N68" t="s">
+        <v>28</v>
+      </c>
+      <c r="O68" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="69" spans="1:15">
+      <c r="A69">
+        <v>5907</v>
+      </c>
+      <c r="B69" t="s">
+        <v>648</v>
+      </c>
+      <c r="C69" t="s">
+        <v>649</v>
+      </c>
+      <c r="D69" t="s">
+        <v>650</v>
+      </c>
+      <c r="E69" t="s">
+        <v>651</v>
+      </c>
+      <c r="F69" t="s">
+        <v>652</v>
+      </c>
+      <c r="G69" t="s">
+        <v>653</v>
+      </c>
+      <c r="H69" t="s">
+        <v>654</v>
+      </c>
+      <c r="I69" t="s">
+        <v>655</v>
+      </c>
+      <c r="J69" t="s">
+        <v>24</v>
+      </c>
+      <c r="K69" t="s">
+        <v>25</v>
+      </c>
+      <c r="L69" t="s">
+        <v>26</v>
+      </c>
+      <c r="M69" t="s">
+        <v>27</v>
+      </c>
+      <c r="N69" t="s">
+        <v>28</v>
+      </c>
+      <c r="O69" t="s">
+        <v>656</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">