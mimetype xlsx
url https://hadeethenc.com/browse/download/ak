--- v1 (2025-11-04)
+++ v2 (2025-11-24)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="657">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="719">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Akan
 # Source: https://hadeethenc.com/ak
-# Last update: 2025-10-28 03:40:15 (v1.12.0)
-# Check for updates: https://hadeethenc.com/en/check/ak/v1.12.0
+# Last update: 2025-11-12 00:00:21 (v1.15.0)
+# Check for updates: https://hadeethenc.com/en/check/ak/v1.15.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -142,51 +142,54 @@
     <t>sɛ ɔbarima bi dɔ ne nua a, ɛwɔ sɛ ɔka kyerɛ no sɛ ɔdɔ no</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Al-Miqdam ibn Ma’di Karib(Nyankopɔn ani nnye ne ho) kaa sɛ: Ɔkɔmhyɛni (Nyankopɔn nhyira ne n’asomdwoeɛ nka no) Kaa sɛ: " sɛ ɔbarima bi dɔ ne nua a, ɛwɔ sɛ ɔka kyerɛ no sɛ ɔdɔ no"</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Ɔkɔmhyɛni(Nyankopɔn nhyira ne na’somdwoeɛ nka no) daa nneɛma a ɛhyɛ ayɔnkofa a ɛda agyidifoɔ ntam no mu kena na ɛma ɔdɔ trɛ wɔ wɔn ntam no mu baako adi: sɛ obi dɔ ne yɔnko Muslimini a, ɛwɔ sɛ ɔka kyerɛ no sɛ ɔdɔ no.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Nneyɛɛ pa a ɛwɔ mu; sɛ ɔdɔ bɛyɛ kan Nyankopɔn nti na ɛmmom ɛnyɛ wiase apɛdeɛ nti.
 Ɛfata sɛ yɛbɔ amaneɛ kyerɛ neɛ yɛdɔ no no ɛwɔ Nyame nti sɛdea ɔdɔ ne nkabɔmu no bi bɛka ho.
 Sɛ yɛbɛma ɔdɔ a ɛwɔ agyedifoɔ ntam no bɛda adi no ma agyidifoɔ anuasɛm no mu yɛ den, na ɛbɔ nkabɔmu no ho ban firi mpaepaemu ho.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ak/browse/hadith/3017</t>
   </si>
   <si>
     <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
     <t>(Montwe mo ho mfiri ade nson a ɛsɛe onipa ho</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
     <t>Abii Huraira Onyame penie nka no aka sɛ: ɔkɔmhyɛni Mohammɛd Onyame nhyira ne asomdwoe nka no kaa sɛ: (Montwe mo ho mfiri ade nson a ɛsɛe onipa ho, na asuafoɔ no kaa sɛ: Oh Allah somafoɔ! na ɛno ne deɛn?  Ɔkaa sɛ: abosomsom ne nkonyaayie, ne Nipakum a Onyame ayɛ no akyiwade gye nokware kwan so, ne nsihodie, Agyanka sikadie, ne ako mu mmirikatuo,ne adwaman nkontompo wɔ agyidifoɔ mmaa ahoteefoɔ a wɔ bɔ wɔn ho ban).</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
 رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
 خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
 سادسًا: الفرار من المعركة مع الكفار.
 سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
@@ -2068,50 +2071,143 @@
   <si>
     <t>Yɛnyaa hadisi yi firii Aisha nkyɛn Allah nnye no ntom, ɔkaa sɛ: ɔkɔmhyɛni -Allah nhyira ne n’asomdwoeɛ nka no- kaa sɛ: &lt;&lt; Mma ndidi awufoɔ atɛm, ɛfiri sɛ wɔaduru (dwumadie) wɔde too wɔn anim ho dada&gt;&gt;.</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حُرْمةَ سبِّ الأموات والوقوع في أعراضهم، وأنَّ هذا من مَسَاوِئ الأخلاق، فإنهم وَصَلُوا إلى ما قدَّموه من أعمال صالحة أو طالحة، وكما أنّ هذا السبَّ لا يبلغهم فإنّه إنما يؤذي الأحياء.</t>
   </si>
   <si>
     <t>Ɔkɔmhyɛni Allah nhyira ne n’asomdwoeɛ nka no rekyerɛ yɛn bra a wabra sɛ yɛdome awufoɔ na yɛreko atia wɔn annimuonyam, na wei yɛ sintɔ wɔ suban mu, ɛfiri sɛ wɔn aduru neɛ wɔn de too wɔn anim ho dada sɛ ɛyɛ papa anaa bɔne, na sɛneɛ saa nnome yi nnuru wɔn nkyɛn no neɛ ɛyɛ a ne sɛ ɛha ateasefoɔ no.</t>
   </si>
   <si>
     <t>الحديث دليل على تحريم سب الأموات.
 ترك سب الأموات فيه مراعاة لمصلحة الأحياء، والحفاظ على سلامة المجتمع من التشاحن والتباغض.
 الحكمة من النهي عن سبهم أنهم وصلوا إلى ما قدموا فلا ينفع سبهم، وفيه إيذاء لأقاربه الأحياء.
 أنه لا ينبغي للإنسان أن يقول ما لا مصلحة فيه.</t>
   </si>
   <si>
     <t>Hadisi yi yɛ nnyinasoɔ ma bra a wabra sɛ yɛdome awufoɔ.
 Sɛ yɛregyae sɛ yɛredome awufoɔ wɔ mfasoɔ ma ateasefoɔ yiedie ho, na ɛbɔ asomdwoeɛ ɛwɔ yɛn mpatamu ho ban firi ntawantawa ne ɔtan ho.
 Nyansasua a ɛwɔ bra a wabra sɛ wɔdome awufoɔ no ne sɛ wɔn aduru neɛ wɔde too wɔn anim ho (wɔn nnwumadie) nti nnome wobɛdome wɔn nni mfasoɔ biara wɔ wɔn so, na mmom ɔhaw wɔ mu ma n’abusuafoɔ ne ateasefoɔ no.
 Na mfata sɛ onipa bɛka neɛ ɛmfa yiedie biara mma.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ak/browse/hadith/5364</t>
   </si>
   <si>
+    <t>لا يحل لرجل أن يهجر أخاه فوق ثلاث ليال، يلتقيان، فيعرض هذا ويعرض هذا، وخيرهما الذي يبدأ بالسلام</t>
+  </si>
+  <si>
+    <t>Ɔmma ho kwan sɛ onipa bi ne onua bɛyɛ aka ama no aboro anadwo mmiɛnsa, sɛ wɔhyia a, na wei adane n’ani na wei nso adane n’ani, na wɔn mu neɛ ɔyɛ ne neɛ ɔbɛhyɛ aseɛ ato no yɔnko no salaam</t>
+  </si>
+  <si>
+    <t>عن أبي أيوب الأنصاري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ».</t>
+  </si>
+  <si>
+    <t>Yɛnyaa hadisi yi firii Abu Ayyub Al Ansariyyu nkyɛn Allah nnye no ntom, sɛ Allah somafoɔ Allah nhyira ne n’asomdwoeɛ nka no kaa sɛ: &lt;&lt; Ɔmma ho kwan sɛ onipa bi ne onua bɛyɛ aka ama no aboro anadwo mmiɛnsa, sɛ wɔhyia a, na wei adane n’ani na wei nso adane n’ani, na wɔn mu neɛ ɔyɛ ne neɛ ɔbɛhyɛ aseɛ ato no yɔnko no salaam&gt;&gt;.</t>
+  </si>
+  <si>
+    <t>نهى النبيُّ صلى الله عليه وسلم عن هَجْر المسلم أخاه المسلمَ أكثر من ثلاث ليال، يلتقي كلٌّ منهما بالآخر ولا يسلم عليه ولا يكلمه.
+وأفضل هذين المتخاصمين مَن يُحاوِل إزالةَ الهجر، ويبدأ بالسلام، والمراد بالهجر هنا الهجر لحظ النفس، أما الهجر لحق الله تعالى كهجر العصاة والمبتدعة وقرناء السوء، فهذا لا يُؤقَّت بوقت، وإنما هو معلق بالمصلحة في الهجر، ويزول بزوالها.</t>
+  </si>
+  <si>
+    <t>Ɔkɔmhyɛni Allah nhyira ne n’asomdwoeɛ nka no abra sɛ muslimini ne onua muslimini bɛyɛ aka ama no aboro anadwo mmiɛnsa, na  wɔn mu baako bɛhyia ne yɔnko na ɔnkyea no anaa ɔnkasa no ho.
+Na wɔn mmienu a ayaaka wɔ wɔntam no neɛ ɔyɛ papa ne neɛ ɔrebɔ ne ho mmɔden sɛ ɔbɛyi saa ayaaka no afiri hɔ, na ɔbɛhyɛ aseɛ ato onua no salaam, na ayaaka a ɔreka ho asɛm wɔ aha no yɛ ayaaka a ɛnam woara ankasa woyiedie bi ho nti baaɛ, na mmom ayaaka a ɛnam Allah Okokuroko no kyɛfa bi ho nti baaɛ no te sɛ wo ne abɔneyɛfoɔ, nsakratomfoɔ ne ayɔnko bɔne reyɛ aka deɛ, wei deɛ mmerɛ tenten biara nna so, na mmom ɛgyina mfasoɔ a ɛwɔ ayaaka no so, na ɛba awieɛ berɛ wɔayi afiri hɔ.</t>
+  </si>
+  <si>
+    <t>إباحة الهجر في الثلاثة أيام فما دونها، مراعاة للطباع البشرية، فعُفي عن الهجر في الثلاث ليذهب ذلك العارض.
+فضل السلام، وأنه يُزيل ما في النفوس، وأنه علامة على المحبة.
+حرص الإسلام على الأخوة والألفة بين أهله.</t>
+  </si>
+  <si>
+    <t>Pene a wɔpene so sɛ wɔyɛ aka nnansa anaa neɛ ennu saa no yɛ sɛneɛ onipa su teɛ nti, nti wɔde aka a ɔyɛ no nnansa mu de kyɛ kɔpem sɛ ɔbɛyi saa tebea no afiri hɔ.
+Nkyea (Salaam toɔ) ho mfasoɔ ne sɛdeɛ etumi yi neɛ ɛwɔ akoma mu firi hɔ, na ɛka ɔdɔ nsohyɛ ho.
+Sɛneɛ Islamsom bɔ anuadɔ ne kroyɛ a ɛwɔ wɔn ntam ho ban.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/5365</t>
+  </si>
+  <si>
+    <t>لا يدخل الجنة قتات</t>
+  </si>
+  <si>
+    <t>Kɔnkɔnsani nnwura ɔsoro aheman mu</t>
+  </si>
+  <si>
+    <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
+  </si>
+  <si>
+    <t>Yɛnyaa hadisi yi firii Huzaifa nkyɛn Allah nnye no ntom ɔkaa sɛ: Metee sɛɛ ɔkɔmhyɛni Allah nhyira ne n’asomdwoeɛ nka no reka sɛ: &lt;&lt;Kɔnkɔnsani nnwura ɔsoro aheman mu&gt;&gt;.</t>
+  </si>
+  <si>
+    <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
+  </si>
+  <si>
+    <t>Ɔkɔmhyɛni Allah nhyira ne n’asomdwoeɛ nka no rebɔ yɛn amaneɛ sɛ kɔnkɔnsani a ɔkeka amanfoɔ ntam nsɛm sɛdeɛ ɔbɛsɛe wɔn ntam fata asotwe a ɛne sɛ ɔnwura ɔsoro aheman mu.</t>
+  </si>
+  <si>
+    <t>النميمة من كبائر الذنوب.
+النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
+  </si>
+  <si>
+    <t>Kɔnkɔnsa ka bɔne akɛseɛ no ho.
+Bra a wabra kɔnkɔnsa; esiane ɔsɛeɛ ne ɔhaw a ɛde ba ankorankoro ne dɔmkuo binom ntam nti.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/5368</t>
+  </si>
+  <si>
+    <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
+  </si>
+  <si>
+    <t>Neɛ ɔpɛ sɛ n’ahonya  dɔɔso na ne nkwa ware (wɔ asaase yi so no) ntoa twaka a ɛda n’abusua so</t>
+  </si>
+  <si>
+    <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> &lt;&lt; Neɛ ɔpɛ sɛ n’ahonya  dɔɔso na ne nkwa ware (wɔ asaase yi so no) ntoa twaka a ɛda n’abusua so&gt;&gt;.</t>
+  </si>
+  <si>
+    <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
+  </si>
+  <si>
+    <t>Ɔkɔmhyɛni Allah nhyira ne n’asomdwoeɛ nka no rehyɛ yɛn nkuran sɛ yɛmfa nsrahwɛ, obuo, ɛmoa wɔ honam ne sika afa mu, ne neɛ ɛkeka ho nkura twaka a ɛda abusua ntam, na ɛyɛ nyinasoɔ a ɛma obi ahonya mu trɛ na ɛma no nkwa tenten.</t>
+  </si>
+  <si>
+    <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
+الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
+صلة الرحم سببٌ لِبَسْطِ الرِّزق وتوسيعه، وسببٌ لطول العمر، وإن كان الأجلُ والرزقُ محددًا إلا أنه قد يكون بركة في الرزق والعمر، فيفعل في عمره أكثر وأنفع مما يفعله غيرُه، وقيل زيادة الرزق والعمر زيادة حقيقية. والله أعلم.</t>
+  </si>
+  <si>
+    <t>Abusuafoɔ yɛ wɔn a wo ne wɔbɔ abusua wɔ agya ne maame afa mu, na wɔn a wɔbɛn paa no na wɔfata sɛ wosiesie twaka a ɛwɔ mo ntam no yie.
+Dwumadie biara ne ɛso akatua, nti neɛ ɔnam papayɔ ne adɔeɛ so siesie n’abusua mu no, Allah toa ne mfie ne n’ahonya so.
+Woresiesie twaka a ɛwɔ abusua ntam yɛ nyinasoɔ a ɛbue na ɛtrɛ w’ahonya mu, ne nyinasoɔ a ɛma wo nkwa tenten, mmom sɛ wo mfeɛ ne w’ahonya yɛ adeɛ a wasusu dada nanso ɛbɛyɛ nhyira wɔ w’ahonya ne wo mfeɛ mu, na aboa wo ama wayɛ nneɛma pii na amanfoɔ adi wo so mfasoɔ, na ebinom nso ka sɛ, sɛ Ɔreto w’ahonya ne wo mfeɛ mu no yɛ ntomu ankasa. Na Allah na Ɔnim.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/5372</t>
+  </si>
+  <si>
     <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>Obiara wo ye Gyedie de ma Nyame ne Atamuada da nu,na wo ka nokware anaa se wo ye koum</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>Hadiis a yɛnya afiri Abu Huraira ho Onyame npenie nka nɔ nokware ɔkomhyani Mohammɛd Onyame asomdwie nka nɔ akasɛ: "Obiara wo ye Gyedie de ma Nyame ne Atamuada da nu,na wo ka nokware anaa se wo ye koum,Obiara wo ye Gyedie de ma Nyame ne Atamuada da nu wo fa nidiye ma na asetena ahokanee,nea wo be ye gyedi ne Atamuada da wo fa bu ne nidiye emma na Hohowo".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>Ɔkɔmhyɛni (Nyankopɔn nhyira ne asomdwoe nka no) kyerɛkyerɛɛ mu sɛ akoa a ɔgye Nyankopɔn die ne Awieeɛ Da no a ɔbɛsan akɔ no, na emu na ɔbɛnya ne nnwuma so akatua no, ɛkanyan ne gyidie ma ɔyɛ su ahodoɔ a ɛdidi soɔ yi:
 Nea edi kan: Kasa pa, te sɛ Onyankopɔn anuonyamhyɛ ne Onyankopɔn baakoyɛ a wɔka ho asɛm,Na ɔbɛhyɛ ma wɔayɛ papa, Na ɔbɛbara nea ɛnyɛ, ne nnipa a ɔbɛsiesie wɔn ntam. Sɛ wantumi anyɛ saa a, ɛnneɛ ɛsɛ sɛ ɔyɛ komm, na ma ɔnha afoforɔ, na ɔmmɔ ne tɛkrɛma ho ban.
 Nea ɛtɔ so mmienu: Obi afipamfoɔ a ɔbɛdi wɔn nni, te sɛ ayamyɛ a ɔbɛyɛ wɔn na ɔnyɛ wɔn bɔne.
 Nea ɛtɔ so mmiɛnsa: Ɔhɔhoɔ bi a ɔbɛba abɛsra wo a wobɛdi no nni, denam kasa pa a wobɛka, aduane a wode bɛma, ne nea ɛtete saa so.</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
@@ -2479,50 +2575,174 @@
   <si>
     <t>Fa wo ho to saa Kur’aan yi mu, ɛfiri sɛ ɛnam Nea Muhammad kra wɔ Ne Nsa mu no so no, ɛda adi sɛ ɛbɛguan sene yoma afiri wɔn nhama mu</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
     <t>Wɔ Abu Musa al-Ash’ari, Onyankopɔn ani nnye no, wɔ Ɔkɔmhyɛni no tumi so no, Onyankopɔn nhyira no na ɔmma no asomdwoeɛ, a ɔkaa sɛ: "Fa wo ho to saa Kur’aan yi mu, ɛfiri sɛ ɛnam Nea Muhammad kra wɔ Ne Nsa mu no so no, ɛda adi sɛ ɛbɛguan sene yoma afiri wɔn nhama mu".</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>Ɔkɔmhyɛni no, Nyankopɔn nhyira no na ɔmma no asomdwoeɛ, hyɛɛ yɛn sɛ yɛnkyere Kur’aan no daa yɛn tirim na yɛnyɛ daa wɔ kenkan mu sɛdeɛ ɛbɛyɛ a yɛn werɛ remfiri wɔ berɛ a yɛakyere agu yɛn akoma mu akyi. Ɔsii yei so dua denam ntam a ɔkaa sɛ, Onyankopɔn nhyira no na ɔmma no asomdwoeɛ, sɛ ɛyɛ mmerɛ sɛ wɔbɛkwati Kur’aan no na wɔayi afiri nnipa akoma mu sene yoma a wɔakyekyere no, a wɔde hama akyekyere ne nsa mfimfini. Sɛ obi kyere gu ne tirim daa a, ɔbɛkura mu, nanso sɛ ogyae a, ɛbɛkɔ na ayera.</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>Sɛ deɛ ɔkyere Kur’aan no kenkan no mpɛn pii a, ɛbɛkɔ so akyere no wɔ ne koma mu. Anyɛ saa a, ɛbɛfiri ne nsam na ne werɛ afiri.
 Mfasoɔ a ɛwɔ Kur’aan akenkan so no bi ne: akatua, akatua, ne dibea a wɔma so wɔ Owusɔreɛ Da no.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ak/browse/hadith/5907</t>
+  </si>
+  <si>
+    <t>بني الإسلام على خمس</t>
+  </si>
+  <si>
+    <t>____</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ____</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
+الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
+  </si>
+  <si>
+    <t>____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>||&lt;&lt; Esipi sɛ neɛ mmara ma ho kwan no da adi pefee ɛna neɛ ɛyɛ akyiwadeɛ nso da adi pefee, na wɔn ntɛm yɛ neɛ akyinnyeɛ wɔ hɔ, nnipa dodoɔ no ara nnim ho asɛm, na neɛ ɔbɛtwe no ho afiri neɛ akyinnyeɛ wɔ ho no  abɔ no som ne n'animmuonyam ho ban, na neɛ ɔbɛtɔ neɛ akyinnyeɛ wɔ ho no mu no atɔ neɛ ɛyɛ akyiwadeɛ mu, te sɛ odwanhwɛfoɔ a ɔde ne mmoa akɔ adidie wɔ kronkronbea bi nkyɛn pɛɛ a aka kakra na ɔde wɔn awura  kronkronbea no mu, hwɛ yie! na ɔhene biara wɔ ne kronkronbea, hwɛ yie na esipi sɛ Allah kronkronbea ne n'akyiwadeɛ, hwɛ yie na esipi sɛ namkum bi wɔ honam dua no mu a, sɛ ɛyɛ yie a honam dua no nyina ara ayɛ yie, na sɛ ɛsɛe nso a honam dua no nyina ara asɛe, hwɛ yie na ɛno ne akoma</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> &lt;&lt; Esipi sɛ neɛ mmara ma ho kwan no da adi pefee ɛna neɛ ɛyɛ akyiwadeɛ nso da adi pefee, na wɔn ntɛm yɛ neɛ akyinnyeɛ wɔ hɔ, nnipa dodoɔ no ara nnim ho asɛm, na neɛ ɔbɛtwe no ho afiri neɛ akyinnyeɛ wɔ ho no  abɔ no som ne n'animmuonyam ho ban, na neɛ ɔbɛtɔ neɛ akyinnyeɛ wɔ ho no mu no atɔ neɛ ɛyɛ akyiwadeɛ mu, te sɛ odwanhwɛfoɔ a ɔde ne mmoa akɔ adidie wɔ kronkronbea bi nkyɛn pɛɛ a aka kakra na ɔde wɔn awura  kronkronbea no mu, hwɛ yie! na ɔhene biara wɔ ne kronkronbea, hwɛ yie na esipi sɛ Allah kronkronbea ne n'akyiwadeɛ, hwɛ yie na esipi sɛ namkum bi wɔ honam dua no mu a, sɛ ɛyɛ yie a honam dua no nyina ara ayɛ yie, na sɛ ɛsɛe nso a honam dua no nyina ara asɛe, hwɛ yie na ɛno ne akoma&gt;&gt;.</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
+  </si>
+  <si>
+    <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
+الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
+تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
+استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
+قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
+  </si>
+  <si>
+    <t>الحياء أصل الأخلاق الكريمة.
+الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
+الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
+قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
+أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
+الإيمان شرط لقبول الأعمال .
+الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
+الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/66524</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -2825,51 +3045,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O69"/>
+  <dimension ref="A1:O77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -2969,3110 +3189,3489 @@
       </c>
       <c r="E4" t="s">
         <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>34</v>
       </c>
       <c r="G4" t="s">
         <v>35</v>
       </c>
       <c r="H4" t="s">
         <v>36</v>
       </c>
       <c r="I4" t="s">
         <v>37</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
         <v>38</v>
       </c>
       <c r="L4" t="s">
         <v>26</v>
       </c>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
       <c r="N4" t="s">
         <v>28</v>
       </c>
       <c r="O4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5">
         <v>3331</v>
       </c>
       <c r="B5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
         <v>25</v>
       </c>
       <c r="L5" t="s">
         <v>26</v>
       </c>
       <c r="M5" t="s">
         <v>27</v>
       </c>
       <c r="N5" t="s">
         <v>28</v>
       </c>
       <c r="O5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6">
         <v>3336</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L6" t="s">
         <v>26</v>
       </c>
       <c r="M6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="N6" t="s">
         <v>28</v>
       </c>
       <c r="O6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7">
         <v>3342</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L7" t="s">
         <v>26</v>
       </c>
       <c r="M7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N7" t="s">
         <v>28</v>
       </c>
       <c r="O7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8">
         <v>3347</v>
       </c>
       <c r="B8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L8" t="s">
         <v>26</v>
       </c>
       <c r="M8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N8" t="s">
         <v>28</v>
       </c>
       <c r="O8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9">
         <v>3350</v>
       </c>
       <c r="B9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="L9" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="N9" t="s">
         <v>28</v>
       </c>
       <c r="O9" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10">
         <v>3359</v>
       </c>
       <c r="B10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G10" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H10" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I10" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="L10" t="s">
         <v>26</v>
       </c>
       <c r="M10" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="N10" t="s">
         <v>28</v>
       </c>
       <c r="O10" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11">
         <v>3390</v>
       </c>
       <c r="B11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D11" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E11" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F11" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G11" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H11" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I11" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
         <v>25</v>
       </c>
       <c r="L11" t="s">
         <v>26</v>
       </c>
       <c r="M11" t="s">
         <v>27</v>
       </c>
       <c r="N11" t="s">
         <v>28</v>
       </c>
       <c r="O11" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12">
         <v>3406</v>
       </c>
       <c r="B12" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C12" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D12" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E12" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F12" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G12" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H12" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I12" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L12" t="s">
         <v>26</v>
       </c>
       <c r="M12" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N12" t="s">
         <v>28</v>
       </c>
       <c r="O12" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13">
         <v>3414</v>
       </c>
       <c r="B13" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C13" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D13" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E13" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F13" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G13" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H13" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="I13" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L13" t="s">
         <v>26</v>
       </c>
       <c r="M13" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N13" t="s">
         <v>28</v>
       </c>
       <c r="O13" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14">
         <v>3418</v>
       </c>
       <c r="B14" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C14" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D14" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E14" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F14" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G14" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H14" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I14" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L14" t="s">
         <v>26</v>
       </c>
       <c r="M14" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N14" t="s">
         <v>28</v>
       </c>
       <c r="O14" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15">
         <v>3420</v>
       </c>
       <c r="B15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="H15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L15" t="s">
         <v>26</v>
       </c>
       <c r="M15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N15" t="s">
         <v>28</v>
       </c>
       <c r="O15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16">
         <v>3475</v>
       </c>
       <c r="B16" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C16" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D16" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E16" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F16" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G16" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="H16" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="I16" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L16" t="s">
         <v>26</v>
       </c>
       <c r="M16" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N16" t="s">
         <v>28</v>
       </c>
       <c r="O16" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17">
         <v>3553</v>
       </c>
       <c r="B17" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C17" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D17" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E17" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F17" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G17" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H17" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="I17" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L17" t="s">
         <v>26</v>
       </c>
       <c r="M17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N17" t="s">
         <v>28</v>
       </c>
       <c r="O17" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18">
         <v>3567</v>
       </c>
       <c r="B18" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C18" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D18" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E18" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F18" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G18" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H18" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="I18" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J18" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K18" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="L18" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M18" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N18" t="s">
         <v>28</v>
       </c>
       <c r="O18" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19">
         <v>3581</v>
       </c>
       <c r="B19" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C19" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D19" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E19" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F19" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="G19" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="H19" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="I19" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L19" t="s">
         <v>26</v>
       </c>
       <c r="M19" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N19" t="s">
         <v>28</v>
       </c>
       <c r="O19" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20">
         <v>3588</v>
       </c>
       <c r="B20" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C20" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D20" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E20" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F20" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="G20" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H20" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="I20" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="L20" t="s">
         <v>26</v>
       </c>
       <c r="M20" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="N20" t="s">
         <v>28</v>
       </c>
       <c r="O20" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21">
         <v>3591</v>
       </c>
       <c r="B21" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C21" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D21" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E21" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F21" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="G21" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H21" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="I21" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L21" t="s">
         <v>26</v>
       </c>
       <c r="M21" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N21" t="s">
         <v>28</v>
       </c>
       <c r="O21" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
         <v>3686</v>
       </c>
       <c r="B22" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C22" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D22" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E22" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F22" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="G22" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="H22" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I22" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L22" t="s">
         <v>26</v>
       </c>
       <c r="M22" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N22" t="s">
         <v>28</v>
       </c>
       <c r="O22" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
         <v>3702</v>
       </c>
       <c r="B23" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C23" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D23" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E23" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F23" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="G23" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="H23" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I23" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
         <v>3706</v>
       </c>
       <c r="B24" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C24" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D24" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E24" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F24" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="G24" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H24" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="I24" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
         <v>25</v>
       </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
         <v>27</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
         <v>3716</v>
       </c>
       <c r="B25" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C25" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D25" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E25" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F25" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="G25" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="H25" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="I25" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
         <v>3753</v>
       </c>
       <c r="B26" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C26" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D26" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E26" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F26" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="G26" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="H26" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="I26" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
         <v>25</v>
       </c>
       <c r="L26" t="s">
         <v>26</v>
       </c>
       <c r="M26" t="s">
         <v>27</v>
       </c>
       <c r="N26" t="s">
         <v>28</v>
       </c>
       <c r="O26" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
         <v>3854</v>
       </c>
       <c r="B27" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C27" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D27" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E27" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F27" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="G27" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H27" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="I27" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L27" t="s">
         <v>26</v>
       </c>
       <c r="M27" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
         <v>4186</v>
       </c>
       <c r="B28" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C28" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D28" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E28" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="F28" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="G28" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H28" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="I28" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
         <v>4196</v>
       </c>
       <c r="B29" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C29" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D29" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E29" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F29" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="G29" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H29" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="I29" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
         <v>25</v>
       </c>
       <c r="L29" t="s">
         <v>26</v>
       </c>
       <c r="M29" t="s">
         <v>27</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
         <v>4202</v>
       </c>
       <c r="B30" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C30" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D30" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E30" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F30" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="G30" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="H30" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="I30" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
         <v>25</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
         <v>27</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
         <v>4204</v>
       </c>
       <c r="B31" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C31" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D31" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E31" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F31" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="G31" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H31" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="I31" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
         <v>4304</v>
       </c>
       <c r="B32" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C32" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D32" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="E32" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="F32" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="G32" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="H32" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="I32" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
         <v>25</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
         <v>27</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
         <v>4309</v>
       </c>
       <c r="B33" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C33" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D33" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E33" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F33" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="G33" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H33" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="I33" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
         <v>4314</v>
       </c>
       <c r="B34" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C34" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D34" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E34" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="F34" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="G34" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="H34" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="I34" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
         <v>25</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
         <v>27</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
         <v>4319</v>
       </c>
       <c r="B35" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C35" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D35" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E35" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F35" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="G35" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="H35" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="I35" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
         <v>4322</v>
       </c>
       <c r="B36" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C36" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D36" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E36" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F36" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G36" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H36" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="I36" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>25</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
         <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
         <v>4555</v>
       </c>
       <c r="B37" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C37" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D37" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E37" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F37" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="G37" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H37" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I37" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
         <v>4560</v>
       </c>
       <c r="B38" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C38" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D38" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="E38" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="F38" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="G38" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H38" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="I38" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>25</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
         <v>27</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
         <v>4563</v>
       </c>
       <c r="B39" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C39" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D39" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="E39" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="F39" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="G39" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H39" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="I39" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
         <v>4721</v>
       </c>
       <c r="B40" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C40" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D40" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="E40" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F40" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="G40" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="H40" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="I40" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
         <v>4810</v>
       </c>
       <c r="B41" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C41" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D41" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="E41" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="F41" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="G41" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="H41" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="I41" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
         <v>4811</v>
       </c>
       <c r="B42" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C42" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D42" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E42" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F42" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G42" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="H42" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="I42" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
         <v>4817</v>
       </c>
       <c r="B43" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C43" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D43" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E43" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="F43" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G43" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="H43" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="I43" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
         <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
         <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
         <v>4935</v>
       </c>
       <c r="B44" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C44" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D44" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="E44" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="F44" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="G44" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="H44" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="I44" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
         <v>4947</v>
       </c>
       <c r="B45" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C45" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D45" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="E45" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="F45" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="G45" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="H45" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="I45" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L45" t="s">
         <v>26</v>
       </c>
       <c r="M45" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
         <v>4965</v>
       </c>
       <c r="B46" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C46" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D46" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="E46" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F46" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="G46" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="H46" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="I46" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
         <v>5273</v>
       </c>
       <c r="B47" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C47" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D47" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E47" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="F47" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="G47" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H47" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="I47" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="L47" t="s">
         <v>26</v>
       </c>
       <c r="M47" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
         <v>5326</v>
       </c>
       <c r="B48" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C48" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D48" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="E48" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="F48" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="G48" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="H48" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="I48" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L48" t="s">
         <v>26</v>
       </c>
       <c r="M48" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
         <v>5330</v>
       </c>
       <c r="B49" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C49" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D49" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="E49" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="F49" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="G49" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="H49" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="I49" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
         <v>5331</v>
       </c>
       <c r="B50" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C50" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D50" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="E50" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="F50" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="G50" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="H50" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="I50" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
         <v>5335</v>
       </c>
       <c r="B51" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C51" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D51" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="E51" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F51" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="G51" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="H51" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="I51" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
         <v>25</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
         <v>27</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
         <v>5346</v>
       </c>
       <c r="B52" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C52" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D52" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="E52" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="F52" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="G52" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="H52" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="I52" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
         <v>5348</v>
       </c>
       <c r="B53" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C53" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D53" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="E53" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="F53" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="G53" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="H53" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="I53" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
         <v>5351</v>
       </c>
       <c r="B54" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C54" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="D54" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="E54" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="F54" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="G54" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="H54" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="I54" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
         <v>25</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
         <v>27</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
         <v>5353</v>
       </c>
       <c r="B55" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C55" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D55" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="E55" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="F55" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="G55" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="H55" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="I55" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="J55" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K55" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="L55" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M55" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
         <v>5354</v>
       </c>
       <c r="B56" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C56" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D56" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E56" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="F56" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="G56" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="H56" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="I56" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
         <v>5364</v>
       </c>
       <c r="B57" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C57" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D57" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="E57" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="F57" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="G57" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="H57" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="I57" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L57" t="s">
         <v>26</v>
       </c>
       <c r="M57" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>5437</v>
+        <v>5365</v>
       </c>
       <c r="B58" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C58" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D58" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="E58" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="F58" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="G58" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="H58" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="I58" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
         <v>25</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
         <v>27</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>5439</v>
+        <v>5368</v>
       </c>
       <c r="B59" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C59" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D59" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="E59" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="F59" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="G59" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="H59" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="I59" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
         <v>25</v>
       </c>
       <c r="L59" t="s">
         <v>26</v>
       </c>
       <c r="M59" t="s">
         <v>27</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>5474</v>
+        <v>5372</v>
       </c>
       <c r="B60" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C60" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D60" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="E60" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="F60" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="G60" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="H60" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="I60" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
         <v>25</v>
       </c>
       <c r="L60" t="s">
         <v>26</v>
       </c>
       <c r="M60" t="s">
         <v>27</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>5475</v>
+        <v>5437</v>
       </c>
       <c r="B61" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C61" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D61" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="E61" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="F61" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="G61" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="H61" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="I61" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>5476</v>
+        <v>5439</v>
       </c>
       <c r="B62" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C62" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D62" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="E62" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="F62" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="G62" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="H62" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="I62" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="J62" t="s">
-        <v>589</v>
+        <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>381</v>
+        <v>25</v>
       </c>
       <c r="L62" t="s">
+        <v>26</v>
+      </c>
+      <c r="M62" t="s">
+        <v>27</v>
+      </c>
+      <c r="N62" t="s">
+        <v>28</v>
+      </c>
+      <c r="O62" t="s">
         <v>590</v>
-      </c>
-[...7 lines deleted...]
-        <v>591</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>5478</v>
+        <v>5474</v>
       </c>
       <c r="B63" t="s">
+        <v>591</v>
+      </c>
+      <c r="C63" t="s">
         <v>592</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
         <v>593</v>
       </c>
-      <c r="D63" t="s">
+      <c r="E63" t="s">
         <v>594</v>
       </c>
-      <c r="E63" t="s">
+      <c r="F63" t="s">
         <v>595</v>
       </c>
-      <c r="F63" t="s">
+      <c r="G63" t="s">
         <v>596</v>
       </c>
-      <c r="G63" t="s">
+      <c r="H63" t="s">
         <v>597</v>
       </c>
-      <c r="H63" t="s">
+      <c r="I63" t="s">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
         <v>25</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
         <v>27</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>5496</v>
+        <v>5475</v>
       </c>
       <c r="B64" t="s">
+        <v>600</v>
+      </c>
+      <c r="C64" t="s">
         <v>601</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
         <v>602</v>
       </c>
-      <c r="D64" t="s">
+      <c r="E64" t="s">
         <v>603</v>
       </c>
-      <c r="E64" t="s">
+      <c r="F64" t="s">
         <v>604</v>
       </c>
-      <c r="F64" t="s">
+      <c r="G64" t="s">
         <v>605</v>
       </c>
-      <c r="G64" t="s">
+      <c r="H64" t="s">
         <v>606</v>
       </c>
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>607</v>
       </c>
-      <c r="I64" t="s">
+      <c r="J64" t="s">
+        <v>24</v>
+      </c>
+      <c r="K64" t="s">
+        <v>69</v>
+      </c>
+      <c r="L64" t="s">
+        <v>26</v>
+      </c>
+      <c r="M64" t="s">
+        <v>70</v>
+      </c>
+      <c r="N64" t="s">
+        <v>28</v>
+      </c>
+      <c r="O64" t="s">
         <v>608</v>
-      </c>
-[...16 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>5507</v>
+        <v>5476</v>
       </c>
       <c r="B65" t="s">
+        <v>609</v>
+      </c>
+      <c r="C65" t="s">
+        <v>610</v>
+      </c>
+      <c r="D65" t="s">
+        <v>611</v>
+      </c>
+      <c r="E65" t="s">
         <v>612</v>
       </c>
-      <c r="C65" t="s">
+      <c r="F65" t="s">
         <v>613</v>
       </c>
-      <c r="D65" t="s">
+      <c r="G65" t="s">
         <v>614</v>
       </c>
-      <c r="E65" t="s">
+      <c r="H65" t="s">
         <v>615</v>
       </c>
-      <c r="F65" t="s">
+      <c r="I65" t="s">
         <v>616</v>
       </c>
-      <c r="G65" t="s">
+      <c r="J65" t="s">
         <v>617</v>
       </c>
-      <c r="H65" t="s">
+      <c r="K65" t="s">
+        <v>382</v>
+      </c>
+      <c r="L65" t="s">
         <v>618</v>
       </c>
-      <c r="I65" t="s">
+      <c r="M65" t="s">
+        <v>383</v>
+      </c>
+      <c r="N65" t="s">
+        <v>28</v>
+      </c>
+      <c r="O65" t="s">
         <v>619</v>
-      </c>
-[...16 lines deleted...]
-        <v>620</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>5509</v>
+        <v>5478</v>
       </c>
       <c r="B66" t="s">
+        <v>620</v>
+      </c>
+      <c r="C66" t="s">
         <v>621</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
         <v>622</v>
       </c>
-      <c r="D66" t="s">
+      <c r="E66" t="s">
         <v>623</v>
       </c>
-      <c r="E66" t="s">
+      <c r="F66" t="s">
         <v>624</v>
       </c>
-      <c r="F66" t="s">
+      <c r="G66" t="s">
         <v>625</v>
       </c>
-      <c r="G66" t="s">
+      <c r="H66" t="s">
         <v>626</v>
       </c>
-      <c r="H66" t="s">
+      <c r="I66" t="s">
         <v>627</v>
       </c>
-      <c r="I66" t="s">
+      <c r="J66" t="s">
+        <v>24</v>
+      </c>
+      <c r="K66" t="s">
+        <v>25</v>
+      </c>
+      <c r="L66" t="s">
+        <v>26</v>
+      </c>
+      <c r="M66" t="s">
+        <v>27</v>
+      </c>
+      <c r="N66" t="s">
+        <v>28</v>
+      </c>
+      <c r="O66" t="s">
         <v>628</v>
-      </c>
-[...16 lines deleted...]
-        <v>629</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>5512</v>
+        <v>5496</v>
       </c>
       <c r="B67" t="s">
+        <v>629</v>
+      </c>
+      <c r="C67" t="s">
         <v>630</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>631</v>
       </c>
-      <c r="D67" t="s">
+      <c r="E67" t="s">
         <v>632</v>
       </c>
-      <c r="E67" t="s">
+      <c r="F67" t="s">
         <v>633</v>
       </c>
-      <c r="F67" t="s">
+      <c r="G67" t="s">
         <v>634</v>
       </c>
-      <c r="G67" t="s">
+      <c r="H67" t="s">
         <v>635</v>
       </c>
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>636</v>
       </c>
-      <c r="I67" t="s">
+      <c r="J67" t="s">
+        <v>24</v>
+      </c>
+      <c r="K67" t="s">
         <v>637</v>
       </c>
-      <c r="J67" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
-        <v>69</v>
+        <v>638</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>5514</v>
+        <v>5507</v>
       </c>
       <c r="B68" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C68" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D68" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="E68" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="F68" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="G68" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="H68" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="I68" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>271</v>
+        <v>25</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
-        <v>272</v>
+        <v>27</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
+        <v>5509</v>
+      </c>
+      <c r="B69" t="s">
+        <v>649</v>
+      </c>
+      <c r="C69" t="s">
+        <v>650</v>
+      </c>
+      <c r="D69" t="s">
+        <v>651</v>
+      </c>
+      <c r="E69" t="s">
+        <v>652</v>
+      </c>
+      <c r="F69" t="s">
+        <v>653</v>
+      </c>
+      <c r="G69" t="s">
+        <v>654</v>
+      </c>
+      <c r="H69" t="s">
+        <v>655</v>
+      </c>
+      <c r="I69" t="s">
+        <v>656</v>
+      </c>
+      <c r="J69" t="s">
+        <v>89</v>
+      </c>
+      <c r="K69" t="s">
+        <v>382</v>
+      </c>
+      <c r="L69" t="s">
+        <v>91</v>
+      </c>
+      <c r="M69" t="s">
+        <v>383</v>
+      </c>
+      <c r="N69" t="s">
+        <v>28</v>
+      </c>
+      <c r="O69" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="70" spans="1:15">
+      <c r="A70">
+        <v>5512</v>
+      </c>
+      <c r="B70" t="s">
+        <v>658</v>
+      </c>
+      <c r="C70" t="s">
+        <v>659</v>
+      </c>
+      <c r="D70" t="s">
+        <v>660</v>
+      </c>
+      <c r="E70" t="s">
+        <v>661</v>
+      </c>
+      <c r="F70" t="s">
+        <v>662</v>
+      </c>
+      <c r="G70" t="s">
+        <v>663</v>
+      </c>
+      <c r="H70" t="s">
+        <v>664</v>
+      </c>
+      <c r="I70" t="s">
+        <v>665</v>
+      </c>
+      <c r="J70" t="s">
+        <v>24</v>
+      </c>
+      <c r="K70" t="s">
+        <v>69</v>
+      </c>
+      <c r="L70" t="s">
+        <v>26</v>
+      </c>
+      <c r="M70" t="s">
+        <v>70</v>
+      </c>
+      <c r="N70" t="s">
+        <v>28</v>
+      </c>
+      <c r="O70" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="71" spans="1:15">
+      <c r="A71">
+        <v>5514</v>
+      </c>
+      <c r="B71" t="s">
+        <v>667</v>
+      </c>
+      <c r="C71" t="s">
+        <v>668</v>
+      </c>
+      <c r="D71" t="s">
+        <v>669</v>
+      </c>
+      <c r="E71" t="s">
+        <v>670</v>
+      </c>
+      <c r="F71" t="s">
+        <v>671</v>
+      </c>
+      <c r="G71" t="s">
+        <v>672</v>
+      </c>
+      <c r="H71" t="s">
+        <v>673</v>
+      </c>
+      <c r="I71" t="s">
+        <v>674</v>
+      </c>
+      <c r="J71" t="s">
+        <v>24</v>
+      </c>
+      <c r="K71" t="s">
+        <v>272</v>
+      </c>
+      <c r="L71" t="s">
+        <v>26</v>
+      </c>
+      <c r="M71" t="s">
+        <v>273</v>
+      </c>
+      <c r="N71" t="s">
+        <v>28</v>
+      </c>
+      <c r="O71" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="72" spans="1:15">
+      <c r="A72">
         <v>5907</v>
       </c>
-      <c r="B69" t="s">
-[...26 lines deleted...]
-      <c r="K69" t="s">
+      <c r="B72" t="s">
+        <v>676</v>
+      </c>
+      <c r="C72" t="s">
+        <v>677</v>
+      </c>
+      <c r="D72" t="s">
+        <v>678</v>
+      </c>
+      <c r="E72" t="s">
+        <v>679</v>
+      </c>
+      <c r="F72" t="s">
+        <v>680</v>
+      </c>
+      <c r="G72" t="s">
+        <v>681</v>
+      </c>
+      <c r="H72" t="s">
+        <v>682</v>
+      </c>
+      <c r="I72" t="s">
+        <v>683</v>
+      </c>
+      <c r="J72" t="s">
+        <v>24</v>
+      </c>
+      <c r="K72" t="s">
         <v>25</v>
       </c>
-      <c r="L69" t="s">
-[...2 lines deleted...]
-      <c r="M69" t="s">
+      <c r="L72" t="s">
+        <v>26</v>
+      </c>
+      <c r="M72" t="s">
         <v>27</v>
       </c>
-      <c r="N69" t="s">
-[...3 lines deleted...]
-        <v>656</v>
+      <c r="N72" t="s">
+        <v>28</v>
+      </c>
+      <c r="O72" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="73" spans="1:15">
+      <c r="A73">
+        <v>66512</v>
+      </c>
+      <c r="B73" t="s">
+        <v>685</v>
+      </c>
+      <c r="C73" t="s">
+        <v>686</v>
+      </c>
+      <c r="D73" t="s">
+        <v>687</v>
+      </c>
+      <c r="E73" t="s">
+        <v>688</v>
+      </c>
+      <c r="F73" t="s">
+        <v>689</v>
+      </c>
+      <c r="G73" t="s">
+        <v>686</v>
+      </c>
+      <c r="H73" t="s">
+        <v>690</v>
+      </c>
+      <c r="I73" t="s">
+        <v>691</v>
+      </c>
+      <c r="J73" t="s">
+        <v>24</v>
+      </c>
+      <c r="K73" t="s">
+        <v>692</v>
+      </c>
+      <c r="L73" t="s">
+        <v>26</v>
+      </c>
+      <c r="M73" t="s">
+        <v>693</v>
+      </c>
+      <c r="N73" t="s">
+        <v>28</v>
+      </c>
+      <c r="O73" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="74" spans="1:15">
+      <c r="A74">
+        <v>66515</v>
+      </c>
+      <c r="B74" t="s">
+        <v>695</v>
+      </c>
+      <c r="C74" t="s">
+        <v>696</v>
+      </c>
+      <c r="D74" t="s">
+        <v>697</v>
+      </c>
+      <c r="E74" t="s">
+        <v>698</v>
+      </c>
+      <c r="F74" t="s">
+        <v>699</v>
+      </c>
+      <c r="G74" t="s">
+        <v>325</v>
+      </c>
+      <c r="H74" t="s">
+        <v>700</v>
+      </c>
+      <c r="I74" t="s">
+        <v>686</v>
+      </c>
+      <c r="J74" t="s">
+        <v>24</v>
+      </c>
+      <c r="K74" t="s">
+        <v>692</v>
+      </c>
+      <c r="L74" t="s">
+        <v>26</v>
+      </c>
+      <c r="M74" t="s">
+        <v>693</v>
+      </c>
+      <c r="N74" t="s">
+        <v>28</v>
+      </c>
+      <c r="O74" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="75" spans="1:15">
+      <c r="A75">
+        <v>66520</v>
+      </c>
+      <c r="B75" t="s">
+        <v>702</v>
+      </c>
+      <c r="C75" t="s">
+        <v>686</v>
+      </c>
+      <c r="D75" t="s">
+        <v>703</v>
+      </c>
+      <c r="E75" t="s">
+        <v>688</v>
+      </c>
+      <c r="F75" t="s">
+        <v>704</v>
+      </c>
+      <c r="G75" t="s">
+        <v>686</v>
+      </c>
+      <c r="H75" t="s">
+        <v>705</v>
+      </c>
+      <c r="I75" t="s">
+        <v>706</v>
+      </c>
+      <c r="J75" t="s">
+        <v>24</v>
+      </c>
+      <c r="K75" t="s">
+        <v>25</v>
+      </c>
+      <c r="L75" t="s">
+        <v>26</v>
+      </c>
+      <c r="M75" t="s">
+        <v>27</v>
+      </c>
+      <c r="N75" t="s">
+        <v>28</v>
+      </c>
+      <c r="O75" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="76" spans="1:15">
+      <c r="A76">
+        <v>66523</v>
+      </c>
+      <c r="B76" t="s">
+        <v>708</v>
+      </c>
+      <c r="C76" t="s">
+        <v>686</v>
+      </c>
+      <c r="D76" t="s">
+        <v>709</v>
+      </c>
+      <c r="E76" t="s">
+        <v>688</v>
+      </c>
+      <c r="F76" t="s">
+        <v>710</v>
+      </c>
+      <c r="G76" t="s">
+        <v>686</v>
+      </c>
+      <c r="H76" t="s">
+        <v>711</v>
+      </c>
+      <c r="I76" t="s">
+        <v>712</v>
+      </c>
+      <c r="J76" t="s">
+        <v>24</v>
+      </c>
+      <c r="K76" t="s">
+        <v>122</v>
+      </c>
+      <c r="L76" t="s">
+        <v>26</v>
+      </c>
+      <c r="M76" t="s">
+        <v>123</v>
+      </c>
+      <c r="N76" t="s">
+        <v>28</v>
+      </c>
+      <c r="O76" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="77" spans="1:15">
+      <c r="A77">
+        <v>66524</v>
+      </c>
+      <c r="B77" t="s">
+        <v>714</v>
+      </c>
+      <c r="C77" t="s">
+        <v>686</v>
+      </c>
+      <c r="D77" t="s">
+        <v>715</v>
+      </c>
+      <c r="E77" t="s">
+        <v>688</v>
+      </c>
+      <c r="F77" t="s">
+        <v>716</v>
+      </c>
+      <c r="G77" t="s">
+        <v>686</v>
+      </c>
+      <c r="H77" t="s">
+        <v>717</v>
+      </c>
+      <c r="I77" t="s">
+        <v>706</v>
+      </c>
+      <c r="J77" t="s">
+        <v>24</v>
+      </c>
+      <c r="K77" t="s">
+        <v>69</v>
+      </c>
+      <c r="L77" t="s">
+        <v>26</v>
+      </c>
+      <c r="M77" t="s">
+        <v>70</v>
+      </c>
+      <c r="N77" t="s">
+        <v>28</v>
+      </c>
+      <c r="O77" t="s">
+        <v>718</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">