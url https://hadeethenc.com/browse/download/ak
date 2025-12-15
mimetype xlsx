--- v2 (2025-11-24)
+++ v3 (2025-12-15)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="719">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="737">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Akan
 # Source: https://hadeethenc.com/ak
-# Last update: 2025-11-12 00:00:21 (v1.15.0)
-# Check for updates: https://hadeethenc.com/en/check/ak/v1.15.0
+# Last update: 2025-12-07 14:55:36 (v1.17.0)
+# Check for updates: https://hadeethenc.com/en/check/ak/v1.17.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -2164,50 +2164,116 @@
     <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
   </si>
   <si>
     <t xml:space="preserve"> &lt;&lt; Neɛ ɔpɛ sɛ n’ahonya  dɔɔso na ne nkwa ware (wɔ asaase yi so no) ntoa twaka a ɛda n’abusua so&gt;&gt;.</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
   </si>
   <si>
     <t>Ɔkɔmhyɛni Allah nhyira ne n’asomdwoeɛ nka no rehyɛ yɛn nkuran sɛ yɛmfa nsrahwɛ, obuo, ɛmoa wɔ honam ne sika afa mu, ne neɛ ɛkeka ho nkura twaka a ɛda abusua ntam, na ɛyɛ nyinasoɔ a ɛma obi ahonya mu trɛ na ɛma no nkwa tenten.</t>
   </si>
   <si>
     <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
 الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
 صلة الرحم سببٌ لِبَسْطِ الرِّزق وتوسيعه، وسببٌ لطول العمر، وإن كان الأجلُ والرزقُ محددًا إلا أنه قد يكون بركة في الرزق والعمر، فيفعل في عمره أكثر وأنفع مما يفعله غيرُه، وقيل زيادة الرزق والعمر زيادة حقيقية. والله أعلم.</t>
   </si>
   <si>
     <t>Abusuafoɔ yɛ wɔn a wo ne wɔbɔ abusua wɔ agya ne maame afa mu, na wɔn a wɔbɛn paa no na wɔfata sɛ wosiesie twaka a ɛwɔ mo ntam no yie.
 Dwumadie biara ne ɛso akatua, nti neɛ ɔnam papayɔ ne adɔeɛ so siesie n’abusua mu no, Allah toa ne mfie ne n’ahonya so.
 Woresiesie twaka a ɛwɔ abusua ntam yɛ nyinasoɔ a ɛbue na ɛtrɛ w’ahonya mu, ne nyinasoɔ a ɛma wo nkwa tenten, mmom sɛ wo mfeɛ ne w’ahonya yɛ adeɛ a wasusu dada nanso ɛbɛyɛ nhyira wɔ w’ahonya ne wo mfeɛ mu, na aboa wo ama wayɛ nneɛma pii na amanfoɔ adi wo so mfasoɔ, na ebinom nso ka sɛ, sɛ Ɔreto w’ahonya ne wo mfeɛ mu no yɛ ntomu ankasa. Na Allah na Ɔnim.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ak/browse/hadith/5372</t>
   </si>
   <si>
+    <t>من ضار ضار الله به، ومن شاق شق الله عليه</t>
+  </si>
+  <si>
+    <t>Obibiara a ɔbɛdi obi bɔne (ɔbɛha) no, Allah nso bɛha no, na obibiara a ɔbɛyɛ nneɛma mu den ama afoforɔ no, Allah bɛyɛ nneɛma mu den ama no</t>
+  </si>
+  <si>
+    <t>عن أبي صِرْمة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Yɛnyaa hadisi yi firii Abi Sirmatu nkyɛn Allah nnye no ntom, sɛ Allah somafoɔ Allah nhyira ne n’asomdwoeɛ nka no, ɔkaa sɛ: "Obibiara a ɔbɛdi obi bɔne (ɔbɛha) no, Allah nso bɛha no, na obibiara a ɔbɛyɛ nneɛma mu den ama afoforɔ no, Allah bɛyɛ nneɛma mu den ama no".</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إدخالِ المَضَرَّة على المسلم، أو إلحاق المَشَقَّة به في أي أمر من أموره؛ في نفسه أو ماله أو أهله، وأنَّ من فعل ذلك فإن الله يُجازيه ويعاقبُه من جِنْسِ عملِه.</t>
+  </si>
+  <si>
+    <t>Ɔkɔmhyɛni Allah nhyira ne n’asomdwoeɛ nka no bɔɔ yɛn kɔkɔ fa ɔhaw a ɔde to muslimini so, anaa sɛ wode no rekɔ ahokyerɛ bi mu wɔ ɔkwan biara so wɔ ne dwumadie mu; wɔ ne nipadua so, anaa ne sika mu anaa n’abusua mu, na neɛ ɔbɛyɛ saa no Allah bɛtua no ka, na Wagyina no dwumadie so atwe n’aso .</t>
+  </si>
+  <si>
+    <t>تحريم الإضرار بالمسلم وإلحاق المشقة به.
+انتقام الله لعباده.</t>
+  </si>
+  <si>
+    <t>Bra a wabra sɛ wode ɔhaw bi bɛto muslimini bi so na wode no akɔ ahokyerɛ bi mu.
+Allah aweredie a Ɔdi ma no nkoa</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/5375</t>
+  </si>
+  <si>
+    <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
+  </si>
+  <si>
+    <t>Berɛ a akoa bɛn n’awurade pa ara ne berɛ a ɔde n’anim abutu fam, ɛno nti mommɔ mpaeɛ pii</t>
+  </si>
+  <si>
+    <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
+  </si>
+  <si>
+    <t>Yɛnyaa Hadisi yi firii Abu Hurayrah nkyɛn, Allah nnye no ntom, sɛ Allah somafoɔ, Allah nhyira ne n'asomdwoeɛ nka no kaa sɛ: &lt;&lt;Berɛ a akoa bɛn n’awurade pa ara ne berɛ a ɔde n’anim abutu fam, ɛno nti mommɔ mpaeɛ pii&gt;&gt;.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
+وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
+  </si>
+  <si>
+    <t>Ɔkɔmhyɛni -Allah nhyira ne n’asomdwoeɛ nka no- rekyerɛ mu sɛ berɛ a akoa bɛn n’awurade pa ara ne berɛ a ɔde n’anim abutu fam; ɛne sɛ Onyamefrɛni no de ne honamdua a ɛwɔ soro na ɛkrɔn sene honamdua no nyina ara bɔ fam wɔ tuwoho akyɛ mu, ne ahobraseɛ mu ma Allah Okokuroko no wɔ berɛ a ɔde n’anim abutu fam.
+Na Ɔkɔmhyɛni ahyɛ yɛn sɛ yɛmmɔ mpaeɛ pii wɔ berɛ a y’anim butu fam, saa nneyɛɛ no ka ahobraseɛ a yɛwɔ ma Allah wɔ kasa ne nneyɛɛ afa mu bom.</t>
+  </si>
+  <si>
+    <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
+استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
+  </si>
+  <si>
+    <t>Sotie ma akoa bɛn Allah Ɔhoteeni Okokuroko no.
+Pɛ a ɔpɛ sɛ yɛbɔ mpaeɛ pii wɔ brɛ a yɛde y’anim abutu fam ama Allah, ɛfiri sɛ ɛka beaɛ a ɔgye mpaebɔ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/5382</t>
+  </si>
+  <si>
     <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>Obiara wo ye Gyedie de ma Nyame ne Atamuada da nu,na wo ka nokware anaa se wo ye koum</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>Hadiis a yɛnya afiri Abu Huraira ho Onyame npenie nka nɔ nokware ɔkomhyani Mohammɛd Onyame asomdwie nka nɔ akasɛ: "Obiara wo ye Gyedie de ma Nyame ne Atamuada da nu,na wo ka nokware anaa se wo ye koum,Obiara wo ye Gyedie de ma Nyame ne Atamuada da nu wo fa nidiye ma na asetena ahokanee,nea wo be ye gyedi ne Atamuada da wo fa bu ne nidiye emma na Hohowo".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>Ɔkɔmhyɛni (Nyankopɔn nhyira ne asomdwoe nka no) kyerɛkyerɛɛ mu sɛ akoa a ɔgye Nyankopɔn die ne Awieeɛ Da no a ɔbɛsan akɔ no, na emu na ɔbɛnya ne nnwuma so akatua no, ɛkanyan ne gyidie ma ɔyɛ su ahodoɔ a ɛdidi soɔ yi:
 Nea edi kan: Kasa pa, te sɛ Onyankopɔn anuonyamhyɛ ne Onyankopɔn baakoyɛ a wɔka ho asɛm,Na ɔbɛhyɛ ma wɔayɛ papa, Na ɔbɛbara nea ɛnyɛ, ne nnipa a ɔbɛsiesie wɔn ntam. Sɛ wantumi anyɛ saa a, ɛnneɛ ɛsɛ sɛ ɔyɛ komm, na ma ɔnha afoforɔ, na ɔmmɔ ne tɛkrɛma ho ban.
 Nea ɛtɔ so mmienu: Obi afipamfoɔ a ɔbɛdi wɔn nni, te sɛ ayamyɛ a ɔbɛyɛ wɔn na ɔnyɛ wɔn bɔne.
 Nea ɛtɔ so mmiɛnsa: Ɔhɔhoɔ bi a ɔbɛba abɛsra wo a wobɛdi no nni, denam kasa pa a wobɛka, aduane a wode bɛma, ne nea ɛtete saa so.</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
@@ -2417,56 +2483,50 @@
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
     <t>Yɛnyaa Hadisi yi firii Anu'man bin Bashir nkyɛn Allah nnye no ntom ɔkaa sɛ: metee sɛ ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no reka sɛ: &lt;&lt;Mpaebɔ, ɛno ne nyamesom&gt;&gt; Na afei ɔkanee: &lt;&lt;Na mo Awurade aka sɛ momfrɛ me na mɛgye mo so, esipi sɛ wɔn a akɛsesɛm wɔ wɔn mu sɛ ɔbɛsom Me no bɛwura ogya dareɛ no mu wɔ animguaseɛ mu&gt;&gt;.[Gafir:60]</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
     <t>Ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no rebɔ yɛn amaneɛ sɛ, esipi sɛ mpaebɔ; ɛno ne nyamesom, nti ɛsɛsɛ mpaebɔ nyina ara yɛ Allah nti, sɛ ɛyɛ abisa anaa adesrɛ mpaeɛ o, sɛ ɔbɛsrɛ Allah Okokuroko mfasodeɛ bi, ne ahobammɔ firi neɛ ɛha no wɔ wiase ne atemmuada no, anaasɛ ɛyɛ nyamesom mpaeɛ, na ɛno ne ade biara a Allah pɛ na n'ani gye ho sɛ ɛyɛ kasa anaa dwumadie, neɛ apue ne neɛ asuma, akoma mu, honamdua mu anaa sika mu nyamesom.
 Ansa na ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no kaa nyinasosɛm a ɛfa ho, Allah kaa sɛ: {Momfrɛ me na mɛgye mo so, esipi sɛ wɔn a akɛsesɛm wɔ wɔn mu sɛ ɔbɛsom Me no bɛwura ogya dareɛ no mu wɔ animguaseɛ mu}.</t>
   </si>
   <si>
     <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
 الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
 الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
   </si>
   <si>
     <t>Mpaebɔ yɛ ade titiriw wɔ nyamesom mu nti mfata sɛ wode bɛsusu obiara gye Allah.
 Mpaebɔ ka som pa ara ne Allah Okokuroko mu gyedie sɛ Ɔno na Wanya ne ho na Ɔwɔ tumi bɔ mu, ne sɛneɛ akoa dan noɔ.
 Kɔkɔbɔ a ano ɛyɛ den sɛ akatua a ɛwɔ hɔ ma neɛ ɔbɛ yɛ akɛsesɛm sɛ ɔbɛsom No na ɔbɛgyae No frɛ, na wɔn a wɔyɛ akɛsesɛm sɛ wɔbɛfrɛ Allah no bɛwura ogya dareɛ no mu wɔ animguaseɛ ne animtia mu.</t>
-  </si>
-[...4 lines deleted...]
-    <t>[رواه أبو داود والترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ak/browse/hadith/5496</t>
   </si>
   <si>
     <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
   </si>
   <si>
     <t>Nsɛmfua mmienu a ɛyɛ mmerɛ wɔ kɛtrɛma so, ɛmu yɛ duru wɔ nsania so, na Ahummɔborɔ hene (Allah) no ani gye ho</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
   </si>
   <si>
     <t>Yɛnyaa Hadisi yi firii Abu Hurayrah nkyɛn, Allah nnye no ntom, sɛ ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no kaa sɛ: &lt;&lt; Nsɛmfua mmienu a ɛyɛ mmerɛ wɔ kɛtrɛma so, ɛmu yɛ duru wɔ nsania so, na Ahummɔborɔ hene (Allah) no ani gye ho: (Subhanallahil azeem, Subhanallahi wa bihamdihii) (Ahoteɛ wɔ Allah Okokuroko, Ahoteɛ ne aseda wɔ Allah)&gt;&gt;.</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
 سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
   </si>
   <si>
     <t>Ɔkɔmhyɛni Allah nhyira ne n'asomdwoeɛ nka no rebɔ yɛn amaneɛ ɛfa nsɛmfua mmienu bi a onipa bɛka a ɔmmrɛ na ɔbɛtumi aka no tebea biara mu, na wɔn nhyira yɛ kɛseɛ wɔ nsania so, na yɛ Wura, Ahummɔborɔ hene Okokuroko no ani gye wɔn ho:
 Subhanallahil azeem, subhanallahi wa bihamdihi; sɛneɛ aka Allah su a ɛkyerɛ sɛ Ɔyɛ Kokuroko na Ɔwie pɛyɔ no, na ɛte No ho firi sintɔ biara ho, nhyira ne kɛseyɔ wɔ No.</t>
   </si>
   <si>
@@ -3045,51 +3105,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O77"/>
+  <dimension ref="A1:O79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -5833,845 +5893,939 @@
       </c>
       <c r="I60" t="s">
         <v>571</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
         <v>25</v>
       </c>
       <c r="L60" t="s">
         <v>26</v>
       </c>
       <c r="M60" t="s">
         <v>27</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>5437</v>
+        <v>5375</v>
       </c>
       <c r="B61" t="s">
         <v>573</v>
       </c>
       <c r="C61" t="s">
         <v>574</v>
       </c>
       <c r="D61" t="s">
         <v>575</v>
       </c>
       <c r="E61" t="s">
         <v>576</v>
       </c>
       <c r="F61" t="s">
         <v>577</v>
       </c>
       <c r="G61" t="s">
         <v>578</v>
       </c>
       <c r="H61" t="s">
         <v>579</v>
       </c>
       <c r="I61" t="s">
         <v>580</v>
       </c>
       <c r="J61" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K61" t="s">
-        <v>25</v>
+        <v>581</v>
       </c>
       <c r="L61" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M61" t="s">
-        <v>27</v>
+        <v>582</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>5439</v>
+        <v>5382</v>
       </c>
       <c r="B62" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="C62" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="D62" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="E62" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="F62" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="G62" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="H62" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="I62" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>5474</v>
+        <v>5437</v>
       </c>
       <c r="B63" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="C63" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="D63" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="E63" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="F63" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="G63" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="H63" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="I63" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
         <v>25</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
         <v>27</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>5475</v>
+        <v>5439</v>
       </c>
       <c r="B64" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C64" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="D64" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="E64" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="F64" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="G64" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="H64" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="I64" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>5476</v>
+        <v>5474</v>
       </c>
       <c r="B65" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="C65" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="D65" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="E65" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="F65" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="G65" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="H65" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="I65" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="J65" t="s">
-        <v>617</v>
+        <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>382</v>
+        <v>25</v>
       </c>
       <c r="L65" t="s">
-        <v>618</v>
+        <v>26</v>
       </c>
       <c r="M65" t="s">
-        <v>383</v>
+        <v>27</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>5478</v>
+        <v>5475</v>
       </c>
       <c r="B66" t="s">
         <v>620</v>
       </c>
       <c r="C66" t="s">
         <v>621</v>
       </c>
       <c r="D66" t="s">
         <v>622</v>
       </c>
       <c r="E66" t="s">
         <v>623</v>
       </c>
       <c r="F66" t="s">
         <v>624</v>
       </c>
       <c r="G66" t="s">
         <v>625</v>
       </c>
       <c r="H66" t="s">
         <v>626</v>
       </c>
       <c r="I66" t="s">
         <v>627</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
         <v>628</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>5496</v>
+        <v>5476</v>
       </c>
       <c r="B67" t="s">
         <v>629</v>
       </c>
       <c r="C67" t="s">
         <v>630</v>
       </c>
       <c r="D67" t="s">
         <v>631</v>
       </c>
       <c r="E67" t="s">
         <v>632</v>
       </c>
       <c r="F67" t="s">
         <v>633</v>
       </c>
       <c r="G67" t="s">
         <v>634</v>
       </c>
       <c r="H67" t="s">
         <v>635</v>
       </c>
       <c r="I67" t="s">
         <v>636</v>
       </c>
       <c r="J67" t="s">
-        <v>24</v>
+        <v>637</v>
       </c>
       <c r="K67" t="s">
-        <v>637</v>
+        <v>382</v>
       </c>
       <c r="L67" t="s">
-        <v>26</v>
+        <v>638</v>
       </c>
       <c r="M67" t="s">
-        <v>638</v>
+        <v>383</v>
       </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
         <v>639</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>5507</v>
+        <v>5478</v>
       </c>
       <c r="B68" t="s">
         <v>640</v>
       </c>
       <c r="C68" t="s">
         <v>641</v>
       </c>
       <c r="D68" t="s">
         <v>642</v>
       </c>
       <c r="E68" t="s">
         <v>643</v>
       </c>
       <c r="F68" t="s">
         <v>644</v>
       </c>
       <c r="G68" t="s">
         <v>645</v>
       </c>
       <c r="H68" t="s">
         <v>646</v>
       </c>
       <c r="I68" t="s">
         <v>647</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
         <v>25</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
         <v>27</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
         <v>648</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>5509</v>
+        <v>5496</v>
       </c>
       <c r="B69" t="s">
         <v>649</v>
       </c>
       <c r="C69" t="s">
         <v>650</v>
       </c>
       <c r="D69" t="s">
         <v>651</v>
       </c>
       <c r="E69" t="s">
         <v>652</v>
       </c>
       <c r="F69" t="s">
         <v>653</v>
       </c>
       <c r="G69" t="s">
         <v>654</v>
       </c>
       <c r="H69" t="s">
         <v>655</v>
       </c>
       <c r="I69" t="s">
         <v>656</v>
       </c>
       <c r="J69" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>382</v>
+        <v>581</v>
       </c>
       <c r="L69" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M69" t="s">
-        <v>383</v>
+        <v>582</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>5512</v>
+        <v>5507</v>
       </c>
       <c r="B70" t="s">
         <v>658</v>
       </c>
       <c r="C70" t="s">
         <v>659</v>
       </c>
       <c r="D70" t="s">
         <v>660</v>
       </c>
       <c r="E70" t="s">
         <v>661</v>
       </c>
       <c r="F70" t="s">
         <v>662</v>
       </c>
       <c r="G70" t="s">
         <v>663</v>
       </c>
       <c r="H70" t="s">
         <v>664</v>
       </c>
       <c r="I70" t="s">
         <v>665</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
         <v>666</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>5514</v>
+        <v>5509</v>
       </c>
       <c r="B71" t="s">
         <v>667</v>
       </c>
       <c r="C71" t="s">
         <v>668</v>
       </c>
       <c r="D71" t="s">
         <v>669</v>
       </c>
       <c r="E71" t="s">
         <v>670</v>
       </c>
       <c r="F71" t="s">
         <v>671</v>
       </c>
       <c r="G71" t="s">
         <v>672</v>
       </c>
       <c r="H71" t="s">
         <v>673</v>
       </c>
       <c r="I71" t="s">
         <v>674</v>
       </c>
       <c r="J71" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K71" t="s">
-        <v>272</v>
+        <v>382</v>
       </c>
       <c r="L71" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M71" t="s">
-        <v>273</v>
+        <v>383</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>5907</v>
+        <v>5512</v>
       </c>
       <c r="B72" t="s">
         <v>676</v>
       </c>
       <c r="C72" t="s">
         <v>677</v>
       </c>
       <c r="D72" t="s">
         <v>678</v>
       </c>
       <c r="E72" t="s">
         <v>679</v>
       </c>
       <c r="F72" t="s">
         <v>680</v>
       </c>
       <c r="G72" t="s">
         <v>681</v>
       </c>
       <c r="H72" t="s">
         <v>682</v>
       </c>
       <c r="I72" t="s">
         <v>683</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>66512</v>
+        <v>5514</v>
       </c>
       <c r="B73" t="s">
         <v>685</v>
       </c>
       <c r="C73" t="s">
         <v>686</v>
       </c>
       <c r="D73" t="s">
         <v>687</v>
       </c>
       <c r="E73" t="s">
         <v>688</v>
       </c>
       <c r="F73" t="s">
         <v>689</v>
       </c>
       <c r="G73" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="H73" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="I73" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>692</v>
+        <v>272</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
+        <v>273</v>
+      </c>
+      <c r="N73" t="s">
+        <v>28</v>
+      </c>
+      <c r="O73" t="s">
         <v>693</v>
-      </c>
-[...4 lines deleted...]
-        <v>694</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>66515</v>
+        <v>5907</v>
       </c>
       <c r="B74" t="s">
+        <v>694</v>
+      </c>
+      <c r="C74" t="s">
         <v>695</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
         <v>696</v>
       </c>
-      <c r="D74" t="s">
+      <c r="E74" t="s">
         <v>697</v>
       </c>
-      <c r="E74" t="s">
+      <c r="F74" t="s">
         <v>698</v>
       </c>
-      <c r="F74" t="s">
+      <c r="G74" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="H74" t="s">
         <v>700</v>
       </c>
       <c r="I74" t="s">
-        <v>686</v>
+        <v>701</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>692</v>
+        <v>25</v>
       </c>
       <c r="L74" t="s">
         <v>26</v>
       </c>
       <c r="M74" t="s">
-        <v>693</v>
+        <v>27</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>66520</v>
+        <v>66512</v>
       </c>
       <c r="B75" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C75" t="s">
-        <v>686</v>
+        <v>704</v>
       </c>
       <c r="D75" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="E75" t="s">
-        <v>688</v>
+        <v>706</v>
       </c>
       <c r="F75" t="s">
+        <v>707</v>
+      </c>
+      <c r="G75" t="s">
         <v>704</v>
       </c>
-      <c r="G75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H75" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="I75" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>25</v>
+        <v>710</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
-        <v>27</v>
+        <v>711</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>66523</v>
+        <v>66515</v>
       </c>
       <c r="B76" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="C76" t="s">
-        <v>686</v>
+        <v>714</v>
       </c>
       <c r="D76" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
       <c r="E76" t="s">
-        <v>688</v>
+        <v>716</v>
       </c>
       <c r="F76" t="s">
+        <v>717</v>
+      </c>
+      <c r="G76" t="s">
+        <v>325</v>
+      </c>
+      <c r="H76" t="s">
+        <v>718</v>
+      </c>
+      <c r="I76" t="s">
+        <v>704</v>
+      </c>
+      <c r="J76" t="s">
+        <v>24</v>
+      </c>
+      <c r="K76" t="s">
         <v>710</v>
       </c>
-      <c r="G76" t="s">
-[...2 lines deleted...]
-      <c r="H76" t="s">
+      <c r="L76" t="s">
+        <v>26</v>
+      </c>
+      <c r="M76" t="s">
         <v>711</v>
       </c>
-      <c r="I76" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>713</v>
+        <v>719</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
+        <v>66520</v>
+      </c>
+      <c r="B77" t="s">
+        <v>720</v>
+      </c>
+      <c r="C77" t="s">
+        <v>704</v>
+      </c>
+      <c r="D77" t="s">
+        <v>721</v>
+      </c>
+      <c r="E77" t="s">
+        <v>706</v>
+      </c>
+      <c r="F77" t="s">
+        <v>722</v>
+      </c>
+      <c r="G77" t="s">
+        <v>704</v>
+      </c>
+      <c r="H77" t="s">
+        <v>723</v>
+      </c>
+      <c r="I77" t="s">
+        <v>724</v>
+      </c>
+      <c r="J77" t="s">
+        <v>24</v>
+      </c>
+      <c r="K77" t="s">
+        <v>25</v>
+      </c>
+      <c r="L77" t="s">
+        <v>26</v>
+      </c>
+      <c r="M77" t="s">
+        <v>27</v>
+      </c>
+      <c r="N77" t="s">
+        <v>28</v>
+      </c>
+      <c r="O77" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="78" spans="1:15">
+      <c r="A78">
+        <v>66523</v>
+      </c>
+      <c r="B78" t="s">
+        <v>726</v>
+      </c>
+      <c r="C78" t="s">
+        <v>704</v>
+      </c>
+      <c r="D78" t="s">
+        <v>727</v>
+      </c>
+      <c r="E78" t="s">
+        <v>706</v>
+      </c>
+      <c r="F78" t="s">
+        <v>728</v>
+      </c>
+      <c r="G78" t="s">
+        <v>704</v>
+      </c>
+      <c r="H78" t="s">
+        <v>729</v>
+      </c>
+      <c r="I78" t="s">
+        <v>730</v>
+      </c>
+      <c r="J78" t="s">
+        <v>24</v>
+      </c>
+      <c r="K78" t="s">
+        <v>122</v>
+      </c>
+      <c r="L78" t="s">
+        <v>26</v>
+      </c>
+      <c r="M78" t="s">
+        <v>123</v>
+      </c>
+      <c r="N78" t="s">
+        <v>28</v>
+      </c>
+      <c r="O78" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="79" spans="1:15">
+      <c r="A79">
         <v>66524</v>
       </c>
-      <c r="B77" t="s">
-[...20 lines deleted...]
-      <c r="I77" t="s">
+      <c r="B79" t="s">
+        <v>732</v>
+      </c>
+      <c r="C79" t="s">
+        <v>704</v>
+      </c>
+      <c r="D79" t="s">
+        <v>733</v>
+      </c>
+      <c r="E79" t="s">
         <v>706</v>
       </c>
-      <c r="J77" t="s">
-[...2 lines deleted...]
-      <c r="K77" t="s">
+      <c r="F79" t="s">
+        <v>734</v>
+      </c>
+      <c r="G79" t="s">
+        <v>704</v>
+      </c>
+      <c r="H79" t="s">
+        <v>735</v>
+      </c>
+      <c r="I79" t="s">
+        <v>724</v>
+      </c>
+      <c r="J79" t="s">
+        <v>24</v>
+      </c>
+      <c r="K79" t="s">
         <v>69</v>
       </c>
-      <c r="L77" t="s">
-[...2 lines deleted...]
-      <c r="M77" t="s">
+      <c r="L79" t="s">
+        <v>26</v>
+      </c>
+      <c r="M79" t="s">
         <v>70</v>
       </c>
-      <c r="N77" t="s">
-[...3 lines deleted...]
-        <v>718</v>
+      <c r="N79" t="s">
+        <v>28</v>
+      </c>
+      <c r="O79" t="s">
+        <v>736</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">