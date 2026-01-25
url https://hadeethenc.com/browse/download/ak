--- v3 (2025-12-15)
+++ v4 (2026-01-25)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="737">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="746">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Akan
 # Source: https://hadeethenc.com/ak
-# Last update: 2025-12-07 14:55:36 (v1.17.0)
-# Check for updates: https://hadeethenc.com/en/check/ak/v1.17.0
+# Last update: 2026-01-08 11:51:02 (v1.18.0)
+# Check for updates: https://hadeethenc.com/en/check/ak/v1.18.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -2228,50 +2228,83 @@
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
     <t>Yɛnyaa Hadisi yi firii Abu Hurayrah nkyɛn, Allah nnye no ntom, sɛ Allah somafoɔ, Allah nhyira ne n'asomdwoeɛ nka no kaa sɛ: &lt;&lt;Berɛ a akoa bɛn n’awurade pa ara ne berɛ a ɔde n’anim abutu fam, ɛno nti mommɔ mpaeɛ pii&gt;&gt;.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>Ɔkɔmhyɛni -Allah nhyira ne n’asomdwoeɛ nka no- rekyerɛ mu sɛ berɛ a akoa bɛn n’awurade pa ara ne berɛ a ɔde n’anim abutu fam; ɛne sɛ Onyamefrɛni no de ne honamdua a ɛwɔ soro na ɛkrɔn sene honamdua no nyina ara bɔ fam wɔ tuwoho akyɛ mu, ne ahobraseɛ mu ma Allah Okokuroko no wɔ berɛ a ɔde n’anim abutu fam.
 Na Ɔkɔmhyɛni ahyɛ yɛn sɛ yɛmmɔ mpaeɛ pii wɔ berɛ a y’anim butu fam, saa nneyɛɛ no ka ahobraseɛ a yɛwɔ ma Allah wɔ kasa ne nneyɛɛ afa mu bom.</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
     <t>Sotie ma akoa bɛn Allah Ɔhoteeni Okokuroko no.
 Pɛ a ɔpɛ sɛ yɛbɔ mpaeɛ pii wɔ brɛ a yɛde y’anim abutu fam ama Allah, ɛfiri sɛ ɛka beaɛ a ɔgye mpaebɔ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/ak/browse/hadith/5382</t>
+  </si>
+  <si>
+    <t>من صلى صلاة الصبح فهو في ذمة الله</t>
+  </si>
+  <si>
+    <t>Obibiara a ɔbɛyɛ ahemakye asɔre no hyɛ Allah bammɔ ase</t>
+  </si>
+  <si>
+    <t>عن جُندب بن عبد الله القَسْرِِي رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ، فَلَا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبَّهُ عَلَى وَجْهِهِ فِي نَارِ جَهَنَّمَ».</t>
+  </si>
+  <si>
+    <t>Jundub bin Abdullah Al Qasriyyu Allah agye no atom  ɔkaa sɛ: Allah somafoɔ Allah nhyira ne n’asomdwoeɛ nka no kaa sɛ: &lt;&lt;Obibiara a ɔbɛyɛ ahemakye asɔre no hyɛ Allah bammɔ ase, momma Allah nhwehwɛ akontabuo mfiri mo nkyɛn wɔ biribiara a ɛfa no bammɔ ho, ɛfirisɛ deɛ ɔbɛhwehwɛ akontabuo wɔ biribi a ɛfa no bammɔ ho afiri ne nkyɛn no; Ɔbɛsɔ ne mu, na afei Wato no de n’anim abutu ogya dareɛ no mu &gt;&gt;.:</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
+ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
+  </si>
+  <si>
+    <t>KƆmwhenee-Asomdwe ne nhyira nka nu-Bo yen amania se obiara a wo be YƐ Ahomakyi Sallah na wo wƆ Nyame bambo nu mu,a boa nu bo neho ban,na wo be nya nknyim.
+Ansaa na KƆmwhenee-Asomdwe ne nhyira nka nu-Bo KƆkƆ se ye be sei saa bo hye nu,anaa se wo be pe se wo de ohaw tu nesu,na dea wo be ye saa wo sei asetena ho kanee nu,na wo fata asotwe kese se Nyame be hwehwwe nu na wo be nya nu,ansaa na wo de na nuim atu/butu Bonsam gya nu mu.</t>
+  </si>
+  <si>
+    <t>بيان أهمية صلاة الفجر وفضيلتها.
+التحذير الشديد من التعرض بسوء لمن صلى الفجر.
+انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
+  </si>
+  <si>
+    <t>Nkyerekyere mu Efa Ahomakyi Sallah nu ne na dibew.
+KƆ kƆ bƆ kese de ma nea wo de bone bi be tu nea wo ye Ahomakyi Sallah nu.
+Nyankonpon Kokroko asotie de ma nea wo de Ohaw bi be tu nipa papa nu su.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/ak/browse/hadith/5435</t>
   </si>
   <si>
     <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>Obiara wo ye Gyedie de ma Nyame ne Atamuada da nu,na wo ka nokware anaa se wo ye koum</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>Hadiis a yɛnya afiri Abu Huraira ho Onyame npenie nka nɔ nokware ɔkomhyani Mohammɛd Onyame asomdwie nka nɔ akasɛ: "Obiara wo ye Gyedie de ma Nyame ne Atamuada da nu,na wo ka nokware anaa se wo ye koum,Obiara wo ye Gyedie de ma Nyame ne Atamuada da nu wo fa nidiye ma na asetena ahokanee,nea wo be ye gyedi ne Atamuada da wo fa bu ne nidiye emma na Hohowo".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>Ɔkɔmhyɛni (Nyankopɔn nhyira ne asomdwoe nka no) kyerɛkyerɛɛ mu sɛ akoa a ɔgye Nyankopɔn die ne Awieeɛ Da no a ɔbɛsan akɔ no, na emu na ɔbɛnya ne nnwuma so akatua no, ɛkanyan ne gyidie ma ɔyɛ su ahodoɔ a ɛdidi soɔ yi:
 Nea edi kan: Kasa pa, te sɛ Onyankopɔn anuonyamhyɛ ne Onyankopɔn baakoyɛ a wɔka ho asɛm,Na ɔbɛhyɛ ma wɔayɛ papa, Na ɔbɛbara nea ɛnyɛ, ne nnipa a ɔbɛsiesie wɔn ntam. Sɛ wantumi anyɛ saa a, ɛnneɛ ɛsɛ sɛ ɔyɛ komm, na ma ɔnha afoforɔ, na ɔmmɔ ne tɛkrɛma ho ban.
 Nea ɛtɔ so mmienu: Obi afipamfoɔ a ɔbɛdi wɔn nni, te sɛ ayamyɛ a ɔbɛyɛ wɔn na ɔnyɛ wɔn bɔne.
 Nea ɛtɔ so mmiɛnsa: Ɔhɔhoɔ bi a ɔbɛba abɛsra wo a wobɛdi no nni, denam kasa pa a wobɛka, aduane a wode bɛma, ne nea ɛtete saa so.</t>
   </si>
@@ -3105,51 +3138,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O79"/>
+  <dimension ref="A1:O80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -5987,845 +6020,892 @@
       </c>
       <c r="I62" t="s">
         <v>591</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
         <v>69</v>
       </c>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
         <v>70</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>5437</v>
+        <v>5435</v>
       </c>
       <c r="B63" t="s">
         <v>593</v>
       </c>
       <c r="C63" t="s">
         <v>594</v>
       </c>
       <c r="D63" t="s">
         <v>595</v>
       </c>
       <c r="E63" t="s">
         <v>596</v>
       </c>
       <c r="F63" t="s">
         <v>597</v>
       </c>
       <c r="G63" t="s">
         <v>598</v>
       </c>
       <c r="H63" t="s">
         <v>599</v>
       </c>
       <c r="I63" t="s">
         <v>600</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>5439</v>
+        <v>5437</v>
       </c>
       <c r="B64" t="s">
         <v>602</v>
       </c>
       <c r="C64" t="s">
         <v>603</v>
       </c>
       <c r="D64" t="s">
         <v>604</v>
       </c>
       <c r="E64" t="s">
         <v>605</v>
       </c>
       <c r="F64" t="s">
         <v>606</v>
       </c>
       <c r="G64" t="s">
         <v>607</v>
       </c>
       <c r="H64" t="s">
         <v>608</v>
       </c>
       <c r="I64" t="s">
         <v>609</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
         <v>25</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
         <v>27</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>5474</v>
+        <v>5439</v>
       </c>
       <c r="B65" t="s">
         <v>611</v>
       </c>
       <c r="C65" t="s">
         <v>612</v>
       </c>
       <c r="D65" t="s">
         <v>613</v>
       </c>
       <c r="E65" t="s">
         <v>614</v>
       </c>
       <c r="F65" t="s">
         <v>615</v>
       </c>
       <c r="G65" t="s">
         <v>616</v>
       </c>
       <c r="H65" t="s">
         <v>617</v>
       </c>
       <c r="I65" t="s">
         <v>618</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
         <v>25</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
         <v>27</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>5475</v>
+        <v>5474</v>
       </c>
       <c r="B66" t="s">
         <v>620</v>
       </c>
       <c r="C66" t="s">
         <v>621</v>
       </c>
       <c r="D66" t="s">
         <v>622</v>
       </c>
       <c r="E66" t="s">
         <v>623</v>
       </c>
       <c r="F66" t="s">
         <v>624</v>
       </c>
       <c r="G66" t="s">
         <v>625</v>
       </c>
       <c r="H66" t="s">
         <v>626</v>
       </c>
       <c r="I66" t="s">
         <v>627</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
         <v>628</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>5476</v>
+        <v>5475</v>
       </c>
       <c r="B67" t="s">
         <v>629</v>
       </c>
       <c r="C67" t="s">
         <v>630</v>
       </c>
       <c r="D67" t="s">
         <v>631</v>
       </c>
       <c r="E67" t="s">
         <v>632</v>
       </c>
       <c r="F67" t="s">
         <v>633</v>
       </c>
       <c r="G67" t="s">
         <v>634</v>
       </c>
       <c r="H67" t="s">
         <v>635</v>
       </c>
       <c r="I67" t="s">
         <v>636</v>
       </c>
       <c r="J67" t="s">
+        <v>24</v>
+      </c>
+      <c r="K67" t="s">
+        <v>69</v>
+      </c>
+      <c r="L67" t="s">
+        <v>26</v>
+      </c>
+      <c r="M67" t="s">
+        <v>70</v>
+      </c>
+      <c r="N67" t="s">
+        <v>28</v>
+      </c>
+      <c r="O67" t="s">
         <v>637</v>
-      </c>
-[...13 lines deleted...]
-        <v>639</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>5478</v>
+        <v>5476</v>
       </c>
       <c r="B68" t="s">
+        <v>638</v>
+      </c>
+      <c r="C68" t="s">
+        <v>639</v>
+      </c>
+      <c r="D68" t="s">
         <v>640</v>
       </c>
-      <c r="C68" t="s">
+      <c r="E68" t="s">
         <v>641</v>
       </c>
-      <c r="D68" t="s">
+      <c r="F68" t="s">
         <v>642</v>
       </c>
-      <c r="E68" t="s">
+      <c r="G68" t="s">
         <v>643</v>
       </c>
-      <c r="F68" t="s">
+      <c r="H68" t="s">
         <v>644</v>
       </c>
-      <c r="G68" t="s">
+      <c r="I68" t="s">
         <v>645</v>
       </c>
-      <c r="H68" t="s">
+      <c r="J68" t="s">
         <v>646</v>
       </c>
-      <c r="I68" t="s">
+      <c r="K68" t="s">
+        <v>382</v>
+      </c>
+      <c r="L68" t="s">
         <v>647</v>
       </c>
-      <c r="J68" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M68" t="s">
-        <v>27</v>
+        <v>383</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
         <v>648</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>5496</v>
+        <v>5478</v>
       </c>
       <c r="B69" t="s">
         <v>649</v>
       </c>
       <c r="C69" t="s">
         <v>650</v>
       </c>
       <c r="D69" t="s">
         <v>651</v>
       </c>
       <c r="E69" t="s">
         <v>652</v>
       </c>
       <c r="F69" t="s">
         <v>653</v>
       </c>
       <c r="G69" t="s">
         <v>654</v>
       </c>
       <c r="H69" t="s">
         <v>655</v>
       </c>
       <c r="I69" t="s">
         <v>656</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>581</v>
+        <v>25</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
-        <v>582</v>
+        <v>27</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>5507</v>
+        <v>5496</v>
       </c>
       <c r="B70" t="s">
         <v>658</v>
       </c>
       <c r="C70" t="s">
         <v>659</v>
       </c>
       <c r="D70" t="s">
         <v>660</v>
       </c>
       <c r="E70" t="s">
         <v>661</v>
       </c>
       <c r="F70" t="s">
         <v>662</v>
       </c>
       <c r="G70" t="s">
         <v>663</v>
       </c>
       <c r="H70" t="s">
         <v>664</v>
       </c>
       <c r="I70" t="s">
         <v>665</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>25</v>
+        <v>581</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
-        <v>27</v>
+        <v>582</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
         <v>666</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>5509</v>
+        <v>5507</v>
       </c>
       <c r="B71" t="s">
         <v>667</v>
       </c>
       <c r="C71" t="s">
         <v>668</v>
       </c>
       <c r="D71" t="s">
         <v>669</v>
       </c>
       <c r="E71" t="s">
         <v>670</v>
       </c>
       <c r="F71" t="s">
         <v>671</v>
       </c>
       <c r="G71" t="s">
         <v>672</v>
       </c>
       <c r="H71" t="s">
         <v>673</v>
       </c>
       <c r="I71" t="s">
         <v>674</v>
       </c>
       <c r="J71" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>382</v>
+        <v>25</v>
       </c>
       <c r="L71" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="M71" t="s">
-        <v>383</v>
+        <v>27</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>5512</v>
+        <v>5509</v>
       </c>
       <c r="B72" t="s">
         <v>676</v>
       </c>
       <c r="C72" t="s">
         <v>677</v>
       </c>
       <c r="D72" t="s">
         <v>678</v>
       </c>
       <c r="E72" t="s">
         <v>679</v>
       </c>
       <c r="F72" t="s">
         <v>680</v>
       </c>
       <c r="G72" t="s">
         <v>681</v>
       </c>
       <c r="H72" t="s">
         <v>682</v>
       </c>
       <c r="I72" t="s">
         <v>683</v>
       </c>
       <c r="J72" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K72" t="s">
-        <v>69</v>
+        <v>382</v>
       </c>
       <c r="L72" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M72" t="s">
-        <v>70</v>
+        <v>383</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>5514</v>
+        <v>5512</v>
       </c>
       <c r="B73" t="s">
         <v>685</v>
       </c>
       <c r="C73" t="s">
         <v>686</v>
       </c>
       <c r="D73" t="s">
         <v>687</v>
       </c>
       <c r="E73" t="s">
         <v>688</v>
       </c>
       <c r="F73" t="s">
         <v>689</v>
       </c>
       <c r="G73" t="s">
         <v>690</v>
       </c>
       <c r="H73" t="s">
         <v>691</v>
       </c>
       <c r="I73" t="s">
         <v>692</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>272</v>
+        <v>69</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
-        <v>273</v>
+        <v>70</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>5907</v>
+        <v>5514</v>
       </c>
       <c r="B74" t="s">
         <v>694</v>
       </c>
       <c r="C74" t="s">
         <v>695</v>
       </c>
       <c r="D74" t="s">
         <v>696</v>
       </c>
       <c r="E74" t="s">
         <v>697</v>
       </c>
       <c r="F74" t="s">
         <v>698</v>
       </c>
       <c r="G74" t="s">
         <v>699</v>
       </c>
       <c r="H74" t="s">
         <v>700</v>
       </c>
       <c r="I74" t="s">
         <v>701</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>25</v>
+        <v>272</v>
       </c>
       <c r="L74" t="s">
         <v>26</v>
       </c>
       <c r="M74" t="s">
-        <v>27</v>
+        <v>273</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>66512</v>
+        <v>5907</v>
       </c>
       <c r="B75" t="s">
         <v>703</v>
       </c>
       <c r="C75" t="s">
         <v>704</v>
       </c>
       <c r="D75" t="s">
         <v>705</v>
       </c>
       <c r="E75" t="s">
         <v>706</v>
       </c>
       <c r="F75" t="s">
         <v>707</v>
       </c>
       <c r="G75" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="H75" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="I75" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>710</v>
+        <v>25</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
+        <v>27</v>
+      </c>
+      <c r="N75" t="s">
+        <v>28</v>
+      </c>
+      <c r="O75" t="s">
         <v>711</v>
-      </c>
-[...4 lines deleted...]
-        <v>712</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>66515</v>
+        <v>66512</v>
       </c>
       <c r="B76" t="s">
+        <v>712</v>
+      </c>
+      <c r="C76" t="s">
         <v>713</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
         <v>714</v>
       </c>
-      <c r="D76" t="s">
+      <c r="E76" t="s">
         <v>715</v>
       </c>
-      <c r="E76" t="s">
+      <c r="F76" t="s">
         <v>716</v>
       </c>
-      <c r="F76" t="s">
+      <c r="G76" t="s">
+        <v>713</v>
+      </c>
+      <c r="H76" t="s">
         <v>717</v>
       </c>
-      <c r="G76" t="s">
-[...2 lines deleted...]
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>718</v>
       </c>
-      <c r="I76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
-        <v>710</v>
+        <v>719</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
-        <v>711</v>
+        <v>720</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>66520</v>
+        <v>66515</v>
       </c>
       <c r="B77" t="s">
+        <v>722</v>
+      </c>
+      <c r="C77" t="s">
+        <v>723</v>
+      </c>
+      <c r="D77" t="s">
+        <v>724</v>
+      </c>
+      <c r="E77" t="s">
+        <v>725</v>
+      </c>
+      <c r="F77" t="s">
+        <v>726</v>
+      </c>
+      <c r="G77" t="s">
+        <v>325</v>
+      </c>
+      <c r="H77" t="s">
+        <v>727</v>
+      </c>
+      <c r="I77" t="s">
+        <v>713</v>
+      </c>
+      <c r="J77" t="s">
+        <v>24</v>
+      </c>
+      <c r="K77" t="s">
+        <v>719</v>
+      </c>
+      <c r="L77" t="s">
+        <v>26</v>
+      </c>
+      <c r="M77" t="s">
         <v>720</v>
       </c>
-      <c r="C77" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>66523</v>
+        <v>66520</v>
       </c>
       <c r="B78" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="C78" t="s">
-        <v>704</v>
+        <v>713</v>
       </c>
       <c r="D78" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="E78" t="s">
-        <v>706</v>
+        <v>715</v>
       </c>
       <c r="F78" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="G78" t="s">
-        <v>704</v>
+        <v>713</v>
       </c>
       <c r="H78" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="I78" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="L78" t="s">
         <v>26</v>
       </c>
       <c r="M78" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
+        <v>66523</v>
+      </c>
+      <c r="B79" t="s">
+        <v>735</v>
+      </c>
+      <c r="C79" t="s">
+        <v>713</v>
+      </c>
+      <c r="D79" t="s">
+        <v>736</v>
+      </c>
+      <c r="E79" t="s">
+        <v>715</v>
+      </c>
+      <c r="F79" t="s">
+        <v>737</v>
+      </c>
+      <c r="G79" t="s">
+        <v>713</v>
+      </c>
+      <c r="H79" t="s">
+        <v>738</v>
+      </c>
+      <c r="I79" t="s">
+        <v>739</v>
+      </c>
+      <c r="J79" t="s">
+        <v>24</v>
+      </c>
+      <c r="K79" t="s">
+        <v>122</v>
+      </c>
+      <c r="L79" t="s">
+        <v>26</v>
+      </c>
+      <c r="M79" t="s">
+        <v>123</v>
+      </c>
+      <c r="N79" t="s">
+        <v>28</v>
+      </c>
+      <c r="O79" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="80" spans="1:15">
+      <c r="A80">
         <v>66524</v>
       </c>
-      <c r="B79" t="s">
-[...5 lines deleted...]
-      <c r="D79" t="s">
+      <c r="B80" t="s">
+        <v>741</v>
+      </c>
+      <c r="C80" t="s">
+        <v>713</v>
+      </c>
+      <c r="D80" t="s">
+        <v>742</v>
+      </c>
+      <c r="E80" t="s">
+        <v>715</v>
+      </c>
+      <c r="F80" t="s">
+        <v>743</v>
+      </c>
+      <c r="G80" t="s">
+        <v>713</v>
+      </c>
+      <c r="H80" t="s">
+        <v>744</v>
+      </c>
+      <c r="I80" t="s">
         <v>733</v>
       </c>
-      <c r="E79" t="s">
-[...17 lines deleted...]
-      <c r="K79" t="s">
+      <c r="J80" t="s">
+        <v>24</v>
+      </c>
+      <c r="K80" t="s">
         <v>69</v>
       </c>
-      <c r="L79" t="s">
-[...2 lines deleted...]
-      <c r="M79" t="s">
+      <c r="L80" t="s">
+        <v>26</v>
+      </c>
+      <c r="M80" t="s">
         <v>70</v>
       </c>
-      <c r="N79" t="s">
-[...3 lines deleted...]
-        <v>736</v>
+      <c r="N80" t="s">
+        <v>28</v>
+      </c>
+      <c r="O80" t="s">
+        <v>745</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">